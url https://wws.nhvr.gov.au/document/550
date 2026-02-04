--- v0 (2025-10-19)
+++ v1 (2026-02-04)
@@ -1,11758 +1,21037 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5A4BCA0C" w14:textId="070D3699" w:rsidR="00F27AEA" w:rsidRPr="00266086" w:rsidRDefault="006A4D48" w:rsidP="00EA292D">
-[...3 lines deleted...]
-      <w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4944" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10145"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F758C" w:rsidRPr="003F758C" w14:paraId="0E7946F8" w14:textId="77777777" w:rsidTr="766B7331">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43682C53" w14:textId="77777777" w:rsidR="000774E1" w:rsidRPr="003F758C" w:rsidRDefault="000774E1" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F758C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Completing This Checklist:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000774E1" w:rsidRPr="00C03E44" w14:paraId="238D000F" w14:textId="77777777" w:rsidTr="766B7331">
+        <w:trPr>
+          <w:trHeight w:val="718"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69F86FB8" w14:textId="77777777" w:rsidR="007E2790" w:rsidRPr="007E2790" w:rsidRDefault="007E2790" w:rsidP="007E2790">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2790">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Please follow and complete this checklist in the order below.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E2790">
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7AE2C261" w14:textId="77777777" w:rsidR="007E2790" w:rsidRPr="007E2790" w:rsidRDefault="007E2790" w:rsidP="007E2790">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2790">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle units being certified are to be weighed and inspected in an operational ready configuration to ensure accurate S10 calculations.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E2790">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6847F7F9" w14:textId="77777777" w:rsidR="007E2790" w:rsidRPr="007E2790" w:rsidRDefault="007E2790" w:rsidP="007E2790">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2790">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>There are particulars in this checklist that have reference numbers e.g. (B7). The data from these particulars will be used in other areas of the checklists to complete the necessary calculations as part of the S10 certification. Please follow the references.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E2790">
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2C010BA9" w14:textId="116B1902" w:rsidR="007E2790" w:rsidRPr="007E2790" w:rsidRDefault="007E2790" w:rsidP="007E2790">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="766B7331">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For further information regarding the use of this checklist and calculations please </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidR="76495608" w:rsidRPr="766B7331">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>email TM</w:t>
+              </w:r>
+              <w:r w:rsidRPr="766B7331">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>R</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="766B7331">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DDAEF1" w14:textId="7246CC76" w:rsidR="000774E1" w:rsidRPr="007E2790" w:rsidRDefault="007E2790" w:rsidP="007E2790">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2790">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Refer to Appendix 1 of the S10 code for a glossary of terms referenced in this checklist.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E2790">
+              <w:t>  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A094341" w14:textId="61CE5176" w:rsidR="00F27AEA" w:rsidRDefault="006A4D48" w:rsidP="001263DD">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="69CACFD4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Part A</w:t>
       </w:r>
-      <w:r w:rsidR="00714402">
-        <w:t xml:space="preserve"> - </w:t>
+      <w:r w:rsidR="00E42D1E" w:rsidRPr="69CACFD4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F27AEA" w:rsidRPr="00266086">
-        <w:t xml:space="preserve">Vehicle </w:t>
+      <w:r w:rsidR="00060016" w:rsidRPr="69CACFD4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00F27AEA">
-        <w:t xml:space="preserve">owner’s or supplier’s </w:t>
+      <w:r w:rsidR="00E42D1E" w:rsidRPr="69CACFD4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F27AEA" w:rsidRPr="00266086">
-        <w:t>details</w:t>
+      <w:r w:rsidR="001E2482">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Owner/Supplier &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00102F16">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2482">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257A5560" w14:textId="7CF4395C" w:rsidR="00387F31" w:rsidRPr="00420F2D" w:rsidRDefault="0029095A" w:rsidP="007D1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vehicle Owner/Supplier Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4944" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3782"/>
         <w:gridCol w:w="4677"/>
         <w:gridCol w:w="1686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="745872F5" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00F27AEA" w14:paraId="6F468F17" w14:textId="77777777" w:rsidTr="001E2482">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="28932187" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="00660BD4" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2F79F27D" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E0771D" w14:textId="73B1B3B5" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company/business:</w:t>
+              <w:t>Company/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34456">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:t>usiness:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="04341658" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="2F14C4BB" w14:textId="77777777" w:rsidTr="001263DD">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="003F2123" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00EC61BE" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="10E6E035" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="076E5738" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="594FDB74" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00F27AEA" w14:paraId="5BD62857" w14:textId="77777777" w:rsidTr="001E2482">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D49DB94" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACC008E" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7579B634" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3E15C7" w14:textId="386BFC62" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Post code:</w:t>
+              <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="57A4EE0E" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="654779B4" w14:textId="77777777" w:rsidTr="001263DD">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="67A2E700" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D68286" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="6F84E07C" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5A1E41" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D4D7669" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="003754B2" w:rsidP="00EA292D">
-[...4 lines deleted...]
-        <w:t>Vehicle and modifier details</w:t>
+    <w:p w14:paraId="0214E348" w14:textId="4C676410" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="001E2482" w:rsidP="007D1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="508075CC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000774E1">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="003754B2">
+        <w:t>etails</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4928" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3221"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1435"/>
+        <w:gridCol w:w="3210"/>
+        <w:gridCol w:w="158"/>
+        <w:gridCol w:w="3370"/>
+        <w:gridCol w:w="89"/>
+        <w:gridCol w:w="3281"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003754B2" w14:paraId="53829563" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00627265" w:rsidRPr="00627265" w14:paraId="3F886580" w14:textId="77777777" w:rsidTr="0022799D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F529E1C" w14:textId="331A0D94" w:rsidR="001678E1" w:rsidRPr="00627265" w:rsidRDefault="001E2482" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00627265">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="001678E1" w:rsidRPr="00627265">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Details</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003754B2" w14:paraId="3900903E" w14:textId="77777777" w:rsidTr="0022799D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FC4867D" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7660026A" w14:textId="5D07BE93" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003F0D44" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-              <w:t>Vehicle make</w:t>
+            <w:r>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44510">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t>ake</w:t>
             </w:r>
             <w:r w:rsidR="008A3C88">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3617" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41685C6D" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C49A4BA" w14:textId="16A32C7F" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003F0D44" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-              <w:t>Vehicle model</w:t>
+            <w:r>
+              <w:t xml:space="preserve">Vehicle </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44510">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t>odel</w:t>
             </w:r>
             <w:r w:rsidR="008A3C88">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3272" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5BAE9478" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10416D08" w14:textId="06988AEE" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Month and </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>y</w:t>
+            <w:r w:rsidR="00C34456">
+              <w:t>Y</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t xml:space="preserve">ear of </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>m</w:t>
+            <w:r w:rsidR="00C34456">
+              <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t>anufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="4121CD65" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="7D9A05BA" w14:textId="77777777" w:rsidTr="001263DD">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="53A9CFFB" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65AA672C" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3617" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="349CA1EE" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5544FC38" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3272" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="77FD07D1" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="528CC623" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003754B2" w14:paraId="4CEDC25A" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="003F0D44" w14:paraId="0A13BA04" w14:textId="77777777" w:rsidTr="0022799D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1AB5BE1E" w14:textId="2EAABE20" w:rsidR="00762BF6" w:rsidRDefault="00762BF6" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EC4769B" w14:textId="6838E0EE" w:rsidR="003F0D44" w:rsidRPr="00DF46CF" w:rsidRDefault="003F0D44" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Issued </w:t>
-[...12 lines deleted...]
-            </w:r>
+              <w:t>VIN</w:t>
+            </w:r>
+            <w:r w:rsidR="001B7826">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2837ADD5" w14:textId="4A2B7CC2" w:rsidR="003F0D44" w:rsidRPr="00C3570E" w:rsidRDefault="003F0D44" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
             <w:r>
-              <w:t>:</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+              <w:t xml:space="preserve">Vehicle </w:t>
+            </w:r>
+            <w:r w:rsidR="00250156">
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">hassis </w:t>
+            </w:r>
+            <w:r w:rsidR="00250156">
+              <w:t>Number</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (if applicable):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="494B377A" w14:textId="77777777" w:rsidR="00762BF6" w:rsidRDefault="00762BF6" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1785FBA5" w14:textId="4DF00B3D" w:rsidR="003F0D44" w:rsidRPr="00C3570E" w:rsidRDefault="003F0D44" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company (if applicable):</w:t>
-[...26 lines deleted...]
-              <w:t>no.:</w:t>
+              <w:t>Engine</w:t>
+            </w:r>
+            <w:r w:rsidR="00250156">
+              <w:t xml:space="preserve"> Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762BF6" w14:paraId="76E087C4" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="003F0D44" w:rsidRPr="003B617E" w14:paraId="61B3A1C8" w14:textId="77777777" w:rsidTr="001263DD">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:tcW w:w="3368" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="583C930A" w14:textId="77777777" w:rsidR="00762BF6" w:rsidRDefault="00762BF6" w:rsidP="00762BF6">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63A7A22E" w14:textId="77777777" w:rsidR="003F0D44" w:rsidRPr="003B617E" w:rsidRDefault="003F0D44" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3105981A" w14:textId="77777777" w:rsidR="003F0D44" w:rsidRPr="003B617E" w:rsidRDefault="003F0D44" w:rsidP="00F27AEA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="26E1DCA6" w14:textId="77777777" w:rsidR="00762BF6" w:rsidRDefault="00762BF6" w:rsidP="00762BF6">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B2FBEB3" w14:textId="0A6BC66B" w:rsidR="003F0D44" w:rsidRPr="003B617E" w:rsidRDefault="003F0D44" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:rPr>
-[...158 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="772D0FBF" w14:textId="77777777" w:rsidR="00F464AE" w:rsidRPr="00266086" w:rsidRDefault="00E5210D" w:rsidP="00EA292D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Table11Heading"/>
+    <w:p w14:paraId="5123D27A" w14:textId="6BCB9DE6" w:rsidR="00DD2427" w:rsidRDefault="00DD2427" w:rsidP="001263DD">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2427">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Part B – Vehicle Dimensions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2711DDD7" w14:textId="1F72659B" w:rsidR="00DD2427" w:rsidRPr="001E27C0" w:rsidRDefault="00DD2427" w:rsidP="00DD2427">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Vehicle design</w:t>
+        <w:t>Vehicle Layout &amp; Dimensions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4960" w:type="pct"/>
-[...1917 lines deleted...]
-        <w:tblW w:w="4942" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="315"/>
-[...2 lines deleted...]
-        <w:gridCol w:w="397"/>
+        <w:gridCol w:w="3071"/>
+        <w:gridCol w:w="1870"/>
+        <w:gridCol w:w="114"/>
+        <w:gridCol w:w="1560"/>
+        <w:gridCol w:w="3423"/>
+        <w:gridCol w:w="70"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E146E6" w:rsidRPr="001E27C0" w14:paraId="185CE329" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="0099552F" w:rsidRPr="003758A8" w14:paraId="7E65C0DD" w14:textId="77777777" w:rsidTr="0092042F">
         <w:trPr>
-          <w:trHeight w:val="264"/>
-          <w:tblHeader/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9251" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18D6AADE" w14:textId="77777777" w:rsidR="0099552F" w:rsidRPr="003758A8" w:rsidRDefault="0099552F" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vehicle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Manufacturer's </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ratings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0099552F" w:rsidRPr="003B617E" w14:paraId="58C71079" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20A4E3A9" w14:textId="77777777" w:rsidR="0099552F" w:rsidRPr="00B87A1D" w:rsidRDefault="0099552F" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1) Gross Vehicle Mass (GVM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5167" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70BE8A28" w14:textId="77777777" w:rsidR="0099552F" w:rsidRPr="00B87A1D" w:rsidRDefault="0099552F" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B2) Gross Combination Mass (GCM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0099552F" w:rsidRPr="003B617E" w14:paraId="7F74970D" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CFDA2E" w14:textId="7210F02F" w:rsidR="0099552F" w:rsidRPr="00B87A1D" w:rsidRDefault="00882469" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5167" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BF209F4" w14:textId="71C27C15" w:rsidR="0099552F" w:rsidRPr="00B87A1D" w:rsidRDefault="00882469" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0099552F" w:rsidRPr="003B617E" w14:paraId="2FBF9EE7" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36D3BD84" w14:textId="77777777" w:rsidR="0099552F" w:rsidRDefault="0099552F" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B3) Front Axle Load Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5167" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="741A4B17" w14:textId="77777777" w:rsidR="0099552F" w:rsidRDefault="0099552F" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B4) Rear Axle Load Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0099552F" w:rsidRPr="003B617E" w14:paraId="3BD33CB0" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="653FCCF9" w14:textId="2E8970EB" w:rsidR="0099552F" w:rsidRDefault="00882469" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5167" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BA74A1E" w14:textId="5E4A37EB" w:rsidR="0099552F" w:rsidRDefault="00882469" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0099552F" w:rsidRPr="003758A8" w14:paraId="7834F56C" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:trPr>
+          <w:trHeight w:val="317"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31CBF2F9" w14:textId="77777777" w:rsidR="0099552F" w:rsidRPr="003758A8" w:rsidRDefault="0099552F" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vehicle Dimensions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0099552F" w14:paraId="0EDF2DBF" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="70" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          </w:tcPr>
-          <w:p w14:paraId="45B0BDD9" w14:textId="53988D55" w:rsidR="00E146E6" w:rsidRPr="001E27C0" w:rsidRDefault="00E146E6" w:rsidP="00EA292D">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="22B82E91" w14:textId="77777777" w:rsidR="0099552F" w:rsidRDefault="0099552F" w:rsidP="0092042F">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
-            </w:pPr>
-[...56 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E146E6" w:rsidRPr="001E27C0" w14:paraId="617D27DC" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="008676C6" w:rsidRPr="003B617E" w14:paraId="1CD832C6" w14:textId="77777777" w:rsidTr="00362C95">
         <w:trPr>
-          <w:trHeight w:val="274"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="nil"/>
-[...240 lines deleted...]
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="42E9BB55" w14:textId="77777777" w:rsidR="00E146E6" w:rsidRPr="001A716F" w:rsidRDefault="00E146E6" w:rsidP="0026276B">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22EAAD4A" w14:textId="5AEEF297" w:rsidR="008676C6" w:rsidRDefault="00034FA6" w:rsidP="008676C6">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
-                <w:lang w:val="en-GB"/>
-[...88 lines deleted...]
-            <w:tcW w:w="434" w:type="dxa"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B5) </w:t>
+            </w:r>
+            <w:r w:rsidR="008676C6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Overall Vehicle Height:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...27 lines deleted...]
-            <w:tcW w:w="395" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2006AC81" w14:textId="18B76377" w:rsidR="008676C6" w:rsidRDefault="008676C6" w:rsidP="008676C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Internal Stock Crate Loaded Deck Width:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...22 lines deleted...]
-            </w:sdt>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B148251" w14:textId="2A294A66" w:rsidR="008676C6" w:rsidRDefault="008676C6" w:rsidP="008676C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Internal Stock Crate Loaded Deck Length:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E146E6" w:rsidRPr="001E27C0" w14:paraId="61ABA77B" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="008676C6" w:rsidRPr="003B617E" w14:paraId="07E34F14" w14:textId="77777777" w:rsidTr="001263DD">
         <w:trPr>
-          <w:trHeight w:val="186"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="313" w:type="dxa"/>
-            <w:vMerge/>
+            <w:tcW w:w="3071" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
-[...9 lines deleted...]
-            <w:tcW w:w="8938" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D208523" w14:textId="3224BAA2" w:rsidR="008676C6" w:rsidRPr="00015557" w:rsidRDefault="008676C6" w:rsidP="008676C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...16 lines deleted...]
-            <w:tcW w:w="434" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53A053D3" w14:textId="6938CA28" w:rsidR="008676C6" w:rsidRPr="00015557" w:rsidRDefault="008676C6" w:rsidP="008676C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">m </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...27 lines deleted...]
-            <w:tcW w:w="395" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48BCA3C3" w14:textId="42B0592A" w:rsidR="008676C6" w:rsidRPr="00015557" w:rsidRDefault="008676C6" w:rsidP="008676C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00362C95" w:rsidRPr="003B617E" w14:paraId="3D850A52" w14:textId="77777777" w:rsidTr="00362C95">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...22 lines deleted...]
-            </w:sdt>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="365D6092" w14:textId="6830F408" w:rsidR="00362C95" w:rsidRDefault="00362C95" w:rsidP="00362C95">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Number of Decks:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F0E2A99" w14:textId="08370C2B" w:rsidR="00362C95" w:rsidRDefault="00362C95" w:rsidP="00362C95">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Vehicle Wheelbase: </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E146E6" w:rsidRPr="001E27C0" w14:paraId="5AEA8147" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00362C95" w:rsidRPr="003B617E" w14:paraId="33C58C4C" w14:textId="77777777" w:rsidTr="001263DD">
         <w:trPr>
-          <w:trHeight w:val="187"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="313" w:type="dxa"/>
-[...864 lines deleted...]
-            <w:tcW w:w="8938" w:type="dxa"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4D650338" w14:textId="77777777" w:rsidR="00E146E6" w:rsidRPr="00094C38" w:rsidRDefault="00E146E6" w:rsidP="0026276B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33E9C45B" w14:textId="25AF9854" w:rsidR="00362C95" w:rsidRDefault="00362C95" w:rsidP="00362C95">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...10 lines deleted...]
-            <w:tcW w:w="434" w:type="dxa"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...202 lines deleted...]
-            </w:r>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="74BA8D24" w14:textId="4DC15CC4" w:rsidR="00362C95" w:rsidRDefault="00362C95" w:rsidP="00362C95">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...72 lines deleted...]
-            </w:sdt>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DBD8E1A" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRDefault="00E160F0" w:rsidP="00EA292D">
-[...1 lines deleted...]
-        <w:pStyle w:val="Table11Heading"/>
+    <w:p w14:paraId="7CA9DE6F" w14:textId="26DB05C8" w:rsidR="004A7FC1" w:rsidRDefault="004A7FC1" w:rsidP="007D1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Advanced braking systems</w:t>
+        <w:t>Vehicle Components</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4935" w:type="pct"/>
-[...341 lines deleted...]
-        <w:tblW w:w="4949" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="156"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="2646"/>
+        <w:gridCol w:w="602"/>
+        <w:gridCol w:w="120"/>
+        <w:gridCol w:w="163"/>
+        <w:gridCol w:w="1808"/>
+        <w:gridCol w:w="992"/>
+        <w:gridCol w:w="284"/>
+        <w:gridCol w:w="123"/>
+        <w:gridCol w:w="1436"/>
+        <w:gridCol w:w="283"/>
+        <w:gridCol w:w="1651"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00991E78" w:rsidRPr="008F4C53" w14:paraId="49508057" w14:textId="77777777" w:rsidTr="0017172C">
+      <w:tr w:rsidR="003758A8" w:rsidRPr="003758A8" w14:paraId="605318D2" w14:textId="77777777">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8910" w:type="dxa"/>
-[...118 lines deleted...]
-            <w:tcW w:w="156" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
-[...12 lines deleted...]
-            <w:tcW w:w="8754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA57A56" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="003758A8" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Component Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00312323" w:rsidRPr="003758A8" w14:paraId="65F7D169" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A6D3844" w14:textId="77777777" w:rsidR="00991E78" w:rsidRPr="008F4C53" w:rsidRDefault="00991E78" w:rsidP="00F27AEA">
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FDD4047" w14:textId="28282609" w:rsidR="004A7FC1" w:rsidRPr="003758A8" w:rsidRDefault="004A7FC1">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...13 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Axles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="008C323C" w14:paraId="2AD71E14" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F299F74" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="008C323C" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front Axle Group:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w14:paraId="5E487C49" w14:textId="77777777" w:rsidTr="00943D82">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A99F56" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B527751" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B8266F" w14:textId="14C7898E" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE7C7C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E3CCC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF0400">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidR="000E3CCC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>le</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00943D82" w:rsidRPr="00943D82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A73928" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Number of Axles:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="003B617E" w14:paraId="28D70349" w14:textId="77777777" w:rsidTr="001263DD">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD4E4AC" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00EA4186" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B556065" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00EA4186" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="655FC839" w14:textId="2587BC86" w:rsidR="004A7FC1" w:rsidRPr="00EA4186" w:rsidRDefault="00882469">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26912221" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00EA4186" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="008C323C" w14:paraId="4B084E3F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A57F2BE" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="008C323C" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w14:paraId="78913BE5" w14:textId="77777777" w:rsidTr="001F47C8">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AE9DF5" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEE7606" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4032C2F5" w14:textId="593F7A12" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE7C7C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="004B310E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E3CCC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Axle </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00943D82" w:rsidRPr="00943D82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766E17BA" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Number of Axles:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w14:paraId="185F1AE4" w14:textId="77777777" w:rsidTr="001263DD">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2646" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B3ADCF" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2693" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="661FD482" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E28783C" w14:textId="67531B6A" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="00882469">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21997D0D" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E261A" w:rsidRPr="003758A8" w14:paraId="5AADAB6A" w14:textId="77777777" w:rsidTr="00437A51">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F6B83D6" w14:textId="091B725B" w:rsidR="003E261A" w:rsidRPr="003758A8" w:rsidRDefault="003E261A" w:rsidP="00437A51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E261A" w:rsidRPr="008C323C" w14:paraId="3B8A8346" w14:textId="77777777" w:rsidTr="00437A51">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5395F951" w14:textId="77777777" w:rsidR="003E261A" w:rsidRPr="008C323C" w:rsidRDefault="003E261A" w:rsidP="00437A51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front Axle Group:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F03D9" w:rsidRPr="00A63A45" w14:paraId="495701DF" w14:textId="77777777" w:rsidTr="006F03D9">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BDAEF05" w14:textId="77777777" w:rsidR="006F03D9" w:rsidRPr="00A63A45" w:rsidRDefault="006F03D9" w:rsidP="00437A51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29105D72" w14:textId="77777777" w:rsidR="006F03D9" w:rsidRPr="00A63A45" w:rsidRDefault="006F03D9" w:rsidP="00437A51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B73ECFA" w14:textId="353B37DC" w:rsidR="006F03D9" w:rsidRPr="00A63A45" w:rsidRDefault="006F03D9" w:rsidP="00437A51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="004B310E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Suspension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00943D82" w:rsidRPr="00943D82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0014223C" w:rsidRPr="003B617E" w14:paraId="7A9726EE" w14:textId="77777777" w:rsidTr="006F03D9">
+        <w:trPr>
+          <w:trHeight w:val="431"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29EF93B1" w14:textId="77777777" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="0014223C" w:rsidP="00437A51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6701B24F" w14:textId="77777777" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="0014223C" w:rsidP="00437A51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DA47E8A" w14:textId="0958FD6A" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="00882469" w:rsidP="00437A51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0014223C" w:rsidRPr="003B617E" w14:paraId="39B23E95" w14:textId="77777777" w:rsidTr="00F011CA">
+        <w:trPr>
+          <w:trHeight w:val="97"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="78D6A073" w14:textId="77777777" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="0014223C" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CD64E6B" w14:textId="77777777" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="0014223C" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1843" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="248B356A" w14:textId="693A4153" w:rsidR="0014223C" w:rsidRDefault="0014223C" w:rsidP="00B44F8D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Load Sharing:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1934" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B8CF57C" w14:textId="7AE8EC62" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="0014223C" w:rsidP="00B44F8D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ​</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1369796846"/>
+                <w:id w:val="-226148383"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00991E78">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...13 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1530339215"/>
+                <w:id w:val="-773553020"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00991E78">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...77 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1489249973"/>
+                <w:id w:val="-706881201"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00991E78">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="387" w:type="dxa"/>
+      </w:tr>
+      <w:tr w:rsidR="003E261A" w:rsidRPr="008C323C" w14:paraId="5992F982" w14:textId="77777777" w:rsidTr="00437A51">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C68BFCC" w14:textId="5E1D94AB" w:rsidR="003E261A" w:rsidRPr="008C323C" w:rsidRDefault="00B44F8D" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidR="003E261A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Axle Group:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0014223C" w:rsidRPr="00A63A45" w14:paraId="7C7C1E20" w14:textId="77777777" w:rsidTr="0014223C">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="767AC890" w14:textId="77777777" w:rsidR="0014223C" w:rsidRPr="00A63A45" w:rsidRDefault="0014223C" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F6D426F" w14:textId="77777777" w:rsidR="0014223C" w:rsidRPr="00A63A45" w:rsidRDefault="0014223C" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A82F19F" w14:textId="50E049B0" w:rsidR="0014223C" w:rsidRPr="00A63A45" w:rsidRDefault="0014223C" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00943D82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00943D82" w:rsidRPr="00943D82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0014223C" w:rsidRPr="003B617E" w14:paraId="54E09D9B" w14:textId="77777777" w:rsidTr="001263DD">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="409CA8C3" w14:textId="77777777" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="0014223C" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3083" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5503137C" w14:textId="77777777" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="0014223C" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3777" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="53613FFD" w14:textId="36727C69" w:rsidR="0014223C" w:rsidRPr="00EA4186" w:rsidRDefault="00882469" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E261A" w:rsidRPr="003758A8" w14:paraId="2FA5A9DD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13975507" w14:textId="77777777" w:rsidR="003E261A" w:rsidRPr="003758A8" w:rsidRDefault="003E261A" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tyres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E261A" w:rsidRPr="008C323C" w14:paraId="16F079E7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01723F3B" w14:textId="77777777" w:rsidR="003E261A" w:rsidRPr="008C323C" w:rsidRDefault="003E261A" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00010803" w:rsidRPr="00A63A45" w14:paraId="023149F0" w14:textId="77777777" w:rsidTr="009B64E8">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3531" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="228140A1" w14:textId="590F5C41" w:rsidR="00010803" w:rsidRPr="00A63A45" w:rsidRDefault="00010803" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539917D2" w14:textId="382DA2FB" w:rsidR="00010803" w:rsidRPr="00A63A45" w:rsidRDefault="009B64E8" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00F93476">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Load Rating/Capacity Per Tyre</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3A26" w:rsidRPr="003F3A26">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6435E223" w14:textId="23EB6B52" w:rsidR="00010803" w:rsidRPr="00A63A45" w:rsidRDefault="009B64E8" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Total Axle Group Tyre Load </w:t>
+            </w:r>
+            <w:r w:rsidR="007438DC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>apacity</w:t>
+            </w:r>
+            <w:r w:rsidR="007438DC" w:rsidRPr="00943D82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00010803" w:rsidRPr="003B617E" w14:paraId="6B9E91B5" w14:textId="77777777" w:rsidTr="001263DD">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3531" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EE1AE9" w14:textId="3056A87F" w:rsidR="00010803" w:rsidRPr="00EA4186" w:rsidRDefault="00010803" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="448B2241" w14:textId="2FB443CC" w:rsidR="00010803" w:rsidRPr="00EA4186" w:rsidRDefault="00512FF4" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360EAA0D" w14:textId="188C9D43" w:rsidR="00010803" w:rsidRPr="00EA4186" w:rsidRDefault="00882469" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003E261A" w:rsidRPr="008C323C" w14:paraId="29902B59" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D48B68E" w14:textId="77777777" w:rsidR="003E261A" w:rsidRPr="008C323C" w:rsidRDefault="003E261A" w:rsidP="003E261A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B64E8" w:rsidRPr="00A63A45" w14:paraId="4482ADFD" w14:textId="77777777" w:rsidTr="009B64E8">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3531" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADBACEE" w14:textId="019FD695" w:rsidR="009B64E8" w:rsidRPr="00A63A45" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7885F7C1" w14:textId="1CAC4E3E" w:rsidR="009B64E8" w:rsidRPr="00A63A45" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00F93476">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Load Rating/Capacity Per Tyre</w:t>
+            </w:r>
+            <w:r w:rsidR="003F3A26">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="045B7ACD" w14:textId="20DC92D4" w:rsidR="009B64E8" w:rsidRPr="00A63A45" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="004B310E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Total Axle Group Tyre Load </w:t>
+            </w:r>
+            <w:r w:rsidR="00943D82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>apacity</w:t>
+            </w:r>
+            <w:r w:rsidR="00943D82" w:rsidRPr="00943D82">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B64E8" w:rsidRPr="003B617E" w14:paraId="5EF897E5" w14:textId="77777777" w:rsidTr="001263DD">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3531" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6459A07E" w14:textId="76A0D49A" w:rsidR="009B64E8" w:rsidRPr="00EA4186" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3084" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6EFCF4" w14:textId="6E845D61" w:rsidR="009B64E8" w:rsidRPr="00EA4186" w:rsidRDefault="00882469" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="258AF57E" w14:textId="121063AA" w:rsidR="009B64E8" w:rsidRPr="00EA4186" w:rsidRDefault="00882469" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B64E8" w:rsidRPr="003B617E" w14:paraId="1F77120D" w14:textId="77777777" w:rsidTr="0006611C">
+        <w:trPr>
+          <w:trHeight w:val="413"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FDE5879" w14:textId="44B0D250" w:rsidR="00FA2173" w:rsidRDefault="00FA2173" w:rsidP="00FA2173">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NOTE:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The limiting factor is the lowest value of  B</w:t>
+            </w:r>
+            <w:r w:rsidR="00747E73">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00747E73">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00747E73">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1FF4F30D" w14:textId="6CFA3DA0" w:rsidR="00FA2173" w:rsidRDefault="00FA2173" w:rsidP="00FA2173">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NOTE:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The limiting factor is the lowest value of  B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00747E73">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00747E73">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and B1</w:t>
+            </w:r>
+            <w:r w:rsidR="004C0706">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3A55FE81" w14:textId="5C46DC43" w:rsidR="009B64E8" w:rsidRDefault="00FA2173" w:rsidP="00FA2173">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minimum </w:t>
+            </w:r>
+            <w:r w:rsidR="003F3A26">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>single</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tyre load </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3CB24E6A" w14:textId="101167D1" w:rsidR="003F3A26" w:rsidRPr="0006611C" w:rsidRDefault="003F3A26" w:rsidP="00FA2173">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minimum dual tyre load </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. If more than one load</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is fitted, list all different load</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ratings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B64E8" w:rsidRPr="003758A8" w14:paraId="41BCDEB8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E82415" w14:textId="77777777" w:rsidR="009B64E8" w:rsidRPr="003758A8" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B64E8" w:rsidRPr="008C323C" w14:paraId="278D5212" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05B90F51" w14:textId="77777777" w:rsidR="009B64E8" w:rsidRPr="008C323C" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear Tow Coupling:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B64E8" w:rsidRPr="00A63A45" w14:paraId="6E4B083F" w14:textId="77777777" w:rsidTr="00626746">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7392467E" w14:textId="77777777" w:rsidR="009B64E8" w:rsidRPr="00A63A45" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA73454" w14:textId="77777777" w:rsidR="009B64E8" w:rsidRPr="00A63A45" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="228F4B5E" w14:textId="463D78F2" w:rsidR="009B64E8" w:rsidRPr="00A63A45" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00034FA6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>20</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) D-Value:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009B64E8" w:rsidRPr="003B617E" w14:paraId="0D30EE5F" w14:textId="77777777" w:rsidTr="00937E24">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3368" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F885471" w14:textId="77777777" w:rsidR="009B64E8" w:rsidRPr="003B617E" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C1C611F" w14:textId="77777777" w:rsidR="009B64E8" w:rsidRPr="003B617E" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C6B595" w14:textId="77777777" w:rsidR="009B64E8" w:rsidRPr="00EA4186" w:rsidRDefault="009B64E8" w:rsidP="009B64E8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0EE062D1" w14:textId="62C6B8BC" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="007D1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="0022799D">
+        <w:t xml:space="preserve"> – Vehicle Design</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5139" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="160"/>
+        <w:gridCol w:w="3735"/>
+        <w:gridCol w:w="5103"/>
+        <w:gridCol w:w="567"/>
+        <w:gridCol w:w="490"/>
+        <w:gridCol w:w="490"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00C0352B" w:rsidRPr="001E27C0" w14:paraId="577C8A51" w14:textId="7FFC2DE5" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8998" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="513BA9E4" w14:textId="05BAA681" w:rsidR="00C0352B" w:rsidRPr="001E27C0" w:rsidRDefault="00C0352B" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Assessment – Vehicle Design                                                                                                        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB54ED">
+              <w:t>Check Yes, No, N/A as applicable:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4F5B84BC" w14:textId="77777777" w:rsidR="00991E78" w:rsidRPr="008F4C53" w:rsidRDefault="00A817EB" w:rsidP="00F27AEA">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F171FB" w14:textId="77777777" w:rsidR="00C0352B" w:rsidRPr="00E853FB" w:rsidRDefault="00C0352B" w:rsidP="002E35E3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E853FB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AEA870" w14:textId="5AD210E2" w:rsidR="00C0352B" w:rsidRPr="00E853FB" w:rsidRDefault="00C0352B" w:rsidP="002E35E3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E853FB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0879AEAB" w14:textId="04595955" w:rsidR="00C0352B" w:rsidRPr="00E853FB" w:rsidRDefault="00C0352B" w:rsidP="002E35E3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E853FB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0352B" w:rsidRPr="001E27C0" w14:paraId="66389335" w14:textId="76E95321" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10055" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BF5BFC" w14:textId="007DC5D5" w:rsidR="00C0352B" w:rsidRDefault="00C0352B" w:rsidP="003872ED">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MUST NOT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="70270243" w14:textId="77777777" w:rsidR="00C0352B" w:rsidRPr="00AC0233" w:rsidRDefault="00C0352B" w:rsidP="003872ED">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C0352B" w:rsidRPr="001E27C0" w14:paraId="0348C2ED" w14:textId="1F136D46" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE5BAAE" w14:textId="5D2C546A" w:rsidR="00C0352B" w:rsidRPr="00DD0591" w:rsidRDefault="00C0352B" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0591">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7952FC27" w14:textId="649BDEFB" w:rsidR="00C0352B" w:rsidRDefault="00C0352B" w:rsidP="0064236F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the overall height (B3) of the truck less than or equal to:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FA05502" w14:textId="377584D3" w:rsidR="00C0352B" w:rsidRDefault="00C0352B" w:rsidP="0064236F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44EA283C" w14:textId="568A8FD7" w:rsidR="00C0352B" w:rsidRDefault="00C0352B" w:rsidP="0064236F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4753E1E2" w14:textId="77777777" w:rsidR="00C0352B" w:rsidRDefault="00C0352B" w:rsidP="0064236F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="761009E3" w14:textId="1A29AE18" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0F1AD2" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D84C28E" w14:textId="7F3669DC" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>4.3m for single deck crate; or</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79289A5F" w14:textId="7C729A8C" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="2127576539"/>
+                <w:id w:val="-105734214"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00991E78" w:rsidRPr="008F4C53">
+                <w:r w:rsidR="00E853FB" w:rsidRPr="0023678B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B73815" w14:textId="76C30F93" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1455987391"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C08930E" w14:textId="760B436C" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-494882772"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="77C579B2" w14:textId="0557545A" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="60584685" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="359647B1" w14:textId="1D6913A3" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>4.6m for multiple deck crates?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61490FF0" w14:textId="1670C52C" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1489013571"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AF564B2" w14:textId="5CA69DCF" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1752316378"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="024BC14A" w14:textId="045612BA" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1380747753"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="18E1E4A5" w14:textId="57D90AF2" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7570B8D5" w14:textId="64C4E36E" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00030126" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0591">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="006FCADA" w14:textId="3D61D5BF" w:rsidR="00E853FB" w:rsidRPr="00F465D2" w:rsidRDefault="009D2874" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Are</w:t>
+            </w:r>
+            <w:r w:rsidR="00E853FB">
+              <w:t xml:space="preserve"> all other vehicle dimensions unchanged, and do they continue to comply with relevant ADRs and regulations?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BC5D041" w14:textId="2D8E3AE1" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1390867532"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4ED33D42" w14:textId="41316E16" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1393847020"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3C85CC7E" w14:textId="50FC0B21" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-365839854"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="29D019A5" w14:textId="4B5904EA" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="196AABBB" w14:textId="2B39311F" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00030126" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0591">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C4AF02A" w14:textId="66AB2C45" w:rsidR="00E853FB" w:rsidRPr="001E27C0" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F465D2">
+              <w:t>Are all drive axles fitted with dual tyres?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51EC53D3" w14:textId="3015A269" w:rsidR="00E853FB" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1033105992"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="725893F3" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1625690206"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="311E66DE" w14:textId="5A03AF95" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-528028135"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="2B4525CD" w14:textId="3F9F2389" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7489D6" w14:textId="4109D6BD" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00030126" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0591">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04FFEFE0" w14:textId="77777777" w:rsidR="00991E78" w:rsidRPr="008F4C53" w:rsidRDefault="00991E78" w:rsidP="00F27AEA">
+          <w:p w14:paraId="24D8A7BE" w14:textId="013C193E" w:rsidR="00E853FB" w:rsidRPr="001E27C0" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00B437B8">
+              <w:t>Is the vehicle’s steering configuration either single steer or twin-steer with load sharing suspension?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26A7E510" w14:textId="4D2CADDB" w:rsidR="00E853FB" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00E853FB">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1172873044"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="120B63C4" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="148102228"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5723116A" w14:textId="02FB3324" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1259908148"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="2691C837" w14:textId="510C8341" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A1BC6B" w14:textId="7DC82FB1" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00030126" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0591">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73DC3C50" w14:textId="3BEDA054" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the vehicle fitted with either: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6302C1B2" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">a single drive axle for vehicles with a single rear axle; or </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="72C635C0" w14:textId="57342EF1" w:rsidR="00E853FB" w:rsidRPr="00B437B8" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">at least tandem drive axles for vehicles with multiple rear axles? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="390901A2" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2990797F" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68144681" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="7532865C" w14:textId="7F29551A" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2C6C3CC1" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="4F638C68" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="390E58E2" w14:textId="70A6F085" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-455175369"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7674AD8A" w14:textId="14506D38" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1123194737"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6FB2B496" w14:textId="609884FC" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-204802594"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="2E5700C8" w14:textId="7466FFA0" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2E5961BF" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3607ACA3" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F76B14B" w14:textId="24FDFC2A" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-655067401"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="677C8068" w14:textId="25A6225B" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="2105454545"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E699097" w14:textId="32EF19BB" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1402676691"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="00007DCF" w14:textId="1AFC15AA" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="50A51320" w14:textId="733187C4" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00030126" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0591">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67DB9F0B" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the vehicle designed with either: </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6F7162D4" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">one single deck stock crate for single steer, single drive vehicle configurations; or </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6BE94631" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="00B437B8" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">one or more deck stock crates for all other vehicle configurations? </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F36A448" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E49604F" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53D7D7C0" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="1E91E209" w14:textId="00D2EC87" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE73023" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="192E8290" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28539964" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="235134852"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A306B52" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="755328926"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36C8A98C" w14:textId="72B3C2CC" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="863331850"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w:rsidRPr="001E27C0" w14:paraId="0920EFC2" w14:textId="4BC731C6" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="231"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5D99446A" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="5BE28BD8" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1D1BC88B" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="529839658"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4DE945A0" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="2082860077"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33CD61C1" w14:textId="6241ECCA" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-360061662"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w14:paraId="1945562F" w14:textId="49D76A00" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C803FD" w14:textId="7AF2F9F2" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00030126" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00DD0591">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8838" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72EE2039" w14:textId="4E1A0207" w:rsidR="00E853FB" w:rsidRPr="00094C38" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Are the load ratings (B20), for fitted couplings, equal to or greater than the following?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34571C73" w14:textId="75F6E524" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CEB42D2" w14:textId="79266BBD" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="680A6654" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w14:paraId="6AEDC8E1" w14:textId="0A11DB44" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFAACB4" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRPr="00DD0591" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24912F94" w14:textId="1A4D8F49" w:rsidR="00E853FB" w:rsidRPr="00DB07C2" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Type 2 road train hauling units</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EC070B9" w14:textId="2C7E9B58" w:rsidR="00E853FB" w:rsidRPr="00DB07C2" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>172kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47B1424C" w14:textId="0DFA6891" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-477771593"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76493652" w14:textId="48B64495" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="173770808"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A1571C1" w14:textId="62FA6E1E" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="617411559"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E853FB" w14:paraId="29850F36" w14:textId="02D477A6" w:rsidTr="00C0352B">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4055C0" w14:textId="77777777" w:rsidR="00E853FB" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3735" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34B8D2AF" w14:textId="78E22874" w:rsidR="00E853FB" w:rsidRPr="00DB07C2" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>For other units</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">                                  </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="222683E3" w14:textId="1736D391" w:rsidR="00E853FB" w:rsidRPr="00DB07C2" w:rsidRDefault="00E853FB" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>162kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A9E6CD6" w14:textId="7113E376" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1257044064"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AC2319F" w14:textId="1198088C" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="145794389"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BFEDD3E" w14:textId="3C5F5B7A" w:rsidR="00E853FB" w:rsidRDefault="00000000" w:rsidP="00E853FB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1551193489"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E853FB" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E00EF4F" w14:textId="03A611F8" w:rsidR="00A129E8" w:rsidRPr="00F44984" w:rsidRDefault="00A129E8" w:rsidP="00EA292D">
+    <w:p w14:paraId="4EC8B02C" w14:textId="268EF846" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="001263DD">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00312323">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E0C" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E0C" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0080423A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5497B">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DFE">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="005F00F0">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unladen </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DFE">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0078E0E7" w14:textId="0ABC946E" w:rsidR="00122B51" w:rsidRDefault="0080423A" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Part B</w:t>
+        <w:t>Vehicle</w:t>
       </w:r>
-      <w:r w:rsidR="00714402">
-        <w:t xml:space="preserve"> - </w:t>
+      <w:r w:rsidR="00122B51">
+        <w:t xml:space="preserve"> Equipment</w:t>
       </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4867" w:type="pct"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10143"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0080423A" w:rsidRPr="00122103" w14:paraId="79B6C222" w14:textId="77777777" w:rsidTr="0080423A">
+        <w:trPr>
+          <w:trHeight w:val="130"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EAFB48" w14:textId="63C7BB16" w:rsidR="00122B51" w:rsidRPr="00122103" w:rsidRDefault="004E4FC7" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00122103">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B1503C" w:rsidRPr="00122103">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00122103">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>quipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="00C3570E" w14:paraId="6FC7299E" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73A0F9E6" w14:textId="247C6D86" w:rsidR="00927748" w:rsidRDefault="00E62971" w:rsidP="0080423A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00927748">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">he vehicle must be </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD61E6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ready for service, with all accessories</w:t>
+            </w:r>
+            <w:r w:rsidR="004B1A69">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and equipment</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD61E6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fitted </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00477C1E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the vehicle is weighed. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625CD93D" w14:textId="5680451C" w:rsidR="0080423A" w:rsidRDefault="0080423A" w:rsidP="0080423A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List all equipment that </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fitted to the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the time of weighing to determine the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nladen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ass. </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90CE1" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>This includes all fuel, water</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90CE1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and fluid reservoirs</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90CE1" w:rsidRPr="15B03101">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, accessories</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90CE1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (e.g. bulbar, lights, fridge, TV etc.)</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90CE1" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and readily removable equipment carried on or in the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B90CE1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00B90CE1" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> during operational use (e.g. spare </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="00B90CE1" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tyre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="00B90CE1" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(s), toolbox(es), OH&amp;S equipment etc.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F06F2C5" w14:textId="77777777" w:rsidR="0080423A" w:rsidRPr="008515A6" w:rsidRDefault="0080423A" w:rsidP="0080423A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>It is recommended that detailed photographs are taken of the vehicle at the time of weighing that capture all the equipment fitted.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B3F4E8" w14:textId="70F196C0" w:rsidR="00122B51" w:rsidRPr="00D01AE0" w:rsidRDefault="00525675" w:rsidP="0080423A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attach all photos in the space provided </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>at the end of Part C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="49482EF8" w14:textId="77777777" w:rsidTr="00A55094">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="46947B3A" w14:textId="68D9637E" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="004E4FC7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00982469">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment </w:t>
+            </w:r>
+            <w:r w:rsidR="00982469">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ist</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="0FF9A5C8" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="713EC432" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="458060EB" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7759A79E" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="158BB38E" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C4C379" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="2886134F" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AFA1F0D" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="346A4D7D" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FDDA0B0" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="542E2427" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D64EEE8" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="11EC9D36" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B9FF0FC" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D250E6" w:rsidRPr="003B617E" w14:paraId="1381BCC9" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B4D6753" w14:textId="77777777" w:rsidR="00D250E6" w:rsidRPr="003B617E" w:rsidRDefault="00D250E6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D250E6" w:rsidRPr="003B617E" w14:paraId="356B12CE" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="73343891" w14:textId="77777777" w:rsidR="00D250E6" w:rsidRPr="003B617E" w:rsidRDefault="00D250E6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D250E6" w:rsidRPr="003B617E" w14:paraId="6074D262" w14:textId="77777777" w:rsidTr="0092156D">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67BD33B0" w14:textId="77777777" w:rsidR="00D250E6" w:rsidRPr="003B617E" w:rsidRDefault="00D250E6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DE4641C" w14:textId="697F5C47" w:rsidR="004328CF" w:rsidRDefault="0080423A" w:rsidP="00312323">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
       <w:r>
-        <w:t>Unladen mass</w:t>
+        <w:t>Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="0098614E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81119">
+        <w:t>Unladen</w:t>
+      </w:r>
+      <w:r w:rsidR="0098614E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004328CF">
+        <w:t>Mass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4749"/>
-        <w:gridCol w:w="5388"/>
+        <w:gridCol w:w="5070"/>
+        <w:gridCol w:w="5067"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A129E8" w14:paraId="4EEF0537" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="0020314B" w:rsidRPr="0020314B" w14:paraId="32A407F6" w14:textId="77777777" w:rsidTr="05883355">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10072" w:type="dxa"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E98DBA" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="00B95EFD" w:rsidRDefault="00A129E8" w:rsidP="00EA292D">
+          <w:p w14:paraId="48F32374" w14:textId="5531D4A8" w:rsidR="0092156D" w:rsidRPr="0020314B" w:rsidRDefault="0092156D" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Weigh vehicle</w:t>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020314B">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Weigh</w:t>
+            </w:r>
+            <w:r w:rsidR="0020314B" w:rsidRPr="0020314B">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Vehicle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="0E439F0B" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="0092156D" w14:paraId="13BC39F0" w14:textId="77777777" w:rsidTr="05883355">
         <w:trPr>
           <w:trHeight w:val="772"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10072" w:type="dxa"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="42A7F75B" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="008515A6" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+          </w:tcPr>
+          <w:p w14:paraId="0D9868DA" w14:textId="4AA1D717" w:rsidR="002717A8" w:rsidRDefault="002717A8" w:rsidP="002717A8">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
-              <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Effluent tanks, if fitted, must be empty when the </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0326">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AFB3330" w14:textId="56B915FE" w:rsidR="002717A8" w:rsidRDefault="002717A8" w:rsidP="002717A8">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All other fluid reservoirs must be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>filled to capacity</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> when the </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0326">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E77090" w14:textId="378653F6" w:rsidR="002717A8" w:rsidRDefault="002717A8" w:rsidP="002717A8">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weigh vehicle at a registered public weighbridge and record quantities of fuel, AdBlue and water at the time of weighing. </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="40C938DF" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="008515A6" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+              <w:t xml:space="preserve">Weigh vehicle at a registered public weighbridge </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to determine the Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF0326">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30C21">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Unladen Mass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="37C9140F" w14:textId="77777777" w:rsidR="0092156D" w:rsidRPr="00007D82" w:rsidRDefault="002717A8" w:rsidP="002717A8">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
-              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">Attach a copy of the weighbridge ticket in the space provided </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
             <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ensure </w:t>
-            </w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4FD8FF44" w14:textId="77777777" w:rsidR="00007D82" w:rsidRPr="00C053D0" w:rsidRDefault="00007D82" w:rsidP="002717A8">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An additional mass of </w:t>
+            </w:r>
+            <w:r w:rsidR="002E7D3E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0kg for driver/operator personal items is to be included in the calculations</w:t>
+            </w:r>
+            <w:r w:rsidR="00720F3B" w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for Total Vehicle Unladen Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="000F4A85" w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (C3)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E23F17" w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="002E7D3E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="1B377477" w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0kg</w:t>
+            </w:r>
+            <w:r w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is to be added to </w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7375" w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>both C1 and C2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="05883355">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D8DCB48" w14:textId="57C6878C" w:rsidR="00C053D0" w:rsidRDefault="00A034C7" w:rsidP="002717A8">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>If required, a</w:t>
+            </w:r>
+            <w:r w:rsidR="00B22214">
+              <w:t>n a</w:t>
+            </w:r>
+            <w:r w:rsidR="003919B4">
+              <w:t>dditional too</w:t>
+            </w:r>
+            <w:r w:rsidR="00D72919">
+              <w:t>l</w:t>
+            </w:r>
+            <w:r w:rsidR="003919B4">
+              <w:t>box</w:t>
+            </w:r>
+            <w:r w:rsidR="000662EB">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EB5507">
+              <w:t>that will</w:t>
+            </w:r>
+            <w:r w:rsidR="000662EB">
+              <w:t xml:space="preserve"> be fitted </w:t>
+            </w:r>
+            <w:r w:rsidR="00B64E3F">
+              <w:t xml:space="preserve">after the vehicle weigh-in </w:t>
+            </w:r>
+            <w:r w:rsidR="000662EB">
+              <w:t xml:space="preserve">will need to </w:t>
+            </w:r>
+            <w:r w:rsidR="00B64E3F">
+              <w:t xml:space="preserve">be </w:t>
+            </w:r>
+            <w:r w:rsidR="00005752">
+              <w:t xml:space="preserve">applied as a </w:t>
+            </w:r>
+            <w:r w:rsidR="00D24D41">
+              <w:t xml:space="preserve">simulated </w:t>
+            </w:r>
+            <w:r w:rsidR="00005752">
+              <w:t>mass of 100kg.</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA59F3">
+              <w:t xml:space="preserve"> Refer to the </w:t>
+            </w:r>
+            <w:r w:rsidR="000D598D">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Vehicle Checklist Drawings</w:t>
+            </w:r>
+            <w:r w:rsidR="000D598D">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B9486D" w:rsidRPr="00C23B68" w14:paraId="5BC0C666" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5070" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A985779" w14:textId="3C75B4AE" w:rsidR="00B9486D" w:rsidRDefault="00082611" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...19 lines deleted...]
-              <w:t>Attach a copy of the weighbridge ticket in the space provided at the end of Part B.</w:t>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002717A8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1828">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="006727B7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Front Axle Group</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC6941">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7375">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (including additional </w:t>
+            </w:r>
+            <w:r w:rsidR="002E7D3E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00220924">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0kg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7375">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC6941">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AB03E2" w14:textId="4BF1D698" w:rsidR="00B9486D" w:rsidRDefault="00AC6941" w:rsidP="00AC6941">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F4273" w:rsidRPr="00C23B68" w14:paraId="38AFAE2B" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00B9486D" w:rsidRPr="00C23B68" w14:paraId="2139BFE2" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5070" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF028F4" w14:textId="699272AF" w:rsidR="00B9486D" w:rsidRDefault="00082611" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002717A8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1828">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE250A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Rear Axle Group</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96DA2">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7375">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (including additional </w:t>
+            </w:r>
+            <w:r w:rsidR="002E7D3E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00220924">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0kg</w:t>
+            </w:r>
+            <w:r w:rsidR="00EE7375">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7204122A" w14:textId="1A044EC0" w:rsidR="00B9486D" w:rsidRDefault="00AC6941" w:rsidP="00AC6941">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5CA5" w:rsidRPr="00C23B68" w14:paraId="146E1FE2" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5070" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56979EC5" w14:textId="40801D69" w:rsidR="00AB5CA5" w:rsidRDefault="00082611" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002717A8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1828">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00804A55">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="000A6B0F">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00804A55">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5067" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B2D3A5" w14:textId="0D1428B7" w:rsidR="00AB5CA5" w:rsidRPr="00AB5CA5" w:rsidRDefault="00AB5CA5" w:rsidP="00AC6941">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B665E" w:rsidRPr="00C23B68" w14:paraId="66069B45" w14:textId="77777777" w:rsidTr="05883355">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4719" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="205E8AFC" w14:textId="2FDFC529" w:rsidR="008B665E" w:rsidRPr="000A67FA" w:rsidRDefault="00896E57" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...22 lines deleted...]
-              <w:t>Kg</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve">Vehicle </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0653">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Weigh</w:t>
+            </w:r>
+            <w:r w:rsidR="008629AE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>bridge Ticket</w:t>
+            </w:r>
+            <w:r w:rsidR="00674E21">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Attach a copy of the ticket below:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F4273" w:rsidRPr="00C23B68" w14:paraId="6665622B" w14:textId="77777777" w:rsidTr="007758D3">
-[...274 lines deleted...]
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00C3570E" w14:paraId="35034D01" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="0092156D" w:rsidRPr="003B617E" w14:paraId="411C708B" w14:textId="77777777" w:rsidTr="00D623D3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="130"/>
+          <w:trHeight w:val="3423"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10072" w:type="dxa"/>
-[...175 lines deleted...]
-            <w:tcW w:w="10072" w:type="dxa"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2667B8E3" w14:textId="1CB37673" w:rsidR="00A129E8" w:rsidRPr="003B617E" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+          </w:tcPr>
+          <w:p w14:paraId="6BE4BC65" w14:textId="77777777" w:rsidR="00FD35F2" w:rsidRPr="003B617E" w:rsidRDefault="00FD35F2">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CF09CC">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="003B617E" w14:paraId="5555635A" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00B20994" w:rsidRPr="00727946" w14:paraId="135C9EC2" w14:textId="77777777" w:rsidTr="05883355">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10072" w:type="dxa"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="6F2764DD" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="003B617E" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEB4902" w14:textId="10A4D498" w:rsidR="00B20994" w:rsidRPr="00727946" w:rsidRDefault="00727946">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photos of </w:t>
+            </w:r>
+            <w:r w:rsidR="002717A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00833376">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the </w:t>
+            </w:r>
+            <w:r w:rsidR="00833376">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">me of </w:t>
+            </w:r>
+            <w:r w:rsidR="00833376">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>eighing</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="003B617E" w14:paraId="44280BFA" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00727946" w:rsidRPr="00727946" w14:paraId="7D57AD63" w14:textId="77777777" w:rsidTr="00D623D3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="3605"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10072" w:type="dxa"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="47D15148" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="003B617E" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B76F311" w14:textId="77777777" w:rsidR="00727946" w:rsidRPr="00727946" w:rsidRDefault="00727946">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="003B617E" w14:paraId="3AA9716A" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00D623D3" w:rsidRPr="00727946" w14:paraId="67065CAC" w14:textId="77777777" w:rsidTr="00D623D3">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="15580"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10072" w:type="dxa"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4F6040F9" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="003B617E" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E0D98A" w14:textId="77777777" w:rsidR="00D623D3" w:rsidRPr="00727946" w:rsidRDefault="00D623D3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...262 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="40911682" w14:textId="77777777" w:rsidR="00C908A6" w:rsidRDefault="00C908A6" w:rsidP="00EA292D">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00D02EB4">
+    <w:p w14:paraId="450626CE" w14:textId="677FF373" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="001263DD">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:lastRenderedPageBreak/>
-        <w:t>Additional equipment</w:t>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD632E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46CCB">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Vehicle Layout &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aden </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ass</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...565 lines deleted...]
-    <w:p w14:paraId="1BAD8290" w14:textId="77777777" w:rsidR="00253D4E" w:rsidRDefault="00253D4E" w:rsidP="00EA292D">
+    <w:p w14:paraId="1DC75D64" w14:textId="287E4363" w:rsidR="00C31775" w:rsidRDefault="00C46CCB" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
-    </w:p>
-[...6 lines deleted...]
-        <w:t>Unladen mass (</w:t>
+      <w:r>
+        <w:t>Vehicle</w:t>
       </w:r>
-      <w:r w:rsidR="00416999" w:rsidRPr="00224E80">
-        <w:t>w</w:t>
+      <w:r w:rsidR="00C31775">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00224E80">
-        <w:t>et mass)</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Layout &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:t>S10 L</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31775">
+        <w:t>aden Mass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6041"/>
-        <w:gridCol w:w="4053"/>
+        <w:gridCol w:w="4907"/>
+        <w:gridCol w:w="5187"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A129E8" w14:paraId="10AB52D0" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="0083572C" w:rsidRPr="0083572C" w14:paraId="615FDAB9" w14:textId="77777777" w:rsidTr="3CF15614">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5D93F859" w14:textId="1AFAA64F" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D214BA5" w14:textId="231CF1E4" w:rsidR="00E42D1E" w:rsidRPr="0083572C" w:rsidRDefault="00E42D1E" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Calculate S10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00351BA7" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="00351BA7" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ass </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00152CF3" w14:paraId="5D0E8C50" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="469"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D46D813" w14:textId="733D93A8" w:rsidR="00B445C5" w:rsidRPr="007624F1" w:rsidRDefault="00821879" w:rsidP="00B727B0">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Calculate the unladen or wet mass (with </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">full </w:t>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0A2D">
+              <w:t xml:space="preserve">ccredited </w:t>
+            </w:r>
+            <w:r w:rsidR="60681505" w:rsidRPr="3CF15614">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>Approved Vehicle Examiners (AVE)</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0A2D">
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r>
-              <w:t>fuel/AdBlue/water</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> tanks</w:t>
+              <w:t xml:space="preserve">are encouraged </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0A2D">
+              <w:t xml:space="preserve">to complete S10 calculations using the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0A2D" w:rsidRPr="3CF15614">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Vehicle Drawings</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0A2D">
+              <w:t>. A</w:t>
+            </w:r>
+            <w:r w:rsidR="2FA950C1">
+              <w:t>VE</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0A2D">
+              <w:t>s may use their own drawings to complete S10 calculations provid</w:t>
+            </w:r>
+            <w:r w:rsidR="00B445C5">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidR="00BF0A2D">
+              <w:t xml:space="preserve"> that all assumptions and methodology are clear and concise.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49BC9003" w14:textId="5192F17B" w:rsidR="00B727B0" w:rsidRDefault="00B727B0" w:rsidP="00B727B0">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Complete the calculations </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> added to dry mass of the steer and rear axle groups(s))</w:t>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and record the results </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>for the weight distribution and Trailer S10 Laden Mass</w:t>
             </w:r>
             <w:r>
-              <w:tab/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> below</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="61EDB115" w14:textId="77777777" w:rsidR="00B727B0" w:rsidRDefault="00B727B0" w:rsidP="00B727B0">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080158A">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>If each deck is an identical layout to the lowest deck, then one drawing can be used for all decks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3556C69F" w14:textId="182E2883" w:rsidR="00CF0326" w:rsidRPr="00BF0A2D" w:rsidRDefault="00B727B0" w:rsidP="00BF0A2D">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080158A">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Complete a new drawing/calculations sheet for each deck that is a different layout to the lowest deck.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="5A808140" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="0042792F" w:rsidRPr="003C6DE1" w14:paraId="21AAA549" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF33E52" w14:textId="302D6764" w:rsidR="0042792F" w:rsidRPr="003075F0" w:rsidRDefault="0042792F" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Total Internal Usable Deck Space</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="7B4D271F" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69968632" w14:textId="1C4C596A" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D1) Deck #1 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA717E9" w14:textId="679DF85F" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="196401E7" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6684862A" w14:textId="3292921A" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D2) Deck #2 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="051BDFC3" w14:textId="324E4521" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="40A485D8" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7239FB8C" w14:textId="464E9CB7" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D3) Deck #3 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3574105D" w14:textId="7FBEDD0C" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="18D3F331" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A795C0" w14:textId="15A99274" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D4) Deck #4 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08289B21" w14:textId="14110DCB" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="3B30DAB8" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39453339" w14:textId="0E401503" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D5) Total Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECAF54A" w14:textId="5F0C0D14" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D17629" w:rsidRPr="003C6DE1" w14:paraId="71DD462E" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A094D0A" w14:textId="645D7BD3" w:rsidR="00D17629" w:rsidRPr="003075F0" w:rsidRDefault="00D17629" w:rsidP="00D17629">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Imposed</w:t>
+            </w:r>
+            <w:r w:rsidR="00B10228">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Load</w:t>
+            </w:r>
+            <w:r w:rsidR="000043A2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from Livestock</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D17629" w:rsidRPr="003C6DE1" w14:paraId="48ADD87B" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0488450E" w14:textId="7F1F2520" w:rsidR="00D17629" w:rsidRDefault="000043A2" w:rsidP="00D17629">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C55E31">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Total Trailer Imposed Load:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACDEA99" w14:textId="3A5AA2CF" w:rsidR="00D17629" w:rsidRPr="003075F0" w:rsidRDefault="00220924" w:rsidP="00C55E31">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C55E31" w:rsidRPr="003C6DE1" w14:paraId="3BAD0600" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6F7A20" w14:textId="70951D69" w:rsidR="00C55E31" w:rsidRPr="003075F0" w:rsidRDefault="003500ED" w:rsidP="003500ED">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Weight Distribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w:rsidRPr="003C6DE1" w14:paraId="4451AA3E" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12ED16BA" w14:textId="7A8245AD" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7) Forward Axle Mass (FAM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB75C02" w14:textId="31EC4118" w:rsidR="00C07936" w:rsidRDefault="00220924" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w:rsidRPr="003C6DE1" w14:paraId="0042CA67" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAA6A87" w14:textId="1899DEE3" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8) Rearward Axle Mass (RAM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0132430C" w14:textId="435DF8F8" w:rsidR="00C07936" w:rsidRDefault="00220924" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w:rsidRPr="003C6DE1" w14:paraId="55C4839B" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A45101" w14:textId="25C259A2" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S10 Front and Rear Axle laden Masses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w:rsidRPr="00C81E95" w14:paraId="1B263AC7" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F0AE26" w14:textId="1336B3C8" w:rsidR="00C07936" w:rsidRPr="00C81E95" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9) Front Axle Group S10 Laden Mass:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0539F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C1 + </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6955C9A9" w14:textId="561A2666" w:rsidR="00C07936" w:rsidRPr="003075F0" w:rsidRDefault="00220924" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w14:paraId="649ACDE3" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A9AABA" w14:textId="539B97E0" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10) Rear Axle Group S10 Laden Mass:</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (C2 + </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C077185" w14:textId="09E98402" w:rsidR="00C07936" w:rsidRPr="003075F0" w:rsidRDefault="00220924" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w14:paraId="13C841B7" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D95DC0" w14:textId="4EFDE970" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">11) </w:t>
+            </w:r>
+            <w:r w:rsidR="0039429E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Laden Mass:</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 + </w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEE51E3" w14:textId="08E95C4B" w:rsidR="00C07936" w:rsidRPr="003075F0" w:rsidRDefault="00220924" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED17FD" w14:paraId="382AEE3B" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F5C04A4" w14:textId="7F4B00F9" w:rsidR="00ED17FD" w:rsidRPr="003075F0" w:rsidRDefault="00186D0A" w:rsidP="007319A1">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S10 Conditiona</w:t>
+            </w:r>
+            <w:r w:rsidR="007319A1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>l Mass Limits</w:t>
+            </w:r>
+            <w:r w:rsidR="00981399">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (Refer to </w:t>
+            </w:r>
+            <w:r w:rsidR="005B0C93">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Schedule 1, Section 1 of the </w:t>
+            </w:r>
+            <w:r w:rsidR="009660C5" w:rsidRPr="009660C5">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Queensland Class 3 Livestock Loading Exemption Notice</w:t>
+            </w:r>
+            <w:r w:rsidR="008D1628">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED17FD" w14:paraId="06926296" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="029F89A3" w14:textId="70FAB352" w:rsidR="00ED17FD" w:rsidRDefault="00ED17FD" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D12)</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6A47">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Front Axle Group S10 Condition</w:t>
+            </w:r>
+            <w:r w:rsidR="007319A1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>al</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6A47">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass Limit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D6FD6DB" w14:textId="7F08CB1F" w:rsidR="00ED17FD" w:rsidRPr="003075F0" w:rsidRDefault="00220924" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED17FD" w14:paraId="6001538F" w14:textId="77777777" w:rsidTr="3CF15614">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45507982" w14:textId="1EB76A7A" w:rsidR="00ED17FD" w:rsidRDefault="00ED17FD" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D13)</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6A47">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0086433C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Total Laden</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6A47">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Condition</w:t>
+            </w:r>
+            <w:r w:rsidR="007319A1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>al</w:t>
+            </w:r>
+            <w:r w:rsidR="008B6A47">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass Limit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B52512F" w14:textId="34C23976" w:rsidR="00ED17FD" w:rsidRPr="003075F0" w:rsidRDefault="00220924" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7B9F8E05" w14:textId="6E94380E" w:rsidR="00FA2A4B" w:rsidRPr="001E27C0" w:rsidRDefault="00FA2A4B" w:rsidP="00FA2A4B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Assessment – S10 Laden Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid2"/>
+        <w:tblW w:w="4927" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="379"/>
+        <w:gridCol w:w="8827"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="479"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D498F" w:rsidRPr="00E42D1E" w14:paraId="7C9452EF" w14:textId="77777777" w:rsidTr="00FA2A4B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:tcW w:w="9206" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...26 lines deleted...]
-            </w:r>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC66AAB" w14:textId="6AB361A6" w:rsidR="002D498F" w:rsidRPr="00E42D1E" w:rsidRDefault="00FA2A4B">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...37 lines deleted...]
-              <w:t>A copy of weight distribution calculations must be attached to the end of Part B.</w:t>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment - </w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S10 Laden Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                    </w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Check Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o as applicable:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F6D2E6" w14:textId="77777777" w:rsidR="002D498F" w:rsidRPr="00E42D1E" w:rsidRDefault="002D498F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D05A4E9" w14:textId="3A58E652" w:rsidR="002D498F" w:rsidRPr="00E42D1E" w:rsidRDefault="002D498F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00C23B68" w14:paraId="4B8F6A7A" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="007842C4" w:rsidRPr="0058409B" w14:paraId="3590F934" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="305"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7C107A" w14:textId="77777777" w:rsidR="007842C4" w:rsidRPr="0058409B" w:rsidRDefault="007842C4">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification MUST NOT proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00800A30" w:rsidRPr="00E42D1E" w14:paraId="7D909604" w14:textId="77777777" w:rsidTr="009B41DE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7483A6D9" w14:textId="393AF43D" w:rsidR="00800A30" w:rsidRPr="00800A30" w:rsidRDefault="00037FB3" w:rsidP="00800A30">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79A4BCA1" w14:textId="00D457EE" w:rsidR="00800A30" w:rsidRDefault="00367E9F" w:rsidP="00800A30">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...41 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Is the Front Axle Group S10 Laden Mass (D9) less than or equal to the vehicle manufacturer’s </w:t>
+            </w:r>
+            <w:r w:rsidR="006C6BF9">
+              <w:t>Front Axle Load rating</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (B</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB241F">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE5589C" w14:textId="7CD4E329" w:rsidR="00800A30" w:rsidRDefault="00000000" w:rsidP="00800A30">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1378356328"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00793972">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8536B5" w14:textId="76611B45" w:rsidR="00800A30" w:rsidRDefault="00000000" w:rsidP="00800A30">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="884686405"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00800A30" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="5DB0878F" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00793972" w:rsidRPr="00E42D1E" w14:paraId="414C72D2" w14:textId="77777777" w:rsidTr="009B41DE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="79C171CF" w14:textId="04FC11A0" w:rsidR="00793972" w:rsidRDefault="007F49D3" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...10 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0D381E05" w14:textId="1A21C8D9" w:rsidR="00793972" w:rsidRDefault="00793972" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...41 lines deleted...]
-            </w:r>
+              <w:t xml:space="preserve">Is the Front Axle Group S10 Laden Mass (D9) less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidR="006C6BF9">
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">xle </w:t>
+            </w:r>
+            <w:r w:rsidR="006C6BF9">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">anufacturer’s </w:t>
+            </w:r>
+            <w:r w:rsidR="006C6BF9">
+              <w:t>Load</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="006C6BF9">
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ating (B</w:t>
+            </w:r>
+            <w:r w:rsidR="008B2618">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00045A8E">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3CE45732" w14:textId="51DED83F" w:rsidR="00793972" w:rsidRDefault="00000000" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1682006487"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00793972">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EF1E78B" w14:textId="71F77022" w:rsidR="00793972" w:rsidRDefault="00000000" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-786654504"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00793972" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="305A39EF" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00C652B9" w:rsidRPr="00E42D1E" w14:paraId="44D4F8DD" w14:textId="77777777" w:rsidTr="009B41DE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5339A0DE" w14:textId="78FBFD86" w:rsidR="00C652B9" w:rsidRDefault="00C652B9" w:rsidP="00437A51">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="64DD38B8" w14:textId="5D886DEE" w:rsidR="00C652B9" w:rsidRDefault="00C652B9" w:rsidP="00437A51">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Front Axle Group S10 Laden Mass (D9) less than or equal to the Suspension Manufacturer’s Load Rating (B</w:t>
+            </w:r>
+            <w:r w:rsidR="00312D44">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00045A8E">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15D5D40C" w14:textId="77777777" w:rsidR="00C652B9" w:rsidRDefault="00000000" w:rsidP="00437A51">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1765261810"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C652B9">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="473484BC" w14:textId="77777777" w:rsidR="00C652B9" w:rsidRDefault="00000000" w:rsidP="00437A51">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1230371807"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00C652B9" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00793972" w:rsidRPr="00E42D1E" w14:paraId="61AC1A82" w14:textId="77777777" w:rsidTr="009B41DE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFC86CE" w14:textId="6CA2A501" w:rsidR="00793972" w:rsidRPr="00800A30" w:rsidRDefault="00312D44" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...2 lines deleted...]
-            </w:r>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24CC7A75" w14:textId="6E3F158D" w:rsidR="00793972" w:rsidRDefault="00793972" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Front Axle Group S10 Laden Mass (D9) less than or equal to the Total Axle Group Tyre Load Capacity (B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D95914">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5382AA60" w14:textId="031E91E3" w:rsidR="00793972" w:rsidRDefault="00000000" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-631480820"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00793972">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CF16D7" w14:textId="18B81A1A" w:rsidR="00793972" w:rsidRDefault="00000000" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1338969458"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00793972" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00793972" w:rsidRPr="00E42D1E" w14:paraId="5C656D9A" w14:textId="77777777" w:rsidTr="009B41DE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="65205603" w14:textId="5CF808A9" w:rsidR="00793972" w:rsidRPr="00800A30" w:rsidRDefault="00312D44" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...22 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24908F20" w14:textId="77777777" w:rsidR="00793972" w:rsidRPr="002C24C0" w:rsidRDefault="00793972" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the Front Axle Group S10 Laden Mass (D9) less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A99">
+              <w:t>Front Axle Group S10 Condition Mass Limit</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (D12)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58CF96E4" w14:textId="77777777" w:rsidR="00793972" w:rsidRDefault="00000000" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1253548992"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00793972">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EDC819F" w14:textId="77777777" w:rsidR="00793972" w:rsidRDefault="00000000" w:rsidP="00793972">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1894762700"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00793972" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F49D3" w:rsidRPr="00E42D1E" w14:paraId="05C16A2B" w14:textId="77777777" w:rsidTr="009B41DE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="25115F54" w14:textId="391CFB64" w:rsidR="007F49D3" w:rsidRDefault="00312D44" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2682D7EF" w14:textId="5936C06D" w:rsidR="007F49D3" w:rsidRDefault="007F49D3" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Rear Axle Group S10 Laden Mass (D10) less than or equal to the vehicle manufacturer’s</w:t>
+            </w:r>
+            <w:r w:rsidR="002B769D">
+              <w:t xml:space="preserve"> Rear Axle Load R</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ating (B4)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="04A2AB11" w14:textId="704D38CC" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-654678917"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F896A56" w14:textId="5D88DB79" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="483509434"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F49D3" w:rsidRPr="00E42D1E" w14:paraId="4499916D" w14:textId="77777777" w:rsidTr="009B41DE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B14F67C" w14:textId="26B85DCE" w:rsidR="007F49D3" w:rsidRPr="00800A30" w:rsidRDefault="00312D44" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1E40DFEC" w14:textId="6CE0B912" w:rsidR="007F49D3" w:rsidRDefault="007F49D3" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the Rear Axle Group S10 Laden Mass (D10) less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidR="009A401B">
+              <w:t>A</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">xle </w:t>
+            </w:r>
+            <w:r w:rsidR="009A401B">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">anufacturer’s </w:t>
+            </w:r>
+            <w:r w:rsidR="009A401B">
+              <w:t>Load</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009A401B">
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ating (B1</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5924">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39DB115D" w14:textId="29758B47" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1010651885"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2435F235" w14:textId="302915C4" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1766000680"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00312D44" w:rsidRPr="00E42D1E" w14:paraId="0D4A495D" w14:textId="77777777" w:rsidTr="009B41DE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="095575CD" w14:textId="5CD12662" w:rsidR="00312D44" w:rsidRDefault="00312D44" w:rsidP="00437A51">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E94DD11" w14:textId="2F46C1AB" w:rsidR="00312D44" w:rsidRDefault="00312D44" w:rsidP="00437A51">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Rear Axle Group S10 Laden Mass (D10) less than or equal to the Suspension Manufacturer’s Load Rating (B</w:t>
+            </w:r>
+            <w:r w:rsidR="00515CAF">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5924">
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FF1935E" w14:textId="77777777" w:rsidR="00312D44" w:rsidRDefault="00000000" w:rsidP="00437A51">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-208106772"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00312D44">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11AF4DD9" w14:textId="77777777" w:rsidR="00312D44" w:rsidRDefault="00000000" w:rsidP="00437A51">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-394973383"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00312D44" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F49D3" w:rsidRPr="00E42D1E" w14:paraId="68663017" w14:textId="77777777" w:rsidTr="009B41DE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2767516F" w14:textId="28DA186A" w:rsidR="007F49D3" w:rsidRPr="00800A30" w:rsidRDefault="009B41DE" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="41ABCE0A" w14:textId="1F416D39" w:rsidR="007F49D3" w:rsidRDefault="007F49D3" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Rear Axle Group S10 Laden Mass (D10) less than or equal to the Total Axle Group Tyre Load Capacity (B</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5924">
+              <w:t>19)</w:t>
+            </w:r>
+            <w:r>
+              <w:t>?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="770C30BE" w14:textId="786F8CAB" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-393898268"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29B6E46F" w14:textId="17AE900F" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="209228951"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F49D3" w:rsidRPr="00E42D1E" w14:paraId="7B9D2D5C" w14:textId="77777777" w:rsidTr="009B41DE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F35CFF3" w14:textId="7D5A3EAF" w:rsidR="007F49D3" w:rsidRPr="00800A30" w:rsidRDefault="009B41DE" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E777671" w14:textId="5097F816" w:rsidR="007F49D3" w:rsidRDefault="007F49D3" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Vehicle </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>S10</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">) less than or equal to the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Vehicle GVM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>rating (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2807ACBC" w14:textId="15CABCBD" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1706784134"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="497A806A" w14:textId="77777777" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-821510793"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007F49D3" w:rsidRPr="00E42D1E" w14:paraId="49E9BE16" w14:textId="77777777" w:rsidTr="009B41DE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="15999686" w14:textId="0F9FE4C2" w:rsidR="007F49D3" w:rsidRPr="00800A30" w:rsidRDefault="009B41DE" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40305943" w14:textId="2C65DB1D" w:rsidR="007F49D3" w:rsidRPr="002C24C0" w:rsidRDefault="007F49D3" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve"> S10 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>) less than or equal to the</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5095">
+              <w:t>Total Laden S10 Condition Mass Limit</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (D13)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DD3D3A" w14:textId="062BFE87" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1326587621"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5782A466" w14:textId="4A9ACE10" w:rsidR="007F49D3" w:rsidRDefault="00000000" w:rsidP="007F49D3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1183328394"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="007F49D3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="106D478A" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="00EA292D">
+    <w:p w14:paraId="3935C92E" w14:textId="77777777" w:rsidR="003A575C" w:rsidRDefault="003A575C" w:rsidP="001263DD">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7624D546" w14:textId="77777777" w:rsidR="003A575C" w:rsidRDefault="003A575C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Cambria"/>
+          <w:b/>
+          <w:color w:val="4AB1D0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0852CCBF" w14:textId="5F73BCF4" w:rsidR="005945FB" w:rsidRDefault="005945FB" w:rsidP="001263DD">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00E63651">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>S10 Livestock Loading Modification Plate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B856831" w14:textId="7D7D3AF8" w:rsidR="005945FB" w:rsidRDefault="005945FB" w:rsidP="005945FB">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Additional Information</w:t>
+        <w:t>Vehicle Manufacturer's Plate</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10094"/>
+        <w:gridCol w:w="5047"/>
+        <w:gridCol w:w="5047"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A129E8" w14:paraId="7899FA8E" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="001A0D67" w:rsidRPr="001A0D67" w14:paraId="70B83685" w14:textId="77777777">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-[...5 lines deleted...]
-                <w:b/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="353C98A1" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="001A0D67" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...33 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t>Vehicle Manufacturer's Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="6F0DE9AB" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00790F24" w14:paraId="150B2257" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="5484"/>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="462E08A1" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="00F44984">
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66108AF1" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="004F61BE" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Record information from the vehicle manufacturer’s rating plate, affixed to the cabin by the manufacturer. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23AF3EDB" w14:textId="72B86586" w:rsidR="00790F24" w:rsidRPr="004F61BE" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Where the vehicle has been assessed/modified/re-rated and approved in accordance with VS</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE7C7C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DD7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, use the information from the </w:t>
+            </w:r>
+            <w:r w:rsidR="00D90DD7">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSB 6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>modification plate. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00BA7FF6" w14:paraId="74C727C3" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B4799D1" w14:textId="5B647E64" w:rsidR="00BA7FF6" w:rsidRDefault="00BA7FF6">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Manufacturer Make/Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E4B381" w14:textId="77777777" w:rsidR="00BA7FF6" w:rsidRPr="0098376C" w:rsidRDefault="00BA7FF6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00A175B8" w14:paraId="7F73CE1C" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00790F24" w14:paraId="6623E9D6" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="673121B8" w14:textId="7351D465" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maximum Front Axle Group </w:t>
+            </w:r>
+            <w:r w:rsidR="00232775">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Mass </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E77FEF" w14:textId="0C5C1244" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="005424EB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="3ECC5370" w14:textId="77777777" w:rsidTr="00253D4E">
+      <w:tr w:rsidR="00790F24" w14:paraId="20C0DC2A" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
-          <w:trHeight w:val="5330"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="18B6FB1D" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="00F44984">
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACE93CF" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Front Axle Group Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3209103E" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00A175B8" w14:paraId="6FA7F195" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00790F24" w14:paraId="543877EC" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CAEF3B" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...115 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Front Axle Group Tyre Capacity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01487837" w14:textId="0924DC86" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="005424EB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="2B80F371" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00790F24" w14:paraId="6C10CFA6" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
-          <w:trHeight w:val="5550"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="18EBDCC3" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="00F44984">
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155D7D71" w14:textId="01E54A4A" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Maximum Rear Axle Group</w:t>
+            </w:r>
+            <w:r w:rsidR="00232775">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA21BC9" w14:textId="7EED322E" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="005424EB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00A175B8" w14:paraId="06B2EDE5" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00790F24" w14:paraId="6FFF57B9" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB0724" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...35 lines deleted...]
-            </w:r>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="484DE963" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00573F7C" w:rsidRPr="00A175B8" w14:paraId="6608D258" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00790F24" w14:paraId="0ED7EB68" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
-          <w:trHeight w:val="7586"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...10 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D54F77" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group Tyre Capacity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F565A6D" w14:textId="1EAFC0E8" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="005424EB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C851C4" w14:paraId="5BE18D09" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5856BDB7" w14:textId="35B3EBA5" w:rsidR="00C851C4" w:rsidRDefault="00C851C4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tare Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12B8F026" w14:textId="3D4DC154" w:rsidR="00C851C4" w:rsidRDefault="005424EB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00790F24" w14:paraId="0E79CDC2" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6EA62A" w14:textId="55E52C51" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gross Vehicle Mass (GVM) Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC10FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE94146" w14:textId="40BB0AFB" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="005424EB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00790F24" w14:paraId="570AE0CD" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D74F36" w14:textId="0067A1DD" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gross Combination Mass (GCM) Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC10FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C06AC3F" w14:textId="63E617F4" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="005424EB">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="667E628B" w14:textId="5ED99BE4" w:rsidR="00792978" w:rsidRPr="00F44984" w:rsidRDefault="00A129E8" w:rsidP="00EA292D">
+    <w:p w14:paraId="33A822A1" w14:textId="48316E03" w:rsidR="008E7978" w:rsidRDefault="00D90DD7" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Part C</w:t>
+        <w:t xml:space="preserve">S10 </w:t>
       </w:r>
-      <w:r w:rsidR="00714402">
-[...18 lines deleted...]
-        <w:t>)</w:t>
+      <w:r w:rsidR="008E7978">
+        <w:t>Modification Plate Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6986"/>
-        <w:gridCol w:w="3108"/>
+        <w:gridCol w:w="5046"/>
+        <w:gridCol w:w="5048"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00792978" w14:paraId="5E8A9CB6" w14:textId="77777777" w:rsidTr="00BE0FBC">
+      <w:tr w:rsidR="001A0D67" w:rsidRPr="001A0D67" w14:paraId="00BB8378" w14:textId="77777777" w:rsidTr="00E07E1A">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10029" w:type="dxa"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...34 lines deleted...]
-              <w:t xml:space="preserve">  </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="544546D7" w14:textId="530DC536" w:rsidR="008E7978" w:rsidRPr="001A0D67" w:rsidRDefault="008E7978">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C97B21" w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Livestock</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Loading Plate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE0FBC" w14:paraId="5AAD1992" w14:textId="77777777" w:rsidTr="00BE0FBC">
+      <w:tr w:rsidR="008E7978" w14:paraId="0A62E7CD" w14:textId="77777777" w:rsidTr="00511C44">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10029" w:type="dxa"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Table09Heading"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C5AC11" w14:textId="694DFF2F" w:rsidR="00772EB8" w:rsidRPr="00CE1577" w:rsidRDefault="00772EB8" w:rsidP="00772EB8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>Stock body/crate plan</w:t>
+              <w:t xml:space="preserve">Record information below for the </w:t>
+            </w:r>
+            <w:r w:rsidR="00423173">
+              <w:t xml:space="preserve">relevant fields of the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>S10 modification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F7C98">
+              <w:t xml:space="preserve"> plate</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E66CD08" w14:textId="77777777" w:rsidR="00772EB8" w:rsidRPr="00AF2BB6" w:rsidRDefault="00772EB8" w:rsidP="00772EB8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Duplicate the below information on the livestock loading S10 plate (maroon in colour). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FD1CBE" w14:textId="44911F89" w:rsidR="008E7978" w:rsidRPr="00AF2BB6" w:rsidRDefault="008E7978">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Affix the plate to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E07E1A">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>cabin of the truck</w:t>
+            </w:r>
+            <w:r w:rsidR="001D6352">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>n a location that is easily visible and accessible.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D44905C" w14:textId="68A60F06" w:rsidR="008E7978" w:rsidRPr="00BF2FE7" w:rsidRDefault="0013590B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7978" w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ll </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>unused</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7978" w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fields on the Livestock loading (S10) Plate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013590B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7978" w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blanked out with three (3), or more, ‘X’ (For example: ‘XXX’)</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7978" w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3F31" w14:paraId="15EAD851" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00681AE1" w14:paraId="03C564E4" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
-          <w:trHeight w:val="7271"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10029" w:type="dxa"/>
-[...11 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6356CD" w14:textId="00E23F97" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t>s</w:t>
-[...206 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle Identification Number (VIN)/Chassis Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7105BA35" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE0FBC" w:rsidRPr="00C23B68" w14:paraId="0998E0C1" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00681AE1" w14:paraId="39D1CC0C" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6941" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BC2604" w14:textId="6D770D1D" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="09973A01" w14:textId="6CB4B356" w:rsidR="00BE0FBC" w:rsidRPr="00F44984" w:rsidRDefault="00BE0FBC" w:rsidP="00BE0FBC">
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Approved Vehicle Examiner Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0B4138" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE0FBC" w:rsidRPr="00C23B68" w14:paraId="035B2AB8" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00681AE1" w14:paraId="2C08F290" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6941" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="408DC5DF" w14:textId="0C9CB5C3" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...26 lines deleted...]
-          <w:p w14:paraId="62EB990B" w14:textId="77777777" w:rsidR="00BE0FBC" w:rsidRPr="00F44984" w:rsidRDefault="00BE0FBC" w:rsidP="00BE0FBC">
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19ECC9DD" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BE0FBC" w14:paraId="06A94EFE" w14:textId="77777777" w:rsidTr="007758D3">
+      <w:tr w:rsidR="00681AE1" w14:paraId="087300A4" w14:textId="77777777" w:rsidTr="00600C46">
         <w:trPr>
-          <w:trHeight w:val="50"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6941" w:type="dxa"/>
-[...41 lines deleted...]
-          <w:p w14:paraId="38B4AEF9" w14:textId="77777777" w:rsidR="00BE0FBC" w:rsidRPr="00F44984" w:rsidRDefault="00BE0FBC" w:rsidP="00BE0FBC">
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4E3887" w14:textId="556E74F3" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9216E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49DB986A" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:b/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681AE1" w14:paraId="7D8FEA97" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEC36CB" w14:textId="35CA9482" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00124A14" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Laden Mass: (D11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FEF1D3" w14:textId="644CBD5B" w:rsidR="00681AE1" w:rsidRPr="006D0C70" w:rsidRDefault="00613EAB" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681AE1" w14:paraId="1D202E24" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="152792E0" w14:textId="4714049E" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00124A14" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Front Axle Group</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Laden Mass: (D9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3A6422" w14:textId="1745B04E" w:rsidR="00681AE1" w:rsidRPr="006D0C70" w:rsidRDefault="00613EAB" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681AE1" w14:paraId="22575179" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7696E0FC" w14:textId="5BF01C01" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00124A14" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass: (D10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15420F72" w14:textId="2B0E28CE" w:rsidR="00681AE1" w:rsidRPr="006D0C70" w:rsidRDefault="00613EAB" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681AE1" w14:paraId="6B71C173" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADD4642" w14:textId="41B7AF5B" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00421AD4" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Front </w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">S10 Tyre Size/Load </w:t>
+            </w:r>
+            <w:r w:rsidR="00273D29">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE7C7C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4726">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE7C7C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4726">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DD0766" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00124A14" w14:paraId="2EFB1D0C" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F28C196" w14:textId="7C78CF59" w:rsidR="00124A14" w:rsidRDefault="00421AD4" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear S10 Tyre Size/Load</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF29C4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00273D29">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00883B4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE7C7C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00273D29">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4726">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00883B4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="002A312D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA4726">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="00883B4E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29975DED" w14:textId="77777777" w:rsidR="00124A14" w:rsidRDefault="00124A14" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681AE1" w14:paraId="2BD02DDE" w14:textId="77777777" w:rsidTr="00600C46">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06173A1D" w14:textId="45827266" w:rsidR="00681AE1" w:rsidRDefault="007820F4" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00EF29C4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass: (C3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="441D1C36" w14:textId="53B8DF52" w:rsidR="00681AE1" w:rsidRDefault="00613EAB" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3F11DD80" w14:textId="77777777" w:rsidR="00BE0FBC" w:rsidRDefault="00BE0FBC" w:rsidP="00EA292D">
-[...9 lines deleted...]
-        <w:t xml:space="preserve">Part D - </w:t>
+    <w:p w14:paraId="062FD17C" w14:textId="068C71CC" w:rsidR="005C6F33" w:rsidRPr="008043AC" w:rsidRDefault="005C6F33" w:rsidP="008043AC">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC5639">
-        <w:t>S10 Gross combined mass (GCM)</w:t>
+      <w:r w:rsidR="00A11D7B">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>G</w:t>
       </w:r>
-      <w:r>
-        <w:t xml:space="preserve"> (</w:t>
+      <w:r w:rsidR="003D3FE1" w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r w:rsidR="00985B4E">
-        <w:t>rigid truck</w:t>
+      <w:r w:rsidR="008C1BB3">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Authorisation</w:t>
       </w:r>
-      <w:r>
-        <w:t>)</w:t>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4384">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70A39">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>eclaration</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...133 lines deleted...]
-    <w:p w14:paraId="208048E8" w14:textId="77777777" w:rsidR="00BE0FBC" w:rsidRDefault="00BE0FBC" w:rsidP="00EA292D">
+    <w:p w14:paraId="73843346" w14:textId="03D9A531" w:rsidR="00764716" w:rsidRDefault="006A4D48" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
-    </w:p>
-[...3 lines deleted...]
-      </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Part E - Vehicle </w:t>
+        <w:t xml:space="preserve">AVE </w:t>
       </w:r>
-      <w:r w:rsidRPr="00FC5639">
-[...2211 lines deleted...]
-        <w:t>AVE authorisation</w:t>
+      <w:r w:rsidR="00764716">
+        <w:t>Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4141"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="1460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00282BE8" w14:paraId="78510497" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="001A0D67" w:rsidRPr="001A0D67" w14:paraId="44E0185D" w14:textId="77777777" w:rsidTr="00EE2BAF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="215295FE" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRPr="00764716" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AFEB3C" w14:textId="77777777" w:rsidR="009D49EE" w:rsidRPr="001A0D67" w:rsidRDefault="009D49EE" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B8055C">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Declaration by certifier (AVE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="045FB33C" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="00764716" w14:paraId="5DB3AE06" w14:textId="77777777" w:rsidTr="00EE2BAF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="572A1475" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="64139122" w14:textId="7F0EDA41" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00764716">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>I am the Approved Person who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
+              <w:t xml:space="preserve">I am the Approved </w:t>
+            </w:r>
+            <w:r w:rsidR="00C3213B">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle Examiner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00764716">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="59693802" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="00764716" w14:paraId="1C0C8FC4" w14:textId="77777777" w:rsidTr="00EE2BAF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="666BB965" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+          <w:p w14:paraId="512812DE" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Issued </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3A8D">
               <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DB44529" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+          <w:p w14:paraId="09689DB4" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17CE1E33" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+          <w:p w14:paraId="0D76A7B5" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">AVE </w:t>
             </w:r>
             <w:r>
               <w:t>no.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="3D8F06FF" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="00764716" w14:paraId="0935F637" w14:textId="77777777" w:rsidTr="007E1B70">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34968862" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="28F410D8" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0DFAE169" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="3637029D" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CA62965" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="776C1A32" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="09291B82" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="003B5897" w14:paraId="6C214C6C" w14:textId="77777777" w:rsidTr="00EE2BAF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="330C2F7E" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+          <w:p w14:paraId="76334DCE" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7586B9DB" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+          <w:p w14:paraId="293CD006" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C94F288" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D053725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="1BB1BA7E" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="003B5897" w14:paraId="455805A8" w14:textId="77777777" w:rsidTr="007E1B70">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09110460" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="547DBE19" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6CE1888D" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="76F2B074" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23407379" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="57683725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A9AB229" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="54185A96" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C4C4752" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+    <w:p w14:paraId="572AEC85" w14:textId="77777777" w:rsidR="00D8751E" w:rsidRDefault="00D8751E" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09E83534" w14:textId="77777777" w:rsidR="00D8751E" w:rsidRDefault="00D8751E">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:b/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
-        <w:t>Owner/vehicle supplier authorisation</w:t>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5CDDDDB7" w14:textId="24C08CD9" w:rsidR="003B5897" w:rsidRDefault="006A4D48" w:rsidP="00312323">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Owner/supplier </w:t>
+      </w:r>
+      <w:r w:rsidR="003B5897">
+        <w:t>Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4946" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4138"/>
         <w:gridCol w:w="4536"/>
-        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="88"/>
+        <w:gridCol w:w="1387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00282BE8" w14:paraId="1D12A755" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="001A0D67" w:rsidRPr="001A0D67" w14:paraId="0C37F170" w14:textId="77777777" w:rsidTr="00EB0EDD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10149" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6558DC92" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRPr="003B5897" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="468F8D99" w14:textId="77777777" w:rsidR="003B5897" w:rsidRPr="001A0D67" w:rsidRDefault="003B5897" w:rsidP="009D49EE">
             <w:pPr>
               <w:ind w:right="-33"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">As the </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-18471800"/>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
+                <w:id w:val="299198410"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="001A0D67">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>o</w:t>
-[...10 lines deleted...]
-                <w:b/>
+              <w:t>Owner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-885322839"/>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
+                <w:id w:val="2041322485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="001A0D67">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
+              <w:t>Supplier</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (select applicable) of the vehicle described in this form, I declare that the </w:t>
+            </w:r>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>v</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ehicle </w:t>
+            </w:r>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...26 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pecifications and </w:t>
+            </w:r>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>v</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">ehicle </w:t>
             </w:r>
-            <w:r>
-[...25 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> mentioned above to complete the S10 approval of this vehicle in this build state/configuration.</w:t>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>quipment detailed herein are representative of the vehicle as it will enter into service and that I have enlisted the services of the AVE mentioned above to complete the S10 approval of this vehicle in this build state/configuration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="2527274A" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="003B5897" w14:paraId="28FEF528" w14:textId="77777777" w:rsidTr="00EB0EDD">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FAA16A2" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+          <w:p w14:paraId="59361AC5" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6011" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0BADE38B" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Company (if applicable):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B5897" w14:paraId="7D88B3E6" w14:textId="77777777" w:rsidTr="00EB0EDD">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="580FD912" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6011" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="730763B3" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB0EDD" w14:paraId="0E9980BB" w14:textId="77777777" w:rsidTr="00EB0EDD">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8762" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="39A030D3" w14:textId="4322FA5F" w:rsidR="00EB0EDD" w:rsidRDefault="00EB0EDD" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="006A71B9" w14:textId="35F99702" w:rsidR="00EB0EDD" w:rsidRDefault="00EB0EDD" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Postcode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EB0EDD" w14:paraId="4D973780" w14:textId="77777777" w:rsidTr="00EB0EDD">
+        <w:trPr>
+          <w:trHeight w:val="722"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8762" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A8AEED7" w14:textId="77777777" w:rsidR="00EB0EDD" w:rsidRDefault="00EB0EDD" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31EC3417" w14:textId="0CA3FF6F" w:rsidR="00EB0EDD" w:rsidRDefault="00EB0EDD" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B5897" w14:paraId="6B85970C" w14:textId="77777777" w:rsidTr="00EB0EDD">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D39033A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Signed:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3DA26F" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Telephone:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B332BE0" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00EA292D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D586A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company (if applicable):</w:t>
+              <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="7D305F3C" w14:textId="77777777" w:rsidTr="0026276B">
+      <w:tr w:rsidR="003B5897" w14:paraId="2375D114" w14:textId="77777777" w:rsidTr="00EB0EDD">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A1AFF8C" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="7F009E91" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="6011" w:type="dxa"/>
+          <w:p w14:paraId="55D02094" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C7EAA01" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28CA8A82" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
-[...171 lines deleted...]
-          <w:p w14:paraId="588D7912" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="0026276B">
+          <w:p w14:paraId="124CB2D8" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...19 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="099478CA" w14:textId="77777777" w:rsidR="008843EF" w:rsidRPr="00714402" w:rsidRDefault="008843EF" w:rsidP="00714402">
-[...1 lines deleted...]
-        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+    <w:p w14:paraId="38AC6286" w14:textId="1C702406" w:rsidR="006B485F" w:rsidRDefault="006B485F" w:rsidP="008C062C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="4"/>
           <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008843EF" w:rsidRPr="00714402" w:rsidSect="00BA31F7">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:p w14:paraId="080202A6" w14:textId="77777777" w:rsidR="006B485F" w:rsidRDefault="006B485F">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7C211E3E" w14:textId="77777777" w:rsidR="006B485F" w:rsidRDefault="006B485F" w:rsidP="008C062C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="006B485F" w:rsidSect="00BA31F7">
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5BCA68F7" w14:textId="22CD57A9" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Rigid Truck</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00773279">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rigid Truck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F29BCF2" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpc">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6E2E6E80" wp14:editId="3E6B7892">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-1905</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>83185</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9705340" cy="2995295"/>
+                <wp:effectExtent l="0" t="0" r="10160" b="14605"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21568"/>
+                    <wp:lineTo x="21580" y="21568"/>
+                    <wp:lineTo x="21580" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="1703268366" name="Canvas 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
+                    <wpc:wpc>
+                      <wpc:bg>
+                        <a:noFill/>
+                      </wpc:bg>
+                      <wpc:whole>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wpc:whole>
+                      <wpg:wgp>
+                        <wpg:cNvPr id="594598048" name="Group 594598048"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="809800" y="28010"/>
+                            <a:ext cx="8843792" cy="2937735"/>
+                            <a:chOff x="809800" y="28010"/>
+                            <a:chExt cx="8843792" cy="2937735"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1745371825" name="Picture 1745371825"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId15"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="809800" y="28010"/>
+                              <a:ext cx="5715304" cy="2552216"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="615409652" name="Picture 615409652"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId16"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="6997299" y="39868"/>
+                              <a:ext cx="2656293" cy="1655440"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="1476727405" name="Straight Connector 1476727405"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="1771400" y="2050495"/>
+                              <a:ext cx="0" cy="839009"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="391989056" name="Straight Arrow Connector 391989056"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="1764576" y="2802303"/>
+                              <a:ext cx="3150091" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="169178863" name="Straight Arrow Connector 169178863"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="4003068" y="707224"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="none" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="349972715" name="Straight Arrow Connector 349972715"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="4905762" y="707224"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="none" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1746138286" name="Straight Connector 1746138286"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="4334064" y="546624"/>
+                              <a:ext cx="0" cy="990677"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1729605337" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2822316" y="2686647"/>
+                              <a:ext cx="1067435" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="2430800D" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Wheelbase</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="577330701" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3534438" y="574509"/>
+                              <a:ext cx="600710" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="54C1C2A5" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00C31697">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Load</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1345201847" name="Straight Connector 1345201847"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="4905762" y="553448"/>
+                              <a:ext cx="0" cy="2314111"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="571714180" name="Arrow: Down 571714180"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="4238668" y="1167646"/>
+                              <a:ext cx="204470" cy="415925"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1808950697" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3272690" y="1123092"/>
+                              <a:ext cx="843280" cy="486634"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="660954C5" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Imposed Load from Livestock</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="0F05EF8C" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>(M)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="385314642" name="Picture 385314642" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId17" cstate="print">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4173443" y="779225"/>
+                              <a:ext cx="333375" cy="332740"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="26404748" name="Straight Arrow Connector 26404748"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="2493820" y="263422"/>
+                              <a:ext cx="3788410" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="953966145" name="Straight Connector 953966145"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="6282230" y="95717"/>
+                              <a:ext cx="0" cy="498475"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1697952208" name="Straight Connector 1697952208"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="2493820" y="95717"/>
+                              <a:ext cx="0" cy="488950"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="521769936" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3482035" y="153415"/>
+                              <a:ext cx="1389887" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="757EE3D1" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve">Internal Stock Crate Length </w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Length</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="1FF6AD8F" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t> </w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="473985735" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="7209450" y="2489495"/>
+                              <a:ext cx="2374900" cy="476250"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="C00000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="507F7CE4" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Note:</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="45E71084" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00D307D2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:pStyle w:val="ListParagraph"/>
+                                  <w:numPr>
+                                    <w:ilvl w:val="0"/>
+                                    <w:numId w:val="41"/>
+                                  </w:numPr>
+                                  <w:ind w:left="182" w:hanging="182"/>
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00D307D2">
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>The centre of mass of the single load area is taken to be at the geometric centre of the stock crate.</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="575812543" name="Rectangle 575812543"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3204057" y="1817446"/>
+                              <a:ext cx="863193" cy="409651"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="39970E5B" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="000D767A" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0" w:after="240"/>
+                                  <w:rPr>
+                                    <w:sz w:val="14"/>
+                                    <w:szCs w:val="14"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="000D767A">
+                                  <w:rPr>
+                                    <w:sz w:val="14"/>
+                                    <w:szCs w:val="14"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="vert270" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="378978805" name="Picture 378978805" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId17" cstate="print">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3520833" y="1890757"/>
+                              <a:ext cx="255270" cy="254635"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="1754839879" name="Straight Connector 1754839879"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="3644784" y="1844780"/>
+                              <a:ext cx="0" cy="623718"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1393549091" name="Straight Arrow Connector 1393549091"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3644784" y="2419722"/>
+                              <a:ext cx="1260978" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1950159184" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4023324" y="2292722"/>
+                              <a:ext cx="517525" cy="264795"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="0F4C0892" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:position w:val="-4"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="361628738" name="Arrow: Down 361628738"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3542550" y="2158008"/>
+                              <a:ext cx="204470" cy="234063"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1162588456" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2638755" y="2292722"/>
+                              <a:ext cx="843280" cy="255905"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="339EF882" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>100kg (M</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:position w:val="-4"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1595108721" name="Picture 1595108721"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId18"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="7209449" y="1723050"/>
+                              <a:ext cx="2386799" cy="734400"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                      </wpg:wgp>
+                    </wpc:wpc>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="6E2E6E80" id="Canvas 1" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;margin-left:-.15pt;margin-top:6.55pt;width:764.2pt;height:235.85pt;z-index:-251658239;mso-width-relative:margin;mso-height-relative:margin" coordsize="97053,29952" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQAt4Ej3QAsAAEJPAAAOAAAAZHJzL2Uyb0RvYy54bWzsXFtT20gWft+q/Q8q&#10;P+xbBrXUunlDphgyUKnKZqghO/MsZNnWjm7bEhjm1+93+iLJwsbAkACLqQqR6FarL6fP5Ttf6/2P&#10;10VuXaWiyarycMJ+sCdWWibVLCsXh5N/fz15F06spo3LWZxXZXo4uUmbyY8f/v6396t6mjrVsspn&#10;qbDQSNlMV/XhZNm29fTgoEmWaRE3P1R1WqJwXokibnErFgczEa/QepEfOLbtH6wqMatFlaRNg79+&#10;VIWTD7L9+TxN2l/m8yZtrfxwgr618reQvy/o98GH9/F0IeJ6mSW6G/EjelHEWYmXdk19jNvYuhTZ&#10;raaKLBFVU83bH5KqOKjm8yxJ5RgwGmaPRnMcl1dxIweTYHZMB3H1hO1eLKjfZXWS5Tlm4wCtT+lv&#10;9P8K65NScV5aKyyvE9i2HGZT5dmMnqDCRiwujnNhXcU0yfZP9omc1wOU9NVwl5e6ed3sql5MV4u6&#10;W31IzGj5HzRbp6K6rOVkLabJl6szYWWzw4kXcS8KbQ45LOMCEiirWf2fMWbqCJ44FfV5fSb0Hxbq&#10;jgZ4PRcF/Y/lsq4PJ6GNBiFMN4cTJ8SqKSFKr1srodKQu0HkTKyEyiM3CFxP1UiWkMXtDSTLn3c0&#10;gTlUXcEiLSC1srsf3tdZMsU/PY+4ujWPu7cRnmovRTrRjRT3aqOIxR+X9TtIch232UWWZ+2N3JVY&#10;BepUeXWWJWdC3fRLwgLuuQELHc+sCarR261BCVaBmqCnVBsxjfFzlfzRWGV1vIzLRXrU1NjgkEua&#10;34P16vJ2rQMXeVYbkaVrPVQog5HUbZgttVE/VsllkZat0jwizTHqqmyWWd1MLDFNi4sUEic+zWSH&#10;IP6tSNtkSaIzx175FZ2ljg4KZC/7jtEQGojgg4XOC5jn2lwLnec5DvPlpBiJweyJpj1Nq8KiC/QS&#10;ncEyxdP46nOju2Wq6MlUPZFdRMden5z5zON25HvYi2rrn2kx6wtetZQ5Sq08pZT5URQ4USR1mxuF&#10;fqheYXSb43s+VJoSM+Z7HudG1RsdaWTo8WK2quEKNGZ74u7WBn2QWThfxnUKSadmBzqIB37gBNzu&#10;dNB5K+JssWyt46ossTkqYbG+EgRFN3BcahPRrG1Vaw6V8hvpooGlYEHAuDEVtmfzSJsCM6GwImQm&#10;Qjey7ejuDZtnJQ1jy4btTHSE18hqA9s7MtEnJzZ+9NsG1XoTbYZGQ27aG+MD/JrOYVNh49QgpZOW&#10;dpY/ThLoRqWLqTuoTd1Vmk8/qLtG3t22B3V9ejSVDlz31ns83D0h31yVbfdwkZWVUBOz/vb22nR5&#10;rupLJ6UbN03BRTW7kYsOuytlUwnDNxdSN2JRiAX1jQLrZPRIiGo1kNS+5k5BpZnRjgwLfO4FaF15&#10;Mo5ru+v73WUe5JIpITUSs2WnQw3J/dNtHyUkG83LU0hrPF2m8ezncma1NzX8uqZN47xdTshRzRcT&#10;K08RkBTpTI2ojbP8fnX3u0DumpezC5gfsSAMfZgdZca37oK+5kN2ARS0a8PS0S4I7MBx+GgTcNeD&#10;Cy8V9QvfAyVi7P0GGBiO/w8zwMkrg4e/cwO4Xc0HbQCYmMCHl/z6N8BDjMDWzbK3AC/NAgTcZ27o&#10;hLcdoc7bIOzAVNop/Budde663PYRQ2MbeNz3x3ZA++pRZPtBoL3nLb7Q3ld/c746Q9zs257rBkZL&#10;f6Ug76fq2pJxuo4eCWC02mv8uYui6hGoRa49ubaIe1VkMnhUBR4EzFgXq39VM/i98WVbybjGyKJ2&#10;7p3QcVygQNK590Pf51JoYRw1ysggx3BtlGPjuCEDHoedA+1nWnpQLL+G9t6KOE/wo1sfRJxPEwcU&#10;WYscQp4VBM2a0LYLDzCkeKrdfzU8jUMPg9z2+uJaaw0V7FmiAkiGLY/cBi6WlfgTjhXyBAg0/nsZ&#10;E1KafyqxRBEjDMRq5Q2iKQc3YlhyMSyJywRNHU7aiaUuj1uZjKA+ltURlnKeSTCuDzu1I45g8ztF&#10;nR4Qa9cObIR9yt9+ZkGG9825q/xzD9CxAkp6OfZtOwAIr/D2vRjLrIdUHL0MvWFpZi73kFoLof3G&#10;4ePAd+graS0ApPAhQB8fuNAeyesIOO3Ek3HGDN60Rc3unYc35zwgfQOgmIUQE6VyJb43tT5Wq9Lq&#10;C3vZJDdC36ksTW+0tfnnsOi+RjUY84H0yYRQrzYdm/NAyyVnXrTL+s/QF9mtu0DoNdu+lhc+OTne&#10;CDqTC0DWb/3JbRDtoNb9ozRnE+xr0Gr57mU8S1X6mgBPA/J0+LZ0ijYD2vdAwr83oJ13GPwOQLuz&#10;Ck2dnGTICn6Om/YsFiBAQC6e1vEpL4vjCvQAOBV4m7zEO0Sbm8u5qIrfweU4IncLRcZTSlphbrSv&#10;ZIENkqRHR7Kayj1/Ls+JE6EWg7zWr9e/x6LWOagWHu+XyuSBbiVQVN2X5IFBEYSRZ/tRZ7Oe2wVz&#10;AsePsCoIjRlDngD8BqifXpmA8wAqhPLBOPSOKzHUlxtKbNNFTxRKSB+sC/teckRBjAP8ezXcETf0&#10;XMZ9fiunPyiYpU2CqOoY2UjEhb/MrVMRX4GaYn1KwNaw3lknIk2t899OrX/ERf1P6+zLqbWhchEv&#10;Uqr9pbosLetMVP8hygTEnubsdfJSKHMPNl4L2KAWWSlHQ6F6oqkpuH4sZWUnHsFZQHGcQplBkFL+&#10;Rq9CXPwEGo1wXUrNa7xgi5t8N4FlyGij9VJeUs9lodjom+dvHZ/bPOipZ+eGYjBO33YVew9vS/RB&#10;StcAPDwCJqqUsgON64x0soukGTeB8Y7JxLLvk7fA0vYUhiH79gl4NpHnRr7P+O3cVR9993V2iv9G&#10;4N6XUKfaCBFFS+u+iXFLImAAOxDOfej95kJvcAaCCHxJuyMId1q6l9BBpceJqDPQ1XeIaEhu/91m&#10;by+ib05EPQdErShyu+znc0eDHG4HJY4oGgTYCWICdkXvySFVG4UhYlfJgN8j8jIalMy6PSI/O5zw&#10;AMxij05FvIz8ElJ2OCOi/WgeRrdIuo4bAN83bgSYMrt09K7QZIBiPjBRCkvlKTSzP1kzaoKgjR7C&#10;HFZ7SnBD4jt7cYY4e4FHqXOKbBV2T7E0TqfkKZB7U9R7DbuRexfIPAhZSr2GoLWMkXtQIZkh4csD&#10;DjsSSneLo+Q0q/CY1rPZQPfeA+hqktTU0CwRX0CqdWn6NuyDOyB1AtZxkO4p6ASPRtXH/INnxdRf&#10;HQYZhBGwlf7oyJk+VwTExRTsMchtZ+OeE4N0QQUIXYVBMpysCKBm11xXB0fnTFIUOt2Hk4Lyx+cx&#10;+mO1zwZCssDjOF8UBjjVNeLPDwLcvlJvqrZAkBsxGNdHNjlU5EmQLXAt49g+KNDukw9niklyxPZJ&#10;3Ye4by7EZW7kenCy6azRSEjHWPmg6k5RHaDlQwF1OAOhfgSXM8e3ob1V1LoDhNnD5fKs/x4uX/tY&#10;xRPA5Qz4H7g40KBmHzwz1sNtB8k4pdcdJwIPYLRtPNgXxKQK6wHHWJ1w3a7c7w5GEMsOI9YRg+gV&#10;kIhlUCCZVhuCgqel1BiGzNiXJ6X3UrjErs+QnQmIvXub2NYX9or8HuGxx+GlabiGeWB8j7iWQ2Kb&#10;Q0c6JPS2XSL3xLZNJ7X3xLYhb387o//RIXjyFolt0AYeWAn9ifZnNm/gTYSBp1IZG83bkNgGtQOa&#10;918LCL+1efsexDYZM7908/baQCV4fR6zw8DpIiCDKg1KYCdpXK+TfCZTBn+BYUZ+jeGCaQqUTN1w&#10;9bkaHMBz6dsnmKMedSASfEDfs6FUJPHPusyIaelBZ9wkf2xMJZMf48J3zORBrYS+0yYRI/1ROfoS&#10;3PBe1uo/fffhfwAAAP//AwBQSwMECgAAAAAAAAAhAMfzLnuZjwIAmY8CABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAINAAAA7QgGAAAAPMNGPwAAAAFzUkdCAK7OHOkA&#10;AAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAAA7DAAAOwwHHb6hkAAD/pUlEQVR4Xuz9BZhVV5r2D0cI&#10;FiAQPBAjIUjQAAmE4G5FAeXu7lWn3N3d3Qt3d/dAIJ5O27RO90zPvPPO/Gfeke/+7medc4pTxamE&#10;pAlJz1Xrun7XPrL32kufda+993r2U72hN/SG3tAbekNv6A29oTf0ht7QG3pDb+gNvaE39Ibe0Bt6&#10;Q2/oDb2hN/SG3tAbekNv6A29oTf0ht7QG3pDb+gNvaE39Ibe0Bt6Q2/oDb2hN/QGw4De0Bt6Q2/o&#10;Df+rgs6894be8PiDro31ht7QG3pDb/hfEnTmvTf0hscfdG2sN/SG3tAbesP/kqAz772hNzz+oGtj&#10;vaE39Ibe0Bv+lwSdee8NveHxB10b+07hX//1X3Hn7l3sOXgIRXWNiuqWdlS3Ch1aWtq6UGOE6qbW&#10;rjRrqWpqMUplQxOqGolsSbXQ2PzgO/8TKusbO6kyRPaTLdMrVPOzIVW19fy9QQc/19bpkM/1qKyp&#10;JXUPqOZ3HeVV1agwpFK7LauoQoWeqip+r9Qhn6tQXqn9rdyA0rJyLeVCBUp030tKSw0oQ3FJKSnR&#10;bUtRVFyCIm4LiopRqKOgsKgL+QVdv+flFyCvgOTn65DPBcjNy+9Cdk4uyUN2bh5yFLmdaP97mKzs&#10;HKNkZ/P/7hg53hhZ3DdLtkzLA/S/af9X6ewBtT/T/4D8bt+1ZPP3ntAe8115+Bx6MrvDfAgZTGsX&#10;svXwPwPS9WQZkoP0zBykcqvg5xRF9kMkZ2Y92I+kCNw32ZAM7keSZKt+037Wk2hAEv9P5P8K+c70&#10;6Elk3Inqf6K+5yGJeTIkOSdfkZJT0PlZfc8t5LYQqflFpBBpaqslvbCElCJNtkWl6ntGcVknWSVC&#10;ObJLK5ClI7e8sgt55VWK/MoaRUFVrQ75XIMi9nlDimkThFLaDgVtilBW3/QA2pwK2i5FI22YbltO&#10;u1VGymn3jFHR3Ea72oSsihrUd+zA+QsX8dvf/lbxKEFn3ntDb3j8QdfGegz/8z//o/iv//5vLf/1&#10;X/i73/wGZRwQHbwDMH+bLbHBcisHrLRxwkpbZyy3cVSs4m96Vlpza8Bq/mbIKit77WdL2RLZ6lhl&#10;YafDFqsNWCOY2WAtt2stdFtzg62OdXr4+zrut47HrCcb+Xkjfzdkg267ydwaG82s+NkKG8ysYWJB&#10;uN2kw4T7mHCfTdxHMBHMLbGZmJhxy++beawpt8Lmbdb8TeLQfddhKvvwmC06tPvL8RZEvlt0/ma6&#10;TT7L79ptJ9vMH/zHrSC/bSYm/KzYQrbKb7Kf9j/B1MxMu9WxWfbZqt3XRO0n/5thk+54FYeKpxud&#10;/8v2wb7dUcdy3y5wf22avxnZR8W9jWXcBflND793puFhJI5NAstqE8tU6lhbh5Y6uJ856RLnAzY+&#10;RjaQ9WQd0/UAc7INa7cI5oo1ginZrMeMbCNbsZqsIiuFTQ9YQZZv2Iplm7ZgqbCRrBdMyWbFErJI&#10;sUnxgZ51m/D+2k1YsEbH6k2Yv2pjJ++Rd1dtwLyVGzF35fqHmLNyA97hdvYKPesUs8hMMmO5nvWY&#10;wX1nrJLtWi0rBIP/efy0ZesU8nk6f5/O/6cz/uk8dvqKDXibTOPnaas2YdpqE0xneqev3ogZRLvd&#10;hJnMx0zmadbazZi1zhSzme93WB7CHJaJMHfDFsW8DdsU724yI9vwnomZlk3meG+zhWKBqQXeN7XE&#10;wi1WxBIfbLXqZBHtYSe0M4vNbbGE9msJt0vJYv4mv39AG7KQ24WyFbhPJ+Z2eG+LDaZttMBae1fE&#10;JiXj/MWLCrHBhoh97h505r039IbHH3RtzGiQKwqibA8fO44MKnuhlDPoDM5W1zi4YeIWW7xo4Ymh&#10;Vt4Ybu6O4WZuWuSzpSdGWnphlJWW0bK19sRoMpa8ZO3dhXFkvLWX4mWFN16x8carevj9NYUPJtgS&#10;/vaGjjdtBV9MtPPFW3Y+ikk6Jtv7YrKDH6bw81QbT0y39sAMHTPJbKZFeEew8cA7tp6YQ+aSeYKd&#10;J94l79l74T07LyzQ4+CN+U6+mO/sj/kuQVjgGoT33QKxUMcHbkFY5B6EJe7BWOIRotsGY6lXqGKZ&#10;Z4hiOT8LKzoJw0pvHfy+0kcIwyqy2luD1T4G+Gq3a7hV+IRzK+i++4VjLb93QX4j6/T4CxGdrOf3&#10;LgTwN7IhIFKx3l+P7Kv9byO/Cxvkd9lHh/6Yh4nqSqCWjT3BfQTZZ71853k3MX+bWDabvIls9XiH&#10;KDbq0H9/QNf9N/L7Rt8w5kWj8rOO+dGWhUEZ9YC+LLvQvbwVBnXUjS71SaSeVzFdq5iulZ2EqXah&#10;hW3EU2DbUQSzHbFdCdK+pJ2RRYogfEAWCmyT77voCVAscNbynpO/4l0dcx198Y6DltkOPpjNPjSL&#10;fWsW+9BMMsPOG9PZ56bZeOFtMlXHFPZbYRL70iQrwQNvWbljoqWWN8kbFm6YIFi64XULV7y+zRmv&#10;mzlx64jXdLy61QmvbHFUvGzqiPGmDopxm7W8tNkeY/l9jI7RAn8fbWKPUdyO5DEjeawwXOGktiO4&#10;1aP9rQe2OhtlxDZXvGjAcEPM9Ij900M7KNttLhih0uSE0VtdMJ6/TaDtETs12d4Hbzv6YxrL3RD5&#10;bbJTIF53DmWZumMxhURQTJyioakZBWUVKK6oxq69+3D33r2HhIPOvPeG3vD4g66NGQ1//vOfcePG&#10;DUSkZuB9KmRhpYMrltq74eVN1hhCwdDXNxl9AzLQzy8VA7wSMNA9FgNly98HBqTjeTIoIE0xmJ+H&#10;kBfI0MB0vEiG6xhBRgpBQgZGkdHBGRhDxup4KTgT40K0jCcvk1dCM/EqeS00C68LYVmYQN7Qo8nG&#10;m+E5eCs0HVOCkjA1KBlvB6fg7ZBUTBOCUjCdzCCz+PvskBS8E5qqmCuEpWFeWDrmhWfi3YgszNek&#10;KRaEpWJBRAYWROdgQVwh3icL4woUH5BF8QVYnFCIJWRpYhGWCUnFWE5W6FiZrKcEq3SsFlJKu5Ja&#10;ijU61qaWKdalPWB9J+U6un8n6Vo2pJdhY1opNqaWaLf8viGDv+vYaIRNnVQ8MhuN/KbINEalwqQL&#10;FVp4jB79fpuZdtPkQpgmFWAzt5tTikkRfytQv6nfdei/d/7O/U24r0lqsdpuTsxX+21KLcKmdJaH&#10;5FnKSJXTN8F9yYZvg3W2vgfW6WEd61mbUtLJGgNW69G1kVVsN6uSirAyoQArFIVYTpYlsJ1Jm9Ox&#10;hP8tkbYYn4/FcflYJMTmKRaS92PysECIzsN88l50Lt6NysE8MjcyG3OEiGy8E56N2eFZmKXJwkxN&#10;JqYLYZmYFpqBt8lU6V8hD5gcnIZJ5K3gVEwM0hGYijcDU/AGmcDPE/yTMMEnFq97x+I1nzi86hOP&#10;V3wJv7/sFYOXPWMw3jMa43S85KFljHsURntEYRQ/j/CKxXDveIzg55Gu4RjhFokX3aMx1CsOL/D3&#10;F2TraUg8hnA72IBB/G2Ql5bn9fC35z0T+Jm2TMcAr0Rl44T+ikT09zYkSYtPso4k7f5MzwAnDZ53&#10;jcIQxj02IAVvsuyms7znxhdhQVIJ3k8uxcLkMoV8XpBUirn8PD2lEm/5x+NNcxcssHRUmLp5Yqm1&#10;I1baucI9NAKNHTvw//7zP3VWWxu01v0Rgm7/3tAbHkv45S9/iT179nCmG4JB9oGK513CMZCNf4Bz&#10;OPq7RVMspKFvSA6eCy/EQHaSF/j/C+zUL3gnYHBQJoYEZ+GFwAwMpQgYxu8vkuFkBAXASANGkzEC&#10;hcDYkCy8RMaR8RQCL5NXyKsUAa+R18OyFROIEgVkInmLTKJxEybrmBKRg6mRuTRu6ZgRkIC3aeym&#10;xBZiSmI5JseXYmJELibxuGk0hrMic/AOjeY77MzCHIFi4J2kMsxOr8HszAa8S6MsvB+ZiUUR6VgU&#10;lYUP4guxiL8t5lZQQkEMOIXCckVXoaAMPukcCMiDAUKEQTc4+KxTGBEKHNxku4HCQKGEgRE46G7k&#10;dhPj25yYB9P4HDVYmoh44ECskIHZCIYDd+dg/i2IGHjwvbsgMCDrAZuNwX30mGRVKUyZ5s1pJdiQ&#10;U4N1hc1YU9aBdUXN2JBbi43Z1djI4zZmV2k/q+/8LL+R9Xn1WFvUgtWlHVjD7UZJH+OS+ESQbMyt&#10;w8acWmxi3JuyiWz5XX7T0/md59vA/Y2xvgv1nazTw3ToWZvbYEA91nArrM57wCpFvXbL/1Zxv1VZ&#10;1WwvxVpRkVaBlVm1WM7/lufUY3l2nQ7+RpbpWJpV08mSTC2LM6qxiHxAFqYLVXg/rRILhNQKzCfv&#10;pVTgXTIvuYKDWTnmJpVjDvvFO4lCKWaTWQklncyML8GM+GJMjyvGtLgivB2rZSqZQibHFmMK++XU&#10;4GRMDk3DRH5+I6YIE2JL8Ab75JsUIm9SdLxBsTGBW+F1fn6NYuNVio5X+HkcbcHYiHyMji6hveAk&#10;ggJiHIXHWIqRUfw+IjQbI2RLuyI250Vlg4jYI05QZPIiyERGJjSCTG6e90/DQB0DSH8d/QSxd5wg&#10;Cc8p0rrCfZ7jJEoh+4uYcI3EQNtADKC9fJ7xj9XQ5rBc5qVVYUlOHVYXNGEt2/G6whbVnuWz/LaM&#10;dbkgsw5vJ5RhPPM6ykWjGGbtjeftgzHUxheTzR0RkJaNf/+P/9BZ7YeDTh4YD7p9ekNveCzhq6++&#10;QmNjE2Y7+6MvO5rwjKYAT0eU4NmQPDwXmKntQB5xGMCOIbcp1KXCrc4Ybe6BkRQZwii7AIwW7AMw&#10;lrxkwLhuvMz9XyGvktcEhwdMIG+QNw14i0xy0iKX87ozxTkQb5Np9j6Ybu3O7wGY6BVNY0S1T6Ew&#10;MSofb0Tm4XVNjtZY8bP8NjFaKNCRj7coKKZQcMz0iVLMcwnAuw4+mO/si3c9Qkgo5nMrLCDvK0K7&#10;8IHgGYpFnYRhkbeWxd+Ej5YlPRKuWGYMXy3L/SKx3DcCS300WMzPSwJisNQ3kkRghX8U0f6/XPZ9&#10;JGRfA/wE/m6EZfz/Yfgft4YYpvebkMvyy1gui0ISMD8qkwNZMeamlGMeBzvhXQ5273KgE+bxcxf4&#10;m8zg5lHILYjJwuKAaJZJGOMMxRKmYUlgjCqbJfxdId+7ENuFxYFxXQmKwyIdHwTFG5DwgOAHLFQk&#10;dvK+AQtCtMzvJAHvhyaRZCwIS8b80BTMD0/DAk0qf0vBAv7+fhh/437vBSXiPcbxHuPX867A83cS&#10;mIB5gfGKuWROgGzjFHMChFjFbDLLT8tMXyEGMwSf6E6mC94PeNs7ClO9tEzxjOzCZDJJtm5hmMJ+&#10;OdnJHxM9wjHBP4GTg3S8wgHyZfbH8ZwUyGA5LjRTS0imEgdjiZpgBGdgNEXEWL8kjHcNw+uW7njV&#10;yhMv2/rgJadgjHUO5TYEYxyDFKPJKMFBy0jaGz0jyIs6htFWCUN1vGAbgCF6bPwxuAcGyZb7DLYL&#10;VAyxYTy0iYPNPDCIiHjoJ+KFk6GXw3OVeBKxJYJsfqoINC16kTaH/03nPq/FFGN4TBkG0/4KcpXj&#10;2aAs9PGIpq11gE14HP7t3/9dZ7UfDjp5YDzo9ukNveGxhC+++BJNTc2Y4+xH1Z2q6MPG+lRoPp4O&#10;L8YzIbl4zjMBz29xwZtrTbHIwgbmbl4wd/eGmbsPtrj7YouHL7Zyu1W26rNPJ9uMIMd1x1zh3RVX&#10;LRb8bKnw6hEr/m/NrY2bJ0yd3LDUxhGTt9jiDTtfTAvPwmuR+RjMfMntFJlRDORsZCA79oDQXAzy&#10;TcZQp1CMN3PBuxaOWOfgqrD28IYt47N19YCNqydh/Gr7ANvuuD86dt8ZLy1Mh/Yz4+E5XX0DFYHh&#10;UfzugeVbLfCaiS3GmbtjwjozzFm/Fe4BwfAgDh4+sGP92bkxTy5dsXZ208Ly646lkyusiKWTi8LC&#10;wVlhZu+kxc5Rsc3WQbHVxgFbrO0VptZ2WixtYWJlo33gVMHvnZ/loVQ98vCiBdazrcnDs++a22Oi&#10;mRMHg2AM4UAyOIx1Fp6PISHZ6irXYG4Hh+VhMMWu8KJXHMbY+XGG5oSFFvZYLQ/QbrPAKpMtWLV5&#10;G1ZsNlOsNO3Kii5YdLLc1JLbByyX37ZoWdaJZc9stcQSbo2x2IBFjEeQPK+1dsQH/G3yRguMsfLC&#10;OA6Wr22ywjubLbDJzhkrWHZLtllhMeNevFW23w05ViGfdXT+1+374m08R090O/8itb+1YomZDZZy&#10;u5LnWW7GOJnmKZut8NI2JwxxCceAQPbF4Gz0Z7+U2b6a8bN/9pPJC3+T26GD2C9Hsl9O3SoPEtpi&#10;A/v1Wrat1fKgta0zVtu7Yg376hrZkrUObop1Du6EW0dudax38lBsdNayiX1nox4XT2xy8e6CiZuW&#10;zbRtgilt22Y3H7Xd6h2gsPANgmNgGOZaOmL4Znv0c9Lg6YBM9HGPRV/HcPR3CsdA8jw/C4N0aL9r&#10;MJAMcNCgn0s0+tDO9nWLVvRzi0IflkdfipAxm+1go4ntFQ294acRvvxSREMT5nI2PYSCQehLofBU&#10;SD6e8kpEX7sgvGrrjWUeAQiKS0BeaRnatm8nO9DS3oGmth5o/a609UizovVbaW1rQzvTVNPQhNS8&#10;Atj6BWOhvTsWhiRhXkIxJiZVYSiN1FOeiXiGHfIZGqang3PQzzEMI9ZbYoGVE2Iyc1BcWa2Q87ZK&#10;vN3O86PSbEizYseOHYojhw+jqKgYzr4BGGXmhudZd6NWbcUCDnRNzS3YvWsX2lhGzfwsV5e609DQ&#10;2EldXf1D1NfLtq6TmpoaVOupru6ksrJSUVFRoSgrK++ktLS0k+LiEiLbUqa7REdxJ7KsNLugCEGx&#10;CTChER9r6kjjGoFnfVNVvT3jn66tx4AMPB3IutQxyMITr20wwxavQMRlZCM7vxA5eflqKWhmdjaR&#10;bS4ysrK/Afm/Z9Iys5HG/R6Q840YLnfsCbUMkuQUFiOL7TcgLBzvWThgEOtxiJk7Xlq+ERsd3VBS&#10;XsFyKUQa8yBoj5fto5GWnf/IZOQ+GplMb3ek7nJIHvOTK3niZ8fAELxn6YAXmB+5evlMYCbJwrN+&#10;aVpYl/L96aBszrLjMMzEHjO2WMM3JgEZjKOqpg7l1TXqYe3SqlpFWY2WCrZRPZX1DV3QL9UWajhJ&#10;6kJjM+rYn7pT39LWSSNtmpZ22rftaN2xU7F99x7s2bcfVkEajN5kg8GWXhQFYRi2wQbDl27Ei8tN&#10;8eKKLdqtUTZj+DITDFtthqEb7dh2eTyR5yP6yBVeJRpsYR0W1SsaesNPI4hokIHnPRc/DAtMU/QL&#10;L6JoKMDT5t4Yv8EKFexUP/vqZ51Lf/4W+Ms//iOuXr6MEA448nS+qdzvrtyD1yML8ZRzDJ6igXqK&#10;A89TQTl4np106uIViE1N/5vKozHuffQRCqrrMNIzBs/6Z2KoiR3WcJb069/+zuj+fwv88uc/x9ED&#10;BzDPzB7Pm3lyFheHpwKz8TRFg/AUB56nOLt7ypd1Skat48x/kyn2HDj4g9SnfhncD4Wc45//+Z9w&#10;+dJF2Mam4DnfFPSncBi/0gTROYWPJS2GcTxJbt+4gaSMTLy0yZoz7BAl/EToPUvxJzwtdcl+KaKh&#10;LwfON1ZtgouvP377u9/9qOn+NuJKKjGWomEE7aXYzEnTZ2H6Ky9j6sS3MGXylB6Z+tYkTHvjTX6e&#10;ijdnzMGoNWaKgfbBSjQ85xZDMdIrGnrDTyioKw1U3ws8gjEyPE8xgAb4WYcITLR0hU9cCm7c/hD/&#10;/E//pDvibyN8+uXP4BkVj6lU6a87BmNhaCqsUwoxO64QQ0LzVGd82sofT2/xQN/NLhhs6oxlLj7Y&#10;uXs3fs5BSvhbDJ988gmKauoxyjkUz7jHYshaC6zmLP3vfv8H3R5/e6HjwCGsdnLHi2st8Zy5D/qY&#10;uuFZbp/xTVVXGp511OBZC188Y+KsGGDihDGmjnBn/Z8+c5YD8D/rYvrbCf/yL/+Ca1evwi6GooFt&#10;ta+FD15asQnRuYW6Pf42Q1xeIaabWmHgRnv0MffFs6YueNYuRD0/pfBOQB+7YDxr5o3nNrthEPvm&#10;dCs3lFTXKmdzP9UQXViBERSrYzdaY+o2eyxa+AFWz3wby+bOwZJ35/XIsnlzsXLuO1j87ruYt2Ah&#10;Xl5voZCHKvtQLCrRYGILq5Be0dAbfiLhqy+/QnNTM9731mBUTIniea9EDNzmCSdNDM6cPIlfcAD9&#10;/e9/j99R7f+U+eMf/oC/J7/81a/RsvcgJm+2Rr+VFuhr5oc57uHwjYjDosRCjE6qwiCnMAxYb4Nh&#10;SzdjkIkLnvZOxUsWbnD0C8KOffsUv/m7v1Nx/tTz/gemUfjjH/+AixcuIKOoBKNtaJDtQjFktTlW&#10;Onni7r372rwYOf6nhJS1oC/3n/3iF/BLycLglVvQf5MTnrcOxNA1lhi2hvXqlaRm4c9bemHoOiuM&#10;WLJR0Y9isI9zNGZaOiMqKRU3b93G7377W/zp7//4N9OOpc8dO3YMVppY9GU99t/mgXGrtyAsPVu1&#10;cdnH2LE/JfT1+Pdsl7/+9a8p5L/CEmdf9klz9KN9Gcw8jVi2iVuKQE2hop8sWTR1wrCVZnhhrTWe&#10;dYrBEGs/9cxBaU2t6pO//91v8QdpJ0bO+aSRNPzxD79HSEYehlOgv7LZDnOsXbBx7VpYL12IrSuW&#10;wXTVih7ZSixXLYfJyhVYvnI1JpjYKAbYBOBZnxT0cRXRYNcrGnrDTyfI6okWuT3hFYYhkUWKYR6x&#10;eM3GG56hEagtLUFjfT0aSHVVFaoM7lV/E5U6qn4g9PGrczBdcn+9ua4W2+trEZuSijVu/njR1B2D&#10;KRjedAjG1sAYZKRnYllCAV6IKsIoVw3etnGHqaML5rsFoa9fOvpaBWIsDZatX4iiOC9XxdnMvFdW&#10;VinkXN8FKbMfDNaF1EcD0yjsaG1BcWEhAqNYf3b+HDwDMd7SHWvd/VFTXo5W5qO+tg61LKua6mpS&#10;g9qfCJIWSVNdba1qbx1N9agqK4NPRAxmWXugj6k3XrYPwfs+EVjr4oPljl4Y4RaNQe7Mq1MAFjt5&#10;dT7Q+ZZnJPp4JOF51v9MCxdExsWjuqwUu9pa0cS4q6p+WnnXU8N0VZOWxkY0NzQgJzsbpj7BGGTp&#10;j6FWfphq6wXPyDjsbGpS+ZB6NBbP46X6kdG2KW0epHzr2Nak7+xqaoA8J2IdGIaXt7mjn5k/JrmG&#10;YbFHCEwc3TDb0Y/1lawY5azBDAdvrHf0wGoKjOGcwPSx12CoiRPWufmhKCcbDVWVaGcZSFvR9jHt&#10;ObV06yOPmSqxAURfPvVid2pr4MJ2Ks7oXmdbnWLlhjWmZrDctBGmpltgYrqtR0y3bIU52cjPS0zM&#10;8Po2cYLlhAG2IhqS8ZxrNEZvtu8VDb3hpxNENLS2tGCuWyAGBmcpxMnKAs9QJKamo7W6Ck00YPLg&#10;W7V6v4JxkWAMY4P9o8PO2Q05vx4xFvKeB0GMRzuFTyONSWleDqwCwzHJ2oczlFBM8IiHTUwGknOL&#10;0MIOvj4+VzlxmeARjo1BUcjLzUZQZi7ejsjBi26c1dGgLXDS4k9DIINtR1MjGtXDgSyD6lpU83y1&#10;XeBA3ANiOBUGDxA+Vnj+VhpQYd/O7Wogic/MwXR3DWfgAZjspoF9TAo66uuwk2UkV5UkLw2sU9n+&#10;lJAHMNvb2rCjvU3VpbS/5c7+eNnSB/1sI7BUk4H4gnL1Doag2GS85hiK4XbBeMdLA6+EVDRUlCks&#10;UwrwWlAGnrcNw1gLX2zhwJuSkYkD7a3Ywbbe3NiiPWfdw2n4MWmoa1DsaGvH7vZ2lLPtOUclY7iF&#10;H8bYUTAFxSMmpxAH2lrQIe2d4sJYPD3CuL8L+vQ0sJ09Kvp22cCybW9pQxvbWXVxMbzYl6ZxQB1h&#10;E4SRLnGwSshGQk4BhXwGtgSx31lQuJPXHEOwJjASiRT4qbkFWBiVjZGy/NA8ANPt/OARHIbCgkLs&#10;Zntv0dmlWumTnVA4fB+6CI9voKKatkhEklY0NLK/iY0MS8vGXP84THAKwjgLd8zbZovlsrLEzBYf&#10;mNv3yGKyzMIO73M7y9wR4yw9FAPsgtCHoqGvSxRGmdjDMjiyVzT0hp9GkGcaRDTMc/DCILcoxVTf&#10;GFgmZGLP/oP46OoVXL54GefPX8S5c+dx7ux5nD17Qcs5Lee6c17LecXFrly4iAtduPSAiw+4yHM+&#10;xKXLuKRDPl+8fEVx59Yt/PazT3Du5Enkl1dhSVASBlqE4HmbEKyi0Tl48AiunzuHy2fOwiI6AwM3&#10;OmGWZzgCiqtw6+5tnDh/Dpr8UrzrG4dnTQMw1lGj2BSfjX0sg89v3cDPPvsM9z66h6vXbuDajZu4&#10;cfMWbnZyW10Cf5gPcUvPbUPu4LYhHxrnQ0PuGEH332effKL4zc+/xo3rN9Cwaz8+CE7BEIqGWQEJ&#10;iKpsxFd3PsTXH3+Me/fu4+7dezz+I8UdQ+7+MNx9BO5Imu7ex9cUsb/6+iscOnIU4XnleIszrect&#10;gzGEg6amnPn48BZuX76E+rbtmGnjizGbXbA0NBFFuw7gd7/9O0XT/sNwTMrDqw7hGGwRjMk+cQgv&#10;q8cXN67h5598jJ9/9TN8fP9jlt1dlW8pDy0Pp/2R6V6Wj4i+Hgzr42eff4GvifSJxMoGjLUNxiuu&#10;kViTVICmg0fxhy8+wxesS5XeO3d53CNi2J6+CbZJoUsb1bddtmvjsB/ouMHvko9fffk57ty4jpqW&#10;Vva7TAzYGoghViGY5peA2h17cf/qZVw4fRohmUXov8JKMdUhAPZpeTjM/nr77i2kVjdgZXCyOnaU&#10;XajyPVHW3I7PeOxn7AMfMb1XrlyhTaCdoi3ozqUu0HYIevuhx8DGXOjEwC4ZoLdfejt0jXx46QLK&#10;23ZhdXweXveIQr+tnhi22VE9izB6C7fi06YHxmx1whjuM2qbC1609MIQGz/FQAri53yS0I+iYfQm&#10;e5gHRfSKht7w5IM8XHX2/HnUtbajrn07fvGrX+Prr7/G3t27scCVjdUrTjEtMAG2KXk4duIUfvbR&#10;XdzmwHjt2k1cu3qdcNDUIwNoD1zn4KXlplFudIGGRrjxzegHaRmwxYB9cv++4kvy9d0P0bBzL2cw&#10;uXjTPRaDrcPwrj9nZqW1+OLWTcVp5mdrRCoGrHfELO9IBJfV4f4n9/EZhcM+loEbB5rXaJhG2Ycr&#10;ZgWkILmyCSdPncFvvvwCP6chv3ePxpriQQYK7YCnH3AIf+/KfXz0DdwTOIg/OjLoP8zPvvhS8cdf&#10;/5p1dRuNuw/gg5BUGuggzKRoiKlqxi8+ohGn8Pn0k884YH7S5fj7AgfRJ8Mn3WAayOeffY5f/uzn&#10;+MUXX+Duhx8is6EDayOzMNwuAuOdIrE2PAXNew/i//7qa3zMgaiyqQPTaVxHb3HDkrBklO45hL/8&#10;8feK6xwYKhtasDYkBS/bazDaIRJbEwvRtmc/7rDt/OlXv8TXX36Fj1kWkoZ73dLzvdGX5SNiWAed&#10;dcE0SDn86mdfc0C7QtHQhLH2oXiFYn41RUPr4RP489df4mvW5ccf68rPSDzGMdamuqFvl7o22pVu&#10;7duw7evFE/ns08/wNevxa/atwydOwyenHO/4JeKpLYGY4RULj4wiXOKE4vef3sclTkSCskrQf5Wt&#10;YjJn6nbphThx6RJ+/eVnOHb4MCJzy/C2SwTGsS7HO0fDP7cSBzgRENHwS5bDRzynCHEl3vUCXv+5&#10;C11tiDEb0wUDG9XFdnHSoBdLd8knIozY59alFGOCqwZ919pg6JINGLVwFUYt5Xb5ph4ZvWwDRi9Z&#10;h5ErTPDiWnO8sM1N8byDiIZk9YyHXGkwCwzvFQ294cmHX/zyVwgOj8TiLWZYam6NwydP4de/+hVO&#10;nzqFxX4RGBqarRCXr9sSc7B73wF8dOkiLrJjnz1zDmdOn/1JIIP4Babpsw9vK0Tp79/eAfu4LPTd&#10;6odnTH0xjoO/JrMQxw8cwB85M5MrJk0tbVjNAaa/mS/e9omGR04pzp86jV/cvoHf3LmFioZmrA+M&#10;wcvmgYoXTHwxx02DiLxSfHT+HD6+dg1Xr1zD+XMXWGZnjKbtx+AqZ0XC/Zs3cezoMRTWNuLdwCQM&#10;sgnGVJ8YBNDoXjtxAjc5e5O0nzv7A9XlmW+gh31kdcPJ02dwg7PFX96/h0snT6hXlH/gF4/nTH3w&#10;9GYffEDxJ68v//Diefzzz7/GaeYxNrcEEx2CMMLKH+8GJyK1tgVf3byu+NWHN3HnwnlE5ZVggXs4&#10;Bq/3wisWAVjFuq1tbsMvb13HXdalzE7PsCxOG0ub/rcnjPSzm1eu4iZnxvv27kdIThlG24dhnGsk&#10;lkRloKRlOz5he78mV/Pkqt9PqF+eYp8Q7t24gc9u3sDx/XsRmV3MwT4Uz27xxVOsT4f4LBzYuQM/&#10;Z7/9+d272LlzN+wTstFvi5digosGpuzHHRR4v2A9/R3rct+efbCJTsUUuxA8t8YT0zgLd03MwkkK&#10;ii9vXGPbuYYL5y+qc3fW5Q+M/qrqJbafa6dOoqhlh3If/4a9HwYtXIOXp0zHWxMmYOKUtzFx2owe&#10;eWvqNEyeNAVvTpuJ1+bMx8h15orn7YPUQ7593aMx0sQO24J6RUNv+BHCR5wBLLdxwHhzV7zsEICC&#10;5g7OVj7GZar6FSFxGB5dpJisyYRpQg527N6LDzlYnhfjLgaBM/Ufk5M6zrOjXj1/HrfPnVG0d+yA&#10;W1IOZnpG0zgFYDJnJdYxGWhp7WD6z+Lru3fUrYmmphas1qSiv1UgpvrGwpUznJOHOWO5clldiTh2&#10;8BDyyqqwKihR8ZJ1MMZZh2BtcBKKKmpwdP8B3Ocs9jIFizKQFF3G0vmkkdmacPfqVRxhHvKr6vBu&#10;QCJFQwimenNmll2Cy0eP4Nrp0zhLg3eaQslYPH81Uh7G6GGfkydO4gzTcpkD4HW2s9unTyK3qh6b&#10;wlMw3iEcQ61CMJ/pD+PAc+bwIXxM4ff1Rx/h8P79iMkpwptOoRhhG4R5IUlIqmzAxxco7Mjn167g&#10;7uVL2M52EZJegLedwjHOKhiv2IbAjWK4taUVF44fp9i8iHNsF6eYhpMG6VIYpvkJcprnvnbxIq5d&#10;uIDdu/YgmHU3ykErGhZHpqOosQ332OYvn+EAKfX4I6ZVj/TJE8dPqrK8wnTfPHuGguEAwnKKsdA/&#10;Ds+bB+FVBw3WBCegsLoBt8+cwpfsb3coFNvad1A05KiHI4XX3SKwKTYTzR078RnF0ZecxV84eRLV&#10;dY2wpGgabRmEcRTD73rFIJ5ifu/OXbjFtnOd5z11inV5knXZLX2PHZ5D+pFwnoL38vFjKGhsV++g&#10;meLoj/HLN2LO3HlYOuNtLJo7Fx+8916PLFLLLudgIT+/8/4ijN9goRhoG4A+vsl4zj0GwykatgZo&#10;ekVDb3jy4dLtDzFlkzkGesZjQFA2Qgor1f3AD2/dwtrIFIxOqFBMjsiGSXw2OnawQ54+hbM0TCdp&#10;FE4cO/GjcvyobE9SMFzADc6aT+zepZAB5DWnMAyyCMIg8xCYRaShrKpWzQDkPvaHnLmdOHIUTY3N&#10;WB2ehv4cTKf4xcE5owhH9u3D7bNncZ2zzjs0PlePHUFwToliFg3TEPNgvGoTClPOUkspHD6lwb5G&#10;g32GouHEcabp2DGm6fiPygUaLuFDir9DNNZ5TOc8EQ0cJKd6R8EvqwgXDx3AlRPH1aB0kuk2Fs+T&#10;4rgOuSpy9tQpfEghdpGGd29rMyyi0zGIom6ARQgmucUgOD0P29vb8emVS/jk+lXc4L67OVAo0eAc&#10;juGcxc4NSUZ8WS3unDymuMl6vHHxEu6ePYX2tg6YMs4JzhF42sQfsziT9YxNwZ6O7fiIdXlRRAPL&#10;RJ8mY+l90lxh275y7ix27diJINadiIaXKBoWsV0X1rfgLsXVRQ6kP3Y96tHX5SX2o7sU4Kf270Nx&#10;WSXe9Y3BQIsA9DcLwvLAROSVlOHUwYP42c3ruE+Be46Db3NLO0VDLvqx7wqvu0dhI0VDXXM77tD2&#10;3GI93qYguHvqBNLLazDXLwYj2R+HUogs94lEYk6h6rO3WF5nT59TguG42IputuNxc5ppF85S+F44&#10;chi5da1YGleAmS5BmLLBDKuWLYP54gUwXb4Um1eu6JEtK5fDYuUybOLnZStWYYKJtWKAtb9aPdHH&#10;PZqiwRZbAsJ6RUNvePLhyu07mEbRMNgtCs/7pyK0sEKJhts3b2J9dCrGJVcrJoVnYV10Ghpb2nDp&#10;6GEcO3QEhw4exsEDh34UDuw/qDjMdJw4SqPKwe84B/uE/BLFmuBEvGAZgpcoBt511yAxrwTHKCbO&#10;0Zhd5mB6iYP8wb37UFtTh5VhKejH/Sb7xMIxNR/7aJil0x87coyGmLM8Co26+kaFZ2IWXnHSYBBn&#10;N69wpuQUn4X2xkacOsABmIPd0cNHsP/AQabxx+UkDbZwhfmUATWzuAJz/BOUaJAXB3ml5eEUy+Ps&#10;oYM4oupSytV4XD84rEf95yMsvzMUXTdOHFNusb2SszHbKxYDKNTecAzDlvBk1NU1sLz34yLLW2bX&#10;F0+fRntrGyIy8vGGswbD7UIwJygR0cWVuHb4oOLskSM4ybq/xkHn6L79yC4uw/rQJDxrFoAXbUMp&#10;BmMRzVnwHoqRC8eO4tzx40wP25lhOn8kDjEdZykGzjJNrex/fun5GMm2N9YlEgs1qciuqsc19slT&#10;hw8b9Enjcf3g6PqlpOM4+49cvbl2/AhyyquxNSIFLztQ1FmFcCANQ0BKLo7v3IGzTPclmZ2zLo8f&#10;Ooxa9jNrua1oGax4zT0S66LSUFnfhCtHDuEUxf65Eydwi/u3t7Wz3nNZf9HoS9Ew1j4MG9ifyyur&#10;cXTPbtw4cxqn2A/2q7rsakMeJ1JH0o+EY8zDib17kVFZj2UxcrVTgynmTlixeSu2bNyITaZbsHHL&#10;th4xIdu2bsN6bheZmuG1bU6KATYiGpLwnJuIBjuKht4rDb3hCQVxcaoP1z68g1km5hjqEo4hvkkI&#10;KyxXouHWjRvYyNnYq6l1ikmaTKzUJKKSg+xJdsZ9u3Zj187d2Llj1xNlx/adnWwnBzjwn+CAd4TG&#10;RwzFhtBExeuciT2/LQhz3MLhEZ2Ihto6XDx4AIc5YBzYd0Ads7O9A6Wl5VgWkkTREIpJ3tGwTczG&#10;9uZmHNvFc/B8hzlLP8MB5+j2DkURZ0by1sMRykOdLO2LgX9iBpoaGnFBxb9PXULWp9FYHnpG9n88&#10;HNizVyEDSSsH36S8Ysz2i8fzdsynR4S6/3uwtYXltlOldxeFhbF4fkgM61LaknCE4usYy3B/Wyui&#10;swowyz0CY1k3L1IArvaPUe8BObxjO86yrPex7o9woJK6bKitR0hyFiZQ0L1I0TA7IB6a3BKc3b1T&#10;cVCXTxmUTuzfj33NTQhJy8HrzqEYYh2CQdbaS+XxsnyR8Z+SfVh+kqYHdfljsQtH2GaPsO3WMZ+e&#10;SdkY4ajBGJcIzKfwSS2pxNk9u3DwR+qTevTlJP1y3+69OMGyPkJhup2i2j42HW84hWEY63Ei026r&#10;iWdfKleC7riU9d79OM563M88lFVUwTxKfKSEKF5xi8Tq8CQUV1Tj1K4d2MO2up91f+boURxlP22v&#10;rYFZZDJG24egn0Uw6zQSDtEpKCmvwuVDbE/792EP02OYRm19Gs/H90XalyC3R/a3tSGZonV5VCam&#10;e0fhNTsfzDV3UC8EW2Rhhw8sHXpkMVlmaY/3uZ1l6YSXrDwUA+wC0Yeioa9rFEZutMM2iob/+2//&#10;pm4x7z95Gpeu39RZdW3QyQPjQbdPb+gNjxT+8z//U/cJuE7RMGezBUa4ReBFv2RoCsrVsqGb169j&#10;U0wGJmQ2KN4KS1eDZX5RCfY2NaKlsQmNDU1o4KzgydKAes406+VzYzMObKeB56AgL8Cx1SRggl2Y&#10;YhhnkOOs/GDD3xrLy5TzG7n83NLUzLQ3c0bZgYaaWuTk5GFRYAL68ZiJnlGwiE5FfUUldjc2UAjI&#10;S5u4f1MLDna0K7Y3NCA6JR0rfSIwYFsABlsG0UhpEJSShR11NThIYbGHaapnOsXAG89DTzQ8NsRH&#10;hSAPg1ZXViE6LRszfGIxkDOxN8VPQ3Qy2isrsKOh/oGfBiPx/JCoelQvvWqksGlRHOcgsJMDenRa&#10;Jlb5RmHIlgCMNPfH247B0CRnqPXveygodra2qTg6WlpZrx0oKy6Fb0yyuiU1zD5UvcI5IC0XBxvq&#10;FFJv0l7FPfoOHnOcwqCyrFw5RppB4fCsqT9etAnGooBY9UKlXax/ERoSv/jWkHR2T/+TZEcr88y0&#10;lBSXwCk2FcMdwzGaomFeUDxiKXQONtajQ/lo+DH6pJbOfsk07OKgeYZCprK8Ap4U7bNkUrItEGMt&#10;/bHaLwpFBYWsk3rspyhqp6iVvrarrR1trJ/cvEKYajg42oQpxrtGYFlwHDLzi7CPx7SKfwn2S3kT&#10;7x6e5yj7pbyka0tAJF6yDlL9cox9MKyjUtBRU4V9bC8H2K6k39eyT2rbnZTrw3n4a5BbnUIL66u1&#10;qhJxrJfVURl4i/1usH0QhsuSyk026iVrY7c69chLWxwxztQBY7a5YISlJ4ba+Cqed6SIUksuwzFm&#10;o43y0yCiISQtC7O2WMPM00dn1bVBJw+MB90+vaE3PFL4J4N3Rlz/8C7mmVpitHskRvqnILxQRMMl&#10;3Lh6FSYUDW9kNireCstQoqGgqBT7adTb2GHFAD/kLOb7wA73KOg7pxgmGch3tbdTDPC3igo4RSVh&#10;hksYhloGK151CMOmoBik5hTgeEcr9ra3oY0DjRhVvWhorKlDbk6+gWiI7BQNe8QDH/drqNcaYdlf&#10;2M94mjjYhiZlYLZrOEbYhOA5ixAs5yw4KjUTzbW1yki1yVsjeS6tcXoUA/VggHgctFEwCPt6EA12&#10;etFQX68MndSDsXh+SKRs5FaDlNUuDoqCiJjM3AKsDYjGBM4c+24NxCxXDZwiElDBQf4Qy3YH61HE&#10;nwzkHS0tPYuG1O6iQZxx0aDz2EM7d6i2U1VUBJuwBLxuF4xBVsF4ibNgq/AEZDAN+1ubsUscP3F/&#10;qSMlcDrr88kieRaxo0RDTFfRIM6dfgqiQZDBX9IqTsPaa6sRlJiBOa6hGMN+MsI6FMspBDUpmdjd&#10;1KD6kjxfIv1MrtTtpmhoF9GQL6Ih2aho2M98yj6qb/F8OygajlAQtNbUIDUzBytZ7+NspU8GYzYn&#10;AYHxKaigcDncoS0/vUBW7V23fTw0MW5pKxS//C7iNj6vGOvicjDJMwKDt7pi2LJNGLFgBUYtWY/R&#10;yzb2zNINGLN4LUYtN8HwteYYus1VMchBRAPLxTmCosEaVkER+Att+ebQGIw2d8f0bXY6q64NOnlg&#10;POj26Q294ZGCoWi4cecu3ttqhZe8ojAmMLWLaNBeaWhUyO2J5SEJKK+sUbO03dt3YDtn7h0cSP9q&#10;aDgeBTEwQlvbds4cduPS4YPKS2BoTDwHlnD04+A9wE6jWBSSpAzs3tYWnD54AHs5axTR0EbDtItp&#10;P7J3Lzo4WBUVlmBpcCL62Yayc0fBJi4dbRwcDnP2sqN9u/Z8re1Mp+R1O/ZyZnRu72601NXBlwZp&#10;jlcsnraIwEgaqoXe4Zwl5eNgSxMOM/49u3ahRWbQNFZt4gnvEZH71n8tkkfhKNMhHvzis/Ix0zcO&#10;AymORDQ4xqZhd30d9nGglnxJHo3FI2nv+ffvwsNxtJBmcnTPHpzcvUtRnJ8Pu9BYjLENQ38OMoMc&#10;wtWl7dbKcnWl5zD3lbbQ0qxNg9SH/CYeQQMS0vA6RcOLdqGY5ReLkMwCnKDIEPbKgKTqkmVM2tl2&#10;D1I4XNyzE7kFRTALicWrTpHob6XBeJmlRiRiF2eph7e349C+faqtyzMWD9JvPE8/BJLefXLJm3mt&#10;ZD7d4jMxQicaZGlpYkEphXGbErWqn7AujbWrLujKwTg8/huQ+I3R1tqh2ty5A/soChqRlJKKFT6R&#10;6GsWrDxxTvaORRzboVzFO7F3Dw7s3o1WOY51s4PC7xDrUa7SFZeUwywyFX1Z/8LLFA0rQhOQz9+P&#10;ST5ZF9ulPzKvshpGbq3JLdNDFCExGblYGRiPQfbRGEY7MMkpEJEU80ea6nGU5zuwb7+qS0Hag1F7&#10;9D2Q+PS3k3YxL7uaG5FSWoX1ycWY7hyoxMBrU6Zj4quv4K1Jk9Wyyp6YNHkqpkycxM/T8frsdzFq&#10;rZlikF0g+soLq1xpqzdQNASG449//HusiErHaE0eXrXx0ll1bdDJA+NBt09v6A2PFAxvT4hoWLjN&#10;Bq+wQ48LSkVIbjFOnjyJc6dPYwM77oSMBsWUiGysjuAsvKkVF48cxtFDh3Hw4IMHEh/iQHe0DyI9&#10;ysNI8hCVMQ6SI4eP4uyp07hw4gQuHDqI2PxSvOfNQds6GMOsQ7A4OEkRVViBs4cO4bLkhfvL09yH&#10;Dx/BkSNHceqErLY4rx5Yamhoxiq15DIIU71j4JJWoFZPXJMn0bmfPHF9zABZaXCdx8r591CIeKcX&#10;Y4JLFEbKbQqbILhyMK7hzPDm+bO4eVGWfGmXe8nyM4lPPhujy9I+Isv9HiDL/x4gy7seQpbaGSBL&#10;FoW716+rhwsLqht0fhq0D0L6ZhXhkiy5PHNGre2Xdeb6NfVdkfiM/S48fF49svRPj7FjT/J38atx&#10;48pVXDt7hgOIDCJ74JqUjbddKfzMAihuomGRmIvq1u346CL3ZXleZJ5k3b3+HNcocO9cv6aeb4jL&#10;K8VEJw1G2AZzMNUuubx//pzi2rlzOKv8L/D8OqR87l29oh68rGtpx5bYHAqHCLxoHoCFXtFI4Ax+&#10;H9P06Y1ruHrxIs6cOadLvz6fD/LTMw/K5JHpVrcqnxcv4fqFi9i9ay+Cs0sxyj4ML1E0LIpIR6Es&#10;uWR7u3z2rDZ/PMZYG9O2Py0nunBCrfrRc9wQtvmufeC4lqNajh45hqOyJbLU8MqZs7h49DBKquuw&#10;JjgerzqEos/WQMzzi4dPZhHTv1s9WHzulPSJEzh06Ijql2qlBdviadZFfWMzbOKzOx+EfIWiYU1E&#10;ivZBSMZ9kn1Y7IDeJkgc8mDkhePHOGBvR1RuKWZ4xWE0JwIvmPlja1giCig45NmJq7Rrx3i8IMcq&#10;22TMfn1HxG7JQ9mCLHGWZzkyqxuxPrUEc9yC8eZqU8ydMw+L3p6Mhe/MxsK5c3tk0dw5WMp93p87&#10;D7PnL8T4deaK5238lXOnPi6RGLXBChYBGvzh93/ABk7upsYV4w1rT51V1wadPDAedPv0ht7wSMHw&#10;Qcibdz/CYnNbvOEbi/FB6XCKTUFNQxNnDW1YFZaACen1iqmROVgfk4n2nbvVUqZzNBAygJ2gMTKK&#10;/CfGqxPZX4sx4yoDgSFioPWIsT8rAxs/X6bxFOdNNy9cwAHO5M0T8/E0ZyPPmQVyVqFRD88JMvv8&#10;+d07uH/7Ns7p3MDq3bzeuHYDn310T8W1c/derI/KRH+LAEznTNwnr0ItE/v81k3cvHEL18Xr5bXr&#10;nVy/cVO53/383kf43f07ynXxRs6CXqNgecE0AAsYR2xprRpofvXpfXzy8SfKfa64jRa3u0bdQesQ&#10;9789o3Un/MDrpBF0XvnES9+Xn32u+P0vfwlxI12/Yw8WhqRiMMXRNJ8YhOu8YooL5U90XhAf9vb3&#10;Ddz7Zgw9Cnb/T96ueYdp/PmXX+Iff/N3FDbXUNe+QzEvNA3PUID12+KL9aHJnIm24v7N6/jn3/1W&#10;ebhUHjV5vD7uX/zsZ/j9r36JS6zLbBrpKWwDo6wDsTA8DQXtu/H3X36m+Plnn+LjTz5VniZVGnh+&#10;+f7llz/D7776Er9gW0mvrMcS/zgM2xqA1zhLNYlMR9Ou/fiHrz7Hr5jWzz/Te/9kGh4ZbX0Y0uk9&#10;0eC3zt+N1Kv8J2X18y++UP0gtrQeY+1CMd45AsspdBr2HcYfPvtE60aa+0p7MWxXnW7Ipf3p0Loy&#10;13owVK6exSsi27sg3g0FaesPvB5qvbnqvbtevXodV65cw2Uin4Uv7t3DF3c+5KB+GCH5FRjqFIk+&#10;5kF4wTwQHok52LO9A/dZ11989BEuX76K8xcu4aLOFfPlS1dwj2m5cfkKtu/aA6eUAvTjccJrFA3r&#10;Y1gX23fiHoXjFYoncT8v9uC0DnHxfP3KFXx86SJ2cT/LyGRMcgzFM5v8McMtCi5Jueqh6U8uX8QV&#10;7iucYVkqO2XMfn1HxMaJ8BZkUiMPT+c1tivRMN8rDLNMLLF62TJsXfgeNi9bApMVy3tky4plMF+x&#10;FJuWL8fS5SsxYaOVYqCVH/p4J+NZ1vsIigYz/1D87re/g2V8BhYmFWOKtbvOqmuDTh4YD7p9ekNv&#10;+M7hFo2SPKn7ltwLDErDWCraWSYWMHH3x7tB8XgjpVoxVZOJtZFpaGztUMsbZZnjEc4yDlPx/zVI&#10;HMbQz14UR2RWc0J1yMucMd48exoNre2wi8/EVPdo9N0WhOk0LI6xGZ23MMSL4BXOJM/RoIjr6+MG&#10;HVx+u8UZ7inOdGRN+JrwdPTnQPW2dwzcMorUU9+3eB7ZTxkmnreLoKGIEaPzMWfx8jR+cWUtVnNm&#10;O8IyEONsQrEqOAX5lXU4QcPxs7s0zlev4qykRecxrut7OLry4P0bxnjY770xxBDfosARPmf9ytWR&#10;koYWvBeUrDxCTvGKRABnYzdOn8Kdy5dp8LWeEC8yT99MV5/83x1J30Xl//8WB6T7N2/g8+tXUdDQ&#10;hk3RGYqX7MMxwioYH3hHqRdRXT99EneuXlGuecXzpog/wzjv8PdPOQjJzDOpqBJvUTSMtAnC/JAk&#10;pNc246vrVxR3WAdX5F0DFI2deWGeZfD6iAPmJzdvYv/e/YjKK8VUtqVRFFev2oXBNTkfO3buws2L&#10;F/Hl3bu4zrLSpqF72XwHdHVkiLF61CP/32H67ty4oWbHYRyQlUdIlwgsjsxAWesO5bzqpvi2YPza&#10;d7po25O+rXW2PcV5LRw0BREiWnQCXdfu9Z4wxUOn4vQDROjLQCneRK+xXIXbF87j8IEDCMguxrt+&#10;8ehnJstkw7E5NBFltY24In2S55UrTDJYqz4pvl6IXB25xrYh3lib2CftEnPRzzJYob/SUN3Uihsn&#10;j+Os9GceI7bhiM4OHT12Ql1NuUrBf5J9UjyIijO3YWxLYynoZ7lGQZNegO1tbbh2hucicmXmMI89&#10;1M0mfV/0V1+Oy5WMvXuRVdOE9clF6i2s75jZY83addi6fClM167B5vXre2TL+nWwIJv4eem6jZhg&#10;aqsYaO1L0ZCEPiIa1lthm59WNNgkZmF5WhnetvHQWXVt0MkD40G3T2/oDd853KbBXWXloLwhvhyS&#10;gcErt+LVVaZY7eaP+WEpeDO5SjE1LB2rZY18UwsuHD6MI+rS3iHs33/wr8bY5T7hwf+HcJjnO3fi&#10;JM4eO4a9HR0IzijAq/JGQw72YyxDYBWegqLyKrXGXrhOgyC3Ig5IOokYWz3H1aXQszjEuGvrGrEy&#10;THd7wisKzimckezahYuynIvHK4Ogu+woyKVQiUOMwwURDydPKidJQZmFmOERqRw/jbMNxaaQBOSW&#10;VytnQpdOaS8BKyNnIIyMcZRp6xH5/xERJzmCDHYHOBjmiBOcgEQ8bxuillyKn4Yz+/cqB0pyC0Qu&#10;RRs9ZxcMhNz3QhvPaZbZtfMcpI4eUW9utIzLUi8eEoaZBWImjWJQSjbFXzsHQ4oaCjgZFBTd4rzA&#10;we06B0pZ8haVLR4hdbcnAuMRX1qN26eOK+R2klwOl0vr+mOlvGXQOHv6jHIOdp31JPfXt0Sm4nWH&#10;UDxr4odZbpHwTMpS984/PHdWDWpySf+oiqd7+TwiBvX0SKh8nsXFM2ewffsOBGRqnTuNpWhYqElB&#10;LgfkW8zjOYp5yV/3NvUw2sv7eroOftrbBYZt3hBp/4aIIyPxBSIc2r0bGeIPxCeGg3UQXtgWiDWB&#10;CcgqLFG3/MSN90nWobwjwrA/CuLf4Dzb4QmeW+unIbtzyeXLLuHsoxQeNfXsawcp1HluxqG/tSA2&#10;Yt++A8oeiXOr86zry0cOIb20SjmTGm0TgkFbA7CEQjQiMw/HOaALF2kn5Lxya0FeQqe3N98X/W3U&#10;w/x8cMcOZHLisCmpAPMDYjHVzgvvm1pi+YbNWGZqjqVbLXtE3oS5eqsFFm+1wtytNnjZ3EWhbk94&#10;J1I0UFivt8RWvxD85u9+A1uKhtWZFZhm2ysaesMTCB9+dA9rbBwwjQPKG6EZmLnNDiZ2TnAPCMZC&#10;/yi8mV6rmBKeiVUUDbWNLTjPjnuYHVY6iqyv/qtgZ9cin7uh9tmnOvUxGpOLhw+pB9rC0nKwWFzR&#10;Woere9BL/WORVVSO4xzsz9AgCidoHPdLvN3PR+Seo9wD3b97L6qqarEiNAX9rbUzcMekbOzd3qH8&#10;AIizmgP7DzCe/WoWKujjkM9isORc12is5QnqgJQcTPCMQX9bDY16OMwi5NXM5erp7ovHacxpUPbu&#10;lTQZT5fRMuiOseOMIM9rCOIlcCcHmnSWzzv+CUo0vOWmgRsHQvE7cXL/PmXo9jOfxuJ5XOyVLdMv&#10;55L3A8j6+YqqGthHJWGaRwyG2IQrJnNWaROdhub6BpzctxdnOTs9wnzI8SqObohXz/McuGS5piYt&#10;V/kCGE7RMJdtIjq/DJcP7lec4AxYDTDd2oTEKb+Jc54LFKTH2N4KS8qxlcJB6nGInQYTKRyCUnPQ&#10;0VCPM2wX4h9A2mxPaXrcSFs7xfYsTo3k6Xyf1DytcycOHu+HJiGzoobluR/yThV9ezUWz/dB3+71&#10;aH/fp8pSBMdZ9skze3crxBfIuuB4jLGPwGi7cMzxjER4ZgFOsv2fPnQIpyhopC8bKzNxCnVGhBj7&#10;XDXFgVVsZqdoGE/RIA9CllTW4DzbhOwjfVPl07BfcCv5F+Fxje1mR1sHErPz8V5AAvrYhOFF9snF&#10;gYnIzi9W7GtrwyX2y+Pc/6+tR30bUjAdsvRahLp5Uh5mhaZiGO3CcLsAjLD0wihbP4y2D+gZO3+M&#10;ISMdgjDMOQwv2FOAkUH2wejnlYC+4ip9nYUSDb/+1a97RUNveLLhw3v3sNbWkQ07GZM1WWrtb1ZO&#10;HkpLSrEqJA4TsxoVkykalrPjVlTXqafc9+7SOpExdJby17HDKDKzOrhnr3L4s6elBVns7Cs4IIg3&#10;xgFWYXjfNxbByZlo4aB9lgOg7CuIkxuZHRpD0i4GdgcFSElpuXb1hE0wJnMGbheXjo6mRhzbJU9l&#10;a9Olf9q6C7Kyor0D+3ftwUkasMM0EvJk+wYKq/E05rIMcyoHG6eoRJSWV+GUzvnObpaZpKHDWJyP&#10;As/bE/oVHmqVB88lyGDZ3NikXOvO8ovHQM7m33QNU2v994ovAnnSe6fUI9PULY7HjYiXw6ybA5yF&#10;tdfVwY/CZTKN4ijbB28RNWEbS84tZHluV0/Y7+bsVZwFSVkbi1MenjzGgaKuphZBSRlq9YSIhjm+&#10;0dBkFeDUjg7FAZ5b2pmUYfc4tE/Rb1ftRlZy7G9pRkx2IWZ6R2O4fZi6RL7YLwZhqdnY3tSkPIuK&#10;gyF9G+0pbd8HY/UqHGLaDjGvNdU18OAgMYLtfwzb2fygeCQXluH0TrZFlmuP7fUxI87dpG3JUuaq&#10;8nKFmSYJrztykLMKxdvyHEFMsnLUdImiTVYr7eIx2jro2h+FXewXR8XJE8u1tLxS69xJt+RynLMG&#10;S4NikV9chhPb27Gf/VLfZrsjce1h3z8hfXIn422og2NCpnp/hazgGMdJxjZNoiKzsASn2S+lzvew&#10;bMWeSVvrapceDVk1oXfutIfp2EUbksn0WidkY1pENvoFZeFZjwQ87RKNZ91j0ccj7ptxj8OzXol4&#10;xi8NA1yjFIMcQ9GfoqGfQ4gSDVt8gvDrX2tFw8r08l7R0BueTPjw3n2st3fGO5pUTIvOQwQNkDxd&#10;fYYz1E2c8U3ObVXIkstFAdHKudM+dohWGk/x0yBrnR8fDd2Q35pwoKMdRztakU0xYxEap+57D+IM&#10;ZLhNABwiE9FWXoq9NPR7aTSbmS5BnCsZW+8uyDp9WdvfWFuLnFxx7hSPfjIDdw+HFWe+DZUV2NPU&#10;oAZbuYJgLI5O+L+Ug4iGg63NSEzLwHrfCAyxCMZApnEMDZ53Yga2V1eoNO7m7Ebi/Kb0PQ7aOfMW&#10;xLlTjd5Pgyy55CA4wSUUtiy39opy7KivY3k9AT8NjF/8RogjnraaGkQlpWGpXyxnkuF4wToYU10o&#10;skhMCsuqpoqDfAd2trercvqmstre2qquDJVR5PrGav00vEjRMNtbrg5kK/8Fgngl1PsVMRaPgv+J&#10;34eTHGzEV4dvRAzeocB6ZluwWr73nn8c0nPzsbO+FvuYD3H8JIjvhx+yPiXN4sxKnDuVFpfCWflp&#10;0GA0RcM8/xjEcjat99PwrXn8a5G4eY7dba04u2s701MC14h4xRTXSAywZL+0DlB+NioL8jlo1+MA&#10;B/g2pv2bykj6mtyqamffzcsvUO7C+9qFK8ayD33gF4m07DzsZdmLn4bOfHa3GRKfLo0iaC7s3qmW&#10;QVsGReIVCmZZlj1ayo6YR6agrbJM9XW55Sm+P+r0aVJxPzqSFulHCqZDHMolsV7kism06Hz0iyjG&#10;s4HZeMo3HU8FZODpwMxv5angHDwVWoD+HvGKQRRkSjTYh2I4RYOpTyB+8fOfwyYho/eZht7w5MId&#10;ioYN9i6Yo0nDjJh8xJdV48KFC7h0/jw2x2ZgSl6bQjxCLvCJQEZWLjo4qNZyIKriLKKSs4LHTQUp&#10;L69AHWdV8l6HlqpKlOazA4YlYIqLhoNxKF5hB9rgH46EtEy1nr6VAqCes81KGntBHLoYi1uoq6pG&#10;W309KkvLkMZB/n3/WPSjQZnoFsbZUhwqCgtpTCo42FZ/ax4lrUKLOBri7Lmax4Zw8JrrEoYxFCL9&#10;rMLwgU8UAuOSUEkDu6OuFg1MazXTIGnUYyzuv4Z6lp0gTo1KiooRlkhR6BOLAZyhvu4cAsuwWNTT&#10;qDfRuNVU1fygdSk01dahnQKliQIvLjVTvVjoFQcOyBahmOkWDgdNrKKYA8aOmmo0c/9apr+87JvL&#10;R4RfO/OYT/HnwYHrFXHuZBeCmZ7h8I1Pxc6KMkVTZSWqWZ+qfRiJRygnNawXKbNm7l+akw1bitQJ&#10;dsF40ToU4xzCsTUkDonpWehgGtt4bkFm/1J+P0Q9KphmKb9mtu88Cme7iES86BiOURQNc3yjEM7y&#10;3MnBr4FprmK//KY8/jVI/kSAtrLvtDL/DSVF8IxOxkxXjULe4SEs8w5HSHwKWilKxcWzuHAXB2MV&#10;qi6Nxy3/t7L/1HObnpGFTaEJeM4+QjGGdbrAW4OElHS0l5Wofb6pLuUcYj8aKU73cIJTW1KCpJQ0&#10;rPSOwMsUlINZl8JM90h4RsYjn7ZldwPLV/XLGl0c37EumRZpO0J1eTkq8nIRy3qxisnADIqGgZHF&#10;6BOYhad8UvGMfzqeoXD4Np4OysbTIXkUDLEKdaXBkxMcB4qG9RbY7B2gRMPW6BS8G1+ASVZuOquu&#10;DTp5YDzo9ukNveE7BxENmxxcMS88HTNjtaLhvFo5cEaJhqkUDMLEkDS86xmKRHbcBg6M5YXFKCZF&#10;BUWPnUJSkF+EOnbc/ZwFFGVnwTs0Em85huBp8yD0sQzC+zQAmclJqCsqRAc7ewVnmvn5hepYwVi8&#10;esqLaHgYdzFnIAkJSZjvG608Qr7hGgrT4GgUZmWhjnks5X6Pkkd1vsISpqEMu6ppHGmEnIMjMMsp&#10;lLNUGlOLAMx2CkBcYgpaSovQKMa9rByFkl4dxuL9a6jgjFRopDHLy85BYEyC8kMxgAPfa07B2BYY&#10;iYqMDFQzrTJ7/aHqUupRykc85LVT/KUmJ8PUV4PB5oEsmwCKqkBYhsSiLCtT0cKBprmqCsXq2G8v&#10;lyoKv/qKCmRS/DmHRuNlikkRDdPdw+ARlYDmgjxFFeuzhPVpLA49qi7kM+uykYb/cH01UlLTscEr&#10;BK/YhGDA1mC8bOWPLf4RqMnLQXNZqULEpZRhQZ7U5cPxPg6qmc/q0lKkp6VTPMfhRacIjKRomM1+&#10;EMwBupkCsLKw6AerR0HKppL9bFcdRVJBAcIjovAe+8xT24IUz7JfvknxoIlLRC3LvIODdi37WV5e&#10;wbe28RKmu459ooICNzEpBeuCYvGcQ6RiNEXDex4hiGK89RyMZZ9HqcsixlnMehHPp+0UqwFRcVjo&#10;GoIXKFSFoWyDb9h4wycqHh3sl01sR9ViF3jcd+2TcozYCwWFb2FaGiITUikaaFdj8jA4sgjPUSw8&#10;7ZWIZ31S0Mf320jFszrh0N89RiEeIQ1FwybPAHz9s6+xjpOpqeGZeMPcWWfVtUEnD4wH3T69oTd8&#10;53Dn3scwcXDDuxQNsygaEspqcP78OZzvJhreCk3HfKr9VM6yWmkoq0vLUU7KOFB+d0ofhp1bDG9J&#10;USnKS8pRR0PcUFaGRhofNxr/Ge4aDLMPV8z30MCbvzUUFaCR+9RwYJQ4inXG5JspVgJDBu4Sdu7E&#10;xORO0fCmSyi2UDQUZWUz7iKmSXuMGISHEUNBg6GHhkMMRoPMOIqLkZWSCsvAKIyzCcJwm1CMdYyA&#10;aWC0Eg4NxRQOLEOJW2901ID1GBHDKjTSEOdmZiMwWicaOEN9zSmIoiECZelpqMrL60yHsXi+LwUc&#10;KPJy81HGuEX8SZ5zM7NgEhKDN1w06GsVhlfsQ7DSPQiRcUkUogWKGs4Ky1nu+ji6x9udSrYZGWwy&#10;OLg7h0RRNITqREMo3CMT0JSfq6jkIPdteZTzycAvYqWCaWhhGynOyUF0TByWML4xloF4kXUpM1SP&#10;iDhkMz/Cdg5K1WxTRQXawabwEdL9XZB0iziqZtmkM59WobEY5hSuFQ1e4QiKS0YT+4lcIZO2qW1T&#10;cty3D3wizvRt+eE2rkXtx/9rKKQaBNaTJoGzW55bLvP3tdYy3TUMNhRuhSwzEVO1nIGLkFaDN3nQ&#10;Bx+mXPXJKlWOySlp2BAcZyAaQpVoiElgPgvzuU8ZKsT2sO4VPMYQsSMK7ic0UoS2UbQWMV2+tBsz&#10;XcMVY+w1eME+Asv9ohEem6DEfhvrvJrplitcxm2XccQW6q86iFgv5cQjJjldeZidFV+IQXGV6BNW&#10;gKcCs/F0cA6eCcn9ZkLz8LSmEE9HlCihIGhFQxyFfyhGyJUGr0AlGhb7R2GUbwJe3uqos+raoJMH&#10;xoNun97QG75z0IoGd7wbkYHZcQWdouHcmdMwiUnDlLxWxaSwdCz0i0R2bgF21tao9zbUVtehplp7&#10;eVYuJT9EVY269G0U/t+Fzv9q0VTXgL1yr5iGMiUhAYs4m5JXVw+mAZnuHYeA2GSUcRDY39igbjNU&#10;8Xi53K8uD1JsCHL5UiGXCxWyj3Y/uT0gD7TVcDDLyMjCQrk9wcFgImdN5pzFyfsIOmhk6iRvcoxh&#10;fF2Qy6Ra5PK0/FZfW4+2ujrsqa5Ecno21gZE4XW3GAx0iMEUGj9LzvDLcnPVrFt81NezHAV5iFLi&#10;kMvLXak2wNj/BkgadDTW1Cp2NjaqKyvhiWkGtyeCYcmBp4Gz02bOrmqZT0m7Ov9jRPIkl7L3Njeh&#10;lOLENzKOwkyjXFkPc4rG6qB4deWhtqQYu7ifILdUKr9DWprlthDLUQZ8T4qEVyga5JmGWRSWvglp&#10;2FVVoZCrF/q6NBaPIdpLzTXK/Xa73IYoK4Ef29z73pEY7hiNUWyH77qFIDA2SSG3BuQ2hbRbOU4f&#10;j74ujKH2MVaHCn19a5E0t7BsxHV5fl4+7COT1LsnRjlpMMcnEuGpWdjJPDaqPqBvrzxPJ13jk3N0&#10;/V+7zzdRV1OjXvrWxvLITkuHaVA0+tuGYCBF/Hi2b8E+MhEF2dnYXluNHQ1SFrU8V9f+o++fnZfy&#10;Jb1E+lpHQxOa2GYzs3JgEpaIvg4RChEN4iApMTUD2yvK1T51Yn94nOTXuB3RxivnbGAbaWMb2V1X&#10;g1IKKavwRMVUr1g86xCH11mOaz1D1K3KHeyX7dxX3qGhtW2PhvQh/Yuw6nleuRKTmJED+4RMzBbR&#10;EFOG5ygWnvZLxzOBmXgmKOvboXB4hsJhgAeFAjEUDSM3WGKzdyC++uorvMvJXH+3aIw1tddZdW3Q&#10;yQPjQbdPb+gN3zncuf8xNju6Y75eNJSLaDivRIM8CDkpp1khqyeWBsejtKIGR3fsUF7XOtrlyXFZ&#10;RdD9KXB5El9WCDxA/5T0DqHbk8eCPLUsTy/L8qXjBw7i4oH9KCyrxDrOzl+3D8XAbUGY4RYJl/hM&#10;dDS34uQ+7WuRZRnY7t3ylP1e7NljyD7F3r16dMuj9u3HkUOHcP7kSeznftXs7CtCkyHOnaa6h8Mp&#10;MQv7mL/zR7Rrx5Wr2gOHcPCgHn4nak32IT2yZv2wdi374aPKaZT4iTh+8KB6E+emmCy1dG+YeQDm&#10;cNCMTsvB7vYOfHr1Cq6cO6cQJzWyHr/TTW8XDN34PnDta8zdryD+CGRdv/DhlSs4xHLKrazFvMAk&#10;3ZLLMHil5uLsgX24fFLrNEt591SOduR4rcMdhfg3MIr8ZwQeI+k5feoMLl64iBvnzuLq8SOIzinG&#10;+14RGG4RhJcoGlaHJSOzsh4fnjutHPKcZ1oFcfJz3Fi8PSCuoG8xj3t27UFMbjHedArDSOsAzKcQ&#10;TCrV+skQLrM9iztm8UlhLJ6uPMjjZab/9sXzahldWnktZgcmY6htGF40D4RJcIKijOL2FNvUvatX&#10;VR7E8ZC2HI3zUP0Z1F33utbX96Vz55Uzoh07diJQ/DTYh2EsB7uFIYnIq2nArVMnlB8TFYfOF0Sn&#10;TwbB0BeDtFMDVPvVt2nVvrXu3PV+WI4xnjNSFseOoKO1FXYxqXib7bjPlgBMdomARVSqoqquEecP&#10;H1LO0WTpoVqSukfQ9sVOpK8S6bP6FQf7+PvJw0wH+6osxbWQJZe2GsVYigZ5EDKnqBTHt3dgv66/&#10;G1u9JXZE7Eyn7RF7xO0ulpt65fr2HSiTqwjEIioNA8SHg1UwXrULhTvzJROJE3v2KJfT7bRh8p6b&#10;9kdA7N2OHbu18HsrhU1GUTmc04swLyobQ32T0N8mEH22etDW+GKgtf834IeBVr4YYBeE/k7haqml&#10;IG/K7O8VjwGObOMGomGOF8vJJQpjNveKht7wBMJdEQ1OFA2RWXgnrlCJhnMcxM6cOoWN0al4K7tJ&#10;MTk8C8tDE1FZ24BT0vnYyaXj7mKHV8hnHcoYKLiP7Kc3FkQ/gHdn376DajA+SyMqHt3kaXH/tHw1&#10;CxDnLK/QUNtGpqp36p8/egSXT59SA614c1NGT4yhMpAGTmxoPAXliMdgAD5z+gyuX7qME/yviQJk&#10;tbx7wiIA0zwj4J6ap97rf5ODxVkOAMqXv7i6li3p9IrH/7Qe8wxdXfMzEQ9+t67f4IB9WQ2KcSXV&#10;eNc/DsNpnMbYhGJjWAoNfRM+uXoZ965fV4hra/FYqPUaqPV2qPVa+DDivbEnxNui8OHNW4qvWL+S&#10;j7KmNswPTsHz1sGYTHHkn12Mm2dO4aNrV3Hjxi3lBli8Ixpy5YpAYdMF/e/cpxsP/rvGc9/mue/j&#10;+oULaqmdRWw2xtuGYgRFwwLvOCQUlHPAOozffPox7n/4Ia6Ka2Ipg6vXDOL5du59eEe5T5a6TWY5&#10;T6JoGGXlj4VB8ciqbcbXt28o7t3UukEW75eGx/eUh8vM66XLl3H75k18cvcuPr5+lQPvETUITPWM&#10;QV8OmNPcohQuiZxds61/cfsmPhKXzNdvqrgu6erCGMbqTu/m3Fh9i0dM8VwpbV2TXwnxCPkS+8Zi&#10;TQrKWrbj8+tXlJdT2Ve8bmq9Qhp4hjTwBNnp+VHfZnVt+IHHxwfu3U/x+1W2yZvkCAfSdAqxd33j&#10;MJZ1KQJwM8VfPgdg4SSF051LF2k7zuAohVOnEy1B1yfFmZZevGjFthYRNhdOU7hyW8tZvnVCTueS&#10;SxENiwKiUFBehbPip4HtRmyF3seLoR3ZI+hsjh69TTrK85xg3z66c4ciSd5b4xuNMQ6cqVuGYaFf&#10;HILTctVrvU9x0iLO30T07Ni5BztJp60zyl6eX9JyQAnY7U3NyKYtdc6pwEJOSsbZ+GDEchO8+O4y&#10;jF68DmOWbeyRsUs3YOzitRjN/UestcCwLc6KwbYB6OedgH7O4RQNVjDxCsBXX2pFw3Mukb2ioTc8&#10;maAXDQt0oiGutKoH0ZCJZRQNFbX1OLmXMwN2QuksO3fuxk7ZGqDvRArZT9dpFZzdG3ZoPfv2szPT&#10;kFw9cVwth/RPTMd8z0ga5yC8TAO5LDBeuWsWp0tnZRbIQUL/AiyFmiEZQAMhHJLZC+mcZdEoyZJS&#10;cTEtVxLq5YVV4hGSouFtjwi4puQq43iVokRmveJ2WmaOevSuqE/IjFVH5/s1ZCarOIOTNLbyMiUZ&#10;SPZz5hLPWfA0DjZ9zDljoADaHJ2FnW3tuMoZsPD5HQ6c3F+JEWXMDdz7iqF/iAuddHURrOUaBxDh&#10;Ew6qMvsvqm/Ge0Fa0SDOnXwyCnDl+DHcunhBDXDiu18/wDwahgOTFjmvbC9euoq7HKD/7u5tdLB9&#10;qJdQOUdhyBZ5P0gYv+fi1MGD+JADzJ3b4h76Ks7J8QZxddJlAHwYEWf3mUeZIScUVuAtudJA0fB+&#10;QCzSqxrwOYWZcEsN1JeVW2Zj8XTlQT7FBbMc8wnr8S7jaaaYdYzPwguWnPVZBCpGOoYjNK8Mpw8d&#10;xD2KsPsUDpLuM6ynh104P4y2Ho3VMWH9i6vnWxR1tyh4ZJAMyS3rFA0fhCahqKEV9y+eV14tz569&#10;8JAAMHxJl/CgnRJd21VtWde2pZ0fk7bO36Ut3rpwXjlLSuHMeQ374UjLUIyxDsU7FNmJheW4cvSQ&#10;4hJtxjmeU4SCEvMKrSjQ9kfpl9r+qTy1GvRf2efsSZ6X/1fXNcBKXljFfiKMddReacgrrcDpPbuV&#10;c7b9PEaJBNoOPcqW6OyM3u4odDZpJ+3RwX37ceEoBQrZTTsjr9teEpSEpykaBlLUz6INSMrKw57W&#10;ZlykLTrKc3XIVYwdu7S2rgckfr1w2c3vsvw1s6IOTgV1WO4XgbfXmmLK5CmYOnYUpr8xATMmTeqR&#10;mRMnYvaE1zF90mRMmvEOxq40VQy29qVoSFRXFUaut+4iGvrKmy97RUNveBLBUDTM6S4aoigasiga&#10;iF40lNdQNLDj7t2t7Yjqchw7iR5jHaoLnHVq6So0DtMYyuXD3a2tSM4rwSLOzF92lBlAKJYGxCMi&#10;I095eJPbBoc54Mhthk4hosfAgPSEXCqVy/Vnjp/AXp63oqoWy0Pk9kQgprpr4JiQoUTLWZ5D63VO&#10;O5v5JmQfhXjj4+xEXNLu5WdxQ61mT/v3obmhETbR6XjLNQIDbDSY7BUH54QsVNQ1Ki4dPYzTRzjj&#10;opHVXxr+a5B3gwiXKULk8m8G63VOQBIG2oaoBz5dEzNxbMcONdCJkZfL1AflsvS3YiDMjCDpP3v8&#10;OE6y/PazHIMyizHTOw5j7MIx3k6jHABll1SoehTXzuKOW52bae7ESLw9cZoCUFyCi4Om8Ix8vMFZ&#10;6QjrAM4goxBXUIZrLFdBylbNbo3EYRxtfrXleVhdnpf0Ht29CxlFZVjiF41xbJ/Cs9YaLAlJQVRu&#10;CXbv2KncmMtVLDlf93r5PkiZyPmlzbZStPimFyiPkGMoGuYHxiGTM9orhw+q2wKSdjlG79rYOPq2&#10;qmu3unZsyN59B5UH03PMx8GdO1FZVYMtEWl4wzlCOW+aTQHsm5iBuvpGis+jCvHEKJ4iuw/m3Xmo&#10;3xLxMnmSdSSvIa+oru1ye2IMRcNC3whkF5ao1/If1F2tVGKANkUrCHR0tzd6aKe2c+CX2yJyJVEQ&#10;p07iO8U3JY8ThigMZfsUT64bwxKRlF+Mo8y3vFpebIZyTCW3Q3pAztGZv5271HMRGeW1sM+vwdrA&#10;KMzfbIHFc+dg2aQJWD5rOpbPmd0jK9+ZhbWzp2PZ3Hfw3nvz8eqaLYpBlt7o62VENHjrREPvMw29&#10;4UmEnkTDKRrIDVEpmEjBIIhzp2UhCSivrsMJvUdIdhRtpxEl3vXeojHU/cZudGzfxc68W91HPLa9&#10;XT0EZRoci6EOUehvH4nhLhHwSc7G/vo6HOc+R2mUxEukvCOg63MU2zufr+gCB5PuyDv/D9MYtLe0&#10;orC4lDONRPTjLGOyayhsopLUevFDHe3KE5/s39bart7734UWPW0P0aKjmTRx32MUWeJ5Lq+gCOaa&#10;RIx0ikY/6zAM4+DmGJmoaC8vwV4KJvGI1ybHNbWgpbm1k+ZHpUmLCCzhEOtJHhqLyczDTPEIKc6d&#10;nIJhG8FzVlZiV1Mz89fBczC9umO/mZae4fm3s16O79yO+opyBEREY65bOJ620GCwfTje8Y9HZl4R&#10;9jc34QgN/27WQwMHncYGcchlJL5HQF6FLM6DZG2+X1waXuMAM9wmEHM8NAhJycYRDgrCrhZteRqL&#10;42G657kVjU1t6GB5ntnLgampEdGpGVhMMSs8bR2JQdYheJtiLI6/i5+JA+wPuzp2oLGxBU2kS3yG&#10;9fUISLr3sK+Ip0HJp2t8BkZQrMhSxHkijrILcYQz451sP6r9sS4VunZojO5tVouuTbM9tLLti+dO&#10;cY4kD5naBUexbCPQ1zocLzqFYysnFDtrqnCEg7g8gyTIc04St/SXLn3OsD+S7v1W2MGyOkzBsIfl&#10;VlJeAbOYdPTlIC6McQxRfhoy8gpxuLUFe2WQFhHAYxQG9kSPMfvTidgtcpTnu06xJSseXNgHJ3rE&#10;8XxRGMH8mWiS0VxeruyAvJRuL8WGXHFQcRuIBUP0Akien2hraEBaWTVssiuwKSweqxzc1YuorJYt&#10;guXaVbBcv7ZHbDasheOGNTDj/qvXbcBEEyvF8+ZeeM4zHn0p3PSi4YvPv+gVDb3hyYYHoiGDoqEA&#10;8RQNZ86cUaJhEw2D/kFIce600C8K2fmF2MkBvLG+HnV19agVJzx65Inmb6FGUYtqHU1U5Dto0OWp&#10;bFletpkqfwKFgjhFesOZxikoChk5+crlsTh6Em9t6nj1tPTDTzHLg40PU9MFeZp6e3MzajhoZmRl&#10;61ZPhOAt5xCYh8WiqqQEHbU1qGOetHF2PV6hfzrbCFU6KquqFfIeBfFI2FBehpiUTCzwjMBLnPEP&#10;sAhRt2AE35gklPO8uxvq0ag7b+fT7ozjOyFPjDMOYQfzKS7BNUnpmOYrT15r1JJLi9AY1BUWoFkc&#10;dbFOJE8Pnq7/blRWap/4b5Kn1OtYp2U8X3IG5npFqgf2xKX2PI9weEQnorqsHDtpUJtYJrWsx4qK&#10;ys7jvw8ST0dTEwryDVZPUDTMdguBX3wqdlVTGJGm6mptHnXl812RFR1SJ9IGxZFYVVEhnDnQCBPs&#10;gzCcomE0B7iNgTHKqY94vexgH1FlK21BF4eKr3t9fQuy4qeFZSYrKPKZT/uoZAyXJZcUDe94h2ud&#10;OzGPjcyjajcGbbAnurdZQX6X9irtXspU8iAOnBx4vkku8m4QcfcdhjV+kYjkOcUh0nb2y0bWgSD1&#10;qeI27Ceq/zxA0mcMdU621SYK9sycPJiEJ6GvQ6RilAPbj3sw4lLS0SGOusQJVJ2cT2tLtDalK3p7&#10;0x31v/QvIlf/dnPiIMuvczhZWce6e9k+FENtNJjuHg3XyCQUFBTjEAWZ1Lt4ixQ7p+Lntiv1nd4h&#10;xaW5LH+NyymATUYx1kekYLFnCFab22D9ps1Yv9UC682semSTuRW2kLXm1lhoZoPXtzkpnpcrDUo0&#10;dHumoVc09IYnGQxFw1wD0XDy+HFsik7H5LwWxZvi3Ekte0pHQ3EhyoqLUUyKir4bhYVFKJTPciyp&#10;4UDaVlWJ7MxMuIXHqnfn9+EsfLB1MJbTIGYkxKNGHDhRqJSXliGfs3WJw1jcj4qs5a6noSgqKEBC&#10;ks5Pg20oJnIw3RIYgcLsbNQVF6GEg3hRMTESx6Og8krEwUwFB8vtVRWoyM+DY0gk3nEOpWjQYJxd&#10;qOI99zBEJqSgvqgANWWyDr2sSxzd4/42Kkp5TtLIss3NyUVgbGKnc6dXHQKxVfw0ZKajuiBfiYri&#10;75FPfdqkPkt4vKzhrykqUr4vNgRGo799BPrLQGMbDFvOVAvSUtFCkdJMgSjHF3yPfHVH3nkgdZmZ&#10;kQnnMHHuFIphtkGY6RIEz6h4NLM8hSrW5/fJox59HZSwXuoqyrGrqhyJyamKdZ6B6q2YgzgLf5Pn&#10;F38cBRSjdap9iy+T0u9dj3rEy6C0i/T0jE7nTiMoGmZ6hCEwPhmNRfmoVH3y++WxsJDoPley3Uif&#10;LMrNRWh0LN6hqH3GWoPnKYxmuoYhLCoW5bk5qk/WVFQgr6BQ8dfUp7SfWpZrBfOgylT8NDhFK0ZS&#10;NLzjEgBNdBxqc7PVPiUsU2PxfBudbZZIWZWyX7bwvO1lxfCLjMP7rsEYQdEw0iYMMziJ8IpKRBPL&#10;tq60BJXcV47pqS4lTUIxyyKHbT2cIsc2tQCro9KVu+95Nm54d6sN5ls6YYG1S48sJIttXPCejSum&#10;23hgnKWWQVa+FA1x6OvE9Ilo8A7AF18YXmlw0Fl1bdDJA+NBt09v6A3fOXy7aGhVvBGSirlU+zEJ&#10;Sahixy3Iy0NurpYcDkqPSnZ2jnLbWk7DJFQW5KEsIxU2wZGYwk462J4zC6coLPHSwJ9Gv04c83BG&#10;LM5l8vLyjcb5XSnk+cXA5tKwx8TG413vSOVG+g3HQJj4h7HDpyk3sLIm/rvmzyiMQ9JeyQG1goN0&#10;dmoK7MIokKTz23PWQEZzgF3tGYrg8EhlkGs4yBVQ1Hzf8xfzWKGaxi4zI0P5SJisc+70in0ANvuF&#10;ojAlCaXZWWqW/n3LNov1KU6EpDwrcrKREJ+Ild5havB+1jYKE10ieC4NxVmK8hJYxhlYIdMlZWIs&#10;vu9KCeOrLClGSnIKHIIjMN4xRImG6c6BcNXEcJDJUpSyPiWPf3V98ngRmzU8ZzHFpZCckICVflEY&#10;7RCGF+00bMca2LIdJSUkKg+gMuuU9x9833PLcVJuZewHScyneUgMhulEwwz3UPhFU1jnZKH4r8hj&#10;NpHjSjn4VfA85Zlp8AqPwTTnYAyn0BzoEK2uFrlQmBVmZaK6MJ9lX6T6shwrGIv3UcmnPalg/yjm&#10;NpZtaA1n/XrRMIKiYZaTH/tGFMrTU1HEfeSKy+OoS0HKVvpbbnq66icz3SPUy9OG2YZjIcW8b3CY&#10;+q9B6pxtXeqye1ySFkmTShf7RDonO5rEFDimFWIJbesE72iM2eKEEau2YcxGG4w1seuRl0xsMW6T&#10;jRIBI8zdMczCUzHY1h/9KBr6ycO+G6yx3s0Hdz78kKIuFP3covDSFkedVdcGnTwwHnT79Ibe8J1D&#10;p2iI0oqGuJJK46IhOAXvuAUhkoOszFBzsrKQmfn9yM/JoRAQt7f5yEpNRUh4BObR+A20CVH+DGaw&#10;03qGRiIjRbwnFqoZTzqPy8jMRAZnlH8tORQLJTQ8mRQHEZHRmOsVgb4UDRMcArDRJwTpiYkozkhX&#10;aZX90znoygzv+5Km22bzvOKVrjo3E5FxCVjuFYqXOdAIz1lp8LpdINZ6BSOJ5y/NzkQhxYN4HExN&#10;S0caMRZvJ7p99OSwrIQSll1yUhI8wyIxyYuzf8cIvGLnj41eQciKjUFeSrLKp4qvWxyPghwneRKR&#10;lcxB0jaIosRBXtYVjBc4M13qGQZNRCTyaXSrKBqymCZ9fh4HIvyKWE5xsXGw4UA9jqJhKEXDNEd/&#10;OAaHoywtWZGXnsZ6zDRaVt+F1FRtnnM4MIjgEqqz0uEcGoVZzkEYah1KQjDDMUBdUargfyXcJ49l&#10;JG3p++RdXEfnU5zks8/FMp9bAiMxlKJhuGMYpnNm7KmJRmlqshrYVHv9PnnkMVlsB2UyIGdmIDIq&#10;Giu8wtDXMhjPM08vO2hgGRCOxLg4JWpLSBrP12N++N8DtG1U0tUTImzFk2QOtxFRMVjpH4XnnCkc&#10;yHC2pxkOPvALCUNhYrzaJ4v1biye74qkS/plAftJJYWX2JzNARF4y5l90jocL9mFYKFLAEKimW/2&#10;SWnrShQou/DApmSyXcuESMhknpNjohEanwynjGIsDkvBa5yQDF9ugiFzF+PFD9ZgxJL1PbN4HUZ+&#10;sBrDl23CsLXmGEqxIQyhaBDnTrLkchhFw+yNZogOD8cECxf0d4/GS723J3rDkwhKNDg/uNIQV2xc&#10;NEwISsFs10CER8eimGo/y7DjGTMaRpB9pVPJTKWShlwIjIjCBx5BeMk1GgOd4jDRMQgmHNDSOaAV&#10;pqXojG0GUtJSSRqN9reRqkhJ6ZkMxpPPNKQkJSJUE06lLm/TC8MEzsDXewYhOTaWg2kSUrlvMo1I&#10;UnLyA5J6JpGDsyKxZ9IYXyFFV2p8LAL8/THXScszlkHo5xCJCR4xcODAmxgTQ3GWpq5KyMwrniRw&#10;UDYkvjvxCZ2k8FxCDo+P5gDgHBCKiR6R6M/B5mVbP6xz80OyJlSVs6RdxWdwfE/ExcUrZPBKpLhJ&#10;Y5kXsm6KWF72HCRnczY6xDFGuVt+29wVdp5+yI6ORCb3lfKU88R1j/OvIJVpz2SZhlN4mnsHYqyI&#10;BrtgTLX3g41fMHJjoxSp8XGqjNRxFGxd0ebJOMb2J6yPdLYHQfIfFRoKS1cvvGzlq97BMNAxCvN9&#10;ohBGo57JdlaaxTbMthHNOGO75eHbkDJS5+LxGk0ENvmG4QXnSLxI0TDVOQAugZwJqzzGP3I96tHn&#10;U9pAJvtNKftkPOt2rZ9GPVv0tF0sxlkHYKGtO4KCQpDDdisDazL3V8caiTM+oTva9qlvt8YQoSwT&#10;iFTmMTgsHMt8wvGcS6ziRftgTLfzgqd/ILKiI5DGfZKT2S+lzxn0rU6kDxJ9v/xGVL9OUXahgGIp&#10;j/0lnHW52iMAA2xDlEfKYW6x2OQfgbjISBTKlQ6xHUxrks6eKPg9nWJBSE1OQnyERr2kzj6rHCsD&#10;ojHT1AaTp8/CxPHjMWXSZEydOq1H3p4yFdPfmoQpb8/Am3PmY8zqLYohVt7aKw1uMXjB1AkvzV+G&#10;Ka9PwGgKiwH8fex6S51V1wadPDAedPv0ht7wnYOIBtNO0ZCvRMOpU6eUaNggSy5zWhRvBKdinkco&#10;YpNSUJ0vl/gL1Cts1WXXHtFe9laXTMUff2ER6ioqIC6gkzhjEeTlReM4MxzBzvkyO8PW4FjlY74q&#10;P0+5cy4oLEa+3DPVnS8vvxDyYiqjcL8udPuvQFGk7p/KveYCpisuMRnv0bjLg5BvcjZgytmUzOjk&#10;OYriohJ1n1fu1XZHe19Tdy9YD/d96Hs35J5opdyfLi1Rl+t94lIU7/nFYKRrDIawHGZzxurEAbg8&#10;N1vdS62tqkZZaTmP1z5jIXHIcxJCkQH63wQ5h9BUU61uswTRgE31kWcaNHiN4mgb81lO4yfPIMjb&#10;HUtLy1As92MN0N+jVfdpH6IM1ZWVaK+rU7OvsMgYLHLnTN8+FKNo6N/zT1TuvmVW1lzOfZmW0rIK&#10;FBucp+e4Hx1xgSxvM5SZp0t4rPaZBptA9UyDV1QCWkqKFNXyro+ycvVMgrF4vitFpJzxCbUsh9ri&#10;IuQxDVYRSZjmHYsBTjEY5xSOxe5BCItLVFfMpO2LC2cpA1Vf3eLsiRKWtbxVtk6e3cjMhnV4glrB&#10;MIKiYSb7ZHBCii6PZeoevexvWHffCtPTUF2NxsoKJRycgiMxmbP7MQ7hGOUaj40hiez3aShn/5Hn&#10;ViTPqh67tcVOGGex/nkgheH/2mM6/5M2TSQdkj95DicxJQ3rQ+If3J6gaJjt5IcwzvZr2CfkgWFJ&#10;sxzXpX9173uG3xUP92ND5P0X8n6PKtq38MRULA4Q99hReNYuCpOdQ7HFLwzpFMliGypZ1mJHxCaJ&#10;fRHbos9TQX6+epmeJiUTdtkVWB8Ugw/M7LBo3jwsnvQGls6aoZZT9sSKObOxevZMLJk7B/Pmv9+5&#10;5HKwuSf6esSirzvthJk7xi1chcmvTcCoVdvQT247mtjqrLo26OSB8aDbpzf0hu8cHhYNFUo0HD96&#10;FOsjk/FGVqNCHoRc4BuJ9Ow89fIX8fMua7crKqu/Ae3/8tS4rL2WlQ9Ht3egtqISrjTwwiznMDyz&#10;JRgjrAKxwFODTMa/u64W21ta1VK1qpp6VJPaWnlymchT06ROYHyyTrxeT0PTQzQ0NGtpbFbL3wRZ&#10;ErZ35y7lXz6vsASLAhPQzyoIk11CYB2RiKbaWuzvaFfLw1rbtqNFlqC1daWN/2nZoWjv0NLRIctI&#10;tci6cENkmdd2Ig6PxAX2zdMnsautVZHEfM/mYPOUeRCe3uaH932j1cOm4hfgxvnzOHr4CHbKOnBx&#10;ILNPkLX0XRH/EHqOHTmquHjmDHYyr+klFXgnIFHrp8E5GC7x6TjCPJ46cEB57BPnO+IwR4/yESB+&#10;CgzYL9tDhxWHjhxTrrg/Pn8GxeVVFFuReMU6GIO2BWOSexS8Mopw7uABXDopLqVPK0+AKl7xI/AY&#10;OX3yFC6ePcs66EB4ZgHeoGgYYeWP97wjEJtfiqtHjyhOsSwOkYPiB0P8GXRBfjP8Xf+9++8PkDLY&#10;z/ML+w4ewWWW8/Uzp9Da3AyvlFyMdI7G05bBeMbMD/YxadjVWI8Lx47hCutSnB7t+w5lIb4XzjCf&#10;Z0+cVG2v008DRcN7AZz5i5+Go4dxUvLIuCXN2mMf1J1R2AZlX6n/62dO4/zhg4hKz8EiDw0GbwnE&#10;aOtQzPWLRRbjv3HsCM4d17q1VnkWHyY6DNudIcbaqLbt6jw3Kn8OWsTviko/t8pPQ1wW+tqHK0ZR&#10;wLznGaqWXB7paFPu38Uni+pPBv1L3++kD+r7o7iCVu6gdf21le2kS1+Wvi1LjmkTZHn09o7tOH1g&#10;P3a1NCM1IxPL2A+f2hqIp80D8KqLBpGpWdheW6N8PMiS4VranTqxM7QvTc1tCllGLCuw4vOKlWgw&#10;1SRgnaMHtq1dA6tFC2C1ajks16zqERviuGYlzNesxpo1a/HWRgvFoG3ueI4Tq77usRhCATFuyXpM&#10;eWsKhi81wbPbfDDJ3EVn1bVBJw+MB90+vaE3fOfQRTTE6kXDSYqGI1jLWdPrGfWKN0PTsYjKO6ew&#10;FLsbG9HMTiLeFOvqm9TArUc7eHcdwGXQFp8Bso68jjOVkMQMvOMRqRjN2cwAuwgsD0pARBpnpRQD&#10;B7Zvx3Z2dBmsm1rE30E7WvSoDq7r7IxTfMMrDAZwNYgTNYAbDuLiE4Ls3b1Prb2WteGlHPCWBSei&#10;v2UApriGwiE2VbmwPrlfDNkBGjYihk1v5GTQFnex/E9cX3eyXxzqyIDLgYR0GnyDwUe5zFVG/ajy&#10;0njp7Dmc40Ai7N+5E95pBZjlFaPe9f+6SyTMo1JRQqF0iwb9ss7lr3jpU+9mUF78uqL17ndGcfH8&#10;RYV4ZhSHS/nVDZgXlKw8Qk50DoFncg4H9YO4ysHu/IVLOHP2vHIZLDzwJkjO6DmHU0TvKfHDa9dw&#10;6fRplW7PlHy86aTBC0z3a67RcE8tQD3r5KMrl9V7IcTLosQvcTxurl25hrs3bymnRXH5ZZhI0TDS&#10;UkRXFFLKanH/0gXFtQtaj5PiZVG8HHZFfjP8Xf+9++9deZCO87hySZtX8e5Zx7ZpGpOJN1yj8PTW&#10;AOV2OTCzEPs5IN69fAlXua+UiWE+vgnx8HiD+bxx5apqd3qPkGMpGt4PikdBXQvuXWAaxCPkuQsG&#10;xxrWX3e09Xnl4iXcZV2K86uK2kZsCEvBeIcwDKDgWRCYhITCcuUE6v61q7gi7YR5PXXqLJTXU2Oo&#10;9qf3MtmNE9J2OSFRaD2sHjumRTxRXrnA9FMcNXLgtU3K6/QIOdo+GO97a5BfWoHzHNBPKrfwJ7r0&#10;LX1/E0dcSvjq+qNhH9ULl+6CRTlkIrtoF8RplHilPCoOpGivwjIKMM9LVnBo37C7IjAOkRn52Nfe&#10;jiPiHIrHi4O7dtoZcTctdLDtN3JSlVpUAafscvUOn6VeIVhlboN1GzdjnSy5NLfukY3E1NwKa7j/&#10;QjNbvL7VUTFIrjS4RSuGmHtQNKzD1LcmY8TijXh2qyfetvLQWXVt0MkD40G3T2/oDd85dBcNsWzo&#10;IhqO0Yis0STitbQ6xUSKhiVBcSgorcSBNs7CaRhlMNera6FZjxrotchALy90ObJrt1oTHZuagVV+&#10;URhoo1E87xCB8Z6xCEjLw876ehzatQsH2YHb23dyVqCbLaiZg04AKBEgswqDGbx4pRR0nVYQX/EK&#10;8Rqn4OxEoGEQr3WnaHjER7zWI2SSciM9laLBKS4dezjbOCszSs4glRFSYkCLfNdCY8X/9RyiEFAc&#10;PqY4LCh/++J3X+d/nxw9ekJx7PgpHKOBvc5BTLhz7iwqa+rgyFnpq05RGGobjldcI+GbWYzT+/fi&#10;isxkOSiJcBDjrB/gDdEO9BwsyJWLlxXi0li8LhbWNuFdA9Egs+ELhw/z3OfU+w1kQJUB8oH7aq1L&#10;YkN31We5z9XLHBjJ5zdvqHcAJBeWYSHjfcYiDIPt5QVKyaiua8Tl48fVua9f5YCki/OB62RxOa11&#10;O/3N6PfrmZvXbuDe7TtqNh5fUGEgGqKRVlGn3u8h3Lh8GRdYHjJYG4vnr0Li5IAq7w75guVy8cQJ&#10;pFJcrw6iGN0WpISxvPejpL4F10+fwocsk+sUAWd5rJTrw3F2L4cLuMV83r56Q7XF0LwKnWgIVaKh&#10;qL4VH1+6iGviCpzp6FJnPcLznL/EOK/i8xvX0MQ+6pmSh9fdYtHPWoPhFIH2ybk4tXuneumYCDN5&#10;p8optq3Od1V0R9f29ILzoTZKsaGF7ddAZIigEFfX10VMUdA007bYJ+ejHwWDoBUN4SikwL906KC6&#10;6iLHaN9poUX7Tgsd+r4ogsKgjz4QFtKP9cJC6yXTUFzs238YJ3jsjePHlD8I7/g0zPCKw0DbCNal&#10;BuvDktQbNg9TMJ86egwHeMwO2ha9CNlFm9TK4zJLquCWU4Z1cdmYGxCLufaemGfugPds3TDfzqNH&#10;Fth74AMyz94Lb9v74CUrT4XyCEnB0I9i9AUzN4xfvBbTJk7GyCUb0Wcr9+0VDb3hSQR5y6VeNMyJ&#10;0YoGeTfDsSOHsTosEa+k1ijk9sTiwFjkcZDY09iEFrnUL5f965seol6HXHlobWpRM/eO2lrk5Bdi&#10;FTvcODb8PuyAwmT3SFiHMt6CYuxvaVG3JcQrX0PnVQotclVDe6vhwW8P0P/XHeP7tFLYiHc9efVx&#10;Tl4hFgXEqdsTk5yDYaWJR0NlNfY0tygBJJ4ZG9WtDUO0tzke0NPvhhj5v6lVeZ0U9jI9LZydJGfk&#10;YAkHvJedtA8ULvBPQEBCGqrKK3GovQ07KNhEiDXx2G9ie1uH4uDu3cqpjXiEnOEXjwF2oXjdIRA2&#10;zGdbZQV2iRMfnl88+emPNfRe2Pkby2In99vNuhTaa2s4C8vD7IAEjHSJUVeLFnhHwi8uRb26eJ94&#10;7ORAJGmVfOrj1cf3uNhJEblfxB8HFD8a99ccQzDcOgBz3EMRnJKlPAgK0gYlLdo6NR7XX4V4bmT8&#10;4tFwF89VX1oG75hUTHYKwRjHSIx1jYepJgWJWXnqtdEyU5WrZSK89eXTE1Ju4m1xNwV0GduBS3wG&#10;hjtqMIqiYY5XOGKy8nGopRk7dCJd0mJ4bPe6lPO1cb+9jE9enS7PKdjFZWCiVywGOURinHMENgVG&#10;q3cwHGWb28O0trM+xTtlI/uD9IkHPIj30Xj4eIlTPFjulauBzEN+YQm2RKZ2vhp7JEXDXNcgJKRl&#10;YRfbXQf3Ea+scvxDfaoLxvolv9MGKDr/1/LARrQor6z7WJfiHbY4vwCbQ+LxCoXUUMdoTPFOgFN0&#10;CnJps6Rt7ZBbqUy/1KWqT9q9quJSpOQVw4OiYXlMFiZ4x2DMVmeMWGOOMbKscotDz5jaY9xmO+3+&#10;ll4PllzKuyfcYtCfk4mh29zwMkWDvJ9i7DpL9HeOxKsmNjqrrg06eWA86Pb5XxX+8z//E//3//5f&#10;/P73v8fPf/5zfPbZ57jPAe7Onbu4eeu2esmOvAzmxCmt4jxAZSj+0ndxlir3jFs5ExX1XNfUhho2&#10;gqq6ZlSQsupGlFTWo6i8DvmlNYo8KsKKmkbs3rsfH927r879P//zP7qU/O8OIhpMRDREiGjIQwxF&#10;g7wS+BhnoavD4jE+uVoxIThVeYRMoyFpLa9AdQXLjIa6vKzyIcp0lPP/hqpqtFZXqQfVnCIS8KpH&#10;DAbSiA7nrFRY5x+N9IRE1BQXq4fqqhhvSWkFSnuk3CglJcaQB8J0FGspJuVlFUxXDUoKtY5klHMn&#10;m2D1IOSWgAgUZeeivqQUpYxD9i8qEkcyPfHgYa4iGjuh8CF0D2LRyAjiZU7Izy9SD4kJ8qreprIy&#10;teTNRROLdz3C8bwdBxvOKOc4ByEgMl75QaguLkEF8yPH5/F4icMYpUyPUMe6ys7MgX90Ao2d9kHI&#10;V+z8YOobiqLUFJTn5qq0ywOi+RRQhuTpkPiKeb5aeWguN08hD6Ut5ezvWeswPM/Z4GvO4XAKi0Vu&#10;WroaMGtYV7m5hcjJlYdhH8T1uClj2VXzXLIU0jEkSuunwSYQM5wClLOwurxcRZl6WI1lZiSOx0Gu&#10;Lp+FbBOVrJ/WkhIkp6Rjs3+48lUxgAL5dQ5+a73DkJyYzHLPU/sVs33kyvEGcRmjnPksZz2lME4L&#10;iuxh6kHIUMxwDYZfdKLKY6l66Ff8mWiP6V6X+s9S1xJXI+szg+XmHhKBqa4a9JHlohSV870iERmb&#10;iDK2jfaaGlTw3Np61D709zAPt7/vShHrppr9uIz9JCFJ59zJOVoxnOU2y9EPIZGxqM7OVmmXvvyg&#10;b3Xtb6ofcp+udO+334zYD3kWq6GiAi0lxQiIScQiLw1GOkVRsEVhppsGLrRnNeyvdey3dRT8eu+h&#10;JTw+Ny0DMWk5cKdoWBZBMesUhOErTDF43lIMW7QOw5du7BlZdrloLV5cvhlD11nhBVNnxRARDe4i&#10;GqIwzMwNry5Zi5mTp1Bg2GOAVwJe2mCls+raoJMHxoNun/8VQQbr//iP/8Af//j3+PiTz9TbAnft&#10;2Y9mEQBUiuWVtSgsoSHMZwdKz0V8cgYbeBLCouIRTCPhFxoFr+BweASEw9VPAyefUNh7BsOWWHtw&#10;JukeAguXYJg5BmGrPC3v4IfNdr6wcPKDV6AGVbUN+NnXv8Dvfv8H/MM//gV/+vM/6PhHxZ//Qcuf&#10;euCPf/pzj8jxEuf/+Zd/+ckIEyUanNwxX5OOd6L1ouEEjh46hBWh8RiXVK14LSCJA1koImMSUJKe&#10;juyMLGSky/r+rqSR1DRZt5yN/Nx8lHGgK0lPg2VQJCZx1jXIRoPRtqH4wDlA4R8eg7rcHBRzoM7i&#10;4KaNQ9bTZyKd8Qhpj5msDPGXkIf0lDRoIqI5W9P5abD3xwavYKTFJ6KQeZT8GTv+W0nVkqrIeCTk&#10;uIIcDuCyzjsxEXYsr5fsgmgoQjCUA/MKjxC1FK0kMwOVHCCknFKMxKNH6keQck1MSIY7+8VbnuKn&#10;IRwv2/pig0cgMqOjkZucggyWh5y/exwyQMnAl8n/C5iu8owMxMYmKJZ6hmK8fQietgjDm0znRo8A&#10;nkccf+UiL0tbjykpEkfXOB83OWxnhcxjbEw8rP3C8JKD+GkIxDT2a8egcJSmJCtEzBjL4+NE6kPI&#10;YrmX5uUjPz0DSTExWOYZhsFWgRjEQXmCYxgsfEKY3ljU5uehkGWVzHbyTXUp5LJv5LIeYpjPLQGc&#10;aTqLn4ZQvO0cCA/WbTHzmP0NeZS61LfL3Cy2M4r4cvZL19BoTKYdHGojHi0pUMW/BO1gEeu6jHWe&#10;xfKVPphCcWEs3seFnKOAZZHNwTY8MkY5yzJccjnN3gs+QWHIj49HNm1D1zYr2wf9Tn7/axEbJuSx&#10;bZWxLrPYT3zDtA7oBlkHc9YfhnfdtI6fslNTUV9IMUabIqSyrOMioxAUlwKn7AqsCYrB7K22mDxD&#10;u+Rysiy5fHtaj6gll5MmYfK0GXhDllyu2qIYYuGlHoKUqw0vUjS8vnQt3pk6VV2V6EfR8Oo2R51V&#10;1wadPDAedPv8zQcZRP/+7/8et27fRl5BKQf+SFh6RsKMs1MLz1hYeMXwewysOGOyJra+cbAPiKdx&#10;SIRTSBKcw1LhHJoGh5A02BO7kAzYhGTCOigTlgHpMA/IgJl/Brb4pMPUOxUmnqnY5EE8k7HBJQbr&#10;7UIoIoLgQIPoHRKLsNh0hMVlQBOXyc8ZCBX4PSQmA4HRhN8V/BwQlQ5/ITodvlFp8ONnLeKNLx0+&#10;kWkI5HHhidmoa+7ARx/dw58pRn7soBcN7ynRkNspGo5QNCwPisXo+ArFq/6JeI/GLzqOMxAalBwa&#10;sUwinbcL8js7vxjzIhrNhJg4eASG4R3OnIc7R2Esy/l91p2fJlqRlZqGhmLOFigw0jPEaUq3+H4A&#10;cmg0SzhryqSBioiK7XTu9IaDPzZ5hyAjKZmDcxaymA+jeXyMSH715NDgFNFAVeXkIC4hBZv8I/GW&#10;RzT6ucRjgks4VnqFQBMehVyKijwRBZI2lb6H0yjGThk8zgRTktPgpYnROXcS0eCHTV5ByImPQwEH&#10;muzsPCP51MYtdZmXwYEmJQWREeyLHJiFV10jMZL1Od4lGhv9oxEdFUPBk42qwiLkMD6py67x/TAU&#10;sN3IDDshPgm2nCiMo2iQKw3THf3hHBKJiox0RQHbYxbr/QevT4olEb/ykqfS3DxUZWfCOzIeC73C&#10;MdotFi9wEJzuEgoLWb4XG6PKNU/SJunqIW1KtDGfhWwf8czntsAoDHVif6JomEbRIHUrAiD/G/Io&#10;v0l7EQrZf9MSEhEYosFipmswZ8+jWY/TaVsdQ6KRIuIvn+lnHp5EfxQk/8Vs+1IWkdHxWBUQ09VP&#10;g703/JjeoqQkJUqNt9nHi0yAstmHCvMKUc4+mcVJhmVwNGZwTBroGo+X2AfmuwXDKzQCeYkJbGNZ&#10;ihyKmqToWAQlcByiaNhI0bDYzBbvz56F918fj8XTpmDp7JlY+s4s7bYby2fNwKqZb2MJ/58rb7lc&#10;tVkx2MxDrZ6Qqw3Dzd3xxrJ1mEfRMN7ETr2T4lVzZ51V1wadPDAedPv8JIIM/P/93/+trhbI7YV/&#10;/Mtf8Pd/+hN+85vf4ue/+CU++/xL3P/kM9y59zFu3bmPa7fu4vKNO7hw9TbOXbmF1p0HkJ5XCgvX&#10;IKyzCYCpbxasIqpgG1UD+5gaOMbVwjm+Fm6JdfBMaYBPejP8sloRkNuBoPydCMjbCf+cnfDL2QXf&#10;nN3wzt4Nr6zd8MjcBfeMnXBNJ2k74JKyHc4pHXBOJtw6JjTBLrIKVoE5MGMFmBNr30TY+KeQVB1p&#10;sAlMhzURESJYiBjxoxjxy8RW3wxs9UvHFhEm/pnY4peFLUy/bE19M7FZCZUEuIeloKiynvn/6Ee/&#10;4iCiYSNFw7thaZhN0SDPNCjRcPAglgSyccaUKF4NSFLvtE+i+q4vKlKXheUy3kOXBvm7rMcvp9Gp&#10;TEmCm18QZli6Yzg7/wssh3kUdR6JjKOgQCGXSOV2gazhLijoGtcPRVmJvD+gCkUy2CSm4D0f7e2J&#10;iQ4BnMWFq9lfXbH2EqixPP5QFJASlkNDeSVqi4pRkJ4Ok9hMDAzJQV+PRIxy1MDExRtRISGozstD&#10;NcuuUC7TGkljRUm5orGyGrnZ+QiIScJU8R/goMGrdn5sn2Eo5WBaVVAIue0jt2EeHC/xyVr7cnUP&#10;XTzlZcdGw9TVB2/yWGGARwpepghfoUlGbFo2dpQUo660TN0qMn6L5oehsqwS9cxjBkWUc1gMXlai&#10;IQAzZQbOwbqpqFBRyfrU32oyFs/jRu7LV7I82qqqUMG6iqVwmx2Rhb60D32cYvG2UzA83DyQERvL&#10;PlCCcrbJwmLxxfFw+iTN8kxLFftJOgckq7B47e0JB+3tCanbhsICVBQZz6N8lzouZxkIFempCAsN&#10;wwIbN4x10qCPbw6mywQrJl2J91Zx785zSfuXWzqGcf1QyCX92nKWFdt/AstqXfADPw3a2xO+CNXd&#10;npB95PbBk6hL6ZNCbVk5GsQ3RGYmx590jNbk4jnvFDznEIElLv4I8/NDaVamQt5bI1e2NKnZsMsq&#10;w1ZNAtY7uGPD0iXYNGcGti5ZCPOVy2C5aoXCYuXyLlgTB/5vxv9Wr1qNievNFc9vdUcfV9oq92iM&#10;sHDHRIqG+Uo02OI5jzi8uu1vVDTon0X43e9+h08//RSXL19RT53XNTYjh4NCbBJn69Ep8GZBugUn&#10;wCkwEXYBibDyT6b6TsVmGsf1VHHrPdOwOaAIZhF1sIpthXV8O2wT5anaHXBM2QXntN1wydgLt6z9&#10;8Mg5CI/cw/DMO0KOkmPwyj8O74IT8Ck8Cb/iUwgoPY2g8jMIqTiHiOrziKm7gISGS0hqvoyU1itI&#10;abmC5KZLSKw/j7ia04iuOUfOI7r2EqJqLyOq5iIiSHj1JYRWXURQ5UUElF+Ab9kFeJdcgGfRBbgX&#10;noebwM+KQi2uBefhnH8eDrnnYJN1Btsi62FOAVLeuBP/+I//qMrsxwof3ruP9Y6umBuaiplR2Z1X&#10;Gg53Ew3jfeMxxzUQ/sGcIUVFIiFWvALGIyYmrvOSdXRMAmKiY5AQEYGY0FCEBgVhhQ+NG5XxQOdo&#10;DnrhWOXqD7/AEOQkJCgyOOPRx/OkiI+LR1piEmKiouEXEIyZbmHoax+G12x9sdrFF1E0qKnR0RDP&#10;f08ybdFEPC0mxScijWnMjIqiUA3BJAd/5Tb4edc4TPOMoDANQyzTmBAejqjwCDXLl8vzWhgHSWTa&#10;hQzmMyI8Eg5+wXhDeYQMx3hrb6xx8kY86yc5MpKz1wd1IPUYo69Lxhuv0SAiOBju/jTc3lEY5hat&#10;6O8YiUnOIbBw80aEJhwFyUlIiX+y5SXI+x3SkpIRGqrBNs8AjHEIxgu2gZhq5w0r70BkRIYr5DZB&#10;nLRTlpGxeB43Upf6diZXFGJYjivdAzDeIRD9nGMwhn3iAy8NXAJDkaIJRRzrMjIiWh0rZagtR32d&#10;xCkX3cks35CQMGzwDsELzuF4kQJpir0vHHyDkR4hXkRju5R/Z11Gx6nL5bFhbDckNCgYW3xC8TIH&#10;nyHOURSSkXifkzR330AkM45szuYT2HbkvSwx/K6P74ckjudKFW+OzKvYh8VeYRwg4xTD7IIw1dod&#10;Lp6+SA4LVftImzUWz+NG6lFIZNmnkvToKHizzmY5+SvnWk+7xClPq+t9NQgNi1AkhYYg1MsL7sEa&#10;WKbkY3Nkivrfws4Rttu2wmybGTabbsX6jSbYsGkzNpqYdmEz2WayGetNtmCRiRkmbLZVDNrmoRUN&#10;7H8iGt5athbvT52ElzdZUzTE/LRvT8jM+P/7//4/dSvh8y++wOWr13D0xFns2H8MjdsPoqxhFzLL&#10;mhGbU42Q5BJ4R+fBKTQD1py1b/VKhqlXCky8M2BChWviXwiToFKYhFbBNLweWyKbYRbbAcvEPbBO&#10;OQibtMOwzTgKu8xjsM86AYfsk3DMOQ2nvDNwzjsLl/xzalB2lcG56CIH64twL74Ej5LL8Cq9At/y&#10;q/Cvuo6gmhsIrbuJ8IbbiG6+g4S2u0jefg+pO+8jbdfH5BOk7voUKTs/RdKOz5C480sk7Pqa/Bzx&#10;JHbn14jZ8TWit3+NyI6fQdP+FULbvkJw65cIav4SAU1fwq/xCwPk+5fwbfgCPsS7/gt41H0Jt7qv&#10;YEfxsDWiBtFZlfj88y+UyPqxghINDq54JzQZMzgT6hQNBw5oRUNsqWK0RxQmW7jC3MYe3g72cHdx&#10;haurG1zUVvvZycUNzo5O8LS2gK21tRIjb/rE4ZmQQjxnG4KXTezZWbbxf2sEenkrvD084eTsAmci&#10;cT0J3JheLw8PODs5w8zSBhPt/dCXg7K8Se49Mzs42trCy8lBmz9dHp8kzixHbzd3hHu5w8HSCkvW&#10;bsRL8i59t3i8QLE5zSsKVtb2cLGyhrOdHVwcHNVxrnqYPw8dvu7usLd3wHorO4xzCUE/l0iMMXfH&#10;gq22cGPcnvzP1ZUGmedUcfAYFyJ16WpvD08rc2yzscMiZz+MDMzEs77pioFmXphpagWnLSbwZlkF&#10;+PrCnWlWdeny5OrS080NXsyjja0dlprbY4R9EIZwkHnDzBmrLezga2+j8HR21tankTh+MKQsmT5/&#10;dzcEujjD1HQLZm40x2D7EAzwTMKowAx8QBHtbGkBZ/YJFwcHuDjLcV3bndSJ5NOTW8nnQhtXDHKJ&#10;wgsOoZhg7sq6tYcP8+jRLY9ynLPUJevEzcYGTlasL7LJ1gkz3MPQP7iA7Z5CcJMDlptawMPSHH48&#10;jw/7pRz/xPskz+3Gc1pY2WC2nSf6eCUpXrALxBtb7LHJzBKeNta0PcwP9zUWzw+FM8vVnecM9uCW&#10;fW7Vuk2YsMURzzjF4AWfZLzhnwgTB3eFs5kZrE02Ypu9E7ZEpWBddIZ606WVJg72gRqYePhhuZ0r&#10;3ttmi/m0NwstHbqwiCwjC6ycMNPKFePNtIifhj6uUWrJpYiGSRQNH0x5C69stMRzFKE/adEgtx7+&#10;9Kc/4fLly2pZXXhMIpw4ozTjwLLZMxGbfLKxKagcphHN2Bq7E1sTDsA85Rgs0k/CKussrLMvwDr3&#10;CmwLrsK28Drsi27AvuQmHIpvwbHkFpxKP+zE2ZCyO3ARyu/AVXEXbkKFjsq7cK/8CB5VH8Gr+iN4&#10;19yDT+09+NXdh3/9fQQ2fIzgRuETBDd9ghAin+X3gPqP1X6+tR/Dp+ZjHn8fngZ4dMNdh/b7vc7f&#10;HuzzcRfciVv1J3Ct/oz5ug1rCiG/hBLlJEZu3/xY4TZFw1o7Z8wKTsTU8ExEFpbi2LFjOETRsDw4&#10;DmOSqhUj7AIwYb0ZfKmk5dW04ipV3u6WnS33UQm34h5WXkjk7+mJhdtsMN41HMM4yPX3z8SbNl6w&#10;46xZ3j+h3nSYl6/Iy5U3JWareJ4U8lbHygp54j4V3j6+eJVpG+CdgJEmdnhnwzbEcoYo3hhz5Q1+&#10;2XL/1Hg8Pxw56p0bpQUsI6YhJSMLS+3cMWarCwYGZOJFGqm3Nlhgg6Ud6mrkqe0qiBteqY+sLHkW&#10;IwuFUsZEXD3HxsbCzNENoxyDmM94jDBxwBwTS/X+kLIiea1vEXJz83XHZqvP4qY3gce52dthGgfg&#10;MV7xGBKUjcEuEYr59p7w1kSioqhQvWlS3nqaI/d9jebnh6NY3GAzraGhYVhp7YhhHEiHcFAet3or&#10;1lBYiftooZT7yYO5T7Y+eS6WibwMqYT1KO7UvTRRmL7NAcNsAzAgphJjWSezV2/gLD8AtbJSge2y&#10;kGkV9HUpcZWWlKCI5Sz5/MDWDYM84zDYIRgvrdmqlkxXlWr/l7qT/aUeZat1b1yM0MAgbDC3Vrxm&#10;54MRvskYGJyLsbb+sPANRkxisnoLq7wZNS83T5f+J0cuy6mslG2Yn719/TDdxh19g7IU8nbHcau3&#10;wMrVS9mOEnkGiltj8fxw5Kj2LS/PK5S2zro0cfdTb6Mc5BaDwWEFmLDVUbF041YkJSbBMzgU6z0C&#10;sDAyA7Mz6jAttgBvhaThNb8EjPOIxEjHEIx0Erfrmi6MdgnDGDLSPRIvesViKOtZGGTtq16B3Z/9&#10;T55peGvpWiyiaHh1kxX6qisNP6HbE3/+859x96N7OHjkBCrq25BZUo/IzEq4R+bB0j8Fm9xiscEr&#10;Ayah1dgc0YotcXtglnIUllnnYJ13GTYF12FbdAt2xR/CrvQu7Es/gn3ZPXIfDuVaHI3BfbR8pHAy&#10;pPxeN+S3j+Bc8RFcKu4pXCvvUUjcg3uVFg/iqUMN9Lrf3Sg03HiciBAXHc5lwp0HUKQYQwRMd1zL&#10;P3wIF4X8z3hLb8E25xScNTlobm3HL3/1a11JP/lwm/W6mjOPaQEJmBKWjsh8rWg4sHevVjQk1yhG&#10;Wntjhqk1Og4dwf/7f/8P//RP/6SuNP3xj3+ELIsV5IrJ1Vu34RMVhwmW7niKM9J+HvHsHMFwiErE&#10;5YsX8Q//8A/493//d3Ws/vgnjdwS+q//+i989tlnaG9vx1suQRjom4KRG2ywxMIel2/cUmmUdv9j&#10;pVGQ8//bv/0b/vVf/xWFldVY4eyDIe6xnH0lou8WV7zv4oebd+7iD0yj5Ef2/+1vf6vq4v/8n/+j&#10;kHDt2jUk5uQrQzSAguPFDbZYRhHyy9/8VtWl7CfH6utRf97GHbtg4uqJoVa+eMY/C4M4m3nLKUCR&#10;XV6Fj+7eVVcd5Xhj6X8SSJuTujp+/DhcIuMwjEZ3CA3xuBWb4KaJVvmXIPmRfBmL44dG2pD0Fynr&#10;D9nfguMSMNXBF31C8vGcQzheWG8Dj4R0fPbFl/gX5kfSKujrQ+KQ73/5y19UPs3CYjHQJxGDHIJU&#10;PjUZOaoepCz0edQfK+f9wx//HvE5BXjH2k3RxyUKfXxTMcxZg5V+4bh47hx+/7vfqTYkfcMw7U8K&#10;KSOpx1//+tdo7+jAQu9Q9OVALAymwHpppQmSikrVPsKP1eYknXJuKe+Ovfth7uGD0Rz8+wRkoZ+5&#10;p+ItM0fUbt+FhMwcbHJwx9zwDLxZsANDY8vRh8K7j1yx80vD015JeMo7GU/5pDyM/O6fgaco7GSJ&#10;pSDiqb9LJAbIWy7NPdQzDYunTsbrFA39fyq3J6Rg5KHGe/c/Vo52AiISYeaqwRbfNGzTVGNr3E5s&#10;TTyArfF7YZF5FrZln5JPyMewLb0P25KPyF0D7ijsunDXOMU61Pfuxxg7rtv/xXooVPQU3X5A8QPs&#10;u+FQ8gBHPaVdkasFWm7BSa6OlNzUcUNL8XUDrhmg/W6XfRrWgWnIyi3Ep599rivxJx9u3b2HFZyh&#10;TfWPx8SQVIqGEiUa9lM0LA6KxYtxFYqRVLlzzB2w88hx1S7EwIgRFPQd+Z//+Z9Rt+cAJjv4YCDV&#10;8FNRFRhNw2bhE6A62F9okGR/OV5/7I+BpF3C119/jcNHjmCSWwj6eydh9CY7rLBxUqLhx06jHn1Z&#10;/4LCsrJ9B6ZxBjbILgjPagoxliLALTgMB49p60T2l3qQrRyjz+ddDu455dVKNPSj4Hhxoy1W2GtF&#10;Q/e6FP6Vg49cSXRPzcUwisU+LJtnA7Pwtr0vghJSFLcoVv5FJ0q6H/8kkXNLnsW1tU+8DIRhnIGH&#10;4LW1W+AZGavSJ+Gn0OYkDSIK7n/6KTyTMjBiixP6c5baJ7QAM10CEZ+RjU9oC2S/7vUp36V/ydVd&#10;m5hk9PeMZzsIVC8yisjKU3nsXg9yrPS5W3c/wkIfDUVGqOIZDkSD3KIpQr2RV1Gt9pF95Rw/Zl3K&#10;+UXoHDx4CEv8IiiqchWDbPzxyprNyCir6iybH7vNSfjdH/5IW3ETSz2D8ILcPqQQE4ZQXJt4BcDG&#10;zQPbHJzxblgK3shtx5DQPDztkYhnKAqeoWj4Np5mn3sqJA8DKBiEwSyH/s4RGCBOpiy9MXHlJiyd&#10;NhVvUjQMcov6cUWDVIqo1o/uf4LSqgaExOfBLboUznF1cEndAafMg3DIOQnLjJPYlnoM2ygczDPO&#10;wrrkno6PYM0B37roQ1gX3CI3YJ1/nVwjV2GTd0UHO0A3bLtwSWGnuGgU+29A7ZN7QWGrwybnPGf5&#10;JLdn7Ayw15N3Hg6G5J+Hox5+13LOgLNw6k7+WTgTlwLum30CZn4p0MTSAH94V1fyTz6IaFhq6YCJ&#10;vjF4PTgVETrRsG/PHiz0j8ELMWWK4VbemGuhFQ3Gwl9o0Fr3HYRpWLx6SKs/Z8TPc7ucM5m2tjZ8&#10;9dVXuj1/OuFXv/qVen5jMkWDDKajNtpgmZUjrt76ULfHTyt89rOvEZScgamOfurJ7UGcdUyw9oRP&#10;ciauXb+BP3GWaSzcv38fhTX1SjTI0qxhG2ywgjOgX//2d7o9uoY7n3yKjIoaTGe5POeTpgzWWHlf&#10;RUIaTp48qZBZ708lyIAng6l/UjqGOoVhkH0wXl1tCg8D0fBTC7uOHsdm7yCMpah+1j8Tw7l9zzUA&#10;BbWN+ISiQvj3//gP3d7a8C//8i/qqpFtbCpFQxyep2gYv3IzIjK1osFYOHDyjLqKMcY5FM9xZisM&#10;dIli3YYir7QCt27d0u350wi/o2g4QiG/LCASzwbnKJ7nhGX8aooGCt+fWvif//n/IZ19Zb6TD553&#10;jVb0dY3B2M0OmLPNDibOHpgfkYY3s5oxOIgiwDUOz3gnUxSkst7TtFAgGKO7aBhi7Yf+FAzyMPNQ&#10;W39MojBeMXM6Jm8wxzDHYLy21U6XKm3QyQPjQbfPYwlawfCvuE/DUdPYDtegeDhGlCK48jIimj9W&#10;DwEGNn8Jj5qPYZN/BWbpp2CWfATmmedgVXQHVoUfwopCwSr/BqzyrsEq5xIssy+SC7DKPg+rLO6X&#10;eZacIadgrcNGyHqAreKkwq4LJ7RkHlcPRhrDIZPIlgOz2uo+2wuyj/z+KOiP7cJxhb1u2xOOQvZx&#10;OBngnHMcLsQ1/7T6vJWq1C0wChevXNeV/pMPNykaFlvY4w2vaLWsMlwnGvZSNLzvR3VLsSgMNffA&#10;7G222HH4qO7IruHzr3+OdV6BGGXujj4BOZzRhGGVnQvK65vU5XW9Ov8phV/+8pfqcq+Ihr4yA19r&#10;wbKww5Wbt3V7/LTCf/33f+MfOFgnltVg+AZbPGsTgqfDSzHN0R+Jqam4c9e4+Pz4449RUF2nEw1x&#10;eGGtJZbYuPQoGiq378bkbfYYbB/K+Cvxio0PvMOjcObiJfUAtCB24qcSRDRcunQJfiIanMM4mAZh&#10;7NKNcA2L0u3x0wv/xjT/4U9/hklQNPptcMCz7vEY6JmINe5+qKquVfzln/5Jt7c2dBcNAziYjlmy&#10;FmHp2bo9Hg7uFHovbXHk/omdomGOjTsSs/Px67/7jZo5/5SCrLo7dOgwFvtF4NkQigYykLPql5av&#10;p2io0u310wr/+E//jP2nz+MtCnihj6k7nrYJxWtukdgUFIuFCQV4K70WQ4Iy8TTr+VnvJPTxTflW&#10;ngnIoGjIxQC5JUEGUzT0cwxDf7k94RiCyRstsHrObExfa4pRFh6YYPIjeYQUg/AVZzRZ+RXwjcpG&#10;cO6u/z9zfwHdVtLtecON6TSl05xmehrTDEljmMHMLDNLFoMtyczMzMwQOw44zGlmhgfvc++dmTv3&#10;feebNXPf9f/2Lkm27ChpTkdr/ZZk+ahOnYK9/3VO1S5o6o9A3/4BNO0fi8mDMQ0fIqSSBELufnhk&#10;TMGThIM3iQNfFg0kFLxzD8KLvvPKmIRX2ji80ifgk7Vb4Js1DT9698veDX9y7kzALLtnCbRBzlc4&#10;6FlnvoecMmP7ez48gg8hQgv2IKxwDyKK9iKqZC9iSvchrnw/4itmkGAlsfKAhSrrux0JFQfo+BnE&#10;lu1HdCmp9eJ9CKe0JJRuCBGcz1jOx59D7LEew/DxNmx5Ci85gNDCvXBLyId/tAZ7Zg5bS//iv069&#10;857YSe2BSB3uTTBDVWgVDQMDWBmtwjXUaJml3tF4xsUXGUUlmNnHu9jtwcz+fThx5DAaW1sRnWwm&#10;5xKDGznoTLQJf6LPcTI5amtrcejQITGiZ2PAowjedfFXwWn8Cjgvhw4eRHdXt5jk9LB/LK6mEcKt&#10;232x0sULNfUNOEDXxoKCy8JRGhebCRJrnJ/TJ0+K3f7eIgF3l18CrtJUY4mfDM94hkCdliXmoszs&#10;3YvDdH0CKvumpiYkaA24I1AqNry5ma5zhZuvmM+xl8piH9XnETp2anISxVU12BQtx03+MiwNT8Yy&#10;Ml6vB0aLSaP9ff2YmZkRTPFOg7smHeb1YrJv7z6qq/2oqKiER3Qi5TsR11O53LPBBW7h0eJ5PbOf&#10;t3u/BOqTy2yC+sHM/hkxJyRWm4xnnHyxNCIZixKycYd7ODaGxgrqG5tEZNZDB2ZEXXL9VFZWkjiX&#10;YXGoDteRE7lngzOCpAocmuFNoPYQe0Vddvf2wZhXiOWB8bg+hCfUmXAvjUYZj8g4lBSXYK/1rtHE&#10;xMQfXpe7qV5m6BqGh4eQk5OLlyVxs7fpr/eJoet0QrRKiz10HOf7D6tLOzvE9ow5cvgwhsfGsV0S&#10;LbjfORBX+UjxQIwJ2/Q5eD29Co/mNGOJqhiXxWfjClkerkjKvwAFgsuVdLymXNy1ZYRoCFII0XCL&#10;RIWn3IKw9a1VeGGrq9iz4k/bPa1W3fKyygPHL+sxv8nrk08/Q1fvIOSmIqgLe5De/QEyBr+Goesz&#10;KEkwJDS8JyYOBpSeJmEwDU8SBjzh0SfvsMCbxQKJBM/UEXiah+BlHoaXaRCexn76PAiftFESDZMk&#10;FubuHgTm7RUIQWBHcP5eCwX7yAHvdwB9z8sv6ZhZCvaSc96LcHLyUeTsY8pmhFCQkjBIqjkIRe0h&#10;KJm6Q1DVHbZAoojflbUEvxPy2VgMBxFHAiKaxEMEpRnKwoEcPp9nDs7fPvp+IZSXBYTR74VoKNoP&#10;d1kxPCPUmNi9/w8buZ16512sdPPDvREa3B1ngrKgVHQOFg0vhctweWy64LaABHJMgYiUJiE/OxPZ&#10;mZnIzcpEWX4ePCXheGKnF64L0eGGhBw8IUnCWj8JMs0mFOXlihnRqanpSOH11SkmmIy/EtOvIz09&#10;HUUFBSI/UVExeMg7AlcFKbGMOt4KF2+oNBrk0bWlpaVRvlPpN+b5mOcw/0xSfxapAjOdk3+bTo67&#10;trqayj9brFBZGRKHJTxZLNKMazzj8IZXEJJkMuRT3ZQXFQrKSoqg02rhHRqJO6kOF5Gou4Ou8xUS&#10;R8n0PV9nPq+2yM8X5bHOww/3uElwZXwe7o7PwGsSKbwjYkW0R14FwFEymdTUNJEvWx7/KPJycsRs&#10;doVcgS3+EizxjsUN3nFicthW/2CU5NL/idysLFHvaZRvR+lcTLgNFeTlo72lBUaDDoEhEjwapcUN&#10;5EyuDFTjTucQgW9YBJJ1OpRSHyvjlTzkTJOS5FgVEI7F5DzYiTy00w8uIeEoyslGbk6WKA8+Piwu&#10;Ac9tc8NNvom4OqkUD0fr8Sb9jkmksuJjeAVUFpUL58fsIJ/nMr9dzv/ux1nYF+zhfsYrhjKpjmLj&#10;4vGCXwSuiDALlvjE4YFtnmIJY5Y5BVnUvrku5/XJc3Dc9381dnbIaKW0uFgEzUqkfDNrvQLEHIcH&#10;YozYaC7Fyux6PJbTgiUkAC6XkhhQFJMgKLkwKkJTgcv11bg2yii40S8eiwLl4vHErWEaPO0Tie1b&#10;dmDFdjc8uM0Dj291sVp1y8sqDxy/rMf8Jq+2zm4oDelIrx5E+djHyBz4jATDp1CRYEhseB9RNe8i&#10;pOId+BWfglfmNLwypuCTf1h8dk/ugbuhW8RZ8EzpE4LBJ3MKniQaXBS1cFU3w4O+5zsOAQWHZ+cP&#10;WOYLHEJw0WFBSDFzBJKSowgtPTaLpPQowd8zhyEpPmShiIMnHRCEFnPchgOILD2I6PJD5PAPIaHy&#10;MKTVR0gEHCExsAD6LonEgayajqk6RFiOTaw+ingiln4fVXqABMN+y2MFq1BgISMoJPEisMxXsOWB&#10;RUEoCYc5wbBnlrDiGXrfDw95Odyp8gdHp/6wyJAnSTS84uaDZeFK3EGNXJlfSqOOXRhk0RASjytC&#10;DYL7SFSsiVdDbTSjihxIfUkJcjOzkKTU4NUwKa73plFvoIqO08Jfrocu2SQiKxYQ2TkckjVHhNjl&#10;iHbzoe+y5+DIfvOxhHTlULoCSmseuTYsIY9tTm0WscTOBi8RLUBRYZFYaphP/9enGPFSpArX+Mrw&#10;SGAcdsYkkSPNQlUxL5ErFkvY8slZ8vuPw8fPp6jIxtwGP8UMjfTOpZRGgESJDV5aZqGU8lvCEf/K&#10;K1FdXoGm8nKo0nOwTk4jSIkGV3sl4QH/BOxM1KCQ6qejplrQ19oqltHJDGY8TgL1Wj8ZHiBjw8/T&#10;WQjwMQOtzcJgh/P+FP7xuNYjAVcHafFGEgmWTBIUlN+mGt6MjDfwqhCUkpHkiHy8zJYRf1s/X0zq&#10;q2vQUl+PPGoDoUoD7g1IxM0kGjiCYIQmGe2VFYL6Ct64jPPvOJ3yBTg65rfAVma8iRpvUtZQWYmG&#10;8lJEpGThlXgDbvJT4CavBMHykERE6k1op7rubqhHe2Mjtek8eCcZsNRfhjt8E/BCUCwSqG7bqirR&#10;29AgNlhKTc/AjjgVbvaMxTV+ctwUZoC7Ng3pvB8IUUnp1dNxvEzXUo+W9mXbcG0O/m4O+/Y4n7k2&#10;W8xQG57Xru3a/hyWflHAUD/h46o54iL9L4XEyOZEPa4O1glu9ZfimYBIJCi1qMzNpmOKxPHc53iZ&#10;8YWw9fk55uwB24ZZyBbYbMisTVloa6zYbJIl/LtlmXI+pV1Coo7R6I1YGxyLFZFKrNLlYoWhAMs1&#10;ebiV7/Q5h+I6r2jc4EPi9nyQ8L3ROxrXU3++LkQpJkAK6H+LghSWJZcsGgLjsc0zAK85e+OJTS5Y&#10;vmG71apbXlZ54PhlPeZXvXgZyQ8//BmZhRVIInWU23EE5VPfw9z7mRAM0qb3EVP7noiTEFR2Fn6F&#10;x+HNoiF9HN78GCJ1GJ7JXfAyDcArbQzeTMYEfLP3CAGxM64ATtIyuGpahJjwzZ6Gb+YkfPiYjHEL&#10;HMwpfZQYgV8aM0wMCXxTB+FrHiD6iT4LJhIggt5ZfM298KP/BaT1Iyh9AMEZg5BkDiM0ewRhOaOI&#10;yBtDRP44MYHIgkliCpGFNnaL9/D8SUjSehCU3IgAXQ38tVUI0FYjyFCPEFMzwtM7EZXdi8isHkRk&#10;diMsrQMScyuCjc0INDTAX1eLQGMbgtP7IMkahiRnDCG548QEQvImEVowLeY0eCgq4RamRVf/GP7z&#10;f/7PP0Q0nHj7XbxEo+s7JArcHp0Mhb1oCIrBFYEawSPxJriY8lHX1IoZ+t9+oq6+CbHp+XhOkY2r&#10;ItJwu0SNVbEaGglko7OuDqMDQ+jvG0RnV+8F6eo+H32Cbnt6mH5BD9NrzwB67emz0Ed5EPRbGB4a&#10;wfTEJAbof9V1jeR407DYOxHLwxQIIeM90NWNvaOjGKLjeH/8gcHhWcSe+fy9HUNDfCwxPJ/hWcas&#10;+/RbsOzjT/Ce/lYse/zzXv+WPf/HBLssjDP0N72P79qNPbv34PiePehoaoZKn4I3aJR6c4Aad8Wk&#10;Yr2pBJWNVEdUh8xnp05hN/02v7qenFIKrveIxaMBsYg0ZmLv8BDe3rcHbx+YQXVLBwLTS3BfXAau&#10;D9Hj/mA5JIYMDDc1Yu/YGA7NHMRuOu/4rikLE1PikYmN8Vn4+4XMHffzcJTWfA7sm8Hxg4fRR/Wt&#10;yy/Dn4KpHXvHi226zaXVOLN3j+AA5X1ychq7qPwcpbNrAY6OOT+O8n5heGfeyd17cWjvPhzbPSXC&#10;sksUBjwezDsp6gX3S7PIFtVgrLcPJ/fvx7tHj2KQ2q80u0QIhrt84/F6jAqFNY14d2Yf3qV6nKJ2&#10;k17ZgE3JhVgUnoZbJVo8F6FAcnYBxjraBTO7d2P/3v2YoHoco7yMjZ8PW9tzgK1tzrZVS7sVzLZn&#10;a/umtj48i7UvWPuGra+M0v/2757GJP2+nmyMr6mARtUawR2BSVgZqUBucTmm+3oxYe1Dok8OMGRn&#10;7OlnBgUL+/7s34TNPthg+2HBak9sNkbYG5vtsdghm21iO9VNv+Hz7hq00FpbJ6JacuTWdbocvCE3&#10;4wXK/70bduLWl97AXW9uwD2rt5yfVZtwLx1z99ptuGOLO25xDhSIDauClSK4E4uG5RIZNgfH4E1X&#10;Pzy7biueX7vJatUtL6s8cPyyHvOrXrw+dj81TG1mBbKa9iO77wOkD3wFbfvHkDV9gNh6jmXwLoJ4&#10;OWPJafgWHIU3P54wD8FD3w6vlC6Lg8/bB//iE/DjlQq5+8QERw99B3ZEpGJndDZckirhoSXhwHcj&#10;DJ3w0LXBQ9MMd1U93OTVcKX/u5C4cE4shnM8CQ0OFBWTgx3RWdgRlYntkVb4syDLSjYdQ/Cx/JvY&#10;fBIqhXCKp3QSS+EsLadzV8FVWQs3dQPloRme+jbKRye8jd0kNnqE0PCnd5/kNrhEGEnFhWGbWyB2&#10;uAfAxUcCb0kcQuLUiNVkQG4ugiwlX2xKFSU3IjReg4DIJHhTJbr5SuAVZYCfshTBKU0ISetCUFqv&#10;EDFBJGBCsklEZI/CS0miIUKP1u4hMRv9j5gsyKLhOSdv3BKiwM2UZ7m9aKDR2hWk9JkHY43YachG&#10;Y30jJmlk2kBKP0yXjgdplLtEoseN4VReSjOSaWTaVluL7uZmNDW1oKGRoeN/U1rQaIPO8XNpa21H&#10;f1cPmhqakFdYjDelRnGngR+r+KhS0FRdi/7WuT32ebnxz6H5HKz79HN6v5h2C60daGvrQndnN3pa&#10;WtBdU41YI41SY3RYJqGRdliy2OzHnFcsODLUjz46Lr2gBC9EqHCdSzge8Y5AmCYFezrbMdLchHIa&#10;GTqr0nBPqA6LJcl4JNaEMH2a2Hp7lJxMT3snWtu70NLWiRY6/6VELxntEXIGvA17HJXDg0Fy3OqT&#10;gJfC5UhKz8U45Z/ppWtoo2todZDGH0cnOju60ct1SeKslPqUu9KEJyP1giXByXg6Khk+ihTUVNfh&#10;wGA/2hsaEWvKxu2e0UQUXgyTIbuoHMfof911tdBl5GFlXAoJeD31WwPekJmgScsUd2SGOjoEnVyf&#10;8+qyndr6jzPbBgWO2uhPwNYXFvSRVu6T3T3obGtHQXEZXLQZ5CB1gttINLwYmoiU9Cz00DV2UN9s&#10;betw2PeaSHCw3bHxS22EwN7OOLRDc/C5O9o7BM31DeB9Y9QZOfDPqcAWqR6vuvvjuWefw9P33Y3n&#10;H38cLyxffl5efOpJvPzEY3j+6Wfw5EsrcfcGZ8ESjwhcTaJyUYQBt5BoeIIGOWup/le5+GDlW2vw&#10;ylurrVbd8rLKA8cv6zG/6nXk6HFk88Y2qTXI7H4Xab0fI7n7MyhaPkJ8w/si0qKk6j0RmMmv6DgJ&#10;Bhopk1jw1jfTaJ5G9Hm7EVR0BP4kGvjugZexVzhmFgLs/HeE00g1sUQIBe/UIfjSMT7p4/BJG4E3&#10;z30w9cMzpRsehg64k5BwJ2HhpmmCm6phDjX9rWkR//egdPh4Po+XsU/c4eDQ05y2N6XJcyf4zgXf&#10;weBQ1GIeRfaUZeKlmEexD4H5+xFUMCOWSHII6tiqY2IOBO9l4RljEmLBwycI/sHhCI1OQJxcDxUZ&#10;Jn1mMYx5FdCm5UNOxjUuSYuwGCkCQ6Pg6RMAJxc3eEVqEaSvRURWn9gPg+dYcKjriPJjiK46iZjq&#10;EwjJHIBPUj4aOgZE4JA/Yg+K42+/g2ecvLCURpZLIg1Imica4nEFjXiYh+OMcDZkidu8HRXlkCan&#10;4lVyVJf7KHFLkBrPxuihSMtBU2UleslJdTS3oLq2XlD7B1LjgEYyvF1keGrJkGbm5OH1hGQSDUl4&#10;LEQGzyQ9akrL0Flfj/q6RjGL3VEafwyUlxrOTwNq65vQSWU8QQ6RhU+QxoQnwnVY6q/C3QFycj5m&#10;QUtVJSqLi6FPzcSz4Spc6xmHhwLiEKA0YLCqHIV5+QhQm/BomBaLfJW4K1SLLcpU8QiHxV8vGfGm&#10;hmZU1djl4RKilZxEF+WxiIRPpC4V95NouMU3ES+EyhCfko6++jpBKxnyOhK8lvq8RKC6rKU21kDi&#10;tb+1FZ0NDdCTo9kqSxHcFqjGbf4KPEJ9U5qai9aqKlQWFSFCZ8Ztvgm41S8ByyOUMGTkYrimCoa0&#10;LGwiwXhzoAo3BqjwIDmW0ORMNFF/7Wq0tHmmjs5ZLerTQZ5+FFs7+G2pp3rpbCEBQfWUnVuAnarU&#10;uQ2rApLwfEg8tMZUtJWXiWO4zM7Xv+cx224ds9Be/BJEOnVkV5qaLZDtqCspRnohDawKa2iwqsda&#10;d1+se+l5bHjkPmx85klseuHZ87Ll+aex47mnsOGF5/D6Kyvw0AYnwY1uYSQalFgUTnUcrsXDEVqs&#10;jNZhhWcIXliz8eKLhr7BUYTFKhCV1orUga9gIMGgavsIiU0fIKqWozC+i6DK9xFA+OYdICdNokBW&#10;CH91OWKKdyOq6hRCqj+AX84eGsG3wk1WBqeoNGylCt/iL8XWYA0VXgUJinESFvsRWHTUEkuB4yfk&#10;H4Qffce/9c2aomN2iUcb3vzoQzz+GIdv5i7Liotc+m3hIQSVHENIGZ2z4qw1YuO7lkiQNR8grJbD&#10;NX+E8LqPEV7/MSLqP0FEg4XIc/hYkND6GdQ9X0Pd/oGYLBkgTYeLhx+CJRGIS0yCSm+CKbMA2aW1&#10;yCmrE+/GrAKoDCbEy5QIj4pFYLAE7u4e2L5lC7yoQiWmVsQWTyGh5jhi6t5GTOOHiGv5HNKOr5HU&#10;9RViKg4jMLkRVc294k7PHyEajpFoeHqHF27gMKXheiTlLbjTEKITPJGYSiItG1X5eWLP+9cSaTQT&#10;nozLgo14gQRSqFyLiqJi9NOIqaWpCfXkmOuoI/0mUKf8pTjq5E2Ut242niQaskg0vGEvGkgY1pSV&#10;oYs6fgM5mTpe/uYgjT8Sm8FrohFON41s2siZ8PbVGxP1WCZR49qQFLyYkCqQmzNgSDFBrjFgOY1e&#10;rw3W44EoPdwUyahONZKjNeExqtubIky4WZKMDXEaqI1pYtTaI+qxmcqAnK3d+S8lWmlE2E2igZ+j&#10;R5IztYiGBDvRUCtoZRFoFQ2O0vmjsDmudnKYXSQCm0pLkJSSJniSRN7NEo4GmIqtqnTozenIMJkg&#10;USXj1jA9lnKEzoQUxFIdlqaasZ1E4j002OGt1P8UoYdPggo52SQomhvR3kh1SUKTudTKgLGJhpaf&#10;KRp+LY5sxk/iHDvVgEYqY6a+tg5VJO5MBSWQFNTAU5MKJ0kUvLZugf+q1+G/aT38tm4+L0FbNyFs&#10;60b40OetW7bh8e2eghtcJLgqUC5Wet1EA4R7o1PwVGIaHg9KxCNkw59dd5EfT9S19tDoWIOwzD7o&#10;+76FsuNzEgwfiX0cJJVvI7CMw0CfhX/JaXjxCF9WgFBlFuLS6iGrPylEA8db8E4bhpehHW5JZdgh&#10;IYW1zRNvrtmEV1dtxEYyzHx3wj//ACQ1HyKEHL2IsFh+BkEkAIJKTyKw5DgCi0lQsKiwQX8HMSQU&#10;gktOILjUGlmx/BQkgtOQVMwRWnHGQuUZhNlTxZy1vvN3pxHOVJ1GLDl1Zev7UDacgKx8NwKoMtx9&#10;QxAZK4VCa0RKRj7SCyqQU15PCrKSBEMhCQYzCQYVwqPjEBgSBm8ffzjtdMLG9evgJpEjOLkBMYXj&#10;SKg6jJia04ipfw9xzZ9C1v4F5J1fIKGWroWERUldJz7//HOxp8fFfh07+w6WU4O7PjAJ15NokOWW&#10;zJ8IGZYseDw+BTsUKUhU6xFIyvl+Mli3kpi4h5SvW6JW7MBXUVCAWhEXvhSFdpOdfjU0kv6l8GTG&#10;hZRR/uoqKlGUX4BkoxkrYnW4xl+OP1Hnc4lXojArG7VislUpnb/EYRp/NAUE548nJdaWlKAiLw9R&#10;agPeiFbjplAD7grVCV4N5/j3MrjEJOEpEsK3yXJxe6wJz0er4BsVj1cjlbg5wohldOxz1P+jVQbk&#10;ZWSgjvd0KC0T9VhIIyZHebgUqCwrR11lFTIyshAsJ0NKouFm30Q8G5KAcLqWpqICAd9tuZTrkycU&#10;VpaWo764COlpGQKvRBWepDq5gsTcoyT01sWp4RwtxZtRCtwQk4rribtiU7A6WgGPyAQ8TuL9FhLy&#10;d0s0WB+nQ4ohRUzMaygvR7m1T1rq03Ee/kh4smRNeQXKi0uQYkrDFlkKrpYYBLeQbXo2MAYylQ5V&#10;2VniGC6v36IuHdmMn8Q5dqpkdkJpUUEhslNTxRLokJxyuBiySIyrsJEGoZu37cAWVw9sdfc+L9sJ&#10;Fw8vbHb3wevu/njINUhwg1u4mNOwiGM2BEhxh3cUHnYLwV1+cbg1MBGP7bjISy4rGzvhTqPjgORm&#10;RJUdRljhXgTnTlmWP+bzSgEa4dPngKxxeErz4ROpgtSQDW1RNxStHyKi4iSNRHvhZR6AD+GhqhOi&#10;YdXaTXjlxefxwrNPY/XOQDGvwDdrUtwhYBHAdw0CCw4gMH9GPC4IpHMx4rGB9dEBr0zgVQpitUI+&#10;L82cRhDlLTBnFwKzJxBIeQrIGkNA5qiFjJFZAjOG58ikv4mgnAkE502JmAq84iGs9BBiqo5D3nAa&#10;sqqDiC+gNGj05R0UgQSFDoa0XCEUskpqkSXuMBSRYEhFfJKaBEO8RTD4BsDVzZOU4VasWfUWnAMT&#10;EKirQnTeMOIrDiK66gRi6t4l0fAxiYbPoer8HEmNJFwyupBf2YL3P/hAxMi42C8WDU+dTzSESXEF&#10;hz0l/hSlxaqoJKyWxFEHTqTj9bgnUIk3g6KhVOvQkJstnG16eibMZl6Ol2p5/1VwGr89GanpyM/M&#10;QiqNwJMUKrxAbXlRgAIPBcRja0QCzFo98k28TOy3yof9Nf12mKiMeYvg/OwclJNoyEtJRjiJ2PvC&#10;1VjkLRVcsT0cd5GxeTYoDk/pC/Fgag2ujyOH45+IO5wCcaNHLK4O1OGJkCS4xsiQazajJicbWVw+&#10;5Lgs9fhLr8G+DH4NjtK2kJ2RiYKsLOi0OnjHJuFuEg1L/aR4mh/BxCtQbEoR5JART6Pr4Tq91ODr&#10;MFI5p1G7LM3LRwldD5Op02BLnJJGlwpc7Z+Ea73jcburBLf4xOGqhGxcnZCJ6/n5tneM2IRsMQ3K&#10;bg7W4JWQRESQbWrIzUJZtqVP8pJnUZe/Sb/87eGlsHmZmciid7lSTQJJI3Z1ZW4m27TcLxKRcVLk&#10;6rTimPT0S68uuZxFWdMASieXI0FjQHBGEbam5OEVeRqeDYjGchd/POsdiud9w8/LC8TLvmF4lq75&#10;sYBYLPOKFNzoGSViNFwToiIBEYY7Nrjg0VdX4yaPCFwZn477vcKtVt3yssoDxy/rMb/q1dbdD/9w&#10;GXxI0XrHpcM33gyvmBT4SLMh0ZcjNrUeEYYyBCdlwFsSiwBJJPTZlTDVTyOh+SOxTNJD1wrfTHLg&#10;JAR4tYNLXC7WbnLCG6+9htdefxMb3ELhklAo9q3w1LXATVENV2kxje7y4RqfR+TCIzEfXrJC+ChK&#10;4KcqQ4C6nCiDv4r+VhSJOQDeiTnwjM+Ee2wa3KLNcI1MgQt1Hmdyes5hOjiTEmOcxLtmjjAtXOgY&#10;j/hseKsq4W9sR1DWqFgCyaIhqeEM4soPICx7CH4JqfCXxEBpoMaQX47ssnpkFlfDlFMMdUo6EuQa&#10;RMQkIEgSToIhEK7uXtjp5IKNGzbgrddfw07e1ZHyHZ07KOJExAjR8A7imz9BEokGNW+t3fIuIrP7&#10;kVnSgNNnzohNaS7260KiYQWJhqupfJnbw9R4IFhGIzlGgftD1dgUq4ZeoUCBMQU1WZkoSk9DDjmd&#10;LJNpDupAmUajICPFQjqTnCJIs5IqSEaqIRlmgUFgsqG/MMafQRqln8druTVaJMYl4PngRCzyTMT9&#10;HuHYGBgBI3X4XL1W5MNEOEqDcZSPeVjzbrkeC3x9fJ22605PsYfKh8vJWl4Ml182laMFM3IYKuNZ&#10;6PvCjAyUkZOpTieho9ViJwmfF8hxMA+EKPGaKgs7sirxYno17qE+fC1HnAvR4lofqVieeJ9PLNxp&#10;pGpSKlGRnooaGs0VpqcjjxxtHp0j13pezoOtXkV9Mpxv67XYXyeX20+ptwuyoPxs5SbaDp2Xz1+Y&#10;lobyzAyY1GoERCeSkJWJOw3P+ccgPF6GepNBUJ5qRgEdm0/XlE9C5FKDy5nzxmKhkq6HqUszQk6i&#10;dm1oPO7zi8VVXnFY7C/D4jA9iYYsIRwWkQ1cHKLB9T6JJB7i8FxgHCJiE5FFzrU+JwsVHIcjba4u&#10;RX1asa/TTO6nDvqnDVt7/bksTMdmAyzt23JuzgPnqzwzHcVUTwaFEpvi1LOi4dYAGZ4lR8oxECp0&#10;KpSmpZKtybi06pLywnliCrhfyJOg1iYjIrsEG/Q5eCxWj7t2+uHW1duxbLM77t7mdX62euKeLe5Y&#10;tsMXt7mRSHQPE3AMksVko6+RqLBkZwCWO/vAkJEFl0QV2eoE+MrnR0C1ygPHL+sxv+p1+OhxZOYV&#10;w5RViJTMIhgz8hCbpEVwrArxvFrAlI84pRGSqET4+PrDP0iC5IImmFqOILr+fXGXwFPTICYb8uMG&#10;/6wJuCUWYf1WV7z15lt4c/VabHT2hxMpJVdy8O5RRrGVtmeEBj6RGvhToQYnpkAiMyOcVFmYPBVh&#10;SWZIpEYEx+sREKOGb0QSvCQJcA+Mhgs1op1eEmx3D8RWVz9soQLc7ORNeFnY6YlNC9ji7I1tdKyT&#10;bxTcyAl6JxUiwNQh7qrE1pyCvOV9xFUdhSR7FP6J6QiKiIcuLRfZJTXiLoM5txQaUyakSr14bBEc&#10;GgEf/0C4eXiTYHDF1m07sG7tWrzx6kps946Av7IYUdl9iC/bh5jKY4hl0dDyCeQdFtGgbvsAUXmD&#10;SC2oxuHDR8R+Hxf79WOi4ZoYs+Baqjc2WFf6K7CURMNz4UmQJKlQb04mg0ydntQ/OzhhzO2Y5xTJ&#10;aJxrWCzOYBZ2DnbMOgzbZz2/WwTFL4KcUQadN5+MVCqNTpMSEvFqiAxLaVT+OKn57cFR5DwVyDPo&#10;kEZ55jw5TOcc7PNnj+V/C6/L5gDty4HPx8waWfpsKUeLoZ01uLNGl0WFxfiyoChLI2dg0CM2Np4E&#10;uFLwhoYEQ2EjPBsG8XxGLW5T5JGjycBlEWZcFpqCW8ggP+UTTqO4BBTpNSiicskn52oTBlm281nz&#10;cm59zl3TvOu21dMCISC+d4D9MeI4W7nOfqbjCD4Piz5RXnR+djYlJFaTlSr4RSXgHn8SQj7xNEqL&#10;Qgj10apknaCIhK1wkuyorOV2acH5ojKnPBawwCFqMlKRSmJIEhmDJ2nEeRkJg8vCU3B5XCauJNHA&#10;XEHC4fLoNFwlMeBOvzi8FRQFnSwJhcl6cmDpyCVnJpwzQ/UooPOJ9kOfbW3q/P3THlu5W+vgQljr&#10;ZyGzbZuxOz/XSwmJgXzKlyZJgY0xSlwdliy4xT8Rz/iEIS4mFsVqGqRQ2+TrspSZfRn+cXD+c0k8&#10;MNl0/SZpIhQaAyJyyrBenYGHycbcsmobrn/2VSxduRa3vLHx/Ly2HreuXIOb39qCmza6Y6lTkOAm&#10;EveLaYB8TYha7B+zNTIR/0E+Y+bgIVTW1qG3r99q1S0vqzxw/LIe86tePMr9B28D/C//xLff/YBT&#10;p8+gqKQMCQotdKlZRDak9Dk0PBpe3r7wCQyFtqgDhubjCK8ikUBiwVNdJ8JB85bR/lnjJBoKsH6b&#10;mxANb721Ghs2bcMOF2+4eQXAJ0CCoNBoUsUy8QhAmZyOZBIsxpwSGs2X0PlyoNCZkUgj+ug4KSTh&#10;UQgICoGXjy9c3Tywc6cztm7dhk0bN2PD+g1Yv249Oex1C1iLtVb484YNG7B58xZs3+4MZzc/eIRr&#10;4a+pQVjBNOLr34G6+yskNryNsPwpBMhzEBItgzG7GDnldUjNL4PWnCUEQxSNYELCIuEbEAQ3T284&#10;kWDYRoKB016zejVeX7kC27zC4ScvRGRGN+JKphFTcUTMm0ho+VSIBk030fERYgpGkZxdgb379uM/&#10;/uN/Wmvj4r0uLBoSsDjaJLiG/sczd68kw3W7byxeC46FT7wcaoMRUp0R0doUxGhSEEvvcfR3gs4E&#10;qd4kggrJk81QpKRCZUwj0ZVO5ZgBvTlTYKC2lZyWBWN6NkwZOUjNzEUaB6HJzkMGkZmTjywmt0BM&#10;kBLkFSBHUIhcJt8RRfPIs4OfZfK8Bg7IYk7LgLsmHa8kmrFVmoxwjRG52TkoLeA984uRVzA/ndn0&#10;6bx8fks+LHliOJ9ZuZzffJH3jJw8cS0cVCeVMGfm0HVmi+VjfN28qoHhMuGyURnToaSykienQkbl&#10;JqXy47KMpzKN1RoRQ+UbrUlGFBGppvyqDQjnfpmkRjD1lQDqSz7KFHiZ8wWexc1YR+L+mYw63JGU&#10;i2uizLiKd9lj4RCTIba7vidUgdVxGhqp6BEi50mtGnonKF2JktJXGRBN54qj8ydSnTJJlD8l1aea&#10;65PyzzP3jXRdfH2zdWitR1tdcllkUJlwuczH9j9rWdnB6aRSmpwutxE+j47aDZ9XkULnp/LSEJGU&#10;322RUizzi8dN3jF4hAYGGyMSEKNQC8KVOoSoaGBC/TeYPl96UNnTu4SuI5Trk+Byd5Nq8Wa0AneH&#10;q3F5mF5sm3w5C4a4DPD21lfGZ+AKfo9JwxKyZ49GKLE1UUu2h9Li+qP6lCRp6LMeYZQeE0FthtsQ&#10;99V40U/Noj4VVJ8qKlcNtUUd1akujdomlTeXuYDaLJNsJYXqwx7b97bjBPQ7ToPT4jS5nXPdcduR&#10;UzuXUhtPoPbE7ZvtRQzlzZfsyks0KLkqQC5gZ/mIdzh2RMQhQioXe4pI6DourbrUQ0J9hAmivugV&#10;HgOvJB38ciqwNSkZr3oG4ennXsTj992H5U88iaeffua8PLN8OZ574gksf+Y5/Onl13DXRhfBEt56&#10;m0QDz2lYuiMAW2gA/5/kt//ln//EF198iR/+/GerVbe8rPLA8ct6zG/24hEv7xeQkZUDOTWs5PQ8&#10;aKiDxibKERgcCndPH3gEREBR1A9100kRndE3fRRe2kaxnFFScRY+KZ1wCjNg7aYdWL16DdZt2IKt&#10;O5zh6u4Nv4BghEVEI06qEJMMDWlkFMhZZRZXIY2cM9/t0KakI0mlQ2yCTBwbSILB28cPbm7uJBic&#10;rIJhEwkGFgsWUbB2zRqHCMFAwmLzJhIM5NyddrqS8KBrCJbCL6kAobnjiK87S6Lh61nRECjPhSRG&#10;huTMAmQUVpBhz0ESOcXoBBphk3Dia/Dw8oGTsxsJhp0kGLZiI+VnzapVFtHgIYGvNBfhaR1iBUVM&#10;+WHEkWhIbP0UChIN2u4voOv6BHHFu6DNKMXErkn89//xP6w1cPFeC0WDdKFoiDIKeG3w1aEa6sRJ&#10;NDqVYnmoDG/EarBZYcbaJBNWyYxYQ+9r5WasV6RigzINm1Rp2EIOeas2Azt0mXDSZ8ElORtuKbnw&#10;NOYJvE358DUXwj+tEIHpRQjOLIEkqxSh2WUIJ5UekVuOSCIqr0IQnV8piBFUIbbASmEV4uZRjfjz&#10;kFhUDVlJLRKKeM5JOVzTS7DOWISdpkL4pRcjPr8CUjomnrH+htOzYDnX7HmteeE8RdHvBJTPSEqX&#10;887XEEbXEkrXFELXFpRRjAC6Vr/UAviYC+BponIg3I25cE3OgbMhGzuonLZpM6nsMrBJnY6NVI5c&#10;puuobNfITVidZBTl/RbxBhOjxuvhMrwUqcSL8Qa8qsnGKnOZYENeA5abKnCrPJ/EXyqu4A1zyPHw&#10;LnpXxGfhmtg03BRjxAPxZjyTYMLLUSq8GiHHq1EKvBqrxauJKeIcq6luNyhTRZ6YnZRHrkdvEiZ+&#10;dD3BmcV0naWIomuOpTKIo/KIp/JJoLJKoHLkMme4XKVFNZAWE/w++50FPiaBypl/x7+Po7RiuEwp&#10;XU4/mMqPz+dF7caNysuFymsnldVaKpPnY7S4VaLEDUFy3BEswxPkQN+I1wleTdBjRYIBK+Lp/VJE&#10;5I3yyeVu5ZVYHZ6KS8b9cUYsiTHhihiqP663hEzrpkZplo2NWDjQ94tjzbgl1oRHElPxLP1uRSSl&#10;w0Qp8Sqd4zWZSfAmlRW3o/UqS31yv3RLyREik/thENWlJKuE+mApwqj9hudQW2a4L1K7ZkRfXICt&#10;3XN/5WNF++d6ozQ4LU6T64/Pwe3GndqPkyFL2AfRxql9raK8vUzXfX+EGlfRIIW5LlCO24NkeJrq&#10;8zWyOStny2tBGf6RUPtamZgseDlGg+cCY/FGnA5OmRXYmWTAdp9AbHz5Rax95H6sf4aXUz57XjY9&#10;/zS2PvcU1r34HFauWIkHNzgJbnQPx6LIZCwK02HpzkBsjrSIhvO9rPLA8ct6zG/2+rd/+3d09fRA&#10;odZBlZKBFHLiSSQeeNKfj18AjdK94eofQx17FEn1p8Wujj7mfnjpW8UeEpKyk/BQVGErjUjXbtxK&#10;gmETtrp4wUXcYQhBeFQcpKSotcYMIRayS+uQW9FII/oGpOaVQmvKQhIpzpgEOUIjYxBAQsXLx58E&#10;h6eYN8CPATaRANiwYSPWkxhYx3cZzssGOm4zOfXt2L7DBc4uniQ8SDB4BsDTPwo+1NEkmYOIqzkF&#10;VfeXSKw/i7C8SSEa+E6D1kwjHBIOChqBxiYqEEoCxj8whASDL6XlLgTDpk1b6RybRF5Wv/UWiYZX&#10;sNU9GN7UucPMLYgpnCDRcJBEw1lI2z6DstMiGvQ9nyGhdDcU5DQHhkb+kO2GLywa4sXtMHFLjETD&#10;NeE68b442ojryPFcT6PVG2mEc4P4nI4baMRzAxmvG2gkdGMik40bZdlYkpSDpTTKvVmeh1sV+bhd&#10;VYBl6kLB3Zoi3Kstxn26EjygL8WDyWV4KKUcjxjL8Sdydo+aKvEY8bipCo+bq/AEk1qFJ1OrBU+l&#10;zbF8HjWCpxeSTt9beTqjFs9m1uKVrFq8nl2HFcQLmXV0TO2839rSYuzP9xSf35oPzhPDeXzcTPkl&#10;ON9/MlYIHqFreoiu7QFDKe6na71XV4y7tUVYpqFyIO5QF+A2ZQFuofJZSm1vCZXXjbIc3CilMqSy&#10;vIHakihbchA3kKMQZU7lfT05/htDNFjim0jOUoXrI024QVGAG5LyBTfScbzD4VX0/VXkdOx30RNQ&#10;mvx8fFFiLq6NpfMEa3CjfxKlpaD2YMB1fI44S50upfzcrqT6I+6hPD9oKMFjVE/L6bqfz6zBK9n1&#10;eD23EW/mN2FVQTNWF7ZgTVEr1hS3Yi2xjlhf3GahxPpO8Pc2+Li1/BuCf8/pcHqv5TaI9J+jOnuK&#10;yvhRKs8H9SW4m9rQbdSuuH0tobZ2Q2ImrotPxzV0bYupbV5P187wDpKXNJxXrrtABW6g0TVzvUQv&#10;hN6ixBxRR7yN8jn1Z4XvPLAQ5HkO10jzKM1USoPTIgKpXdA5rqf/Cag98Y6LtyryRPk9ROX4BNXj&#10;s2lVeDmrjsraWoeFzaIe1hZxHVnrrKQdG0rbsZHYtAD+bgP/n7DUaxvVZxulQfVIaVnqsVGc4znq&#10;P09Q/36Y+gO3JX5sdhPXH13jddTGWcxeHWO2wJ/pGq+lMrqOt/YWZWaaK7tLgWiC88eEp+BaHxke&#10;jDJgnbkUrmozAiNj4b9tM/zeXAnfDWvgu3nDeQnYvB6SzevgTZ+3bN6Mx7Z7CHjy49URyTR4uwRF&#10;w9///g+UlZPCj5cJ0WBIz0OiQoeQ0Ahy3B7Y4UoOMzgJ0YWTwtn6ZwzTiNESxpkfT/CKB38OpyzP&#10;QagmH5FkPGOz2xFhbkCwhkaR8kzEKEzQpfMovnJ2kiELCBYMMhYMiXaCwXeBYKBRvc1JOxYKFvj/&#10;GzduxpYtdoLB3U8IBi9vcvx+kfCOSkFIRr+4Dn48IW14W4SRDpBlIiA0BkkkFtTJaYiTqRAWGYeA&#10;IAn91g8uru6UphOJkW3YaM3LrGh4dYUQDV7U+CWmJhqFjiK6bIZEwxlI21k0fCFEg6H3cySWTUNm&#10;LCCR1ifE2sV+/eidBjvRsJgU7uIwjfh8JXXky/kWd2wmwe/Wz+RgBOTMZiGDdzkZK37+eiUJiavI&#10;CF4ttXCNNBeLGRk5rSQydsT15Oyup5HxDcSNggLBEvq8hJzqEnKKN9lDzpZZ+pMppOMLcbOqELeo&#10;inC3Mg8PKHJwjyofd9B3S+m7m5RF4jhHvxfnW5AHzpMtb8yN9Jnzztdgc+DX8/XJ8nAtXStfL1/7&#10;IioD5iriSioX3g6Xy+oyxr4MbeVqg8tblG0urgrV4xo/Ga4O0eLK6DRcoSzG5bxLHsN/R5pxJYsG&#10;qrOrqE1aHA0b4jRRH3zcZbyJjrSADJIeiwKVuDpYLbZrviye8hHH57c8P7+a647ga7iBrucmus5b&#10;qDxuV7MAYiFEgoi4T8fiiNCXCR6w8qANgxXr37b/27ifBCT/ntO5l0TW3SQs76T0b6O6uZnqhcua&#10;z89t5yq6BtGuqJ0tjkslh2MRR/wI5nJqk4IY+hyTfunC5ctzE6jcrybxx1wZlozLuY6VJWL3wyvJ&#10;2Yu643oUdTifK6gNXS4vpLqk4ym9RZTGIhIMV5Oo5LQvI2EosPZF7n9cj9xOb7bVIdXdPVzuVDf3&#10;Ew8kkzgTVJCYt/CwlUcWYPv+YT6W4N/wbzkNTovTvIfqlc/B5+J65H7C/Z7zwnmytXe2L4tocMJc&#10;LcQuP4ahemQcld8fDrUvKnPmsshUXOanwL1RyVhvKhZ3cjxkWuz0CcDWnc7Y5u6F7Z6+52UnDUhd&#10;vXywxcsPb5CvesgtSHCDe4QI7LRIoiHREHBpiYY///kvSMvIFHcE1Mnp0JmzECtVilvy23fswDa3&#10;ALEKgbeKjqw6CR9jN7xTukk8jCEge0osh+SlhPF53UhpO4L0gQ+ROvwlVC1nEFU4BUlyLUIVWdBm&#10;lCCjqGpukqExEzKVQTwCYMHg7+AOw0Zxh+GnCQZxh4EFw04SDK4kGDz84OkdBG8fCXx8w+DuGw7P&#10;CD1C0vsQT6JB0/M1ZCQaIkg0+CWkwTswjK5bhUS5dnZppZePn5hTwYJhyxYSDButgsF6ztWr3hIT&#10;IW2iISSlAVG5w4jmrbnrTovllsoui2hI7vsCsoo9SEjORWtbF/713/7NWgMX7/VjouGaKKNgMZUT&#10;b5RybVASFgeTU4k0kFGmzkGG+jIa4VxGnfoyMlz8zHUOMlQMqW8BGy4aKQhInc9CTu0ycmqCCCuk&#10;1s8lGZeRIf3VcDqcXhgRSp8DVLjMR0rvSlxGjtdyLsqDo9/+GPPyuwC+LnGdtmvm6+eysGIrG1t5&#10;MaIM7cpUlLMVLnsWHlQ315GIXxyuw9XU5i5Xlc7ulncFj1Kpfni0Nudg+DNB311Bv79MVYLLNBUk&#10;NkpIICbjWomK0tLiKhrlXUa/F/XL5xZ1aM0j15utnmzlGGrAZTQ6vizEhs5C8C/Elg6nyXD6tjK2&#10;lSWN8GxldTnl6apQLQkfggYDwpEKIUaCjEfqdB2XKiKPPMKmPsb9jLk62oQryaFepq3C5YoiyzFc&#10;f/Pqcu5vFhaXq7kuK3EVi/BQtYDrkn8n6pKh84i+aqvP2X5I5Rlhbau29sxlbo/EHru6Edj9b+Hv&#10;7PsHn0PUH5+X25Ol/kSeqF1fztcUTYMVGqDYBimLuCwo31eQcOI7Lo7K8A+F8mRra5fztZDwvj86&#10;GVuMhUQB1uuy8XK4DM/4RYjN1F6UJJyXl4gVoQl4PlSKx8LkWOYbI7jRK1rMLVsUrLr0RMM3334L&#10;lc6AUHKUKhINSkOqWMbjSepn06ZN2OEpgQepwYjSg4ioOAEvXRO8kztEHIfA7F0Izh5FPI2g9a0n&#10;kDv5DfKmvkPa4CfQt52BrOoAQkyt8KXOIE3JQ3JGAYzZRdCas62CYcEjCbc5wcATDX/qIwm+wzAr&#10;GPgOAwkGDxYMJBZ8/cOJCLj6hIkNo0LS+5FQexra3m8ga3oHEQWT8I0zixDSLBai6NotSys5FoMH&#10;dpBatAiGzZSXjbPnnRUNr5Fo8GDRkA5JSj2JhiEhGuLrziCp43OoSDToer5ASv+XkFXuR5wuR2zS&#10;8s9//qu1Bi7e66eKhmvImbBTEruueUbhHmd/PO0XjrVSPV4Mjcfj3mF4gkSYgMrVxuNeoYLHqM3Y&#10;eNQjxI5gPOoejD+RkmYecQ0UPOwaYMFljofonA85++FBJ1/Cn6DPO+kzs8NHcP8O7zm2e+O+7V6C&#10;e7fa8BR/P7jDF/dt88Zdmz2wZHsAXVM0bqL3mzd64Z6t9Fs69q5NboQ7ltH7Qu7c6HoB+P9z3EHf&#10;OeL2DXbw3wI33E7pCzYz7hZs3xG30XECytttlP871u7AXbzRDceo3+6D291DcX2AVMCjNGHUeCRO&#10;Rlc4GXoXM+/JwF1NBvw6nqfiFYm7XAJx5/qduOOtzbh91VbcunYnbt7ggpvXO+PmdU4W1lpYSv9b&#10;SuddutrKqu1zvEm8tW2ONxey9afx1lbcZA/lycK2WZau2UH5IdY5YymVx81OQbjZJRi37PDDLVxe&#10;G50Ft6y35Pnmdb8U6/UTnNYFsTvWApefFS5LO25hqN5uoTZw63oX3EbXeftqC3dudMEdO+k6vCNx&#10;bYiK6i7NIn4Im2CwOCyLI10UoRM7I97qEY5l1A7uXL0Nd60hKP/c3m6jdiTYZG0/or1ZoXo+B8rP&#10;HFSOBMcGEHDeHLCwL1j6C/chC3fR+e/a4oG7tnrg7m2eYonhPdRP76X++gD1b+Yu6p83OwdiaaBM&#10;cLN3NNVrIJZR/7bYBLIPxINsE+hv5mE3+m4Bj7iTTSH7IvC0YG97hD1i22S1UY97SfCEd+gsT5JN&#10;E/iEz7Kc7NtTvhHnwHEkng6MseBPn+lcL5J93KY0YY0mEy8rMvCAZxj1X7p+qtN7KP/n417nANxH&#10;9u1utxDcTnV/i6cFy5JLg4jTsHSn/6UjGjjA0DvvvkujayUiExRQJqeJxwUh4dHkMN3FiNrJLxq+&#10;yjJElh9BePlReKhqhGjg7ayDckg0ZA4gqe4IzAOfIH/6B+RNfou0/g9g6noHya2nIEntgFt8NiIV&#10;Zsh1JqhTMsQkQ9scBv9gyZxgIKfPKxMscxh+yh2GjeIOw7xHEjbB4BcK34Ao+AVGiXcXrzC4SNTi&#10;8UQCOXRd3zdIItEQWTgJn1gjXD18SSxEiJUSPn6BcONYDGLVxnY7wTCXH4toWIU3X3sV26iherNo&#10;SK5DZM4gokv20jlOQ97xBdTdX0Lf+yWMA19DXn0A0docVNU1itUrF/v1o6KBV05YV09cQ2V1LYmG&#10;pS4SvLzTHTKNDidPnEBrWzsyc/OQxdvJ5tuvHuDVDzwLnmfTZyOVAwYRpvSMWYxp6UhJTYPBZBbo&#10;jSZok40CjSEFan0ylFo9lDo9FFqdQK7RksBUQ6pUQapQIiFJjnhZkiBOKhPEJkqpPSUgKp5EHxEZ&#10;F0/CNw5h0bGIos9y+l1IeCSc3ElEbHHHrdQpl5FTeeyNdfANkiCajg0IkcAvOATegcHwCQiaxcsv&#10;QODp6y/w8KH2dQHcvS24efkKXD19BC4eHPltPs4eXoQ3nMT7HE7UF5idru6CHS6uhBu28URcJ2ds&#10;2+lEaXI0OS+s3O6Cu8kwMTxpiic+Xs6PQMjB8J0IdjRiqZ6URqOBcty63Rcv7PSEM+VxE7XttSTM&#10;11H7Xkd9bq0dqzcwWwWr6P/MW9QnBevmWCXeN+At6g8LeZP6yZv0P+aNtet/lNfXrDsvr61ei7fW&#10;bsCa9Zvxyhur8NiKN7CMHNud5BTvWbkaj7/yOjbwQINYRefj438Kjs5ly48l7+sdXpuA/m+5fjuo&#10;fGzlxVjKcH7Zrtu8ldhGnzdjw9Ztgm3Orli9wxkvbiOB4SrB1STcxURImwCcFX/ZuIIExPU+sbiT&#10;nPAbLl7Y6uqBjWQDt2zfiR3OZEMpLRuWtuM625ZsbUu0M9HeuB3O4ULtygbfNnfzpnZshzu3cSse&#10;3B+4X3Af8ef+Egxf6j+MX1CIsO0BIaEIlIQhKDRcEEz9MDQyGlK5AtFxCXCm8zy6mURUgExwB42q&#10;732DBovO7qLfyhTU78k/cX/nvs82gJGRPZCTXVCQfWCUZCtUZDc0hmSyJykCXYoRBiPZGsaUKmyP&#10;MY1tUaawRzYbxfaK7ZbNhtlsGtu33ILCeeQXFSO/uASlvLU3UVFVhYrKSgTFy7A9XoU3pSl4Oj6F&#10;xJk7rn3xLSx5YzOJaxK85+FmEo43v7EJN5E9upEGMDe5hAiW8JLLiGQhGm7ewaIh4dIQDX/729+w&#10;a3JKrJSQashg683ieT7HZdhJxomdo0tIktgzIariKMJKDsJdXiFWS4RVnLFEkUzvJdFwFMbeD0ks&#10;vIv0vneQ1vMusgY+RN7QRwhP78DO8BT4RyaJKF9SpY7OobTeYWDBwI8ALIJh69afd4dhA3VKcYdh&#10;nmAgBy4EQyQ12lg6RywJh2g4eYbCmSqARUNi/Rno+7+BovldRBdOwTsmBU6uXvD1p8ZODX82FgMZ&#10;VRYwLBgc5YdXT7z1xuvYTkrWJz4NEkMtIrP7EF00hYTak1B0fgl1z1dCNJgG6Xy1hxCpzkJpZa2Y&#10;S3KxXxcUDeEyLKbRDbPIX4pFrmG4yofePWNwOzkat0SVaC9fffUV3nv/A3zw4YdWPhLwdwt59733&#10;z+Htd96dx5mzb5/DqTNn5nHy9OlZjp88eQ5Hjx+fx+GjR2fhv0+eOoXhkRGUlpXhIZ9IXBNMHXGt&#10;C17a5ITaphYcoeMOHDqE/QcOYO/+GexzAC+T/TlM79l7QaZ2T88x7ZjJ3bylsj303RS9T01hN/2/&#10;rrEJIdSPHtnuKbjKT4YrQrS4nPob3969SpptEQ18WzosBde40SiGRpLe8UkYGRsnxqhcRjFKn0fH&#10;xzE8Sn9fgMHhkfMyMDT8u9E3MCgYHB7GIP2dnZsLp5AI3OQejhtcQnHna2uxxcsfI5RHho8bGBqa&#10;/d2FcHS+n4KjMrDhqOzsGR2fsGAtd2YX1WladjacyAnfus0XVwYocDnvBRNpFvM4GPGcP8pMdazB&#10;dTuD8cBWd6TkFYo0xygNXpUl2oetrQhsf1s4p53Z2qAVR23VHkdtnVnYX2YOHJzl4KHD8zh05Aj1&#10;ydN0vt0iDP0rQTFYFEN2h7ie6nPZ6xsRr0vBKe7zdJx9v7e3BcxCW3HmbbIhdiy0NwvtkSO7ZbNp&#10;Nhv30ccfn8Nnn39u4bPPBNrsfKwNS8SqcCneConFMy+vwKP334cnn3gSTz39zHlZvvxpPPPkk3jy&#10;2efxyIrXsWyji0AsuSTRwEsubxZ3Gi4R0fDee++hrr4BMVKFWDOexOvBYxOFI99OqpVXQrjzPIC0&#10;bkSUHUZI/jTcZCVCNIRXv4OQPBINqV1IrJqBvuMsUnvOInPgfWSPfIaCsS9QMvYpwk0N2OwnFcs2&#10;g0IjRNwDfgxwziMJEgybhGD4iXcYSDCcM+mRBQM/krAKhsDQBFK68aR8Y7GTRIMTOQtJZj+kDWdJ&#10;NHxrEQ1Fu+EdnUwK3V2skvAk5pZWWvLjKA8ML/Fk4eDsEwb/xEwSDTWIyOxBVMGE2LhK2fUlNFbR&#10;YB76Fsr6wwhXZiK/pAJ//dvfrbVw8V4LRcO8OA0RMiyiEQxzo1cM7tjuh9vcyTDT5+u84rA8KB4N&#10;vYM4evI0fvj2W3z/3Xf45uuv8TVDQuIn87U91t//jnzzzTf44fvvcYLEQ2dHB/4UmIArgrVYusEd&#10;rzt7YWRiF36ga/mWrsnR739XqDxYhP0c+Fo4v59+8gmaO7uxPSgC927zEVzvL8ONAUm4KUiOxfzs&#10;W5Yr6vO6cANuou9vdIvA9Vv9sDUmCT2j48Ig/uWHH0Rd8vVzWV3KfPfdt/ju228wTIKAYxDc6JeA&#10;xR7RuHv1VgSSEOJyYb6ja/nWwe8vNbjsv6N35sMPPkBKTgFWuPjglp2BuIHrkUbeN/B8BxIMzDUx&#10;qbhBosVNvHrGJQx3UR+VZeZhkpw0l8ufqW38EdfuqJ1eCP4Nt+N3yKm3tbbirSgSSNaJj4uojd75&#10;1haoM7LxDR3L1/NLzvFTmbNLDvrnBeD+YrMZX37xBfS5RUIwrA+Lx7agcKx/+UWsfvAurH3qMax7&#10;9qnzsuGZJ7F5+WNY89xyrHj5JTy4fodALLkUqyfIVl1KomE/NTbe/CVGqhQBlmQqvYhLwKsFttAo&#10;e/2mbfCMy4AkZwRhxfsRmDUKl4QCeKd0IKLuPRINkwg0tSG2eBc0TcfEnYbciS9RtPdvKJv+HuXj&#10;nyBUW4a1zsHY6eYrlnBy4CaeM2BbJbFjpwud66cvq+T/z85hsBMMYtKjHwuGKPgFkWCQJCA4PIne&#10;pfAJjMMOj1DsDFZCkjUAWePbFtHQ8h5iiqfhFW3A9p2udN0ecHFxE4KJYzH8WH7Wr1snYke4B0Qj&#10;mFePJJNoyOhCZN4o4quPQtn9FTS9X8HQ9xVSh7+DuuEYQhWZyCooxZ//8ldrLVy81/G33z2vaHgp&#10;jEappPSZe3xi8bJ7AN6icn3aKwLXhppwg08ilnsEQWZMw67hIYyR4ebf9fb0/Dx6F9L7i+nr6/tR&#10;hgcHMUXXyLtxZqSn41GfKFzplYA7yMm+Rm2ypKwcYzQyHaLj+HocpfFrGKA0z0t/P/rpmJ+CLb2J&#10;0VFMjY2hobYG/vFy3LI9GDd6xAnuidTj8RDeiyEGN0cbcVVCDpbEmnBvmALP+kfgLhITV0hScKdH&#10;ONaFRKO4ohK7x0YxNjKCIcqP7VwDTL8djr773ek/h3HK6/TUJEpLaeASJ8PN7lG4zjUCD27zhEdE&#10;LCZHhgVcn8N8t8FBGnM4Oifzc479ZXAZDw0OYO/ULgz19QhKi4vxJtmuq3dG4NZABR6M1OIZsmOP&#10;UH0uJhu8mMTfLVEGPBKUgOW+kbg5RIPF/go87B4Mf7LfowP9mKR2McJ3YyjPtrqcrc/fCU6/j/qi&#10;/fl+DC7TyfFx9HZ3IzMzG6/zZnkhlm35ryXRcDeNtEMTk9DX2SEEIuPQlvwCeuicPT0Ev4vPdv9f&#10;YF/OB/fDIcoTw9fSQcInWmPAhngVtsYp4EZt0WvzRvi+9hJ81r4Fnw1rz4v/hjUI2bAaXvR584YN&#10;eGyrm+AG1zBcHX4Jiobe3j4kyZVitYTWlIl4mRoBQaEWp8mPCna4w1dZKlZOhBbsgX9qP9ykxfA1&#10;kmOsfRchORNi06uYwjFomo8ha+xzFO75M4r3/R1lu79F2eiHCFbk4a3NHti60w3uHl4i7gGHY7at&#10;khCC4WfcYRDLKknQzL/DwJMeLY8kWDAEkGAICktCSKQKgfTuQx1tu1U0hGYNIqnxHRj6vxM7XcaW&#10;TMMzSo8t252EgNnBSyu3WII3nT8/vORyIzZv2ozt27bDh84XqspHuLEOEZldiMofRULNMahINGh7&#10;vxaiIW3ke2ibTkCiyEJ6TjH+8te/WWvh4r0uKBq444ZSxyUeDVdhR7waWn0yYrQmPJaQhpv9lbhx&#10;hwRrQxOgNaehtrIS3c1NaKirR3V1Laorqy1U/3bUzlJ7DuKcdjg6hmloaEB7SwuqyUGmp2fhZWoP&#10;i8jBPuwdiR1RiSgpLER7A2+Nzdsp16Outs4xdb8MTvOC1Fpx9D+G/ldbW4umxkZ0tLWhq7mRyr4C&#10;ITTSfso3Gtc4k2MJ0wo8jNQGzdkIT07DY3EmXBOWLHZGXK80Q5eWASdtJpbFUl16xeMBV+ovCWrk&#10;5hegr70NPW2tVFaNlnKgOuX3P5aGc2gn49zT0Y6ioiKEK/W4xztOCIdn/aMRTgOe3qZGQTsJxKZG&#10;aptU9+cwL80fP6eFhcf9MrhcuU7bqD12tRJN9UjPzRNsjZHhHk8StO4yvCJNQ1BaAeJTM8W6/6Vh&#10;eiyJMODhBCO8dGlQkq1eKc/ArbyG3zUKL9L1y1PMqKI+OdzVgfbmZjpPgwU+5+8IbxXN207PtuPz&#10;MLdFdS39rg4dVAaNVBZZWTnYmqDH1QFqwVLvWDzlHYpEjR5NlWVoEvVGbZ5/66B/O8axPXHMhezH&#10;nA1a+BubXeD/VZQUQ5WWBd/UPOxQmrAhUoatLh7YQf6B58XtpIHo+XBxcYUHsd3FHatcvPCws7+A&#10;d7m8Opx3/uQll5eQaKilCg+PikFsolIst4yOJwfrGyic4eZtTuRogxCY3IToyuOQ5E7CL6UD7vJy&#10;+Jt7EVXzNkKyRuCvq0NMwQh0LSeQt/t7lB74F5SwaJj6GqXD78I/MQ2vrtmGjVt2wNnZFZ48mUbM&#10;Gfh5yyrX0f/FI4kFgsFyh+FcwRAcoYQkSougcCV8ghPpWsKwg0RDWNaQmACZPPAdVG3vI650j9gX&#10;g/PHaW/5UcFgFS+U7+3bd8DN1Q2BkXJEaIsQYapHZFb3nGjo+Rq6vq+R3P8V0sd+gL75lFh+as4q&#10;xA9//uPvNNjPaXjJnwyWr0LwvDIHseVNODS5C7v6euGkMOH+IBUu91DilcRUSPPLaZS0G1/zc8Rj&#10;J3Dw0BHMzBwUHDjwUzl0Xg4eXMjh+Sx8RjrLkXM4efwEPnrnbZw4ehRjE5Nw0ufhWhINL8VokVRY&#10;iZOHj+DTs2dw9OgxHDly1Ap/toP/R/Ax8zl+fo7NcWyWE/M4Tnk7fvwkTpw4P/x/TuPds+/gu88/&#10;x6enT2JqYgI7MsqxJMyAK92kWJNgFtTXN2KIRkzd3b1YLU3F9V6JeCxWB1lhOT6enkBJdT1WxiXj&#10;Dj8FbvVRYac+BxXtPfjrR+/hh08+wukzZ8UzZD7vyZOnfganLwofvfcBvvr0U2ojB5FX34onQ+RY&#10;5h2PdUkmlLX14G8ffyj4+J13RGj8U/w83BEO0r4YHD9xisr2FD776CN8+8nH+ODoYRS2dgkekqVj&#10;MQnzq10SEWYmIdfZiT1Dg8itrMM9fjLcEaTAS+pMVDS34+zEGGIyivAoCcVrvZV4KsaMqNxSjO6a&#10;wn/78lN89t57lusn+Hw/Hcdt8HwcZ6h9OsbWvqmt27C2+5P0u08oj++S/RjftZvsZQ2uIbvD3B0s&#10;xxqZHs2dPfj4xDGcPWXJG/+O+5WtL86ysK8KLP348EIOL+SI4BAhbMlCOyOYs0Nz9mnO1hyhz8cP&#10;zKBjeByK2g7sMBbgGfI9z3uF4EVnb7ziGYQVPiHnZSXxOsE7XT7lF4m7PcMFvGrtGhKLi8RESL9L&#10;RzTkFxaJGa0xUhXkWiMJiHh4ePpgw7p12LLTA67BMjEyj6t7B8EkELx1TfBQViMgfYBEw1kEpfeJ&#10;lRVxRWNI7noH+dN/JtHwT5Tu+wdKdn2Fwv4z8KWRzoq3eIY2OdkdO+Hi5iHmDFgCN/20RxIsGDbS&#10;7/muBD9GmJv0OCcY/INi5gQDCYWQKA1CYwwIilDDJ0QmRAPfaQjLHoa8+V2kDH4nNpGKLyPREKHF&#10;+o0kFkgIcLjqC+aH/sePUrZtd4IrqUNfbz9IYjWINpQgKrURUVk9QjQk1hyFundONGSwaGg9DQk5&#10;ZA7V/f0P82OHX4zX+SZC8u0/Fg1XUKdllidlIKy4Dkf27ceHhw6ghgyVe0oBrvdX495gDd6INyK7&#10;sgH7dk3io9On8QE5G+6s3DHnHO+vgDr0/O8cGYY5jl6A0+TUPn3vfZygz8Mj49ihy8W17nF4gdpH&#10;Yl4ZdfiDQjScEEaNHPuPiIFjP4d5gsGeOQN63B6rkRVY/8/G+ezps/j47bfxzbtvo7NvELHZJXgq&#10;2og7AtV4IdoATXGt4L0jh3B4zzRayOC+GZ+M610i8HhIIuR5JfjyyAHsHR9HRlUjXqf6XeqvwmNh&#10;OvgbC9Hb249Thw7h648+JHHyNp3fYvi5TBxzcgGOjrEw75p+JR+88y6+IIe7d89eZFU14IkQBe70&#10;isPqxGQUNrbju3dJWBEfkDNiMSMcm4N0Lhb2ZcD1foqEwztUvp9THk8fPozixja4GvIENwdq8IBE&#10;S9diRg0JoA+oLg9O7UJaWQ05kRgs84nDSmkyGqhuvz91DF09/TRAKcP9Ecm4k/rk85EGaItqsJ+E&#10;/vsnT+Kz998XnKZzHjtG5cBQXZ2fc/P/o9ja7QWwb+sWjltFw/t4h0TNyNgEInIrZ0XDMrJNqxJ0&#10;aGjrwIckqt4m0cDiz/bbeTjqc1Yc9d1z4b5usROO7IqF+baIxQZ/f4b6JHOWruXE3mkhcjic+lpT&#10;Me5X5OKuMA3uCJBimUSJZWHq83IXcXeoCndG6HBrjHF26emNvHqCA+yRWLwkRMP/9//9f/iv//ov&#10;pKZnIjAsEjEyBRJ5Iw76zPMZ1q1eje1ugWIZYWTxHsQ3fYjAtD54qWvFnhOBmSOIqjqJQFM7fGT5&#10;SCjZBVPfRyjY8xeLaNj/DxSNf4nsrhPwpFH8K6+vxZp1G0W8A457sG07h2P+6Y8kxLJKvsPAcRhc&#10;vYRgEHcYrI8k5gSDTNxhCIlUQxKtR2isEUF0fl8akWwn9bYzWIXwnBExl8E4+D207R8gsXwv3MM1&#10;WLvesqyS961wlA+G87qBRAULHhcXD3h7+SEoUIJI6syxKeWITmtCVHYPovOGSTQcEY8m9P020fBn&#10;JLedgUSVC31aLr77/hITDQHRuMJPKXgsIRUBeVU4OHMQf3//HXxCnTeHRnZ/ijLgJi8ZlrjGw0WR&#10;itK6Jrx/7Bi+4JH8CerUogMe/cks7JCzcMf8jThNBvFjcjZHaaTQ1z+IbZpsIRqejVAhNqsIh/bs&#10;wYcnycBZ836ERh02bCMRAY0qLjaHDh7BCTKW75Ojef/EcZzdvwfSnFI8GpSEpVQHfwpQItSch76h&#10;EcH/7/uv8e7xY6hu7cRrsTpcvzMEj/tEQJGZjy9o1Pb1qeM4sX8vwnIrcLdEg8WuCXg0UIloYza6&#10;uvvw5w/ew/skAtmQctnN5eWwHfPzOIf9Mecydzfol/M2OQ++i7BrfALmkmo8RqPSO0g0cNz/7OpG&#10;fEbXyLxNZcDXIEaRDtL5vXF4/dT+TpOD+ZDE3zuHqS329sFJlY77/GSCa50T8AbZK0NRBY4fPIj/&#10;9sWnOLx3L/T09zL3CNzlEYHXo1Vopnr6908+wOfHj6K1ux+r1Jm4xU+Oy7dFY3WsAenF5TgwvRvf&#10;vPeO4Aydk52c4zr7YzhG+fmA2vTp48fRNzAMCYkfm2i4M4D3uVGjurEZ78zswxk6hsWfxS7M9U0L&#10;8/v674rVNnGb4rb1/rvvCt4hu8d3hEoqaxCYkoUVplLcbqrDYmkeLoviIFaZEJFWL0QcIc3HZcpS&#10;8HbYDE/yvZZEw7Vkqy8J0fC///f/xn//7/8dGn0yJFFxiJVZ5jX4WZdarl29Ck5+UQgy1CKm6gji&#10;mz+kEUkHPJVV8DV2Ijh7XAR7CjA0wCcxEwmlkzAPfIaCvX8VoqFs5l+QN/IZUpoPwzVUjZdeXY3V&#10;a9aLXSp5GeNPmWRowS40tBAMju4w2B5JkGAIV1gFg45G/ykIjTcjmBydL6m9HZ6RcApRk6odFXMZ&#10;jEPfQ9fxIaQV+4RoYFHjOA9zsMhh8cL7UHh5ByCQBEN4aBRi5GbEm6oQk96CaBINUbmDSKw+LGJB&#10;8NLO5IGvkTn+Z6R0vA2JOh8acy6++e4Ha21cvNePigZ/Eg3E44mpYse28YlJfH36JL46exrDw6NQ&#10;5BThpRgDrnaX4j5yOs6GXLSTwj6+by8+OH0KJ0lAzBw4IG4fH7xEOE4d/X0aeR7cP4Punj5sVWdh&#10;sUc8ng1XIiajADNTk3jvKBkgq2G3/+38xykXH3ZAp8hAfUZ1sGt0DOmlVVgrTcUt3nLcFyDHNhJu&#10;9U1tODkzI/jHF5/hKJV/WWMrViaacL1nHIkC6t8kUk/snsTn5FA/P3Ma9e1dZOBycG+QCjd6J+HR&#10;CD0S8ipwcGIMp8lhvUsjVS6PmZkDggOMqFdL3TrG/pjfh9M0uuW7CGNUFqbiSjxqFQ2vx2qRWVUv&#10;xC1z+ojFUVvq0HFaFxO+tc23slnQfUzOvo36TGxGEZ4M1eEOnyTBIzSijMkoxtTwMD46dQLffPA+&#10;piZ2QVlQiTv9pLjLLxGvx2nF44mv6P9fnTmFg3v2Ir28BhuTUrHIPRF3BqqwUmZGQV0zjk1PCd6h&#10;PnmGyu2AeHzI+VlYbxcfvqX/3imyF4cPo6evHyEZJbiGBisMi4bXY9SorGvEGRrBnzxCTpr6sH2/&#10;/COw5P2A6JM8wPiI7B0zw0tl8woRpE3FeoUZL6SU4IG0Olwvy7Usj42zxEr5MThaK0cCtYTv182K&#10;hsWBciEatkRJ/1jR8G//9m9ibWmiXIWoRLkIn8xRIHlFw7btO7B2zWq4hiQhLKsPcbWnENfwHnz1&#10;TfBQVCAgfQiSvElEFE4jSF8Lf2kWpOW7YR76UoiGsgP/gnISDdlDn0BdO0OOWkmiYRVWrbbsPrlp&#10;0+YfnTPAzN1h4EcSc4Jh/h0GO8EQYREMISwYYpIRGmdCaEIagqNT4BuqwQ7vaDiFahGZNybmMpiG&#10;foCu8yNIK/cL0bB67QasXUvn5m22z8kPh6nehM1btolHK55efggIDENoaDRiohIQT2o/MbWWDEGb&#10;RTTkDJBoOARd/7cwDHwrREPWxF9g7HwHoZpCqEw5+Pb7S1A0BKgEjyWa4Z1Zgu6+Abx7cAYf0Cj3&#10;MI1eBtrbEEDO5i4anV5Lhu6hcB3iM4vQ1tFFo6eDOHHwgLh1PD09jd285vsS4MC+feREjmDP5CRa&#10;2zqwSZWBxZ4JeJoEZkRqDnaPDOMkjb73Ub73TO9xmMbFhstuz549OExG6vjMfhwn419Y3YANiSm4&#10;P0iNG70UeCM+Gaq8EuwbHcWH5CSZT94+KxxNAR37iiwN1/kl4U/BiQg3ZmJ6oA/vHNiPT06fxv7x&#10;MZRV1WKN1IRb/RW40isJb8pSkVNWibGhYTESPrx/P9XlHoGjPP4RHCVBc+boUQz0D0CfX0rXJsft&#10;3vF4LUaD1NJqvEv1yBwlEcvt8FKoT67L/Xv34RgJBxbX+0ZHIM8pxYpovRB/D5CjZ3YqzSipbcSH&#10;B/bhI76rRM5+oH+Q+mgZ7iBxtyxIjtfitcinun173x58cOwoCbwDGO/tgSK7BA9LqF34ynG9nwI+&#10;yTmooZE6c5j64ulDB0UeuDx2T+12mM+LCfe1k9TGDu3dS7ajE4FpRbjGXyVg0fBalFKM3I+SiD1E&#10;/Xf/vv1/eF1yPe6emhaDD74TdHTvHkFjcytcYlV4LZzqh8Tb88ZSPJpRJzbuuzzKZAkFbg3OdSGu&#10;5L1EFAUkFLSCG33jLQJCiAbeGvsPFg3ffPMtpqjxRMVKIVUZECtTQBIRA1cPT3LS28hJroNHpB7R&#10;xbvFNtIxNWfgramFh7wcwbmTCCPBEEHON0RfjWBlLpKq9sI8/DWJhr8J0VBBZAx8TGJiD7aTgn75&#10;1dV4a9UakS6LgZ9yh2E2DsM8wWAXuMmBYBB3GEgwSGKNCI1PRVhiBoJjzPCjwt/pGwdncpSRBeNQ&#10;tX8A0/AP0JNokFXO2IkGEgwORAPnmTer4tUVHp6+8A+QkGCIQVRUIuLjFZDqciBLr0dcVrtVNPQL&#10;0aAnwWAY/BYpg98ga9dfYO56F2HaYiiN2fj62++ttXHxXhcUDUExuCJQI/hTvAlu5nw0tbRhZnQY&#10;k2Pj2E/HnZ6eRGF5FVyTDLjPT44bPWR4ksouOr0Au/t6MDM+ir3knEeHR4RhHxwYxNDg0B/K+Mio&#10;GA0M0YimuqYO6+SpWOydiKdC5QgxpGOgs5MM+TBGOCgPOUxHaVxMBokBYnRkBMf27MaekSFUV1VT&#10;/0vHzV5yXOcpxd2BCiSm56O7tRUHqV6OkmNnDpKw6+nqRkZJBV4k4Xedv1ws0QvWmTHS2ozpoUFM&#10;T07h6NQkpgb6ockqwOpoLa53pVGqb5LYnjmztAqH6Jwzuyawe8IC52vgEqjLqfEJzOyeQltrG5SZ&#10;+XiYRMNtPglYEamEngTU4dEhwRQJwUulLvuJ6fFxcat9oKsLqTQqfTM2GTd5ykj8SfFmQrKguLQC&#10;wz09oh7Z0fNvWsghxVDfuj2YnCmJhldoBJ7Gjx+GBzA9Noa9VPfHp3ahicRBgNqIp4KVuMolkcpF&#10;BXdthqCtuQUHqH3vo345MTqG/kugX45Q3eyjvO8aHkZtXQO8U3KxiOwOc3tAElZEJCGnsBjTPV3Y&#10;Rf2A7yw5SudiYuuXB6kcj1KZNzY2CaLIhjzsGoFH/KRYp8vFitQKPJZRK3YW/U1Eg5jTcAmIhjNn&#10;zqCiskpEZUxSJ4tNo3iDJidnF8uukhu3wJsuJJ4fTdS/jajKY/BSVcFTWYmw4hlEFO9FeGYfQnQV&#10;CFHmIal6H1JHvkEhiYZyEgyVRHr/R0gomxYrFl55Yx2JhrXkkAmrKFjomG2wg7Y8ktgxt0pCPJKw&#10;Fwz2cxjOFQySuFSEJmQgTJqN4Ng0+IYb4OSXANeIZEQVTkDd/iHMIyQauj4iwXNATIRcvW6jQ9Gw&#10;fsNG8HbYOygvbu7e8PMPRogkigSDFHFxCshkWsiTCyDPakJCdidicvqEaJBaRUPy4HcwkmjIYdHQ&#10;8x7C9WWQ02j9q2++s9bGxXtdUDQEx+GKIK3gERINLsZc1DY0YorEQH9vH8apgx8hZ8NL8zLJ8K2P&#10;M+BucjQ3+9AolUa9ZvqunQzUfjJQowMDYjlvdzfP5Oe10X8cgyQWpmh010PioKyiCmtkJiz2keJJ&#10;CbV5rRldzc2Y7O8Vz5h7e3odpnGxsJUXr7MfJwc/RflioeOvTcXyMA0uc5PhkRAalSpMqKiqxW76&#10;/xQZ1SmO3UDsputsa2mFuaAEzyeYhGh4mERDoCYF/Q11GOnqJOc/hD3j5HDIsTbV1SHelC2czZ0+&#10;MiyluvQicVJaRg6suwvTw+TwCM5PD5XNH12fo2S0d9N1NlK7lKXm4CESDbeSaHiFbICaBNDe/h7B&#10;aB+vp+8TeXaUzu+NKKcuXvvfixFy0LtIoE33dlO9lGJDAvWbACWWeMvxYpRWPDpihtrbScgNYIJE&#10;7iRdI/chXtIYac7FbSQC7iDR8FKUCqZ8izMdpmscofI4QOJuuLsbpSWlcJebcTfV4W3eSSSKNQJp&#10;aq5YFs3P3ScIUS7df2xdclwHFgx8DRUkiD0M2VhEdoe5nWzTy2TX03PyMdbWQsf0CaHjKJ2LAZdR&#10;F9XlANmRcRI7u/rJrrW0ICY1T/ByuAo3bA/DgyQaduiz8VpaBR7ObMCNJAB4Z2AO4c47kv4ocjpe&#10;ZTenwdf6eIJFw04SDdGyP1Y07J7eA7VGh5CwaMhINHAUSF//IGzbth0byUFu2uoMf3mhCIKUQKIh&#10;svQAiYYKGu3UILLyOKJK9yMstRUh6mKraNhPouFbFO4j0XDwX1B14J9I7/sI8aW7sSNEjZVvbcQq&#10;Eg0cQdHx7X+rg15vncNgv6zynDsMLBjiHQuGOKtgiE9HaGI2wmR5CI7LJNGQAid/KdwijYgpnISm&#10;wyIaDN0fQ15zQEzWXLN+k/XxhE3YWOAVFWKlhJsXfHyDEBwSicioBMTFKyElwaBQJkNpKoEypxWJ&#10;eT2IzetHdO4ApDWHYCDBwKs0OIR0LomG9N73EWGohMzAouESu9PAoiGYRAPxcJwJTsk5qKqtx3h3&#10;JzncLtF5+qjjTHMQGfpOlp6LlVEaLPGUk8NJwsrwJJhzC3Gwv1sYSe7onfS79vZOdHT8cfRSvtkB&#10;d7a10WiuHKtJNFxDouEJEg3+GhPaGxswRg6ym0bonF9HaVws2to7BBw8a+/wINpqqhGTnI5lNPq6&#10;kkaml3sr4KJMRTk5CM7zHjqO7yz0kXNi+HfNTc0w5hXhORYNAQo8FJgAf1UyeuqqMdjRhm4+lupx&#10;mITAvsE+sWbeS22i8tDgCjcl/hQoh6tUi/rqKuwjB8yMkuNjZ9NOeWt3kO+LBd8tmqC2yuvjE81Z&#10;eNAqGl6OkEOZkYvd3R2CISqbrj+4Prkeue3tGxvFSGcHqgoLsF2ajKs9pbiC56SE6pBgzkZzXa1g&#10;P4m4cRIKbdRf+DrZWdbU1CLclGMnGpRIzi3Crs529HfN9Unub0eoLlNJLK6K1WKZH4kS6pfMi6Fy&#10;xBvTMdnZht0D7IAH0UW/47p0lO+LQTflfXRwAP0sdsor4a7nrb0touE2sk0vhUmRmpWL4eZGcQy3&#10;2T+qLrm982PNEeovRyYn0EX2IiU9G8+Sz2Cuovq83CUafwpOgjeJ+zfSK3Af+YLrNeW4LDEflyUV&#10;4TLFhSi2oKbjddVYHJEiEKKB2sjiQAWW7ggQUVz/UNHQSw0tPJqjJkZBqtQjNCJWhE/m+AwbN2/D&#10;NhdfBNEFyNs+RlzNSYTlT8JbWQFffSNiak6LDZkkhmoEKcgpE0nVM0gd/W5ONBxk0fAh4kqmxDyC&#10;19ZswarV6y4oGsQdBnLQPIeBR/Xz7zBYQ0Nf6JEEC4Z4vsNAgiEhC6HSXIQlFZBoyIZvhBnOZHjd&#10;o8yILZ6CtvMjEjk/ILnnE7EfhFeUAWs3bJ4nGmwrJXilh4urJ7x9AhEUHIHwiHjExilIMOhIMKRA&#10;ozFDk1YJVT450oJ+xBcMISZ/ELLaw5a7DEPfwTxEomHyr0ijMolIqYY0JRdffv2ttTYu3muhaLAF&#10;dzpXNBjhTKKhmkTDBI1Oe6mTsxFmJshAsfGpqqxCVEomHpeocbuvHHeRg/JUp6GMHHM/jZomySj0&#10;9fSgY2FnZxFxDmTAfic46hwb445WB6KBnGV7fT3G6Bq7KZ+dIn+O07kQwpkyZFzOT/sF4VvuXZ2d&#10;GCADOdFLo5zWFiSm5+H1OAOuJyezzF+OlZEq6GlEPdjSjBG6riEasXXSeftYOBC76DqbaRSeQuLt&#10;uQQjrrWKBj8SDV01VRigkRs7DDbAvXT8JNVlb1srsvOL4JRkxFJvGe7wTcLTYWpyytkkHKoF4z3d&#10;GKFzsQD8Kdfye8FlM0ZitKa6BgmmzDnREC6HIj1HOEZmoKND1OUfkde2VoLeWczx44YpKrvSimoh&#10;zB6ncr3KQ4ZHgpVwlhtRVlaBofY2wSiJhD6qG/79IF0nx9uorqpBmDFbiIbbSTS8GKlAck4BJtpb&#10;0W+9Rq5LPnYfCeMGElPK1CysiNTiFqpL5i5qNzwXJrugCJ1NTZgeHMSAVTT89PKxHfsj2PcFwlFf&#10;Yboo36PkhPsp73xXy12X6VA0DDU1oK+TRAON9H9vOzEfi13ia+iiPA6QYB6jPjlFgyVDXjHWS1Nw&#10;Z4hWsIRs33K/WGyL1yAmsxDrU/LxQFImbvaNx7VOIbjBI1KE5T8vntFY4hGFG+j464IU4rEEs8Qn&#10;DtfyXYdAJW7Z4Q8n8jksGvYfOoKSmjr0kJC3f1nlgeOX9Zhf9WpqaSUHHIIgSSTiZRqxuyNvA80h&#10;kTdu2YmdPmGQmFug6PoSsZVHEZI5AG9VFfxT2hBX97bYryFEVYBAWSYJh3wSDQeQNvo9ivb9fVY0&#10;sIOMLZ6Ec5gOb67fLlZPnE80iEmP4g7D/EcS9qGhf2wOw6xgSCTBkJiDUFk+iYZiBMXnwjcyDS5U&#10;IR4xaYgr3Q1d18dIG/kzUno+hbLusNh7Yt3GrUI0rLWKBtuqDctKCX8EBoUjLDwOMbFyJNJITK40&#10;Qq1Jg16fCV1mLTRFvZAXDyGxeARxBcNi588UEgym4e/EvhO5U39F+sDHiEytR2JyHj7/8htrbVy8&#10;108VDY+waEjJEc8bJ3uo05CRESNx6uxD1Nl30fFTNKKrKq/A1qQU3B+ixpXeGjwToUMIjd4baIS0&#10;n0Y+rM55hGoTHNwBuzrOR+cCrN/zb34C7PQd0U8GmPPbRcaPDRSLBtvjiQASfB00cpigkSk7UT7+&#10;3Hz8OMJ4M2Rozg8Z+QvQQfkborKaHh4mJ9KKouJSvEnG/pYAFa71UWFllA6qZBPaaFR6cHiQHBKP&#10;vix1MkhOg5mi62wlx8B3GvjxhBANQYmWOw211cI58S17/g3ne5gc8AQ5q11tzdBm5mF5mAK3cORP&#10;XzVWx9L50rIFIyQ2+DEV383opnOyQXV8jb8vXD4T5PTqqH0lmuzuNJBoEHcaujoEQ6IeqWwcpPF7&#10;IhwOOU8u3zF+1NBPQqCR+ntaLu6RqKhcadToo4RTogGZ2TkY62gXd+4Y7l8d1N45nRGqExbeVb3w&#10;AAD/9ElEQVRpC+80vBilFIJwqpPaCglMbq/cdlhs8K3zcRK/PXU18NeaxXwP5lo63wPk3NyTklFQ&#10;XIbD1C/HKX2+9c79a2E7dIzj6z0H7gN2LOwnNngQwkJ+kK65vLwSHrq5Ow22xxNpWXkYaW7CAD/m&#10;6SYbssAe2Pdxe+xtgkNs6cziKI+W//E1sVCdHhnBKJVta2UFXGhgdHOQimyoTvCIRIvAWBmSkmnw&#10;WFqLbeQTHvaNxl1vbsQdz74idmC99/V15+W+V9fi/hWrcA8df+d6J9xKAoFZ4hUN3uVyMQtG+ps3&#10;DPyP//xPmAqKsdY7ECEJMqtVt7ys8sDxy3rMr3rxcyQf/yBywFFii2r/QAmcnF1FUKfN213hRgY1&#10;PKsPyp5vEV02gyBzB3x19QhK6yXRcFYELwpMNMMv3oxAFg01B5E29oMQDRUkGGZFQ9EuuJBzemvD&#10;DqxZuwHr1rBDni8axCMJ2x0GDtwk4jD4Wx9J2AuGRMovR3q8wCMJvsPAgkGaR6KhEKHyUgQl5MM3&#10;KgOuIRp4xmeKYE667k9I5PyAlN5Poao/Ah8OtbuJJ4BSnkjU8EoJXhrq5OQGDy8/Kp8whIbFIjom&#10;CfGJGiQpUqDSpENnyEKKMReGnAZoS/qhLBuFrHQC8cVjUNQfg5EEg3GEhYNFNGQMfoLo9GYSDfn4&#10;/KtL7E4DT4QM0gh4IqS7uQDNrR2YGR3BuJgkOCImAw3TZ55QdZCjRZIBz6dRlJM6A9d48/wGGZaT&#10;cVRmWkITH6BjDuyeFss1mcFBSoehtBzC57HCExPPZRSj9vAOjeeD8sjwagKepc2rAuobmrBBkYrF&#10;XgnCQYYaszBKjkhEvqTjJsYnMD42fg4Tgok56Lhz4d9b2GUPpXsOuyYtWP+empwSs8NPzOzHOwf2&#10;obS2Ad7qVDxEo/47PaV4LkJLdVWG/WMjODQ9hSP79mEPlesk72pIHNizV3D60CGM0nXmV9fjZVmq&#10;WD3xSLCURquZmO7vFXW2d+8+MRN8ks7J7wepbM4emMEQjVwyyqvxqjQVV3vKsMxbik3xBkFZZY0w&#10;nO/zDqL7ZzAxweedwtRF5tD+/ThJ18jzT3R5vHpCYVk9Ea2BuaQKZ/dMCw6JmfZ7sHtyt8N0fg9E&#10;XVC58Ez7A/v24+1DB8RkRZ6guS5Ojxuc4/AQibj1MjOKa5twcNcEjlDZH6D6YHhiOtcJt4XDMzNi&#10;9QoLvMScUhIMSrF6YmWcFnlV9Ti9e0r0q+mpacv56Td83qPULk7t34smEi7RGUWC+0K1uMFbhgf9&#10;ZQhLycYACZVD9Pszhw9jL/1mgtrfJGNtS8xc+7SxoP0ydm3cvu1bWNA3ZvuOpS/x+Q7TNe+lczQ1&#10;t8LPlI9FAWrBHWSbVkYqUFBSTgMPElR8LjpubHQcYyNjYlKkrW+P0t8O+76djWCbMYcjm2Jnd2Zt&#10;EU+kJbtH5+QAdqf37BarJCSGdDwrUWOJeyKeCtcKfHUZqCsrR1l1HeLKm7BNnoJnXXzxzAsv49lH&#10;HsYLzzyDF1944by89NzzWPHsM3jhxZfw5Ktv4h7e6p1Y4hEpdrm8hs535w4aQJNo+Oc//4md2lTc&#10;5B+P5T6hVqtueVnlgeOX9Zhf9Pq///f/4n/9r/+F3LwC+AWEIiQ0GhHRCfD2DRB7LqynUfY2Fx94&#10;kxOOKtwFVe/3IrgT7y8RkEKFlk2j6LoziMjuJ0eshg85bX9FAZJqDyF9/M8o3s+iwXKnIbX7PRHk&#10;yDlUg1UbtmMtT35cMF9gg3XSI+9weSHBECjuMFhCQ4dEamaXVc4+kpgnGPItgiGpmERDGYISC+EX&#10;kw33MAN8pLlIqNgPfc+nQjQYSTSoG47Al9LZsHm7JVQ1wSsldlJ+PDx84ecvgSQ0BpHRMsQnqCGT&#10;J0NJalJryEayMQ+m1CIk5zVBVzoIdcUE5BWTSCzdBWXjcSEaTCQazCMkGnb/FZlDnyA2qw0JKQX4&#10;9IuvrLVy8V72ouEGR6IhUC14LMEMz/RitHf3ismPu8kwsaMYJ4MwRp2f39l5HONtcYeHYCyuxJMR&#10;GjGR7loPGTYnmZFWUimM5gkyfnvIgDOTu3aTEWEjNEWGwAFk/Bg2nhbYkM4xZQ8ZWXt4OdQsZAxt&#10;zFAeTx05KlYNWJZcpmOxZzyeDlciMi0Pu8n4nCKnycu62KHyUr29e/id4L+JfYL986HjGf7d/n30&#10;eyqP+RzAjA1rvINzsYTePnr4CN4+eZIM+SEcmNqF+OxSLA9V4zbXBDxBjiYkOUtEefzh/bfx3ilL&#10;oBtLWFvLGvJTx44LOGoki4mypjasTErHdb4y/ClERkI1D4fJSZ05dFBE1uOodgfo97xtMQfk+oh+&#10;9+6xI1TXE4ikc98bosK1bgl4MFApCE/NRyuN9r56+wze4xgO9Htery7iD1xEzp48JfLKjsgkgjsp&#10;cIdX/Gxwp0+PHxOcpWuyBTQ6xCF/BY7T/K2whRo+dfwE3j11SixzbKMy26nJwMMBctywI1YEXzIU&#10;lmEfOW2O7smBl2whjW2/53LlKIjcHkbJaSkLq3En1cFdgXK8lmhAaWMbPjpyWLRpy/VZ2sF+ak+n&#10;T5zAJ1Q+p6k9t3R0CzaoMnA7L6t1icfr8SkwllQIp//ZmdMiBgiXDcdwEHAsAmubdNxeD4h2PR+7&#10;Ns/9gLD1jVlm+42lL83Qsae5jii9jq4eBJGtmV1ySbbptWgVSqtqcWzXuBCKnPb09F4hBIUYFFj7&#10;uH2/t2JvJxbakPlY7IzN7ggbZLVN/NuDlHcWoLxMNrmoEs+Ea3A3DYzu9pLBU50uKCChfYDETWtX&#10;L0LLmrFNpsfrTh5Y++Lz2PjYA9j03HJsevG587L1xWew4/nl2PjS83h95Uo8tGGnYImbZZfLRTTY&#10;XUaiwVuqxl/+8hcaDKSIFRl3eoZZrbrlZZUHjl/WY37RiwXD3/72NxiNqQiSREFCo2fe1ZK3hOZJ&#10;kBvWrcVOzxAEaioQW35AiIaIwkn4GxoQnN5Ln3cjvvY0wtI74UmOnCcQ+imKSDQcQfrEX0g0/AOV&#10;YiLkP2DqOI3w9A44Bcmwev0WEg08ip8TDetJRFiCPf3UOwwWwXDeOQw2wSC1CoakUkjkFQhOLEFA&#10;XB68Is0kcIogrToIQ+/nYi8IU9+n0DQehS+NrHnvCb7DwHEktu9wFislfP1CECKJRiSvlEhQQSo3&#10;QKE2Q6PPgsFYAGNqMVLTS2EsaIW+bBiaykkoKqdF3ApV80mLYBj9Dqmj3yKPREPWyGeIz+sk0VCI&#10;jz/7UkTmvJivHxUNpPQZjgjplVGCrp4BHJ+etjj8yWnqTLtn2T21h0a3+3GGDNRgP6+bLyGjZsYV&#10;XnLcSkbuLZkJpaS+91KHO0mGkDlIRoZjze+y67hTlK6AO7sjyDDMZ4/AYjguABkZhg0UG8dpEhat&#10;7Z3WOA0W0RDBooGEDYuGfWTs9pBhmyaxsGceJHps0P+ZvReA0zkvlBdm1sBSecwcOISTR4/i89Mn&#10;MTw4JMrxdWrbN3vLcS+NMF20WWhv68QhGkG/d+YMOfmj5CAsTkIYbXrnAFYMBz7i0XVJQytWCNGQ&#10;JERDFF3nwfExEQCKnSnHzmfHwOlwLH2OvX+WHe6p42hq70KYORcPhelwra9CcB+NqCSZxZgeHsSp&#10;gwdEPlg47NtvdTDkbC4Gp8gpvn/mrHCmxuIqPMp3Gkg0vM5LRasa8PHRI4JTR3gvgSPi2hyl85ti&#10;LccZdvpUJu9SHt87ehj1LW0INeXi4RAt7vBT4mEJ2Y/cMkyPDou7Je+cOi2c/v6ZQwKLo+Y0LZEj&#10;OSDT8PAY5AVVQjSIOA0kGoqpbj8gQXLikGVvBPEbqwPn6+V6ee/EcXE3ismtbsAOavM8L+bmACWe&#10;JOGSVlGHI5O7SFxZIqZy/vda07BHtFf79usQizBw1Bds2PqNrR9x2+c+eZjOwcHhAtMWiIYYEg1k&#10;O46R0OW4CJwXIRqs2Pq2wFHft2KzFRas9sORjbHCNo6Z2r0X+ym/Z6mcJ4dHxGqkTVITbvRIEgHR&#10;3pSaUVLXIthP9u3A2Ciq2rrhX1CLnTSo3OQbDPcN6+H/xivwW7cavhvXnZeAjWsh2bgG3vR5y6ZN&#10;eGybu4B3uVwUzqJBjWVO/vCSqfFX8t2vJOhwdWQylrkGW6265WWVB45f1mN+0etf//VfcYpUrExO&#10;o4fIeBIMMWKpJe84uXXrNjGnwdkvGmGp7UioOQ5lzzcIzxsTm1KF5owguvwgEupOIzS1Da4B0SK+&#10;gZ+yBEl1R5Gx668o4RgNM39D2e5voKkYg0+8GVvdA7FazBXgxxKWRxM/9Q7DeQVDrMnxIwkWDLJi&#10;SIRgKEeoooo+lyOYd+aMzUCQuowEzmEk931BouHPMPV/Cm3TMfjTyHrTNmcRvGnbNt4fwwve1pUS&#10;EZGJiIunDk8KUqEykWDIhN6Yh5TUEpgzypCeVQlTUScMlWPQ1kxDVbMXSZV7oG45DfPI9yQYvkca&#10;iYb83X9DzsjnkBb2IT65CO99+An+z//5P9aauTivC4qGAHvRYBaiobO7H8d278YedvDs7FmFT0xa&#10;7zpM0uh9GifIaR2YnMRgVyc54UI8aA0ycxc19mBjDqoammGLI3CERhncOVnJcxqWW59z6v73YC8Z&#10;luNk0CfHd6GZDPlGJd9pSMDTYQqEm3Owa2gYx/ZaRjAWwzE3SrFARsSOST7GamTOhY53+P18xGiI&#10;2EPG6RAZRDbuh8mIp5fXYVViCo0qVVhKzpqXhyaTc+RYDOzweSTIQmY2Hcozw4aV4RH2+OgYCmoa&#10;7YI7yRBhysbewQEcprrcv++ASMPeuE4Sh6ge3z12FNNsAOsasZUczV3BKsE1PnK8kmhCSlGZWBVj&#10;Cf5kS+fChvu35AjV42lr0CN9ftnc4wkO7lRWI2IhMOLxDRl94WAcpPNbw06J7zgdIzHAe3+MUhlF&#10;pxfieRpU3UDO+pFQLTz1GahsahX5O3bAMmrn/E2R+GZsafF3R0kMHCMB0Nc3QEKjfDa408p4HfKp&#10;bs/unRaP3Phu2NzI29J++f0EldNJOgcz1t8PQ0EFnuW9DfwVoi5dddkorW0Ut95PHeTAT5aymm1X&#10;nB/xPtdmzw+3eRtz39v6yWx/setDPAg5Ttd3gEbxLSSIA1ILcU0AtTOCH0+8Gq1EcUUNDlNbnKFj&#10;9kxTmxc2iB8DWXDU138tE1ZbtJ/K4tAeGnBMjKOivllEXn2I+gFvDrciLgWJ2cUYGxoRnN23F3uG&#10;h8U+Iv45ldiiSsObYYnYSD5t27Yd2Obijm1unudlJ8H+dwsNUt9w98VDLoGCG9wjSDQYxIZVy5z8&#10;4J2kxt//8Q+sINGwiGz3MjrG/mWVB45f1mN+0evbb7/F4OAgIqNjxVwGSUQ0OeggOLu4gXd35NDO&#10;bsFSxOSPQtZwBorOLxCWNQh/bTUiC6cQX3MCifWnEWJqxk6fcLiGaeCrIkdcfwwZk39D6cF/Rdne&#10;H1Aw9B4SzJXY5uyJ9Rs3YfWqt2YnGNqWVf7yOww2wZBxXsEQQkJBoqhEmKoW4cpqhCsqECjNQYi+&#10;CvL6o0gZ+BIZ43+Guf8z6JqPIUCahi073bBtuzOcna0hooPD7VZK6CFXmqDWZUCfwoKhGKaMcqRn&#10;VyErt4YMVg9SanZBX78PmvoZKGr2Qdt6RqzQsIiG71Aw/TfkjX0JeckQiYZinDr7Hv7fCyyh+T1e&#10;5xMNHIzpZSpz2+OJR8XjiSIaBXSL29ocVGd8bAJjI9bnilbGRyfEc9yD5Ize3rsb5VW1cKeyepCM&#10;3HU+SjxGRjMsrQC7enoEhyYmMEOdkX/DzyMt6XCaBI0eeQR5YeyeZ14IStfGFIkFNgBjg8Oor2/C&#10;BnkaFnslYnmoApKUTIz09OIg5YufufIzTPvrW4h9uudi90zVEdZnrPbPWifpnCdZsAwNoqqi0jI3&#10;xE+NK8mw3xuqhiqzAAPt7ThOYusAGVp+znrOvA5imsqTOUrHDfT0IbusGi9xcCc/cljUn/lZ7ERH&#10;B/aSceOy5+u0//0IG0D6jv93jJ+XjwzDkFOINTSCZ5Z4kXOmUeCLsXqkFlfi6MggDlC72TM5JcrF&#10;UZ5+LXPPoefg87Gz5ImYqqxCujaFCO60MkpFjrEUx8ZHBXvGqL74Gq15uxCOzv1z4DT4jgA74Hf2&#10;7xOrGoy5hXgxxohFPgpc6S3DapkRtZVVmCLbe4oc+TQde7665PLcRw5yP10rT6qMyyzC7dSfOLjT&#10;ilgNssqqcJRGt3t4vo21vdp+a7umibFd2Eu/Z05NT6GrrQ1hulQ8S/b6Cnc5HuIQ8Np0NDe14Mj4&#10;GGbYqVPdny9Pszhq1+ewsF/MYetHPK/hIM87IbvS0NgC34VzGqIUyOc5DQN94hgeXNh+a+Oc9B3Z&#10;gXOwtyUOEHZoAkenp3GURDyvRIow52FZKDlvPyUW+UoRnJKF3uYmyzHECRKLo93dyK+qQ0h2Gdbo&#10;c/BovBGPBMThEc9QPO4XhSdoQHY+niSW0wD8saB4PBAiw+0+MQJeWcG7XHJEyLt2+sJHrpkTDWG6&#10;iyca3n//fRQXlyAoJExsgx0cGgkvHz+x38RmEg2bNm+DZ4QGCeX7xPbRSW0fISx7EIGGBsSUHYC0&#10;8R1ISUwEGxuxzVMCl1ASDepKEg3HLaLhwD9Rvv8vKJ74HMqiPpHWVlc/rF1v2deBBcO8RxIuv0Aw&#10;iDkMCwQDz2Gw3WFgwSC3CIYoXSOidQ2I0tQgRF6AsORaKBtPwDj4ldgLgvfLYNEQlJSJHZQXjjwp&#10;Ij7yxMfwOETHJiFBqkWSwggVdTJdci6SzUUkGMqQRoIhM7cWOQUNNELsh6luN5IbD0DXdBjqhsPQ&#10;d7xLgsFeNPwd+eNfQVk+jtiUEhw9cQb/8R//Ya2Zi/NaKBqS8kppNDFFBoFFg93qCVtwp/pGTPV2&#10;ixnEItAJrzCwIZZCEfQ9r/nnYEGdzc3IzivEpsRk3BMgxx3+SrwemwJdZr6gpaFJOCQeiYkAM7Z0&#10;bGn9VtjSJDjvHEimu71jdvXENd6WJZcBWjM6G5uEoOml/PR00TXa/XYhXRek60fp5BnZ1pnZg719&#10;YhS4q7sLxeVVcFaZ8acwLa70lIuleR5qM6qqajBO/x8bGBTLvjo7eFb6uelyWsxuus5WcgSmvGJL&#10;cKcABR4OShTRAnvrajHc0S4mEfJ1zv7emh/xmb7nWe2T/X1oqKmB1JwteJZ34yMBwktrXRRm5BWW&#10;iGW1LHa4fMXKGPt0fid4tcckXSMHPeJ82YI7cZwGVWYepns6BRzsiJfp/dR6+UXQtXJ9cFmOUP2M&#10;9/ZiorMdmuxCvBVvwB00al7qp8Ar0WRPOXhTW6s4hgNUcfwGXn7sqLx4BQD3j9G+fhGPIkKsniBn&#10;GqTAS9EqGKluxQoRukZbe539/WwddItVQ8xuriMSMqUlZfBSpVI9JmEZ1eWT1NZ4ozJe1jnZ14cJ&#10;qncRyIjTm03nl8D5cYytH/H1T1A58FLR8ooqeIg4DRoBr554Jdwa3KmlWRzDbXZhv56Hfd//BXDe&#10;eOkq97FxytcEnbOloQESKp/no8lx0wCIV4htlOqRWVQqVpTxHiEMLx1tr6tDZnE5grPK8IY6E/eF&#10;q3C7UyBu3eCKO7f5kNP3Oy937/DF3dt9sMw5ELd5huNmjwjBEu9YEeTpWqto8JVr8S///CdWxGsv&#10;rmg4duwYNFqdCOQUHS8TjybcPbzEltV8a34LjbR94syQ1Z2AvOV9yEg4hJNoCDG1Ir7mOJJaP4Ks&#10;4SyCkhuwxT0YzqFa+JJDTmo4gczJv6J05h+oPPA3lE9/D0PDAQTra+FMRmv9lp1Yv2GTuJPByxh/&#10;lWBIIMFgW1ZpEwxJdncYSDCEKmoQqW1EXEor0YJYym+YqpQ6YCNUzadgGrJsIJXKoqHlOEIU2XCh&#10;vHh4+cPPP0RMfIziiY+JGsgUKVBq0qE15MBgKoQxvQypJBgy8uqEYMgvakZG5RBM9XthbD6M5Nbj&#10;0LacQHL3BxbBMGahYA+Jhl1fQ109hVhjKfYdPCIeF13M1wVFQ3A8rpDoBQ/FGbFdlyHiGvQ31qOl&#10;sVFE4Wuob5hHPVFHBryJHG97axtGyWhOtLcg0ZSJl8PkWOqRhDu8ZHgtzII2LQu725rR39oqQuRy&#10;muwAFqb7W8JLEPvIwTXUksDLy8cbCcm4xjcJj5Gq91IYUF9Rjt7GBjRzWFgH1/hbwtdqu152uoPk&#10;SOpKSxCiNeEGXxmu9EjEDZ4ysTyuuCAfIx1tGOvpFvnicl6Yno02EmsMz4yvrqyEJj0bz8SlkMHh&#10;iYwJ8E7Sobm0GB0cSKip2XFdUvp8Dv4/j0wnqS7raXTMuMsNeIzazJVOiXiYI9/FKVFKg4+JjhZ0&#10;UV3yb+yv7feis6VVlFsZOcBofSoeINFwi28iXqS2lWhMx1BjnYCX0V6MuuTyaqVr5zrqaqhHSV4u&#10;1sbpcLl7PK6iunw0RIVEQyrqyssxzVEqKe81tZbfOUrTBpdpV0sLSkpKyYam41ZyWLcHK/BCpELU&#10;7WB9LdrJqZ3vGu3T5wihfLdqurMNxux8vEoCa5kP9X93GV4IlpGdNKGnvg7D1BZb6Vjuy6Iu7dL7&#10;rWmifPdQG2sju5KbXwhndRoWBdMImhBxGkITaHCWjq6qCnEMty9H6fxW1Nc1oJaumcOyc0ySpsoK&#10;qExp+JNEgSs8EnC1WyJWx2iRk5UlgjuJJbJUpkw92ZXqIvILuYUIINHwapIJd/nGYMlb23Dd869j&#10;6avrccsbm87P6xtwy6vrsHTVVizZ5I6bnIIEQjREGHAticW7nXzhp9DhX/7lDxANe/bsRUxsnNiY&#10;KiImEX6BIXBx8xDzGYQzd/MRSyh562h56/tIrD2BiNxhhGX2QEpiQdHxKWSNZ0g01GOzG4mGMD38&#10;aCQvbziFzF020fB3VOz/K0ydb9NvR+AelYJNOz1F0Cje3ZL3b3D4SCL4JwqGhXcYrILBdochVMWC&#10;oYGEAjkvcyeNSDrovQWR+kpEp7dC3XoG5uFvkDVhEQ16Eg1h6jx4+IaQmJJYIz5KEWddKaFQp0Jj&#10;yIbeVABjWinMWZVCMGQXNiOvuAX5Ja3IqB6FqXEGxtZjSGk/BUPbaaT0fCSWoTLp49+jkERD4eS3&#10;0NbtQ4ypArv3HqBG8C/Wmrk4r/OKhhESDSHnioYiEg29ZAz5Nl0DwZ1rIXX8Xs//bxKdbrC9DWWl&#10;ZSKSIS9Jus1fgWVWtiUakJGeiaaqKnKYbWghY1BHv2UDZXM6bPB+S1gMsIGqp5Fzdm7ePNHgKdej&#10;tqwMXfVsZNkxk/Ego/7LqDuXGgs1RHV1rTDyDIfb7m1qRE1ZOQkGM16IUItb2fcGKrCGb7Wn56Cz&#10;tlqEuOa9Azh9TsOW3kJaKE2ml8q/ghyUKjUTy2OTLaIhIAGeMi0aybC1VleJ89eJ9GrPgfPI6TVS&#10;ffSS02qlERSTnpUDZ1kyOWg5bqNR6p/IGXI8jqKCAnSTEe2mfFrS5Gs9N93filaqS25jxUXFiNSZ&#10;cL9VNLwQSgI/JQ19VGYM55nrnq/FUTq/Fi4nvlZ2sB0kSjlEN4+Mt0t1eEiixjU0Mn1SoqT2lYyS&#10;QhZrdULwNFEf4bDgF6pLbjft1C/aKd0ius5AXRpusYqG5znyJQnvXrrGFnGN3F7PTUOkb22DdVSX&#10;bZQex+ioLq+A2pSOV8mu3uQjx51+CrwRpYOGvquhfsAilc/N8VnObd/nwnW+sL/9FBqpr3XTIKOV&#10;2mJOXgGcVKnzRMOLkgTozWnoqCynOm9EE+XJYiN+W2z9vZHqhQc93c1N6KqrRoIpQ8yTuSVQTflR&#10;Y2WkGvHGDHRRuXNb57uWrTToYTigVnVxMQy5RfDKLMNbcVo86eKHJ15aiScffQzLn30eT7/w8nl5&#10;9vkX8Twds/ylFXj09dVYttldwAGfeMnlYuprdzv5IUCpx7/9279j5cV+PDEyNoYQSSg5a1+ERcbC&#10;xy9QxGfYumWLmADoRg481FAFdeenQjTEVx4SMRki80bEnQdV1+dzosE1CM7hyfAzNEPeeNoqGv6O&#10;qoMkHOjd1P0+Igsm4RGbhi3OPuIuxvbtTo7vMJBgCPwVdxhYMIRYBUMECYYYEgwJpg4kpfcgKaMb&#10;svQOxBjrEJvdCU3722IJZNauPyNt8DMYWkgYaQvhExCBoJAoyzwGDhGdxBMfzVDrs6A35lsmPmZW&#10;ID23FtkFTSQW2pFX0obcolak1UzA2HIEpvYTMHaeQQoJJlP/JyQWWDD8gAyiiERD0dR3SGk6SKKh&#10;EqO7psUSmov5Op9oGBsdXSAaUrBdm4HC4jIxCmmyqXE7gzGPGnIY1XXCQXeSUWehUU4j0R0Ko5gY&#10;ebW3SiAi4cWrkJNbgMHmRjK4NOql37AhEQbOauhmsTeG8/634PwXgEc17GjqqquRlZNLosEwJxqo&#10;jmtI4HSRAW5gI8K/sT+nI+blwwafa8F3dKzFiVpgZ8HGm+klEdNIoxldapYQDLeSI77BV4U3YnSQ&#10;J5tRT45/tK1FPM6pqaVyp99eCBZ1jBANZTRKonSf/lHRMD9/NmzCgQUdRxBkumuqaISbg5dotHVH&#10;kBqLfdR4KVyJcE0K6isqhABqpryyEbY5xd8DvmvEo3B2pvNEQ9iFRMNvhZ1oILgM+W5AB434qwoL&#10;EaQ2YlmADEv9lVhGzs81KQWpmdnopr7Q20Kiqq7R0k4orR/D0k6aUEiC43yiofknXiPnlUfTLFpY&#10;4HVQu+M0/xSqwvXU5pYFKLExRgk9pTtCfbKLzstOlNPm3y/M2zksbPezcJ9wDNuSThLDLZSv7Nx8&#10;7CTRcHWITjArGmik315RhmY6hgcsFhvx28N3fpobm8VclGYaWOSTjViXoMdS7pP+GiyPNIi7MSXU&#10;5jgSZyfVDQ90uIyYBirfqqIiaHMK4ZxRirVUlq86eWDNiy9gw6MPYsOzy7HhhWfPy6YXnsG255Zj&#10;/YvP49UVK/HgBifBjbYll2Q/73X2R5DK8MeIBg4f7esfQA7bR8xn8PT2o5G/M7aRaOAtn33DkxCV&#10;0QZNz9dCJMSW0ai4aBdiS6ahbP8Y6u4vkNREosFQh00kGpxYNJCDtomGspl/CNFQQaIhmUbbIald&#10;cIvQY6uLD3Y4ucPZ2YMEg20viZ8iGGzLKs9/h4EfSbBgkCitgsFgEQwyEgyK7AEos/uhyOpGfFoz&#10;EvL6oGt/R+yTkc17QZBoSGk9gRh9CQJCYhAWkWCJ+Cgj463iiY+Z0KXkIdnMEx8rkJZTg6z8RuQV&#10;t6GovBu59J6W2whTzRSM7WfEMlNT51kYe96HefDzWcGQOWETDd/D1HoMceZqDI7uwnffXdxNq84r&#10;GkZsosEgeCg2RUQ2yy8oRhc5mgZ2JDy6qqyeo2o+vBNjTXWNuF3XTaMD3jchhUYLW+M1Yrte5jp/&#10;Fe6RaBGiS0VlYQGN8OvQTUaqln5n+/18LOf9UdiIz4MMqpVm6uA95Gg4HHKOnWh4nB9PWO80sGFn&#10;ccHCwXbHYz5zoxM+5oKQkeOR+uztT/o9jzB5VDJA+WCGyDgnZ+SIOy93CUOpppGpAhH6VDKU5egh&#10;J8y3stlx24wTw+k4gh0CM9zVhbqqGugycmcfT3AYaR+6zrbyUnGdHK6a0+VR8rnw9xaayajzYwqG&#10;Iw3yHAdNagZWxCXjCj8VbgpU4eUYvXA2zVUkgjkUd1s7Gui3jZwGn+M3hkd4g91dqKARc2xymng8&#10;cSuJhpfIbsnMWRilcmV4NNhC+efb2o7S+VmI8qCymS3vRvForYuudYxG5o1VVSRgzFgRpcViXzXu&#10;C1bRaFMHc3Y+uutr0cdlSGXOv71QHdrXMY/CWejyJlTi8UQwiYYgy+MJLdXtUAM/gqEROOWLR+18&#10;l2y2vS3A9piBxWIPiZxRcnx5+QU0cjXgPhrFXuOroLSV2Ck3oqIgXzzCGuygtkfps/OvJ6dqj7i7&#10;MA8+xgJ/tu97Fix9kvuorb/ysex8+W5Jdk4eiQbzOaJBl2JGe1kJmsmecB9iGyFsArXv+cy3Qz+V&#10;amHD2F7Vo536xXBTPTJJwHjIDXiUbCMLhoeC5HBK1KI4Nw8t1MbFIIeOF7+ja2PqKqpQkZcPVUYe&#10;tpkKsZ7s3TqfELhuWA/fN16B97pV8Nqw9rz4bliDoA2r4bFhHTZt3IjHtroLeMnl1dbVEywagtXJ&#10;+G//7b/j1UT9xRENHA+AYzQ0UWfimAye3v7wD5LAw9MHTk4ucNq+XUwADJGaxd4Juv7vIG9+xyIY&#10;iqeQWHkQ6s7PSEx8Cfk80ZAC/+RW8R3PaSg7YBUN+/8GXeMR+Onq4CpRYruLN5xdveHmzuf+uXcY&#10;7EJD2wVumneHgQRDuGaBYMgagDpvBOpcFg49kGV3IqlkDIauD8Qcg5ypvyFz+AuY2k/RKIXSCU9E&#10;dIwcCbaIj2LiYw6SqSGY0kqRxo8lcvmxRBOJhVbkl3Ygs7gDKYVdMDUdgqnvI/FowkiY+zlM9VfI&#10;ILHACNGw9+8onv4BqZ2nEJdWi97BUXzzzcUNJT0rGoIWPJ4Yts5pCNELeO+JHboMlJSWY4BGJ3xb&#10;WBg2VtgXwGK8LLceed5CO3U0LY1QX441CG4P1uBKDokcraW6ohF1ZRWG6LhOOr6VjDwbNmFE7RwY&#10;jwIE1GHnYIcwRwvDI5dZLHMm2FF3tXWIFRI8eisqKsEqqZEMpUxMhPRTGdFKBmyEjCSHy+VQznyb&#10;sr2V3x1AafGMdoe0W+LVLwyty9/xZEHejXKIRjNMHY3OvRVGPEZG6SZ/EgxRyQhOzkApGaD9fT0Y&#10;430IePJXJ0/S6hITDR1N4LIxLDY46see0VG0k3gw59t2ubRMhAzUmKge68UmV4P9g5bJkN0Ld/Tj&#10;ya69lp0+Cd4kiHf2Y3iX0F399HdrM6LSC/BYtAFLSADeQaPUHVI90vKLLDtuDlm2XO7r7bekR2lw&#10;er8VY8PDmB4fo3bRiKQ0yy6XvHrilUglNNkFsxtsjfX3oZ/yzSHMHaXzs7CWi31Z8Y6vu6k+B9pa&#10;kZ5bhLciSSwEkCjm8NsyM1SUl05y0LzMlSdv9vVY6tJR3dljmyzIEyHHKP/sdC0TITmMtIJEmhpG&#10;qlvbREgx2bPDNsGWJ8k6bn+8h0IbtdF+yjvvT8L1WFJShm3KVNwr0WCRtwJPhZPt1RhRXlGJ3b3d&#10;JM4oP5Qet/u2lrYLwnMhBNY+x9j6oH2/tPXXNvp+gNs1lVEh9UkXTToWBWsFljDSUhjTMtFbUyXu&#10;SHDafBfTXlxZILtzPuzs0nzmRH0Lpcl3GPixRENZKcK1ZjxJbeoOEvF3S/TYmZQixH0vDW76WprF&#10;ddnsYAvZJKaZBE1dSQl0WQXYnpKP1dJkvEYDsI2uHti5dRu2O7tiu6v7edlJuLm6YSsd/yb5yIdc&#10;/AU3uIeLpZWLgpW4z8kiGv7H//iPiycaOB4AT7orKSuHuzc5bl9/ctyB8PDwhquLKzxcnOEXKEGk&#10;vhiyyj3QD/6ApMbTiModRFzpNJLqTkDb/Tm0PV8IgRBsFQ3OLBpS7EXDv6CSREP5vr9CXbsfnuTc&#10;nQOl2OHiA9cFe0kE/NRHErN3GFgwFJFgKJl3hyFEUYMIIRhaZwWDnASDigSDrnACmrxBqHK6oSik&#10;76r3IqXvU3Lkf0He9D+QNfo1zJ1nkWiuQni0HPHxaiQlGaBSp0IrAjjlwWguQmp6GTJ4eWVeLXIL&#10;G5FDwiEjvxGmkh7oq6bEltdpo9/A0HYS+pZjSB36HBnj3wmxwGTtYtHwD5Ts+TPSe84iPqMBXf1D&#10;+PLLL601dHFe54iGfItoEHEaxNbYOgGHkXala6+rb8JUb4919QSvduAVFOeD/2+Fjh0iw3d4Yhx9&#10;ZHg0NDpiXo/W43LnRNzoLcVz0RpkF5WJfR/28pLO4VExe9/iuMjgM+R82AHNo4+MMNE/j0Gxex/D&#10;a/gFA0OCMUp33+QUBum46pp6rJOnYrF3Ip4KVSDEkCGM1z7einiEl87Zh5Il+G/CtpRtHnQ842iZ&#10;mW1J2AgzOoGDe/bi0+NHxf4WDG+u9HyoGte5xGMplcUOdTqN0jswMzGB4xyLYWq3JfKmNfqmLTzv&#10;+UJT75/eIzh58BBGBoeRV1mPlxI5jLRcxGkIN2aJiXhimaQ1zoP9mvd5UFnNQvlgpnbvxtGZGXx2&#10;4qjYhTGa0nssUIFFznG4zV8Gb2MOJgf7cWLfHhHpbx+dQ4Satk/rR5kL+HU+OJbEycOHqR3Yh5FO&#10;wKuxGphLq3B2724BB8KapvLg2AGOz/UzsJaLLagZxxx4+8gRvHP4IGrIOflr0rDMQ4ol7gkiamNS&#10;bik4SurhPXtE1FQO8TwbXnlBvTGz/7ODQ4LzkkTeWyQ+q8QSRpqudWW8HjmVdTi+axx7qS55KaJY&#10;Cj1qWbJsgdrf7BJDK9a2KNrm2DiOcd7o97klFXCSpuAmdylu9JTi/hAFNGQTZob6cXBqEvuo3rn9&#10;cz8aonY1NEjCV7zPMcgM2BgSiL5H9s2CpT/a+if31UH6fnqc8jo4iCoSRl40OFsUSOKFuINs04pI&#10;ObLyi8HLhEeo33I6vSS8eroXYhN0Vvtkj709EtjslFWg0WcWdMcnd2Gws0NM0n6LfNBipzjcSn3y&#10;lVg98koqMdbVRWJ4GCOUd9sqEF610k+2iOGN4roaGpBWVC5s5gp5Gh6O0uJR30g84RaIJ73D8JRP&#10;xHlZ7huOZ4gn/KPwUGAc7vCOFNzoFY1ryEZfSwOL+11oQK9NwX/8z//Ea1LD7ysa+A7Dv//7v+Or&#10;r77GEWroWp0B7l4+5LgD4EN4e9NnTy/4enuR005AXFYrFA3HSTR8D1ndMURkdIq9GhRNZ0kwfEl8&#10;TgLhNIIMNdhEasg5IgUBxg4omt9G5tTfhWioOMDO8S9QkoP2kBbAJTARTm6+8PBiwWDd3jo4RoSG&#10;Dg6TIWRWMOgtgoE3n5oN3JRJZEOSmAsJpSWRFiFEWowQWQmCZWXWpZU1iNI2IC65GYmmNhqBUH6y&#10;uqHO7YeuYIjee6DI6YSiZASqugPiToN58AtkDH+B1O53xDLJBGM5wuPUiJelIIkMuNKQB425BPr0&#10;SiRn18GY14zUog6kl/Uio2oIGTXjSKsjsdB8CEYSHSldlA6hJ9GQ3Pk20kmMZJJQmBMNf0bxvn+g&#10;dO9fkNX/HhIzm9DS0YtPP/3UWlMX52UvGnjvCXlBmRANgzT6eImXXAZqBRynwSO1EM1tnZghhzou&#10;HOoohsiR/hiDVnjNs4iPT0aLb7Uy8WkFWB6qwW00Qr0zWANPbQbyyquxm0TLPnKY7CiHybDx74eG&#10;6Hx0Ttu+FY4Zs8Pue0qDYUPJTpaN8Ah1/DoaJaxXWOI0PBWmgCQlS2z8dIDOPU7ChddqWxw9vRPn&#10;rON2gM1Yj1LeZyGhwL9nB7Bv9x7sIwM9TaNOXX654PX4ZDGauS1AhY1JJpiKK7F/bAyHpqdFGGsO&#10;NMPp2EJ2/xh76RwMC44hMtg5lbV4SZpqEQ0hMoSRk5/q7cV+uk6OoscROcfZ4TiAnb0N23djxD5y&#10;NKcOHRJ3THiinAf1k0doBMx3HF4gkanMLUEbCcQT5LA5IA8Lk4ldnA45Qmt6vxYOCX7s4EHhILR0&#10;Po7TcLsPiYYYjQhlfmp6UjBDzo5FBu9Z4Cidn4MoAw5kRtfDHORQyOTweBQvMefjmSg9rqOR+uPh&#10;OviTCK1pbMXx6d0icBGHOeb6GRtzXG/nY4ZEF7dZm2jgxwc20ZBNouHY5ITYt0Hkj47ndnI+7Nul&#10;aNf0zrFSWNTw3QoT2YDXY5NFpMNrfZXYpkpHJokJvnN1iIQD70XB+R+h/nwuVmHsANEHz+mblr+5&#10;v+yntj5JAqauoRk+5Gzt4zRwcKe8knLs6e/DLmvf4t9bbAy//zRb5IhBsgP8Pkn9ncPc846y2SQO&#10;1iWmiEdLi7zleCOB/EBWoRAEbBs41gsLLiGKWCzR72dtAKU3SOImu6IW7mQzX5QacSf5vDu2+4gN&#10;qO7e6oF7tnufl3u3eeE+OubunX643U2CW9zDBDd6x2BxOK+eINHg7IdQvQn/+f/8v7+/aOA7DB9/&#10;/DF1oEnU1NQiLDwK7p6+YsmlL4kGfz9/BPr5ITgoCBFSHWSl41C3vw/dwLdIrDqIMHMzEsr3Qtn+&#10;AbR9X0EjRMMpBBuqSTT4WUSDiRxyyzvI2v0PEg3/RPnMP1C4+8+QV+6BR2IeXIMS4eruDy8fCfxm&#10;BUO8VTCQ4V4gGEJjzQiNI8HAsRjisyBJyCHRkI+QxAISDEUIJoKkFtEQqqxElKYWsYZ6cvyNkFF+&#10;5WmtUGW2Q0NCQV/QA1VeJ5IIRcUuqBqOQNd2lhz7O2LugaHpINQVo4hLKaXrNyJek4MkYwmU6dVQ&#10;ZzdCm98OfXEvDOVDSKmegLF+D0zNB2HuOAlz7wfijkIaCQR9+ymo6/bD0H4a5oFPkDHxPbImSSCQ&#10;cGDBkE2fS0g0lO37K3KHPoQspwX1LV348MMPrTV1cV6ORAMHd+ojh/JSQDSuCNAIbGGkO7r7cWT3&#10;FHbzaIkc2Tg5AHvjdkHY6E5aHMi7NAJlGptbEJScjiciU7DYV4MHQlTw1mVgsL0dByfGRchnHtmy&#10;YRNOkzr2QkYdYT3eETxK5BjyHJymrrHZKhoS8FS4AiGmLAz19WGGRhucZz7eJhh+LsM2yJgOkWEc&#10;JFiw8N4b/LghPy8fa0gsMJd5JolyfiIxFRlkoHnJHkel5OBFA2wc2cDaDK+VIXsobXt28X4eBN/R&#10;6KERWUZZFV7g4E7+cjxCoiEkOQNjNJriOA5jlKcREnJ8jh9j0A4+7zCVD49Aj9JIl4MMbScHc3tI&#10;Mpb6q/F4sAzy9Dzs7eE7R+MkRqdFuQgBaE3v18LtcIacHd9qV2YW4mFypPx4YkW0mvp6GQ6Pjwqm&#10;6PpEmTlI4+fC1851sodsKHNq31601JO9MaSSIFPjchIMV4XosNWQg47GekwPD4nIpxzAqJ9H4bPX&#10;P7/OZrHWqX1d852mPSTmea+UWA7uFMwiW4EV8TpkltfgEF8jlTG3V/vfzcfSFgX27ZMYpTbA4cZP&#10;k8Dj7dXjM/PxSpwRl3tqcE+gEmsTdKiorsXB0WESveTcqR/b0uG+acO+n/0c2Dbwpl68H0xDcxt8&#10;TQVYROKTsYWRLiyvwgyVJR/DIpfb7Y9xjg1agDiO7RLZhOMzM2IDt+rKKnhr0nA9nftKEi1LIpIR&#10;n12CEeovh0h8HqJ8sjjjMptNi/6eDUtN9nO8vx/5tU3wzCjFc7E6LHUJwY2vbcCNz67AzStWiyWV&#10;DnltHW5duQa3vrIKt7yxETdtcMbSnQGCJSwaKC+85PJ+8rVhevPvLxr+67/+SzySKC4uRlhYOAIC&#10;AuDi4iaCOQUGBQuhEBIYiFB6D4+MRaw2B8q6Q9B2fwodCYTEqhmEkwOWVh+k7z6DnoSErvdLKFvO&#10;ItTUhO3e4WLba29VJWR1R2lk/RcR3Klk/z+QM/EdpGVT8EzMgXtwItw8A+HlFw7foFj4S2QICFMi&#10;IEJDaAWBkToEkXAIjklBcJwZwQnpJBBIMMhyIZEXQKIogkRZAomKhIKmAmG6akQY6hBN+YhLb0Ni&#10;Vic54m7I8/ugLByAungI2vIx6KqnoK6ahLJqN9QNdG2tp6BrP4sUEg2pPe8hpeUotNW7IMvvQkJ2&#10;KzSVu5DceBApzUfE8klj2wkYeUVE+0kBz1lI6WBOI7njDAyEnoSCgb8nEcKrMTLHvyXBwELBytRf&#10;kLv7byidYUH1d+QNf0R5baURSRveffc9a21dnJdFNHhYRYPBKhom0d3VhRf8STQEaQV8p4F3uWxs&#10;aRO3WkcGLbccOYTwT2cQ/QODGBseESNchh8FlJVWYLvcjGUBcjHSfomEIkf347kKR8gZTY6O0O+G&#10;0Ee/73OY7oD4fh5954fvMEzTuTnQTWV1DdYmmbHYW4onw+QIMqSjt71NBMAZpLyKtGmE9WvgRyoM&#10;n5eDSvGa7nwa+W9RpuLBUK1g0f+fvLeAjuPY3n1jipM4dphz4jDHITPbMcTMYmYeHs2MNCiWRhox&#10;syxZsmyhBZaZ2Q4z0wmec/58373rru/tXTMjy/I4DtnJeq/X+q2B7q4urq+qq3aRaHg2RA1f6pny&#10;Ov/+7a3YQfHEO00283t4HvYchtNdV3Bvh9lF4eTtmc05+eeNO1Fj7qc1o62mGt3Uq+KeEodTvO//&#10;VdiftaODrRF2imWjmrRsvBCuxR1ectzqpcByuRlp2XlobWzEXurF8V4aLZQG9ntdufnr6KZn7yRx&#10;yXNeZJYMPMSiwTMOU8JV1EnIERYEmW6Kc2daunLnl8ICjN3hPNy7fZsdEniytBxqZBMozErcTuGe&#10;HaNDfIaNesb2eR2cFvzajO8/79759LoU9tdvrejp6CQ6xMqicEuWmNPAomFKlAZmWwF2Uxh5620u&#10;YyLfOe91hSNfXsg28NyTAX5FQA0eTzD00SXjTi8ZbvdW4uEgLUKMGWIlDJeNnZ2dg2VSpCcxvJz9&#10;Gris9ZPY72prQ3FZhf31xOBIgxzTwxVIz85F35ZGcU0bxyelw++Bn8v+7iQR10d5k8NVVV0LT0MG&#10;ngpPwBg3BR4JVGOVXA9bUSkGKK17+NUkXW9/tXLerW3kf+ery3ZOB6pDkgrKsMqci5epI/zgso14&#10;7IXJeOqxx/DUs5Pw1PMv4qlJLzig7/T76RdewjMvvIznXngRz0+ahKdfmoJHZ8zF3UvXCyZssi+5&#10;vD5AiQfW+SCEROp//ff/XFnRwBMf+Z25VCrD8uW8p8JKrFy5Cl7eJBSCghFMhAQGICw4GJFSLSTJ&#10;FdDUnxGCIZ6EQ2zhLhINtZCWHiCx8AESWj+Gtvl9qEg08GuLDUFKrA3WYENUEiIyWqGjBjmt412k&#10;dr4PQ/MbiMnugAc1+u5hGrj7x8AjUAJPqii9IkzwikqBV0w6POnTI9IC72gz/OIsJBAyEKTOQbAm&#10;nyKpCKH6MoQZKxBmosJjrkEECYTIFFLfaVvESghJdhtkuZ2Q53dDySMJxSQSSgeELQRN5T5oqfHX&#10;1BxGfM1RaOtPUgN/WsCiwbL1dSEMtKW9kJPAkBX2IrHpNVjaP4K57UOY2j4g3odx27sw8CRHClPi&#10;lnNIaDpLYuE0CQVyr47cJeFh2HIWSXRtWs8XQiCkk1BI6/sS6Q7hwJ+2XV8jb+BzZGx/DbLUGpRU&#10;1v0lRAO/V+VJgC+waPDXCtgi5Bp9Ooqo0ujczEZMNotJgDzz/tdQR7DlO34HzXTyPvq1NYgzJGMy&#10;9fRvJXV/t78G82MTxESi3s31aG9iK3tbRONXx5Owhrn5a9lCz++gnn5DTQ1ybMMmQqoNYnmecyJk&#10;Q/3vfx77mSdGdjQ3o416K5XFJQg0pON2qoh5KJ/h9fGbpDpkpmegk67Z0bpVhLf+Nz6/heKV4R4P&#10;T/JKTLdiUowBN1Cv8WF/CbxVerFscltdrZhYKZ7lwp2fg9OytrZOvA/eTg1PN/m7rLAIG2QJeCxA&#10;gWvdVXiCKrMNCgNySRj20Plt5Cd+Hofrj0jLVopT0chRnMZSHnqQGtLbPCWYHKaAPCkDPZvrBGwA&#10;isP4u9OT7m8mAbRja4uYLMewUavFCgvG+6kx3kOBSUFqxOmMYnLrPhLY7WxNUIT1tz2b/byd3OCJ&#10;iMVFJQjSp5JooMbUX4mXI9RIzMgWBtTYYNlvzTOclvycrSSkOZ/uqK+F0WH4ifc9GeetwbSoBEQZ&#10;7caMuqhMtjQ1i4mWnI72tPztcctlrb2lBS2bN8OWl4/1muRBi5B3srnsUBksaZloq64U1/BEz99f&#10;Nu1+3k75l19J8KoMRUoWnojS40YSK+Pd5VgcpUWSJYnCXEVCngQ85V1XYWW/OC1gNtbTf2WlSKC6&#10;dIkhG9OCJXj+1TWY88IkLHpsIhY+9xQWvvAcFj7/7Hn4t4PF9PvVSU9hwYuTMG3KVDy4aJVgAu89&#10;EaoXdhomkkAISbQI0TBTmnjlRMOPP/5IjdI5JCbq4e3tg4CAQLh7eCIgKBThkTEIj4hGWGg4fcYg&#10;zpgPFTWavGU0jyao6s4h2taNYGqwJUXUADe+KVDXn4Wi4jCiMrfDPz4XbpF6rPGLxfoAKbyi9Ygw&#10;lyKOe+3WbQhLqoUfNf5BCYUIJvxVNvgoC+ClqYenrgWeidvgpmmEm6oa/gmVCE+qQ5yNBEDRABSl&#10;e8Soh7rqMNTVRxBffYwa/uPQ1BIkTjR1J6F1Us+9fYYEATfmToRAcJwbvIa/20cJzFvOQF+zX2ys&#10;Jc1uRWz2NsRXHbSPHtSfIEFwXKAVFh6PCPHB8LwFYYdh6xswb38XSR0fitEFFge8/XXmzr8jgxDC&#10;oeczOv8+zNveRNq215Gx9RRS6vYhzlSIgpIKnD59xpFaV+dwJRq6qbdRX1dnH2kYsuRyWbwFGdYc&#10;sQKinCrpYqKIKrFfTrED/l4q4JnGvKY/NzsHMaScnw7VUCOqEOamF1GBNRmo8s2jnio18Gw0pfAi&#10;N3895SVlqK+sQnF+IZKS0zAjJgFjqUf1GOXZDVINisgv9SXForfFZptdufFLKOSlVwS/BqymcG4p&#10;L0U+ue2lSMCkYN70SUU9Y6XglUg1jMnpIm552RmH1e6OM75+HZUk7hg2iZ1ny4PcmGQ37uSnwoN+&#10;cdhI4SzPykQ1NWy8jI5NB7ty5+chv1H4+DsvhWWLhDUlJUhLTcdGhR63UmNzC4mhiT4KeEkTkJmS&#10;is2lpaIC5nj9I9KS47WB3LNmWRFCgu8BEg23eknxQrAMUZSfmooLBGw8rITT04Ubl8eejvydl9vW&#10;cZ4tK0FiUqpgUaQSE/2UGO+pwnOBSkpfPYpybGKJMdsU4CWF9vt/W1qyn2sqKoQdhsxMK7zjTcJO&#10;w+2Ub56nXqzclIymogIhRn9bOjJ2vxVTmeR8w0t8i6nxTjBZMCNah+upPN5GTA6Nh0RrQIE1W5RJ&#10;tqtQQPcxvyc92d91lH94GXQy5Z+VCiPGUGeFuYNEw8tBEmj0ZtTm2uiaUlGmXLlzeexpyQjjahVV&#10;2Exioa4gH+G8TDaU8yzbqlCRYFJCSkK0saQIdY5lniLfukhLTqNBWxh8zmqF1JKOufFUv5Dgmb3B&#10;CxsWLUTAvOnwX7YI/iuXIWCQV+G7fAm8l74Cj0Xz4blwLvwWzsbGhfOw9JVX8Piy9YIb14dgDNtp&#10;EKLBhzrQQ0XDFdqwil9NvPbaa7BSgKKi2GBRHLx5O+woNcJkBoRIqZFXmBCry4Qqr4MayFNiy2h1&#10;wxuQluxDZGYrQkyVkBTuQnz9OSEYVDUnoag8AmnRLsTktJNwsJFgiMOSFeuxePlauIWphUiIJtEQ&#10;bd2OyIwWxJIQiMvrRnjqFgSYmuBt6oKnZSc8k/fB3dQHt8R2BCS1Ijq7HcrKQ9DUn4a24Qx0jdyr&#10;f93Ba3b4vwvg/19H4haGRwKc0G+6/gLoep7LwBi2nENS6xsw1JEQKN4BmW07JLY2MWqg58mRjaeF&#10;sBj8FJwUryCMza+RCHgHyZ0fkSj4nATC10gnsZDe96X4ndr9CVLoXFLbu2I0w7zltFhmmbblJLKa&#10;jyNr8wHIk0uQW1iG48dPOFLr6hyuRENnZyeqqQBP8g4jwZAoeJDE4FKVCSnp1NDk5aIwrwB5RG5u&#10;/q/GRo1Ydo6dooIiVFOjVVtUCBtV/GvkiWLLYLagN9FPgaXhMuiowavNz0NZfgEKqKEXbgxz89fA&#10;xo4qqeJhy3wGqhSnRekw1ptXFUiwLk4NG/X2K0mo5NPzfksYbTYH/J0opd43GzzKzchALFW4zwUp&#10;cAeJlAmeSsyN0AikOgNKcvOE4awSut7uTp5guPu/hOKCQkENhdNKDU1cgglPRfIkKjUm+sZhXawK&#10;hakpKM3JQQGlgT2c/KzLwP4ZBi9bzaFPriyrqdKvLciDxpyKqRHxYgvn0W4Kakzl8CShkk1xW51v&#10;918+PdMZxt8Kx1UVG+lKTUOgQoe/kWi4hUTDpCApQuMNqLXlCDhunWnpyp3LQvdxfqgoKiK3cpGZ&#10;nELCSye4y0siLGP+jQTZOolWLA1s4HgggcRLlEU+cOXmJbgojsnvZfTcMspDKSlpcFfqcUtAvBAN&#10;k0LkiEukxtSWjRLKs+fzq/2+S3NxnuFnc5nkdKmiRrmGhFYNNdJ+GhMeJ5E73lslhMPsUDmiKR9z&#10;PcBGx7g8MfxsZ5535f7PwRZjK+h5RfRpNCdjmUw/aKeBRcNLgXFQ6vSoIKHL1+Q76oHfBN3PiPJB&#10;Qiuf6p1EvQlzItSiXN7iqSDRGY9QVYIoO9tJQFXQdWxC30ZxJ9LIRRxyORLwubQ0xBiSMEtpEa/K&#10;pvqEY80mdwS4bRQj+VGRUYiJikY0ERUZiWD6jzvyGzZsxLq1a7FpzRqsXLsO89ZuwiNrvAU3bgi1&#10;22mgPD5xna8L0eDnqNXth0MeuD4c11z24M2QPv74Y9SQQlSpNQiJlsGLCraPKgd+umL4aIoQnbEF&#10;mrIBaijfgH7bR9A2vgVZ6QFEpjcjPKUBYckNkBbvJtFwBuq601DXEvQZ33CWrn0dUVnb4BlnwYLF&#10;yzFz5iys9olGkKFCXKOlBl0IgM3nxGsPFhrhmV3ws+yAd9IAvNMOwjNpLzxM/QhMbkdUdgeJhoNi&#10;JIFfJ/AIg4B6/6qK/VCW2XePVJTwSMRu8Zs3htLUHIGWRwXE6weeZ8ATHc9A33SOxMHr4lWJseVN&#10;YUeBMbGlxvb3kb7jE1haziKhYpd4raEs2wXTtrfF5MWUHbxc8jOk8oRGEgL82iGt9wvxmiFDzFHg&#10;EYVvxKhC5sA39D/d0/UxLNvfhnHLGSTWHUFC5V7oSvtgrNyN5LpDsG09g+LOt1DW9SYMNt6kqBRH&#10;jh51pNbVOVyJho6ODmFsZZIXiwb7SMODUXq8qjIjNSMLNaTKix0FhAvvr4Url0HoN7tTS70yFg5m&#10;swVrqVd6c7CeCocOE/zVVBFrkGE0oJwqMO7JFlBh56XCeQRX5L8Yeh7Dfq+mSjGPGjujOQnTWTR4&#10;yfGYEA3xyM3MRBWF0Rm+C/z7C8jNtZOXT3FEPZAaClclVeox8TrMDVdSLzEBtwXo8ARVxKEao6DS&#10;Ss+k6yrIX05h5MrtX0oJ96SIWnIvOysbEmpY7KKBeikkGtaTaChKS0UZxSn3nDh+8qgivSzsr2Gw&#10;X0VDQc/liriB0jKfOiYyCi8LshEB/B5Wi8dCNYhU6ZCbkiIaJN7lMcd572+EhUoVmwOn3mmgkkWD&#10;HLd4S4RoCNOQaKDwMWzlk9PSlRs/h1MA5lNeYIHCBrEyyf9esdRgU3iYMYEm3BekxeyoeNEzr6C0&#10;ZlHKE+qEEHDh7s/hKo7LKb7KSTiwOPIg0XCrUzSEKiChxqMuL0eYff7F6TgsvzgRfuDvFFdsM6Wl&#10;rBSpKanwk2vxUFgiRlPeHecfjznR8UhKTECxNYt64aUC3pWVG1Zx/6+E87yIM/K/iUTXMurEDh1p&#10;eCkoDqoEAyqzs1BCQoXLpit3huMs84O/KX/yiAhTSfHZVEgCV2/E0ggZ/hakw3jKq4/y5nDyBBRS&#10;w19FcVrFIwxURobG3QX1ioDcpWsEfD4jHRISDfPkJjwTqcPEYCWmBEuwLEoBL0MqglNtCM/IR1hG&#10;HoLTbNiUkIylcRpM9Y/C8x7BeME9EM94huJRnyjc5RYmOL/kUnaJkYYrIBrYRPHBAwdgNJkQEBqJ&#10;UGUSAjU2bJTZ4KGrRGBKKwmE/dA3U4O6/WMktn4oRhKkxXsQm9OJqIytiEhrEnYbVNXHqUE/DEXF&#10;ISgqD9F1x6EhMRCRvgVuEQmYt2AJpk+bjhXuoQhIKCGRcRq6pjdIMJyFjsQDW2FUlu1HtK0X/kld&#10;8Enqh0/6IXilHIBH0m74J3ci0toFdc0xJFJjz6MIuka+l9h8ZvAVg5iXwK8OhDigxpmFQTMJAyEK&#10;qMFufVusXjBtfxfm7e/B0vYBLO0fwtLxoXiNkNTxkVgOya8Ncga+Rur2N5BIjbq6tB/qir10/gPH&#10;qwUeObCPIGSwOBhgcUDwqwceVejlEYWPkTw4mnBW2HswbT4JU8NxmOuOwkLCIbn2MNIbTyB761kU&#10;db6Dyr6PUN3/IUz5rcjJL8HhI3++aGhraxPviJ9j0UCNN/NAZCIWkfrnRraYCkR2ZhYyiYyMzN9F&#10;uiALednZKCJsKUmIVSeQ0lfgNuqlXuPNFbMa3jINUql3V56TLa7l4Wi+15WblyOb7i2y5SKDGhqN&#10;LhFTqKd/LfWgHvGTYFW0AukWC4oyM5BFvYxM8psrNy6Er7kQNoVry+aKnHpu5JbJaMaSGK2wuHed&#10;txoP0eeaKDl0VGExVVQZFlK4sq3ZQ+LVHse/hVxrjqCUej2pyamIik/AExFU4ZAIe8A3Vjw7x2xE&#10;fnoassmfWRQnrtz5Wdh/DtivnI7sTqHNhgISXtkWs9gY68EABcb7qnEzz1WJVCNGoxeNTUlOjv3Z&#10;FM9D4+7XkJdjQzH1eM0mM3ylatxHouFmbymeC5QgiEREeUaaII/8m0XiiYf3XblzOQooTMVETmoK&#10;IuP1eDFEhTvFvAI1xvhoMDlMhUB5PDJIUJRRHuVRLH7epfKHK4bG5wWQ3/M5Tim+TBTOjTKdGGm4&#10;jUTDc/wahuKzLCMVedQL/03pOIwMgjdys1FeLM3NpV5zKvSJeiyIVOFuP4WYnPhQkFoIz0QSSVW5&#10;OYJCTk/Ov+TnXxNuhlcScb6xZWVBm2jAkrgEEmN2bifR8GJALKQqDQqTLciha+1xy/c6y+Dl4fqC&#10;640iChNTQHkwK8mCTbIEMbp5E+XRO0lUL46QQ0qCt5TKLddJVipHIl6GuTcUPm+lsAsyMpBpMiI6&#10;PhHzKRyPxplxc2wy7os24nH6/qLWimnGPMw0F2CGKV98f16ThcdkdE1EIu4M0eCuYBKFYQm4JdKE&#10;myj8zHiPaFxPouEGXykeXOuN8CGigbfMviKigbfBrq2tRWBgEDwCwqHK2QJpbgeWR2ZgQ3wlogr3&#10;Ib6JGtnur2Fo/wy6LW9DXroPsmLqxZcfRFxeDyJJFEgK+iEvP0BiYhckhX2IK+gV35UVBxGsL8Va&#10;3xjMmbeQRMMMLNsQAF+1DaqqQ2LEQF19VMxFiCcxwKMFcfn9CExqh29SL4mGw/BKOwTPlH3wS+5C&#10;eFa3eC3Bkw/N1NCbeUJiB/XeOz6hhv5TJHd97jDJ/KVYqZHaS43+cKihH0raBfDkRKL3K7HjZOH+&#10;H5DR/jaJhl1i50leMpnc+SEyd5FoEK8bHCMKA98ga9e3yBKigdzpIb+0vwtT81kk1ByEuqhHrLrQ&#10;FvXBQMIjmQRD5pYzsG17CwXkXtGOj1HS+ykqBz5Hze4vULvrc1iK2pCdX4pDhw87UuvqHK5EAxt2&#10;KiosxLMkGkaEGAX3h1MvOSYeyngtMvQJMBkMMBiM0OsNP4vhUoj7z6M3GmGhCrEgNQnJOi08A4NJ&#10;tERhhKeWGpx4PE7CIZp6qTZq6LJTkpFiSUIiuSOeQf74NfBz0pOSYKCKUCJjU7wqXOurEuaVXw2N&#10;hSGeKn9DIsxGE4wE32McCvn1PPZrhmIg9EQm+bPKmgFjQgK8YxWYSPE7wleHUZtiMcU/GonSWGQa&#10;9QIe3eAwsfsmutdEwp4biN9KKrnF5KRShZ+QiGCpEo+Fa3EdNTZ/84nB8rBYpGhUyKBnJycnw0JC&#10;yWw2i5Ge34vJkgwrNa41WSTKVCos9wvBA15SjPHi3rEaC6M1SNPrkUcCMZsq2JSkZIo3s8BEjZAr&#10;Ny9FOjXS2dQj1Gl18IiW4V4WDT4yPOMfBx+JEnkmeg6RQQImiZ5joThx5c6lMPEn3VNIwqMwLQVy&#10;VTwWUuN5A/VIR3kqBTdsisT6CAnSdfGwUQObTY2ImcS1kdLBlZu/BRYjGZROGo1W7NVyc2A8biXR&#10;8AyJoxC5GjZTItIo/XjSnj0dh8F+GYarfHMB9FwTuZdHaVmYZEZoZDSmU50wnsI8joTvfSQGveVa&#10;FFqMglzK7zwKw+VGlBn6/KWwfzKSqexTvpcpVVgQTWIsOFFwGzWYk/yiEBErRYZWjSQqd+y/oWX6&#10;l6AnkikuitNTBclGA0IlcjxP5WKEvwFjPKR41CsCUdEx9rRMT0cq5ZkEEjF6Evau3HTWX1wXmMnv&#10;An0iTCq5cHt+FIl0RTpGaYsxQpaDa2IzcE1M+sXw/3GZuEZixTXSbIKuVebjmvhiXMeTH4nxXnG4&#10;gUTDOB8JHlrthXDHREhePXHFRAMLBn9/f3jwNthyPdQF7Yi1dWG1JBc+lmaoN1Mve9tHMHZ8Dk3j&#10;G9TLPwENNfKaqsOIrzwEWdFOxOR0QEHiQNNwFvF1p4iT4pNfOSQ2v4VQcxVWe4Vj9tz5mDZtGl5d&#10;5wt/Tb6YZ2Dc9r6wvmhofY94V8wzUFYcQUh6N/xT++GbeRTeGUeFcPBL6UVEdp8YlbCQUEjq+pT4&#10;TJDMdLNg+JwEg1M0XAjbQhCwbYQhsEA4j3MJ5JfIJmFQfPBHsfwxsXynWJbJoiG162NY93wvhEKG&#10;mKPwGVI6P4CFBICp+RyMjaeEmWhD3TEYao/CWHMEpurDsNDvlIZTSN9yDllb34St7V3k031F3R8L&#10;0VBMlPV8hPId76Ok/XUkWOuRbs3D3n37Hal1dY7zokGOcaRsWTSwYaf8vDw84xGCkUF6wUQeaVAY&#10;YKJeaykpdBupb1bgrPgvCaluVwwq8iFkkVvc6yym5xbb6Dv1gAPjjXiKFPddPirc7qXE/DA5YtQ6&#10;8GZAlQX2oUJe/WCl+3gjHwH1PC8Hvz8tLy5CDj03kRqqqWJOg0IYPVobp6Znp4tXIXnkF+c7zAvg&#10;/4ZC7gnoew7Br094gh5vsV1EjY2XTIMnfOPsZpYDtVgkSYTcnILawjxUkT8Y3meD7xPDqM4hT/r9&#10;a+D7ediWYbv8TH1lpdgBUmaw4GnnREh/iZgIWZqVIeKxpLQURfT8weHVn6Pol8HPbqgoR2VRoeh9&#10;rleZ8VgQ9Y495HjcV46NMUqxedO2mkrUVVaghCdj8uRP9ocL9y5FVUUF6qurKL9ZxWZZYk6DtxTP&#10;h8gRSZXqlpJCAc+14ImQ7L59EpsdV24yBUQ+z5eoqBSmjasL84XgWBSuwN/I/dHe8XiKeoWMt8aM&#10;tKwcbC4rpXQvR2lZGbnx68JxOXiInOf+cO/aS31+IuQL4UoxEXJzkWNOgIg/ygPk94tw5I2LcZ2f&#10;7BSJ9/n8WrCIygRvfDYrOgEPUD4a7ybH9GAFwpQaQa7ViqZy+94PfB+/puC5A5ynnfMILgXnd54E&#10;WZSfDyOJTjGnwfl6gtL05WCJeD1Rbs1EoWPuBpf9C+C5NQ7YFLWzvFupXuDzZRQ/FUUFKKAyyUSo&#10;E0iMxOF2HwWu89NiWrQOoVojbCTgeXv6AvKXje7juonrOq5nLsZRh9F3pz9sFA85yRbEafXCvsUD&#10;slSMUOaSKCBhEJ2CEcTI4cSk2olNc5COEVISEHTfdSQUmAlesbg+WIsbSBTfvtwDLyxfh7CgIDyw&#10;zg9jQxNw7/orIBqyKYArV66EX3A4VEm5UBd2IzK7E+vkhQjK6ICh7WNBYuv7UFbzSMBBmJrsw+y6&#10;6oNQlu6GlIQDz0swkAAQjT99Grd/BFP7p7B0fo6wpBqsdAvErNlzMW3qVCxe5Q6/+FwSDB8guedr&#10;JO34ysGXQgzwa4pwax8C0gfgl3UcPpnHSTgcIRGxExE5AyQs3iRxQD15EgfOPRsuCc89cGA3omQ3&#10;pGQXDw6BMASejyCWQJIYyNn9d5Qd+gnWDhINZX1QFXVDXTZAAuFDWHd9S4KB3OLXD+3vwbTlDBJq&#10;D0FbsReakgHoKF4Sy/bBWHUISSSi0kkgZbW+A1v7h8jt+Ah5nR+TYPgI+V0fooDpfB/5He+isONt&#10;FGx/Dbbmo1CllCE5PRu79+xxpNbVOYaLBkVOoRANPLT+tFvwkL0njFihS0VOfiFaqCFie+sVFbzz&#10;XRXKXFFxMbwT3OWorOJNkRrQ19KEPKp4PBSJeJp6VTdsUlBvVYLlsRox0aiFl7uJ5V71dE+12BRJ&#10;UH0xVYLaQXiJVCvvkV9VhQyrDbPjeMmlDE8EyeGuNop35K31dagjf9TStTW1RI0D/j4UPj8MXoLI&#10;Fi15C18D9VSmhcdj5IY4jPOUY3KUHqaMbDSR/3d1tGN7S4ughp5Vx8vlBI12KHxDaRA0XUjjhWwW&#10;bBk0actr+2tqaqHPtNmXXPoo8XCgDD5aM7ZWVaKNN5Wi65q2tNB9zZen6WIaL2CLoIn3ZCB3+9rb&#10;cKCzHUk5BVgu0eNeDwVu3SjBk/5SxFjS0d/SKGwo8CsxZkvLVmymext/ITwq1tvViYrKKsSZ0/EQ&#10;9X5vo3zCSxFV6TkY2Nos6NjaIuxd8P4Z7Dcnrtx0wmFjWxn7dnSjjPJEeIIZD5DgGbNJggkkZNdr&#10;UwW1JBI6KQ3ZmiDbPLjA/xfFz69DxC+5w/Yt2Gwx78DI9hLE3hMkGibHaGHIzkdfc5Mw7S7SkeKf&#10;88Avw55nLshHjrxV38A0iuu2Nm/FrvbtYkv5aFMaplPv/Pr1ctznJcPsCKUgNTsX3U0NIj9vIT+z&#10;Iaqh1IryNJx6Aef7bXRfE31m5+bb955w2GlgexTTI1WwZFixjQRiI5cVcq+6tg7VvPfDRVA5H0Il&#10;lXleGtzZQnmyrhZJaWmCV6kuGb2BGmIPGf4WrEEkhau6pFiYkN7a2Eh5iuo3rueGwf+VU34bCv/v&#10;rF94A7NqEiea5HQslCbib9JkXCPNwjUxJBiiLBgZlYRR0a4ZPYSRkjRcI7fi+iCNYIJnjP27nwIT&#10;VvnivhkL8exjj+H2Vzfg2lAt7t/g76jV7YdDHrg+HNdc9jh+/Dj1YvIRGqtEuDYdURlbEJTSjDUS&#10;G/yTtojRA3XtSaiqqRGrPCR2pbTu+Mg+ZM+WEiv2iVGGhOa3YO78jITCJwJzx2dil0iGX08sXe2G&#10;GTNnYfLLL2H2/MVwizKIuQgWfqXgEAy82+OgaMjqQUBaP4mGY4OiwS+1n0TDTiEaePnicFHgUhyQ&#10;AHAyXCAIGwmCry7AOYkxd+93qDj6L2R3vYPE8j4o8tshyych1XgKltY3YWDjTbVHoKs6CF3FAejK&#10;D0BfdQSmmhOw1J9ByubXkNb0JjJa3iHB8B5y2j4QosHWTp/b30P21jeQ1XwWGbxqouEYUuqPIKPp&#10;GKxbTyJ3+2nEZ1FmTrVi58AuR2pdncOVaNjW2ire+z+9MQAjfanB49cDsWZstOQIM9J7eG8Ftoy3&#10;nW3Qt7tm+2+lQ5iU3dvXj06qgHly1CaqmO8P1OA2Pw2eDk9EhDGNKs9yYQWP7dW3dbCVQbt/2Nre&#10;5egm9/f07xSGk0rKKrFQbgEbd3o6VAV/A/V+qcLbTQ0Am4RlS3rCet+gqVoHwqLfefj5fC1bmxzo&#10;3iHM3SblFmG21IB7g3UY56vF9Bg9YpOyxN4bu8j9nRRGp0U5tgR43sQuW+/7PXSjj/zBHNy9Rxix&#10;YauBLzksQj4apEAQxWEPCSfe0KqbrmOrfHZrga7ccwFbWBwCW5R04jzP1h/ZkiGbJ26lhiyZhMOs&#10;OCPuDtDgFn8dFimSkEyibSs1VAf7egVsWKyD4mOoZc2fY4DS8cCe3aLhU6Xl4BESDWzcaWq0Fgm2&#10;Ihzp6RYM7LBbD3XlxlDY32yNkS2d7tq5C7vodyc1IJEpOXiB0m8C+fv+4ASsUJiQklci2NfZIfZ9&#10;6OulPEvPsMfJUHcvjJ/L4YxTJ+zGLgrnLopLbsSjUmy4g3r6d5NomBaXiNSicrGnSz/FWyebd+Zw&#10;DE2rQfh/V7i61o7Il3QNm43e2z8gjD81kAiPtFgxkXq9t/trcF+QTuCTkCom/rJg3kvpyH4R7g/P&#10;24PYTUlz+eGyxpYmeygflrEZaX0GrvVSCO6hNJ0Tq0NOUSl2t22nazhOd9jL3vBy6cBZ1rk+YdPt&#10;O8k//SRO2c7MKk2S4GGq70Z6a/BcRCL8E5Kp02IX8n1sZIr8I+o3rlOGwf8Nr7f4f6cpbTYW1bmF&#10;8juV/8VyIx6QkGjgUYbYVIwg4TAyluFRBefneUYNYYQ0E9coc8ToAiNEQ6AaN1C637Q+BPfMfhVP&#10;PPo47ljmQaIhAQ9sCHDU6vbDIQ9cH45rLnv8x3/8B95+513IE5MRoExGaHIdApMasUFmQ4B5M5RV&#10;R8XkRjX1mBNIMCRvewvFe75Bbs8HMNbsg6ZyPwmKY9BTo5jU/RWJgM+FeOAdIvmTRUNQYjEWr1iP&#10;qVOm4oXnnsX0mXOxIVRD4oAa345PSDR8KUjq/tylaPB1jjTQb7toeMMuGoRI4FcPrgXDcJFgFwgX&#10;YhcIXyGT5yUQ/F38R+dydn2N0gPfIXPbWWgK2yHJakJMRhM0JJT0bJuhYj80pXuhJRLKDkJfeRTm&#10;OhILjW8iveU9ZLZ+QGKBeZ94l3hbvJbIbH4d6U1nkLb5BFJILCQ3HEESYWk4irSWU8jpeB3Ffe9C&#10;X7gVljSrsE1/NY9LiQZrVtaFoiHODLckG/V4m7GfCtUO3kvhZyuE30gbb6LTbW98qUHb09qChKxc&#10;zKXK8c5AHW4N0GG2xAh1Zj5VAtT7oQqkn67tEpWIC/dcIPae2Dkgem+l5VVYyGakHaIhwJiONuqt&#10;7WXLeFSBiQrYhRvnsVd8/L2b/MB7a/TRb95+28+YhVsDtdRAasV8hqDEVLGee4Aq1d3UKLHZ3cGK&#10;+yJ3L2TQxPAvpHcHNcDEgV27xUZfKfklF4iGQBJHvDHYzg4SaY5GeqgI+t04Km6OQ06fXe3taKLe&#10;XpApHc9HJeI6ElEPhyVildKE7KIyagwoToidlLc4fewNlgt3h8FmpPeRKGFDY8rUbDzMosFLIkSD&#10;LrsQh0hYMv3c+HJD6MKNQbjBcXzvo/Q5RO6ygMzKLcQCEji3BFBaEjMoHvVUVjdTL5Y52NsrGhq7&#10;Oe8h7v1BsJ8HSJAMUDxyDzsqOccuGgLsoiGlsAwHusjPojHlvOTaHVf55BdBZZLzIG+Gxemzezt1&#10;KgpLsERuoHytw1gfreClaAPCLFnYQsJmD1tYpOu7STiwG8Pz83DE3hMkSnopv4i9J4aIhnspnHPj&#10;dLBRPtnTziNLbHqa8ogLd+ycL5NctnaxqXFKo4baesjSbHg8yii4mdOTyuY6dZJY2trZ3Cw2cOMN&#10;v35JmRxKB8FhZXZQPujZuhWpJChfcYqGWBYNaXbhQAwXC64YIcsi0WC7WDRQfNy8KQz3z1+Bp598&#10;Bneu8BKiYeKVGGn4P//n/+Crr7+B0pAKX6kFYSn1iMhoga+uFGFpLVBVUk+64QyMLW8hpYN6yf1f&#10;oPLgdyjq+wCW2n3Uy2bRcNQhGr4UYsHiEA2W7i/ECEKIqQJLVrvjhUmT8NRjD2PGnFfgHmOBgdx0&#10;vmKwC4fPxcoFnugYntWLwLSd8M86Dl9+ReEQDZG2nWIlRyovdbzEKwYnF4mD4Qix8BWydn4jJjDa&#10;JzLyPAUSHd0fIb3zPeR0vQ1T1S5IUqupN1uGcGMVlAUDSKw6AX3VSRJOZ2Cufx1Jm99EStPbSN3y&#10;LtKb30fG1g+QuZU/6TeLnIbTSK49BnPVARgr9sBAGGsOwNJ0HGltbyCj6z1Y+z5F/u6vUHbwW9Qf&#10;+w5pNb1IzrSJ3QOv5uFKNPC+E5kZGXbRQIXqAouQJeXobGgQ20uzVbQ6KohXglqCe6dshY3XxisS&#10;TXgqSInRHjKMp8K+kCrxzOwcNFVXo49ETjP13vl1Ad/HuHLTSRNVau0tW1FLPSZrTi7mCIuQMjwR&#10;rIRHvBk1ZeVi7wtuiNj6m9PNS8GvLfjaFurtsklh3l+frfa9RD2Y0e7xuN9bhvnhCqRlZmN7TY0I&#10;F1uOc+XWH8WWzU0CMVpTXokEauQmUaUuLEIGyOEVb0JjaQm21lLDR9eJ4WMX7vwuHK90amsb0EF5&#10;qr2pScyF4VdON3lKxDLX24Koh0piqrSgQNBG8c6VN+etmpqh2ykPxe4209K4Be3NW1FMjVg0dYbY&#10;IuSt3lKKezWkSZnorq8VtPAQuDMtXbjDiOfRed46uo38urulCWm2fKykiv9BEn/jPZTitYqv2oDG&#10;slJsr68XNDc2i/S3+3eIm0PjYig/d+4SbG1qFvmG55Xwpmq38esJajwmR2uQkJGDLgpjs2PY3tX9&#10;fwRcvnhrbLZWWl9RAZM5CbMj4zHCTSoYR52LSTEmaNOyUV9ejl5K823k52qO22FuDYe3295OYp13&#10;duXXE+uGvJ5gcTQzSk31Y7Ywfc6vMHjEhfOVK7cYTgvej4R3oBTbv9fVQZqchVmxBtzsoxHc5a3A&#10;ywFxUJtT0U7ubuMtscm/znziqu64FHyPcyv8Jn5FSeFPpDI3j0Td/bFJ9kmOMalEshht+EVI6B7F&#10;ENHgxa8n4u2iYUMI7p+7DE8//iTuWmEfabgiooH3nvj8y6+gMlsRqrMhNmcbJHk7EJbahLiCfvBu&#10;j0YSBMkdHyOz53MU7P4GdUd+QOnOD5BcRz3sahINNcfEXAYxL4HFQpddNPDrBl7BIMntgke0CQtX&#10;bMLshcux2k+CsOQ6scyRz4t5CTxiQKLB0v4+NHWnEJbZh4C0XfC3OkXDYQSm9yM6b0Asm2QDSRcI&#10;hKFcIBbOCwYxmrDTaTuBP1k4fIGMXhIgPDeh4/3ByYz6zbw08hQJgdNIKOmDJKUOUeYaRCU1Ib74&#10;AAy1r8FU9wYsDW8juek9pJBYEDSSuNr8BpIbziGp/jSS6k7QJ3McSQ3E5mOwEElbTiJl2zkSJu+Q&#10;WPgEObu+RO6+v6Po4A+oOvYTWs7+A9bNA0hKz0YPqeKrebBoeIpFA1W2Q0cahGhwC7zATsMytQXp&#10;VHDrCguFDYDCgmIU5Bf94dhtIxSitLgUtfyukBqT7NQ0YTjnUepJXu+rwQPUw1kuSYDWkiqsuVUV&#10;F4vrnZO72A1XbjMl1NtnS5QFVDnxTP/p0Qn2iZCBcqyT6ZBnzQZbSmRrhwUUxny655Lwswh+jcJW&#10;B9lQTGyiBZPDdbjfX00FXYW54WrExCeggEROAzU2bD2xkBo59uN5hrn7OymjuGDqKiqRk22DTG/B&#10;05HOiZBs+VKL0sxMVOTlD1q5c+XO74XTkakoLUctibEKmw3xBgtmhclxr78SI6mH+nyEFj4qvSAz&#10;IxM1hQVi8p19bTzFDXNBXDF299m6Zy2JtIy0TAQpE+0TIX1kwn4Bz0HYnJ8nqCgoHMyvrtxxws+s&#10;KS1DWX4+rGnpcFca8QhV1DwZ90GKu3WxarHMsKGEbWBQ/iQ4LYW7g3690M3fC7tdSeHkPJaenglP&#10;tVFMhLyDGo8XwlWQGZPRUJAnTHhzOtrz/x+NPR3ZfZ7kW83GprIyEUhp9jSVG+Zmv3jcGqgTJuDj&#10;9EmoyM21X1dM+Z3inm0/uHab/E3nq9maIoXBnJyK5XIDxvhpBHdROKeFKaA1JgljU6XkB55o6sqd&#10;QSgOyigP1VOeK8yxIcGUgoWxejwQQH70VgleClEjRB4vTLdvKbfHL7vrzCP8+Yuh5/EoorAMSXmt&#10;jO2UGKhuYdEQqsW1JNbHbQzHhLUBmEAN/oSNoZeGzt8kdrWMwDgfKSZ4RNvxjMZ1wRox2nALnX9g&#10;7qt49okncfcKT1xLdfcVEQ3/+Z//iXfe+wDq5AIospsRX75HGEOSFPSJVRBJPd+IUYA0atit1AMv&#10;2vM1Nh/7ARW7PkBq/V77vIaa42Lyo5ibwKMLLBgIvo+XOOq3vA550U4EaPPhI89AXE67MK4kVjT0&#10;fiXmJojPni+EFUV19XGEZvaTaNiDAOsJ+GYeE/YagjL6Scjsomuo9z5EGJwXCENGEQaFwhAGeFnk&#10;32Hd/R3BowpsS+FTpHS+B+OW09BWHxCbVslyd0CayxMf98JQeQzawt2QZ7ZDktEOWU4f9DVnYdny&#10;PpJILNgFA4W98W0SBK/DXHsaxsojJDR2Q0duaYt7oa/aC3PjMRIJryGj+z1k7/wMuXu+Qf7+75B/&#10;4Hs79D1v/7ckGr5D1dEfsO3cP5DXNIBk6jHwfv1X87CLhk24QYw0JEJpKxKiISM9HU+5BZ2300C9&#10;5oVSPRIMZuSnpCA9JR0pV5Q0YeLZnJSGIuqdVlMFZDGa4UbC4Q7q9Y3wUGDUhmgsCo5DklqFPBIV&#10;RTm5SEvNEPC9yYQrtzPSMpCblY0USwpU8Tq8HMH79qvwUIAUy6OUSDaYYEtJRSq5k5LCXOzGIHRN&#10;anoWSqiSYAuLQVFxmOIViXFuctzkxRv9KBChNaIyy77mmw0tJXPYklIv6b8/gkxqRJl8ep6ZGrkw&#10;hRaP85JL/3j8jYT8ykg5MhMTkZ2UjDS6zh5W1279HpKTGXtaptMzWDQUkjCI1yZgbpQW1/joMNJN&#10;gjvdIwV+URKk6xPEChlOIwulP9/rym3GmpElrtMnGoTBpftINNzsK8czQTJhkKgwOUlgpTi/VBiT&#10;HXBaZpN7VdlWmBL1WOUfikc9YjDaTYW7qdKfzZtDUe+azW/nU57MpAacOZ+WVy492V/Z9Cxe/rcu&#10;jnrKbKchQIXnQuQIVyeIMGZRGbhS6chwvuVwcprYMq3YTOIuPTkFIQqNgLcCH+GpxqiNMXjBLwZq&#10;mRzZFgtKSZxnURnh+y6V59MIW4YVmanpUGsS8EoMG83SCcSISrAUEpUWeWazsK+SSnnWlTuDcN7P&#10;zEJ9dhbiZCrM8Q6j/CXDOA8VCQelYJMiEZWZ6SilsssjYKLe+B3lkssRk0HxlGkwCoukL8YZcb93&#10;NG5a6ob7Xp6Fh5+ehAdfmIIHX55+SR56cSoefv5lTJw8E/fNXow7lrkJJpCIYONO1wVrcev6YEyc&#10;uxSTnngKd6/0ItGQSKIh0FGr2w+HPHB9OK657PHTT//AmbOvQ5VSgvjCTqjKdkNRthfSwn5o6k8h&#10;ufcbMRqQTg06b2VdsvcbNJ34EZUkGlJqd0NPooHFhXE7r4T4SthIuGDpIwkDS8dHwrCSsNpYvk9Y&#10;YeRRBufrBb6GbSSwVUU2zywvPYCQzF0IyNiHgGwWDUdINBxAmHVA2IhIav9AjBrYhcGQ0QQSBoPz&#10;E8QrBydfI2snXUMCIbX7QyRtfxumltdgaDyNhLoTJBaOQl1+CMqS/VAU7YOicD+Jh0PQlp+AuY6u&#10;o3MaEhJyazeJhn4SSmdgangLRhIPhqqTYi6DoYqXVh6FiV9B1BMNx2BpOonkrWeQ1v4WsnZ8QPHH&#10;IwpfIJfikEVCAYkFJ/kHWEB8h+KD36OaRFnba/9EXvOAmNPAk7Wu5jFUNNwQpr9QNGwKxMigRAEv&#10;uVysMAprbSVsuIcNHwlDOVeWdKps2HIjW/Tjxobtz8+nyvt+6v2N9GOrimqsi1aA11EXk5+5AWF4&#10;iVTGJfyXTeeKqCLLJPGg1ekxJdLeE3iYekurqCeZQQ1pEYXRmkUNQyYbkXHhDrtN52z0rEJeMmpJ&#10;gpIEyCzq+d3tr8JY6iE9FaqBt1RNlWUKqqm3W2jLtftLuMHGYoa49wfDlSBTQvGWIow7JQ4ad5ro&#10;LxVr/W1UAedTnFmttkuH8w8inciiZxTm5qE4J4dEXiqCVQY8G6yixk+DcQFawdQwJQLlGmRRGrCB&#10;qBzyGy/fdeUmw3mD90hgYeQrjR8UDc+GKKgXnDjMuBOnpwt3RF7OFiNMeRkkOqnC95Np8FiQErdS&#10;fI3z12JOpEbEYS65U04C1uYw3sRwHr2S6cl+zqdw5tMz2Y6F07jT7SQaJlF8RZMoLcvgvE9xTP65&#10;0uWSjXhx+Mt49IaemUpCilkdp6MypMb1lPfvC4zHkgg5ZJpElKZz/Ft/tjyJvMHLFck9XaIRS8gt&#10;55JLHmmYEiqDQqtHcVqquObSaWkX5oXZOcgm4W9JSMTyaM4XSoz3I8EcpMHq2HiBhjpA1Xl5KKHn&#10;ZosywG78tnTke8WyTIKNT9mSkxGuM+M5iQkPekbi3kVrMenlqZjxzFOY+sKLmPLy5Esy9aWXMOOF&#10;5/Hy5Cl4ZsZc3Ld0vWD8pjCMCWbRoMPtG0Pw8PxX8dLTz+De1d4Yc6VEw3fffY9DR45BkVqGhPJ+&#10;KKh3LCHBICnotYuGHm7MqSff+zlySDSU7v07mk/+hCoWDTU7hWiwG1uyv2oQ9hFYLAzyuRhFSOv/&#10;OzJ2/4DM3T8ifee3DpHAIwx24cCGkniegrb2KGLzdyEoay8Csg4hMIdFwyH4pO1FZO5uxFcdFnYS&#10;eA7CeZEwBH7twCJBjCo4EILhM6R0sLGlM9BW8YjCTkjzehGXQ2T3QWLbA2n+QShKTpCAOAdN1Rsw&#10;1L+D1OYPYKkhYVDYB0V2NyTWXugqTsBAgiGhnPek2ENiqw/aUp7nsBemzUeQ3HoG6V3vwLrzE+Tu&#10;I4FAoqDw0E8oOPgj8cPgyELB/m/tkFhghGg4xKLhR7S/8S8UtOyGiZQub616NY/Li4YEAb+eWKo0&#10;IYkUNVtlzOU10FRxXBVy8pBry0cVVdb5aWmIVGowK1qHGyKScUuoHo+FqKino0WO2SR680whNSS8&#10;VpvXaA93jzdwKisoEsKHbc5PpR7vWB8lHglSYI1EAyv12MqoYbPR/WLNtws3BHSONyaqtGZBS72j&#10;tVFy3ENxOCbUKPbgXyJNgJV7zdQzrSgsEpOtsqhy4kbapXt/ILwsleHn8shKjNaAJx2i4cEAqdhj&#10;oyAlWVhmZNsTPxvOPxJ6FguHWptNjBx5xMjxZJQB11FaMndST2p2pBo6jd3cdGl+AfLoek5HV2lZ&#10;ROfLKYzJJMz85VrcT43DzT4kGkKVCNYYhKVNpojS89JhpMaKzvE+HDn0zGiZErMi1Lg21IwbKC3Z&#10;sFmgKgG5FjPKKA+yqWO+z9lIXOzeH08xPZPFERuocpMnkmhQC9HwPInU2ESz3aIo5cWrlo70HDYB&#10;zgKqmvIQIyeBsJga6LsiLJT/TSTsVdggiUeOIVEIQN4zguPZVTqK+C8oIHFkg57yxVJJwvnXE4FK&#10;TAtXQE1lVYzyiHDmXeSGgNwpoPNVtmzKXyb4REvxJKXfqBAzbqIyOSVGB502UVBAwpXLB7+m/CPK&#10;pdOOSx7lowKqPyP0SXg6zohHPMPx2OI1WDB1Kta88AyWTXkJS6dNuSTLp03G6qkvYcn0qZg5azYe&#10;WrJWMH5DCEaTYODRhjs3heCxhcsw5dlncd8aHxIN+isjGr766mvs2kM97NRy6i3vhqygB7F5O8RI&#10;A+8ImdL7DdjoUUbvF7CRaCjb93e0CNHwHpIqe0k07ANvGsWWGYVoIIFx0UoGEgUsEtJ5O2ixJfTX&#10;wk37ZMWvhGBgC4rmbW9DRo0wT4IMth5EYPYxIRr80vfBN7kXkqJ9MDSdRnrPZ+I1A89JYLJIKLBI&#10;sNJ/LBIy+79AWhePKPD8hLNIbODRhCNQlR2AvHgvpAV7IMnfR58HKZxHICsi0VR8AsrS01BXnCNh&#10;8jo01bxR1VtIbXoHydWHYcxvhzStCVHJPKdhN4mGIzDUHoapgecnnEZq2xvI7H4f1t6PxesH2+4v&#10;kbv3axIHDlFw8Pyogh27UCgU0G8+TxQf+gHVx39Cx5v/QlHLHhiS09H2p4iGjXbREP7zIw2L5Hro&#10;TUkoJLWfkZaOVB4mvEqkUcOXwz0cEg2peoMYen48LB53UGG5OdyM2REkHOIUSNfrBdyTzUi3DxcO&#10;d4uHlLlXmZacIobJJ1Mvkl9PPBIox8pYtbCsl09hTKdnDr/XCTfEORmZyKJrLWo1VsRQDz5UIxqZ&#10;O8lP86iSi1brUJKeitz0DPFMHv5MceHWlcBKfmPYNDVbCYxQ6fAEVZ7X+8c7RhqUyDYaYONXTSKe&#10;Lh3WPxp+hyx6/tQAmrU6LIvV4r5QneDmECMe5FUV3EtVxqM4JYnSnNKfevOpLvzI5sx551CjwQRv&#10;EkLco7zZV4FnQhTwV5JgSyVhRORQvnEdRkob+p/nzGQkJkIiV2Ea5aW7qGIeSQ3N4xRnPJKVqDei&#10;iE1uU1w58wWn5dVKzxwSuDYKq57CuUGqFRYhbw+0jzREslluCqP1kmG8crD1yzwSBEwaNdIxSi1e&#10;pvJ0V2gCxoeZ8WK4Br5REhh1vJdDKrIo7dMoDoe7w3HKIyVW+tTo9FhMeWJwpIHCOTVMLkRJAb+G&#10;4fxwUTjJXfrPSm5bqZefrtPCWxaPR8I0uCnMgHFhJhIeKgTK1GJUkMl3lku6j18vXOjer4fLEcP+&#10;YxPqQfEGPBaVgEd9ovHsGk+sWrIEfgvnwH3JK9i4dMklcV+6GL5LF2EDfV+0dDkeW7FJwLtcjg7S&#10;itcTd5NoeJJEw3QSDfeTaBhNdc7froRo+PTTT7GjdycU6VUw1+2HJLcTUVZqIKn3zPs2pPbZt2/O&#10;7CPRQD12IRpO/YTKgXdhLu9GIokGtuLISyV5REG8chgqGPjVA4uGYfCExaGvFJLa3hFbTEfn9CM4&#10;vQ/B2UcRlHNSvJ7wT9uFwJROqCoPI7ntbbr+C/sIghhRcMACgvyYtoP3engHRjY+RQ27smwfZIW7&#10;EGvrR0x2P6KzBxBj24e4/COQFp+GvPQclOWvQ1X+GgkGhkRDxVmCt8Q+i9TG15FatQ+Wgq2QpdaR&#10;aKiDtnwXLE0nxKuH9I63YO37GLl7vnI0/D+g0DGiYBcKdnFwId8LoVBI54ciRMNhEg0nfkLnm/+G&#10;wtY9SLSkYtv2NkdqXZ3jUqIhk0QDW4QcE24S3BeixvTgOIRFxUATGwtpnASxsVIi7ooTE2P/lEpl&#10;UBMGSSwCQ0Ixxc0fd3lLMCbIgPuDNZgZKkNYWKRAFR0FuVQOqURG97JfGYc7Eini5XLExcQgMDgE&#10;TwdKMYbNK/vGYK5fGGKjohBPYYyL4/A5w+h0g37T/3IiXhKHqIgoeIdGUYOswSgSDNf6KPGQZyTW&#10;efkjJiwcZrUKKvJzNIXBGY6rgZzCyGgpnLyTnltQOCYGKXFdoAb3ecVgvm8Y5OHhUFIcXBjOKwvH&#10;QRzlHZlMDo1UCmNsFNb5UwXoFiyY4K3EhMAEPE75bWWYBJqoCKjIjzKZwuHPC9NSwXmCwhgeFoEV&#10;lHZ3+ssx3k+BR32jsTo4EgmxMQJFHF8/NIwS4R6jpHP8DM43y8LicDuVg1EBVDm7S/CyZygC/Pyh&#10;ovygVyop30vtaTnoztWA/Eh5WUlhDQuPwCuBURhPouEWEkhPUoPkRvlP5zKMVw5OR0ZC5UtBacMk&#10;xFGZoXSY5xWI+6kMjAlMxF3UwL0YIoNPRAzioyOp3EjoHip7g2lpdy+O/K2idOQ8GxQahmlBcdSr&#10;ThTw3hPP+kTAJyQCmpho4Yb9fr7XkR/oN6eNit2n/B4UHoWpJBJGRiSR8FDjdo9oLPEORERwMBJk&#10;MoFGTsI+RvIHlUt7XmK4blRGRWJNSBQeIIE+0TcWT3qFY/F6d2xcswar123EivVul2T1hk3YQCzb&#10;4I7Z6z3x0DpfAe9yOZrK73VBGiEaniLRMOvZp/G31d4kGhJJNFyBiZAffPAhtrd3QWOtpV71UcRY&#10;tyE0rVlsU80jDWn931IjTY1yH/WcB75C2f6/o5lEQ8VOaphLO8SQvL7lTSR1fiJGE1gQDF8GOXxF&#10;g5i0yG7yxk70nRt6Xe0xemY/wq27EZJ1ACG2EyQaSDBkHUVw5k6xUVVi0xm6/jMhEFg08MiCVXzS&#10;c7veF6MK2upDkBfvRlwuiQTbAKJJIMTkHURswRHEFR6DpIg32zoFWclZyMteg6LsdSEalKVnxGiD&#10;ovAwFAX7iT1IKN+P9MZjyKgdQFpZKzR5LVAWdCKt/U0hEux8jXwSUoMjCo6RhOGCYDhFzKHzFDpw&#10;ioYOIRr2kmhIw9Zt2x2pdXUOV6JhO4mGLBINz/tGYrwsU3CHTyyeWusJX2qsdSolJFRBRUfHIIoa&#10;2Cje3vUqEUuVu5Iaa2lMLMKjYvEMFZQb3KNxfWQSbo8w4oUV6wRr164TduwTExKELXm7X9mNKKq0&#10;JNDGx1NjGgV3Dy/c5xaKUSGJuG19AJ5buUFUzBqFnCqC2MEwRkba4f90Oh10Gg0Jk2jMWrMJD7uH&#10;YkIUVU4x6bh/XQAWbPQigSOFmtyQ0PUx5EbksHBcabgxZfTk17DQUCzd6I5bvaPF1rq3rQvEJErz&#10;OAqXUsoV8NVPy2iKOynFjUo8OxYbAsME968PxA0+CoyTZOIBynPzFi1GYGAgcrKyoFapHWnpdIf8&#10;r1BAR2kZEBCImeuoN+YjwXX+CtyzxhtzNngiUaUSKKmRsKdntEjHiEhqwOhe3vNAQ59B9IxJKzfh&#10;Pj8pxsqsGBegxjOr3LDBN5jyu5riiRoEynsswK52WnLaqJQqqEm0+Pn74+X13hgbFC9m1t+30h1L&#10;3H2QoFSQSJZSAxhL93A6Xt20ZGSUlixcIsm/Mz0CMH5jGK4PTqD6w4qn1vti2bIVUJIwSLZYEEdi&#10;I0qko92fMRS3GopnOeVZDy9vPLnJHyOjkgXjPWPw4LKNWOPlCw2lo5TKL6cl3yvKJd2vonv1VNbV&#10;lJ+Xu3nisXV+uC1Eh2tUhbjDLRIz1riRkIgUe6FIyY8M1yV/VFpy+LkcMew/BfnvFTdv3L3GF7eT&#10;aLg9TIeHvSPx1KYAPOEegsc9Qi/JE8RT1GHjfTB4n5g73CME4ykcY9giZKAad20MxlPzl2L200/i&#10;gVWeGB2acGVEw9tvv4Omlm3QZTcgo/k4ItMaEWiqFftJ8C6R6Tu/owaeevX9JBqocS6nxpHnNJT3&#10;vw1DcRsSq/eKXSOTuz4hMUCNN4sAp1AYFAznRxRYLIjPvi/Ea4ak7e9Av5ka8eK9iMjqQ1j2AYTm&#10;HCfRcBJBVrbNsAeRtl1Qlu0RoxHW3SwSHJCISSfBwa8hEhpOiB0y4/J3ISp7JyJIaERY9yDCdhjR&#10;+ccRW3QakuKzkJacI86QaDhNzzxFAoOEQjG/njgMZfEBqEsPQFN+ENqqg0hqOoH87jeQv+0wcup3&#10;wFDWCW3lTmTv/ATFR/+JwsM/UUPPIwvMkFGFg99dIBCGM1QsDIoGxzme01B1/Ee0DxUNrdscqfXH&#10;HP/3//5f/K//9b/wj3/8A//85z/Fslv+z3n8nGhgtX9vYqEdanCeXe2OxJR0dLW3Y8uWLdi8eTMa&#10;2J7BVYSf2UzPbuV1/+TPIJWOClgwVU46jIlOwa1r/QXTNvmgprZOmMSud9zndKOluRmdHR0oKy1D&#10;YmIi9YoiMCrciJtX++LF1Ztgzc1HO93X1NQ0eF9dXZ2giZ7ds2MHKioqIKXe8uNUGd5AgmNskA63&#10;+MqwnHqqqZlWdFIcMc5nXm04fpie7m7wHhpB1Pu5lSovHsa8eZUPplAPprq6Gtu2br0gnFeTRnpm&#10;C8XndvJDSXmFYEU45TlOj9g03BAQj3uWboJ7lBQ7e3vFCNjmzY0X+HX79u3ooHhOTU3F8oBQjKM0&#10;GOunxF3LN2EFiZCeri7Bttbz4XSmZSul8Z49e5BltcItMAR3UkXMjdzYQC0eovweHZ8g9sPY2dMj&#10;4nKo3682HM4W8kNaWhrmB0SQ+NPhem+KqyXr4BUtQTflZ/Yjx4+r+68UXLacbKH4bW1ppvRsgSY5&#10;DVN9QnGTrxQjlfmY4BaFJ1ZshCEtS+RJLkf19fUiHdidpsZGkY78O4HK5HPeYRgRly4Y5x6JBxev&#10;RaRKi442iofm8+GsE27Ug7fzb6ZyraN7p7n5Uz6QizJ5vZ8aU/2jYUhOQSM9Y0dXp6i7mKHh+CPg&#10;/MVw/cImsTnf3rXCU6x6mEAN/Z1UL9336gbcs8IDd6/0vCR8/t7l7riL6qPbNoTglo2hgvHuUbg2&#10;SHuBaJjz9BOYuMrjyomG1157HbX1TUjI3YzMlmMIMVXDR1uKaOt26OpPImPgO7ESwUoNfR6LhgPf&#10;itcT5X1vQV+0DfrqPTBTw5/a/akQBIMjCSwUnND/YjWDmHNADJC4oMbe0vqasCgZk92JyOwBEgwH&#10;EZ57HGF5p0g0nEJQ5j4EWNqpcd8nruXVDzl7vhNkk1+yej+BsYkER0EPorN7EJrBomM/InKPISr/&#10;JKILTiOaxEJs8RnElZwVokFSfFqMOMTlH0Jc7l5IbAOQ2nqh5ImfpTthbDhit5/Q/R4K936BBgpr&#10;zd4PULydRETtABJq9iJn56coPvIPIRj4lcJQQSAYJgguxdB7WGjwREgegag8+iPaXv83FGzdC50p&#10;FS1b/1jRwCKBBcMbb7yB9957D//1X/8ljHw5j+GiQcGvJ6gytZJomBuuwDOpVYKHqcGZ5u6P5u4e&#10;IUL++7//+y/BsWPHkEaN/N1+cRglSR/c+OVefxlqmrfivXffdXkfh4HjYwcJgMeCZRgTacZtVEjn&#10;egVi35FjPxtGPtdG8bAxOBx3+ckwgoT3BI8YvLjOC/Xb2vHv//Ef4pq/QjyxH86ePYucsgrcGagQ&#10;ouHWlV5YEhiJjz79zOU9fwbffvutoKOzE+vlWmGsZiQ1GCMjkzE/Toezp0/jm2++cXnvv/71L+zd&#10;Sx0RQxJVzkpc76/Evcs2IUitv2w68LnMwmLM8gzEDREmjJZacedKH6yLlIj44WXqf4V0ZH744Qcc&#10;2H8AXjoLrg034AYSDQ8sWQttZs5fxo9OeEflKhKlzwZJMEqejZHRqbieGnJ5Vr4ok5xmw+/hMHz6&#10;ySdCAMyJVmGkLFNwo1sEnlqxCQU19ZcMJ/9/luq4cJUGj3iGYZSmGDeQaHhk8Rrorbn417/92+B1&#10;w++9UmiyC3APlTVhm2FTGO6cvRT3vDANd0+Zi7umzb80U+fh7smzceeMV3DbgtW4ZaW3YAKJJ97N&#10;8vpgjZgI+eSCpZhLouFBEg1XzLjTmTNnUFlFSs5Wj/Smw/DXFsBDYaNGuE3YUmDRwBYTs3d+hfzd&#10;dtGw5eSPKOt9C4mFrSQa9sLS9h545cPgKAJhN6BkN6LEryB4VCFVTE58G8YtZ5FQdxzqCp6IuJcE&#10;w05E2A5QY38c4SQYQnNPICiLl1juQgw16IkNJ5FJAoGFQs6eb0nAfI6U9nfIjWOQk6CIyO6na3cj&#10;1LofYbZjiMg/haiCM8RpEg8nEJ1/DDF5hxGbd0BMgJQV7YeKRxQqD5EIOAJD/TFYtpwSYiGz+12x&#10;NJInMpYe/h5N5/4dtQc+QUnHUaQ07IG+bj9sA5/ZRxrEKMOFjf9FgoH+Y85fw6MQds7PcSDBwDYb&#10;CJ4YWX7kB2w99y/ktuyF2pCCJmro/sjjf//v/40333xL7NaWSz3OPXv24rPPPnOcdTHSkFtMvfPt&#10;Yk/4xTEqTMtpEDwewKLBD9v6rq6Z68sd3333LQ4cPoKNKj3uod7hqIgkAfcyng+MRUJ+Cb7/7jv8&#10;N4ml4QfHQ39/Px4PUZBosAjRMN87iOLkjOOKi4+/U8PG+wH4ak24x0+Kcf7xYhnU5BAp0orK8Nb7&#10;Hziu/Oscb775JnIrqnFnEImGCANupd7P0uBIfPnN3x1X/PnH//qf/xF88vHHyK+tx5SgGEygXuo1&#10;Mhtu95fj1dh4NHR041///OcFopeP/6H7Dh06hGhzKiYEqXAdiYZ7SDSEaI2OK1wfr1O8VNXWYX6U&#10;CrcEUM80UIOb6ZnrZVrUtbaLbYf/Sse///u/4+jRo/DRp5Bo0JNokOCBpeuQkJ3nuOKvc4iOyuuv&#10;ISo5Ew97RYnyOCoiGQ/5xVJnNY0a+DfxnySuhx9ff/01dvT0YF5cPEaRYGDGU2P5zMpNKKYOr6vj&#10;//l//jf27NsPdVoWHg+SYjylP5fJR/zjoEu3Yu+Ro44rr+6RkFeCO1Z44fbVPvjben88N3MuJk+a&#10;hBdenoLnp0y/JC9MnoqXXpqM56bOxOOzF+KeVzcJxm8KFyMNPBHydvdwPPXKCsx/7hk8vNoT14Vc&#10;IdFw8uQpYWs/IacOqQ374CnLwMa4NMTa2qFvOoPMXd/BOvANcga+QsGer1Fx8Fs0nvgRJT1vIrGA&#10;RQPbTfhQWGi0W1nkJY88qvCtg28gDCh1vAtj00loKvZCltuNmKxORGX2IjJnnxgV4AY+svAMwvPP&#10;ICTnMAJTdiDa1oeE2oNI7XwXufu+R96+H5Cz+xukdb4DXc0hRGa0ITitB4FZhxBqO0Fi4SwiSSxE&#10;FpJYYPfyjiMih67L3oOorD5E0zMlOR2IL91JQuEQiYSzyNrxHnJ3fyGWPhYd/pHgVw72iYxlR39C&#10;49l/Qw2JhuKOY0jZvA/GhoN0/ecoOfZPuvaHCwWCC4YKiqEiwS4Uvh0kb5+dAhIOZeRu0+l/Iatp&#10;HxSJSahv3OJIrd9/8GsIFg07BwYQEydBRFQUMrOsOHDggOMKV68nisVGTjmZmVgep8X8wmbBU8FS&#10;THOziwZ2lytuHsX4K8CVaSc15N4KHW6kyokZHZOG66iATQ6RYB+F98uvvhL+dsLHJ9Sr6e3txePB&#10;codo8MY8rwAconJiD6P9VQ7DPRTm6ImTiJAp8ahHGEbEF2E0PeuO5R7QF5QJN/+PC//9GQwN5+uv&#10;v4FsHmlg0UBpfPMKDywJihCiwR7OPy8tOY6H/377nXfEVs4vBcRhpMQqJuKO94qFP4nqc6+9JtLb&#10;GT6GRcP+/fsRZUwWIw1O0RA8RDQ4r+WDw8sjCDVU1lZ6++FWyvvXUM/0Oo9oTPIMxsDhY+Laof4S&#10;sF+HMvy8k8ud/w2wf7h3fvjwYXglJAnRwK8nhooGl37+E2H/7Nm7D1qTBXeT8Bsly6ZGLwEPeIaj&#10;dHMTPiKB6PQ3w8fX33yD7h07MC9GPUQ0RFAdtQFF9Y3imqHXc/32/fc/ICElDS9u8sPYqCSMpLI/&#10;YbUfPNR6cQ1f68p/fzScd4fWGRrqgN3ieBXx7DpvLJo9E2tefBrLpv78kstl017GqqkvYvH0KfYl&#10;l0vXCsY7JkJeS4LoNs9oPLVkDRa+8DweW+2FG4M1V0Y0HD16DHkFJYjPqoG5ehfcYpKwISYVssJe&#10;mFrfgnXPD8je/R1su/6Ogr3foowavxpqTPO634K2YDv03Kh3f4KM/i/FssdM+nSuYGADSvrNJ6nh&#10;PwZN1WHRu5cX7YOUevtx1OuPpd5/TMEJxJBY4EY+Iu8Ewqw8crALkoIBMTkyves9ZA98ibz939Pn&#10;F0htf5vcOkj3DiA0axeCrfZJk2F5dH/+aYTnHhWjFtG2veQGNbqlB+n6I0isPwFT02kkb3vdYZXx&#10;E+Tt+RIFwnQzNfAkFoqP/kOMIPCrB/5dfvyf2HzuP1B14DMUdp5C2pZDsGw5ivx9X6PsxL+jhK4v&#10;oWuHwvdeyE8oYsg9wSEWJYRYYUEcsNtt4PAxPImylMRL/cl/Ib1hL6S6JNQ2uFbTv/XgzLt/P8VR&#10;dCzCwsKRnJyK3bvPb789KBoClLieeqHqvFIxZyE3MwMrJfFYUNgieDpEjqkeAWjt3Skazx9//BF/&#10;//vfRc/gz+LLL7/EN+SH77//Hh988AFKqFKZ5B4suMkjBqPjMnEbVayLAiNQ3bJNbNjGFS9/cry8&#10;/fbb4j3oo9QjGcXD9tQjmOMVSKLhtHiNw8PlfC2H98zp0wJjTj4eJsEw1luGa6LTcAc1NJ4xUrT3&#10;9osKjO/5/PPPhd9c+flqwT09hsPJu9tarLnUY5diVGgCiQZPLAoIx8effyHCx/ZbeOjflTtXEl4C&#10;znzxxZf0+ZXAHn9f4Ny51xCmt+CeVT5iv4wx0cl4mBobfuVw8tzrwt+cBzmdeCi4r68PQZpE3EgC&#10;4FpfOe5a5oZAjcGRy4F/+7d/E8P7nJb8bB5h2ijT4qaNVBH7x2NkiB5Pe4ZClZyOdz/4ULg/mI7k&#10;x5/FGaafO/c74Hixh/cnYTF2vSLBPqfBMwb3L1kLTZZNCCFOb05Hvt6VO1cLUS7JHxzfH330EfZQ&#10;/TMvKFqYPr42zIQbA+Ixwy8MKUUlIj3+ndKG/c7fOc63UJmcGS7HCOrQMuOoh/3E8g0oqG0QZYzT&#10;ncsx5+233noLdZsbMSUgluKDRGaYUcxrWRwSjZK6zSLt+fovvvjiipZJjnOuhxgOC6eXLNOGCZQP&#10;713rixe9QrBm+Qr4vjIXm5bYl1Neik2E19LFWLd0KRa+uhyPrnQTiCWX/mrxiuJ2XwmeWb4Ri19+&#10;Uby6uZnquYlrfUR4nYdDHrg+HNdc9jh48BCstnwo0yqhL+/DhkgjNlBhlBf1w7T1DfGKgSdBsgnp&#10;XGq8C3Z/haK93yCDeumq3FYk1uwn0fAR0ns/Q0bf5+IVhKX1DWqkj4pRBWVhP+T5/ZDm7oSE5xDk&#10;HYKk8AQkxWcgKXkNccVnSTTYXyNE2A6JyZC8iiKx7ogYUcjbx+aVv0cu9cLTO98V/0dl9yAorRdB&#10;2UcQkntSCIawvJMkGI6R4NiL6Gx6Vl4f1GW7Yai3G1vK7H4HNhIK+fu+oYb7B9GYF4tG/EcSDecn&#10;Mw6OChClR35Ezal/onTvJ7C1nURKE4uGI2JkggUDuzN4j1g18Z0YKRCjB+RfXlWRR8/Lo/hiK5Bs&#10;Olqw+2vYhpBDZDvIp+uKD3yLKnq2pWYXYuPNqKKC8UcfR45QPEbFIDQ0DElJSdi58/wrhvOiQYGx&#10;4QZsVBlgJNUeGyfBAiq48/MaBc9GavCyRxDS84uwe2AAbdvb0NLCk8u2/H62nMc5SenytGBLSwu2&#10;bm0VBrF2796N6ro6eAYECyZ5hmGCPAc3UCG77VVPuMu1aCE/8ySsPTv7cfDAAXp2E5KSk/GIXwxG&#10;cUFcH4gZngGoqK3DHgpjV2cXBqgx2kmYM7MFcwKiSDDIcV24GXdSb28m/c5JTxOT0Hbv2YPtbW2i&#10;0uNJa5en9edptdP6G+jp6REcpZ5pTU0NIlU63EUVzejAeNy22h/zfUPR2dGJXZQXeJSGJ9q5cudK&#10;w+Ec+ruNBGtfXz8OHTqM5LRMLN/ojgcDFRgny8H4TVF4fJ0fDNn5aO+itOntwcF9+0RaFhYWYlOk&#10;BDdRGK/zkeE+qqg3xSpxnMLPcJ7to/jYT2lU39iEcLUOj3iE4poQEyaEGfAA5f9NUVKUFxeJ8rFz&#10;54DIW1u3bj3vP/brUIb4+wIud/5XwnOMdu/ahV0Uhry8fLwaLsV1lI7jvGIxcZUnInRGHDl4AL09&#10;O0Q68vWu3PmjcOZLAYXTFewHzle7yN/7KI3CJDJM2+SLO6MsuCHchFtX+uAVEhKtnd3opjK5q7cX&#10;B/fvE5MhU1LTMCUwGiOpjDET3KPw5GpPaFMyxDW9lI48MfYApaW1oAjrImJxMwmo0RHJuJXqsKf8&#10;oqHRG9BYX4f9Bw6ik/IK1xlc5kS9cVFd8vvgequ5uYXCzHG/neqNTvSTH32pzN2yyhv3uIXiaapj&#10;lm7ywqa167B6/Sas3OB2SVYTG4jlvORyAy+59BOM45EGPyWJBi3uoPzKth9enT4Nzy1fjzs2heHh&#10;1R6OWt1+OOSB68NxzWWP/VS4Mqw2SJPKoC3ZIUYaNkZbEJPVDHX5Lug3H4eeBAA3vsaGozBvPgpL&#10;41Foy3oRk1IFVVEXTM3U22o8SdcdR0L1IWjK90Ndsheqkv0EjzAcg7L0BPX6T0HOqxZKzxGvQUrE&#10;FpxEZM5BEgJ2Wwrqsn3CrYwdH9hNLlPDa9vzFaz9nyCh7ihicvsRzCamMw8gKOcYgm280oLI3I2w&#10;9G7E2XqgLt0l/JrcelbYUcjofBsZXe8Q9MnfHaQL3qJr3hSkORD/0bmsHe8it/8DZLadRVLDPiRW&#10;9kNXuRPJJJjY4mMauZ3S9gb9PoekrWdgbj4JU9MxGDYfobg4hMTaA0io2Qdd9V7oqvYMgX/T/yS4&#10;EusO0/XHYdpyCpat52Cl5+f3vIOC/vehLW5DhFKPipp6oaD/yOMwiYbIyGiEh4eLmfQsIpzH0TNn&#10;8eyqjaTOpWKSHE/c4WGv5xavwPP+MZiRWi6Yok7BK3EaaIxm5LKBpZRUEiApwkSyk6RkV7Atdwd0&#10;j5OUQZw2+4dAlcZ5hhhQYYNSwrDLENLtRlXYDC3vQ5BpNgtCVQl4LpIVuQpj1kvwrE8MvOIU1MCn&#10;o543RCoqonuykJBgwMtsRpp6mw8FKbE8Ll7MxK8qyENVaSlKsq1IMxowN0QiGL8pEiM9VWJL4LUS&#10;DeINJlTl5aCI4pU35MnOsSGLLQWyGdschq3XDSVXzC+5CDZNnJuHXJfkn4caDSfcgDgZ+puvKy0q&#10;FjRUViKX/CHTm/FkmAbX+yjwkL8EG+U6VJKfq4oLUURxUcDW+PJ/Bj4/BL7eSX5B4SAFFzH02ovP&#10;i42BxPfz1xQXF6O8rBwlBfkoyEqDh8aCRyIScZOHHLdtjMZcamzkiQa0VpRhW10NGmprxQqIYHWi&#10;3SIkG3diY1/6JDRRGjLNNdXYQtdVUlpJdQY8SvnhOvc4XOOrw+ToRIRpDMLwUG1JEcpLy1FUWnaB&#10;nwRiE6MhOP8fvM7BReeHMuzaYeeHx6Uz/qvKy1FNZGRmwkOZiFt8lbjTX4GXIlWQWVLRWFaCMhI8&#10;In2GptvPkJfnigvz2EWIfOgqj9rhPJxjY+uInJ/zhX9Y0OVmZUBnNGGOVI97SfCMXR+HRz2ixYTT&#10;1JQUtJL/68tKkU95Um+yYEmcFmP87NwTqMLMCAXUpiRRLuvKylBO19ksZmGF9caNYRjtLsPNgQlY&#10;GKNFdLweuRnpKCB/WG15yBSmvtnwEtcVGZeAz53ngjqGcNY9zrrIbtjrwrqKjUQxvPLMxvvQkDB9&#10;NEiO2/1lGO8jxYMeYWITQF5y+RgJ1kvxhEeIWBH2qFe4WHJ5u0eE4EZeculLHZageNwZEo9J5NaK&#10;BQvxEomGe1Z749EVmxy1uv1wyAPXh+Oayx779u1HWmYOooyFUBV0wUthhbcqG9Lc7Yiv2EUNNTV+&#10;3LhRw5dYvYcaTvqPzU3btiLCVAyptRm6ir0kIvYivmQPVIW7oCxg9kJZdIgEwwmoyk4TZ0k08DLH&#10;k5AUHkds/hESACQWsgYQntaF6Iw2SG0dokG1tJwSjTK/RkjveldMUDRSQxyT24OA5Hb4pu6Gb/pB&#10;Eg6HEJC+FwGpfQi0bEWopR6S7K3kjx0kcvbD3HQE5i3H6F5uwKmRrhxAPIkddXEXlIXtUOS3QZ6/&#10;ndgmPhWEsrCDBE834sv7yC8kmurovgoSM3S9PHcrZBRudUkPudNP4eum+9jfWxFn3YKYzM2ITq9H&#10;VGotIpKrEZFUiXBLxQVEJFXR+TrEZDQiLqcVsvwOKIt76XkUrxTPyY1HkLn1BDK2nYHc2ohQqRbl&#10;1XV/qGhgt3gOA69LZ2qp4nzttdccZ1k0nMOzK0k0+FAvlIfol3lg4oIVeOKV5XjONxJTDXmC2bpM&#10;bDBmori8Eh2NvAXsZvs2vHU/T50TutYJb1k7SEPjBTQ42cw0DcLbNwuol9g4lKYtRDOamlrQTN/b&#10;6hsEvGteiDaJGgQDrvNLwENhCViqsiArr0hslbufegLt1JPkrb4XyMwY6ynFkxFa+JqzxBbEB7o6&#10;sLe7E9WV1VAlZ+DFOJPgxkAt7g0mt+RmYYO/oaoKfW1t6KJee1tHlzDO1dpKvXbqcbRuaxO/nWzf&#10;3n4hbR0X0CYgd5h2O+3DoecMpUN8dgk6HPD+/jt7+gRH9u5FG/kjo6gcL8caqXcqx5Ph8YhIzcHu&#10;9jbs3bEDO3b0oKurW/QMO6nn5xI+PwS+3kln145Bui7gwuvsDL/mQrq7e9BN/tmxoxd91APd3d6K&#10;DEpLN00SHgmlxtJfi2ejEhGanC222j6ysx9njhzGNkpLbUYuHvUjYeElwRSZEYaiSpzaNWBnz27s&#10;7+tFKaVnAKXx3dQjvTlIhwdDEhBszEBVSQk6qSe6i+Kjr28ndvT2u/Sfa35NGC997dB4tMclxS3F&#10;fRexd4B67NRrb9rSjNi0XNxJwujeIDVmq5ORVVmLYzt7MUB5WrgzNN0EnK4X4swrw3HmpeH5bBDK&#10;g868OYgzzwoc+bmd8jKfY7fa2tG9bSu21NVCnpKF+RIjbvbT4b5gHWZIDDBkF6C3uQmHenuwq3sH&#10;yqtq4K5Lx7VuUsHE4Hi8Gp+EoqpaHN7RhQPdXWim+seUkY0FCgtGB2hxJ7k1NUYPtSUDlSQ6eWvz&#10;9tZtaN3egeaWVqofuI4YjmOk04G9LmGG1TEE1zuCIXWSHWd9xdfRvUQL3d+xuQEJOYWYJDXh9gA5&#10;Rq0Lxa3LPXHvqxtw9wr3i5ZZXsAKD9yz3A13khC4dUMwbt4YKuAJoXbRoMGdoVo87xOBVavWYSp1&#10;+h5ctgFPLF3rqNXth0MeuD4c11z22EuiITktiypTGwmFDgQZqGFLb4Kh6SRS2t9Gaic13B3UM297&#10;HelbTyK18ZAYNtfktpLQKEVsSgMUOV1Q51ODXHQA8cWHqNE+TA3zEaiKjlDDehTywqPUOB5BnO0A&#10;iYRdCE/tQqh5K4INDQgxVCPMWIGYtAbIba1QU0McX9bnoBea8l5Ic1qowa2Cj74Rbgnb4WHqhad5&#10;J7zM/fBM2Eoquwz+2iKEGQoRlVKN2Mx6QXR6LSKTK8n9IgTrbAiIz4KfMg1eEjPcoxKwMUyNDaFK&#10;BypspIrTI9YEX2U6ghLyEWoqRTg1/BHkBguAMHMZQo0lCCECE/LgLU+l643YRL3XTeEaci/egUb8&#10;3hSuhVuEjp6VCI8YIzzjzPCWpSBAm0tuUZgzmyCxkWgp6HQIhwExEqGvPQDD5qOITqtDiFTzh4sG&#10;nqDDw4M8ysDGVLZt344PP/zQcRY4evosnlm5QYw0jKFK+R7K0E+yYFi4DM+S2p2izRTM06bBOykb&#10;DdQ47+/tRQ8Vbq7YOjp/OZ3MkErxPD2DdA2HGhE7vYN0O6GGxUnXjj70UkW/f4AaB2InVXDNlVXw&#10;N1txC4mhcSEG3B9pRqAhHTVV1Xj70EEcGRhALQmXJXITrlsfgadD1QhNzcXe/p14Y98eHOvugCmv&#10;BNNlJtwZYRHcFm4hkWFCQmYe9rRtx0G6dvfu/RjYtQf9O3ehv38I/HsIO3eSv5ywH4cxMLDn0pD7&#10;w9k1yF76vVd8Ojl84JDgtROn0EviwVZRiylUFm70kuEpEkcxWQWiwT1OeWPf/gNiwtqu3XTvJdg9&#10;yL4ryp499OngEPn/7NFjGOjoENuJL4hPwXhq5K8LNmIGldvUnALs7dmBb996HQOUHw3WAuqpReP2&#10;DeGYJtEjraoBn545LXj7wD7sJJEUmZGP56VJuCHYhEcijNigMqKkohpndu3Ekf37sZ+euXcvxcee&#10;/S7992fAcXLiyFGcOHxENMxyaxHu8lWSaIjHHE0a8uqb8cahAzhM/t+zl/xN17tKwwsYll+GwnnJ&#10;VX67AFd5lNgpGJKvHXn9ELU9h0n0tFNjqiZx92C0ETeE6DE2xIT1iRmUvqU4TcLuzcOHSBi1wMeQ&#10;gbFrwgQPU6O7OiEFTa1teJfCebKnG4VlVVhEnYAHokwYHWKh9DYjlgRDKzXiQnzQM7kM9vTuRE9P&#10;P3YI+i6E6oyhdAuG1CtD6pqh9c9gnTSsrnK629/Ti30kbFLKavFSfBru8IrGqPlrcevLc3DfpMm4&#10;5+VZuGfKnEszeRbufWk67p4+D3fMWyZWOzET3CIwxk8hVk8I0RAoxSrvYMxa54knF63GM4tWOGp1&#10;++GQB64PxzWXPU6cPImC4jL4kiILTChCiKkS0oJuJLW9LawsppFwyNz+OqzU87VtOwXb1uPIajwM&#10;E/W0ZenNUFjboeFJi8UHkFB2FAnlxwXa0mMkHA5DWbCfeuh7qOEfoN54L2KzuolOog1xWdvo/21Q&#10;5G0XowO6igEkVO8hePh+txgZ0FX0UeO6Bf4J5fDSb4U7C4akXdRY7YS3qZt6CK0IT26AJLtFjAbE&#10;l+6AhsQGf6qKO6EoaBOjAxJrE/Xu6xBhLoW/IgWeEWpsCojBRr9IbHCwMSAaXtE6BJK4iEqtEW5K&#10;c7eJUQRuwJmYDHpWDgkm+vTX5JBwIBFCQsBLmkxihJDyd0KWSgKBGlV5OnyUmfBVZcFXbaV7cimO&#10;yxyvfyiMtYeQUHcEiQ3HxKRRQ+MpsSTV3PomYrNbESZNQBmp6T9KNLA7PEmsnxq2kJAwYbmMJ4zx&#10;pCDnwXManuGRBn85rqXGdXZQNHwiorHRyxdTPIMwWZclmEM9Gnd9KiqoF9C7daswsMJqvbHxV8L3&#10;/AwX9wYYftZQXF+zZctW6nFuE7ST/7obGmDMtOEV3tuA1Pk4Py1eIOEXST21HRSGHVuaUFlahkUx&#10;Oly3JkRspxxqSscuOrerpVnsrb8xIQP3srXIAI3gyTAdIhKTUVRQhB66rmvbdrRs3S56M83NWx3w&#10;dwf8vzhnp2Uo9P8fx7YL6KTeHrOLeu2bqSdkzsnHCzEGjPNR4HES0EHmDHQ1bkZPa6sYBdnayuGg&#10;ey/D1qHQcy7i5879Qpxh2E6NRCc1kt0tLWiurkaEKVXsazDeT4N7SeC+okpCRkkVjlEjsq2+Homp&#10;WXjMOwa3bYrA5Kh4mHOL8GZ/j6BtM/VMqec3l+qDe4ITcJufGvNj9TAmp6GuqgoD7e3o2N5O8UBx&#10;Qenpyl9XjMvFGZ3r6exCDwnhKip/4ZYs3O6nwt0kGqYrzEgqLCMBu03kRR7lcpVuAnLrl+Eqf12a&#10;wTw+BGced+b77eSvTur5dzU1Ije/CKsVejwaosE1XvF4igSEpzFT9Nj3bN+GmopKeGssuHZVsOAh&#10;3zisInFXX1OLox3bUVVWQfVqFh6m+oq3yb8rMB6edD1verWN0nkHxQPHGT/XPoeB6oxLcVHd4uTi&#10;+uVy551h3UZ1AIczkToczylTcLdHBCbMW4FHnn8Zk554Ak8+OwlPTnoRTz//Ep59aQomTZ5GTBW7&#10;YDLPvzQZL75I56ZMx+Oz5uOeVzcK2MKmXTTohGiYFKLEsqA4zFnvhefnL8YLCxY5anX74ZAHrg/H&#10;NZc9eIkLb4jk7heGtf4S6kWXibkMKR3vIWX7m7BQjzet4QCsDXtR0HIUJdtPo3j7a8iiBi6xeC8M&#10;5Ydhrj1DnIa5hjkDY/UpJJYfg7boAFS5A5Bnd0Oa2QaplQVCO7TlO2Go2w9L01GkbD1NwuQNpLW9&#10;gVQSJ6nkNsO/U0ioJG05Cml+D/xMW+CbshO+GYfhn3nE/loiqRNxuT0w1u9Fets55PR9CGvv+7D2&#10;8MZRHyCbftv5CFb65DkNlqYjUGTWIjI+FcExagRGygUBEVIERskRSSpdkVUH8+ZDSG17XZiMNtYf&#10;EnM34kt7hKBJ7SB3Ws9BmtdGjf8W0bgzMUOxtiJ6GJFZLYI4G4mbyn1I6/5YLFFlA1iDJrZ7vxC/&#10;Mwe+haJ0AOEqMyqqN/+hooFnGXd1dSE4OFSYo+VXFd99953jiiETIQNVjtUTJeimCrQk14YlITGY&#10;nJgjmKm0YK3KgBxbLprKy1BOPb+S4lIUE87PP5wiV5S4pIgoLCxGvoOq8gp0UgXCu/Bp1PGYHCTH&#10;GDcpRlGD84LUgvSsbJTm2LdCnh9GBZFFg38cAtV6tBUXiF0u3ZWJeDI0AaM9tbjbSyJYGC6DNS0d&#10;TSXFqKuuQTlVYPb38kXi+T9Lwc/DbvxRlFH8MfUVFWIbY5negqcjdbiBGptHghVwV+lRkZ2NqoIC&#10;EdfsP1fu/CxU+V/Ez537leTlFcKWW0hhqMK2mhrkpKYiQKLC/d4S8Q57pG88VsUnocxmEzuJ8lbH&#10;j1Hv6zavGLwQKofKmIS9FcUCvTkFC6Oph+avxY2eKjxK4sJPoUNjng0NpaWoqqxGUWEJ8nILkE/P&#10;deWfK8YviFMWt1XUG09Pz4SX2ohbA9S4g0TDizEJkCelY3NRAcqL7HnwAvf+JIbn7XwKRwmV3621&#10;dagrLoYxIQFLwqhMbojDGG8V7qW6R5aciUqqd/IzMuEu1eLa1SGCBymtlkk0KKb82lqUjzCtCS+F&#10;azGWyuUdXjK86B8NndGClpIiNFRWoZLyCwt+jguuF34rF9czLuojZ11FlJaWCyooneoKCyBJJhFL&#10;dc19HmG4b8FyTH/hBSx+8hHMeeZJzHruWcx74XksfPklLJk2BYuZqZMFS6e+jBVTXsQr9N+Mmbzk&#10;cp1ALLn0Vdh3uQzT4plwDV6JjMfcDd6YOmcephBDD4c8cH04rrns8QYbM6mph0eojHrKSQgzlUKZ&#10;34GkppNIaz6D9KYTyNl6CkVtZ1HZ/Raqe95FWdc7yG48iYTCnTBWHEby5jeEcDBWnSCxcAi60n3Q&#10;lexBQtk+6CsPDu4G6TSgxJMQs3ZQw06NOVtXtO36HLaBz5Ez8JkwnMS/c3d/SY3/ByQqTkFavAd+&#10;yV0kFvYjIPs4AqzHEGzdj4isHdDWHCJR8D7ydn+GAt6Geu/XyNv7FfL28Z4Q9Hv/35G35ytk938E&#10;XXkvokwF8I/RwiMgknrOgVjv4Yd17r5YT2z0CoAn9aoDqBcakZCFGFM+Ys2FiDYXIdJcAnnuNjG5&#10;ke1GJJOgUpb0QV64A0pq3LmBV5TsHERefB6ZoB/Soj5IC3vFclZNNS9VtYuG9H4WDV8hjXGa3R74&#10;jtzchTClCWXVf9xESF6exMuB+J1cQECwWHZ58uRJYU7aebhectmBQmo0F0VQgUwuEzxLinlWrA6J&#10;VDEXp6chJ8uKzAzr4OQf3qXO+f3PROyESGRmZCGPGsuCzAzkJlngJ43HCyQcbvbXUE9Th6WU7h6x&#10;CgRExuDpYCXGBmjxOCn35SQm1TIZfGOVeIx6QrfT9bdQr3RxpEogjdeJHRMLrVZkZVpFJe6cHOXK&#10;PxfAO/H9DE53/gh4UihTmJ0DizkJEUotnqCKlne5fJDiYW2cWmwlbqOGOD09S/jPlTt/Nrz7oJXy&#10;Wb41R2yLrk80YnmkAo8GKDDGV4snqfJcL6EyLFcjhML4vCoND0iT8VSoCusiZUiUSgVLItW4P0iH&#10;m/zi8UiQGp4Uft65sjTbKnZXFHHAaUDPc+WPP5M0wkZ+FLtckp/XUwMqdrkk0TCJGo1IrRHFaSnI&#10;JjH7V0jH4flaxCv9z3WEjcR6PpWb/JRkRKsSMC1Iinv8VRjvr8OcaB18qJxGxMmwIEKJMQE6wb3B&#10;8ZgRrkBorAxRcXK8HBqPu6m8jifROD1cjWiFGmmWJJSQqOB6KYPy/QXl7irA9QDXOUx2eoYIH9sJ&#10;eSAiAX/zisQTq9yxYcUKxKxaishN6xCycT3816yCx7KlWPfKQmKBnUULsXHRAngumo+19P2VxUvE&#10;BEfmxvXBGO0jty+5DEvAY1F6TJeYMMU9CM/PewUvXwnRcOTIUVhtBfCJMyE8qQoxSZVQZbcgqXof&#10;MhpZMJxFMTWS1f2foGHPF2jY/TkqucHffAyanE7oS/cjpfFNMdKQWHEEmuLdiC/qh7a0n8TCATGS&#10;wFYWbbuoUacGnA0oFR9mOwhOhtgwIHgZZMnRf6L0+L8L4cA7SUpLDsIvfTcJhqMIyj0ltswOtx2g&#10;xpdXMryGsuP/FEsgxRJKwY/2pZTi+z/EEsis3g8QYynGRp8QrFq3EctWrMbS5auxZNkqLFq6Qnwu&#10;W7kWK9esx5r1m7B+kyc2unvDzdMHnsHUA5EYEZteD10Nhan9HbHbpqZyL+Ir9kJXdxTaWuYIiRiK&#10;A8FhO9WHEe9AzbYqSEQpS3fTdSS2Oj8c3NSLN/kSOLYST9/JIw27EKowo/QPFA287plNJfM+Cf7+&#10;gWIzG17XzK8snIcQDSuGiIb8MjGpr4BEw4IIOSalVgoeVKTjyQgNwmQqpGq1SKdCmkIYjWaByfTX&#10;wkjoiWxqFCutWTDo9dRQqPAYVbQ3eytxl2cMnnAPxfRNvribKqVrY6ixoUb1pcAYLPT0w7PUOxjt&#10;HY9bqWf+DImJqPhEAQsQ3p47PSUVBgo34+r5fzacNgyHPzEhEcFSEkG8eiJAg4mBcqyKViBNR+lo&#10;NMBMosJkslzkxl8FI/mN/Zifno5cCo9crcWSKDVu9dfiNm85VcrRmEMdg2UUpmeNBXgwIR8Tw+Lx&#10;vHc4FmzyFtzvFYtr/XS4J0CFhdHxMFPjm0sVO29vnpyULLac/ivmYzsWpPF2z0lJiI/XYnWMikSD&#10;BrdRXn6WGk0WSzajHqmOa/+qacll0kB+S09OQQWVyVSzBaGUL18KUWOCjxp3e0vxpHcU5nkHk5CX&#10;Y1RspuC2SCOeDJJhmmcQXt4UgJu8FJjgp8EjwSp4y3UoSGLxm4LM1DSYyX2D8c9IS4sQ50wK/c7U&#10;J8BXrhG7A9/Hu1x6hsI7OAwJsdEwaOIRr1QhKjIaXt5+WLF6HVasWYeVa9dh1Vpqk9atx0ZixboN&#10;mLvODQ+v8xGM2xCCMT4yjA3S4NZQLSZG6PBsjB5P+kTh0eXrMWnBEketbj8c8sD14bjmssfA7j0w&#10;JmcgKD4byoJuJJb0IoUaRtu2N5Hf8S4KOt9HWe9HqBn4TIiGuoGPUdr2GpLL+hFtrIDCug2G6kMw&#10;UoNpajgOS9MppLTaRxOsvR+KEQTeDZJ7/GzHgE0vs30DbtSFGWYH9v+Iw3YbCqXH/ilGInhFQXT+&#10;Xvim7yPRcAyBtuMIyNyPSNtearT3iUmaLDJYKDjtK7CBJN7HQew4efBH5O79O4mGjyDNrIcPqdVN&#10;3oEkCjywgYTBBjcvwSYPH7h7+cHDN4gSMhr+MRoEyYxU+JIQrE5DkCYbsZlNQijwBllsvEpXe1gs&#10;AzU2n4Nhyznot5yFvulCEhvtJDSeEegaTiG+6iC0dceQ1PmRXSQQKU528CcJif5vISsh0SA3oqTy&#10;j5sIyeKArYDyUj8f3wDExMbiw48+EpMjnYcr0cCbOfFypXkhcXhSny+4Q5aOOyP0WBkhg1ImR57F&#10;RBV4ilgi6Xop5Z8L+yUphSoSUv15VuqBJCdBr0vAq1FKPOInxXj3WNzqEYuJPrGYEGHEKEkGbgpP&#10;xJ0BMhIUkbjJOw6jA3V4iSrloDgFkqgiYAozeUkV95wo3I6lpK6e/2fDe/ozBdTz4p0cwxQaPM4j&#10;DSQaHgxSYA31tK0kGDheeEmZfbmra7f+bOz5Kg3WzEzYMjKQbTZRL1WHaeEq3B8gx/VeEtxF6Xh/&#10;sAK3KrNwkyITt4TqcJuvBHe4hQnGUWV7a7AGiyOVkKg0sFHe4FdTvNyOl8slU0P2V01LJpvDnZGO&#10;xEQ91omRBg1up/DwSEOERo/CFAuyKEx/9XRk0im/5Vqt4nVTpj4RbnHxeIryJG+BPcFbgns8o3AL&#10;CfkRUqvghigzCSQVbveKwS0eUbjOX43HQuPhEaNAQoIeJVQmeSm1PR//eWXSuTwzk8KVS/VjMOXR&#10;h6nDwX7n8MyhTqG32YrQnFL4ZRRiZUIaplL6PeIZLuBdLR/zjsTjxJM+EXjENwZ/85fids9oAW9Y&#10;dZ2fAtcHqnCTvxx3ecfgQXfK30FKjA/R4qErYdyJlxFpDcmI0BfDUHMQGZuPI3fbGyju+QQlPZ+i&#10;qOsjlPV8iKq+D1G7k8RD7zsobj0Oc+F2hKizIEnfDGPdISQ1n0Ra2+vI6vlAvF4oOPCtXQQIa4iX&#10;EAiXgLeHLj36EzK63xWrCsJzdsE345B4NRGYcwwBabsQnbsbxs1HxfOKj/A+EGxd8fweDsIoFJHP&#10;hqFINFj7P4OuvB9RpiIESfXwC5fCPzQWAWGxCIyQIChCiuAoBUJliYhMyIQ0vQaK3K1QF7SLSZSR&#10;SVWIy24Vkxct20g0tL8H/eYTMDSdgaXtXbFpl2nb2+dpPQ/vAmpofQuGrW9B3/w6NLVHoas/AUvH&#10;R0gmkZDc7eRzB18ite/vkBUPkF+NKCir/sNEA1slY0M1FksyfH39xJ7zQydB8nHR6wkeaejsRGFu&#10;Lmb6R+IBZYZgvCSdCm8Sng1RYEOkFAatFhnU6GSYzdTDMSHZaHSgRwr16i/H+esvTQq79VvhZ1CF&#10;xH7jUZFcsxGZCVoEx0rxSpgET1IPYGJEIu6PMePG2BSMiEnF2AiTmJk8ykeOG6iRuYsapDVRMiQr&#10;5cg26AW2JMuQ8BroWQz79a9FJjWsTEFKEsw6LcLjZHicwnw9VbgPBUixlsKVrVUjx5CANLouxTT0&#10;fgrTsPT6s0kmUimvZVnMKDIbYNRo4BktxbMBcRhD4o+tQLJ53TGxqRgTl4brSAiOCaCGx1Mi4N0W&#10;nwqSiiHuNI1aVOpWcusPyWtXgewkM3LIzwlKJdZHyXFzgBq3B6oxKUyJSLkaRXotsoyU3//iYRH1&#10;A+W1NIuFxJ8RhQYdYmVKLKEyeR+JvDFe9l1Kx4TpMVKaKRgTk4yx9HuUnwrXelMj6i/DvHAZEuRy&#10;ZCbqkEd5PJ3SMsmRloPQc3h7/KsF508mg55rS4hHiEyBx4NkuDksQezA+6AqC5MN+ZiTUorplmI8&#10;rcvBvXFJuDFEN8j40ARMIG4i0Xsj1cc3RFtwY4BKMN4zlgQDl2EFJmwMxj2rvPDcOg/cTcLhRl8Z&#10;nvEIctTq9sMhD1wfjmsue/SQaEgwpSDKWAxL3WFYW84gv/1tFO/4GIWdHyBv25so2HYORdtPo7Tj&#10;DMo7TqJs20EkF29FWHw61IUdyO77RLxK4P0bxGgC9faFABCvIn4DR34UooENLEnzdyA0m0RD1hEE&#10;5JwUoiEwbSdi83cjaetZMSei6Mi/SDT8BN4vIp/NMu//YdAscx5/38fC4TtY+z5HyjZqtEt2kCio&#10;RpTeRgLBiqjEHEG0MU/YRtBV7kJy21vI6P0MWTu/grHpNGR5nZDld0NVugsWEgj8akFPgsHY8roY&#10;MUjq+BCW9vdJQLwPM7OdeQ8mwbskJN6Fcds70Le8SaLhGLR1J2Bqo/u6PhdYBJ/B0knQ9+SebyAp&#10;3gn/OD1yiyr+MNHwj3/+Ew2NjVAoeB/+QMhk8l8kGjpJNBQVFGCyTxhuiTYLxlJPfKQkU2yM8liQ&#10;HO5RcVBKpchQKZAil8Esk8Ikk8AkjYVJEgNzHMGfLhDXyOIui1kaBwtd+1sRzyM32G9pChlSqfHX&#10;xEQjSiqHvz4FS8y5eCqpDLfKMzEi1IhR0ckYRcJoRKCOeq4STPcMQlREFIri5chQygRmcsckwsru&#10;0jPE51+PVLlEkK2SQR8TidDgEDzuL8H1vgo8RD2ZNYGhyIgORaYkCklyKd0jOX8/x5mE4pDi7+rA&#10;z7o05jg7JvJXEuW1HBI7aSo54qOjsMAvHDduDMcY6nmPiErGSE7DmBSMjk3DyDATRvqpBY96R2G5&#10;bzASyZ1ctRwplBfM5JY9n9FzpOSPYfnnr0SGUopMhQTa8FCsDQjDzSSSbveTYVJADMLCI5EfF450&#10;DgOFx9X9fxU4rjl/cV2RrOD6Q4ZESuOQsEg85RWO60jgjQqndKM0HEViXkAicCSJwREheoyn/Ps8&#10;XecTEgGbWgZrvAIWSkuTQg4j5WMjlU0juS2+C2SXhsryeej+3wP7QakQJFO5y4iNQBCly1MBsbgl&#10;0ogRMhuJn3RcF5mMG8LMuD6c6lSqa0Q+ZXEk6leCd3Z1IrNipCoX15OIYMZ7U/klYXEDCeA7V7hj&#10;cWA4enbthqdEiWdWuWF1YJijVrcfDnng+nBcc9mjt28nEkk0xJhLkFx/CJmNx5HdfBo5ra+RgDiL&#10;zKYTsLWeQmHHWZT3voHq/jdQ138GWTVd1OBmQVu2Q7x+4JEF3uGRd2nk7zx/wc43w74T+87D+zgI&#10;nBMYHeTv/RIWEjDR1jYEZfTDJ+Mw/KzH4Z91GAEpOxBj64d5ywkxGpGz+yuxL4V152diRCGL6fsU&#10;mU56HZBoSO/+CMbNx6Ep6xMjCfKcFvrcBiWhKmhDQtUeYZ0xretDZPTZVzIkNpxArLUVMZnNkORs&#10;R0L9MTHCEF+xR8xp0NYetlNzSExw5L0x4qsOIL6S2S9WSsRX7IOarmXT1oqiXihLBsidE9A3nkHi&#10;ZuY0EhpOie3IdfX0ufksoqzt8IjWQ21IE/sosP3y33OwrX3eWyEtPVOYkPYPDIJSqcaXX37luMJ+&#10;DIoGXj1BmVtdUAY261pcWIgXfcJxQ6RZMJoEwzVym+iR30zXPROpxbxIJdZESrEuKBzrfAKwztsP&#10;6zx9sNbTlz59sd6B+P8C/LH2l+LjJOA83heyjuHn03WD+Do+vfyw1sMXGwNC4BVJlZNShxBzBnxz&#10;KjA3owJ3G4pxgzwL10QmUcVEBZgK6zXUK5gQlohHA2VYECal++KwkQokw89Z60Nusp98A/+ybPAL&#10;Enj4B2ENxcECN1/c5x1DFY4c93hEYLJ7ANw8vODmTelD160bcu8632Fx+RdhrRflJ4p/t2DKb2Ex&#10;eDVcgidC7GZ1R0Un4RrKoyNEGhJUAfP3EZSuDC9Rey5YhuURUrjRvev9g+3ukpvrKD1FmAX031CG&#10;+eHXQe4Ny6u/BXZjE6XLJnJvpbs3pV0gNZ7UgyVh+6BnOBZ4+MOL0pKXSf+qZ4q8fBVxPHcN1Qkr&#10;3bzgHRQKqVyJUIUG66Q6PBgaj9HBCfZ0o/RjsSAEgyQdI6SUniQkrg83YmKQEjNDJHCPiINHUBg2&#10;UJ2ywdMbGygOLsLdied53By4+u8X43Eedw9sFPDcOE+4ubnBa/06vLLeDQ9tCMCtJO7GhhkxNlCL&#10;6/xUGOujwFhfnnwdLyY1svl+hrc7Z8YIjBgTZSFRkYpx/krBBI9oEg8sGuS4a7kbNsbI8d3336O5&#10;vROa1AyU1NQ5anX7IcTBpQ7HNZc9enr7YLCkQpJUiuS6/Uiuoh58xQDM1Ns2V++BpX4/ctrPomz3&#10;h6g/8jVaTn2L9lNfoXj7IcSa8qEr7RJLGnMGPhGTHW27PoVtwAn9t/Nj5DD9H4sVDLwEkpdD8sqI&#10;rJ73xSqKzB3vicmSGd1s6vkdpAtzz29CV70fYcmNYuWEV+p+eKcfgm/aPvia2xGR2WFv4JuOIWnb&#10;a2IJpIVNOZPQMJPoMW2xY2SaTsHQeELsh5FQd1jYRtDVHBSTGoWNBH7N0MgmoE/BTCLJtPkoDHUH&#10;xXwKLTX6sdatCNQVIFCbhxB9MWS57VAUdCEmrR6RbPyJLT1ayu2YyxDBRqEYYwnCDUwxwvVFRAEi&#10;DAWIspQiLq0GipytJFa2Q2FrJfGyFbLsFkh4CWcm25RoQnhSNfzjc+ETpRVWxnjC4u85Pv74Y7C1&#10;wHiNlsSCCkHBoYjX6sCrKYYeR86QaFjlEA1RJiEaeM+C8rIyvOAXKXZ/ZEZLs0j15gtGyHLEZk2j&#10;SfnfQAXi1nX+uHfxWtyzcJXgriXrBHcvWkvQ52KCfy9Z72Do9w1DsP93F3HnUvpcuhF3vepkkwP6&#10;zv8vpe9L3QR3M8s22VnuYCVD55esxZ0LVuJeUuZP+EZhicGK9fkNWFXZgWey6kkIWXENKf1rWOWz&#10;4qffI5Q28Tmaejm8d/1NnlG4Y6WX4B4O5+I19NwNpPY9CQ/cudz9F+B2we+7rjB3O1lGcbDMXWzR&#10;O54qHd7N9Cb3CNy+1g/3Uhzz+m+ugC6G4vcqMZhml0Kk5SbcS2l5N8X/HRTvN22iXmlQPEbFJOMa&#10;Si+BIpsalyzRwIzkRobTlnpqzAhZFkbTtTy8e/OmMNxNeem+RWtw76LV9H0D7lrJVvqGPdeJM2/9&#10;SkR+deTR3we554DdvI3SjnubN3pTL3ZDCO5Y7ol7uKxx2RFl4xdyQbm6SlAY7li4FjfPWopn1/mI&#10;bcgXa1PxcqINt7J4j6OySD1sTrsRMhKBBKflSP6k9B1F/4+hcnkD9bhvofx8N5XJBxYsx8S5S/Dg&#10;nMWYOO9VPDB/Gf1eiolzlmDi7EV4cBbzCrEQD84cwgwnC/Dg9F/D/AuZMYzp8/DQ1Nn425xFIk1u&#10;XReACZ7RuJnK3S1u4eLzZo9IIorqlhjc5BWLCd5xGE8i8EaG05YQo7+UxyfQdQxbhRQjDTyfgcro&#10;pjgl/ut/Lr19u0MeuD4c11z26O3rF6IhzlxEImE3DGW9MJFwSGk+iYy212ClBrx498eoOfw1mk79&#10;gG1nf0Ln2e9Q3HYIUYlZkFkbqJE9DEvLCSS3nkbS1lPnaTlJnICl2Y6Z2XLcTtNxaqSZYzA2OuDG&#10;WnAEhoZDkBd2I9BQDW/jNrhZdsMjeR+8knYJI0/BSc3CkqKGrSiSCNCSANCSyNBUMfvEp5p6+Kry&#10;3WJJpLK4j3r4PXRPN2R5HUQ75IS6pBeJ1fuQTM/MJP9mNB9HSiM9nwSDunwvYgv3IjC5BZvkefBW&#10;5iCURIOmtF/M40go3wldSQ+0xd3D6IKmqAtaB4kl3TCUdsNU1g1LRTeSq/uQVrcLGZv3EweQTqQ2&#10;kGCr2wdTzV7oq/aSINoHZVEfotKb4R1jQFZ2ttg3//cc586dExsV8QZVbO44OCQMWm2C2H1u6HHo&#10;1Bk8uWoTbghNxPWk6pX5ZcIAVE11NWb7h+NvUXrBc/GZeFmfh4clSbgtRCveIY/2ltGnDOPWB+Mm&#10;tli2NkDYR7/BT0EZW0WfSvt3JwEOxG8+5yCArh2Ef1Nhoe/Xkxvic/C7mir9eGrIdVR4Egjys4Mb&#10;mNCE84SRoIkwkT9IpW+KEIXyjhANHlam43FtDh5SZuK22GSMpnDb0WMMQyp/NN03OtKEUZFmofiv&#10;pWeN85IIeDLSjT5SjAvUiF7P9WEGUv/khwvQ22G/BWntfhZ+d/ifuOFqQc+9gZ9Llc+1YYliS+Xr&#10;uLdCv8c545zOXwz/fwUY+kwSZPb04rQbypB0ZChNGH5veyMLH89Y8d57FMX9KE6rKLNIr9E8oZX+&#10;G+2E5zXQ/4xIT/rNptLHUpyMp3zKIupGysfjgrX2Z1D8XPRsp5+4sg4i/zr9/4ugeP+D4I3XRJni&#10;37zah8NB/rqe/U49VnFuaHm5qjj8yXn9gnLJ34fB5YKuHbsxAncHyPG8PAmPq9JxnzID46ItGMnp&#10;RuWKGUVpwox2MIbS71pOU8rD11LajKXnjfOKw83rqP6hMs6N73iqX8aTn8ZTuo73se/5MN6bobLr&#10;hPKPwD0a4+m+30b4hZAYGO9G/xMT6PsE+m+CeySJhRjyC9UXYrRAgRuJcVS/jaOyME6UM0o7Kotc&#10;Fjgtr6O69TrKawyX1TGUt8eR0GdYeFzHeZK+c8dg49USDXoSDdGmAhgqeakkNW4NB4XNBN4yuuzY&#10;P1Fz4p/YfOqfaD77L2w/9w90nvseha37EapKop5zPuS5rWK/Bk1FvzD/rOb9HUovREWN88X0Cdje&#10;gYAadju9RA+iMpvhoy2Be8IWbDD0w828C+6mPrhrm+Cnr0c09cYl1OuXF/dDVtQLaUGPnUKCGty4&#10;/G7E5LQhOmsrouja6Mwt1AhvRrilUowCRBDS9DroCtuQVjOA/JbDyG0h8bDlCIwkRORlhxCcdxhu&#10;pu1YHlcId3kuwk3lsDQeh633Y+Tu+IB4n3jP8Un0MPR/z4fI6/0Q+X0foWTgY1Ts+RS1+z5Hw8Ev&#10;sPkQQ98PfIb6/Z+hbv/nqKFzlXs+R/Guz5C/83PYdn6F5O3vQFGyGz7SFCQkGrBnz15Hqv2249Ch&#10;Q+ANcXjDmMqqaoSFRyCR3P322/OGnfg4fu51vLjOAxMoE99MhdZQVotdu3ejrrYWC/1C8UxEvGCR&#10;JhWrDVmYHBmPB7yihFC4lt8lU6Edu4EU8NpAXEvfR1NlMTKOenky7vXx7Gfq+fGw8aUQPcNfCvdA&#10;yF1FLkYq84eQdzHqAozQlGAU+WVMoFYMYfN7QW4crqPKZsymGFy7KQrXecRgrHssriXGesThOhIG&#10;11NFcx0V7mupILOY4Hes15IbTsZEJWMUhW9kfKF4zsXPt/trhCKP/Jtj97fT/38aWRgp4eHeFIyO&#10;SxWrRUZwj85x7qojepM5F8TXJdMyvogoxujoFIzhyY7UgPIkRx7KHksV7/UkJq6nHtpYyn9j3B14&#10;SkRa8p4qDF8zlhqTMXQPu8Gi49pgEoux6dR7tWGEmtKSR9Iuer4zLXPtec9VWK4m/J6byg0PWzOj&#10;yP8jJfz/kPJ21XHkI4rHC+PN+Z3LK6Gi8sBlhsIwikU+ibTbYsy4KZoaxkgS35Q+11HZu95LirGU&#10;fqMpHZkxVC6vpd/Xk/C/gdOSh/tJeIwmEXItCxDqvIwJ0WN0TBpGcnnjtJI644Pg+CFGsl+5zuH6&#10;iaHrr6Gy/MeRIhhB+ZRf4/L8qLEkcq5joU5hHUuf4lVEBGMXQAIStMwY7qQMgedz8CgLj3YyPBLB&#10;7lzPomGFx9URDTt6ex2vJ4phqd8H8+aDSGt7TRhGEqsYjvyI6uM/oeHUT2g+808hGrpe+x5F2w4g&#10;TJ2M6KRSIRQS6w7AKHZ4dI4UHB5EX38hiUPg1wVOxGsDIkEsZTwMWcEOBBl5pKEVm0w74Z60V5iQ&#10;9kjchgBzM+JytpPY6Iem9ojDDsJB4hBUlfuFsSU2qCQj8SDJ7UCstUXsbRFf0Gbv+VfshLGaevb1&#10;R2BqPA3zlnMwN78BfePriK9/DbKqM4gqO4Og4nNwS+7DSlkF3FVFJDhqYGo+B2v/V8jq+Yz4lPgE&#10;WTvsZA7yqYDPW4mcvs9gI3L7P0cuiYLcfvtvW9+n4jO79zO67jNk0D3pOz5DWs9XMLS8hdi8XnjE&#10;mMQrhYGBXY5U+23HqVOnUVlZJXadK6uoFLtcpqSkiP3ehx7vffgRPCNi8OwGPzzvHYbGrl6cOXOW&#10;7q3ELI8ATPSXCJ6N0uKl2EQ8Qt/vcgvD+HVBuJEUPlspG78hBOM3hoLftV1HvZ8x0dSDpwqNJy+N&#10;YnhS08/hvO4SsDvCLbp2dHSSKGg8m5p7WmOpURffh8OFkwre9Ww+mhoT0QNw+PMmEjy3rPbFzSt9&#10;MGG5N8YudMeo2Ztw7UIvjHvVF7es8cctG4Ko9xJKPYYwe6/BAfd0uafE4RwbTv7g5wx/Np3jHgGf&#10;4/eS7G9+z+4qbFeVGEqXmCQxG3004+qaqwXFCcfNWOpZOuNMMDwumQiTgEdqbqTe5E2UjjdT/ruF&#10;0vG2tf64Y7WX2Axo/GJ3jJm9AaNmbcC1890xfokn7lxp5/aV3rh1lQ9u5bSle28mN26kfME9OvEM&#10;V+lIcDozoofLaUl+57kvF4XnaiLKAaUfw+WHcXXd1cLhhzERZoozEuXUsIlG0kV8ihVKLN7FqFEU&#10;lclge3rSJ6fl7ZxGy6gcLtyEkTPWCkbP2Uhl1AM3v+qJOygtb1tJ6e1MS+qscFqOI/dE75yeL+YG&#10;cL0gcOQrAYkM+hxDfmC4URfzmCgMPPHyUvBcClf/Xwy7Y8eZRtdSR2wMMfoCkn4RPJ+DX6tdH8Ij&#10;OFoxavKniAY2pypNKUUq9bDTtp8Rcw54UmMJr2I4/D2qjv2AhpM/YsuZf2CbEA0/oHj7QYTHpyIu&#10;rZoEw35YWk4jpf0t6h2/QbwujC7xXANBK885cLCVoQbagallKGepQWboO12nrtiHiNQt8LO0w808&#10;AM+U/fBK2QdPYycCk9sgyetCfNV+GJpfg77pHBLZFsLmU2JJo7LM8VqibBeURT3CymViWQ+Savcg&#10;a+tJ5HS8hewdHyO961NYOj5DQusnUDZ9iLi69xFZ/Q7CKt5CSPnbCCx7B+5pe7BKWQsPTTnCUhpE&#10;Y56x8zukUsOeuuOLQVK6P78AsXyy6zMkMbwqgjB3fAqTk/YLMbZ9IuDv5q6voG18ExHWTmwI0yE8&#10;IhLV1TV4//338dFHH+HTTz8VrxX++c9//eKVFTwnor6+AdYcG0pKyxEXF4fMrKyLRANPpOGdKyPU&#10;WkQnGHD69TfEvUWFRXjZPQC3BSgEd4XrcE+UHrcFqTGBlP4N3hIiDjcS4ygz30A9c37fJhQ0T+Dh&#10;TM8N07CC8FvgAjiSVPdocpeH8e50D8P9GwLwwHp//I0+798QeDEbiU3B+Btd88Aab0xcvgkTl67D&#10;A0vWYiLx8JJ1eGLZejy3aiNmbnTDK57umLVxI15auwFPLN+Ah1/dgAdfXY+HnCzfKJi4ygN/W+dn&#10;d9/JsGfzMyfSM+92I0HlLxdxwhPz7BWJ6zBeTbgSs+P6/JVEzIbnfEE9qwkUN/eKOLOn5SXTc2MQ&#10;pWUQxasfJq72xMPLNuARSsNHFq/Bo4tW47FFq/DMq6vx8qo1mL9xPRZsXIeZa9fgxeWr8QSdZx5b&#10;uBKPLlyOx16hzyVrhBsTSWw40/C+S6TlA+t8MXGtD+7grYkDVSLOuDJ3Fbb/X0FpKNKSGkZ+bcDc&#10;7BOHeyitnGnJ6XpBfHL8UjqKeF3ri7+tcMP9i1fjAUrHB0VarsGT9Pnsq2sxdc06vOK2UTB3wzpM&#10;W70az1EaP05p/Ril46MLVzjSksoylcsHKI04n9xH7gv4+xD42Q9Q/uF0vtU7RsCvnHjUhic/2/Pl&#10;HwMLOY4fFufXkkgXcfULEWLewXnRwK9jdQ7RwPPIrrpoSCbRUILUpsN20dBHouEgNRyHf0TJoR+E&#10;aKgn0dB0+h9oPfsPdLJoaD9st2eQVS9GFlgkpHW9i9TOd8TeDKntb4tdMgVtdngZYzIbRiLYQJJg&#10;mx3LtjeHQP+x8aS6Y4izdSAorRvu5n4SDPvhnXYAXpY+BKZ0IZbO8SoF87Z3SGS8BcOW16CrPQZ1&#10;5X4hGniVgoLEgr68D2kNPKHzHPJ4T4oeFgufwNL+CfTbPoam5SMoGz+AtP49xNS8g4iqtxBW/gZC&#10;yt4k0fA2iYZdWKWogpeuChHpLUhsfhMpvd+IpZFmFgKd1MgPFQMOjCwE6BmMgcTAUPTbh7DtEySS&#10;P5gE8Un/dXwBVcPrCE3fjtVUMS1YuAibNm0SDb1aHS/mJRQXl2D37t3C9sIvEQ520VAPqzWHREMZ&#10;ZDIF8vLy8NNPPzmusB9savq773/AR598io9InPzXf/+P2Drbas3GM54hGBvFS4PMuJYavTGKbIyW&#10;ZmKUJN0+OYnhCYROeNibC46rSuZ3wL30EfRMnmtwm1c0nl+4FHNmzcIrs2ZiwezZmDdnziWYjblz&#10;52LO/PnEQswmZs2djxlzFmLa3CVYtmo1Av3dUZkVgYNbZKjL8oYudrX4f+b8pZgxe664fs78BRcw&#10;d+48cnvusGedZ+HMGVgy5SVMXrAY964PwI3UwxmhsP1lGhtu+BhX564kXClyOgoBSD3C+yhuplMc&#10;z5s9C4tmzxTMpzRzFacCive58xxpOW8BZs2ZR2n5CqXVMmzcsBoaiQc6yyLRXxWGypSNkISuwbzF&#10;qwSz5y/GTLp+Dt03l+4X6UhuzaP84fJZDl6ZMQ2Lp76M5xavECJwLAlXHuYWFbuLMP7/BS7n3NiO&#10;YNEQkiB4iAT1NCovC6lcclq6ik8BxblIR05DLpP03V4uF2HB4mVwc1uH1IQgHGiJF7QVhyA3cR18&#10;PVZhzoJX6VpKf7p+LqehSMuF9rSkMjl37hyBvXyeZz7VE4unT8FcqjeeXErihGBjUfz6guuuwcba&#10;RVh/C84yZh9lcH3N5RhF9SlPBL1wpMEpGq7SnAYWDYmmJEgshUjhSXnbzwpLjAUHv7MbWiLxUHn0&#10;B9Sd+BGNp37C1jM/of3cjyjqOIZogw3ynC0wbTkhhEJGz0dI3/EB0rvfF4hdMjvtpAres2+E5aT9&#10;PWEkyc67SGLa3rX/7vyARMAZqEoHEJrVCw9TD7xS98En/RC8U/YgILUXUVntUFccgKXtPRINb4rl&#10;i7zcke/heRGa0l4YKvuQseUw8rvfROHAp8jf83dk9n0lbCNw4xzf8iGUTR9Atvl9xJFoiK59F5FV&#10;50cagsrfhUf6bqxW1cDX2ICYnE4kbiV/9vwdpq4vYer8XGDsYD4jgfAZDENp+xR6B4kkEBK3nxcH&#10;Ca0fQcdstaPd+iG05B/t1o+h2/45lPWvIyyrC2tJUc6YNQezKZMvoEKxePFirKJGjI0zZWZmihEH&#10;bugvd7zxxht20ZCTg7KyCqjUahQUFF4kGlwdQjRk5+AZr1AxEYfhgjVCkSOUr10wkEK/ABYNaVde&#10;NHhG4cUFSzBvxkwsnjldCIf51Oi4hM7No3gUwoEqldlcOXFDM3s+psxehKUrViLAbxPqcqNwukOJ&#10;LbneSIxbiaXLV2DanMWYPnMOZlKjNpsaq0GoApoza7YQLXPI/TkzL2betKlY9OIkvEiV211rfHFD&#10;sBbXSLMxMpoq2giKy0ti+nXwevbfAM/RGBVupO8uCLuC0HPZlsIIDmugFnev8saLU6dj+pQpmDNl&#10;smAmxd30afTfBUyzM30Gps2YhalUPqbMnI3J02fixenz8OLMRVixehkUMRvRXRWBXXWhqEhZi8ig&#10;5Zgy91XBy7Pm46Xps+i+OeL+qZSG0ygPTRvqvuDCZ89++UXMeeE5PDFvMW5fG4BrQw3UUKaJsLgM&#10;4/+XGZpPKA05La+heBjN80uIB17dQHE8E7OnUuNMzJg+/SJm8ueMGZgxcxamUzpMmz0P0zg9KF1e&#10;mjEfM6lsr12/CimJATjWoRV0VYQiT78GHm7LMZXK5dRZdA+VyxlCNM4TYnAWpecsKnuzSbDb4e/n&#10;mTuD6orJL2I2pfHji1YKbnOPxIi4TPsyXX5VEUmCkGFh+DsZ5YREg2tIFDhwVecx/OqHVwINigbf&#10;IaJhuTs2SVRXXjTwHuEJBgtiDTlIqt2F9LbXkL2TGlenkSb6rDjyPeqO/4DGkz+i5fRP2H72RxR2&#10;nBCbOSnzt8Gy9awQCVk7Pxd2ETJ6PyEBwVCPnl8BEGmCj5DWzXyI1C47KUwn8wEJCQf8u+sjmFvf&#10;EPMbIm074WXqgnfqXvhkHCHhcBD+aSQm0tohL90H8/Z37YKh5jBUZXugKOyBKm8bkmoGUNL7Bkp3&#10;f4LifX9H9sDXSO35UowQGNo/FQ03jzKotnwIeeOHkG7+ELH1HyKq9gNEVL+P0KoPEFT5ITyzDmKd&#10;rglBqdshK95NQuBjJPf/CEvPtzDv+EZg6ma+JiFxHiPT+TUMnV/B0PElCYfPhHDg59rFAgsEovkD&#10;aIj4LQ6a6b/WT6Hc/BaiC/fAjdQuq2guBFzIZlHhmkeN3ZIlSxEUFCpsL/znf/6nI0UvfdhFQwNs&#10;tjxUVtZArdYiNy8fP/74o+OKSx+8sRlPoHzOKwT2yTt6MXw3gkcZuJfoIoNfSXgEYwRP4qOG8mbv&#10;ODy9ZDWmznuFRMBCzJj/CqYtWISpLpgy/zyTBa/gZbrnhTkL8cysRZi5dDnWuK9DZkoYOutlsCV7&#10;IjxsBaYvWYZnZi/GJBIXL8xZIBr/Fy4FnX9+GC9SBfjylKl4dP5S3LzGX6zHviYmnSpYC66hRucC&#10;Qoaiv5hgJ4muCRpKwsUE/hy6iwm4gvAzg430SX71VmLCMi9MnDIbj06eiScnTxc8NmUmHp0667I8&#10;Qtc9PHkGJr48Gw+8PA+TX3kFbn4rkZcVgFKbHxJUy7HabREmTl0geHDKHDxEz3l4Ct3L9/9CHn9p&#10;Ch5/4SXcPWcpxq30wyg/EoAhJnt4/On7ryFgGK7+uyzD4vRqMjSfcH7jPEtpOspbIbh9yUY8NH0u&#10;npw6E08RT0yfczEz7Dw5g65zQv8/TjwybR6emr0Qs5YtRZTEE1uq5YKCLH+opCvwyqrFdN0Cumce&#10;np45l8rwPDwrmI9nqawyz13EAkzickniZPK0GZhE9/1tyTrBBPcoMWFRTGIMNwsBJKB65mLo/FAi&#10;XUHlezgkHEYM47y4oLqNGCoghgqJ86LB8XqC521QXWxfcumBTXFXQTR0kWjQ6s2ITsiChRrZzK63&#10;YdvzNYmG70k0/ECi4XuUH/4eNTyv4cRPaDr1EwmHH5HfcRqS1EphEMnUdAK86yOPLKR2vCs2dHK+&#10;luCNnQZfRRD21w9vwEKCgEUBY9rKvA5TC/Oa/ZN+GxpPCXsKUdk98DK0wiuJxEPaQRIPB+CbvBMB&#10;5lbE2HrFawzeGIrnQLBg0BTvQHL9HuR2nEHF/s9Rsv/vyNv7HTL6v0ZS9xcwd7JooAacGnHu1at4&#10;pKHuLcRUnkNEyQmE5B9CYM4++GXtgXfmHmxKbMYaST58NCUIT66HrGQPVDXHoaw8AkXlYSgqmENQ&#10;lB+EvOwAZKX7BdKSfZAW74XEgbT8CGTVpyCvOQtF7TniLJS1Z6CsOQMVfarqzkJdfw7xhKr2NGIK&#10;BuCvr8BqvzjM5mFxEgusnOfMmSNGHJYufRU+Pr5CDPzXf/2XI0UvffCSzeLiYuTm5qG2tl4st7Ra&#10;rRdsi32p46233kZRcSmeZTsNlHGZkTzKEF8gRhtG8mjDVYRnrfMafB7RuI5U+m2BStztK8G9vnG4&#10;x0+Cu/2kuNtfinuGca+TANl5/GV0TkbXy/BAkAKPh6swR5GAVYkGzFfyVsNKTAxW4r5ABf4WKBeb&#10;O/GukA8GyQZ5KFgheJiuGyREiUccsMXMJwLi8FBYPO6VJOMutQ23Jxbjdl0B7tDlEwW4kz7v0jJ5&#10;grsZ+v/uhELc4ySxEPcS9yUWEYW4P6HATiKhL8Lf9MWCBwznmUg8aCga5CF9IR6i/x4ylgyhFA+b&#10;nJTgEWPxef7f9v4Cyq4ryfOF3zdv5r3p6Z6Ggcaqruoio2yZLVkWMzMrBcnMzMyZUoIoBSlmZkZL&#10;MsqWZNmyLZMM5SoXNHzV07A6XvzinJ15lU7bsqsMZedeK9alc+89J87eEf/Are/9sNCjH+nzH+nn&#10;0A870I/seP+50o/12B8XLpEfF0FL5Sf6/Cf6XhvxfvFSpWX6vMXeuzOjWrrH5cr9MVnyQHSmR/qc&#10;192js2zbZ5JvH9BjHozP80mfx+XIg/r+g7HZ8kCsfj8uXx5Nypd+GYUyrqRMJpSVyYiCIumTnq/f&#10;zfOI39Hfe0C/+wC/cRP5v63/85B+Dtn7CXn6PFseitXzSS6Ru7Pq5A69tttLlsvten23KY/aSK/v&#10;Nv3Me3Skr/Wa7XnbcUrF+tq9rwRvfgLP7NE/zqebP1OCxwH0E45R8vjv34NOyN1H71559+tHvN9G&#10;vA4gvbfcY7vPerzNCf0Oz5kzP9DXP9DzsfmT02B0R1KJ3KM87q73sXtUptwbna2UJfcEUpS3X0a3&#10;yAwjEqzvjsyUu/T5nRE8ZupvZMljqXkysrDYaIiuzd6p+psxGXJbeLrcFpZmdHu4PtprpdBUa/T1&#10;Y12XP4L0+Y9CUuXH+j5kr+cmyA/mJsp3wjKN/jyuRP4sY4H8afoC+ZO0+fLHSv9d16qjP4JSauWP&#10;kmvkD41q5b+l1MkfGNXKf/Xp/4X0s/83qcanavl/jGospPtf9Lv/RZ//55uo2gv1mtdWiT4U+t5N&#10;cg+Zm7rAErohSjRpj+55Gr4s0LBnr6TnFthW0IUrj0jtgevScPpDabS2zB9K06mfy5KzP5cV5z6U&#10;VQoa1j71C1n35IeyYNdFSapZq6Bhh+S0nrYui3RSLFj/lOSve1LpguTpe7lroPOSsxo6Jzk0U1Jq&#10;q5poPavAADojmSug015XRYhOikuPSETlNpmRvUam5u+RqVRQ0K+hcL9My14nISUbre9C8sJDtnsk&#10;3R3zlu6VJUdelhVPvC+Lz7Jh1U8VMHjbTrPXQ/HuG5ZomLfrXcna+qakrntZ4pY+JeHzj8qcsu0y&#10;I3e1TElbLBOTGmV8/AIZHV4sI4JSZdy8VJkakSVBqbUyN3uhzMlsVGqQ2RlKOslm64QKSq2TWSk1&#10;MlNv9ozESpkeXybTE8qVKhUArJTgyl0SXn9YIhuOSVTDUYlpOCJxTVR66LkvOW5dJOkcSZLnXFUS&#10;I6dFSL/Bo6THI494rrwePaXXY72kb5++ChqGKGiYecuggT0nylR4LljQKOvXb5C8ggIpLy+X999/&#10;3z/i48fVqy/J0pZl0m12lPxn4vCEHVLq5f+X0ST/yRofqQL/KkgX4P8N6aKzFqs+8doWoi3QdrKF&#10;rAv8v/r0B6n1SvPlv6lw+MP0ehMA/zVBjw3Vawwqlf8nrFr+IK5e/jh9vvyZKvH/off8fxo1yP/S&#10;19D/VvpzVe5/offrL1WZQ3+livuvobxF8jf6iEL/W1Xy31PB+wMV+D9U8hRmi/y4RBVmyTK5Tel2&#10;fX6Hvg/dqXRX2XK5q3yF3F0BrZRuSvdUtsq9St0rV8p9lSvkfqhqpdxfs1oeUHqwZo08WLtGHlJ6&#10;uG6t0SP6/NHa1UY9a1dJz/q10nP++nZasEEegxo2Sq8F6+Xx+es8WqDUuFEeb/Kod9MG6dO4QXpD&#10;DdD6AFrnP3rH9IWaN0nfhZuln1L/ZiX9rf76vpF+xvv22cIt0n/RFj1+s/7PJumlv9NL/xuyc1Dq&#10;qefzGOfG/+oxffRYiO/01d911M9+d5M8Nn+D3FexVn6Qs1y+n71ClfEaeaBqnR7jk/4H9HgbuWtq&#10;pz5KXEc/ux69fiXjh1IfPYd+Sv2VBigNVP60k16fPvZV6hdAvO7brDzQxwEB1E/f6/RYJY7tb7/n&#10;EZ/1gTgHI/jNsXo+eu39/d/v53/W8Xran69XWmcEH7h3j+sceBweKzEPeulndi+4t3oPPFpr96Wn&#10;0mPzmUdrpUcA8fqx+WuMetTpHNQ590D1KrlfyR6rVsl9Va1G3ZXu13nMHO6udA/znPlutFxpmdxZ&#10;2mIg5q/Sm+SPouuM/lSNuD9PW6QgWAGSAq6f6Fr5ia4l1tGPlX6kz3+kAAZAA0AGOH9X1+J3WIuA&#10;bV2P39H3/lofAeEGupW+C+XpawXXrF/W8V/pMX+p9Bd63J9DCu7/PGO+/G8FF/9LCVnwZ0p/qnrg&#10;T/X1nyj9MaQ64Y9VvnhUJ/9d6Y/0+R+qrPlvJnfqVQbVqzxS0ucADYDFf1Gw8J+V/m9AA0CBMLAr&#10;RU9WWZvWKP81qsjoD+el+6AhWf5SQcPk+LQvHjTsVNCQllMoYdl1kr3siBRtfNrLT9hLx8bXjOoU&#10;SCw4qGDi0OvSeEgfD74mJevOSlzFKklp3CV5a85JvoIF14UR8JAPrfcIj0Eg5a57SnLXtlMOtAZ6&#10;UrIdrYYuGNiIm79X5uSvlRkFu2Vq0TEvIbL4sEzP2y7zSrdJbN12K6tMbtwjeSuOShX7ZJy8oWAH&#10;b8nPpP7YT6Xq0HtSceh9Kd3/rhTsuC6Zay5KfPMRCSvbKLN0Mk5Ry3lccKaMUmt1+NQIGToxWAaP&#10;nyODxs6WgaOmyYDhE2XQiAkyZNQkGT5hloyYNEdGTJxtNHwCFCTDx0OzlGbK8HEzZNi46TJs7DQl&#10;fdTXo2bGyfjIIpmWsdhCHdFNpyRp+dOSvvYFydngeVzw0JQr/ws3PWdgaFpMngwdM1V6PPywkMQ3&#10;cMAAGTpkqIwcPkrGjhkrEyZMNMW/aNFiWb58uZVFUlbZkai8yMrKloiISCksKpGGxiZJS8+wrbFJ&#10;hlyxYoU/IzofbKe9fLkqp6nz2hqLULpo5Wc8gni/RPKaItEIRckaoWRaIxRrbKP0hyEe/RFxP9x4&#10;UGiW/LESG7/8SWi2bRoD/ZlRjvyP8Gz5H/r8f+hnfzY3U/50dob82bws+Z96jf87Ikf+IjJX/hKK&#10;ypO/jC6Qv4rMM/qbyByj70Tlynf0/e/EFMh39fG7+vi3St+LLZDvK/2d0g+UfqT0Y6XbYvM9iiuQ&#10;25XuULpT6a54R4VydwJUJHcnFkk3pXsSi+WepGJrgNPdp/uSoRK5L6VU7ld6ILVMHvTpobQyedin&#10;R3x6FEovV6qQRzM86hFAPTM7UFal0WM+9cqqCiBe30yP6/tG2R71VoPEoyrpo+874nX7Z0o5NfJ4&#10;bq30yqszetyRvmfv57a/x3NHj/vU25F+3ju/3j57OKNa7o4rkp9E5MmPw3PkHuWpu85eWdXSS//3&#10;wZQS6Z5QcBPdG5+vVCAPKw97ZnKd1cq7cnvPSO/LfXrc/Xrc/bG58pC+10uPfTyj3Ki30sOJekxs&#10;jtyP5yQuT49V0ufdY3LkkaQieVzvAcf2TNN7pp/ddKw+8pr3e6SWSi/O16eHk4vkXv2su9J9HKf0&#10;YFKh9OS/c6qkb16N9M2tkT56bT30Xj+o59Fdz/Fe/V++w/P79D96pJZIL72/UM90nSt6TngFIH4f&#10;ukepG54CPY9H9Tx76HGP6Pnw+q6oTOkWna2fc0yO3K3P74rKMr64ucYc7J5UIrerHPtJVI7cFu3R&#10;T5R+HJVtj93083tTyuzxttg8+X5Yhnw/PFP+Tg00R9+HdO19P0rXktL3InV96T39m5B022r6B9H6&#10;+wnFcntymdym9JOkUvlJYolH+vyH+tnfRufLnwenyR9Pj5X/pQbgX+ua/dvYQvlefLGuUX1U+n5M&#10;vnw/Ole+p7/3XV3nEOv6b/S/ob/26a9UHvylUbb8hdKfq+z43yo7PMqS/+XT/wwgtq7+M0hl0p/6&#10;9CfBGfLHPv13R3rMf9fj/0CBwH+ZEi3/aWyo/Kfx4fKf/S2w6SvzxzMTjP5kapT8gcouGtb9xYhp&#10;XxZo2CcpWQUSoggqZfEhSW7aI6nNeyWj5YjkrT4rxZsvSsmW5606gkdeF258VtIXH7SWyYnzt0ne&#10;2vMKBp6yls0F+pmVTlqYQWljR3pB8o2ebyNKJj9CG/gMRXrZGhyFlapyLwI0HLYKihllJ/wqil0S&#10;WbVFYqs3SWrDDqnc+qw0H3tLmtkH48yHtuMloKHmyPtScfBdKdr1ugKGZxRo7JJZqbUybk6CDB45&#10;UfoNGCqPk+DWs6c89ugjSg/LY4941Etf9+rxqL6nlr5a/D1VgfcgqacT6vlxpL/Tu+9AGTBysoyc&#10;kyrT0hZKRP1hSVml17r9DdsOu/rwu3a+nDs7dLL3BrtrTpgTJ71795OhQ4fLuHHjZfLkKTJ16nSZ&#10;Pn2WTJo0RYKCZsu8ecESEhIiwcEfpZCQUAkNDdPj5uhxIbb/PsAhOSVNPw+VuXPm2jE0e8JzMX36&#10;TImIjJbk1HQ75vNRuqTo9wMpMSlFYmPj7X/mzJ0nM2cFyeQp02TM2HEyfMRIGTx4qAwcOEj69x8g&#10;/fr1l759+91M/Tzi8wF63KDBQ2TY8BEyevQYmThpssyYOUt/N1hCwyMlOi5BEpLTJCk1Q5LTMtsp&#10;NUuJx4D3fh/JXYNeH9f4O6GUdkr8XVKy3nufEn5XlNSR0iT+a02pEvd5KLGdYo10DX1eSuiMkn93&#10;FN9OMTdR0hdM7hzarytOr7eNdz4vuQcedXZ/0mwOdTrXfmv6HL+r8pO1E6vXFxoerbJytszqQDNn&#10;zpbpM4JUVkdJQ0OD/PMngAU3fHjQ+fCP+dSxfdceSc4skOC8xRI7f49MTyyTKRHpEpKUL5EKCgAI&#10;har8C9UKLtykyn79RclG6dZslamK1EJzmyV14T4LIxBawFuQt1GBxZYrUrhViUclb7tofXS0Gbos&#10;+YG06bLkOdrI4xV9/0XbFTKh6ZDMK98l0wuUSo8rcCC34aQEFe2UubnLJWn+TilcfUaq91yThuPv&#10;S+Opn9mul02nP5T5qoCrDr0j2avPWVfImQllMnZWtAwZPVn6Dx7uleg83scy4Hv1fMyAw0fJe5+c&#10;gsd6QD0+I+lv9Hrc/otww5Bxs2Ts3BSZndksCc1HbPvs2mPeLp3kkgAaSCbNXfe0bck9K6lc5qrF&#10;EJaQLTEJOvETEiWJBaCTKjomXinOo2hIXweSvh8VHSuxcfodncBZ2XmSl18omVm59hsxsd73YvS4&#10;GFXq8boA09Kz7LjPSzm5+UoF1skyRRUSvztXAcsUBQljFSSMUJCAwh8ydJgldA4cNFgGDBikNLAN&#10;NHRK/ft7oEGPAzjwPb4/VH9n2LDhMnLkKBkzZpxM0v+ZOXuehEZEm1BJBCyk50hyRq49JqUp8fj7&#10;SJy7UfbvFSX+rij14yjrG0sJvytKCaTMbyD516bX2hkfP510HnU25z4v6W8mKLi33+7s848h1guy&#10;KjI2UWbOmWfym5ByIK1bt17WrFkr+/btlxdeeEH+/d//3dfqHz98eND58I/51LF95x5JyMiXkIIW&#10;iazdqYosUabMnKcKJUcismo8wIDi33pVilWxFalCz1//gsRUbJQxM6NNmeFtwPOQs/KU5S/kb3hW&#10;gcFlAweAgbwNNF5iF8cnLWkxa9UF/5EtopUUFDgCIGSsDCB9nbbslCQ1H5Tgkg0yPXu1BxyKD8sM&#10;BQ+zCnfKnJwVkraIyo8XpebgW1J//ANL5Gw8raSPlXtftfNiY6mJIckyeMR4BQm9BZe/eQfwLKDY&#10;LdHwCyT9D/6r5yMP6eue0qffIBk5JcRyIJIa91kFSf3Rd81DsuDkB1J37KdSeeg9BRRXLN8ho3mP&#10;5MxfL9lljZJTWC75hSXmMSgqLlUq+1QqLCqVAv1OXn6R5OYV2iOveT/wGCi/oPi3In47OydfUtUq&#10;BpAEzZ4j4ydMNOXev/9Aq/5w9BGPQsBnffr0EXogBBK1+Ubu+/4jn/H9fgoqBg8ZJqMUPEyeNlNm&#10;zwuTiOgEiVawFZecKfEqXLqoiz6NOldKnR/7baXO+AN1duy3ipAzRhkedXbMJxDAB/AQGhGjMmy6&#10;yuRiX2P/dsOHB50P/5hPHVt37JbEzAIJLV4pUfV7ZEp4uoSrgK2uqZP4oma/RPJ1qdjzptTsfUPm&#10;73tDGve/LpmNu2RcUIwEpVSqwtsrRevOSfWOF6R881NSvOFJyVv/jL/d81OSuuSoxNdvl5iq9RJV&#10;tlqiyte0U9kaifw4KnW0WsL1/Gan18u0hEqZlrpQpmWukmm5W2RuyU6Jrtlj3o8K2jAfvCG1R9mm&#10;+xe2TXf9kbckbeFumRlfaLkIj/fpLz17eqWLPR5xtcI9jHpCPXp+lPzP3HEdyX3e6XcDyDve/af3&#10;v4/3ViU3eKTyPUPiajZI2fZL0nz2F+ZxMNBw8B3rKpm/7TWp3v2KLNh5SQoW7ZLM8kXClub5BYVS&#10;hKJX4OAU/qcRQMFRZ59DgcfcCrV/t8xep2dkmwcEN9q4cRPMozBw4GDzErSHH7wQhFP4ADkrK1Ve&#10;Wf39I4/IIwrsHn7oIXnoQZ/0Oa8fecir3YevJIb2pmGL/g6/6zwRhDoIeYwYOVoBy2SZPnO2zAuN&#10;lLDIWImMSTAg8aWR/h//+bsifq/T/+miz0WRUAced0qxN7/+Nt2HW+ZRJ/Ttm6/xEh4VpzyLl+jY&#10;RI8HnR73MWR8S5RZc4JlrBpbefn5vsb+7YYPDzof/jGfOvYfPCzZarXOy6izioCIpFzr21BSXi1x&#10;xUukSpVw5f4bUrXvhsw/8LYsOnxDVp54R4qW7JXxs2JkVrIHGko2X5QF9HfY95LU7rospdsIP1yS&#10;3A0vWIfGhAW7Ja52qwKHTR5VexStz2+mjUZRle0UXbnJHsMUOIQULJPQknUSUrpZAcNWiaw9IMlL&#10;z0repqtStv8dK6usPfq+5QZU7LgkqU07ZEZsnvQbMloV0WNy/733yAP33ScP3v+AKqEH25XRJ9DD&#10;kCkrFNhHCQXmPfeO7ew3PkIPPKjncL88qOfC+fRV4DBudpzEVq6W4s3PSO2hNw00kIdRsu8dKdj9&#10;jtQdfk8WHdH7oaAsv2mrZBZWS3ZuoSrpYp86V+hfPLUDDUIThEBCwyJkqiLkkaqwBw0a3OZFCAw1&#10;4CEwsOCXkwKiHnn4EePPg8qfB/Qe3a+8ua97d+l+773tdI9H993bXT9XHuqx8J/vAzpo3ISHom9f&#10;z4sBgKA8ddToMTJh0lQFD0Eye26IzA0Ok7kh4fr4u6U5+rsfoXmhRrMdzb0VCvkE8n6v4//YNXV2&#10;LvM+iTqc2y2S+17nv9mB2s7vZl59JcQ9DyR73z9HPVe7Png8x1FwOzn++9ft+D1Pf2deSITRTf/1&#10;+0ofxyO7n/DH51EbnxyP/Nf6vs0N44+S/zu/lzwK5MOtkH6H64ZH8/QxNCxSgkM/5po/5vvwKFi/&#10;N3vOPJk2fYbExMRY9RvbBxCGuNWtAzoOHx50PvxjPnWcfeKcLGhcKGHxmTI7Kk2q6xv19SJJSM+T&#10;mJJlZrXTQbFy71sKGt6SJUfelnVn3pXyln0ybmaU5QcACIq2vigNJz6UZWd+JstOvy8Ljuh39r9t&#10;+y2Qm5C1+inJXPWkZLY+KRn66NEFyWi9mdJbz0v6yvOS1hmt4FF/Y81Fe4xvPKyA4Yxkrbuklvir&#10;Vk5Zdeh9qVPQUHf4LUlp3C6jZ4RJz9795a7bbpO777xL7rm7m9zT7R6592OIzxzde889pqRQWiiv&#10;B1RBPaCK/ibiPaX7uwcoN1VofPcm8n+/I9n53H23dLvrLv1udxkxea6E5TdL8daLUuuHJ4r30Bjq&#10;DbsHDYfelsYD16V6/VlJK2mSlKwiyc8vNMol7PAplA+5MIL/2sIVnRDv228XBHynEwIs8MjxsXEJ&#10;lrQzctRo6T+gPTfBeRjMy+B7Fx7v9bj0VLDw6CM9VOkrWPCBwn3Gy/uMH/AT/sGnbsqnu5VPd915&#10;p9x1x51y5+13eHTHHXpv7zQ+3q/3APAGCCGE0b/tv/sreBhg3geAzISJk3UxztJznSMzZs42IqnI&#10;Uft7N7//UfKOC/w+vxtIU6fNkilTZ8jkKdMt12Li5KkycdKUdrLXgTRFz8/R5E7I+x6/2fG/bj43&#10;PRf/fKZC02a20ZSpjma00eTPSIHfdb8X+B9t5M6Pc1LAZhRwjl8I+f8zo1OabffdEccbj6ZxXXqP&#10;9H7A4/ETJsn48dBEGTdOSR95z/g/eZrxgO+535sVNPdj59Ot00fn05dNn8Qjmyc6j705OtnjkfHJ&#10;44/j0UTl0STlEXPid8+jL4868uFWyF3X1Okz7TGo7Zr1NyH/d2fM/Pjvzwya4yV1q/Hl5YMFS3xC&#10;guzavVv+z//5P18taHjzzTfl1Okz0rR4mXkcMvIrJD63SgHDUsloOWqKC9DAzouAhsUKGladxNOw&#10;R8ZMC5fp8aUSP3+XbRhVtucNKaVx0wZKKVW5KyhIVUWf3HJakhYfN0pcBB27iRKghdBRo3io+ajE&#10;GR0JID475jVL0uexDYckefl5yd78iu3v4IGG96Rsx0uS2rRTZsTmSq++A00RdbvzDlXS3TylboRC&#10;+qiSNwtWFc+DDzxgHgRanD7Ws4ffIphkSJeb8Kj0UKv4UTwNbZ6DB+QBFJ7+rgcUuhkwMMtY/4f3&#10;Ie//vP91hMKD6KE+alqIRJettKqUcgVeeBqosCja+YaU7X5Dave/JeWbnpOE8laJTCmUqKgYpWiJ&#10;ion/WIqMjrPKhfj4RElISNIJmCRxquB5Lyrapw7fIYGSCQsQiIvX4zuQ/YY9T7REHc+7MMNaXJOg&#10;SKWDBxpQ2u0Jjn16e4ABxd4WtiFURC8KJWvdq7y10ATeIL0XD97veWQABd0diLhLQYQBCMDD7UYG&#10;HpTvHIcnqafeK5ph4XVw4IXEyeFUXYwZJxNUwFHBgTCc6pMJRhV4JvRUQLr3O6MpU9qPRdl4vzXd&#10;J/+3AAsKBsarkB07foIlao4aNUZGjx5rz8eOHW/E89Fjxtr7eEU4xqPRBsIc8RnHTdTfa/8vJf0f&#10;/t/OQZ8HngfKe5oKMQT49BkeeQJxtgpyhPkcq65BwAXN/nia7ZP32vveLBN2+lsmCFUg+r/v/Z8S&#10;wMF4hUL2eAXP3HndOnG8/zvKT/ja8X7cRByv19+R4A9Kj5AVYGDs2AmWnDtGeQq/R4wcJcOGj7Rq&#10;JXJwhgyBhlqoC7LX+tmwYSN0Ho00EMo9Iwxn98SdV8A53yrBE+NP2zzi/Y58+CRivnlzEQBqPPLf&#10;vyXyedfOo0l2XfCIKieukzlItROJzDfzyOOTR8PsM3g0YsQo/Q5zdpyBCgDFzTz6DOf3RZN//W7t&#10;GC+Vj7dC8Nue6/1jTUSp/ERGJiQkW14X8pEOvqwd1ge/39lvAEq5b6wtvl9aXinJaen6ezG2DQA9&#10;ef7t3z496bGz4cODzod/zKcOEMtvfvPP8uLVl6V13WYJTS6U8KJlUr7nZak/9r7vabjRBhoWqgW/&#10;7Njbktu8S0ZMCZFpccUSz8ZRK89JxppnJbJutwSXrpfQsg0SWr7RKKxis4RXbpEwo832OpBClULK&#10;N91EwWXQxo/QvJINMrdwtf7HJomsPyhJK56W7G1vSsHOtww0VKiSzV55WqZHZUn/ISOle7e75b57&#10;ut3sHTBSBd9G95snAUVDyOARtVQBCP379pHBAwfI0MGDZPiQIfo4WF8PlAEoQ1zgqvgeV8XXi5wF&#10;VXwoOsITD953v4IDwIAHGPBC8B8AEchZ0rjWA8+D1/d2u8t6348PilLg0ColO1/1ekvsfNP2rGCP&#10;imL2uth4RaKrtsqs+CKZMGmyTJo4SSchguaj5Cm1KSbAEe4IewgBP3UaglwnqZIdy0KxBeMJLj53&#10;3+uUQM76OZbGcBUQWPKWnNjXL42kysFokIEH3vfCEb0MMADAqEph05i+dLpUvvbro6SPvOZ9+sYb&#10;SDMw4QEJ7hP3C2CGlwbgcPttt8ntP/mJ3PbjH9sjIAKwBvggDAJo4Fw8INPfzhWhhlCkdNUUrRL8&#10;QrghKBFwvP44YqGbFaoEAKE6BH6gOB3xGoEEn0kGNeWkiolSUZ7z/5TSOsXF+wAFIz2OipBA4n2O&#10;454F/hfP+X+uxRGCCQEFIMDVifVCFUswZbhh4RIeHmklW2yT7oHPGIlUAMprI8Co/360AkP6ekDR&#10;0R5QjYiIst8IU4EYGhouISFhXhmv/s8c/T8DGPrfnB+8hUdY7yhXb37dLLSndSB73wR5u9LnuuC3&#10;/QZArZP74hGCuJ0XjuA34ADgOAQQYDTEaJDOCTdHmKsu38bl3AB2yaFh/jriPUJtA3WOAyLG+/PJ&#10;lA/zSa/zVsiUiJ6zs9Y/CkI/meAV9x++sB7H6nl4Hin9POB/Po7sGOWbm9MoetaH4w1ge7DKwIEq&#10;A50BYDxioyijj/KIR4j34SWhSiqnOD/uz2fl0ZdDzClv7nCeo0cDlj6dRo1i7WIETLA1RpJ6RWW1&#10;lJZVSk5OvlWqAR6CdY2wJvHUBH7P0ciRY+w3AOEUJKxoZb+geklNT5fFS5bK3//933+1oOHNt96S&#10;I8dOSkrpIpmVuUiV+lZJX/Wk1B5+R+qP09/gPctpcKCh+RB5DW9LZsMOGTZpnkyNLZK4uh0S37hf&#10;ouv3yMzspTI5eYFMTV8oUzMWKXmPNDSC7L30m2mKHmuU5tHkQEptNprkKKVJJqc0SlDBWolaeEaS&#10;V1+SrK2vS+HuG1KsVjhdJENzGmX4uGk2iVEyWK5YnI6wbB9VJUT8nIREFFdfVVKDBgwwcDBqxAgZ&#10;M2qkjFXicdTw4TJi6FAZ5oOGgfQKwHLV3+/LYmADJJSbgYdH2xSbZyF7QAFPBMqL5D2XC8FzzqU9&#10;SRLg8bC9HjhkhEwJTZXEht2Ss/55Kd77roUoMje9ZhttZa6/KvGLTklw9kKZOG22CQeUiEfepA8k&#10;E0BKCIabAIW+dp99hHTxeMd7Aqkz4n+xkBEuCE0nTHhEKQ8aNEQfSYAcaALGlLcKjwF6zJBBKmSV&#10;r6OGDzMe8zhi6BDl8yADawP7K58VQBh46OVtBmVlrw5AWA6JAgjyHhQc4KnB0wBYuEMBBETo4p67&#10;uxkgg9/2/wGABkGIpYhwcNfE9aJYrHRT+YClDHBCKXckBB5eAhI+U9UaqFQhsXTpMtt6fOGiJUa0&#10;34aamhdKY1OzNDQ0yYKGRiOabDU06nuQvd/+mSP2Bwkke1+/x+8t1N/lP/i/Jfq/5WqV4E1CWaN0&#10;6clBUjP/v3hpiyxSocMj3T2N9DsIooWLFtu58ft1KqBqa+tsV9NqR9U1SrX2XiBxXH39fOsyyveb&#10;Fy6yHVQ5H4jf5r/r9JjsnFwDE/NUoAJIQhRkIFznqvU1T4EG73uvlQAdjhR8OC8HzwElgBTACCCC&#10;6+x4Xxy4MAWqQG3ceKxlz5szBg+PkYI2SEHYaCUAGUCC0t2hSngTSODFah6s1rM3l9tBRR92x6RU&#10;m/4uGBAOPOgxWNemGHX9dDy3zsjzyMwwEM71hYSGGc2eM9fAPQDdeXU8z47v3QkgjuMYgBsEH5mX&#10;BsA6/F8g8RnznnOFX/DKvF54B5TG2KMHYkeOHNnOI+OPku9lME+Mv94H6HoP5BFt8I1HKi+RA4AH&#10;CxM6oA3o9YHvF0mB1wo5wGUyDmIuzfCO5b0JE1DsnlK3ufMJhPLnEeAVFRUrVbpeauvmS5muSUrQ&#10;AQ14ZJnr/D689owE73uQeXKUL8gf5jel8es3bZaG5mYFENm6Xlu+etBw7tx5qV3QLLNS50tM4zHJ&#10;WH9FSvdStvhTDzQcftdAQ6UPGpoUNDQdfEvS5m+XoRPmypToIomp3S4RlZtlbuEqmRBfI6OjSmVc&#10;fK2MT6iTcVD8zTTWqPZmivNoTCDF1hiN9mlUTJWMjqm2788oWC8xLc9Kyvprkq1K1Haa3HJVwguX&#10;yfhZUTZZKW9kIZNZD/E8kHorofyHKBAYrYth0vjxMm3yZJkxdapMnzJZpkycIBPG6g3Vzxxo4NhB&#10;A9RKVeCAx4Hv9++jishZxgog2NXQhTAAAXgu8EDgiTBg4IMFkvasd4N/fu4ceykAoYkUpaFByRVW&#10;buqBhjdtg620Da9KytqXJbn1BQkv3SCTZkfJ+EnT1cIZLxN0wbMQPVKLRQUXxCTkkfeZrF480vus&#10;7fjA559CniCeaK5yBCqCFIGJoOA5QsFz5XrCFiFCfgFgAY/NaAUJE8aOkckTxhufeZw4bqwBNcDD&#10;8CHK60H6OwocBnbgcRtIcwDCB2mEL/DuOM8DoMF5He7wvQ4GHJTPgAY7Hz1XBB6LFSGC0ECwYPm7&#10;plFtAiWATBAjfBRUYLUipNkFdMuWbfKErqlTZ87KiVOn5aTRGY9On5FTp896pJ+3kXuvs886I/sd&#10;/zeNTtv3nnjivGzYsEkKCorsfLDuAQH79h+Qs3pOF556Ws5deFLOQ08+pc8v2Lme1t88fuKkHD5y&#10;RPYfOCC79+yx2OnOnbtkx46dRtu372gn/z0+3717j/3+ocNH5NjxE3JKz4U8KX733Hnvf3jN50tU&#10;4OGlSEpKluLiEknUx5CQcLO8goOV9BGBCgUCB8ACSpH36CmSmpouubl5Eh4e4Vv07fcj8L4wt8fq&#10;fWzz3kC+l4a1MnGCzruJE2WSzuWJeqzn7dHj8fgY+c99Yd4eulDrW+cMc5x5hAXNOqbqx9Z1z8ds&#10;buF585qxYVF/9BwDic85jmtNSkqR9IxMUxLhEZH2OfeyI0igORogw2Ll+jlzF95lZGZJRkaWgUeA&#10;2Cf9P+9DzHF4ydrmnMfpdY9XmqjyZPJElRm27j+GRwEKz+PRaAvvwCMABB5GPBHwCIMI6vWYyl6V&#10;CXgdkE0Ah0/j0e+MfPAQSA60wE8az+GJRR5wrXiPIIAg5F53pKFDvXAVhlu0zvO6+gW6/hqltKzC&#10;+tXQ3C4yKkbncbD+5wybnx4A47e9MA7P4Rt8pGlfaVm5HNS1s2rNWl0zpdbZ9ysHDVu2bpPUzFxJ&#10;L2+W6lUHJW/xbslvPWnto2uPvKPkbSVNEt6CA2+bpwECNAwZP0cmRRdIdM02CStbL7PzVsjk1EaZ&#10;mNwgUzOXytSsFn1skSlttFSmZNxMkx2lezSpjZYYTUxT4lFpfHKTTEhplqk5q2Re9QGJb70iaZuu&#10;S872tyR741VJWXJcJodnyIDBIzz3mCpuc42ZIvbcZNYvQamvWpwor3GjRytAmCIzp02TWdOny3QF&#10;DSiw8WMUYStYGDkMBeYBhqFqGUMAB2jwgAGq1PobmfehA3hAqX3E8+B7HSzb3xaPd36O7DyJ9ev3&#10;+vYbKCMnquWRu0jytl6TnC1sn80GW69K8tprRuFVu2RCSJqMHD9Nz4kW016jIxdntMZJeAB04Y7U&#10;SYlg8ATMdJvgWAZD9TiI4+25//1bIX4fxYuQxILHygJEYKnxOe5eCK8CHpyJ48cpMJskMwFmymsP&#10;mI1pAwvO0zBUAQPXM1gB2mB4rPwFPAzo26fN+wB48AAangfAGTy+OWyB18FCFj5w4D34D585X87d&#10;Aw5DLVYLfxDCgCIvRDDGkL8TGBCved9ZBYCjOWoRVlVVy0a1Ck6b8lfFrgoUhXzm7BNthAK9mc6b&#10;sr+JVOF2JJR+23cCfo/fP3HSAyc8X7t2nSlUBA7KAiHz7LPPyRtvviU33nlX3nrrbXmzjd7S99+U&#10;1994U66//rq8+tp1eeXVV+Xla6/ISy9f8+illzsn/exlpWt67CuvvGrfvf76G/Zbb+p/QfzX2zfe&#10;kTf0vUuXLssm5U1cXLwKv2IFNxvtPJmLCE+UjoV5TNG3ewXgMUqIuYl1VlBYaBuuLVmy1MIlWLvc&#10;A44LJN7D+zXM4urDZZS+RhFOnjRJpk2ZKjN0/k/XNT8Nj5vvjobwLN1MfrIqQBuF2gZEcCOPtjXk&#10;lCMlxFjSPXuQq6Ok6xhA4YXBvHPg3MaYG/rm82U+cb5cI3yp12tctnyFKv4EvQZPGTH3sGZHcXwb&#10;CBojw/V9vguf8MDg3cGDlZ6eYfOAzzrjkZvbLuQ1Vq8J8DSVsJeuzxnKn+nKn6lY5J/EI/jzER55&#10;3grHI9YIIUoXnnQ8MlmsPBqk/ANkuXWFJ6jj+f4uiHMCDHienPC2UK2F7nwvFvOK8B3gEoMHOcY1&#10;4GWBVwCdzggAwCNhRjr04mGorq6zMEVGRrblfoVHRJn3CC/uyFGeZ8vjf7ucYa4AcmcpKGxqbra1&#10;eubME9LSstzWzVcOGlpXrZbM7FxpXNoq63ccktIFyyW3Yb2Ub3lWqve/7mXw739bynddl7q916VB&#10;32vYf11S6rbI4HFBMjEyX6Kqt0pIyVoJyl0u0zKXyLSsZTKrUF8XrdfHdTLTUQG0tp3YT6ITmg7l&#10;rTGaBulrHqdkLpep2SslqHyXhDedlYQ1LytoeENytr1lu0vSoIp9H9q6NupjIFCAHldFM0An7gid&#10;CJMURQMW5gUFSdCMGbpAppi3YZzezNGq4DyX+Qh77gjFx/uACbwPhDOcBwIQYR4IC114YQtTaj5w&#10;ADRgDVvJpz4n0RLLxIBCANm5+oCnjwqiyeGZlkSasZZQzJuSoqAhUQFD0rrXJKz+sEyMKZWh42bq&#10;f2FF63cUvFA5wGIELED99HcmqdVM/JkERywSFD6IH/chccm+fQIbK9E8qQPpb/LIwnchCCgwHIEA&#10;bXdfKrDA/a/8AoRNVYEdNGO60Szl+1S18gAMY0bCUw8w3ETKW/g7XPk7zAdrgAgAhIGHNoCm97Un&#10;XTfbAdrNXgcfOPz4x0YkUMJ/+OuuxXlHUGBtcfiZxOGn6XuTTIgBuhDAHhjzPSgIQuUbx+Xl5Ztr&#10;ftu27Z41rpb4rl1qtSuZ1R5AvN65a7d9hrW+e/detfDbaU8b7ZO9e5X27TeLfn8A7dt/0N7nd/i/&#10;bdt3SKMqi8TEJLvXKMmWlmXyzDPPyuuq0N9++4YpcBS7Ryh5Jf0Mhe/oteuOXu+E2j+/7ki/w2+0&#10;/65H/BfAgc+ff+GSdbCjXXlRYZFe724La2ANY2GOUKFs7m6ft4BZ+GtCW99DocXGxknLsmWyfMUK&#10;aWpqNgGPBYsXyx3LPUSBO+K73Dc8CyjDmbrOg/S+BmGlY112sDYBjI6c9clnZo3rPUbhtFvk7Umt&#10;Djwwj1hPKEQqgrwQKMm4vW0NAuBRkO3n6xHvM49QONy/hoZG2bN3r5SplRo0a45vlSqPdF1ZyMQn&#10;eMb74xRkofTy8wts/nmgKsa8h4AZ5mn7/3m8cedhgEZBA14FANWsGTM9HinN9F31n5VHgIhAHqEQ&#10;WTvcW2QFHXjxOLgwLc/hG8bHx/HotyF3vYDIGXpNubn5kqvrFc+Vl8cTY3IRxZ6SkmbgC/nVT2UN&#10;ACAuDg9X6qdQmiQlJem89Fr3l5SU+aCh1PrWGGhQ+WtllNNmGCiBRwA7PHCRkVG2N1BiYqKui3h9&#10;HSnsJfRP//RPcu3ll2X7ti3SsqRZzp87Jb/48Oe+Bv9sw4cHnQ//mE8dra2tUllZJdtU6OBexJ2Z&#10;V9UsRauO2sZJtcd/JmV7rkvx5stSuf2K1O7Q93ZckYSKtTJw9HSZEJFrez8EF6+RoLwVMiNnuczK&#10;Xy3zyrfJvIodMrd8u8yByqBtN9Hs0kDa2k4lWyUogGb5BIiYWbBB5tUdl8ilzylouCZpG1+TrC3X&#10;JVT/nz4H/QYOtS6PKF0HFNpdYo9ZSAEFhlchdJ4iyzmKNKfPkMkTdHL7ngXAAAABLwTvu5DFtClT&#10;VPBM9lyaCi4IXXBMu0dCBRyWNgpU/wfPgyk1y3focZMb3SvhvM/CFs6l2QYY3Hmb6/0hGT4xSOZk&#10;NUnC4lOSvf2GpG54TRL12hPWXZewhtPCjpyDxs+Th+67V39PwQj/o8T1DlYBgUAmdovQRQjh8kpK&#10;TrXPXN8Imin1UpBDzgc5IAg7fqczekx/F2DhwAKPLEqzdkZguWAZDlWBPUTGKgCDfyHKZ3g9Z5YK&#10;GH3NPbBcER8YjBwGz4ebx2H8mNH2OeT4y/1o4zEAAi+PAw/meSBkofcYr4Oeo+U63E9y671yb7e7&#10;vURJBQ4/+dGPDDjcdfsdBhwIEbnrAEAg5FBGxB8zMnMkITHF9uFAIE9ToYhwBhQhhOEB32duoZhI&#10;CszIzLZsZxfPJIGpqqZWyiqqzE1ZUlpmVFpabvkHFfo+Hooqcgb0OEeWM1BbJ3X6G/PnN5jl2OTn&#10;C2BJLlnSYjkMi/SxQRUo/1NWUSnJKrhmqRDiHIerMmBt71bgYeGLcxfktFosvxWZd+PWCU8K/33g&#10;4GG7FpRiQkKieUQIpaxc2SopOhcnq5JhzuCy9kJZXvgIQU/ILSU5xfIujhw7JitVZvEb/BYKh3XT&#10;Ht6jQdjjBoL5HWLxUxQsABLYY2UOlqXyx9z6vsJD+ZELMGcO4ZAQn+g54OVS8Jkl/PrKEVc+FjeW&#10;tRcCmWCVAXiqCF2gGHHJA8g5P7fGWFOeHLo5JOmdN677x2wucl1FRcVy4sRJ2aoAoLl5kSQlJptX&#10;hBwDlDzkrNTpqoDi4+INSG3duk0OHDho84drh4fMUX6//b962znAIxQ0smGayrfZgTwi/AFvOvDI&#10;S6btnEcORDge4YUgDGqeB103WPoOPKDIATPcu0AeAbTgQ2c8+m2I33tcifkUGhImq1evkVWr11oX&#10;XEIHhHPIOyCHICsrV0FDuPKGnKfBsnnzZjl37py8+uqrn0pPP/20LFq0yIBHaVmV1OvaJRGS/jUm&#10;SyKiZa7yDn5NnOh5aQAI6GGAXmvrKjl79qwcPXrM1i4bCQIa3n7ruhw7skcqilOkqjRdLl96Tv7j&#10;P/7D1+K3Pnx40Pnwj/nUsWbNGtslcceOHXLy5ElpmD9f8srnS8GyfVK67XmpPfaBlO1+TYo2X5Lq&#10;HS9J/e5rUr/rZUmsWu+BhvAcy2cILl4rs/NbJahgtcwt3SxhtfslvP6ghNbtl1B93pFCatop2Gif&#10;BFe307xAqtoncyv3SFDxFgkq3SEhjU9I9PLLam2/Iomtz0v8YlWcsSUycNhYQ7C4qh1QoKoBrwP7&#10;SuAiH6+WLV4FFFjwHF0YavFOHDfOU1CqrKYoIOC9ubNnS/DcuXqMLqIgXTD6HQDDRDwReuxoXEoj&#10;RvqeB128Ad6HYWpdW+4DvQECvA4GHFQhewrNc6NTVWFK20fbUCBoePShB6X/kFEydna8RFRts/CE&#10;52l4ReLWvCphCy/IjMItMnhqrNxvZZ1eeSclnyR54lILVqTMDpe4dVfqpGxSIUQnyWnTppugHqAK&#10;E68DrjU8Ma6hUkcimZAyRoRQoIXu3K8mFBQ0jIAfypfxCqpmTpsqcxUoABrgO/z1whFq/SkfAWWE&#10;hwBxs2fOVD5PN7foVCpC9LMJKkDh91gVgGOM5x54MD4HgAcPoLmEVA+gPaLn+hB8hh8BwKHN43A3&#10;HocHTYi664EHWEuxsQnWBhsCCACyKE8ND4+yWDvWCkoDFzHZ91j2mgJGBQAAj31JREFU7AdCT4vq&#10;2vlSW7/AqEYVZVVNnZRXVptSBzg4wn1ZrqCBDOtKBQ6VVTXtpCAC4EESI+AD4UOSZGPzQrt/llxJ&#10;kqVSQ9NCqVOwz/+kpWeqQJpt9xOFkannvnzFKtm8Zbts275LtmzdobT9MxDHd0adHduRduh/7rT/&#10;Xr2GsEm+CeLZqpRIoNywYaN5Uxr1unJyciUxIUmFbark6XFZmVn2HKs7MyPTFOLmzVvkqIIGvCnM&#10;XeYtPVKwVj2Q+4iBX+YncxJlOFUt5znKj3mq3CA8SEZ6DuRIUPGB9UfuAM8teVA/x7pmHpjrfWKH&#10;nJ4Orx1wMIta56lzxwOAmFtOKTLXvNAkAMI7Z/KcvPJir/KKY1FyhCW2b99uuSV4kPA8FBQU2Dom&#10;fFGmwL9A13BGZqYCjCJb21u2bDV+bty4Se97pgEFfg+PpvsvHj3vpqdAx+qaxbswR+XdvLnzFDT4&#10;PFLQwCM5Ea7KBsKtz/y3BEvlEW72j/CI536owvij1J6I6gEH45ECBwNX/nnCI6rIHnzAa6QXyJ/P&#10;S/yGeXT19/HkAITwxpB7tHbdBgXw5ZKb5+2Rg0eguKRM52KehKjhgGd1iJ7jMZ1zzz//vFy/ft12&#10;+33ttdfk3XfflV/96ldWffj222/L+fPn5aWXXpKrV6/K+vUbbT6zthc0NOtjte3Dk6iGSGRkjHl5&#10;AV0ALJIm4TP3EF18/vwF+fnPf27/09zcLC3LlsuHH/5CbihouHD2kDTXpEpxxhx54vQR+dd//Vdf&#10;i9/68OFB58M/5lPHhg0bpLCw0DbAME+DTj5AQ/7S3VK65TmpOfpTAw3FW69YeKLpIM2F3pSU2i0y&#10;aPQMGR+WI+GUSBatlTkAhpJNElq1W6IaT0h08ymJajrRTvqeo0ifIhocHTcKX/BRCpt/TELrjxhw&#10;mFO1X8IWPSMxrS9J0rpX7T/m5K+U4VNCTUmyICCUL49MHEBDP1UqeAdCFAhEhoVJ2Ly5luw4bvQo&#10;s1ydRcxnqUlJkpOVJZnpGZKkiiBcF8rM6TNkwrjxMkKV42AVSAMABMTa9TlbVY8glIFFrIRioyqA&#10;3zXg0E+Bg1rDbG1NuIIkR+dxQBmj5BEoLBx37u3n/7D0UiDUb/AImZ21SNLWXpGUddcMNMSuvibh&#10;S56TObXHZejsTOmuAhRFeCfu+NtuM28DyUssElzi+9UCwaXdumqNKqVaS7hCKCAcsSiwHGiA1E0V&#10;rGuixKN7znmysBFq7R6GdsBAprG5mVVhAcRmz5whUcrP8OBgCVJQMFFBBGEHlD4eBIBCRKha9Yq0&#10;U5TnUGx0tIQGq+BWpTxFFTE8JyFrnAobR2NVGYzR+4WnwvPuKEAz4NBb+rlcBwUO8LkNOHTmcVCi&#10;2oI5QlUF1wThvsWzkJqWIQVFJVKilkJJaYUKlHKzTAAGWdm5tpsnXggUDDXY+YXFpsBXqYJcvnKV&#10;LF22Qhb73gBo4eKlpuSbVOF/FuI7fHfRkmX6e8tlScty+22oZflKWbai1f4PQgjiGsWLRM4M8dmq&#10;6joFGVQ06DksolLiyyP+k/8G9NAXhHmNMsdzQL4FFhWKDgsZZYeVTA7GE0+ck4MHD9n7DlwQktm1&#10;a7cJ2CFqAaII7u12j9f/xG8GxvwkFDBK50cQYFUBM+sX4DwbMKDz3CVV4pZO1jWQlppm50MJ6VxV&#10;nKwHLwFuhK1tABjkxbbVSFBrn88BCw40OKVI/ww+JzZN6ABvB+uFtU0llfVp8YG9AXFKr33yrsN7&#10;j7BAU1OTKrctcuToUbt+kk95JF/m6ksvy/kLF8QlrfIIv7Zt22Zb3YfoGjKe+CXfgf8BaCEMyX0A&#10;UDke4YZHgcEjQAGygfkDeMP1npyULJHE5GfPNaAAAGDtG49UuQKeuWaANzF5+IHnro1H+hwvCrLC&#10;C+mMUqNluIJbD1w98vCjBhpcDx3ONfDcPw8Zv3WOABw4Typ4Vqxs1Xm1XZbp2sGzAGCAWNusn2xd&#10;28wDDE5kPKG0ffv2GQHkeI03ABCB4j516pTU19fbvTqq9wovBqFKQEND40I1Amr1f4qsUy5hEEv8&#10;9Ym8CgwOdhdesmSJ/OxnP5Pf/OY3Bhq4/3jX3njrHXnz9Vfk8tPHZGdrkSzInyXHDm7/XE2efHjQ&#10;+fCP+dThgYYiWaeg4egxBQ1qHeWW1Uvekp0KGp6VmmM/k9Kd16Rww3NSuU2Bw86rFqLwwhPTZFxo&#10;toTSP0FBw9yidRJauVMiFxyR+KUXJKHlKYnTx5toyQWJDaCYJec9WuxRdCcUtfCsRDSelLk1h2RO&#10;zVEJW3JRoldelfjWF2Ve2VYZG5Ip/YeNM0XsELyHUlHCj8pgtW4IJcxWIRKmCmxu0CwfMIxWxTRR&#10;LZDZEh8bqyAh3QBDbIzeWJ00JEqhtMbiWVALgpp5aKwulgkKQCaqQuaRxTdcFeEgVV5UBxACGaT/&#10;iWcD4ECuQ3tvh5s9DgYcVIBg3SNULMbHuauQ8ZCyX5rZ4zGZFFkgMY1HJLH1BUla/5rErHpZwlte&#10;kOCmp2RkRLk82KOvKvx7VRn+UH78wx+aF4PFy0Ih5n3o0GE5cuSoLppVZt1mZ+dZ4ybAAqABlyvu&#10;wjtuv82SBiESCY1U2WLV4QHBLe8SCBGkXoa5Z0GMUT55gEEVqXlq8OZMlQnKw0n6PsAsPCREEhUo&#10;JBO7U76Hq5Lj3kwhbKHHWPmbCmeAGI/ec0+Aw1csTPjseOySVMl3IFnSgIPvcXDAgVDFfffSFArg&#10;0J7jQIUFXhnmS1uuhv4uYAsLC7dicQBgwBrxOmAWmYUCsAhTCwwAQab0xk1bFHyflENHjplLfr8K&#10;8v0HPNrng7a9qvxuJt5zdPNn5DHwHb7rfofW7xC/f+DQETl0+Kg9JwxB6SNxUcAsQBQFmZ6RZR07&#10;Off2Tp50+fw0ch0/Pfp83/W6hcJHlA1KnQTUGQrCKe0EyKLsmJsHlUj6JMHyhRcuWZUHoAKwQPUF&#10;gIFwBvFlPF4oXgAtOSqABzxhBhh0jeLKRxmiPFGGAAYsZAMKChCwBFP1nsXGxBmg4HhyQFB4KD/A&#10;sAHjvl6Cr80Lfc37uNbxJJDDYEpSgTJzH2VooEHXXJs13cHj4IADc44mZJQDc/7k3gD4eU6XU9ZA&#10;fn6+XS/X7tbuiZOn5OlnnrX8kovPv2BVL3hfmAOHdC4gxwvUSCDhk9+hcyr/w2/DoweVbwYYdD2S&#10;DBqq8pDrNx7N9jwLxPlxr2dn5xhgiImOsbAFXhtyS1iLbTxSvjge8dzySwYONhAB0IJH5BHAI5cI&#10;6kCDq7KAny6cwzp0wMFrkOe65tLJ93OQ8fQuA0/ItlCVNYQDN+k6XalykEojQhPJ5tVKtkZMycmp&#10;Nl84lz4qs5lvVLMAMHJy88zIZu6i1JcuXaqG9nx9XSclJaUqa3NsfvF79fMbDTDX1i2w/YHYORh5&#10;i7wIDgk3YwO5izdt+fLlFtqgcRNtovFasN31ggUNcvnFl+Slq1fk6QunZOeGJmmuSpOTxw5+daBh&#10;48aNxoR16xQ0HD1uyUm5pXWSt3iHgYba4z+X0h3XJH/t01K28Vmp2qzgYdNzEle60gcNWRJcst4A&#10;w7ySjRJRd0BiF5+V5NbnJXnVJUnSR4gwQhutfF4SAih+5UWJX3EzxQVQ7NKnDDgE1x+XOfUnVVFe&#10;kugVL0rM0mdkWvoi6T9iivTs1c/q9XH/ea5Ar8SRJk1jFRwQjkBZkcdAQp6Ll+N5yMnKlPLSUqmp&#10;qpL01FSZp+8heFBOZlWrwmcBsJBBhUyoMEXmkSqcEUpYBQgcYvgoMxalU2pUaKDY6AFhoYoOOQ4k&#10;RxKm8JpB3WuK2V0DAAIilPGAKrwR0yJlboEKzZYnJXnD6+ZtiVh+RUJbrsjYhCZ5tP9o6Xbv/fKj&#10;v/ue/PD737ffBeAgICmVO6yC5ZgCQxA2rnEEOrtQktHL5EXxg8hd3B/FeruvWLHQcZ9ybS4sAU8Q&#10;jrgicc2i1CcqyJo9Y4byWq0XpRlTp+h7KihGjrCwT0xkpORmZ0tZSYnk6gKLi4m1DG28NKB6E9BK&#10;uLGHAUj0Ho0jd0T5O1IFOhY094VjAnnsAQcVVnh2+lDF0iGXxE9C7a58bKuq8MMUXCcWHp0jXa4G&#10;YIjSKVyKKD0UrgMMPHpWSYV9lqDCBqW6atUaFeKn5OVrr1qztMtXrsqVF2+VXvKps886kP4uv+1+&#10;n/96/oXLcv78k7JC7y1CHgCL0MW64/6yLbrXwTPRnt8qcbyj2M/1XQXh+pz6dMI5WH/MI+6vecAU&#10;zB5RYOAqS1CEJE5SwfHCpcty4cmnzLJGOVLpRaye9cY9M1Cr8xLliFLBUkWZ4RUM1nUeoaAvWJUg&#10;XiMIwMBaKC0tk2pVHOlp6WocBNsaQeGhVFx40OVJtCUI+/MS4rV73yU3knDpVTd4VQ2EKVgbLvmv&#10;TSnq+oIHKEPnwWNtOWKtAfg5HxIZm5oXGlDk+uEP/IAv8OjylRetrPXM2XNWQXNQQcOKFa1exYWu&#10;xR//kHX8k3Ye6X9S0YHSnzVzlsquYOWR52Ego99KWhVEcV/Ky8qlsqJSgRUKdLbJPq4dvlj4VB9d&#10;nkR7EjV8ouETMtBrjOXxSI0oBRiWlIrhBY+U4A8lrCR3ejkO/ex3kXkYUSh945ECHyN49RnJu/Z2&#10;o4cmeDnZuar3NltOQyEyMDXdeE1IhrwlwlRUjABMh6hMJ+eAnKRlK1ZJy7IV0tq62uYtupMQwtp1&#10;6xS4HbdqF/LF2EGYMMfiJS1KyyxEUaqyIjMr12QF3klAA8mQ5K7gncBjEQgAAA14jKprahQ8Py3P&#10;PPOMPHHmpGzf1CqLFpTJqRMf/c6tDB8edD78Yz514PojNsaFs3gNNJQ50PCc1J34UCr2vSUl216W&#10;6p3XvJwGpaSaTVZyiaeBDo2AhuDyrRLVeFwSlj8jKWuvSuq6l+0xZe1LbZTsaM1VoySjFyVptUeJ&#10;qzxKWHVFSR9XX5XYZc8aaAhrOCWhjU9IlCrKyJbnJaz+mIyPLJGej/eXhx561JQk1gZIFSKPgVwD&#10;YuS4wecGBVn8HLCAAktLTjbl1aSILisz08ACygllRTYx1ib1tChUEqGoCychiZhrmQqeqsoqD10q&#10;Is/KyrISp1hVgrP1f4jpG4DA7a2LwZpCqUKjrwPJkW1VFQ8pwFFQYNaHLmpzy6lQcdcAcV3d775L&#10;+g+fKBOjCiWy4Zgkr78usQoaIpdflbBlL8mEtOXSe+Qsuff+R+VH3/+u/OB737OwDAqksbFZDqjg&#10;OawWC5YrpTvl5VWGnInV4yYjjotblu840ADxnEWHVYdAbXPhqxCwMq2xXt22hQxUABByIBwRPNvz&#10;MMBrvAvRERGSpyChtrpGspVXkfoaa4i8EIQY9d/TldeUGeEajFA0nqQIHGsLXldUVBivieumpaVJ&#10;VGSUArhJtqjhcV8FCoP0vPDqmGenr8txcNUrtPr2eOnKMV0fB66R17htEYQuTwMBhxcG64PcBgAD&#10;HofiEhIayUuobAMNJDVSBXFFBfnf//0/yK9+9Wv55S9/dev0K0i/Y+Red0KdfPdXv/61fPDBz9T6&#10;vG5xfyyjgYSZ1GoFNCCkrJ1tYoqdK/XiSWpJQskp6R9LfE6eBq3EoTh9/mnfcQTY4r8g/pvMdJId&#10;AcR4wFA8hARIiDxy5JgqP69nBFb0i1dfkkuXr8izzz1vShJAARhbu3a9WoWZ5vnj3hmo/QmA9k6z&#10;4JmTeP/wEgLmyWLHu0FiK7kAWJgLVQmXFJfo/IowBcJ3+quSC9xq3fYsYS6psvfCblQBjLf5AGjl&#10;Oy5kATFXvDmjBoIqRlosAyAgq3hQS5vPTCn2eMwMgjZLWol5h4GDVUxYEUXfW2UEih2LFi/SqVNn&#10;DBReePJp4ws8eu7iC8Y3Dzg8Ifv3H5TmpoVm1HAN8MaBYvbdAawBJqgiCVFQZV4Ynd8ABnIVyDkh&#10;14T8iULVCXxOEioAD8XPb2I0QOZt7E+p8jAF9rRjn6z3ZbxdM54GrnfwoPbQjuMRoT/AA3zxeOS1&#10;o+Z3OIbfRc44HnnhVk/xc88/Kxk/fYDJ9WPsoeMI15LTUKzgHw8D84T7imfXu9beJivG6/XTH6Gx&#10;aZGsXLVWliso26CAg/DZ008/Y32Ozp2HLthvAioaFCQ06n0gl2hpi75uXGiyggRLl1hNQzP0yqpV&#10;qy0PoqPyv6qgAQ8GIOTwkeNy4sQxObx/m6xfXikLKhLl5NH9XyVo2GCCefWatXpyR6VeJ6mFJ5bu&#10;ktKtFxU0/EKqDr4rFXvekLp9b0jDgTel8cBbkrZgpwybHKagIcf6M8wtWi8hVbskdvETkrTqkqSu&#10;v6b0iqQAHJSSaUZk9JIkdaQ1gfSyJBq95D0Su1/2nEQ1n5ZoBQ4xS5600ET4oqesymL4rGRTrJYb&#10;oJa6i+ExQbDup02ZbOEHQAMVELjOAQ7xMTEyv75eGuYvkCpF1MT0AAue1TBUpkyeatZJmAoXlwSU&#10;poi0uKhE6mrqFGg0mQCqr62391BoWDB4bYiRzlalieVu7nQFDxCgYaA+kl/hyjED8xs4d4BDO3jw&#10;qDtutjvvUHA0QIZNCZeQyl1WPRHbelUiV7wkYcuvyeScdTJgUrTc9/DjBhrwNGCRg2TXKzA8ffq0&#10;gQbCFGTeAxoIT8SrJegl5uCenGuWgwMMt/34RzcrVBVkCBCIBEovXkk/g1HmDZg6SQW2XndESIgB&#10;BvpdQOSJlCo4q1GhjYUHkKEEbgieASVCKCS2IbhoW0xmfI4CsQpVxPB4WcsyWb5suSxatNjQd1VV&#10;lblgo6OjZbp+D9Bhwr9fP+WxCnsAmp/j4OWR0GiLhCgvARWvDsAhML8BoYIAJ4/E3NJ6nxBwVEsA&#10;GHEpxqnFnKIKkfKp7GxKtgr9rOhk65YIf+l3gHuRBf0v//Ivn434zifRv0Adv/ev8m//9m/yj//4&#10;T5acRcw1NjbWeME14TGhdJSGNbieaSwToiCR6wmLIAEw6mOJuc/3AHIz+Q1VLnyvs2M7kiXM6X9B&#10;rCMaEXGfiRMDzPDKARroSrlz1x41WI6bix2vwjPPPmfKkdp0PGMHVWkSolmmApm5ATCglwn3CwXL&#10;esFAAPCTxxAWEurlMOj5YjWSu0OuFq7kBp0/yUlJ5rVC+XG/OR/nQXNEzwA8I6yLiKgYiz0j5AEO&#10;zH2IeL6FzZTHKMYBOgcdcPCqG1CIlEmOkMH6HhU3lBUSpsC4wVBgfaOg8Cyw/llrKC5kERUfdOLc&#10;pWAU0I9RR+iLipRnnr1oIAu+QYR2SD4FZAAayPngd/g95jegn/+hrJI8BscjchiQbVjbdCRtWdpi&#10;axTjh+obgEIbj1SZcp6usgWFT0iTeeUS/LCeCUVYjoPPI8sN0evxSh+9ckqPR/Sf8AhvAyANIEKI&#10;CR7hGeDe4jFgLnsg8bORMwruuO12y4Fh/iBH6KfCfCpQ0E/SMwYLVWM//MHfKUi5Xe7pRjinm+mB&#10;mtr5skSV/+q1G2Rl6xqraHGJkdevv65K/yXLw+EeACjw5AIWWlevtZwjBxo8T4NXQUHVCfNp165d&#10;8s477/jauH0AJOoVNODB3Ll7v+zfu0t2bdXfbEyVuvwgOXF451cPGlatXmOLlkmXW6Yn27JXyra/&#10;YJ4GDzS8KfX7FTAcpCvkDUlv3CPDp0UaaAjKaZF5xRslvHa/xLc8ZR4EkvUMIOAxaL0k8YQhVngU&#10;52jlC/q+ftZ6WeJ9r0LC6pfaycoKX5XYlqclGuu65ZyktV40Czt4wRmZkrZUBowP1oVxh5KXtMci&#10;ASHSXGmMKjPCD1ZWOWOG5TWQrY+Hoa6mWlau0Emj147CGzaUZJ7BVmtMjS6Z8rS6pfyIeB6xsHRd&#10;WKVqpVSWVUgVme8kzagCiVIhGYYgVkGZkZ5hipo8ETrfodRYfAg1vAwoNfpE0IK6t75Haajr4WAe&#10;BRWEbTE8I2Jyem06kR948BHpM2yitdCOU77FrHxRIle+LGErXpGpBVtkyKw0eaBHf/nJ333P8hrI&#10;BSDGvW/ffp3Uz1p8eJMulkWLlljpZToxNl0wCEQS+VAICIN20ICV8mMTOLglEaxeWGKoWQleM5eJ&#10;KiSGG19dDgMJkK4yIk4Ve7kCBnidn5ffxg+UPJYncWaQtzVaIctdBRlhn6yMLOV1qVQqnyv0XIt1&#10;8eBOjlZQQUJWtlqOpaWlxmfqmmdMn67njiu0r3l2DKD119cKHOjjYGGKRyjF9MMUymfmChaMd51q&#10;jahVQhmmtZpWPnCtBiB8K4v54ZWnTdfzDDXr2axptaQBDXhxaHr0T7/5jfz9P3jehs9Ev/4U6vQ7&#10;fy//8I//KD//+YcW5yahOUxBWh8FeD/6wQ/MzYvlxv2jMgYySxrhz1z0iXlpczOAOIZ5awnGKnB7&#10;PeZ1Ogw8xn2v4/eZKygaynjxKjyiApm+KYSgyB/AusOCQ1EBYrHgqOyhUoASzcNHjsnOnbvNhUxp&#10;KfFnWm0TfyahkrwNzgVrmtgz1itzwHkZAMDkc3D8gvkNskblW6Na0HwGYOCcvNBjf7uvKH3uuQtD&#10;0N+AEloAYqGeJ/kr/C+dEdmHgevjEbc91iiJfrjaUZQYHihNlCKAAUJJerF7Lwzy0IO44BU46Jpn&#10;L4dhw4bZcxQX5Y940kg+rFWjZGXralVCJL8uN+uY3BXKWQFSa9aus8Q+K7/VdV1VVWP5CCTDTp40&#10;We99Dwt3cP8sLDFjpoEFA1U+jwjZAM5b9XcwGgErXBvnyVyxNe/zCH7BH+4xoVrCGeyPQMgOAM3e&#10;CngeAQYcR7gIbw0GBoTcQH6088grH7X+E8Yj3yNjPHrIgNXdfp5HIAiAAuXUxxHHcf18Hy8q3ksA&#10;JN4GSp/T0jIsbAUoBhz94O++r8f/wOQeHizuLQqfJOR16zdZFdC2bTss/+CiAgc8YU/pc3qh0DOF&#10;vkfW1n3R0jbQYOEJBxoSkr2ySwVagIb169dbqWbHAWioU6MWw2TL9t2yc8cm2bq+UZbVhEpN1mg5&#10;fnDLVwcaiMvk5eWZm4SYt4GG8gYpXHlIyndeUdDwcw807AU0eG2kmw+/I5nN+2TUzDgZH54nQdlL&#10;JaR8u7nNqWaIoWpCn0fUH5JwyiqrdktwxQ6Zp8fMLdumtNUnfV6u71fslOCqPRJSs09Caw9KWN0h&#10;a1oUTlVF8xP2WzELDkr6iguSufayWdizq4/IuJhK6T18itx1+0/0Bt/ugQZVsljubDI1ZdIkS3wk&#10;KQ8FRi4Dr8ldaG5qlJKSYgUDISoA+tiCmqrCLEoVWEZ6plmyEMopLzfPlFatKoaGBQ326BRZlgqV&#10;eBUmAIcIVbyZ+l2UXUV5hX0/IT7R3IxYDngdUGiu/TSC3XWNpNW0s4I9oHC3XU/7Lo63yT1qiTza&#10;e7DlcUQveVJBwxWJar1moGFa8U4ZFlwgDz0+RO740Q8MaOB+Xb5ipZw4eVKuXLliLjUAxBqd+CTt&#10;IQiZxGFhbFoUbUqQumQXWwXd362/Q2zPWWIIECwoBIOXFT3eKk9ILI0IVWGtgIGySgMR8+YpsMIz&#10;U6P8KDdQhVDAQpmkgAPBT41+Vma2Lt504xXenDwVYpXKP/hcWV4lpSVlUlhQZJ/F6AJPVGsBPhN3&#10;raqslmIFabxHch25KKbYjDw+9+0dEA4iTOH4TDUFVgwuTF/AsPsowsMBJNylvAY44cHiPqFsEHiE&#10;Z+iUF6rXRd8FmizRxOhnH34o773/gbzz7ntfOL373vvy/k9/Jm++dcNi3K2qeFGMzGmuB1DEHAok&#10;wBLxYpd41+1O5plHfGbvK2A113CAhcdzjneA1r5rczTgu/a5976LK5tHR3mMZwAQQp4K5X0kjAEc&#10;qKxgnwrKy0gkBTDs3XfALGfmL8AC5WlZ7XgtdD0Rf+YedburmyknPFdY0OQy4NnA6mVOY6mv1N9Y&#10;oIoCzwbrEDCDUkIRktjHuqeElhwWFCH3FIMhT9dvRWWNJbRhbVIdw/sIe/4P7xihNDw3c5Xn7OVC&#10;bg+Jf0MGe02q2JuB8AQK0SxpnVOA0h6P9LCQSnff0wCYIixJmIJkYJpQYbAQ+gT4s17p00HlE2Ws&#10;eBd26HxDScE7ynILCgoNQGPkcC3wGdDAvWFNTNJ1OVd/0wMM3h4VKP065e1q/Z0a5VVcbFwbYIBP&#10;zqOIMcV1A/QBI4B/GhIVFZVYaTA8okoHmYLRhccBIIUFD8CmTTgGAp4JQITxBP7gtdF74ppWOW+D&#10;88jgRSYXg3kUuCHdx5Gbq454z60D+E1IFDkEbyHCM3jQkB2A4x98//sGtvkO3gnOJVp5QrUUit9r&#10;2FQtLS0t1kOBvVuWL19h4f26+fP1+vO9ng85+VYi3dS82HhDWNNr8JRkxhkeLJpgFRYXm7cB4PBr&#10;NQzcMNCgupiqjnUbtsmWTatlw8pqWVI2XarSBsmxAxu/OtCwdetW39Ow2rJzawENlU1SvPaUVOy5&#10;Zs2dqg56W2MHgoasRQdl7JwkmRhRoKChRcJrD0jMoicktGqnlUDOSG2QqYk1MjmuQiZElci48AIZ&#10;G5orY0KyZUxwpox2FJIlY0JzZKx+Pl6PmxhbIZMTqmVKYp1MV+U4M2+1hJZtlrj6vZK+8knJWH9V&#10;oldckZllu2XEvCx5bOBoueu2H5sljpDDgkQRk3yHAsPTAFigORAeh9ysLFm5fLnekDpVehPM4sXd&#10;Tt02Ljrqw4vVel2gi3CFovvNGzfLDkWWu3ftMYRJwiib8tCMh5AEQg+rHaWWo0gyXxdNYX6hFOTm&#10;S5G+V66f8bssUvIciFViEaPQ2CSLZL2O3gYXc2ehBMbz7tLHBx56TCbEVRmggg9Rra8YaJheuk9G&#10;RFTII31HyN23/9gUPf+5YeMmq/29du2aXL58RVHxM5ZYBQpGIFLXjzvZs5qTTKEj3B0AwyoPzGVA&#10;6NHIho5vCFy8NLSChtckPhKiAETMnR0k2ZmZar2stPAPAAZLBSuC82JzJ5QAsdMyXYg1qvwX1C+Q&#10;pSoAV6lVCS1T/iPsa2rYPKnOeAlvAWp4fXLUwoHHJGzZZyrA8FQMGuSFKryNsQhT9PHaeiufvXAQ&#10;3gbPqwOf4S/CBYsEAYugwkXKtXLNWKXwBBDFMU44cU8I2+Auz1WgQ+33+QtPyetvvCWvvva6JUR+&#10;0XTtldesOyMleNxbFG+IAmHmNADBKX0XaoK4hh/+3d/J333ve/K33/mOfPev/1q+81d/JX+j9N2/&#10;+Rv5/ne/K9//27+1zx2RIxP4GvqeHsfx3+H7St/9m7/W975jn/1QLTaEL//l/hOvAKACvuMBGafK&#10;ES8NTZ+wptesXW9AgSqS3Xv3y/Ydu9S622hKMS9P5UxQkHksAG8PPfCQua8JQwL48TKQk4QCmD4z&#10;yKzHXBW4JIauXbPWPFSEHc3rosqQMAJKDYBBzgWCHquTvCT2fCjXObVwsV/qqsTj/Ea1GMsrTZDj&#10;KaEqBWCRpa+TdT7iraNckd8FWBOOQAkGggb+l+RJz9vwkM2rB3TdU9WApwFCuXl0v1n9yBk2KcMb&#10;A6jaobJon65hwjq8phqKRmDkAcELSq35HdYu+SN4Ykg0nqXGk9eLQZWknmdsXLxZ25S+rlHQgDIF&#10;bDsvDOuVngsAMDxq9PxAlsEjehmwOZuVEy+GKLFdYuCGJEC8D+TOoCippkHpkj8FUAFQYHTAI8t9&#10;gEcBoIH3zNug50FSJKFaz9sQmNfAvL5N59bNgKH9848n73s/Mv6S40GFHA3ACOewLvjMgQ6AREZG&#10;hnmNSTAlXyghIUGvP8eqJw4fPqw6s06vM0NlWprlzmCEExLLys6Xiqoa69WCJ4akc+fZJYeMVvXo&#10;nTzVvzSQoszSDQ801FmDuZWr1su6Nctk9dJiaSqaIGVJveXo/vVfHWigIQjCe37TItm4fZ+U1C2R&#10;7PnrpHzbRak++IbU0Eba3xo7EDRkLz4sE0IyZGJkoczKWCSRC45JwspLEtV0UkJr9kownoTijTKn&#10;aIMEFayTWar8Z+Wtkpm5rTIjR0FF9gqZ7ojXufoZx+ixQYUbZHaRfrd0u8yt3Gdhj7iGQ5K0/BlJ&#10;Wn1VIpdfkelF22TojATpN2ycDBlEDLqf9FSwgOLFuiT5DkVGwiP9GXCXE5bAy1BeVibxevMBDMTa&#10;QMPUH+NhQMEtJea1br1sVwG2UwXX4UNH5OyZJ+SoWkDbFeWzsyCIE0FD8hDli7zOzys00ICHAeBR&#10;aJ6KHKsFx0KhZGm4/h9JarjRLbfB9zZQgokV61znWGtYaCx+rovvoAAHDBomYxV4zSndZsmgUate&#10;VdBwTaaXH5RRsQuk74hpalE/bNYCNdZr9Too2Tp9+oy51J577nmLi27YuMUsAwMN4VGW3Y7XgRg+&#10;ljUCDbJ4JkDHBwwIEoSiWQzkMihfZ02fZrymPfSk8eOM3/C6QvlcWVGhCyXWlBiAhDIjLBRcongJ&#10;FtLXYKUKww0bZcf2HXLo4CE5duy4tVnG+1WvQAIrnqRNMp1LFbGjDEiIQ1HDZ7w+JQreEGSElYjB&#10;44IO9Oq45FMrwbTcBq/U1fEZYYKwcLkNZJk7oISSAUgg2LlvWIYQ1jwWItn3lKbhwYG3L1y6Yklq&#10;xJ2/aCIp7uLzlxQwPGv7TxCvxfPB/TdvggKHe+/xwB9gFGsNoIQ3zvZfUaFp99GvUEG5kGti5cN6&#10;7S6HBS8ZxHN6efAZ/wEQ5rteqSyJgoMsjHFf93vtv+725zDrEnBseSf6fQjQgIscQID7fYMqwO07&#10;d8uuPfuMdu7eK5sUiKG82bOCGn/mI4TixXXueRnGmULEcgSQurAESYGEJPBEAewsXKLKGoXEPCae&#10;D1DAUFqu4KK1dZW5+4l3b9b/3bJtu20UhOu/sXmRWpINqgRqLSHWK2NVo4DmXFXV1s+DNURXRHo2&#10;WEnhCK9XA4DBgQZCFOQEtOc2UNFDzwYPnHM9eLHgM14uvBmEG/AkEKrZqobLLlqOK6iCP9tUPq1c&#10;tcasffJHyA9wYJffwDuIl4HScACIWdgKGuB7VnaOtRmfT/K7riXuP4oaPvEdZCOgKktlGF1JKf+k&#10;coCEVBJuAcmbVUa2rl4jVArgCYFH8ATepCvIwDuD4qS5WZ6+R/4ElQlsH053S4DDR3ikoMHjEbkN&#10;jxhvnOcLEGH3sA97WLimUA+aMYYOMDmpa5J51pHc2uVY2uFzjXie8A5ZUizGBnIZuaG/wVyOjoqy&#10;xoebNm3yukiu0jmyZo29R6+GN99805o/0e4Zrz3J0AcPHrTujtw3ZCphCdusKtJrDMcumuxpQuJ5&#10;UXGJAsIGAyBHjhyRGzduWNnliy9etaRUSrmbFylvG+dLZWmmZCVMkYrcufL0hZOWy/RZhw8POh/+&#10;MZ86tmzdKqmqOApKa6S5dZvk1K2RrMX7pHr/dak7+t5NW2MHgoacpUdlUkSuTIoqNK9CZNMpSdrw&#10;hm0iReJiTMszVhLJTpQdKVrfh6KWPC2R0OKnJAJa9GQAPSXhi562Rk5RzWcltum4xPLdFS9K+LLL&#10;Mq1gk4ydnSBJGXmW5Ge5GarAURTsVUAzIfIYSHx0yY+UVS5auFCi9eYRi0To4HqjNIxudLi8AQy7&#10;duxUgHDUFNg2XRR4YJ595jl54uw5y1BGMFOWRIwTpYvF7pXfFakAzLfPStU6wM0eGx0jMSpMOJZs&#10;bhAtSWAonP79cJ33bgtR4G0IDFFAeENKSkoM0e7ds8ea+8yMLZBpWS0Sobwz0LD8ZZlRdUTGJi+R&#10;kdMiVPAPN3cbAhErBGuEEqPjx08oaLgoJ0+esS59CBr6DJinIRoEnSyTJ03V8xqgC7K91SxCFuFD&#10;aAGhhAsXADRqBHtKjJZ5s4OsagI+Txg3VmYqiKgsL7dEUxbdWFUqtJ7GZcpCStf/xGOwRMHXVtzR&#10;hw5ZN1I2YiJOiJudEiYAD1YowAxrEGuF7mp0s8Rta+BMFUKZAoY8/Yx7SByY/4DPVuaKwPABGt6G&#10;9kqKj25sBWgg0xrvDhYt143wdTkOtJZFIOBOpIkOzV5Y7HPmzDErhKQ+4s2uXXP7LpRfHBH/57+o&#10;3z+g85V20yT/EeNHWTO3pilwTlcrCEsc8NRL7wXzn9wHLKPKyiqL85I1T6dBLEm8TrhlsUaZu3Fm&#10;ZSUoKIsz0McuftSuA9a87zbY7xBmIgmYRDy8MLjIkxVA5uXmWhIrDXBojrN3714TtHg5adm9QK14&#10;FBBgAUsahcjzLaokqXVn7QwfPtzuB8qM0BiJlXQ8naprmz4f5MS4zYcAmptV+bPPBeFBFAEKhkeS&#10;8QANNHMi7IHyg3+ueuOFy1fkyaefsYoNPB8AGkIoNERjrWNJ423gkY6dnHuVCnj4Q5iDBGgADufo&#10;Yvg3gYb+7AjrWdL00sD9fu893e19Wi5bR0o8Fvr96dNn6f2MtC6hazBkfFAFjxy48ryG1ebyRgGy&#10;Xbvbzh0AQ/ImPMJTQ9MmgABzpLy8QuXbNgMMgCpACh01mfesdXINAOFUX2EsYXhcuPCkJf1R3fLk&#10;U09bmGSjAgi2XJ+v84eupJQnkgeSreu2WO8Dlvb8hiYDD4AGQpOABgwUPA4fzyMqKXqYtwQe4XHg&#10;/vMdvBXIIZKwmd/NzQttbh1SWcLcYo59HO3fv19l4XELLzBfCZOSA4KSxmAhhEtPEH7n4sWL8o//&#10;+I9m1X+WwSZueHDo+YBsZTdXQKp33lNt99wYNaaeOHfOzonqMEDHU089ZR0hX3zxRSsvRjfBv6Li&#10;YklMjFcDNE7WrV2lYOUN/58+2/DhQefDP+ZTx5YtmyVJT6awMEuWr1wi1U0NUrZ8i9QceE1qA0GD&#10;nwjJttiAhtyW4zIlplgmhGfL5OgC6wJpgGHFJYlZ/rzELLso0S0eRbU8J1FLA4j3ll6USKPnjCKW&#10;PqtKsJ0ADKELTsncyr0yt3ynzC3bISHzT0jowicltPm8TMlcKTPCUqRmfrNln+7audOUPhYSfRlQ&#10;YgAF9i2gaiIqIkKt0kIVcsWGKrGSaH2K5cvNJLkOL8MWFTTHfMBAORjCh0WzSZXukaPHTFAToiBe&#10;RViiQpVYfX2DKWCOpcUrQhc3Hs1j0pRI7MNiIKsZwUbcfeAAEspwofvKrLMQhVqJCF9AA4j29ddf&#10;l1OqIMJTimRyUr2ELDzvg4aXZEb1cRmfsVpmx+XrIogwwY6SpfSHlsNY7HiVTqpw3KHWyVIFH2Tm&#10;0iKZKoq0tExVfIk+aCCm2Fdoyd1ee93P3Ic0r4FvLHx4S3LpnFkqoCZPthAQfI9VoFCqfKbEEusF&#10;4cN3cIninsSjM1+tu+0qsA6pEt6ni3ONWnTE8EjkY4tmvCPEbolnEwLyOraVmncE13ExoEwBGh4L&#10;vDv8ZlxMnPGaEjvi3lhXWAsuOdK8Osrn9oRIl3ja3inSc3N6CZG2yZCChd4qvNhqHSXzhm3w9Lq1&#10;kuX5Tp13bCxDJUcjrY5VAR05ekIOHj7a1oTpiyTK8ajPJ+QEYGE7Xq6fUtRHFSBhgdfX1ckBFZQo&#10;6P5qQU2cONHmKOdLJjg9AFAAALbTZ85Y6RgZ4FiNWPmUkfGabpfFpWVqNVZJ/YJGCx3w3ySDPfvc&#10;c9aMac/efQaeAFEoebxMAKwTJwCsz6kwfcX4B+/IQEdQxinYQwGv0XWFUsR65hFav2GTubznKWhA&#10;EXsVO9727ihnwA8KEWBAlcs86zVArL1YrbMmK61krWMgYJl6lry3Hwtrld4P7PFACA+g6q1xdgz1&#10;9s7AsseKRuERlwY00OEPJU44jDVWonIAvsSTV6OgwfPAjLIWyzQ+a7emPYWIJ8CFKLCcyaPBu4VH&#10;izwZlD8hAfZ0wCsQGhap/1Euy1QJAaw68ohkO9qSEytnjbG3Ad+dankFE2SMWvSA/FnKH7cGUWaE&#10;PfDEkOQNX/B+QKx58g0A+4QPUaDs2OqabWFEsaOq22F1k4IGQrYAqLJyPC81HimQwQPDhojGI73H&#10;JJciO7DwkYOWe0EeCAmjyiNAA+EJAw16TgArF8a5V4EDwIZ5APAhmRCvEjkouQpKUfJvsXOrv0Y/&#10;jvic1s/MSQAv5fKEHEgS5/3A76PAP08YgPyEy5cvW2MyPFjLli23PAgMTvYS4Tnn+/7771sVxoUL&#10;Fyw84TpCAhrIxyHMRmgDzxbhL+b18wpkfv3rX/n/9NmGDw86H/4xnzq2bd0sqYnRUl2aKLs31crq&#10;5QWycPUyqd13VaoPv+uBBsITAaBhoYKG/BWnZEZStUyMzFPgkGOhiKjFTypIeEYBA54GR514GgxE&#10;PGsUueQZowifwpXCFj1lwGBOxR5L+puW2SIz8tZKcO1hCV94zvo1TE1bJLGpebJJFxE3dMvmzVb7&#10;TyMl3OOEJUjIo2UxmySlpaRYL4aE+HhTxIQmKAvDlUuzGBIeWxQtH1awQB/x4ypAcMXh5mTvf242&#10;wpQkLWKv9P9HQNu+AAoaLOauyJ24H+iQdqGUM9JIhHgqSH6OLmQQLbXPeBsADv363hyiaC+/vMdi&#10;0j1UydEEyU1aEt6Sc8tlUly5BDecUdDwioQuuyoza0/JpNzNEpu3wCxzzgO3LwuZxVuoAAHkSxta&#10;rqtGLSwmYroqW5QxLkjibVMmTzP3IIID4ABgQHGygKmnJg5HxYRZCgrO6PJIeILSSvaDIPkxU61a&#10;2nDjZUAYYRliYaDMcItSRbFy+Qo5oWj/ibNnbfFgKRAnZkvgzQpuyEQmpk3GPI2oaO8KQOO8qVQo&#10;U15n2P4EaXaPAGgJahWFkJU8fYYlqOGOJRzkhSnomeG8OoEhCoRRN+M1IQpAAx4HCwv16Cl9+Z4P&#10;HLgGFnSgW5DFjiUNcGAurFm7QXbvPaCWsmcNfpkEvwCvlBoi8LHAqPXmHD/44AN7jgs2JFStKp27&#10;WxWUXXjqGXnjrbfll7/6tfzmn/9Z3nv/p5bMCQhZTY6BKk2sfpQTbnCsbcADn51QRUJOxYe//KX8&#10;4z/9k/zil7+yPAssdNbDTF13tHwGKLDpTscBHy9efN68SLiyaYONUoQ4N/6bxD/mMGuVhMXZsylV&#10;CzLQgPJw+0sAElGIWNDMBTxRWNCsNTwMVgWAy16VEUBjphoLJDWjDJ997qI888xzJuBp2kOJIxY0&#10;HiN4GggauP46Xe/MS0JmdPgjfp+ja444NkreFKL+B1Yljc/IAQI4tIMGBbI6p5x7HQuaUBIxddYK&#10;Lmy8f4AAtmimM2l+YZE0qwxav3GT8cXxCaLNOAYAeUmADb7rkg5Zp4TPCAnYrp5KzGPANqCJai+A&#10;PeDF4xFhKTW89JxJmGRd4oHBQ4kXhh1YAZqsT0AWwArgRbtjAw0VVfaIbATskfPBecGjXJVHPMdQ&#10;Y11yHwgNAwIJ57hGWO2gQYGV8oicDMpRSb4lgRUPE3kBhIMio2ItSZNQ7IEDB/yZdWsDcIC3kG6M&#10;rA3Ct1+XAWigrwjzmU6SMSqbZwXNNeOPrbEp6/48w4cHnQ//mE8de3Ztl7zMBNm6LFveeqpJnt4e&#10;LTs2FEr9zgsKFt6wvScqD7xjoKHOBw1Ljr4jJWsvyNzcFpma2igTkxslqHizhNUfsf0kYhaelrjF&#10;ZyRx6VlJWfaEpK04L+mtFyRt5ZOSsuKCvR+3iCoL9qc4aXkQEU2nJLzxlIQuOCnz6o7JnOrDMiVt&#10;iYyYrgo3qljmFKyS5GVnJWvji9Zxcnpas1TUNcvZs+dMoRI7p5Uz7YQBC97GSGMNNJAAmaGKLDKc&#10;Tl9TzRJA2Fhf9eQUSVchs6B+vrkzT6sQeeH5F+TSpcsmUPA2sKUvMTzinii1fBUWhCVw/9Owg1g7&#10;ihfFjLUBIiRzG3c/VjzueHahI/M/TCcBJXu4bQcPHKAKTZG9KjM6V7q8BkIULJK777hT7lUrmK5t&#10;DjS8feMdyS2plqkxxTJv/kmJbL3mgYa6szK5cJckliyRIkX0LFBapGIRsYhRJtQlE6agNAslTBIa&#10;Cw8PA8IvShcgLk3chRZT7N3XhJsDDbg5EUQ0uqHBjpWwKkAj+ZFNqNjeOkp5TAIkvCZEAK9JpkIx&#10;ED5IVkJY71Th/JRaqM89+5xZengYWCTkMdBHH+BA4hc7RHKuAIdKtfLM/amAAWGE6zwiMspAGp4d&#10;AFq8AgfK7gglIDhpl4u3gRJMz6tD4ilNtdg8iJI3r2eDSxp0oAGrxoUonLcBAYegYdG6QSkrmwPx&#10;f4AzEvpQ4E7pfVnE/2F94gWYo8Ke5CpirVgveOLIzkaRYs3BF0JpeA/wiJBECVj4+Ye/UBDgKX1y&#10;Xty+F7jfUQZYjAh9Ev9wN3Od5FS8+957+t0P5Y033zKPBQADABUV7XVgBLT84he/8DnWPpjTNMNi&#10;zSToOmSfjvU6PyHyG3ikzJCNvlhTWJVY3VjRKBoHGphnWPjkE9BbgtJcqgCI37vkRwADHi+sWxL+&#10;CMOwyyY9D8gJweWOIty0eavV2gOaaJqE9wbgQpIf3hXAllOIeL8wDljnhPkAr1wLeRUAGMhzR08x&#10;EIH7vR00eHkN5GdQegloIL+BOLt3nRGm/L39CcLMo1Gnsod9TeDNOj13+MMjHqFMvbfIHAcaAOd4&#10;ZQAM5JzQb4DzsSZ1EZEWloJHAGxCNcajAVRGjVCejrX4O54/9miAD+TokGjrJadusPVJC3D4xzwA&#10;8OHRZF7Am3pd43UqU+FReITKQjUITGbiEVRZQ5hkhsoaHlH63E86RN7MI4BVb6s0Ia8BHpHkCbDi&#10;OpmLNB0zL65eL1uCf5ZB7gCWPl5DOjD+UsHv12WwLgj34VGJiUu0eTBVr5MQylcOGg4d2CulhWmy&#10;f02u/PpSk7y4K1j2bsiU+h1PSOX+16Xm2AdtoKF2n4KGQ2/JsmPvSOWmZ22jqlmFG2VK4TaZXXVQ&#10;whtOSsyis5LQcl5SFSBkrnla8jY8J0Wbn5eSrS9I/vqnJXOlAonFRyWh6aDENRyQ6Pn7JbJun0Qs&#10;OGL7S7DVc/CC0zKn7oSCkYUy0N8UK7h4nWSvvyjFeh7xS8/JzIxmWbFmo2WZInyw9qhEYAMjyv2I&#10;r2MJW9XE3LlqfaRYZ0isAJLkmGiU+OXppK5UAbJ0yVIDBvv3HVDr9wkTtlQbkC/BpjkgbnIVcLsS&#10;14V4jsKFyAxOUcWFEGHBo4RTUzNMefO9ArWuCVUAHGjLiuscr4iLuROi6Fh6iSLDbU7p6IcqlP9Z&#10;LcEb77wrhWU1Mi26QObWHZXIlS9JaMuLMrP+nEwp2S+ZtWulbkGzgQWsPYQd7mVquUnUI4mJ0ApW&#10;EnFpkKzLaaDdL/FghI11ZwsADRDtcZm4WLFszAWPAQ2AB3jNttaABlpxT586VejfgNJGiFItQekq&#10;+QfLW5aZy/PM6TMGGi5dumQADf4D0mjHSjyP3AXi5mlqDSGQsVZQWAhIhDSNoLDGAA14TQBt9HdI&#10;1NcIJkq/CEUBJh1o8EIUnec1uBAFoIHXJFjhDiWOyvXj6n3yySflpz/9qb96WNxXhH4R4YS/9NpI&#10;mnNCfe36jV8a8X8bVeHRQS5U7wHeJDdwsZIzAj9QECRgoWBwF5NcR3jh1deuW2MqrEp+q6FxoQJh&#10;b3MueMvxCHiXTY/wR8kfPnpMXnn1NXlTAYNZonv3WUY9sWyEOuuAzPDOGtgwqOpJSEyUKF1PgBPi&#10;8xDKkUe8GljZ/CegANBAzJ+4NqV7gAYrAVQFhLLlGjEEsJKxZFHChJlcHgRz0TYtWrHSqqHwKDz9&#10;9LPyvAIH4stYz/Q/IKGVShj24wE4YNGT8Mc5Ep7A65Ci6xuFiEeRzHgUO3OU5DWuG4uecAnKmvPt&#10;6H4HNNAhkkoJc78r4X3g/uB6Z24D8FAciXpNgKelujbgDV4f+MMj76OUgxVcsH5dIyqACjwANBAG&#10;sI2olHcAK3hEFQWgykITvfsYqALgkD+CYUTDP8qI4QGJtrT4JnTjhcPg0QnrhAgP8UaR27CidZXe&#10;M+VRdY3OnxKTicYjNRaYM7Z+lUd4ZVD4yB7CMRgr1oo+kEc+sOr5aM+bgFU/XctcB3OSOUYYhutF&#10;fnxTBnKlsrLSrhP+cV9Jnqyprf3qQcPxY0ekqixfti9Ll3fO18n5TWGyaU2B1O56RioPvu17Grzw&#10;RO2+N6Tp4Juy8sQNqdt+SeJU4c+rOy4zFzwloYsvSuzKK9bhMXPTK5K//bqU7n1Tag69I/OPvy8N&#10;J96V8h2XJWfVaUlp3ivx83fq9/dIVM0OCa/YIpHzD0vUovMS1fK8RCx7UUJarnhdDsfNs1bRIRXb&#10;JW/rNSk7+IHELT0vQVmLZMfeQxaDws0ZrtY4SneEggYy+Cn7c9svz5s9W+JiYqzVMQuEmC5xvBSd&#10;uCVFJdKsSrRFBR192xcvXiobFEk/rwsE64ybh/sKtyOxMxZfZFSULoZUU2b0LAeAsB2xQ/kIDNz+&#10;hAkKi4qtsoKeAiRqpiq4oB8+TWJYsCgzgAPKLDCvAdBAtvAdqsho/MJ5ABwADUXl1TI1Kkfm1ByS&#10;iOVXjVcz68/LlLJDUrJ0l6xat8mAAoqDsizi3sQhyewlHwNLiYWLlY4Vw+KLV2sJNxjnz174g/Xc&#10;UJgoS5QmRAyZttp4SUYMG2q7VhKegM9sKw7fw0NDjNdk4ZNfAm/IBaCUlbbbLYuXWBMZPAvb1TKg&#10;dwRxPJQKMW6S48iUnzVrliU6ETpyHQnpKjhLhT6LCKAQZUAnwQQTArtAlQuJeWWq7DIzss2ThHeA&#10;rH6SIr2ESC9E4dpKu1AQvLZacB808JwELISpy0an+oNQCpaJG8QjiU8SR+d+Y2ktV7636FxyO1F+&#10;GcROlygQvEsAwUDQcF0BAR01rYJAFSiAEK8Rrm+AA1Y1LnqUPnkkeBXIdUGoR0TGmFCnYobkSgtT&#10;DRthig0rEsWC6xqAjXLFM4FioPPdvOAwu2dsvY8l19kAnCclJamCjTCvEjt4ul08eaxU4JumcwdA&#10;QI4AyhTrnXvBNeCqJkYOaGANhqhFxiZUNJACMJBMx70jRIAC5rpIaqRLKo2SyJlAEdLV751339X1&#10;9Y416EJBAqboTglvnlDluGfffgPhVE9Qb4+XDv4AHmgzzhwEjFM9AOCi2RFdRMkxALC43AazpBU0&#10;AMq9mL23+RZzkETEsePG2/ViXfKIQjWvjRoeDc2LjDcANserHDVMAFMzZ3kJlCgYegAAAjCQ8DYA&#10;Btxn8AhPAmCL+WBhCZ3j/C//SViThFoSkdfqOsXzQv4C+4HAn7fevmHeKdfcyPGIVtaADEBDrhpK&#10;3hr1QgiAKraHxluV28ajUrsfKH68RySBWktpBXjwCNDAuRmweuBBA1UkRHpJ1VNN3iK7Jum1cv8B&#10;p9+U8bUGDadOnZSqqnKpLsuSnVsXy6rWKlm4brXU7n/Jchqqj7wvFftvSJmChqo9b8j8/W/K4iNv&#10;S8WWyxKtin5e/SmZ1fishC29LLGrXpaU9a9I1pbrUrDzTSk/8I7UHf9A6vT4mn0vS8GaM5K+eL8k&#10;K2hIbNwrCY37JaZul4RXbpWwyh0SWrNPwpvP2YZUoctekqlFO2XIrHSZEF0mwXnLJKPlmOSvvSCx&#10;tdtkdnKFbNu515JV2O1rTlCQ9Hj0Edt6GcsXDwPKbKIqMnIaABVYvoAGFFCcCkRq/QENjQsaZaEu&#10;RpJ5SG7ELUcGLRULTESapqDAAA60IcVttFCPXbR4sbnKySwnjkzvAgQsuQHkFOSSqKfWNQl71ixK&#10;F2O2vk89NTFGttm2MjYFDi7eTojCAw1enBPlxTmTFcy1smiLyiplakSmzKk6oADrioQsVdAw/4JM&#10;KT8iZcv3y7rNO2TFSkqj1lm1B9YjMTKSIElaIh+DGCjoH88ICxshj0XJcyw6hBt5DQ40IFRI6gI0&#10;AAjYIApARlgCXlNFYW2k584RNsJxeSP0TWC/jpysbKlWvi1VobtYCf4R6lm/YYN5i8gaJvsZrwz3&#10;hwx8FAkJe8RecXPj0UHws4DgMwKDPQ5QXgg6+E3DLfo+5NLeWY8n8RTPiG1nTtmVKhEvFPTRZEga&#10;WbnSSyooyGtAqDrQhBCGp/DSjffee8+qKRKTktXCTLU6/oamRQoems2d/WURFjCNZNJVwcIjALAb&#10;eHLKysrM7YynAasbBYZbmDlAmIIqAbrCIszhK7+BksGKY15jBbr2wIAGLGdAGbX6ZNZDhMCwshHm&#10;CDsU19ixE4RyVJIgOxsAczLYscgJq3EdeDkoccTLQCJdjIJI1h8eMBQjCtCuQc+DnRPJb7CEZgWU&#10;lB0CmvAKUbIHaKASANCDFwLPCa5zkgoXL2VDoRZbE1QGvPf++35OB674p1UhPmmbQ6EgL12+bC2u&#10;UaSEyujqB2illA6A4G1/XGieRZIS8bRQbgg/aJ4GEB81iq2k/bj9gEF2bi7RD9BAbxRyCwgPcm8c&#10;QAJwkKPDfxGegzfGJ+UPj3g5WbPwGzDHc77D/8Aj7rsDDZZcqfeW9uAYAYQlMA7It+AYSsMBkoAG&#10;DA/4Q2UEydNUTsAjwlGEc55UwACf4M1LCv7gG0m1eDVJEsVTAo8A9fxmlfII/gByAKaEHXltXhIF&#10;KyjFwE2+kDkOWDnQALAibEhoCkCFV4X5CZ9IZPymDA80tIcnuM5p06erbvoahCfOnD2raL5eguLz&#10;JaFmo6QtOigFG55VRf+u1B37qQGH8n1vS8luBQG73pCq3W9I3f63JH/9JQmpPSyza09I0IInJXTJ&#10;8xK78qokr7smmZtflfwdr0uZgo264z/T712VgtUnJaVhm8TXbFDQsE9SFh+RpEVHLUQRWbPTdm+c&#10;lb1M5lXtl9DmC6YIp1cett4Dk2LLZE5CkcQXNUlKZYtE59TI7KgUsxQQ4GSqTp86RSfXozJ8yGBz&#10;lZPLgLt88sQJMsvvrkbyIeiV5EfyDHBlU+dfV1tnWbTE4FCcuNHILGeHMaxe4mUgW3oDLFZLmWRC&#10;FDCxX9yWCG0sdASZZxXEqiWfbW7QFPahV6FJ50Pc8/RuILSBYhytlhI18c517vIaHGggrk4zHMqO&#10;Vq5cacL/xg0FDaUVMjU8XWZX7JUIBVgeaHhSplQcl/IVBxU07LRSSyoS6KyH1fSLX/7SLEKXGU8V&#10;At4GFizWOo+4/B3qR6m4eD5bRQ/U8wQ0EJ6gPfWQgQoilL9jR48yXgMguAdBM2fKTJ3c1EuTwU/2&#10;b6byNFctDPopNCivKHOj+oH4b2FRkVnvlD8ByPAqkGhJNjOd17gG3MgopflqIZLHgIDAKmIhEQKi&#10;Kx3tpDNVYdLDgXJOwk6EgwAtlK16fMbb0M/ad3ds8gRooItmG2i43duky2rWfdDA9RCmIo/BjV/8&#10;4pfCxjXkCzAHqMmmLNS6x+l9+rKI/yOzH2CFlwbvmBsAstTUVLt/hBco5UPpo0iZ2wBIKn9IRKWS&#10;CKXF/Yew/NixkQRYr204mzdNsO8zTwAd5HJgNfJd3rfv6m8M9YU/4I+8hs4GQJj4OkAQ8Me8rFZ5&#10;VFPHDn9esi6VEyi4kWoETJ1GGeFEAwLEvzlXkg2pfffKLefaI655lA2KGY+e14E0ykJYuM5rda1X&#10;67qHWPc0QSPEArHV9PETJ+S8nvNlFd6vvvaavKLghgoRkiWZh6GhEeZFIAGSCiXKMlGMXAOKkJ4E&#10;AB5kCaG/mTNnK9+8pk9UJrhk4562gZXXwOguGovp2odn8BqFgSL3yiinGh8BKHSnhE9Vyp9KfYyI&#10;jNX7MtnuJ98DcHAf+A/AP0mGKFYHGggzsYYAFORUsM7JZeA9OkRyHSQckyvh5UPVqIG0xNp6v0EV&#10;1xtv2HbmVFLQPvmKyuBXX31Nrl17xdbCtu3bFURVG3jE2wCAaIJHS5fZPDGvIPzRewHQAlixdvh/&#10;Qk7MHe6tNXnygZUDDQD7B3Xdcr504AQAwVeu+ZsEGrxEyCrzBialpEtkTIwC8SA1tOZ/9aCBRbFy&#10;zXqZFJlvzZci6vZJ6vInpHjLC1K67bKXi7DxomSvfVay1jwjWauhZyV+4SkJKtkhs1Sxz1bQEAZo&#10;aO0cNJRtvyz5q05I7soTkrPqrBRs0t/c8qJkb7gk6Wufl+TW5ySy/qDMK90iwdUHJLjhrIQsuSxB&#10;88/LpIKdMiutQcLisyQ5u0QyCyskPa9EwqMTLLGPjFfc27QHfezRRywRkm2YyeSnJBDQQC/36dOm&#10;mfVLm2RCCigYwhMolxq1kGjYRCydrWixgrEoa2trLQYKyCBLn/eJxbMrH/t04MpdsnS5WUigam9x&#10;T7PFwkJACbNoKG+iyRMdDCkLpVU1oIFkQjqSoWApCySvoSNoQJlROkcdPNf67rvvSami9OmAhrJd&#10;Et7ygoS0XJWZDc/KlKpTUt56RDZs3W2eBgMNe/ebtUT2OouaOCRWJXFnaqlxreKGdolKAAgWImif&#10;REgECoh/kFqoKGpAAx6bwQP6yyh9dLy23SynTFaaogJ6oiUfIrhJfuTaM5QXeHXYB4B+AIA0ktFY&#10;BDROASCQzEY8FfBATT/vc/67d++1xDyy1pOS09SSmmUKkPOEv5mZXo4DNeUZ6VlSVFBsvE7Wa7Ie&#10;/GrBwGcvRNFP+igQIJQVCBru7ea1Pm5r8qSPCCnK4hxowEqnZz15DW5QTUFopaKiUmaq0oR/uGFx&#10;TQMgvizylFWheY4AArS2deMFtQAp1XJJcN6OlV7fC0ICZOSvXLVaaI5FhQuCG2VMlz6UHPcdBYZg&#10;BxDbnNb5Td4M1ijVROTJkMuD0sJa5HvwCwsW4M3Wvp0NSolR5Jwzu2OisABAZokqyCTPBkAwfITO&#10;MwXZKD6ACyCW32ZHSUADYJ3wBNYnxxC+INMe0MtxeCQApMxxLFwSGrGgad60XYE0pYMvvfSy5TCR&#10;qMv8W7J0qYH11WvWWMdcXlfpPMUIQMHhHYEX8J6yOAAE9wK+4hWA13ht4BvKmvp8l+yHx+ajoIGQ&#10;GKBhiIEFft+aqNkukpP0HgTbf+HNgjclyqeiknJTLIAEwBTf49zogYA3g/8C9DnQ4PjDmsDIwdNA&#10;GAcAQaUFbZU5f4AgoTbCIOS97FOwRP4CXgX6vVBtUF9fbxtc0fTJeKRzCKOKdc0axruCLMQTAm8c&#10;j/h9roO8BsupUtkJj5ifAB945OU2eB1kOUcHGuAR5dDMTcJV32TQgEy0pFXlGfIZz9MCnZtfOWgg&#10;J2D/oaMyNaZEpmWvkrCafZK0+KQp9/y156Rg3XnJ1udpy09L8tLTkrD4lMQpYAirPSgzCzfLzIqD&#10;MrtBQcPSQNDwmhTseEPK9xOe+LmUbVOQ0Hpcijc9I2W7rknFwXel7OD7UrjnhuTtuiHZ229IfIv+&#10;Rs1+Ca45KMHzTylouCRzFj4vM+rPS3Bui0THpZgbMy8n25IK2SmRMsgnnnjChDZd4bAeUQxYviRE&#10;kqw3Sa3MyarEUGSABhQePe9xeVPXT31/tQo/LAUqC7Zv32HAgIYbhClYXMSrUXLsEEls7+jxk2qx&#10;71GBudKsO1qlElPEPYiLDfcgwoTFQqkMCs0l6SXp++EqXAENnDNJesT+XTJkZ6CBUizcy1zrT3/6&#10;gcxvbJKg6EyZVbJNwdpFCVn6osxY8IyBhopVR2Xjtr3SumqtLWIAAvvw37hxwzwNthPbpi0Wewbl&#10;495HsDEp8Txw3igI4oqUO/XV8wI0kOMwVoUKi9MSC/v1tVCQ4zWhINp1T5zgVVZg3RFDz7TOjXmW&#10;nEh4BisNwUIiGvXLnCN977kfgAwAHfXJtDdHOLHL4U7l9bLlq1RJ1UmqggJc34AGBCDxPgQ05w1w&#10;o6KFXUcBZwmqrKhqIK9ihJ4nu19SeunyR7zy1u7K63bQ4CooDDR080q8XIgG6xaXIXkYbpCES3gM&#10;d+7kySSwhdl955zIqoevH0v6ObkkWOvt5N4LpE//nPtI3BjF3TE88fLL18xDQuJoapqCKlXM1WpJ&#10;kvFOc6ALTz0tBw8fMRAAoEBRAYBR/FipWHR4eJgfxPPpitjYTAnyHlWyZ+0erVbFwjUx9/FEcC8R&#10;+jRfwgsDcOlsMC/NDTt3rg+48i2EgJVO7JvrwTMyTNctygRggAIENDAnPdAwyUAD84H/R1kBegF8&#10;1rlSj+Nc8GBxHfw+VnTr6jWWuMmOmpevXNX18bxsUgBFt9ioyEjzdkFe++B4BUzRqqAJGRBqGG18&#10;wa0e2Rbey5YM5VGarnNCIVQZER7zdgsNtlAP/DSFCGjwFaIXnnCg4X6rOOIehIRGqExR61vvBe54&#10;wBOufsIeeZBeR7YCVEI2o0aNM9CADCJUwz2wNtZ67YAtmgnBI/jDecAL/seqJpRHgAZLEFfeYeSU&#10;llZYGITSWqpKyFkgp4F+FnREjI+PtxJ3qsK8hHCfRzrH8O5RHusSp7mHUSprE3RN0BYZ0ECCM2uT&#10;0k72ESG/yoCVXjffIxTIfbsZNNzr8UjlI/LJ5biM0/nxTQQNJIPjqc3RdYBMYa41NTV/9aCBkhNq&#10;bXOql0pF6yGpWXdSqjael5LNz0nZjqtSs/+6lKqiL9h6VfI2Xpac9ZckZ90lSV1+QaLmH1IFf1KC&#10;Gp5S0HBJYlddk5T1r0nW1jekcPcNqTisCu70r6R854tSsPqUFG54Soq3XZHSvW9Iyd63JH/HdcnZ&#10;9rpkbL4usYvOWIMoAw0LzpinYU7zRZlec0bm5SyVmPhUc1Xi4id+HR0TYw0zcHtirZAhTE4DWyIP&#10;GzLYYu5YwhNUMUPjxow1FzVJQTQsITExUpUM8fbKCjYgWWGNXHC5EXqgaxjWvWVbq9DDaqdGGQ/D&#10;lq071OpYYW5hLAssJLPw5sy1iQzSRwByviSF4YYjVwKAQodIFgvChBpyQIwDDSgzQINXPeEs4G5C&#10;Z73i4mI5c+aM7XbIIk4tqJNp+RskuOEJmdd0QaZXHZcpxXukYsV+2bR9r6xdt9F2D6RTHX0NFi1a&#10;pJOQhjRFlnwUn5hkCVHTFbwgjBD4xGpJ8CITGQFNrNMlAuIyRXDhJh2mIGFA3z4ybNAgSzwlJGRe&#10;HQVotJUepcLHdtTT36aBDPkc4fpfhCnYfMcSNNW6o3qCzmzs9MY9mTJlirmqua8kbR46dMRAD94c&#10;rEOs90RdPAhgwBlCkIWEMKKrqfW5zy9S0FBqXgY2EIPXM2fOtHbHXrUK7Yd90PCQBxosPAFouNur&#10;oKCvPY+UvaJ42kHDIEvqo32sGw40sDcALmIATXQMCoYEsJhbJhLq2in6I9TZdxzxHf4T4GDbXXeo&#10;nsATd+rUKQWJBZKhc5mYvqcMsB6fNGVAOR0WJbF4zh0BjgKCx4SBAAxY/1ifJF3S3vnM2XNy+UVV&#10;thdfsIoDQAfdHUmA5HvE8PEgrFu3zsBBZ4OcENYZIQisTpQiyXKeYsnSez1PwarX/IcQBfee88J1&#10;baBB5xlWOGsOhcj/sgZROtw72+peFQxzmKRJFHi2yhC6F5I4Skvmp599Tl566Zo8peBp1apVlv/E&#10;XhbMRzZk43sQQIH/GzKUfguD2ypJAG3WJA1Pg543XhhkAf9LIihJjMxTlDm/41nR7QrR5TTceYfn&#10;aSDhlOvhvuMVIC8EEMd143nhXkD0tmDPi6kk++rngCtyjmYpiIAnVGjwP4AG541xoApQAZDC9U/u&#10;EeuVyjIStKk8Kious5JbdnWER5SlUmFzRo0mtqoHMODBRYbR5+EjPMKbQphFAR6gAfkCYIBH3Fu8&#10;NeSIYVzQdAowBwDgGmkgx2/AP/K5CKHAF7dxFZ4GPud6MBRMFig4+SaBhkCgH6sGUYjKMdYS27vT&#10;ofIrBQ1k5NPMpWXtFtl17GnZffI5WXfkBaneeVmq9r8uDSd/ZnkNZXvflJKdr0vpjtekYud1Kd50&#10;WTKXn5Wo5tMyq/6shCyixfMVSVz9oqStuyrZm16Swp2vSeXBG1K0+VnJWX5EMpcdkYzlJyR7jVeO&#10;mbbygiSvuCAJyy5IeN1+mVe2RUED4YknJFhBw+zm52Ra9SkFDUskJkFBg046L+FNQYMuRFxiuD0B&#10;DePHKWh45GHbnGiILgLCFFjBuM3H6WQeg+Wj77E7HVmpbAEbpQIW93l5eZUp2E1qgZOvQBIkXezw&#10;NOAuJ16+efNWq1Hesm2nLF6yTErLqsyyAzCkqbLCQiMJC2RtSlh/F6uJGB6bwhAzxuqmj0C0CnrQ&#10;OJa4ufrNAvYqKNpBA/0DPNAQ6Gn4zW/+2So7KhcslaDMRklasFMKFSikL1gjsUX1UlS3UJoWLxP2&#10;c8eaRKBF63+CWrHoKA+kJam1Ys7JMctpyrRpVtJIJz9chgg3qg4QvC4REKuFRUzGOn3c+z7ey0IU&#10;wwYPMtBAMiQlmHh38ESQLDlv3jxzYZbp9QfPmWe7VFLDzc58eHNQvoAGNhQCNFAzjhudCo8dO3db&#10;+IdELNzVKBMEZEpahglgx2ee8z7CCOsU97YDDYBCssRJqhzlgwYv6dR5GgK3I/cSIUmAZOdEeG/7&#10;AahQdaCBLYy5D4A3N9pAgypihDYCG6WLIscLgtsVwYblifBEARvpeXPuKFgUT0fiM1rPYm3ixQoL&#10;j7Lf8n6zI3kbjhG6wWLDOlm9uh00EEJBOdv9VYVWU7/AqmpoXvTSy6/IO/rZS9euyd79B2xjJngZ&#10;o4qD3Qk5ZwAwa44kPD6ntPPo8RMGGOgb8ur11+XsufOyfMUqA9KAF/IKsLRJAqYV769+1XkHOwAN&#10;+SyEAAEq/BdKl3VlngtVmigi2gUDGiw8oQqQ7HqUEmACl/bUqTPsM5QtSoS5CmhAITKPeeT7BhoU&#10;yAOccL2TF0Vo4iJ7hTzzrFX10JSMXSZJvmS+AxBQsIToBujvAEAgQAP8wbsA2LLWybjdAbY63/ku&#10;65yW3BzHfEUhBlrRKERnRTP3eI4CZw1yz7GgCfmMV0A+Qc+HucTvw6PExBS775MUJE2cPFkV9CS7&#10;djwuANj+/b0NsyzvQ+cmHgZ4RAiVcAbeDgca8DKwZT3/xT3gWvA0UKkBj/BWXtH7jZdtVesqiVFl&#10;RoUKgMESZJU3xiPlleMPMoPzAdgCFJgbrFGee42wlEf6v5YsTZmszntAgyXd6vsONNAAqx003KEg&#10;60EZRThU5QUhHLwadGT9rM2dvs4DkE232YLCQlvfrGtKk/GAs56RO59n+PCg8+Ef86mD2n/c+7Sk&#10;feHKS3Lt1Tfk1MXXZf7uK1K177osOPVzqT7ynpTte0vK9rwhlVZB8ZbU735ZKjc+LUkLj8v0sr0y&#10;r97fxrr5jEQ3nZDohkOSsOiIpC8/JamL9kvi/M0SWbJMQvMXSlihPhatkJDCFTKvcKXMKWiVoNzl&#10;llMxt2q/BDeel3kKGoKaAA2nPdAQ77m2AA2UNyGYN2zYaMmBCMQJE8abRU5v/cEDBhhocHkNY1Tg&#10;oMTYaIdMemJFtJhNSkiUNBVO7JBIq+iWluW2eQ1xy+bmZlNgoGFK6UDcuPwth6G43AADwhEgQ1wR&#10;97gJLV3suIdxv1ECyG9QfZGnv0EyYHYmu+mlmxtvEqBBFSwVFIAGKigADV4ZoNd0yIUn8BLQqRIF&#10;RaZyg55flE6ixYuq5OnjK+TIhgxZWT5KMhOnmxeGcAheEHrXJ6rwpUKBznzUxUOUulEGx3WyBwGb&#10;7lB7TQKnt90vse3R5mlAuJHfMEytB2q7acXc69FHZUDfvpYQ6bw6JEOinLFYEHzBwcHm4SDRNFwV&#10;JcmnNP2hexzeBDbLATkvWbJE6N5H4y0AGjHy1WvWm1BHeOFFiNdrsA1wCopMcOIaxqo3950KapKt&#10;CosVNCgV6bVTpUItOrFVwAveD0AD4Sv43A4a7jXQ4PVpuE16KxiiPJR7RAgJ0HQroKFJ+UgoC0sY&#10;ZYdFiPVPuRmLHisaocjnJP2hIDl/ktLaSF+TTIhFQZke2wkDGLA4o6K9RjYI9I5ECIxwiJVJxrE3&#10;xM2gwZ0j4R5q50v0GiiPfE6tR7bWppPjm2+9LSdPn7WeDyTXMXeoAmJe89u43LkXgD48ck+pgn3j&#10;rbfkw1/8wrboxttAkyky+gEYXGeozivCTJ9kGdFDglbSrAcUP/c2Wv8XoMt1T5w01TxcUarI2aER&#10;axZljLWONYubmrCZ7bega4/fIK5voKHX46YQsUpRQihLroewHIAazwgVHzRvom35VV0PR48etY6l&#10;tJVn7lCSzDwgjwYlhZsfxY/SB7hyT4j/U4rJb/HbKHWqENjGG8BA/hRzgO87K5o1wrpyCpF4PaAB&#10;GcYxAAxyGMjDYJfFuTqHua6g2fP8uZCg/6HGh84pPCJ0JOW+41VD8QJgzRujoIEwE6ELPAyAKkIf&#10;HUEDwMwqEtTqB1gSwiKEA1CET2ziRfUIHTzpokjrZZpDEZJAVuDBMB4pTwh9eGGYYQb6mD/wBh7h&#10;zQRYAXoAE8hXQhvwKESBMp6JQNBAIiQdIenTwKZVeGNo8MSeGlwHa469I/BWItO+KYP1Sj8YSoHZ&#10;k4ewEBVIdHb9vICB4cODzod/zKcOFjPd2rD4yAq/cvVlOf7sdanbfVUq970eABrelnLKLve+KQ0H&#10;35bm/a9K866LUtByUKJKV0ti7RZJa9ypFu82yWrYKgULt0rx4m1S2rJDCps3SE7dSkkuXiAx2RUS&#10;mVEu4enlEppWLvNSy2R2UqnMSiyTmUlV1n8hKH+NzCreJjOKtsu0/M0SnF4rcQkeaPCSzHIlUpEl&#10;TZdQhFgxU6ZMsqxa9usfqEIeZUas3UvWG2mggWRDYqwIfnquE/cmzwAlU6/KjJ7gCFWIfgGNCixQ&#10;HuwCiqeArPiS0kpzg2PVARwsRqeLIFQtGCwgFg+CjxbH1qZVf5+yQYg+DZQEWj6FLraJaj1Ygp7v&#10;aUCZsaub7XynoIG2qVRPPNazp1c98cILNpleu35dFi1epII1QpY1F8rVU4vlic3xsr6sv6SEj7As&#10;60QVVngZWFAkcH7chiuUlaakpEhufr40LVyolnqJZe2S94FlBmiAUJwhISG2CRXArIcKt356voNV&#10;mTqvDnkNDjSQcMoGOQv1N0kqI38EXlepACKvYb5aejQiwgOCgmPDFjZ+op01+8+T9Ai/nQsWpYVF&#10;h2LEo4PwRjGhBGhEg+cEwAOAIHfCq6DItwRWGv1YxUcgaFDQQ+6IBxq6WbnbXbffpoJ5opw7d85C&#10;VABJ9k/g+tmzobPwhFvclcozBD0eBvpd4BkBVBLr5hxRLhayUGVCuR47i5IARjke88Ulg/EZysAU&#10;g4IOMvTJW+C3mHNY4Py2I14jgC10h8JSAY0XjuqJjsIFjxxeNKsU0vlOO2A6OLKjHm2UARJ4qGhc&#10;xBx3/801GEDW/yDrnW2Qd+7eY4lxZM4T78bzQNMh2i3jZQtXy6ixsdF6b3zSoAsf1TMoaEv+UyUY&#10;rjzCgxIcQumkWs96r5lDVZWVws6YWLEoRPMA6Pohv4VYOIAB8MDvDFNQQeULPSmwtFGSADIUOrkA&#10;nCcVArSDpjPkqVNnrJz50qXL1keEznv0WKF0Gis4Ts8Pa4+wA4AVxcZa554SfqTKwFUGJKVwr1Is&#10;NwAjB+OBhDbCJpwr58P5BSpEyqsBDcTr8USMGz/e/ocN2Cj7pvqF0CBGAPOFeUYFB0ATbwTbMS9e&#10;vNjCe/AMoEDXSfhE0iDACiXLsTx2DE+w4yReBgwevHkAcJJkAfkAQfK5KEFlDqEnFivQJ/kX44Q1&#10;SYgwVpU/c5jQK8ocEEIOCvMfmcr23YB+jk9Rucq85X6wZim1JqETr5EDDeRc0KeBMlS306XnjXnA&#10;PidsNX36dPMcYxR9nTo6/i4G69ej/zD6j//4D/+Tzz98eND58I+5pUFm/akTJ7yqgFPnZOvJK1K+&#10;82Up36cA4dTPFDS82w4alBYceFsWH3xNWg9ckobWnVJcUSdV9U1S17hYahsWSvPiZbJu/SZrnELz&#10;FxqQzG9caKWdhSqQMrIVyadlSUJKpkQnpEpYjFqDEXESFBIj0+dGyZS5sTI5RBdJpFrKsaUSGk9p&#10;YIpZP4AGFAixHlzcN96+Yc2dZsyYoQvufumli2CAIni8DVjAeBtQZICG3ig5nYgobUIPxNrJsie7&#10;H2VGWVBpaZkpsj179pgraOnSFstpwBJEoHMeEIAhL9/rlse5YHWMVCuIDHpchjR3QqiDpnmNtV+g&#10;Qr2yospKBBNVCJFrMVTP8SbQoCia/gBtLvM779SF09vQPeVpKH82ZWlRSz1cBVZ9fYmcPrBE9q5J&#10;l8VFoyU9bropO3oHYDUdOHBQXnjh0kcUiBt4akgoxSNCO2SuGcSOcnSggWRILBi8EmfVykb5PvLg&#10;g9IXS07BxFA9f3IbCFHAa9ycCESaxyDsyUZPQzgon8sUfMFfvDkABFpH7927z0Cat1d9kip6DySk&#10;IbBVaBKHx/2LsMH6dDFZLHGEjgEG/Qw+sw05/1Ou86yitMLAmoEGPSd6NeDV6fN4b6uesDbS9/qg&#10;Qfl811136j0ONyAAEfrC7YmblfwOFBCCkriuGwBW3O/MkXlqKaHYc3ILVXl4mfRGCiwzVAmjiNMV&#10;UAAqIJ4b6ftcGwC07TtK5HDcGuVa5QTuX36HEj8SpjputIOBgGcR0AOYI08Gbw/td+mmR3txEuCY&#10;t+S2UH4XEwvg0ecKenhNF1FXgUC10dZt26zPAaEJlDDXj7XK/bgVQU5SFwYLpbMoLVzWKEXc+YBC&#10;QhzMPVzPtMWOi421xD0HZFnPVHvwXTwJkIEGvd/0afAaWY02RYmnh7kFuMLiJfS1mQ2rFCBSOYFH&#10;5IMPfqZW3ZMWjqQJGtdEa+4CXR+pOpcAQwAHXP3sBUD4iFAO1nkbmMPQUBkDjwATeCK4JlOICl6o&#10;5HCgoaNC5Hm/fgPN8kfhUgXDekcxYsUDJAhdoZwBWIQi8ITg6QKgkStEaAOvGPIODxleERQxfGHt&#10;AF4ooeX9NtCgPARQ4BHDs4dyh0d0OCVMSHjitdeuG4/Ig6P1O2ELGmVxjeS7AMYA+Nw7ABqeFTxq&#10;vAY4OJDAYxoJ0gqorFQYY6ykzO4P50lfCUIenBfAzyWK3q0G1B2332H5H3iNadKHFwbZyNz+OBnX&#10;NdqHDw86H/4xtzT+4R/+wVyLdQtXSu2aIzJ/z1Up3XVdKg++Iw0nP7gJNFQq1e1/W5r2vyYt+y9L&#10;TctWyS/E5Vlptc/0H6fm+fSpU7r4zsm5J54wtyiub9AqHcYAEY3WAKdJqmvnS6lOmryCElUSuRKv&#10;Fk0EICI8XuaGJ8jcyBSJilPUrhMNi57GIExMlDFWMu4aQENISLBlHqMM+utiHKSWofM2jFRrEWXG&#10;dtSUN2KJETLwtq/Os/h3hS4Q6ojJ6GfhPX/xeUPUKF3i1bjBSdYC2eM2ZOECIlhkuJMRdnzOeaH4&#10;2AsBK5fFgvXHxjClaolQqUGoAncsu3GigFFm5AmwzzttpF0+Ay5zlBkdIck+J/6LIiCc1LJqgwQl&#10;lkhK9SqpW7tfSpeuk5TSKolKSrM9G6iXdju2kbfycQP+UUKIUN6+fbuFLhD0LEQ8MnPnzlXAk2ie&#10;Do5DERDueUh53VsFDomnQ3yAhrcBPtO0CoFNi1/CBYCEAr3mPFVweFvw6gDG2HOeahUsXVz+xLax&#10;OIj/I0DmqeURpsIxShUVVgzxaASpdw/mmbUFgEMhu/JWqicKFFhW6v0EoOBxISFzuArIwVioSvCZ&#10;/JfADauIleIiTlOLzg08CLjX2R0S0IiAAuAEdoSEV/AFwIX3ADBQUKjzqsCrQYdQ6B55+Tg3k/+Z&#10;fyyCF4HdGfHZR0iBK0SsGAGMQsd7gTcB4NOZIH333Xct1NXa2qrHzbftvQF3ACLXupu23zRlos+I&#10;pwzZclwFvlrQ9CshVwGPFEmMfJd7TGjJGpnpbwDo4Q3n8EkDJUSTIL5nZYUKFFhDTimi3PBw0Wac&#10;ubxzxw6dG8G2kRudAfE2oGBxx5u72gcNWNooZRIhee4ACSEj7hHlf3hMUIjs3vji1ZcMQD+jax4P&#10;Cq2S2VKeklLAA7tMZtFgTNc2hPIjDMWcc94Y3uc9AAT5TChdml/Rk4QkP7wMWN+EVwgNmEJ8gG6Q&#10;7QqRuD0xenZtJIT37HPPWQiHe0RuDtdHTgweDlPO+t7sOXPsXtKdlAQ61hX5Bngx2LsBYEW4AP7y&#10;ffjE85uA1YhRxjf4T2gNAIvnhHAsFTZ4pABWeGLI/aBhHFuxYxguUeDJ9s3kE7kKrDhdryQ7eqG6&#10;hDYeefxKMnnOfPd2ra0ybyFhO87TejUMH2HgEFBDngdA4S6Vh3fQP0XX6Ry9bkrikVOB67FrfPLw&#10;4UHnwz/mlsavFe03LVkuISklEly1W9LWX5PiPTesG2QbaFCgULbnLanY/aZU731L6va8Jg27r0hR&#10;43pdQJk2WVAQtt2uKh/iL8TM3R4OdBCjzejhI0cNPLAgiV0TT2RhAiBYZGR4I5zIzg1VYRGqYCDK&#10;kkC8mHa6/g/Inr3+z507Z5YegpEyKUroeqiljtt8oPM2qFAhbwBlZlskq5Jj9z8UIW2NcWXHqPVK&#10;+2HK1A4fPmIL47333lch9aYJNHo24J0gWQu3OK5QE1BKoHPidnTHw3I2D4MuiGRzJXu9GrC68vX7&#10;bL1dW11rx5D8wzmRBGmgQc+N5k5cg8tnQJCQxQ+iBjCwwQqIGkW/fMNumZymwqHssMxsfF6mLbgo&#10;48tPy8zkWlmhPGUfgc87ACYIKiwcFiSWhVM+JOjQi4FkTTpYktcwSHlq3oahKpxGDLfkTsJExCS5&#10;l6UqTFDiAAYaLtGrgfJWeM32sTTn4r9I9MQD5Fp2I8SwVCBc/3hzpuq9w2rzhLRXcshzhDh8x2tU&#10;rAobjw73FHDGhkaAGkITgIbHe/WyNtJe5QRJj8pnFUjESgsLC+063eC6mWN0LkRpwRcSkdxwoIGO&#10;lYSFuOd4w8i7YbOym0gB6k2k/Ah8RNHQKhhg3Eb6Wx7RXVSP+xgCdFCKxzpBOQJ0Pw40MHgfKx8A&#10;gQeL64NQPLdKzA1Hr76i31cC0PK7nwYWGO4cUIx4ulBkKFe8GniNUI7MAbw9WLZ4RCHCHoS/AA5e&#10;+AFX9QSLh7M2+Q5KEKXD/aYaASufdcrvo8S4P4QmqM6hcoTkYgDsNiVi91SGsA0+cormTcT183Ve&#10;4RXylF2tKVXkHqCKeWjeGCW8NGxkV6FzkLAmTd7wCIxUhQho4HzpjfBYj546B/3N6XyF+KCuf8Az&#10;cw3+sBa5R3Sf9RKtyfvwWtXjdcPrQbL22rVrTd4CwqDqqmo1oHpaoiUhCkIieOfgDXILEMV5kGgI&#10;jwAQjkeEhbge5t3CRUsVNOw10PCcGlLIbgigRSIt+1KwRfqCxiZT/vAG7yuAuFqBJGEJQBrrwuMR&#10;3ipvnxvmM54KOmjyHf6b8yRvhfMB9LnKCdej4bbbbpNeun4JaXW2c2rX+OThw4POh3/MLQ1AQ8Pi&#10;5TIvqUjmVOy2VtDFe29IzdEPpOnML6T22AdSfvA9Kd3zthTvfEOKtl+Xws0vSf66ixKZ22j5Brji&#10;SGjD1U1CIYkpJDgxmUHBuJ9JisMyIamP9suEAoiRopDZxwGBRxIfZXLEt7EQCTvg7uT1nHle33QW&#10;S4UqfDqTORcs7nTc/FjqfXRSUUWB69x5G9oTDmlkMlyC9bcADSQ9heqiS9eFX1dTJ/vUksRKp/xq&#10;9649Vq5I3wCEcIMCG6wOku6c4Ccel6MCiLgm5YXEMMlj4FoISaSlKaBSkJCl1hkJl4RBcPOaIhuq&#10;1q8KPUpB8YL0ePRRU8YgabN+77jT2qZiWQEY8Kg4Qbtp1yGZklAjk3I2yMy6MzK99qxMLD4os5Iq&#10;LbZ8/frnBw38B4oR4cN/BSpJrG+yy0nYpC+GB9D6+uEgL7cBXrPgB+t1sTkXXpYGFQ6Uy0apBYnH&#10;ZVXraiu5JLEKXmOZwmO2fiWezNzI1XtDW2SAF4IZ65d5grBh3sB/LGviqQgl9psg2bRQLXd4jdVM&#10;Uid9I6icwcsE9XqsZ0ASpAcaKLekjwcWXcfBHAM4OF5wH9xAOQLoCOsQosC64lycVd5GKTeTWfF6&#10;HJ8hSPFS4KnCqgacQiThkWSG1wXFwOcQyiOQ5qkiZPtkciDgEWuBDarcfPm4wXUheLkud32fl/g+&#10;xDx1a/LTBnOJNsTIDHJvPPd4hCkXlGJYeLQBfNY+Xg3kCWV1hJzITaKHBsmEuNlRNFQMABxQiMTo&#10;iYk74EA/ALpCTlDFOH3aTJMjuaoU8TbQu4T9J9i9kYQ/WiEDHOj4ikIENHAcDazwUFgHTZVfWNZ4&#10;gEj0IwcDyx+vI4qZ5D7mM3OQckLCCjRZwv1OaAIL/1HyGbrfp/OvXSESisSD6rw0gBkqOpAlZqAo&#10;+MATA4+iouPs3tMUDUME2Yq8hU8YRQP6qaXeAx71t8RR/hvecH48YtXTNZJ9MABfNIQyL8T4SabA&#10;8faQ/EqJLc2djh0/IbTRhkdnzjxhPWsoQSdM0di80LzMgAA8X/CFsAw8AkAA7Pk95vTs2XNM/tG9&#10;lDAa3kW6deIF4ZwIi5IXhSfGhW9cS32MKDzHhEkD12HXuLXhw4POh3/MLQ32wl+9YYvE5VTL3OKN&#10;EtN8StKWPyG5656Uos3P6ONTktF63ramTlx4QuIaDktU3T4Jrdgu4Vn15sJC8JNQicWIG4ve2Xgb&#10;aGGLBUmdODFJ9lCgBwIxd8oaN27cZIlwoGvcaghtXKbEvBF+xF2t+iAvTy32LLPoWIy0MUVYMRBQ&#10;LBYS7wANj6sFTLIeVrCXqDfY3NOulXDf3n2s2VNBQYFlygMa6J/A/ghsVnX82HE5eOCghStI0EKB&#10;4W2gTwP16PRWB0AgRDxqttbIuHcBDYQmqHVm9zvXrjpH/wfLF+RtWeAjvRbSBhpUWVFuiZfBSgBV&#10;iDjQgPWblpbWJoR5RCgfPX1ewtIqZFJCvUzKXiUTMlfJuOQlEptTZzvO0W76ixjc46KiIgNojwYC&#10;tP4qvAcOkOFDPYAGnyFKqiJVISyYv8ByDUJUyGWq0G9Svp04cUIunL9gZa7kk6BAST4lxk5lDO2u&#10;SZ5iFz+sGJftziNeKUAFoAGhbV4GPDoK4IpUYJE3gpsdN61roAVgGNAfC+9Rv0LF4zOgofu9nsvz&#10;8256QwUPuQLM7S1bthpxHR9HO3bssJIqjsMNTUVPTk6OAg+SOXNsnkO8hkhwI2M9E9K5RIgAIiwC&#10;sU4A5fS3IIcFj8jXdQBGsZ7ZRA0LGiBIeSdlmhgE5EVgrRN+AhQBmlgDlAqzkyhrkrWO251dEFF4&#10;ViGgljTAgVJIFKRzcWNNk9cAcMADAaDgWLyDzCM8nmy0xCOVIXhE6V2DFU3vCjwSeERphkUCpdd4&#10;ygsvYTSg/PCK4OEhp4LttwmBohAxIHC7c06EUQA3rqmSi9W7JEiUItVdriLsglrzzA3mAWFQ8gQA&#10;CVjq8IjqFv4XoGKb6CkYzWT+5HpeL3ooAAjgESWq8ABvAoABcgCGY/opsIAvdIUkn4DnJDMSSmDN&#10;sS8J7aHZKZe27oRw4BGbncEjyjNpXU+JJt0qLWSm4ArPAzk3hCU4V6pB+F1KNan2oCkaIUUrpZ0w&#10;0fhDWBMetXsZ2MzL5Xx0l7kKIuFR1/jsw4cHnQ//mFsa/6qI7ZXXrsv+IydlwfLNUrSgVZKLGiQh&#10;v07i86slRsFEVFaVRCvF5dRIkr6fVlgvaUX10tSy2kpC3n77hm+5/P/bLFTcziBmYuoQFhnWBe5u&#10;hAaKjbg7Gbm4SHFzUg3x8rVrFjsHeDA5iOeTbEZiGsk+xN35ncAyrnPnzqmlX2IWMMoM4GBWcD8v&#10;TEGGP+ABbwPuaax8rDr2gQDFR+gii1BrjRDCOl0Y+/ftF/aSZ+Gv1gVDz3kaPx08eNiSkwwkVFbZ&#10;giLbv7JShYkqKxYZmfB4E9gwKTU51fImKtQyIW5LjH0qXoYhQ0yRQVjBhCZQZPf5oQmIygmaEuGO&#10;DRwAh3fefV927T8qS1Zvkbol66Rm0Rp9XCv7Dp8wDwwW3xcxyH9ZtWqVZS0DcghRtAG0AWrR6LVw&#10;bYAhr5FSHxWkU1TA5pl1Ha48jlbFkKMKfr0K6YMHDpirEeEIf0jM27N3nwKJfbJ5yzZLznMJaY5o&#10;lAVgIG5K4xxyRuAzRNVEpd5DQkJsDDZehROgDGsTwECIinwGL2/EK2nlkUqKUp0/ANzPM7AKmeMI&#10;e0I4EHP804jjcPXjWmaOk0fDHHfEe50R3T0hnvMdwjysH8JqrL1bCQ98VYNrZXMyQhJU0LCOsMiJ&#10;05PESWtzLGmUIxY07mvmBxbtarV0l+pzqm/wvuDRItmP0kJi4ZQWUsVEuAKrFdc8CpEQBYoQTwOJ&#10;digllC3hhkpdw2xgxd4KyLJrKoOeefaiHD5yzPKDqCBoVRnAVtTsiUEOCs3ROF8sZEISWP8kIFLS&#10;iFxJz8gwjxmfeefjNYlyYRNXNYHbHW8iChEDgU6LzAfAJ8YHG95ZTpAqYAAyPOE3PR4BrKItRFKu&#10;Vj1WPsqbVvjsF8F3SZ7s9djjVknhvA0AB0JBVJQAJLzNs/oZgIA3eBzGKK94Tf4WybYkO2IsAfAB&#10;DNdeedV2Rd2zd7/xiP/mEa8Em3fhBeT8jEeR7TyiEgYvA4ABIMy95X3uF+fjJUGOsPBNoJfB8Yik&#10;7EI19uBR1/jsw4cHnQ//mFsalHL8y7/8i3ygSv3Jp3UiqDW9au0GaVmxWhYvWykLlyyXZqUly1ql&#10;dc1664hIC1kmDPFABNUXpaRudQA+2KuAjZ8oWcR17qxgDzgMlKEqQAaTCU9Wsb5HHwLi51ipWAYo&#10;tIy0dKnRBUjDoW1bt1lZJ16NJ86es5a5JP/gEUFxIeisj70KFetYmEVte7yBhvi4BAt55KmVwJ4L&#10;eCHI7MddP0YtDnIZnPXLuRCasEz+bl7VBIuE1wgRkn06DgAaSooNdohFA6R4dDH3W3EPf56BMiJp&#10;kaTAhx9+0Ko9eivg8QCaF6ZwAA1PQy/9jLJF3Oy04yZJNDoqWhKVP7Uq2Chv26rgABcsfewJU7Dj&#10;ILkvHmhbaMlkWIS07GYTI8JDCNAoFTbs4wFYMG8O+QwootIyA4O4tl3HTUCDt78HeSMPtIcl/GRT&#10;wkNY/2/8FrkgXePWxn4FinhM8Bps2rLVEqdxbRPWwcNABYgXA08yS5V8JzwAbPG+/8Bh2bFrj6zf&#10;uFmt7RTr1UAVRT+da3gbqE4gKRJPAgqSz839TkLksBHW8ZCKDLwQuOBRZlSqOGuaklSU4tFjxy1J&#10;EtBKSJENm2i9XlpeZblVKENyCwhJEEqhJJOQB5VUnreICphs8z6MUkVILoN5GYYMtdCEl9zX3db5&#10;3ToHaV+Ol4GqFmQZrdYJUZFcDoimUoU14BIwHY/wNhT53RtXtK5WYLXRem2gvOmpQdiKEA4hCqqA&#10;XPkpwAEeAbTYQIuN/AhVwEOAFcABj8PMGV5LfHJAAOyEJ5CB8OiIGlHkfBC6AVSwey7lmZTssj4B&#10;A+QfQcYj/R1KOgHzeI8B/gB+GqKNHElYQnmkspHkVkITLgESHuGFATSwppHzGKBd47MPHx50Pvxj&#10;bnkAHLDciXH++td/b7sifviLX8rPVAn97OcfGn344S+smcsvf/kra2f892p1/tNniGF+kQPQg8U1&#10;Yfx4s9hvClNQTaGCBeCABYwy87ZI7mUdIrFYsYLTFTDQsTFZhVVZSamsVOvjyOEj5ia89MJlWyj7&#10;9h0wlxphCBYGLkqQNUlSuNkABlRjABjY0bJeFxqdGAEYlP55TYY8jwcxfwAD1jpdzrA6PA/DXbZI&#10;eur7WPVYkB0H/P63f/t34z2K3NEXXXpEHBEvD9UU5AbA68cU8BhAU+BAUiTVFF5VyEBTxlwjlh1u&#10;ZviQikKIUz4rn0rUglq5fKXsoUOhWnkvPH9JrtIr5MRJWbN2nVmiCF8SpeAxwAEBRkgCT06SWqSZ&#10;yndCErUquAAMHD87KMhiny6XAeBACAgvFOfseXMUNNx5h4EGwlUknzGPusYXO9j4KUiVKRYxoQDa&#10;opMM7RQhOStYz5T+8R4gEYWNUmQjNmhl6xqbE1jxtEu2Rk46x7CcUYaQl3Q4yrwQeBsADigmXPPk&#10;B1ARQxUUYUT+B4BCHB4As1gNgyUKYvFyoayxiLH2+U/mHhY/SpDn9LCgoisrO0eNhzJrKY5Lnj4O&#10;KGc7J1XCKETX4dB5GQww+KEJejHQFh/vE6FZGnWxzwNJiAArFDOAhRwfkmSpcCBMQVUZihpAbT1O&#10;1OpnQy4aWNEXxMo79fpp0AaIwgPjeATIYv8OqjmMRwoceJ/cBkIthERcngl9UuCB2/US/vDILqHw&#10;CMOJXAbkIk2tyNWBR4A7eEReEveW5FC+wzrFMzN+3EQZpaDBhY/wTtLQDuPP8Ygk0W66ZgndkVwf&#10;mGfVNW59+PCg8+Ef860a5FNkpKebt4GEQsovA/MbAA5k0EMost4qaIaqoCHGFhYebjF1PAQJSmT5&#10;l6jV2tzYLKtWrpItm7dY/gUbLFnjF10cNH2yZkL5bMtMB8JUS3rM0/dRhuW6OPAwEIMmuXPSxElt&#10;fRmwfE2RqaJ9+MGH/ISobm0JPzyypTPuckICX5cBIGHBHjlyxM4PsPPIQw8qn3tIX/PstIeEBg8k&#10;r8ELCSAIiFniqiREQ9OaJAVn6akZUlpUanzeoFbM3t17Faixg+gOz7ryQxFeA5hCKSwsEUosk2k2&#10;hBCiNEzvRVlJmQraSgVu6ea2pgeGA2eEJeiDATh7UAWRC00AGgAMeEOyMjMtlNY1vvjR0NholTCA&#10;b+r/KcdergAdZYOSQSmihNlnBKsaZUMeQZla+RBNv+haicKmCyQ5DV67b88Fj/UMOMCiRkHSahrA&#10;QFMolCafOdBANQWWMMqVkl4eyVEgF4HGRShBDANAAIDGOj2qtUwMnhg9m47higcssB00Cd7MV+a5&#10;udz1v3C5k88AcG4vIfRyGVwZIR47mjPhZSB8SyUangZKwClxpMU9oMGr1ND1o7yisZclXJtCzrAw&#10;QluljZ4z501TKTwreBIee0zloPIAfrBXBYABIkETvrn2z3wO7+CR5VEo2IdHhELwolKRlJjEBncA&#10;Oo9H/C9AD08Ix+BhoUMk5dN4EzgnQAVeG9Y03+Uz/gceOcCAt4N8D3IZAr0MEAYIuW+s064kyM83&#10;fHjQ+fCP+VYNJtP2bdtkjlqZD3TvblYlVrBznwMcUGgOONAEyhr99Ohh+0DYYqB8Tyd5FNnQZK3r&#10;5I+NipEMXaxFhUUWLyc/gf0U2E2RbH3c48mqCCHCERVqHS8A6VfXmrIL0d+hdwGAwcISujAtk1+V&#10;Gc2o2ne09HMZdIEAJnIVVSNEvo6DuDTliVzHQw8+oADtEQ84PO6Ag4K0AV71CgqbPBLAAz0nELwI&#10;kTTisnGJEhkWKXHRcZKuQhmgBYBYrJYlHTpNyOh7EM2xqJBIV2HJsfR9oBIDDwOAgRgupazw2gMM&#10;XuY8uRVei+6H25IfXS4Dj/PmzlVQuLnLevmSBonM48dPsKokMvLJzCcebgonwttHg7BBTFy8ROia&#10;RFnh3kZZ4hVAUaMocX+j1LCSUTQk/OGCx8UOWEAhASCw9Cn/BVzQpAvggLcBT8CcuSGWqEgFAudE&#10;3gPNl6arBUy+Al0xsebJ/icxk46MKDj+c6pa4uQu4Q2jNTpEojMlwngYcO9zLMmFVAMAnAOTH51C&#10;5Dk73gLE8RYix9hYjkZMixYtlQtPPqUGy2ZLAAZU3cQjJc6L6g1allNRYbkh+jk8A9jQZIlrJ7GQ&#10;c8D9P0KvcfSYsX6uhbcVOmEKQAPhDEoe8TYYsFKQRP4HORvOY0KFA+Ed/ouQEvcDbwTnBtjgN8kj&#10;gY8krlJ+ileCpFI8OlTEcX8sXOLziP8ndON4RPKj88TQXpvS28+bc9Q1vOHDg86Hf8y3arDgSKSs&#10;rakx65FKhEDggOJwwAGF7axgmv1gBRBTZKMm9pQPDQmTYLVC2IFtzuw5BiCwjMnQByiQ3EjfgRx9&#10;jneB92naREwdoiqD3ux8lyxmr1LCAwt4GFBkWL7tfRk80HD3HXeaMmOnPRIESSb9Og5yJygNCwsN&#10;lQfuu9e6KxpweAzPTgBwgM/Kb/gM0Y6ZVsC0mmWL8CgV/JEqaMJUuFFVEqOv8fLAXzwI8Jh20DzC&#10;Yza94pH+GvR/KFEhTW8GwkrGaxWCeI8MmPn32AEGmjl5HgYvBHT3nXeo5dfDKnZweXZZL1/OIMmP&#10;ssmkJDLzayyJDu+BV3Id54EDVUDsN4JCMqVkYD7VI+uBkm7vobQAAHgSCFHQKRKlSM4CigsCQPDa&#10;KUU+x2WP0kIx0zDMU4rsyzDFYvo8J5yGUsbDAKAhf8CVv1KdQGUU4TDc7bSKptyWvAZLMvStZ0AI&#10;4OHmsIRnQaMMb7/tNlWuQyzZ2c1B5BgWNYqV7pIo2+rqOvMcAGIABvDE4xP8SVSAQEOl9vfgJUCH&#10;91HkhGo4B/ZSIenR9qQYMdKAAzkXACs8DLzv8WiI8YxQhfM4wCPbu2LSZPMaArTImQCc2P1QYwsQ&#10;RVkwfCLfCI8NngU8MYAFks7nqVwFVDlvEDyiDL5P7/a22oGhG7apZxdjKptImu8an3/48KDz4R/z&#10;rRzUqM+aOdPQKfFrAw49erR5HEiONPCgCgUr2AEHiAVMngNggfIgmgxNpiGKEiAiVhcFO2MSlwcs&#10;QBnEGBU8YAlTc4xADNGFQ5zc9WII9C7wiCeBbnCu+6PbZwJ3OZUUy5cts2Sfr6si47wIm6Bw2cCK&#10;ngeEKR5T4NA7ADi0eXf0uh2fsXbI54C39FHADYtFg6XHe0HK+6jwSEnCVa1KAi8PfCYckaKCKRu3&#10;aEGhuXDpjRDBNr36veGU1Tpe9x9g95amWb0UGLgtsD3Q4OUy3Nf9HrUWJ1tVzledk/NtGlRK0YGU&#10;JF/uP8AR5YxVHKyE1Yx3wREeBShKLWms6cioOCM2tuJ96vtRdo8+0sOsaSxlPAFYsShDQAPPUYoA&#10;BwAG8XuL76vCpGHSbAWcKMaZaj1TpovCdo2mCAlAeCBRiklJydZbpry8wpqRsaEd5ZvkADjPBo9e&#10;MiGhkYF2XihD21NG56CL07PeAU8YO4HNikgGpu8LpZZ45uzaI+lK6+2MShImYMCjaG+/Dp8cvyIi&#10;PV7RA4S1RcIo59GzhxpQev3wDI8DTaccj4b6wMF4pMfjoUG5AxYADXRjxcNA10rkIwnOlJfTBpyE&#10;ckABScjsu0GyIx4GKs1ofMe50nyL/3I8wsNAgirVEh6oIo+hPSwBqGLdksuAPKQNetf4/MOHB50P&#10;/5hv5SC3gQYnUyZPtrgYE5GYoQMO5Dg48IBSgciDcEl7tjPeMLZ3ZjtekobGW9Y1iwWUjJVBtQWL&#10;AyHCVteUbBKGIAGP3RrHKYIfrgvOc5F73gULTajyxFVPoiaeEAcYDDToQsFDkpqSYiWkWBxfV2Xm&#10;JWL+m/VaSFThb/kCaskDHKhcIZeE5Mg2kNavrwEIj9deZ05KIenjgGuW/AisF0ADAhsgYdUWChzI&#10;XyBXAaGEwGazL7qEkljKdtrkL5D06MCC8zBwT+nJQDmlaxftVabcpUL7TrNelixZbF0Mu8aXNyjJ&#10;tp119x+w/UzKysut3Nb6UGRmWSkevSe8fTl4zLAcGIi8I0usU+VEXB3XN0qRNUo3xfvvf8DyG1CK&#10;WMsABZQhRNiC2D39HXDX43EwxamfYfFOnDjFlCOeBzZPQvHyP5R9krOE1Wz5Fv48JNHPWpur8qRh&#10;Ep4FK1lURWilg/rfgBMUNZssIYvuIY9GAYOFJVQZ0u113bp1BsADDQSSjelzQ78SmuERrgAgOx65&#10;Xh2cG/zxnnsN0IxPNBFTPpHgzbmynqgWY0Mscioe60m40AMO8AglDoDojEdUfND6mhwNrpM8Enpq&#10;0KiJvUgAUySIskkfxDkAGuAdYArgM2NGkK5vrzeEA1TmYdD/omzWdvvUc7s3MI/hDq8vA95MKpu+&#10;zvLw92X48KDz4R/zrRxMLurlKysqTEEz8UiMRFFbcqRawig0Bx5QLkaq0HBl4wUAQKCAhuqCwVog&#10;jocHgjpjap/ZJAZh4XWtnGkuO4ACjY2scgAXn/Mu+OQ2pWoHDJ6r3BSZLhKe06ny4MGDJjR+HwY5&#10;F7ibZ8yYrhZBN3mg+73m2QE44IHo40BaHwUPfT3wYHxW/sJnngOmAGljVKg5HsNTymFxBZNEGhHJ&#10;TpARKoBC1SIMslpv7gm7hLqwj+dd6G+AhN+3qhQDDC7x0eM1gOGRRx62JlX0A+lqR/vVDMAD65R+&#10;FDTGwkMIsYEVPVHYcI1W4wd0PQAw2PeDzps0xUKJsC8I/R5IUGaflBEjRlg8/KEH1UBQpYgb3nZ5&#10;VMWEMoTM26Bgnt0x+YwcCB7xOlD2xw6ReB7wOnj7y0SZ4qOUGje8l0Pgde8kV4CcALOcFXiQC4Ei&#10;BDCgDJmLPZ2HwQADhoHvcr/9dlXMg21r+E9qVERZNaXUNMmDNzTJa+fRUZ9Hh01mQKxFSrQJbcIr&#10;xy+MKOY7G1mRZPjQQw+rgaLr0oErPd9h8CeQR3gcjEdeSAc+4pmhYoVrp4U1wAF+AB7ofOl4hFeB&#10;ZEhCGwAFj0ejrUrC8Yit9jEg2sI2Po8AVXgY4BGdP2kE+JryoGv89sOHB50P/5hv5QCNUjrHpllF&#10;hYXmEidG5koxib3jssbr4MCDEWABReYDCKxiFD1WKx4DlBOAgJg5DYwIPaC0eI7VbJ4EU16EIPS5&#10;InXeBzzwe3g6HlYl5gADCgziOcAGzwglVgiK35fSPwAaXSIJU4weNdK8OuQ34HEgj6CXWvqEK/r0&#10;AjzgefABBDxWcp4e47PjsfIMEEFjKzpnjhkFIXBGmkdhuPLd+ApYACjgXdDverki/QyM0OQLoOgA&#10;g+M1xPbj7KhJh9IvsqdF1/jk4eL3gAdaULtmcIHEWnBEHo17jqs6kJ6/eFFWrlhhIUEaAgEeHuuh&#10;67u3zq3+A00BovRQiLjgh+hzpxRRmhCvAQ/OO4GiwyomHwBPBMSmU85adsT7eDrGqtGA54x1T0Lf&#10;Iw8xB52Hwc+jISyhoIHNtuhyi8flk0ArJdXMUdcs79N49HGEEfL0009b51H6prBOyR/oZeBKeaTg&#10;6WYeDTdeeB6Hm3nkjmnjkV73zTwab9UZjj8ABOMRn+lzwhHIR9cm2nV9dIDBeWIAOBXl5fJzvb9d&#10;Scq/m+HDg86Hf8y3emDF0IgoSq1U6n6766QEONjGVqrQSJDEGsaV7gAEtfwfARBtyo0YeT9TTA5M&#10;tJNn6QYSpX4cz296WzE7q7fdVU5M8159HDdmjCxrabHOfr+PA0uI9t9Dhw6xUAA5DjRR6vFwO0jz&#10;PDwBQK0Dj9v4DH8NeFHl4nlsAGNtgMwnr5TS8yzwvX59+1g+iAMM7TkMPq9xdyr/2csA6+XrWpnS&#10;NT77QPG+cu2a1KhSRGmjiB68n3Wu864XHi2dK75iHKzK0FOIQ9uUYUdyAIKYvqckPUU5bPgI81iQ&#10;3Oi8CxBgAa8ksflejxF+fFjXwH0BHob2BkVsuET4BQ/BlzkAHGyuBljpo2uNXYFR2q7yhBwGQhLu&#10;2j87j5Q/xiPPq3Mzj0bZaxLOuReUnrqOj+2AwUsOhU94CkuKi82z0jV+d8OHB50P/5hv9XBxdxZn&#10;Jh0MH3rIJieWPgocrwO7YgaCh48ACF+ptYMFX1kpeYrMaxgVSBaW0M/5biBYaC/388gUmgoT3PLU&#10;aGN1BcY1f58G543gLi0tUcEzQAVBNxXaeB3g80dBGgCC7ox9HlcAAXgANJjiv5kcUPP474CE51Xg&#10;uQfM+trvAE7wctzM63ZvDved/SVwaePJ6fIwfLMG9xPQTeXB0KFDbY3dT1jy4Uct+e9xFKMqLJL8&#10;UHhthAJ0SlCJUkEUoQcUCG1gVY805edc6xCvCV0O0e9SmeAUIYDFU4Zei2hnPeNup7ybnCUMmi/b&#10;m+jk4VMKHMrLyqySqbuuCXIcCBGwARjVJ/R0wLvg8Qe+KEjwyfHMAwodedSeeOr2kHBggf4LeDQA&#10;KO08ai89dd4FeNRP5SytogH1Xc3WfrfDhwedD/+YrqGD1sAAh7jYWKF3OYsZpWJeBx88kChpOzeq&#10;YrtZuT2mys0BCGcRey51s3DNyu1n76P8OJZYOr/Db3ou8vb8BcgWyZ132f+TCAVgIIP/mzBOnz4l&#10;5eVlFkJAKAAePO9OO5/Jd3A8dh4IAERvVfzwuU/vdi9EO889LwTADTDRkdf8NiDFhSM88ttEKwEY&#10;SVKlbIvStq7xzRy44gEOdFQcq0rLNVJqU4yq2LGqSZSkGRTdJAlfWG6Dn9+AgiOG7yVKekrTEaAC&#10;gIE3Y4B+v1+ffjp/H7dkR0IiLn8hEDBYlYQ+Z+7SRIzcAwyEr2oQqqDfARUJgCuSNF1Ih+vAUwJ4&#10;AAgBINjbg7yGm3jk88d41Aa6IAfC9DPlEd8HLPCbtMqnGZxVSJgHxuORAwuAe/I82HyNBOuukMTv&#10;fvjwoPPhH9M1/AFiBWETIyPHwVmfKBmUGhYxYYs2AOErt3YFhxdCBY5O/j69VLGZclPFpY8oL/IV&#10;AB38BsrL23Y5MBTRbvUSkrhP/xOrlxyGb9riQCjV1dWpVTZKBYNes+MzngcFDw8/xJ4VnpenncdK&#10;PZTPgSDCSAUYYMKAhEcAOQ8otPPaqiMUoNj/GZ/vMoLXAAYA4+5du/wz7Brf9HH9tdfsftNWHgWF&#10;EkdZAR6c54FEQAAEeQ8kTeKFMOr3UbL9G1T59dHjicVjMQNCHn5QDQP9TQ8sAJLbwYIpwzvukDv1&#10;cciQIQZkvk4bLbEhIPJnlK5T88ypvOI6UOzk/QCwuFYABE2xPpFH+h6f91VeGo+Ut+SUwCPASEce&#10;AaLohgmPXNLj2NGjrZqGe9c1vpjhw4POh39M1/AHrjkSpujtzr7zZOA/qoqH8AALBtc14OEBndh4&#10;BwxEBAIJH0wEEnkSfMYxHM93+Z1297gHGDzQoItEBQh5FWyiRLtruld+E5sKAYIoF1u2bJlVOxhI&#10;UwEBHxyfXejC80B4ragdYHNESAN61JECDe4D3+Ee0XvB47XPYwUMeBcMLPj5Cwii/Lw8OXL4sO0t&#10;0TW+HYMSRjyMVA0kJyer5TvIzy+4x6xqlBhucpSa611AxQUWsZEqSyN9jtseBQpQ4FgSCGn9TpLj&#10;/d3bFWGgqx0lCPVSgMsaWLJkiSUifp2atZFEifxhH5lYvLAKDAAOHsACPOhaUx49chOPAFud8Eh5&#10;18ajRzwe8X0XqnG878gjZCKhydiYGGnV87j0wgtfq7b537Thw4POh39M1+gwUNAsFkqToiMjLbzg&#10;rIN77kLpELpQy1WVWzuQQMmhpLznD+gi4DMPINA0yPMqdO/mPAvtzZoopcTaZZGgFMezk52iaVD+&#10;N73Uj2x33Iy4ZBEM8ItwAUodRX9fd7w8lMN6IAIef5S8zzjO8yh4XgVAmQfMPEDmwhA0berW7S4D&#10;GGTSk1GPYOyKjX47B82AWGtsm0/uEMqQ9sQoL9Y9Cs2SJhVEtClJVXiOeA3xGRY4rnzPOFBFiILV&#10;tW5KUNe4c7OTzMfcJITG3Kec9IMPPvDP6Os3ADKAfJIzCVfgBWVzKI9Pn5FHeoyBKeUR33NJjvDo&#10;rjspN/V4hAcGGUtuEvkLlJ0SWuoaX+zw4UHnwz+ma3QYeBxQILjQySNYu2aN5OXmmiudbGIWvik2&#10;X6iYcsKaDSQDCU5pBXoT9NEnAIj9lr5PGCMsLEwWzJ9vZX7sWtmxmcs3ccBnBAECadu2beZdGT1y&#10;pAEvhCzK3vHRAwMfT+448yr4ngWPPO8CLaH5TUIb8+bOkfq6OuM13gXAWVfS47dzcN9Zay9dvWo9&#10;C2iUFDRrlu0g6ykyXaP6iHJjbaPIOiO8CXzuPApmFAAWVFY4sADhPSNPiQoFKnToQcEa+DqDVuQQ&#10;wAHFvX37dgNYU6dMMW+fA0MACJOHt8wjwFQHHilQIFTD706fNk1K9X/279snLyqo4/+7gP0XP3x4&#10;0Pnwj+kanzJ+phYANd6NDQ3mRqT+n9wES9bRye8sWFAyE5/n5jmAdBHwHi42+0yPIdyBkiNkQfIe&#10;1i6gBM8G8cxvo/JCKJH4RZfL5qYmmTdnjlU+4HmBVyZYlH/wGs+MPSp5uQnt5PhuPAckcIwKcEAI&#10;23SPUeCXnpZmAAVg9k0HZV3jsw3AI/Ni06ZNwjbU48ePt/JHvAe21gPmmFvbeA3aSF+j+Ez5KfE5&#10;36ECAZlB2DEmOtrc/RgkzL/ft/WO8sYzs6q1VeJjY807Q8UHBhUg3XIR4ItPjkeBvHLeFgcS+A7y&#10;lN4UdNhNTEyUjRs2yGUFKV1r9MsdPjzofPjHdI1PGU6h0aAIpY5iW79unRQUFFg9P41QSAZ64L4H&#10;1Mr1FZxPeBFQWiwI8iMGqCKkQVNSQoI0NTbKAQUK115+2bwaWDvfZiSN8CTXgUYtCO7Tp0/LwoUL&#10;JSE+3to5k9xo4QsnlFTg3K3CxwAZzxE+St30+b333iPkkxCnpiIC9yaxa4QQzXK+7bzuGp0P5iDz&#10;AsXoOlGyRmtra20HRTZSo9zvYZ1b9zmDgbmoRNIec5PWz7SrptMszcZCQ0KsfHGzAhFyFigTJPz5&#10;VVZH/DYDHnHuXANr6Rm9JjwmVZWVEhEeLmzq17t3bwNa8MJkIfxhffpykcRTjCaOAySE6/eqqqqs&#10;iydeR36Xe/B//rlrH4kve/jwoPPhH9M1PsNgwRADBUCwqc7FixdNuR06dMhasW6lZa0i5A0BRAkf&#10;li2tW2ntSpMjto1+7913rdPd75ul8WUMx2cEN22czz3xhPEYPsLTVatWWS4Cm3a1tLQY8bxV3yOc&#10;RJ+F3bt3WeOXiyqECEFwz/793/+9i99d45YH3RZZozdu3LB5eP78eWvLvGfPHpuLmxSIbli/XtYr&#10;MS95TetqlOhhna+ULZK499abb5qS/SYCVa6JbpQ3FAxRyopRRfk6PIAXbbIwgEfb9H1CQRzH8XwP&#10;HvM78LxrfHXDhwedD/+YrtE1ukbX6Bpdo2t0jS7Q0DW6RtfoGl2ja3SNWxs+POgaXaNrdI2u0TW6&#10;RtfoGl2ja3SNrtE1ukbX6Bpdo2t0ja7RNbpG1+gaXaNrdI2u0TW6RtfoGl2ja3SNrtE1ukbX6Bpd&#10;o2t0ja7RNbpG1+gaXaNrdI2u0TW6RtfoGl2ja3SNrtE1ukbX6Bpdo2t0ja7RNbpG1+gaXaNrdI2u&#10;0TW6RtfoGl+D8X/9X/8fjU7TAM/V+OoAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAHAbC9o24AAA&#10;NuAAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoKAAAADUlIRFIAAAIwAAABXQgGAAAA&#10;HXNXdgAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAAA7DAAAOwwHHb6hkAADf&#10;y0lEQVR4XuzdBXwUx9vA8d/dxYM7BEKwAAGCJAR3L1a8WKG4e4tLC6VICwVeCrS0lELxAoUCpWix&#10;EiEJrkESEggS99zdvHvJBZIQQ//IfPs5mpvd252dnd19dlZGJRRIkiRJkiS9Q9TG/0uSJEmSJL0z&#10;ZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSZIkvXNkACNJkiRJ0jtHBjCSJEmSJL1z&#10;ZAAjSZIkSdI7RwYwkiRJkiS9c2QA81LiODm3HY0/WYq31pj0WmnxXvIJjTsu4HScMUmSJEmSPkCv&#10;PoAJ+ZPhVUtgW6wYxZJ9bEs0YrbHGznKv0Fa/M/+y7ET57mnMyZlKJIjk+tQ2q4MdaceJcqYmnU6&#10;7l04wfGjZ/HXG5NeROgexjiXVNZJBZpN3c/jdKcVzOEZTSlvZ0vpRrNxlUGTJEmS9JZ45QGMPuwW&#10;Fy/5Em3Xks/69aNf0uezrtSx+cAbfEL2sfoXdx4E38f159XsCzWmv2H60Ot4n79DeFgARxbN5pfr&#10;aUdfOp9f+WrRSQLDgrh15jy337f4U5IkSXpnvaaIQk0el75M+/JLvjR+Zs0YSuPCqWanDcH34hk8&#10;vK9yPzLjJoXIgAucOe9PxMu0PCTQEup7iTPuZ7gcEElGk0tznrEPueF9hgt+4Rn+Ni0P/9rIvjAX&#10;xn/diQKP97Hxr8fGIa+AIV9nPThzKSCLZaTBtn1naqjcWPvrGZ5tXInDY/XPnLL+iB4tcqEypqaU&#10;WVlqCblzHg+Pi/iGpBH9KOv/znkPPC76ktZgSZIkSUrP/6hJJJwzq/rhUrQQdhWdqV61PEULlaH5&#10;pD+58+RAFseJqS6UbPs9+1d3w7GUI85VKjN41WLaFrej1eLLPGk30Afye68yFK02gcMxxjSF9uJ3&#10;tChekl4bggzfuLJhBI3L5Ce/XQWcXZypUKwgpVvP5Xhw0qE37XkO/dMwUR13to+hdvGi2Fd1xrGE&#10;LZV7reZSsvllSB/Azo0HianRid59u9OmSBgHN+3kXrKjftAfAyhXtDw9fr31ZNn0/pv4rGIxXKac&#10;INaYllIIrkt7UKWIjZIvF6or4xa2b8OcIw8zDbA0RbvyaWMrrm5YzeFIY2KS8P38uO4axboOpFl2&#10;Y9oTmZelPvAAM5qWoHCJyri4VMKuUHHaLE9aZ3oCD8ygaYnClKjsgkslOwoVb8Pyy1m6DidJkiRJ&#10;/4sARo/vb31pO3wDQbWmsvGoO+7Ht/FNG3NOLexJ12+8jK0BgvAHAdw9vYiB03xoueoIp/avZURz&#10;J+wt/Dn8x1/cSjrehR9l196b+J/bwc7TSYd5HTf3bOfovXyUr5JT+R6K17+XKdxjCX+fvUXA3csc&#10;nN+YuP2zGLPkgnJINkh7nsOcTdFdW06/fss4X7AXP/xzmhPbZ1D13HTm/BWe8MvM6H23Kcuqo3bn&#10;Tthla0j39rZEHtnIH3efhhl52gzhk8K+bJkyic2GyEb/gB2Tv+D3wKoMGlQLc+N4T+nxWzeAjycc&#10;Jt+oXdwIiyHMZy/jbd34ssdwNt3PJIRR5adj39bkDdjOz38mD3j0BGz5ke0PK9FrQN005ptZWSqB&#10;4NyhzPMuz5enHxIXF8z1fbNpVdQs8edxJ5g7dB7e5b/k9MM44oKvs292K5IGS5IkSVKmxCumu7NY&#10;NDBTi+xl6os2bduKtsZPu56LxOlYZYR4dzG1kqkwKTdOHI9M/E2CWA8xtbKp0BQbLP6JMSTEiL0D&#10;bIRGnUs0WnxZxCeMZBAjDg8vIUwsm4hlvrqElOi9/YWNWS6RO4epKP/FaWGYjdD5imWNLYVp1RnC&#10;++mPU4r9V4wubSIs268VYQkJ6c0zXnjNqCJMTSuISa4JmUugu/+XGGSv5NlmgNj7NDkNWnFlXm1h&#10;ka2FWHk3Mc+xJ8YJexMLUXfhdWXoU5EnJ4nK5ibCrt9OceOvQaKUaW7RbNlV4ziJ+TPJ3UNsi1a+&#10;xnuLGVVNhVWjJeJW4mQTxHtMFY6mVqLlqnsiWfITievIVFSd4S3iIw+IoXYmIluTZU+nob0gvq5h&#10;YUyLEfsGKmWSvYvYlHx9pZaiLIPE6o/MhanjVOGRVtkHrRYfmZsKx6keycpYkiRJkrLutbXAqFQa&#10;TExMnn5MTRKae/QBJzl5VVC8eTtcrBLHTWBWiRaN7FDd98L9SdOKIkdzhgwsh4nxK5hTo3VTCsW5&#10;8vd+Q6tBHGcOHuex42DGNrHmxsF9XNEq83n0D/vdtZRt2YYKT38MuhBuuh1gx6b1rF1/DN94gT4m&#10;mhRXgp6ZZxhnPK6iL1iXxpWftkeoCzaiSRVL47cMaC+ycYsHZg270N54H5BZjU/oVFaH25ZNCflN&#10;YlV7CouHlMZ/3RAaDFjDw1qTle/2aIzDk9M/OsV/l/TksnrMobVrWLMm8bPO/aGS9zhuXvUxtixl&#10;wKohfT8pS+zxX1l7IXHsmBM/8atndj4a0B27jGpIumWZnRr1nDC7sJQ+veax82Lw08t9BtlrUM/J&#10;jAtL+9Br3k4uBstLR5IkSdLzeU0BjJpCbWazeft2ths/f6wZSXUz5aD78CFBQkWeAgVSHZQ15MuX&#10;C5WIICz06QFNpTJBk+robVW/DU3yR3Ny30FCtVc5+K8vtg3a0rdVLeWg+Q/7bmoJO7SfkzElaN66&#10;sjEQ0RN4cBatyhSlTJ0ODJ44iznf/MSxNC6zPDNPXTBBoVrUufKSO61IIhNxnhvYek5H9oj/+Gbc&#10;GMaMUT4T1nHd1BKt9xY2nk0eZmSn/qgB1FQH4h9oTeP+fVMGYMmIx48I1ut5fPpX5s2dy9ykz3eH&#10;CbdzoHKZfGkGPimZ4NSnF86qs/z+y0li9EHsWrmR20U7M7BdXuM4qWVWliZUnLCFbTObIvZPp2Pl&#10;Eji0ncbupMeYTCoyYcs2ZjYV7J/ekcolHGg7bbd8ykmSJEnKstfWApMelbUVFoZ7TUJCUp6VK9+C&#10;g8MQqtzkzZfJYde6Aa0b5Sb8+D4OXj3IkUt5qNeoKkWaNcNZ7c3+v29w5O9jRBRrTltn440Vkf8w&#10;vd/XHMvVn53XH/Hgzg2uX/6TYeXSiQ6SU1liaa5CHxFC2HM3FsTy3+9/cM2kEPl11/H28sIr4XOW&#10;B9ZFyKO7zNYNrsb7fhT6x+ybu5zT1uWpWCSCvQsXcDz1DbZGKutsWKk0FP/0dy5ev871ZJ9r186y&#10;ZUjZLAQwSuho35NPG1pyc/PP/HXhd378K5gKvQbSMHkLWXJZKUsTG1rO2M75W+fYMbs5mqPf0KPv&#10;Uq4ay8/EpiUztp/n1rkdzG6u4eg3Pei79GqqOiFJkiRJaXvjAYzGzpEKeQU3jx3hRvKjlaEl5egt&#10;KOFCrWKZHXZz0qR1fbIHH2Hz/H14mtekUW0rNMVa0LSiFvfd89h4OIhCzdpR03jFR+d7hrP3VVTs&#10;PISP7CwSE/WxxMWLxL8zos5LOftC4O+Ja7LLW/pgV05djDZ+S0fUEX7fcRurZl/x99F/+fffZJ+j&#10;WxhRVYXP9g0cN17DCjkwnfG/PabO1K1K8NKJfJeXM3aBe8pLXEbqwkpZFhL4eXng/zJHfnUxuvRt&#10;Re6HO5n16RKOibp89pljsktoKT1PWapzlaf95HUs7WVDjLcbZ1M8SqUmV/n2TF63lF42MXi7nU3n&#10;SStJkiRJSumNBzBYNKVf77LgsZB+4zfi4fuYx7dPs3bUZyzytqLB8MHUysLTKLmataGe1X12bjiM&#10;1qkxDQ0PGmnsad7Untgj69l+Lz/N2tTGeHhFU9AWG2s914/s5WKEkhBxlS3jh7MqqUkgQ+bU7tIW&#10;O+HO0jELOXwzED+3dYz9qCs/+mRchKH7N7A7QFmuDq3Jn3pUEwe6fFwFtd+fbDyoZCr8CF+O/Rk/&#10;xzEsGO5Asa7fMLOlFd6LxrD4XBqvwTWvx2d9HBHH59H/q11cSXiZShxB106wefH/sfc5Xtebt21f&#10;Pi4SxcWzt8jZagDdi6cfRGZaltozLBk8lpVHbhKu0xN1+wC7/nuIumRZ7JV1qz2zhMFjV3LkZjg6&#10;fRS3D+ziv4dqSpa1Rz6IJEmSJGWJ8WbeV0bnv1K0zGYuKk9zT/8Jk8hz4qc+jiKXRmU4ZVc+KqG2&#10;KiFazvxH3Hvy2EyMODS8hDAr3E/sNjxxk5ouQPzycV5hosku6i+8/ORJntjjnwsHC7UwtR0gdocb&#10;ExNECo9FLYWNmUqYWOUSuaxyCPvO34l5PWxEzva/iqCEcTKYp+6RODStrihgkphnlTqbsO/yvdg0&#10;vaawLjlCHErzKaTEp4ZM83cW6wPTeh5ICO2Vb0WDbKai6OA94sycGsLK2lFMOPI04/GXFosmeUxF&#10;3g6/ifu6NPIXfUmsHeAk8pmqhEqlESYmauX/amFl20n85JP8+aandP4rRAtrC1Fz7sVkT0DFilOT&#10;HYWlub0YeTDCmGYQI46MKiXM8n8qdjwpk0zKUntDrO5cXFiqlPWq0Qi18n8zmybiq3+DEp6K0t5Y&#10;LToXt0zIp0ZjyK+ZsGnylfg3KO0ykiRJkqTUVIZ/EiKZN05PhK8X7oY33Zrkp7yLC6Vf5A7Z5xTh&#10;687ps4GoiztT17HQc57x6wm/6capS0FYlKxOHYf86V5medOiAs7h7n2bEL0V+ewcqOJQBOvX3L6W&#10;cVlqCb7hgcflQGKz21HNpTJFkt9Tow3mhocHlwNjyW5XDZfKRUjvlhtJkiRJSu1/GMBIkiRJkiS9&#10;mDd/D4wkSZIkSdJLkgGMJEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ7xwZwEiSJEmS9M6RTyFJkvQa&#10;6Hmwewp9F54gVGd41ZMKtcYMy5wFKFG5AR1696alfTbjuJIkSc9PBjCSJL0mEWzraUe3zdb0Xrub&#10;LypF43/+IOu++44NV/PTbfku1vQtK9++LEnSC5GXkCRJypQu0Bf/tDrkypCOmOhYsHKiSWtHHBxr&#10;0KznVH47tIWhxW6xacxIVifrWyxzcQTcCXja8akkSR80GcBIkpShuGvr+KxZBxa7RhlTsijuAl4X&#10;Y9A4VMcluzHNIHcjRvR1QhN2jG27/Y2JWRB3jp96NKP7yvM8Z04kSXoPyQBGkqT0BR9mcrepPBy0&#10;jq8bPF9nD/p7bpy5LSjiVAO7FL2EaChe3p6cKh1+N28b07LAzJmp675AtaArY3YHkvWuSiVJeh/J&#10;AEaSpLTpA9k+pj8bik7nh6EOmBuTsyrKzY1zWiuq1qj67G81GiWMUXZAyv+fh0nJ3iz7pgp/DxnK&#10;Ol8ZwkjSh0wGMJIkpSn00FdM2lmEMfP7UeK5+1mN45yrJ+Ga8lSvnsOY9lTkvfuEChUFihQxpmSV&#10;msKdv2FypaNMn76ThzKGkaQPlgxgJEl6lvYsS6b8SnTHLxjk8AK9xOvv4eZxG1G4Gi4lU/8+Bje3&#10;c8Sri1HV2caY9hw0dnw6sScWW6az8PRz31ksSdJ7QgYwkiQ9I2TP9/x4zo6eQ1qR25j2XKLccD2v&#10;xbJKDaqlvn4UeoCt++6jKtGGTjVf7CFq6/pD6ON4kzWLthEoW2Ek6YMkAxhJklLS3eS3pdt4WKkb&#10;vZxeLMCIO+eKV5iG8tVdyGlMSxTHueVz2XIvOw1HjaTu895Yk0RTjh7daxK1ZxmrL2uNiZIkfUhk&#10;ACNJUgraKxtYfyKWKh27UN7EmPhc9Nxz9eCWKES1GqUSbtZNpOfhgYl8+rUH2Vp8zdKhpZMNe14a&#10;infqRC2VFxvWnZHvhpGkD5AMYCRJSkbHtZ278BblaNaizIsFGPqHHDrijdaiCjWM14+i7nmw7cvO&#10;1OmwitBmC/hzw7AXDI6eUhdpTrMqcG33DrxkBCNJHxwZwEiS9JTenwMHz6EvUIM6FV4kwgjm2ILe&#10;zPo7DBFziAkVi1C4YF6KVfuEef/lpudPp/DcPpYauYyjvwyNHXVrlYDrhzhw43ne6CtJ0vtA9oUk&#10;Sa+aLoaIiHhMsmXH4sWvkfxvhG+iq21Pdrss5/a+IRR8y09xQjd0pnjvfdReeYu/BhaQZ2SS9AGR&#10;27skJad/wK6JH1G/bh3q1EnrU4+P5502jpyWWNxn1SZf3rKM+PvZR3z193YyoVV96hqmVbcFM4/G&#10;Gockp+XSit40UPJQt0E7Rm+6xptqX4i75MWFCDU25RzI/Q7sHawdHLDTxHLR8xzxxrTX6W1ff5L0&#10;QTG0wEiSlEzYVtE9r1poivURv1+4Iq5cMXwuidOrewg7E3PReNld44jP0t5YJprlNhEalbXo+Huk&#10;MTWlkE1dhRIcCDATjZbeFTpjehLtrVWitTJ/0Igin+4Qwcb0NyH413bCSpV2vt5KIb+KdlYqYdZo&#10;qfB/Qxl+m9efJH1IZAuMJKWmjyZGObG2rNaIlhXKUras4VOeGj270aBAaZyr5zeOmIr+ATtmLSGs&#10;fTcqmsQTFhqeZn89+ugYqPMRTXII7vn6KufryRimMX0e1wqWxlKdg3qtm/AqbhfJGi13bvoRr8qG&#10;TdG870bzrEVRbPKp0d+9ic8bepr67V1/kvRhkQGMJKUSd96LizGGd5hUT/kOE7MGzPhrC2PTeTdK&#10;5MkFfOXelJnDy2OunKCHBwcbTtNTieOc52XylK9L2QJw/+7dFAfA8COzmX6qNh2d44gzcaRGDWvj&#10;kDdBR0DAA/TqfOTP/47sGjT5yZ9Xje7hPe5nOYDREep7gQt+EcbvifShtznrcZnAtK4KPfE2rz9J&#10;+rDIAEaSUtDh7+rBbcM7TFyS3mESw41//+ZsSHZKVnWgUFoP52gv8cO0rdh9Pplm+a2wUAnCQkOe&#10;vfdB58vpM4GUrtIEu4IQFeDHg6Rmmlh3Fk7cgf3EXphf8Edl50yNwplsonodWq1ysIzLwkery6QH&#10;Zx3Bj4PRq7KT+124AcZAnZs8OVWIqCAeR2TllbzhuM5rQbnSjjja12HyqcRoJdJrCe0qlqVq/XH8&#10;GZLBdF71+pMk6YXJrUuSUojC1fV84jtMnBLfYRLqOo8+3X7gjC69zUVPwMbpLIvsy8zetphkz4aV&#10;IYAJDnm2BSb8NK6Xi1HFyZ7iNlaIe374JZzC67jyw0R+yTaGuW3v4nFFR/aqLjhm8iLcqO29yW9m&#10;jrl5Fj5WTszyzqCZQh9BWIQWobLG2vpdCWCyYW2pAhFBaNiz7V2pxbktYMaZrhz0Xkwjk0ts2fQf&#10;MY/3MqH3/6HuN5eZEz+jcb4Mlv0Vrz9Jkl6cDGAkKbk4L057RSDiTvJl7XKUK1uCUg2/wt22BrXy&#10;GMdJLfQQc+Z40XTGGBKuLlkoB1VTQXho2DMtMLFepzlrWpnqFaywLV4Y7vtxN16JHfzWMWVxGJ8t&#10;GEEpZRzvWBMca9TAyvi79Fg0/Zqj7u64Z+Xz3waG2mf0bpcYYhIe5TFVAp6EhHeAGeZmKlTEERuT&#10;eQBj5jKZ7WsHUaFsO1pXU3PX+xA/jZ3K1V4b2fjleGbO7ErpDB59f9XrT5KkFycDGElKRufniscd&#10;PQU/WcGp48c5fvwA37YtjG2N2jzTqXKCOLy+n8q2IkMYXVdFSEgIIeEaLCyVg11YCNHGsRLpuH36&#10;DA8q1MDF0gQ7OxtUMffw83/A7pmzudRuHhNcTLjm5sVDlR3ONQpnuoGqc5WgspMzzs5Z+Dg5UDij&#10;I6rQodMZggA16nRmrFIpwcL/6JM2lZJXQ2b1St4TUzJmhbWhDDQ21Kxuh/70dyxjCuu+cCbzu1Ve&#10;/fqTJOnFye1LkpKJcHXlgs6CavUbUih/fvIXKEGD7iOY0N2FtBoldLfXMHXpVUz8fqJzjepUr658&#10;6o5nT4hArwQwwSkOqmG4ul3BtroLBZWDbi7b4uQhgGt/zGbq0dp8PaMxOQnGzf0KuuxVcXnT1x9U&#10;GjQaQ6CgR5/ObSBCiP/ZJ21KOSdkVq3kPTEla8yoUKUCFiI/TT9th02W9oRv+fqTpA+MDGAk6YlY&#10;vE57EaEpT42aeYwbh4YSHSYzpHYa5+f6x/z15Td41vse12vXuX7d+Lm4jUGG6xBhoShxzFOxnpz2&#10;NqOqSyXl8AkmxW2x4S6/z9lOqalz+LiAMsdYD1zPxmLiWIMaWbj+ELNvNFVKlqBEiSx8yrRm0aWM&#10;HtUxx9zU8P944jJ8EudtEkdcvBLgGC4lWaTXSpOGGG9WrXVVQrX7XDx3L5Obm41ew/qTJOnFyQBG&#10;kpLo7nDa3Q8KVKV6mcz7AYo6vYBpW3MxYFpPiiXfktTWWFup0IcFEZKsBUbn8x8eD8tRzcky4buJ&#10;rR1FTfWYOY/lmz7FE5540l49zZkHKopVdiIrD7CYVujC5K++4qusfGYNo2lGE1VnI0c2E1QiiojI&#10;zO8neSvoI4iIVvKqUvKePYsBjD6Qv8YNZG/tLxlsLzh3+jThCen6DAOZ17H+JEl6CUKSpAS6W0tE&#10;YyuVMHX6UpyPNyamJ9JDfFUzmzApMVwcjjGmJYk5JIbZaYTKsqVYdT/pPa1a4bOogbDM3llsTHpB&#10;r/aK2Dp7plh/NmkCWnFlfm1hrjIVtedfV769aTFi7wAboTGxF2OPxxrT3nLxZ8XMaqZClbOb2JL2&#10;i4+fCjkl1iz7TaydWF+UavytOB8TJjZ3yy1MCvcS2wJvirW9Ooi56a74d2H9SdKHRQYwkqTQBf4p&#10;RlfOZXg1tVCZ2Yh60/5O/xXwIcfE3KbFhKlKGdeksGg455gIMw4S8d5iWfuSwkoZhspMlOiwSgmG&#10;dOLejuHCMZdaoM4pKgzYJO48c3TTCf+tg0WFnIZX0KuERfGPxBLPzKKoVy1eeM2oIkzVeUWv7dHG&#10;tLdczEExrLhGmJQeI45lEnPF/DNYFNOohKX9Z2JzwgrQiQdbeooiGrUwtyooak37N511/q6sP0n6&#10;sMjeqCVJeiLk13bY9NtPzaW3ODCiSBrXmOPw/qE/EzbcJFqoUFuVpc+SVQxwMF5y0/vy+7A+/Bjd&#10;gx9/GUjZhBtr43D/rgcTdtxDazi8W5RnwKpV9DXcJ6R/wK7Jffn2ZCgJD0ApVCo1GjNr8tpWpG6n&#10;AQxqW45siYOeFfobHxfpy74aS7h5cGSGN+Nq/d34+0w0ZerXo2yupBEjuXXqGDfMHanvZJPmjdqS&#10;JL2d5FVaSZKesCpbDluNHt8bPin7+HnCjCqDvqBejDunTt+g6IB59EsKXhSxp/+Pr3/5l/+8fYl6&#10;cmpkRvXhX1A7zJ3/vCKoPvkbPk162Yq6AO2mfUbRK6dxvVuGoT+sZvVPK/huWk8qBG5h0sd16brS&#10;55n36STR3vLhTryaAvblyOj9cwYmNi60adcgWfBiYE2J2q1oJoMXSXrnyABGkqQnzByqUMFaj/+V&#10;y6T7Rn2TMjiWz4FaY0elyklPayn0gWxd9Bs3SOtm2nDCItTYD1rC7Kb5U+549LEJnWdaOzWlTeXy&#10;lCtfEefGvflyzWQamAZxeMdBHqeTl+jLl7ilM6NCVUcSHqCSJOmDIQMYSZKeyl6bOlVMiLtwBq+E&#10;t/KmRUX27NbKv8LwGpYntBdWsdStNh3rpn7/iZ7AbSvYFt2W6ZPqP3M5KO5CYueZDi7VyW5MS2S4&#10;Rw/Ms2XDPM09VRznPc8TqXGgdp13pPdsSZJeGbnNS5L0lLoozRpXQv3AlZOX03tnjAorK0vlX23C&#10;O1gShbBn8a/E9x5GffNkUY1B7BmWfXuIEiNm0K1Q6l2OnntuZ7gtbHCqYWfsPNMghgtrNuKmL0qH&#10;3i1TBTZGOj9O/ncLSjWiWYZdJEiS9D6SAYwkScmYUO7jtjhymYP707v3RI21tSGAiSc+LjFFd2MN&#10;Sw5WYuQQB3gS1BjoCdj0DT+Fd2HmiErK1FOLws3tHFrzUhTPfpurVy5y5th2lo1sxUcLH9B84VaW&#10;fJx264r+/j8c8BKUatMhsQ8qSZI+KDKAkSQpBZMKvehZxxTP7du4mmYEo8LSyhKEEsDEG25OieTY&#10;kpXc6ziOT2wEOkNS0m0wMaf5/tsTOH0xheY5jWnJxZ3D1TMczO+wZfinfNqrO1079mDM2mA6rD3C&#10;ljE1SOtnhsDIb/sfnNI50qO3S8KbcSVJ+rDIAEaSpJQ0pegzogN5vDfxu1dal5FUZEtogdESpwzW&#10;+29k8c5iDB1d92nvyyq1MlwJMtZ/w2+a/szok/zy0FP6e2543BbY9viRE66uuHqcw8f/Er+3D2dV&#10;zw7M8UinTwPdNTZuPIl5q5EMrCgvH0nSh0gGMJIkPSNP2zEMrODD+pV/E2JMe0qNdcI9MAKhj8Nj&#10;+XIutRhLn+TddWvUaKJPsGjRWZpMHYeLhTE9lSg3V85rrahcvcrTx5jNS9KhbwsKR3ny+6YzGK9S&#10;pRB1ahVrvGzpM7abfGW/JH2g5KYvSdKzzJwYM6c3JlsXsPrKs9eRTJUAxnDZRgT/yeINlvQb2yLl&#10;pR4TEwLXzmVL/lFM65jqsekn4jjn6kWYpizO1XMY0xJpQ0KJEMoOSp3GI9l6X9bP+43IDl8xsW46&#10;kZEkSe89GcBIkpSm3C1nMbfNbRZP/o07qWIYtZU1FirBnXVL+K/WaAaWT3UZR+vJD0tv03HmEMqn&#10;de3IQH8PV49biAJVcS6VbCQlfefmw4SoClOvkWOq+1v0BO6YxlzPOsz6ujMF5R5Mkj5YcvOXJClt&#10;6sJ0WfYznXy+ZOTP11JcylFZWWKpv82ePbH0HNeB/Kn2JFqvXZxwmMgXDdPtBAD9w0Mc8dZiXtkF&#10;J+P1I23wRbZO7MLo7aHY913MzBbWiQOMdL6bGfOFK42Xr6JfifQiI0mSPgQygJEkKV3qPM1YuHkm&#10;1st6MP14lDHVEMAYWmAgR/PRDEvrGWazygyd2ZNi6e1hgo+xoPcs/g4TxB75nEpFilCkcEGKOLRh&#10;zpniDF5znJM/dkrZt1GcF9/0nE3UmM0s61hY7rwk6QMnO3OUJClT2ns38c9ZkuLGx4z0IRc5dOgq&#10;FtVaU69E8l6EYvA5tgdvrQPNG5dP+wV0LywWv5sPKFCymOy3SJIkGcBIkiRJkvTuka2wkiRJkiS9&#10;c2QAI0mSJEnSO0cGMJIkSZIkvXNkAPOmxJ1kbrvGfLLUm/T6+H11tHgv+YTGHRdwOq3XmEqSJEnS&#10;O+7VBzAhfzK8aglsixWjmK0txUuWpXLd9gxZuBefGOM4HyKtP2f/PcaJ8/fS6eE3uUiOTK5Dabsy&#10;1J16lKcPr2aVjnsXTnD86Fn8DR3rvajQPYxxLoltiQo0m7qfx+lOK5jDM5pS3s6W0o1m4yqDJkmS&#10;JOk1e+UBjD7sFhcv+RJt15LPPvuMPl2bU0HtzW8T21O/51puZ370lkL2sfoXdx4E38f159XsCzWm&#10;v2H60Ot4n79DeFgARxbN5pfraa88nc+vfLXoJIFhQdw6c57br7+JSZIkSfrAvaZLSGryuPRl2pdf&#10;8tW8ZWw4eozvmltzb/dy1qfVP3/sQ26c9eDMpQAi0jnL14b6cumMO2cuBxCZUatCZAAXlIOof3oT&#10;eg4vO8/YhzfwPnMBv/Dny8vDvzayL8yF8V93osDjfWz867FxyCuQhbJOSYNt+87UULmx9te0OtaL&#10;w2P1z5yy/ogeLXKRRs81Ci2hvpc4436GywGRPDtbLSF3zuPhcRHfkDSiH20Id8574HHRl7QGS5Ik&#10;SR+eN3MPjNqG6k62mIhgHj1KHsCE4Lq0B1WK2GBf1YXqFYtR2L4Nc448fHKQ017ZwIjGZcif344K&#10;zi44VyhGwdKtmXs8+Mk4cSem4lKyLd/vX003x1I4Oleh8tDt+PxfW4rbtWLx5afz1Af+Tq8yRak2&#10;4TBPr2hpufhdC4qX7MWGoJeZ55+JA3V32D6mNsWL2lPV2ZEStpXptfpSsvllQB/Azo0HianRid59&#10;u9OmSBgHN+3kXrKjftAfAyhXtDw9fr315HKU3n8Tnynl5zLlBLHGtJQyL+v0aIp25dPGVlzdsJrD&#10;kcbEJOH7+XHdNYp1HUizZ95apuXKhhE0LpOf/HYVcHZxpkKxgpRuPZfjwYlz1QceYEbTEhQuURkX&#10;l0rYFSpOm+WXjculJ/DADJqWKEyJyi64VLKjUPE2LE+2PiVJkqQP05sJYGIusf+oD7ocjjg/6fRN&#10;j9+6AXysBBL5Ru3iRlgMYT57GW/rxpc9hrPpfuIBLtTrXy4X7sGSv89yK+Aulw/Op3HcfmaNWcIF&#10;49m4CH9AwN3TLBo4DZ+Wqzhyaj9rh9WgWFV7LPwP88dfTw/04Ud3sfemP+d27OR00pFed5M9249y&#10;L195quR8mXk6GybGteX96LfsPAV7/cA/p0+wfUZVzk2fw1/hib/NiN53GxuP6qjduRN22RrSvb0t&#10;kUc28sfdp2FGnjZD+KSwL1umTGKzIbLRP2DH5C/4PbAqgwbVSuMtpVkr63Sp8tOxb2vyBmzn5z+T&#10;Bzx6Arb8yPaHleg1oG4a8w3F69/LFO6xhL/P3lLK6zIH5zcmbv8sxiy5oIQ3cZyYO5R53uX58vRD&#10;4uKCub5vNq2KGl9NH3eCuUPn4V3+S04/jCMu+Dr7ZrciabAkSZL0ATO8ifdV0t1ZLBqYqUUe5+5i&#10;5OjRYuTgXqJ5+VzCJLuD6Lvuuog3jifivcWMqqbCqtEScUtnTFPEe0wVjqZWouWqeyJZcjKx4t/R&#10;pYWJZXuxNiwxJWbvAGGjUYtcjRaLy09moIg5LIaXMBGWTZYJ34SJRYu9/W2EWa7cIodpefHF6diE&#10;0XS+y0RjS1NRdYb30/yl8BzzjPcSM6qYCtMKk4RrjDFNWZL7fw0S9qYaYTNgr3iS/AytuDKvtrDI&#10;1kKsvJu49LEnxgl7EwtRd+F1ZehTkScnicrmJsKu305xQ5l2KdPcotmyq8ZxYsTeATbCJHcPsS1a&#10;+fqCZZ24Lo3lEnlADLUzEdmUsnwyDe0F8XUNC2NajNg30EZosncRmyKNw9MS+68YXVpZJ+3XijAR&#10;JFZ/ZC5MHacKj7QKPmi1+MjcVDhO9UhnvUiSJEkfqtfUAiOIvOPGoQN7+WPDJg5ct+Kjb/9gVa/S&#10;PGl/eXSK/y7pyWX1mENr17BmTeJnnftDZZw4bl71Uc7Qk+gIuenGgR2bWL92Pcd84xH6GKJTXJPJ&#10;QfMhAymXvFd/8xq0blqIONe/2f9Qr5zRn+Hg8cc4Dh5LE+sbHNx3RZmHnkf/7MddW5aWbSo8yd8L&#10;zzPsDB5X9RSs25jKT5ok1BRs1IQqlsav6dFeZOMWD8wadqF94cRVY1bjEzqV1eG2ZRNXkt3/YVV7&#10;CouHlMZ/3RAaDFjDw1qTle/2pNU/7/OVdTqsGtL3k7LEHv+VtcZmqJgTP/GrZ3Y+GtAdu4xqki6E&#10;m24H2LFpPWvXH8M3XqCPiSaG7NSo54TZhaX06TWPnReDn7SUJcheg3pOZlxY2ode83ZyMVheOpIk&#10;SZKMjIHMK5N41m4i7MedEIb2DV3Qf+LrRnmExtJJzHB72vagvfCVcDZVCfO8tqJ06dIpPmXKOIou&#10;K64ktCbo7h8QM1uWENZqE2Gd31aUUobb5jUXKvMWYuWDxGkltIaY5BY9EpobUor4s48opMklOq4P&#10;EvHnZgknC3sx/oSv+LGVtTCrNU9cjQ8WG7rkFqb248SJxAaZl5qn9sYCUcfUVFSc4p6y1SBys+ia&#10;I+MWmFjXicLBRBmnYX8xavRoMTrhM1J0rpJDqE0riampmim0Pt+KeuYqgSqX+HitMWMJUrbAZLWs&#10;U0vRAqN8117+RtQyNxFlRh8V0brHYvMnBYRpiaHiQEKLS1otMDpx/8BM0bKEtVCbWIv8tqWUedqK&#10;vEqezVusFAk5jr8r9n3ZQTjkMhEqTU5h32aq2HXr6XLG390nvuzgIHKZqIQmp71oM3WXSDZYkiRJ&#10;+kC99ntg1LlrMnH5F9TAix/mb+OB8QYKlXU2rFQain/6OxevX+d6ss+1a2fZMqQsGiL5Z3o/vj6W&#10;i/47r/PowR1uXL/Mn8PKJWspyZh1g9Y0yh3O8X0HuXrwCJfy1KNR1SI0a+aM2ns/f984wt/HIijW&#10;vC3OCfdWvNw8VZaWmKv0RISEpWxNyFQs//3+B9dMCpFfdx1vLy+8Ej5neWBdhDy6y2zd4Pr0KSD9&#10;Y/bNXc5p6/JULBLB3oULOJ76BlujrJV15jT2Pfm0oSU3N//MXxd+58e/gqnQayANjT0UPyPyH6b3&#10;+5pjufqz8/ojHty5wfXLfzIseZOViQ0tZ2zn/K1z7JjdHM3Rb+jRdylJD6uZ2LRkxvbz3Dq3g9nN&#10;NRz9pgd9l159zrKVJEmS3jdv5CZeTdm+DGqZk6B9q/n9VuKhR13YkQqFBH5eHvindzTS+XLm7H1U&#10;FTsz5CM7LBIS9cTGxZPlLrRzNqF1/ewEH9nM/H2emNdsRG0rDcVaNKWi1p3d8zZyOKgQzdrVTLwJ&#10;9SXnqc5bDvtC4O/pinFRFXqCXU9xMdr4NS1RR/h9x22smn3F30f/5d9/k32ObmFEVRU+2zdw3HgJ&#10;K+TAdMb/9pg6U7cqwUsn8l1eztgF7mk+6ZSlss4KdTG69G1F7oc7mfXpEo6Junz2mWO6gZ3O9wxn&#10;76uo2HkIH9klliT6WOLiny1Jda7ytJ+8jqW9bIjxduNsikep1OQq357J65bSyyYGb7ez6TxpJUmS&#10;JH0o3kgAg7ogHft1oHDsSdb84pV4v4V5PT7r44g4Po/+X+3iSsILPuIIunaCzYv/j72GV8hqCmJr&#10;Y43++hH2XoxQhkdwdct4hq96njPwXDRrUw+r+zvZcFiLU+OG5FRSNfbNaWofy5H127mXvxltahsP&#10;sC87T/PadGlrh3BfypiFh7kZ6IfburF81PVHfDIo7dD9G9gdYEWDDq3Jn3o8Ewe6fFwFtd+fbDyo&#10;5Cn8CF+O/Rk/xzEsGO5Asa7fMLOlFd6LxrD4XBqvwc1KWWdR3rZ9+bhIFBfP3iJnqwF0L55+242m&#10;oC021nquH9lLYlFeZcv44axKal7RnmHJ4LGsPHKTcJ2eqNsH2PXfQ9Qly2JvZhi8hMFjV3LkZjg6&#10;fRS3D+ziv4dqSpa1Rz6IJEmS9IEzXkp6ZXT+K0XLbOai8jS3lPeAxP4npjhaCNOKk4Wr8V4TEX1J&#10;rB3gJPKZqoRKpREmJmrl/2phZdtJ/OSTeFdGpMci0dLGTKhMrESuXFYih31n8d28HsImZ3vxa1DC&#10;KCLm0HBRwqyw6Lf72XtgDHQBv4iP85oITfb6YuHlpLs9YsXxzx2EhdpU2A7YLcKNqQYvO0/do0Ni&#10;Wt0CwkRlaLRRCXU2e9Hl+01iek1rUXLEoTTugUm8Z8U0f2exPjCt54GE0F75VjTIZiqKDt4jzsyp&#10;IaysHcWEI09zHX9psWiSx1Tk7fCbuK+LEYeGlxBmhfuJJ9nLQlmnpvNfIVpYW4iacy8mu0cmVpya&#10;7Cgsze3FyIMRxjSDGHFkVClhlv9TseNJkUQKj0UthY2ZSphY5RK5rHII+87fiXk9bETO9r+KIO0N&#10;sbpzcWGpUspIoxFq5f9mNk3EV/8GJTwVpb2xWnQubpmQT43GkF8zYdPkK/FvUNplJEmSJH04VIZ/&#10;jLHM/0xUwDncvW8Torcin50DVRyKYJ28FSLCF/fTZwlUF8e5riOF3sTp98vOUx/OTbdTXAqyoGT1&#10;Ojjkz+pdO69XpmX9GkT4unP6bCDq4s7UdSyUqvVES/ANDzwuBxKb3Y5qLpUpkvyeGm0wNzw8uBwY&#10;S3a7arhULkJ6t9xIkiRJH463IoCRJEmSJEl6Hm/mHhhJkiRJkqRXSAYwkiRJkiS9c2QAI0mSJEnS&#10;O0cGMJIkSZIkvXNkACNJkiRJ0jtHPoUkSR+EOLx/6M+EDTeJFirUVmXps2QVAxyMj/frffl9WB9+&#10;jO7Bj78MpGzC+wnjcP+uBxN23ENreKORRXkGrFpF39LKQP0Ddk3uy7cnQ9EZ9yAqlRqNmTV5bStS&#10;t9MABrUtR7bEQW+WkrfdU/qy8ERi3hLzZUnOAiWo3KADvXu3xP5/kjFJkl4pQwAjSdIHIP6cmOVk&#10;KlAXFJ9sepDwssAkMSc/F+VNVcLUcZrwTP4GymhXMamSqVBZOooxB1L+RoRtEd3zqoXGto9Y531J&#10;XL50Xrgf+k1Ma1lMmKrzilYrbqTZSegbEb5V9DDmbf3Zi+Ls6X/E+jm9RdXcGmFl30OsuZL0Nk1J&#10;kt5V8hKSJH0oTMrgWD4Hao0dlSrneXr9WB/I1kW/cQOVMSG5cMIi1NgPWsLspvlTXnPWxxITC9ZO&#10;TWlTuTzlylfEuXFvvlwzmQamQRzecZDHWe+l4tXSxRCt5M3KqQmtHR1wrNGMnlN/49CWoRS7tYkx&#10;I1cn66tMkqR3kQxgJOl9pgvE1z+pi08V2bNbK/8KkvdMqr2wiqVutelYN/XrpvUEblvBtui2TJ9U&#10;/5nLQXEXvLgYo8HBpTrZjWmJBIYL0+bZsmH+P9rDPMlbdZcUecvdaAR9nTSEHdvGbmMfYHEBdwhI&#10;owsxSZLebjKAkaT3Vdw11n3WjA6LXYlKSFBhZWWp/KtN1iN4CHsW/0p872HUN08W1RjEnmHZt4co&#10;MWIG3Qql3lXoued2htvCBqcadjzt0jOGC2s24qYvSofeLVMFNm9KUt6KpMqbQlOc8vY5Uen8uHk7&#10;sVPTcz/1oFn3lZxPLCRJkt4RMoCRpPdSMIcnd2Pqw0Gs+7qBsf8oNdbWhgAmnnhji4PuxhqWHKzE&#10;yCEO8CSoMdATsOkbfgrvwswRlXi2J68o3NzOoTUvRfHst7l65SJnjm1n2chWfLTwAc0XbmXJx3n/&#10;RzsYY96sqlKjqrkx7SmNxhDSqJX/G76Z4Tx1HV+oFtB1zG4C/1eXvCRJem4ygJGk946ewO1j6L+h&#10;KNN/GIrDk2O4CksrSxBKABNvOFJHcmzJSu51HMcnNgKdISnpNpiY03z/7QmcvphC85zGtOTizuHq&#10;GQ7md9gy/FM+7dWdrh17MGZtMB3WHmHLmBqk9bM3wpg3TfnqVM9hTHsiknv3QxGqAhQpYmybMSlJ&#10;72XfUOXvIQxd56uUniRJ7wIZwEjS+yb0EF9N2kmRMfPpVyL5BRQV2RJaYLTEaZUwx38ji3cWY+jo&#10;uk97+FapleF6/NZ/w2+a/szok+oSjJH+nhsetwW2PX7khKsrrh7n8PG/xO/tw1nVswNzPGKNY6Yl&#10;hj/725IrZ05yZuGTt+7XnDNc7cmipLwVruZCydSZj3HD7Vw86mJVcbZ5OlBduDPfTK7E0enT2flQ&#10;hjCS9C6Q74GRpPeKlrNf1aL2TxXZcG4N7XMbk41Cf2lDwcFXGHzQm57769HjwRzOrG5NTr0/y5qW&#10;ZHzYFM4cacQvNXrx4MszrOuS6skjo4it3Sn+yR7q/XKHnX2eziT20DDsW/yExZh/Of9tbVLfFpxI&#10;T+DZI3gFxCW/lzhd6hxlqF2ndJbvp0nM21/U/fkOf/bNY0xNFLq7HxU6rMNy+EEuLGlAigtMkUcY&#10;WfUjDn98iDMLamNhTJYk6S2V8DC1JEnvh+Cdoq+NmXCYeFqk9aaTyI2dRXaTUmLkjvXik+K1xNcX&#10;jC990d0VSxuZCdMac8SBZS1EkfoLxaV0X+ISK06OLytMTJ3F7IspR4rY1kPkUZuIcp+fSnP+r19S&#10;3qo/kzcRe1Z8XdNaqHM1FUuvp7VwWnFhjouwyNdJrLuf4o03kiS9heQlJEl6b+i4+dtStj2sRLde&#10;Tmm2fqitrLFQCe6sW8J/tUYzsHyq23O1nvyw9DYdZw6hfFrXjgz093D1uIUoUBXnUslGUtJ3bj5M&#10;iKow9Ro5ptP68pol5a1QNWqkyNtDDkz8lK89stHi66UMNbxN+BkayvXoTs2oPSxbfZnnuGolSdL/&#10;gAxgJOl9ob3ChvUniK3SkS6pAxMjlZUllvrb7NkTS89xHcifag+g9drFCYeJfNEw/Xft6x8e4oi3&#10;FvPKLjgZr8Fogy+ydWIXRm8Pxb7vYma2sE4c8IYl5c2iSg2qJeQtinse2/iycx06rAql2YI/2TCs&#10;fBpPVSXSFO9Ep1oqvDas44x8N4wkvdVkACNJ7wndtZ3s8haUa9aCMum0nqgSWmAgR/PRDHNKo43E&#10;rDJDZ/akWHp7huBjLOg9i7/DBLFHPqdSkSIUKVyQIg5tmHOmOIPXHOfkj52w+V/sWZLlLebQBCoW&#10;KUzBvMWo9sk8/svdk59OebJ9bA1yGUdPk7oIzZtVgWu72eElIxhJepvJm3gl6b2gx3dJE+zHX6f3&#10;7hv81CrtW1D1IRc5dOgqFtVaU69E8ltYY/A5tgdvrQPNG5f/H72A7u0Qd3I8lRouI8dMb05Pc0jz&#10;KSxJkv73ZAuMJD2hIyYilPCYd7GTnEhOnfQm3rQCTtXSv/tEnasCzTp1TBW8GFhQqn4nOn3gwYuB&#10;WUUnKlnruHTq5P+uLydJkjIlAxjp/aB/wK6JH1G/bh3q1DF86lK3XgOafNSFAdN+5Jh/5rdkxrrP&#10;ona+vJQd8TdJvQc9YbhBdUIr4/Tr0mLmUdJ604n20gp6N6hLnboNaDd6E9feVCwUdwmvCxGobcrh&#10;kFtu1i/F2gEHOw2xFz05F29Me8X093YyoVV96hrqat0WzDyaZm3i0oreNFDqXN0G7Ri96ZoSYkuS&#10;9ETCs0iS9D4I2yq651ULjU0P8YvnRXHpvJs4+NtU0byoqTArPUjsfpzBo7HaG2JZs9zCRKMS1h1/&#10;F5HG5BRCNomuudWGS67CrNFScTf15LS3xKrWeQ2P9glNkU/FjmBj+psQ/KtoZ6VKO1/ScwoRv7az&#10;EiqzRmKp/+srzJBNXYUSayr1yUw0WnpXPFudVonWSn0GjSjy6Q7xJquTJL0L5Kma9P7QRxOjnMha&#10;OjWjfVUHylesTpPeX/HjuFrgs5Ff9oQZR0xNz4Mds1gS1p5uFU2IDwslPK1LB4bpU4ePmuRA3PPF&#10;N0WjjmEa05l3rSClLdXkqNeaJhneLfpqae/cxC9eRTabouSVW/VLsqCoTT7U+rvc9Hl9D1Pro2Og&#10;zkc0ySG45+ub8rFt/QN2TJ/HtYKlsVTnoF7rJhnffCxJHyC5q5PeG3HnvbgYo6F8dZdk/fCoyZM3&#10;FxpiiYhI5/X2kSdZ8JU7TWcOp7w5iPBggtO4tT3unCeX85SnbtkCcP8ud5MfccKPMHv6KWp3dCYu&#10;zgTHGjV4kw8S6wICeKBXky9/2m/OlZ6Hhvz586LWPeTe/YwCGB2hvhe44Bdh/J5IH3qbsx6XCcyo&#10;NwVDL9iel8lTvi6J1eluigAm/Mhspp+qTUfnOOJMHKlR43/zWLokvc3kvk56T+jwd/XgtiiMU81S&#10;yZ4cieTUqbPKQcAeZ+e8xrTktFz6YRpb7T5ncrP8WFmoEGGhhDxzs4EO39NnCCxdhSZ2BSEqAL8H&#10;Sc00sbgvnMgO+4n0Mr+Av8oO5xqFM9249Dot2jjlAJWFjzahp8X06YIfE6xXkT13brlRvzQ1ufPk&#10;RCWiCHqcMjh5KhzXeS0oV9oRR/s6TD6VGK1Eei2hXcWyVK0/jj9DMlhnOl9OnwmkdJUmJFYnPyUA&#10;NQ6LdWfhxB3YT+yF+QV/VHbO1Cgs16okpSa3Cuk9EYWr63m0VlWpmfR2NSU4CdgzmYnr7lOi95eM&#10;dHr29WX6gI1MXxZJ35m9sTXJTjYrQwATTMgzLTDhnHa9TLEqTtgXt8FK3MPPL/GcWXflByb+ko0x&#10;c9ty1+MKuuxVcXHM7D20UWzvnR8zc3PMs/CxcpqFd7qNAXoiwiLQChXW1tZyo35pamOnl4KI0LQv&#10;O8a5LWDGma4c9F5MI5NLbNn0HzGP9zKh9/+h7jeXmRM/o3G+DNZE+GlcLxejipM9xW2sEPf8SKxO&#10;Oq78MJFfso1hbtu7eFzRkb2qC5lWJ0n6AMl9nfR+iPPitJdytmx+j39mjWHU0H50aeKI04Bj2E/Z&#10;yaFVHXn2JDaUQ3Pm4NV0BmMSXupmoRy4TBHhoYSlboGJVaZ/1pTK1StgZVucwtzH7268Ejv4sW7K&#10;YsI+W8CIUso43rGYONagxpPundNjQdOvj+Lu7p6lz38bhmKf3utjFTExiY/LmCrBTlpUKpX8pPNJ&#10;i5m5mTJMqVaxzzyPlsDMZTLb1w6iQtl2tK6m5q73IX4aO5WrvTay8cvxzJzZlTR7KzCK9TrNWdPK&#10;VK9ghW3xwnDfj8TqtI4pi8P4bMEISinjeMcmXo7MtDpJ0gdIBjDSe0Hn54rHHT35qjamXsWyFNFd&#10;4sjxKJou3cOmqS2xTePgH+f1PVO3FWHI6LqoQkIICQlHY2GpHF3CCIk2jmSku32aMw8qUMPFEhM7&#10;O2xUMdzz8+fB7pnMvtSOeRNcMLnmhtdDFXbONdIIllJTk6tEZZycnXHOwsfJoXAGBzGBTqdL6NlZ&#10;rZab9KugUsrRUJJ6pVzTZoW1YYVobKhZ3Q796e9YxhTWfeGchXufdNw+fYYHFWrgYmmCnZ0Nqph7&#10;+Pk/YPfM2VxqN48JLiZcc/PiYRYvR0rSh0huF9J7IcLVlQs6S6p3G8eQgUOZ9MMqhlcMYOPEefyb&#10;1s2UutusmbqUqyZ+/NS5BtWrV1c+dRm/JwShVwKY4JQHrjBXN67YVseloHJgy2VL8TwQcO0PZk89&#10;Su2vZ9A4JwS7uXNFl52qLm+6I0MVGo1G+Vc54OrTvu9CCCE/6XzSIpRyNJSkWinXjJlRoUoFLER+&#10;mn7aLotdKITh6nYF2+ouFFQCpVy2xclDANf+mM3Uo7X5ekZjchKMm3tWL0dK0odJBjDSeyAWr9Ne&#10;RGjKU6OmElkYmJSjUZ2icPdfDp5PffOInsd/fck3nvX43vUa169fN34usm1QaTTKASY0xU0wsXie&#10;9sasqguVDMcSk+LY2iiT/n0O20tNZc7HBZQNKRYP17PEJjwxkpUG/xj2ja5CyRIlKJGFT5nWi7iU&#10;7j0wYG5umvD/+LgMH32RsiguLl4JbgyXktLukuGJGG9WrXVVatR9Lp67lxD0ZCrWk9PeZkqgWykh&#10;0DUpbosNd/l9znZKTZ3DxwWU3XKsB65ns3o5UpI+TDKAkd59ujucdveDAlWp/uTGA3McnSthqb2B&#10;h8ejlAeWqNMsmLaVXAOm0TNFr4VqrK2tUOnDCEr+GJLOh/88HlKumhOWhu8mttgVNUVv5szYb/pQ&#10;3DBL7VVOn3mAqlhlnLL0xIgpFbpM5quvvsrSZ9awphlcllKTLUc2TFSCqIjIhEtJ0svQExERrZSj&#10;SinXDDpW0Afy17iB7K39JYPtBedOnyY8IT2x9SY9Op//8HhYjmpOCbVJqU52FDXVY+Y8lm/6FE94&#10;gk571XDJUkWxyk5ZuBwpSR8oIUnvON2tJaKxlUqYOn8lLmiNiQrtxdmiuqla5O7wq7j/5DWnkcLj&#10;q5oim0kJMfxwjDEtSYw4NMxOaFSWouWq+0/ejKr1WSQaWGYXnTcmvZ9XK65snS1mrj+r/MKYcmW+&#10;qG2u5KH2fHE9WR7elJi9A4SNxkTYjz0uYo1p0ouKF2dnVhOmqpyi25Y03skcckqsWfabWDuxvijV&#10;+FtxPiZMbO6WW5gU7iW2Bd4Ua3t1EHPPxxtHTk0rfBY1EJbZO4un1emK2Dp7plh/9kltElfm1xbm&#10;KlNRe/515ZskSWmRAYz0TtMF/ilGV86V8Pp+lZmNqDvt76evXI89KcbbmwiVSQFRc9gGcUUbIo7N&#10;bSqKmaqUk2sTUbjhHHEszDiuctDyXtZelFQCIUMn7WYlOohVykFId2+HGO5omL5a5KwwQGy68+zh&#10;ROe/VQyukDMxDxbFxUdLPJWpvVnxXjNEFSVYy9tru4g2pr1escJreS/RpE5tUbt2HVG3aT/x08Vk&#10;S627I9YPbijqf/qjUu7GNOU3bt92EvUTflNb1GncX6xJivZ0geLPL1qJesZhCcPr1BX1G7UQHfqM&#10;F9/tuizCE8d8A2LEwWHFhcaktBhz7NlwMOafwaKYRiUs7T8TmxPqg0482NJTFNGohblVQVFr2r/p&#10;vPZfJ+7tGC4cc6kF6pyiwoBN4tnqpBP+WweLCjkNXQiohEXxj8QSzzddmyTp3SADGEl6HwSvEW0N&#10;fSE1XiZeY/c9KcWfE7OcTJWDcUHxyaYHKfryiTn5uSivBIqmjtNEiuNvtKuYVMlUqCwdxZgDKX8j&#10;wrYk9mVl20es874kLl86L9wP/SamtSwmTNV5RasVN95Qa0SIWNve2BdSGh1Lxd91Fbv/PCquBCcf&#10;FiFuntwr/vG4+6RVTpKk10teXZWk94FVWcrZatD73uA1dt+TkkkZHMvnQK2xo1LlPE9vqNMHsnXR&#10;b9xIeC4qtXDCItTYD1rC7Kapuj3Qxyb0ZWXt1JQ2lctTrnxFnBv35ss1k2lgGsThHQd5nKW7ZF+S&#10;9hY+d+JRF7CnXBovozOxcaFNuwaUzZV8mDUlareimZMNab+JR5KkV00GMJL0PjBzoEoFa/T+V7ic&#10;0SvsXykV2bNbK/8Kkt85rL2wiqVutelYN/Xjv3oCt61gW3Rbpk+qTzZjapK4C4l9WTm4VCflrbOG&#10;lmIwz5YN8zexx4q+zKVbOswqVMUx8eEuSZLeQjKAkaT3QnZq16mCSdwFznglvpX39VNhZWV45b6W&#10;uPikCCaEPYt/Jb73MOqbJ4tqDGLPsOzbQ5QYMYNuhVLvevTcczvDbWGDUw27ZH1ZxXBhzUbc9EXp&#10;0LtlqsDm9Yg778n5SCWQql1H9uwtSW8xuXlK0ntBTdFmjamkfoDrycspejZ+fQyPnRsCmHji4xJT&#10;dDfWsORgJUYOcYAnQY2BnoBN3/BTeBdmjqjEsy9GjsLN7Rxa81IUz36bq1cucubYdpaNbMVHCx/Q&#10;fOFWlnyc9w3ssHT4nfyPW5SiUTP7NPIpSdLbQgYwkvSeMCn3MW0d4fLB/fik9wb8V0qFpZUlCCWA&#10;iTdctork2JKV3Os4jk9sBAkdaCfdBhNzmu+/PYHTF1NontOYllzcOVw9w8H8DluGf8qnvbrTtWMP&#10;xqwNpsPaI2wZU4O0fvbK6e/zzwEvRKk2dEjoH0uSpLeVDGAk6X1hUoFePetg6rmdbVffRASjMvba&#10;rCVOqxz7/TeyeGcxho6u+7TfJpVaGa7Hb/03/Kbpz4w+yS8PPaW/54bHbYFtjx854eqKq8c5fPwv&#10;8Xv7cFb17MAcjzfzhmG933b+OKXDsUdvXGT8IklvNRnASNJ7Q0OpPiPokMebTb97vYHLSGqsE+6B&#10;EQh9HB7Ll3OpxVj6lEwWomjUaKJPsGjRWZpMHYdLOm/mj3Jz5bzWisrVqzx9ise8JB36tqBwlCe/&#10;bzqD8SrVa6Tj2saNnDRvxciBFeXlI0l6y8kARpLeJ3naMmZgBXzWr+TvEGPaa2SqBDCGhgoR/CeL&#10;N1jSb2yLlJd6TEwIXDuXLflHMa1jqsemn4jjnKsXYZqyOFfPYUxLpA0JJUIoOyp1Wo9kv2JRp1i1&#10;xgvbPmPpJt/fL0lvPbmVStJ7xQynMXPobbKVBauv8LovJKmtrLFQCe6sW8J/tUYzsHyqdgutJz8s&#10;vU3HmUMon9a1IwP9PVw9biEKVMW5VLKRlPSdmw8ToipMvUavu4dvPb7r5/FbZAe+mliXTLpwlCTp&#10;LSADGEl63+Ruyay5bbi9eDK/3Xm9IYzKyhJL/W327Iml57gO5E+1R9F67eKEw0S+aJj6rS9P6R8e&#10;4oi3FvPKLjgZrx9pgy+ydWIXRm8Pxb7vYma2sE4c8JroA3cwba4ndWZ9TeeCcrcoSe8CuaVK0ntH&#10;TeEuy/i5kw9fjvyZa6/x5hFVQgsM5Gg+mmFpPbVjVpmhM3uSotPv5IKPsaD3LP4OE8Qe+ZxKRYpQ&#10;pHBBiji0Yc6Z4gxec5yTP3bC5nXuqXS+bB7zBa6Nl7OqX4k0bzKWJOntozL0J2D8W5Kk90nsZdb0&#10;7cpy2x84Nr/e0yeDXiF9yEUOHbqKRbXW1CuR/CX6Mfgc24O31oHmjcu/kRfQvZg4vOY0oad7VzZs&#10;GEmV19vQI0nSKyQDGEl6n2nvcdM/JyWLv47w5f0Q63eTBwVKUkx2YiRJ7xQZwEiSJEmS9M6R98BI&#10;kiRJkvTOkQGMJEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ7xwZwEiSJEmS9M6RAYwkSZIkSe8cGcBI&#10;kiRJkvTOkQGMJEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ75xX2pVA2LUtxr8kSZIkSZLSl8O+q/Gv&#10;FyNbYCRJkiRJeufIAEaSJEmSpHeODGAkSZIkSXrnyABGkiRJkqR3jgxgJEmSJEl658gARpIkSZKk&#10;d86bC2DigrjlH2f8kpqe4JAo5V9JkiRJkqTMvZkAJu4+m6fMotYn3/Pj1VhjYnLR7Pn6W+a6hssg&#10;RpIkSZKkTL3+AMYQvEz9hhG7A4l+cIbJA5ey+tqzQYwIvcq3IxbwjVtExkFMmAdfdBhBhRYzmXwo&#10;JNW4Oq6snY9TuzX8k1aclIkIv6sccL1LsIyiJEmSJOmt9toDmLibbvx6JJCki0faQA8mDlzGmuvP&#10;Xk4SYddYOHwB89zTD2L0EYFcuP4Q/ztXWTV3C4fCjQMSCMID73Pr5kMeaY1JWRbPmTXL6DZEmeYL&#10;BD+SJEmSJL05rz2AMSvXhnXL2uGUXWVMUYKY++5MUIKYX2+kFcRcZcGYdZm0oGioWK8SBQKOMefX&#10;W0+Co0xpI/G7fhPPywEERqURIhk7VUi3b4W4MHyu+OB1I4gI2UojSZIkSf8zb+AeGDX5an3ClqVt&#10;qZYtWRBzz43xA/+P33zijSlPicgowjIJECycWjO8ugnnftvE+ruZRRPReG1aQaP6g6jYZjKNPh5L&#10;uTqj+fhbd3wNLTXRboxoOoze2x+jiz7DuEYDKFlrGJ/+EZL4cyLx+G0JdeoOoVr7KTRsPQz75vNY&#10;cDrsaUuR1pcfBo6i0idbOJ3liEqSJEmSpBfxZm7iNQQxtbuzZVmqICbAlbFKELPe57mv9yBUBeg7&#10;uin2UWf57gdPgozpz9Ljt/MHun15guCqHfll3VyO/D6OWQ1NcV29jL6rbhFnVpIeo7vSt6o1atPi&#10;dB7VnRlju9GveraE39/duYru8y+St/cXeHv+jv/BSYwscoN5439m20NjCKMP5/bNB/j53OO+LjFJ&#10;kiRJkqTX4w0FMAZq8huCmKWtqWKdLIjxP82YQSvZHfh8nWIL5T+rqu2Y8lEuAnZt4f/OPtuSk0B7&#10;i19/PsMjuxas+LYTnVxKUc25BqPnj2CYvRavLQc5octH7bYNaVLCApWJ8neHJvTt2oCGtiYJLSu/&#10;/epBuFMHlg2vQglrE7IVq8LnXzSlXIgnmw8bW2HMKjBr43ec3jWIdpYJc5YkSZIk6TV5gwGMgRLE&#10;1OnJ1u8/ShHExN/1ZP+VF2i2UOegzYj21Lfw5afFh7iZxiT0D65y+pbAto4zTskDCzNbmtTMj+rR&#10;LTz90r8EpQ++htsNPTktwvl3xxHW/5H42XQ+DBO03Lp1X/k3kVUBG8oVtnzThSpJkiRJH5z/wbFW&#10;TYH6vZQgphWVkwUxL0pTvCnTe9gS47qT+YcjEKqU09QHhREsVOTOmwONMS2Rmry5rVGJGMIzuCNX&#10;hIQTIgRBZ4+yeOUOvkv6/HKBcJuiVCqeerqSJEmSJL1urz2A0QV6s+Tr1Yyd+VOyz898cyiOkiWz&#10;vYIMmOLcrytdCoawffk+LqdqhVFZmmNheLw6LIqUg/SEhEYpAU828uROPxcqSwssVWqKfTwK1wNL&#10;8Ur++Wcha7sXkQGMJEmSJL1hrz2A0RSsSOsK0Rz94yC/bEr52XH+Fb15N1c1Jg6pjNXVf1j6rxKU&#10;GJMNNEVtKZdLcNv9YspLTNoAjrg9gKKlcCmUWAxqtUpJ1xKX7J5idQFbyucT+F/yISCTq1z62ChC&#10;ol/JEkmSJEmSlIHXHsCACaU/Hsb2+Q0obW5MeuXUFO/YjSHl47lxMzhlUGReid7ti8CFXQybdxLP&#10;gHCC7l5jw5wfWH7ZnLo9m+FiZhhRQ6ECOVFpb3LoUAAP/W9xIUCJZMzK07NDcYTHn4xY7sG1MEMU&#10;oyXo1hX+WPM3/wQa5xZ3jS87DKBk8x/ZL1+EJ0mSJEmv1RsIYAw0lGg9hB0LG1PuZZ/Q0ZhhYarB&#10;0tzEmGBkVpIRU9pSPacGk9w5yfdksBm1Ro7hu/b5uLF+KY0aDaBEk+kM2xGBy7Cx/NQr6RKQmpIf&#10;NaVVvjD+mDiW0o2nM+VwmJJugtOQkSzplIeLqxZSvXpP8jj0okTLWQxfe4l7Se98UasxtzDBxMwU&#10;05e/tUeSJEmSpAyohML490sLu7bF+NfbSE9EwG08rwURqcmBvWNpSuV8Nn7Thwbg6u1PqEVBnJxs&#10;yZ8sTooKvIPnlYeE6s3Ia7iBt3QerN9QCChJkiRJ75Mc9l2Nf72YDyiAkSRJkiTpbfGyAYxsP5Ak&#10;SZIk6Z0jAxhJkiRJkt45MoCRJEmSJOmdIwMYSZIkSZLeOTKAkSRJkiTpnSMDGEmSJEmS3jkygJEk&#10;SZIk6Z0jAxhJkqT/CT1xcdpX0x+cJH2AZAAjPUN7eS+fffot33sn69VSeuNe13p4e9avltMrF9Bm&#10;7D7OfVBVTY/v/jU0r9eHApV6UbTVWo4mdUmSBUnrb7HcPl8hHUF+ftwMkmX6LpEBzFtDh+dPc3Fq&#10;OAyHBsOp1vl7lntHG4clp+XyluU0bjFCGW8Yjm0X87PPqz2H0z3w4z+PS1xI6qhS+p94Xevhhacb&#10;GYjrsYtcDX1V+dERcOUSJz18+aCqWpQX8+fs53z+xqxaPYnlAytRJI09cYTfVQ643iU4Vdkkrb+L&#10;cvt8ZfQPDtG/9QRqjNpvTJHeBTKAeWvEcNH9IjfuPcb//iN8zv/H198fwzf1Pir8DIuXHOfM7YfK&#10;eI+5c+0cJ6/FGwdK0usTe+4vBgyZz9cnZH17GVpfH84FqancpjWd61WhQ8dq2KfqmxbiObNmGd2G&#10;bOGQ7N3+tVPnLE37ro34rG05Y4r0LpABzFskqVeqbOVKUErZoUV6nGTHneQRjJ6Hh47z92OBWflS&#10;VDTu9F5ZZ1YvKi6U65dvcfVBBntabSR+12/ieTmAwKjXcOaYlTxkxXPkMzLQF6+rQURkNJo+hns3&#10;lOldfUBwGq3T2vBHXLlwAy+fICKfo1j0kUHK73y4eDeCV9forSM04C5e525yNTAm3Xsz0u09LS4M&#10;nys+eN3IoEwM41y+yaV70S9w70cs95WyPOeXcpnjgu9zXllf6a36zMtYR4i/L57n/fAL0xnTklHq&#10;hO9VHzyvPyIkS4WtTC/AD6/zt7n+8Nly1EfFEilUWGezMvaEnw5jOWe8fcfxwOcWZ32CiTKmPCue&#10;R3du43nhLveep5KlSanP125yUakfycUGKevg/E2upFtvMiljRebTMIoK4tIFXwKec1m0YY+4rGwz&#10;526GPFsPzEvSd9oQFnQrZUxI5QXnKb1eMoB5C2nsqtO2tLJri7/B9j13n+6s9Y/ZsfMcocKMGq2c&#10;Kawypr9u2gdsmzaFio3msPSaYeej5b9FU3AcvJeTB9bTuskwnD+ehEvDYTT8ypW7KfZP0XhtWkGj&#10;+oOo2GYyjT4eS7k6o/n4W3d8ExZMz83186nQaC7Lk10K0z86zsBmQ6g374Kyy0yi4/IvX1OhyTK2&#10;KEeSrOchKzLLp0HSPPdwcMtiajf9nIbtP2fsobRuYNBz/9gWOjUbRPnWyvTajaR03YkM+SNxfWp9&#10;TjDh01GUrDmcGp2m0vCjYZRuNo9vPSIy3nnrgjmwdC5V6w5TfjeF2k0GUebj5az3MSxwPEfmTsCh&#10;y2Zck2cpzpsvWg+l8eKryuEuLTqu7f6ZNs0GULLReBp2mYxLg0FUGbiDUwmXi2L5a+ooHEYexV8X&#10;x98zhyv5HojDqCPGSz+RePy2hDp1h1Ct/RQath6GffN5LDgdlmxZ9Pj+8ytNGyrjfDyZWo2HUXvC&#10;Ya5mEm/GeWykUZP5rHBzZXL3kVRQyrJe06FUH3WQy7GhnFgxn+oNR1NXWV/lG89i7umn5ZeVMtY/&#10;OsfXfUdg3/hzGnWeQMXaw+my/q5SIglDeXByM+0aD6ZSuyk0ajOcMo3m8WMGl2zDLxxgWOehyngT&#10;aNh5Is5Kfar62e/s8TdMMY5/Zo2h/OB/uK3Tcmz+GErWGkKbVb4pAjKi3RjRdBi9tz9GF32GcY2U&#10;9VJrGJ/+EWIcIVGc/3+M7zqC8h9Nor6ybA6dfmHXvZR5Czm7j/7tBlO2+UQadRpP+bpj6PLDBR6l&#10;vwjPirvCV51H0PVXb9aO+ZzKbSdTp91PicPCrrNy3BeUraesg86TqaHUm2qD/uBY0NMZZFzGiixM&#10;I6ke/HD8EH3bjqJWpy+oPX2rUq+H4DLNlSDjeAn04eycOhaHT7Ymfo+4yS+Tp1BOmW9NZZup12oI&#10;ZZrNYebBh0/LXVnGOV2GU3feeWNCOvOc5WEcKr0NZADzNtIUpl0zW0yUTfzC3yc5a9zKdLdOstlD&#10;2eNbladD01yZrDw9AduX4NxkBJUaP/txbPYV357PwlFeH8KBeQsZuSMIh3696G9vOGcURAQFcddz&#10;F/1mnsd24DgObJ7InEaWnN+4hjlHks4F9fjt/IFuX54guGpHflk3lyO/j2NWQ1NcVy+j76pbyi5d&#10;TdHyhTEPvMCfRx482amFu3rwj18wFw6445501NUFsv+fi9zPbYNj9qzmISuykk+DxHn6n93DqO8D&#10;aTp7Jgd+Gc7ApKawZHQ+fzNw3HZcs9dh0eqvObbpC+a3y86Zo9cJU4aHXb7E1fx1mb96IeeOr8D9&#10;157UVwKNb77ex6UUR7Pk9Fxbv4z+K66Ro3V//tg6jwMr+9Ittw/7vQzLqyf00WPu3w9JmMcTumge&#10;3Asm4HFUOmfzUZx186dQ275s37WMq8cWsevzisSd2Mqk3/yUnbwpVTp0ZWo3e3KqTZQAryszxn3C&#10;tE/Kk1ut5+7OVXSff5G8vb/A2/N3/A9OYmSRG8wb/zPbHiYehHS39jN88t9cylePRb/M4Z//64zj&#10;1c0sOJLWfV5Picgw7t27yuJxv/BfmS5s3TKTVT1sCPxnHf37zqXfLnMGLJ6tTK8TtXVX+G7uXyTd&#10;25p5GSsB6crVLLpsw5Stq3l8cQ1eq7vRrJBxfSoHtW9n/sm5Ul04dHoDjz2W8MfoqtiYJg5OTR/w&#10;L0OH/MzWEHsmLJrJkW1fsm68E2Zeuxkweidn40xwbNeFaT3Kk0+twb5FJ2aM7cbwhvmVbT0Zs5L0&#10;GN2VvlWtUZsWp/Oo7gnj9auezTiCQkSxZ9FaXEt24PdNs9ky0YnsV/7h8+/PEGocRX/vGCOHrePf&#10;PK3YdHAtDz2Xsa1fPs7831LG7wlRaktWRfMwMAj3NT8y27cKS9bNZsf8FsoMHrFp6kKmns7O4BVL&#10;8T+/lrM/taXouW30//KUMbjNpIyzNA1jPbh/nf+btplb9QeyZ9MUVvV2wckujut/H+fv5AFT8Bk2&#10;/30ffalSCdPfOGk+43dH4DJ0NHu2zeXvZT1oaXaNJRMW892TjS2awPtB+D2MNH5PZ549ShqHSm8D&#10;GcC8ldSUbelCZWUb1950ZZu34Z4DHed2ncTwZ46atWiTP7PmFzU57Kvxycf16Z7Wp30tXAplNo1o&#10;3FYsZsDGcOpPnsyvve2wNg4xENHWtP92Gss/dcKlSjWGT2lFTU0orm53Eg/42lv8+vMZHtm1YMW3&#10;nejkUopqzjUYPX8Ew+y1eG05yAllRLNK1WhcWHD2hDeJJ5BxuJ26SmQ2a6zvn+fA5cSdjP7BOQ5d&#10;Aof61TA0UBlkmoesyGI+k+hDoik5aCTzP3bApXY1XAqn3oy0uG/9h5PRdgyfN4B+9UpTuaoTA6ZM&#10;w31ZI/IoY+RpM4jd33Wley1bihfIg32tVoxqWQDhc5vzKVvnn4q7xq8bLhNZvjUrZjWjqWMJXBo1&#10;Z96aRazrnN040ovITpfZM1g9qgENyhagUEEbGvRuQ/uigquXbyu1QAkynevSs24RsqmUv6s3oG/X&#10;JvSoXQgzrS+//epBuFMHlg2vQglrE7IVq8LnXzSlXIgnmw8bWmF0XNx9hFMxNgyaM4D+dcpQo0lr&#10;Vq4ZxafFM7yIkkjEkLvlCLYry9y4sgOfjG9Py5yxXL5XhLk/j2JkY3tqNOvI5HYFETev4fY48WCW&#10;eRnH4HPnMRQsTQOH7JiYWFGyZiMGNS2UeGkn+j4370MRx0pUya3BJHsh6nduQWvbtHabOrw372Zf&#10;UGEGzhvJxNYOVKtUjnYDhvNjH1viLh5ijbuOQtXq0LN+UaUcVRSqUk8px0a0KmtpnIaRJh+12zak&#10;SQkLVCbK3x2aKOM1oKFt8jBHTeluY9g1txUtq9rTom8fhlbTKEHKJS4m1FWlzLfuYW9EOSbM6USz&#10;YhaYWReg6dBefFY6gv1/emCMLbNIT3BkIcYt7Et3F3saNbRHe+0wyw9HU2vIYCbWL0g2Mwvs6nVk&#10;dreiBB09xt6E9ZBxGWdtGkb6CCKKt+enqQ2oW9WRFlVL0Lx1ZXJFXmDXkXBjQKbn8VE3TkTn5aPW&#10;FdFePMjSI2GU6jWM1cNrU7dSKWo1b8fKhR9RIf4mazcpO5SMPDPPfMYB0ttABjBvKXWJGrSpqGzi&#10;uvvs3n2ZqNirbNx7F63KmoatnMk0flFkq1iPCSO7MmXUs5/JI5pRP39Gq1/P7V3/R+8f7uOiBC9r&#10;ehXHyjgkicqyOHWcsj+pROp8BSmmHEdDQyMTdib6B1c5fUtgW8cZp+T7aDNbmtTMj+rRLTz9lDHN&#10;ytCiVi7iznpzyHAmFXeTIx4RVPykNQ0s73P0mL8SEig7phNn8dQVoWnDYk/OWDPLQ1ZkOZ9JsjnS&#10;r6tNyrPm5PRBeJx/AEUdaFQyowO0nhC/Gxw+cJLNO45zMkCH0McTnU7kpX9wAy9/KO5SKY2bPl8B&#10;XSS3zp1j957jbNh1mbtagT42joyu8uiDlYDhhp6cFuH8u+MI6/9I/Gw6H6aUj5Zbt+4r/0bjfT4A&#10;fd5y1C/3tPlCna8CDcqbGb9lQGVBpeplyZO0ki3yU1ypu5qSDjQo9GTNU7RIbtQiipDQ5O1MGZWx&#10;Jc7OJTG7to8hn+/kr+sRT1oAE1iXpnZFEy6tW87AVW5czujpK30wrp4BiCKOfORobkw0MKFCvQrY&#10;qkI4Z6gTr4qhTFzKPS0TdU7siihbaHgEIYbF14fj6nUXfQ4zgv7798l6Wf+nD4+UKhnnF8CtdFv6&#10;0pajbjP6lEqqz8r26HmNK3prLEMusCFp+n8cwzNIGSf+AdcTnkDIqIyzOo0kljT+pEmKup+7fi2a&#10;54nhxP4ziQGZPoy//7lEVNHqdHI24Z7nVa6L/DRuXDrF/svMvjL1bFQEXvIxpqTn2XlKb4+k6i+9&#10;bTSFad+sNGYI/A8fZ++hf9l1V48qV2U6Nnx6wM5QZBBXryhnm2l8Llx7QHAmV5D0sbHE6mN4HBSb&#10;xWBAOagoGdOLxLH1QWEECxW58+ZIdbOimry5rVEpZ9bhCXd7mlO7UUXyxVzlwKkotLfOKweafNRp&#10;1IBmVZUDyAlvbmujOXriKjFFlbOgcimnllLKPGRF1vOZSKXSoMkoC8pZW3C4Ml72bCgn7mky3Bfw&#10;zYBRlG82nZ7Tf+ebH3aw1iPjZn19SAShSj5z5cyW8c2fz03Pg1Nb6dR8KFU/+ZbRC7eycNUhTj7M&#10;+PZRAxESrhwwBUFnj7J45Q6+S/r8coFwm6JUKq6UqU4pD6X81DmykeuV7HFUqNMI4NWqxIkn3WSc&#10;eRlrcOg/lt9GVEIc30zPdiOoPngT+5JuoDKxZdSScUyqJTi05DtqNx5H18Ue3EnrwK8cOB+FKjnL&#10;lZP8qVaOJnd2cqkEERHPc1nz+Wk0SqEoC5+wfCKcx2HK38HX+f3HZOtl5W6OReanXLnC5H2uSqRC&#10;pUw/+U+CgpWTBCVQct++M9n0d/B/p6OxLV2cUrkN6yPjMs7aNIxUKkwMG3dyyslEp4a5iPRwZe8j&#10;PfrHZ9jlHkfJZrWobiZ4FBSBUGUjf95Uv9NkJ28OFSIqk3WS1jylt4ZcM28tNXYtaigbobJvfOjO&#10;tG9cua9XUaBhHZrlMI6SIT03NyymdvuJ1E3jU6f9V8x1z+hxWDUlOw1hfgsrvH/8gamHQzM8uKZF&#10;ZWmOhRKAhYdFpTyzVaYUEhqVsGPJY9xBWbtUo37OaE4dO8/1Uxe5kks5W3fIQ6PaJVFfPsvBOxc5&#10;6B5D0TpOVM3CSfvzeJ58ZonKDAsljyJaCXzSjAFiOPT9Sha6W9P7hyXcOv0D3gcWs7FHBq06CpWl&#10;mRLqCSKjYtK5l0U5yCg7XGXO6QxPR9Q55kzezsnsjdj4z2puHl2K174vGJhh61EilaUFlkrgUOzj&#10;UbgeUH6X/PPPQtZ2L4LGWB565WAR/ryV6IVlsYxN8tBsxAROH17IhjGV0bjtpP+kfVxPimEKVmHS&#10;8m85t3sC0+qqObFqKUN/C0hVTxQqc5TVg4iMJDTVQF1oJGGGwDPXy1zme05KfrJZKMdpm/qs3pN6&#10;vSzh1JJmlHnJKNjKylwJavLT/dtFKad/YAleu8bSv6Rxm8mgjLM8jXRZUL91dYrGXGb3oSACj7hz&#10;KrYo7VuXUk7+VFhbmho2RELDUlU8XSQhEQJVzje4TqRXTgYwbzGNTXXaVU3cAO89iEao89Dyo0ok&#10;u5UvA0oA1G0EB7fM5uDmZz+HNk/i82rp3I2YRJ2PLrMG07/YQ36bvop1d57ZbWdIU9SWcrkEt90v&#10;cjP5T7UBHHEzXGIphUvSJYDslWjubEmI638sPnYL88oVcLFUU7ReJRx0N9j340mOheaiUZMyykH8&#10;eemIDItJ956Y58pnVig7ZIeS1gi/G7ineCpEy8NHEeh1j/C+EoKqTE36Nyig7IINBHHx2gwDD02R&#10;YtjnUPJ59lrKp6ziQnkQYpiPiuzWSigWFkzAk0hBzyNluc5ncB1Id+8mFx6pcGjZjOZFjdGhPp44&#10;barcqNVKrTK8/v7pzNUFbCmfT+B/yYeA9KqHOjv2drkg8BYeyS7F6UOv43o9vbXykp6zjNU5itJ6&#10;8AgWtMtDzOUbnE+RLTW5SlVn/MK+dCsYz/nzd569rKas84plsinr/DLHUlz20CUE5HcogFOV57t/&#10;Qm1oZtJqlfVgTHge6txUKJMLce82Xpm88E4bFUnEc68GNYXKFqWgeMS5C0HPBnRpeLaMn38aabFw&#10;rk3rovH8t/8Ia/dfIrZcDTomPGygxrZsMfKIQE653k8xfUMr74m7UNzR3pjynLQxhES+yIqRXiUZ&#10;wLzNlACidfNyT67dqos40alG1g/f6hwFqVrZnupVnv04OxalQBZaMtS5qvDlgo44x3gy9YudnHme&#10;VnDzSvRuXwQu7GLYvJN4BoQTdPcaG+b8wPLL5tTt2QyXJ3mwonGj8lg9dGPraR1ValYgp5KqsatM&#10;Qzstx3a5cj9PJVq+QPNL1D8/UMFlIF1+D0q7Fem58pkV5jT8uCbFtZdYPHMHB26GEhRwgy0L5tJw&#10;wjH8VbkoVtAc/Z2L/HPdcDdpDNf3/sb4TWmc2SdnWYnurQoQ7/4nY1d5c/1xOH7nTjB9wGQG/GlY&#10;Ng0Vq5Yge+xFVn5/mssPgzi7ey1dJ57ioVn6N01p8uajsKUen9NeXDY8hBEZwPZ5P7PmVsrSMsmf&#10;i3wqLWePu3Pj8UPOXnlEnFl5enYojvD4kxHLPbiW8I4PLUG3rvDHmr/5J+HgaUqNlk4UFzdYOXcX&#10;//qFcPfcMSYN/J5ffdPP10vRZKGMtTdZMX0tP58OJFynJ+ruOfZ5haEuVoTSSmyvvbCX0XMPcMwv&#10;Gp0+ljsnz+AWpMKuRGHl7D41Mxp2qk8ZbrJ08m9sPf+IoOAHuO9Yw7A1t7FyaUG/qs9zI4WGQgVy&#10;olLyeOhQAA/9b3Eh4HkOmKbU7tiAiuIyi6ZuY69PpLJWlFg3JID/9uxh1b/GbSHalaEN+1N60H4C&#10;Mo5znmHu3JAeZeHUjyuZf8g/8R05cRHc8DjF8vWeidPLpIyzNI3MmJWhc/PCxLnv4ntXPVVb1qKs&#10;sagtajfikxLguXoFU/7ywS84nDve//LF5L84Z+HAoG4vEsDEsmvSMOxqz+OnTIJD6fWSAcxbQ0O2&#10;HJaYqE3ImcPCeK1ZjU2zejTLr0GlNsexXX1qJcUvGktyZtegNrUkh9UrPgiYmWCmNsXcuJe2qvQx&#10;KydVJ8fFnXy+1jchzUwZR62MkCKcUpkov1FhoQxLzJEZtUaO4bv2+bixfimNGg2gRJPpDNsRgcuw&#10;sfzUq4hxOQ3U5K1Xnfo5lV9alqZpLeNj4iZ2tGhQCFOhpkgDF+omuxMva3mA+PAoIoUGa2uzdCp8&#10;1vOZOE+lbIzf02NdsxsrRjti4raFzq0GUaLRVIbuiKVlVyeKqLPRbmhnGltcYlrHgdg6D6TRkhC6&#10;DKpNYWXaFk9mlnI9JDSXjx7G1DoaTiz5BufaA6jY5Qc2RDvRt3EeZdnUFGjdjWmNcuCzZQk16w6l&#10;4ZeXcfhiKENKKdMyM7a4pZ5urhpMGO6Ipcd66tf+DNvaU5jzqC5jP8qNhTJSUnY0xevQr1EuHu79&#10;AafaI2g27wyP9SY4DRnJkk55uLhqIdWr9ySPQy9KtJzF8LWXuGc8s7eq0ZUlg+zR/7eRdk0HU6Hr&#10;ag4W7sgPA0oo68o0jYDAyJhXwyWop0wwNVNjppRV8tsTTMyVdMO4JoY1n4UyVllhHerGlD6jKFax&#10;B0WaLOCX4LJ8PvWjhJdEqpTtMPjAWto2/Yx8FfrgOOQAj506Ma+P4RUHz7Jw7sKaGfUoeutvBnQe&#10;TomaI2k6+V+Cq3bi14UtnlyyUZsqZa9s5xbKMqRPTcmPmtIqXxh/TBxL6cbTmXLY+HB8mmWiSli/&#10;akNZGiu+mWMHVs9uhM21nXT/qB/5HbpToMZYWk3Zw4nA+MSWKG0UoVECE2sLLNLNjqGuqDBXyi0F&#10;s9KM/24gvQr58t2wcRSv1J08jv1x6rWCH1yDiTXMIJMyztI0DJ7ZFpIzoUqbulQxiyfOsgLdWhqf&#10;IjMwL8fkxf35pEgAP46fQsWaA3DstoINofZ8sWQkg55cokpjGdOdp46w8FiExoJs5hmtQ+l1UwmF&#10;8e+XFnZti/EvSUpOT0TAbTyvBRGpyYG9Y2lK5XxDG74+hM2jJzD8Wi22bOtP4wwveb/6fMY89MXj&#10;0gMiLfJTuUpxCiWPfCIfcebsbR6q8lPVqTgF0z2KpxZH4NUbnL0bg6VNCaqXUwIN45BEMfidv8bF&#10;xyaUqFKOslm8czYi4AbuV0JRFylFrXK50g4q9MrZsec1roabU8KxHA7J7gSNCryD55WHhOrNyGu4&#10;gbd0HqxTzFpPuN8NXG9EYFGsNDVL58jwnp9XItMy1hF8xwcvn1DirJV15GhH4eRPomkj8Llwk2uP&#10;4slWtARO5fI88zReanplnmfP+3IvSk2+UqVxKv7iN13rQwNw9fYn1KIgTk625H+RAosO4sL52/iG&#10;CSxz56dc+aIUtjKsGD2Bf35Pram+dFw1l2/rZLZk6Ynl3hUfzvtHorfMjm0pO8oVtEh2spBJGSfI&#10;bBovSa9sE5ducCkwBk2eojg5Fkr3BvvM6B8ep0/bFVz8aBJHZjgmtBRLLyaHfVfjXy9GBjDSey3u&#10;whaa9DqFy7I5fFcva3cPSdIHIe4mc7vOYlvVcRyaWYXcxmQpI1q8lk7loz32rNvSn6YyenkpLxvA&#10;vLIAV5LePnpuX4ug8qghTJfBiySloPPzJbhCF5aPlcFLlukCuRRSgilffyKDl7eAbIGRJEmSJOmN&#10;ky0wkiRJkiR9cGQAI0mSJEnSO0cGMJIkSZIkvXNkACNJkiRJ0jtHBjCSJEmSJL1zZAAjSZIkSdI7&#10;RwYwkiRJT+gI8vPjZpDsqE+S3nYygJH+B2K45enNcZ8I3tau0CL8rnLA9S7Bsq+2D4r+wSH6t55A&#10;jVH7jSnvntdfd9/+7Vf6MMgARnrz4m6wfMJ8ui05q+wK30bxnFmzjG5DtnAo1pgkfRDUOUvTvmsj&#10;PmtbzpjyrnkDdfet336lD4UMYN5C+sggrlzw4eLdiIQu8FPThj3isjL83M0QIjM7BYoOVqZ1m1sh&#10;OmOCgZYg39sJv89oBxQXHMiFS77cjUhnJtoo/G7c5MyFu9yLyigjMdy7dpOLgU/nlvD650zeAR31&#10;4C5elwNJ0ZofF87NK7e5/sjYzfEz4nl05zaehjxlUjixjwM4d+ku96ONCckZ8/Yyr6nWhj9Syv4G&#10;Xj5B6awnPRGByjKe9+VOaPL1kySz4coyBN3n/PmbXFHKNu2l1RHi74vneT/8wlJPI6NhibJe155d&#10;x69S5ssZn1Cnz14LIr3qmiXmJek7bQgLupUyJqSU6TZh9GJ1NyvLmSSehzeV5fUJJsqY8sQrqLuZ&#10;bUcJ0053BpnXW0l6FWRXAm8TXTAHlq9gwppz3I4yrBYNecrXYfZ3Q+hVSgMRN/nl69XM3e3Dw3jD&#10;D1RYF63IwMmDmd40v7FnXy3/LZrB4Kt1+aHTQ76atR/Xx8pOxKIg7ad8zo9Nw1k2ZQXfHX1AtDL9&#10;AtU/5uf/60x9Q4/FcVf4qsdyrnYYRmffzUzecJl7yr5WZV2Y9uPH8ENPO6wTZuHPlrk/882uK9wM&#10;T9xBqSzz03TIcH4aVJ7chrA4YVr/x4U2A2jt/TOf73tAXK66BMwxpfYMV+6HRhGjtiRPNhNU5g58&#10;uW0MvXJeS/xN22H0CtjEuPVXeagcACxta/DNDyNoE/wXwyfvYP9dJVMmOakzeBTrR1QkjzEMDzm7&#10;j/HTt7LzamRC4KeyKkizgYNYMaQi+ZLnSZn+p4FbmfDbJe4p5ajJVZL+s8czr3k+NNFujGj7E7se&#10;RhAaqyZHLktMVWbUnTCX3zrlSphPZrQ+J5j05Ra2nAkkNOEApsKqaBXGzx/BOOdsCWcNugfezJ/y&#10;M/934gGRhlVtkh3HNj1Z/XUjyiorMrPhhF1n5ayfmLf/DsEJC2tOifrtWTqvA/WNBaJ/dI5vJqxg&#10;yX9BJJyMm+am+aRpbOpVFFUGwxI66c1KXUtnHQcuzkHDiWdxmjqLpS1zPD1LCnFlZI+1XGk1lgMj&#10;yxgTM5GF5dT5uzFl/Gp+9gpVDrtqcpWrx5ejirJn7mkcF3zFdCclt3HnmNRpJW5NRvP3mLJPetqO&#10;Pb6G+lOv0+Z7ZbxqhvGuMKfnMv52GsKJSZWMy5iFbSJZ3XqRupuV5Yzz2EiLib50ndeIgKW/sNIt&#10;mDhleXNXbMbS/+tLu1weL113DTLajqwOrUx/+82vzrzeSlIysiuB94aea+uX0X/FNXK07s8fW+dx&#10;YGVfuuX2Yb+Xco6lf8TGSfMZvzsCl6Gj2bNtLn8v60FLs2ssmbCY7y4ZdjUGgoigIO56/km/r67g&#10;MGoSh9YPZ0DJEHbNX0q7/kvYYtWcNZu+Yv3wcug8djJpzS1jS080DwMfcWzpQkYfy8ng777k0K+D&#10;6VM8hD+/Wc5354zzCL/NSZ9cdJk2hVPKDu3y3ul8VVPLoWVrWXkt6YzLMK0g3Nf8yGzfKixZN5sd&#10;81tgXrEBU0Y3xSWHCrNydZgyrjszxjSjdk5DVTT85jGuPy1hgkcxpvw4h73zm2P/yI1p4+fQcdwJ&#10;rHuO5sDG8Ux01nNq1VqWX0ycn/7eMUYOW8e/eVqx6eBaHnouY1u/fJz5v6WM3xNiPJs1Tn/1Usac&#10;ys+YZbM5uKoXrazvsHr2Zv4OV0YxK0mP0V3pW9UatWlxOo9S8je2G/2qZ70zyLDLl7iavy7zVy/k&#10;3PEVuP/ak/px3nzz9T4SVpPOnx8/X8JCTys6zZrMoR2z2Ty1HnnPeeFmyENmw5W6sGnqQqaezs7g&#10;FUvxP7+Wsz+1pei5bfT/8hSBCQurBLIrV7Posg1Ttq7m8cU1eK3uRrNChqNIRsMUWa5r6azj8qWx&#10;jwtg53Z3Hjw5edfz6Ohx/rytp2ylYsa0TGRlOXUB/DTlB1ZdzUm3WVM5pNSNL8reZPq4rfwbEMSD&#10;COP5mS6Kh/eCCXgUnaLhQBcegv9DZbzwpNRoAu8H4fcw8sn3LG0TL1F3s7Y+lS07Mox7967y/bjV&#10;HLVpz7pNs9ky0YnsV/7h8+/PEPoK6m5m25FpRttvZvVWkl4xGcC8LeKu8atydhdZvjUrZjWjqWMJ&#10;XBo1Z96aRazrnB3txYMsPRJGqV7DWD28NnUrlaJW83asXPgRFeJvsnbTJeOEEonobHy8YCqLPnHE&#10;uXp9Zg1yIleUH/4lP2X7t21pVbUsbYd0oaut4JrXtWQHGkFUjuos/3U0Y5uXw7lWYxbObIa9/i47&#10;99xIHCV3HZasHcWUjytSoWhuipSqyJD+NbETdzl3JXnzuJ7gyEKMW9iX7i72NGpoj6Zwebp2rEwZ&#10;KxUmhR3o0bUJfTpUomTSKbEy/8icNfnx5/70q1OGOh/3YGxDayKvP8J+8hRW93PGpZoLE0bWo4Tw&#10;x1U561b2nFzcuoe9EeWYMKcTzYpZYGZdgKZDe/FZ6Qj2/+nBw2TLF5mjBj+tGcKQRvZUb9iabz4t&#10;i8njqxy/qhyMNPmo3bYhTUpYoDJR/u7QhL5dG9DQNuunj3naDGL3d13pXsuW4gXyYF+rFaNaFkD4&#10;3OZ8jLKqvQ/xk3ssjp8NY/EnVXB2sKdljz7s3DeO3rkzH669dpjlh6OpNWQwE+sXJJuZBXb1OjK7&#10;W1GCjh5j72PDwsbgc+cxFCxNA4fsmJhYUbJmIwY1LYQmw2HK9J+rrj27jsldjS4NchLpfpq/ko6+&#10;+nD2/3OBiILOdKplkZiWiawsp/baCdZ7xFG212AWdVfqejVnhs+bxup2eZVa8apkYZtI8CJ1N6vr&#10;00jEkKv5CP6c24qWVe1p0bcPQ6tplEDjEhd1L1t3M9+Oggqmv/1mVm8l6VWTAcxbQv/gBl7+UNyl&#10;EvbP7G/03PO8ynWRn8aNS2NlTDUws69MPRsVgZd8jCmJVJbFqeOUeLnCwNKmAIU0auyrV8Qm4RqB&#10;QtnJ2RZQISIiCXmyj1SRzbEqzQo+rRpm5cvinEvgd+OuMSWRLiwQj5NubPvzXza7PyJeCGJjEq43&#10;PJGjbjP6GC5/ZZkK63LlqWm4pJXADFslSNJobKhdM0/i5Q2FSeF8FFZGCQ+LSDg4unrdRZ/DjKD/&#10;/mX9H0cSP3/68Ej5QZxfALeSTpSN06+VcJ3LQE2BYvnIQRQhockOFC9NT4jfDQ4fOMnmHcc5GaBD&#10;6OOJjlPW5dmb+FKAOrVtjJf9kst8+GPPa1zRW2MZcoENScv6xzE8g5SFjX/AdV/Dclji7FwSs2v7&#10;GPL5Tv66HpHsgJ7RsOeva8+uY0sat3fGJvYyOw88UqaoTDXIk12n4yjerDa1zRPHyljWljPswk2u&#10;63NSq2ZxnkxWnYt6tYoruXhVsrpNvEDdzfL6NFJZUMml3NNLT+qc2BVR1lJ4BCHJm5ZexHNtR6ll&#10;Vm8l6dV7ukVK/1P6kAhChYpcObM92dE9JXgUFIFQZSN/3lSrTJOdvDmUICTqmVv5UlKplN1rakpa&#10;wuSE8l8GlPnmzK7MI8Z4g6Y+hCPL5lK1/miaD/+Rmcv+YNGWy0+aup9Spq9RpbE8zycxj6moVYmV&#10;15BxEc7jMIE++Dq//7iD71YmfXZzLDI/5coVJm9GmVACO7UyIf0ril8S7j0ZMIryzabTc/rvfPPD&#10;DtZ6JF3GEgSFRirr0orcTw50yWU2HIKCI5W8huO+fWeyZd3B/52OxrZ0cUolBGcaHPqP5bcRlRDH&#10;N9Oz3QiqD97EvruGUCWjYc9b19Jex1bV69G2mA63v125pdPz8LArJ2IL0ba1/dNAIxOZLydK0BmF&#10;Vm1Nnhxpl9Vrk3qbSEemdVeRtfWZPo1S/ignDy9dfV9qO8q83krSqyZr2ltCZWmm7NgFkVExSfu1&#10;ZJQzO0tTZR8RTWhYqt2ULpKQCIEqZ3ZjwmsgIgkNF2iyJdyuSOSJzQxfcZmcnSfg5bqaiweX4r6i&#10;eRotR2+IypxsFsqO3KY+q/csxetAss8/Szi1pBllXjaKyrIYDn2/koXu1vT+YQm3Tv+A94HFbOyR&#10;dFaqwsrCsC5jiUy4yzG1zIYrwYGVuRI05Kf7t4tSLuuBJXjtGkv/ksbN2iQPzUZM4PThhWwYUxmN&#10;2076T9rHdUOcku6wV1TXzMrQtWVRdOdOs/NWEHv/uURM6Rp0rpD1SpKV5bS0MEGljyEss8fxlCJR&#10;YnjlOP/Sh/lEqbaJl5Hl9fm6vdR2lHm9laRXTQYwbwlNkWLY5xDcPnuNhBPhJHGhPAgB27LFyCMC&#10;OeV6P8W1fe2t85y4C8Ud7Y0pL0sQdfMW55LuYVTEXriEa4iaEmVtlW967l68Q6CqGO27V6O48XRa&#10;H6clPsv7LeWMXTmYaOPjSXnB6QWpc1OhTC7Evdt4PdsM9ELUylkyWi3KYqWkjSEkMt12dOUg/wjv&#10;KyGoytSkf4MCJN7tIYiL1xoDUzXFytiQS1mXHl6PU6zLuMchBOkzH16obFEKikecuxCUYnh61DmK&#10;0nrwCBa0y0PM5RucT3ab0rPD1K+ormlwbFuLytzizw172OGhxbFFbZLHL9qoSCKS3zKVQlaWU02e&#10;koUpSBBeZx8+HUcfoZTdXVI8Ha+yIpuVIPRBME/iMn0YJ93upBwvTZltEy/j+ddnZl647mZ5O0pr&#10;+82s3hq/SNIrJAOYt4VlJbq3KkC8+5+MXeXN9cfh+J07wfQBkxnwZxBmtRvxSQnwXL2CKX/54Bcc&#10;zh3vf/li8l+cs3BgULdXFcAoO5xLu+g1fDO7rwYTeO00M+YewsesJF3b2ClD1eQvnAdr/X2O/+uH&#10;4Sp+xM3/mPrlwcQz+6zQ5KZgXhXxF8+y91Yovpfu4JfugSwrTKndsQEVxWUWTd3GXp/Exz/jQgL4&#10;b88eVv0b9JzN6xoKFciJSnuTQ4cCeOh/iwsBhinGsmvSMOxqz+On9HbwmlwUK2iO/s5F/rluuLwQ&#10;w/W9vzF+U8CTnbpV7fp0sNFx8qef+O6YMv3gR3jsXk/HTsvYfF+f6XBz54b0KAunflzJ/EP+hCQs&#10;bAQ3PE6xfL0nAYasKXlfMX0tP58OJFynJ+ruOfZ5haEuVoTSqgyGKSfRFq+ormlK1KFTFTVnN/3N&#10;CV1pPm5l8/RSU7QrQxv2p/Sg/Yn5TUNWltO8ai1a2Qg8f/uVJf8F8uDeDTbNnUef3/2NT9YZmdji&#10;UsGSmNP7mLPPj8DAW2yZO58he0IxVw7Gmcl4m3g5WVqfWfYSdTer21E6229m9VaSXjUZwLw1LKg/&#10;ehhT62g4seQbnGsPoGKXH9gQ7UTfxnlQm5dj8uL+fFIkgB/HT6FizQE4dlvBhlB7vlgykkHJmpnN&#10;zEyU8Q2XpJIxNcFcrXzMNclWugZzJV1jZobpk524ipz1W9FDf5i+7YZg33Yxq27loeuMoQy3Tzz8&#10;5GnRkYl1zDg5fxKlnT+jdOfNBLb5mE4FTJXpJ01d+dtMpXxXjoipaQrR6RMnCgadYkjLQVTq9hv7&#10;Et57bvyNoSk6GTNTUzTKx0KTrLpqTDEzUWOmLI+BmWMHVs9uhM21nXT/qB/5HbpToMZYWk3Zw4nA&#10;eGPrR9rTV5kp6erEYYnUlPyoKa3yhfHHxLGUbjydKYfDlHQdYeGxCI0F2Z4sZ2rZaDe0M40tLjGt&#10;40BsnQfSaEkIXQbVprBSFhaG7FpVYOq8rjTWXOLrgcr0aw6nyaR/iWrUlJaGG0UzG25WmvHfDaRX&#10;IV++GzaO4pW6k8exP069VvCDazCxhoVVWWEd6saUPqMoVrEHRZos4Jfgsnw+9SMqmmYwzNBCkuW6&#10;lsE6NtDkp0O7iuRUgiTTqjX52DZZmWmjCI0SmFhbYJFeUWZlOS0dmPJVe6rrzvNl31GUaTiN8ScL&#10;MHFoNVJc6FLnotPoT2iZ9x6/jpuAff3JTHArxuxvWlFW2QYsnjwFl9YyZb5NvEzdzdJyJoxngplS&#10;T5/m1UClbO+mqJVPYvV9mbqrzCIr21F6229m9VaSXjH5Iru3ThyBV29w9m4MljYlqF4ut/EyhJE+&#10;Br9LN7gUGIMmT1GcHAuRO2kf+rLivBipHMx2uYzm6sLK3Dt7hSthFpR0tKfsMzNR8nHuGhceq5WD&#10;YDkq5n/eG2D0BN+6hrtylmdpW5pa9jlfzZML0UFcOH8b3zCBZe78lCtflMJWL7bz1IcG4OrtT6hF&#10;QZycbMkbfJw+bVdw8aNJHJnhSE7jeGmKfMSZs7d5qMpPVafiFExx0DGKDeHi2ZvciTLH1qEMFQuk&#10;Gimz4cpZ9b0rPpz3j0RvmR3bUnaUK2iRLEDVEXzHBy+fUOKs81PZ0Y7CTx7NyWiY0Suoa1GnVuMy&#10;4Bilpy5ie898xrzpCfzze2pN9aXjqrl8Wyf5s05pyWw5lSmGB3LG24/HpgVwcrbF+p/F2I+/SoeV&#10;y1jWIFlQEfUIT+87PDQtSPVqRcmT2fI81zbxsjJfzqx6qbprkOl2lMH2m2m9laREL/siOxnASE8l&#10;31l/VzNl4PTB0+K1dCof7bFn3Zb+NM30CCAZXu62d9JYeu635du/J9E/6Sw87iZzu85iW9VxHJpZ&#10;hdfxipCovekEMM/rvdgmZN2V3k7yTbyS9CboArkUUoIpX38iDwBZFeLJliMhWDnXoHX+p7sanZ8v&#10;wRW6sHzs6wlepFRk3ZXeU5pZCuPfLy328UXjX9K7SUV8lKBotWrUt0/Wh42khPo5cGzgTI0isjk8&#10;q3SP7nM9Oi+tezSlrlJuT+4wymNH8yZlKZbVF8K8ABVaItUFqNOoAmVzZuEu3XS9B9uErLvSW8o8&#10;bwXjXy9GXkKSJEmSJOmNk5eQJEmSJEn64MgARpIkSZKkd44MYCRJkiRJeufIAEaSJEmSpHeODGAk&#10;Sfof0BMXp018Nb0kSa+cPi6euPd8A5MBjPQaaDm9cgFtxu7jXFKHNNoIbl+/z6OX6vPo7ae9vJfP&#10;Pv2Wxd4peuKRntDju38Nzev1oUClXhRttZaj73mdeBck1dvv3/p6m8a+RUpB53+aL7oPoYhjLwo6&#10;jWXyqVfSZe5bSQYwbwUdnqtmU7XRMKp03cjxFDv0CPZ8NZmqjUdQtfMa9oYakxPoOPfzPJwbD8dp&#10;3FEC9PGcWDSNyg2GUb7+UMor/6/QZAy1un7DkO+P4RXypsJxHQFXLnHSw5fEfuP03N+yhBptxvPp&#10;hocJY2Qmwu8qB1zvktBF0jtE98CP/zwucfEV9Yr9rpZDuqK8mD9nP+fzN2bV6kksH1iJIm90LxTD&#10;LU9vjvtEvP2tP5GBuB67yNXQ15/TpHp74RXV29cn9b7lf+1tq08xHFj+Kz9dzsWn8yezdW57Gr3H&#10;/VDJAOatoKKQNfgHPObWxTMcuZqsW+foK/z19y1u+j/k5oX/2OURaxyg0D3kyMFzXPd/TJhZNnKp&#10;47h5+Ra37z8mICiamNg4wh894NJZbzauWE6bAX/g8T8521WTy7EmfTo3pYtTDmNaRuI5s2YZ3YZs&#10;4VCyxf3wvH/loPX14VyQmsptWtO5XhU6dKyG/SvpBCuL4m6wfMJ8ui05q+zq326x5/5iwJD5fH3i&#10;/T2Dfue9bfVJG4jnpTDUDnUY1qYKTVs1pHmpV91n19tDBjBvBTUFazrgYNiRa+/hfjb0STQfd+UK&#10;7iHGdw2KcNzcb/MkBom8jltCsGOBS61yJO8Sz6xGT9xPr8b3zAr2DSmdMCzi0nG2vK4m4rgwfC7f&#10;5NK96DTPRCwqNmHB15/xWaWUr1/Vhj3k4nkfLgckdt3/RNIiJ/7vGdrwR1y5cAMvnyAiMzz1iefh&#10;zduc9QkmypjyDH0M927cxPPqA4LTKJ7YoPucP3+TK4Exz3mWFc+jW7fxuvaI8GQxaUrKOHdu43nh&#10;LvfSWpBMyuHFZDJPo6wvdxbK2EgfFUukUGGdzYr0dquRgb54XQ0iIsVMdYQE+OF1/jbXH75cfhLK&#10;8nkLNDpYqW+3uRWSfEVqCfK9zbmbIekfvLSR+F1X6tblAAKj0sq1slz+vnie98MvLO1KktVXjWZ9&#10;m3hOhm37ig9eN1Kvk/S90u0zk31LujLZrrO6HbyK+pR2nc7q/FPJqE4pyxwZLVBbW5Hz/Y1bnpAB&#10;zFtCY1uB2kUNq0PHec9rxg1Fj7/y923Dfi3hbeh67nhe5o5xPxd74Sre0cofZiWp75JOj74mOXGu&#10;X5bChsostMTFP++eOzN6fP/5laYNh1Dt48nUajyM2hMOczVVi0Hcmc00bvQFU5Oux+pDOLxkNpXq&#10;jKB25ynUbDSICoP2czXCjRFNh9F7+2N00WcY12gAJWsN49M/QhJ+pvU5wYRPR1Gy5nBqdJpKw4+G&#10;UbrZPL71eNqEG+exkUZN5rPC3Y3pvUfi0Goi9ZXxHDr9wq57yTd4PfePbaFTs0GUbz2ZRu1GUrru&#10;RIb8cTcxmAq7zspxX1C23mjqdp5MjQaDqDboD44FZb6z0Qa6M6XnSMq3nEjDtiMo13oxP19JWSgh&#10;Z/fRv91gyjafSKNO4ylfdwxdfrjAI8Pko9MvB53v33RtOJxOa+4qtcVIKc/NE0ZR7uN1/JtsNtrr&#10;u+nQcAQDd0ckfM9wnkmysNxZL+MkcfwzawzlB/+j1Gctx+aPUZZnCG1W+SplreW/RVNwHLyHg1sW&#10;U7vp5zRs/zljDyWG6uEXDjCs81DKNJpAw84Tlfo8iKqf/c4e/6cH/KzkJ+rASqo0+I7f7+uJOvIT&#10;FWsOoFSDRax/mFZ+k/K0lxP/rKV5E0N9m6j8fiyfbvYj5vElFg4ei0OzidRrNYxKvbZwLMUl2mi8&#10;Nq2gkZLXim2UuvXxWMrVGc3H37rjazyY6h+d4+u+I7Bv/DmNOk+gYu3hdFlvWKex/DV1FA4jj+Kv&#10;i+PvmcOV+j4Qh1FH0rxskuk2EXKaES2H4DzuaOK+xEAfxLZJyvrvvJH/0m2VjcTjtyXUqats2+2n&#10;0LD1MOybz2PB6bAn21pqr3r7zMq+5VmZbNeKzLaDl69PGdfpLG2Hz8i4TsX8u5pqDebzs5+euP/W&#10;UU2pM2U/3cnFNIO394MMYN4WZiVo4JRTiVMEYUpgcj6hnkdx2tNXidNNqVG/IrmUIEZ77Qr/Jewo&#10;dfh43kDZdjCxr0CDAilXpYgJ5/bNAOUsyJMVq09zS9lxWZSpQ5eqafXMqydg+xKcm4ygUuNnP47N&#10;vuLb808PFsnpbu1n+OS/uZSvHot+mcM//9cZx6ubWXDEEFk9JSJCCAh8RGB4YgAVd2YH4368TdlR&#10;X3Pr4gZ8D0xmWv08mCrBWI/RXelb1Rq1aXE6j+rOjLHd6Fc9W8Lvwi5f4mr+usxfvZBzx1fg/mtP&#10;6sd5883X+7hk3FBFZBj37l3l+3GrOWrTnnWbZrNlohPZr/zD59+fIek2Ip3P3wwctx3X7HVYtPpr&#10;jm36gvntsnPm6HXC9I/YNHUhU09nZ/CKpfifX8vZn9pS9Nw2+n95KuPr7yKKvxas5nCh1qzZ8DW7&#10;5jSm1ANXJk3cyRnjwUJ/7xgjhynBRp5WbDq4loeey9jWLx9n/m8p4/eEoM+gHDSF7ChtHsS//3g+&#10;PSBFXmLfvw+4d9WNPd5Jlxz03D7qxvGHObAvb5X5PBN+krXlzmoZP2WCY7suTOtRnnxqDfYtOiUs&#10;z/CG+ZUhgoigIPzP7mHU94E0nT2TA78MZ2BFE/QB/zJ0yM9sDbFnwqKZHNn2JevGO2HmtZsBo3dy&#10;1lieWcmPecUGTBndFJccKszK1WHKOKVMxzSjds60doOJebrr+Sf9vrqiBA+TOLR+OANKhrBr/lLa&#10;9V/CFqvmrNn0FeuHl0PnsZNJa24ZD5B6/Hb+QLcvTxBctSO/rJvLkd/HMauhKa6rl9F31S0lnFMO&#10;cCtXs+iyDVO2rubxxTV4re5Gs0KGZlhTqnToytRu9uRUmygHq67MGPcJ0z4pT+40sprpNpHLiX6t&#10;c3N330Zm7Q1Wcqfn4YENzNgdimPXJrik2UWSnrs7V9F9/kXy9v4Cb8/f8T84iZFFbjBv/M9sSzPo&#10;e8XbZxb3LalluF0rw7OyHbx8fcqgTmdlO3xG5nWK8vWYMqY5dfKoMClZg4lKnZnetxq2b/IS7Rsm&#10;A5i3hjkuNcpguENE538DV0NkEnudU+dilH1/URr2dcHJcPUlxoeTnspeWx+B21l/ZTeoxs6lIiVT&#10;NRfGe2ymSauxylnQfGYcfozIZkfv4c1wTrOhRk0O+2p88nF9uqf1aV8Ll0JpdYin4+LuI5yKsWHQ&#10;nAH0r1OGGk1as3LNKD4tnnH7ZeTtQPzJg1OtEuQx0ZDTtiK9e1WnpFk+ardtSJMSFqhMlL87NKFv&#10;1wY0NG6FedoMYvd3Xeley5biBfJgX6sVo1oWQPjc5nzydnwRQ67mI/hzbitaVrWnRd8+DK2mUXYW&#10;l7iYcNDT4r71H05G2zF83gD61StN5apODJgyDfdljchx7TDLD0dTa8hgJtYvSDYzC+zqdWR2t6IE&#10;HT3G3sdp72YSqSnWbig7F7aljVNpGnTpx3fdi6C7/h9/nDfsxZVy27qHvRHlmDCnE82KWWBmXYCm&#10;Q3vxWekI9v/pwUNVBuVgVoqWdfKiv3iWgw8S8xHjeY7T0ZbksnzMkWPGy4zKWfahE7cQZarQ0k5k&#10;Pk9lUtrnWe5Myzg5NYWq1aFn/aJkU6koVKWesjyNaFXW0jhcyW5INCUHjWT+xw641K6GS2GB9+bd&#10;7AsqzMB5I5nY2oFqlcrRbsBwfuxjS9zFQ6xxT3Z/SCb50RQuT9eOlSljpezgCzvQQzl49+lQSalz&#10;xt+nQURn4+MFU1n0iSPO1esza5ATuaL88C/5Kdu/bUurqmVpO6QLXW0F17yukbA6tLf49eczPLJr&#10;wYpvO9HJpRTVnGswev4Ihtlr8dpykBNxMfjceQwFlfrhkB0TEytK1mzEoKaF0ChlVdS5Lj3rFlHK&#10;Svm7egOlrJrQo3Yh0spq5tuEKdUG9OX/2zsPuCiO74F/74CjK6BgQ+yIiAhi79hLYoktliTGFrux&#10;xRbTNEZjNJbYEhNLYmKLJf7UqDHGGguCCAgiCIKiINKLUu7+e3Ag4AEHkvw1zjefM8fu3s68N++9&#10;eTM7uzu+XhK/fb2To2HXWLz8AsnNB/L5ABvtl/Iywti+1YNEt/6sneRCLVN9zKq7MPuDLjjEebLr&#10;T+2zMGXnn6WNLUX7tZUuvpcjWBnYkzab1rn8vOhgUxcs6jOwvwv1TWXIK9kzRKrPiE52mGtO8V9E&#10;JDAvEOWbN8RFbfwZ4VzxTCEtMACPGBVy67q0dmlIq3qS46qSuOIhdVBPgrh8Qwre8vK0blnrmcAm&#10;t65F9y7N6N2hIY1tFNLPQvlu+kLe3hUhufCzmDm1Y9aUwcyf+uxn3uSutLfWZiqpXPOJQFnBgfYO&#10;T2d25BUb0qFBEb2ChHljB1wMwtk4Zy0rT4QTq32CpxCUxIUH8eeJ8+zaf5bzEZmolOmk5u00ZUY0&#10;au6AVU61JT3VrCplb4lJZC0pkjp3D58osHXEvWD2J53/kWcgAUpTjON8+fnXU/yU9TmDZ4x0bHoU&#10;t8K0RRkNUtluHVyonKsyfRpJiYyV8iE3g1Kk0ydyyesuynIKYv4+rTm39DkYTLR0+rTwCEI0o1Xt&#10;GNC0QyMqpd/ij7PqjiSDa38HEFO/CxNbGXL7wjUCpd8rY69z0kdJvXZNaCDXpcwSyl2cjkuKmTOj&#10;BleTtKVBGcslzwhUVZ3p5Zx37ZQ+Dds1xE4Wx3V1G+ZQ1vWRkBnXoI2bWW6gNK5mQ2U9OfbNnKiW&#10;YzZSgmlnI5N8LBn15Kgy6iYXQ1TYtWmK29P8TEo87ejc0hpZdAie4YY0bVobReBRxs8+wP9uJWn1&#10;S90pxieM6zNzfldqR57l/eEb+SnGnhnS33VzZCiAMjaQy0FKyhslcnp/jh2cYqdPgqT9DEJCHkj/&#10;FkYZ+GdpY0uRfi1REt8rC3t6xqZL5/u62VQRMek/Sk7TCF4A5DYNaWOvdrrHeHkFES51JkGSMZs7&#10;N8DVpDLtmqpHS9nrYIICA/GUvEhmVp8OTZ51aP36nVm/bhY/f/sRZ44uZHoD6byZcZzYfJyLeQNJ&#10;Dskx3AyQRklaPr6BUdoTjMwkYpOUyMup74DSbNMRffvX2bZmIB1V3iyePBvnXstY9GdUEUExG/W6&#10;gS/GTKVB14UMX7iDL9bvZ5tHYdOu+dHTk0kJoCr7WKVU90QpRpmbYaklzsXEJqOUgs2VfQdYsXF/&#10;7uebi6nY1a1BHW1z+UUgL2dKObmKlGRpGKpK5FGCVI/YW+z49um5V2w8xJlkaxwcqlBBS53yYtLM&#10;jQ5WaVw640N8RgSnLkdLI3U3hnewR3HLmxPhmST87c2lJzZ06lgTfR3LfF658+m4hMhketLvNX+o&#10;USYQHS9ttyiPdQF96FmaYyFTkZRU6NLPLJ6nPlqRybKXo+VD2palFpX0n1TtmARiVTIsK5QrMLsh&#10;p4KlKTJpZJ+YJMNx9HS2T26E6uwuhveZTLP3dnL0bsnTGF19wrxZT95pLCMqKh7TVu4MVw+ICkEV&#10;lyh10ipivP/i6zx2sOIHXxKr2dKoRkHZsikz/yxtbCnGr5/X90pqT8/YdCnL182myszKXxpK2O0I&#10;/lH0qtChmTpJURF53Zfdl9WXAvRxdquPufr/zeyxkvwn45Y//ztzi2CptzdydqKtqeb3hWFWi46u&#10;llmNnRkdgzQgKoCS2z9/Teu+c2ir5dOm72csyTtVn4NMgZGUOylTUkgsse/oUbX9QHb87xv+XjeE&#10;TnI/Vsxcz8bbRZ3oMSdXbWT5FVPeWr+akIvruXbia34ZlmeEoyuauqtSJcfXMpoyMTFEpmfN0K9W&#10;4nViTZ7Parx+m87o2iVzHWWiWkdyzMpJIziZIWZGkgaqtWfz4bznlj7HV3NhdVeK6FuyMXGkewsz&#10;Ej2u8VeID2eDzLJm4qq0dsZVFsrJsw84e8afpMrO9GwkaUfHMsta7udCqrOxuo2Sk4kvYLOZ8ckk&#10;SAHdwuLFmyCXGRtiJPlwYkJKgVkVJXHxKahkZlipE0F9K7pOnsXFP5fz8/uN0bt8gNFzj3KrRDmM&#10;rj6hJObMfr7zNqR+PUuSTh9ilUfeazr5kRkbYSxlZdX7TeVSPjuQPseXs21oVS0JTNn7Z4ljSzF+&#10;XSa+9zyUsnydbeoV49WT+IVGSlJa1KeiOkkJPM0PHqnSpiq0cMtOPkyaOGavYXkcyPe7g0mXQkjD&#10;5g3RenUnD8oYf45cVi/ek05nZ0v9Z9bxyqk5ZDJ/7F7EH7ue/ZzcNZfZTbQs/pWbY1/TAiJD8Mgz&#10;famMv8WlW9qmebQgN6V+l/58u7AdVZ+EcjUgO1GSy9VKyCBNStJyyYzmWkAcsnotGd3BRnJoNSrS&#10;0jOyRr4lQuqkHWubogoP4kq+Ox8yeBidgk19WyqpornuG1PyqX3VEwJ9Q8m+70dNBj4et3ikVxkn&#10;e2NJOEsa1rNAdT8Ur2KexqVVD1mY0KFjA8wT/Nj3nRfeinq0czWUcuDGdLRX4vnnAfZeTKJSm6Y0&#10;kwK6bmXKqfw8cpc1Uhs51TOT2sifM/ku2WVy64Ifd7DBzaWiZpuuyFAPojPS0yX/+WfQs7XDwUJF&#10;6BU/budVYtZMmfryRh2aP72+iLycLb3fm8yXfax47B+kWcCv3iGXWkT9yoUiWkJXn0i4zuKlZ4hp&#10;8gbbv3uLvpZ3+W7Jb1wt5I4euY0dDSqquHcjWMuApxDK0j9LG1uK9OsklCXwPd0ooT2VsvyS2tSr&#10;gkhgXjBMmjiRdcNNRgJRcSrkVvVomZOSl3OkrYP0XZXKg6jHqKTkpn2rSlpGQpDufZB+b8ylQ7+Z&#10;OHVdyqYgyer1rRk4vgtOWoZD8nKVcG1sTzOXZz9NnW2xUXeCz2BAix5u1FAFsVEKhqfD47h7/Qxz&#10;x65ia5jk1YWSide2b5n7iy8hSUqUqVGcOnmLaHkl6tVSV06PyjblkWXc5uTJCB7eC8E3QurB9Syo&#10;XskQ5R0/jt9Sjx4fc+vIdmbu1L6up2gM6divJTUybvD1x/s5cTuemIggdn+5hI6zzhDdpCPD6sOF&#10;bzey7OQ94tQJRFoSQR4XWPeTJxFFxh4lflu+4s2Vl/CNjCPgxM/M2RWBomEbBjqqW8uA1m90wEnl&#10;z8oFezkSnP0MnLS4CP4+fJhNp2Oyks1C9aDBok0TWhnF8b9DvmQ4OdFOPRmhV4VOravw5NJZfntY&#10;Dnd3e01HoluZhk2fR+6yRkHHAe2px23WzNvOHp9oYmKjuLJ/CxO3hGLSvDujXEs4ttezpFIFGel+&#10;3hwJiSfsxh3Cdcy1dcawEW/1rQq+vzFx6Xk8IxKJuRvIz4vXs87fkLbDu9JcfpsNC7fx/cVIEjOV&#10;pNy9zlGvBOTVq1JXM1bQt7aQBjMZeJ+9QtCjh3gHRD99BlQOOvlEKme+2c72+3ZMnN0dhyqt+Hiy&#10;C8b+/2Pu1jvPnlONogHD+9dA5XGQyes8CMx6Rk0GMSEB/Lrld45r63zL1D9LG1uK9ut7Sl19T0dK&#10;bE+lLF8Xm9Iao//biATmRcPcidfbWmKobhm5AdXbu9IsZ/2iXgU6daqPZVbM1qO8Q3N6qhOaXPSx&#10;sVFfbJJynMSH+PiFSCOi+8QqrGnapSdfbf2MdT2tyrTRTVoMZvU4e5R//0KfLu/RcPBm/qjyBuvH&#10;1MJIYfB0cbFCH4Ukj2HWBhnlTZL43xeLcGk6jAquUxiyK4GWE95hQn21PHJq9+pCz4oJ/DpnOnU7&#10;LWT+n+obIM3oM2EgnYxu8OEbY7FrOhb31XEMGteaKoYGGOWoQlOWeir5KTIUUn3k6jpp4p9pyyFs&#10;mOaM/uXdDOw5jlruC5iw/wk9BrtR1aguM1eMZUTlMFZMnEGNRkOxch6N24gNrL8Uy5PChpQG+hgY&#10;1WPqwg5k7F1Nm/bv0WLyYfwrtGLZktdoqOlvFc792bzInWqBBxjaaxTWjkOxaTGdnvMPcy4yXTNi&#10;LUwP2cgtXXi9lakkmSFN2jmR/cRwPZw7uFJHKkdeyZXXm2enL2p0KlOho9w66rggcgPJBuT60u/y&#10;W6FCOp9casP8jzkEo6aD2PJRO2xDfmfMwEnUajmFLvNOE+s6gK3Luz+dbte1PnqVGfCmG5ViLjC+&#10;xzgaDdnO0ULe05BdJ0X+Okntq66/oaH6XqEc9DCUtuspFBhklaOg1ZT3WdG3IkE/rZGSyDHU6ryQ&#10;ifuTaD5xOt+NqCqN2k0wjb/M/HemUt1pGFU7f8kPsfWZvaBX7gBDr0YbRrlb8PDIetxaT6br0qs8&#10;eqaqxftERuBRPtkVjf3wt5jqrM6O5NQcMIIPWujj+cMe9qkfPqLRX7Z/qtHHbfwUVg+wwm/Tcpo1&#10;G46V4whq9fiESdtucF9rJ122/qlzbClAkX4tNZpufvD89lSYTevm+wXRwabUh2X5lqaeWb/7byNT&#10;SWi+PzcJgbs13wSvFkoSw4O4FJSEUfW6tKxbTqdr3hnxD/DyvUtUmjF2jnVpJI3e8qKMj+DStXvE&#10;G1XCzc0O65yTJkdz1TuUhzJrXN1qUKmwSKYjjx+G4XEjimQjaxq71KByvmo84X5AMD73klEam2NX&#10;pyYOlYx0Cg7KpEiuXA0nzqQSTRpXx1pbPVNj8PUJJSxBhbGlNQ4NbKlikv/sheqhtOhQ5vPI/U+g&#10;lNrc2yeM+ylyKtapi1sNs+yAXSqUxIYEckUa/Rrb1aWVfXmd7LXkKEmKCMUzMIZkvXLYO9elTr5n&#10;zmQSeycYr+B40kwl23OuSZW8d5ioUSYR5BnIzURDajk74FjYCtMy9om8pETewTPgIfFKBRXUC3jr&#10;WmFalCGUaV1KF1vUFO3XEjr5gS6U0p5KVX5xNvVyUc5+sOZb6RAJjEAgEAgEgn+d501gXt7UTSAQ&#10;CAQCwSuLSGAEAoFAIBC8dIgERiAQCAQCwUuHSGAEAoFAIBC8dIgERiAQCAQCwUuHSGAEAoFAIBC8&#10;dIgERiAQCAQCwUuHSGAEgn+bjDSelPzZ6oKiUGbwJE37E3UFAsF/E5HACP5BMrm+bRWvTTrIlbJ+&#10;38zLSqovs3uOwn3N7ax3oJSOf1+vGf5HePftr1h1LafWL1LbKgnbsYRa7b9m10ORxAgErwoigRH8&#10;gyiJvBXAhct3iCiz5z2/zCiJOvY7eyJrM6Rfzed4fP2/r9fMqHD+9riBb+5L/F6ktpVj26sDHTO8&#10;+HZfaV4cKBAIXkZEAiMQ/FtkRvPrPm9SXVrRv4ZwvbJEXsGN/m0UXDt0ltxJIoFA8J9GRNEXlOTI&#10;MLxuxpCUb0Y8neg7oXj63uV+ciFT5RkphAfd5qr6mJSip9O1l1GQTOIj7uJ1/TY3Ix9L4+6yQgdZ&#10;niGDmHDpN/4PiCnmsoV22TKJiwjHyyeUWw/LSJa0REICQrhxP7XYkb8y8iqHvTJp1LYx1crS857E&#10;EXgjhJtRTzQbtJCWQHBAMF5BRbV3adpEg3T+IP/bRehBBzvKSCbsZjCet6KJ05aEFCmDCR3b2qMI&#10;8eRIgJiDEQheBUQC88KQwd8r5+P83mH+2P01rbvMpmPf2Uw/md1Tx3kfZXSf96jfbQ7uA2bSoO37&#10;DFrvi/pN+Flk3GP3Z5/h2nIMTr3n0Ul9TOupDNzoj+bt7hJFl5GfTAIPfc9rXcdQ230mHQfNo3mH&#10;cbiM3c+F+OwTxhzbiFu76YzeF5XbaSkjzzOh9wTcVwRQWHdarCxayLx7iTlvTsS+i/SbftOo13I0&#10;tSVZa7eazHtHUqQjipYt0fcEEwdOoJ77LDoOnEPT9uNwfXcHh+/l1DydU0tm4ThoF5fyqiPtGh9I&#10;8nT6+ibZm7PLaTzpGBeObqNX5wm49J1LK/fxNJt2jOvqqhRC/GU/rmVWxM3VRvMmZSW3f1pGQ/cl&#10;rAt+Krwy+ixju46n3VJfHmu2qdvD/4fPadh5LbvjNJukuoQd+Z7O7hNp1n8uzTtOpONnl7ibr/9O&#10;xmP7atq0HU+TvvPp2FvSYbelfHkxIV8SUZo2ySaT+ye201PSg1u/eVl6aP7+CXxSNbt1sCO1HqLO&#10;76JPp/do1Gc+7q9NktppKd/m6kQXGeRYudSjPvc4dyk61x4FAsF/F5HAvDCoSIqJ4Z73YaauiqTL&#10;oo858cMkxjrpo7x/hikTf+S0VU92/rGNh55r2TuqIle/WcPMw3HZQTwxlPPBFgz6cD4XTm7E/8hC&#10;PmuZwcm129gYmBPOCy/jWVLwvnyPyq+PZN9va7l5ZiW/zXYi7dwe5m4Pl7pOsHLvykCbaPat3MGv&#10;UVItlPEcWrGD3Y9qMXKIPQXfXq9GJ1kKoozhlyWb+O6+A18e/J5HXmv48Y2KpCSa0OatQYxwNpIO&#10;KkJ/EaeZMP579sTZM2vlx5za+yk/znRD4XWIMdMO4J2VmSiJj37EgwdxJKj/zCEzlaj7sUQ8SpFK&#10;UJNdTvjF3QxbeA2bt6ZwbM9C1g6qQtSxbYzfGKRJdAqSgf+NMFLklXGok6NvObYNqmAY6cvBU0+T&#10;wMRLHhwPj8X3xJWnC2QzIzl23I8HltVwNs/epEry4NMlN7EfP5MTu+aw2N0Yn1+2sPhUThal5O6B&#10;TQxd5keFtz7gmucO7v0xlylVg1g683v2aha8lqpNNKiSrrDwk+tUe3darh4if9/KhE05eijejkgL&#10;4KuPD3K9ziBOXvyZRx6r+XWaK9UM1Dt1k0GNnq0t9UyVBPiFFJo8CwSC/w4igXnBUMalUnvcFJb1&#10;c6R56yY0r6LCb89hjiQ5MGvxALpWN0JhakOXCSN4t24Sxw56kBXDLduwettU5vdzoqGtJVXrODF+&#10;dEtqqu5yPSB/l/psGdrMwJxBiz5i89QOdKhvQ+VK1ejw1mv0tVVx0z+UrAG2og7TFvTEMe4yi1Zd&#10;5faZXXx8+DHtJo9ghK22c2bqJktB0gP568pjavd+jREOZuibVKLHe51oIYvmoVEDWucpS5v+ru06&#10;xNGYKoxdOoU5vR1p0siBPmMm8e07dqT5nWTLlXTNr3VH9diUXl8s5IdxLWjp7MTbC0cxqraKgGPn&#10;uao1g0kjNDwGlYUV1Uw1myQUjZrQSaqj97lr3M+SPY3LF26SbGaK6QMfTvhnX0tRRl3n5A1wbN+E&#10;utnTN1KPXYVRqxey7m03mrs0YdL8nrTUi+fS5TvZyUNGGNu3epDo1p+1k1yoZaqPWXUXZn/QBYc4&#10;T3b9qZ7BKGWb5CCvyOAvFvDtqOZ59KDkxtELeGZVQgc7Sn3A7QdQ1bkRLpZ66JtXpv3A7vS2k9pV&#10;Jxk06FlRtaKMpPtRPBBTMALBfx6RwLxomDkzanC1p3eoKBO55HUXZTkFMX+f5qdfT2V/DgYTLXVk&#10;aeERhORZL5CZEInH+cvsPXiaXVeiSVepePK4QAddsIyiyEwm5Pp1Dh0+y8+/+XM3Q4XySVruCNek&#10;SX++GFqZiIPf0WvBX0S79OOLN6tqLpEUoISyPEWOTCZVJeNpr6RKfUKqSuqz9KR9mm1ZPKO/WC55&#10;RqCq6kwv57xzQvo0bNcQO1kc132iNNt0R2ZSl+7trZ46kKImrRqbo7x3j4Akzba8KJOITVAiMzXG&#10;PG+FFfXo3sqCNO9rnIyRuuK025zySMLpzd50MH7AX2fukSF10Y/OeeOZWZUuHavnyiYzrkEbN/Pc&#10;OsgrVqK6OcTHJ2d16srYQC4HKSlvlMjp/RpdS5+dPgnSOTIICXlARqnbJBu1Hrq1t8yvB2e1Hu7i&#10;n1cPRdmRaV1aO+lz48d1jN10Gf/cS0s6yqA5Fj0TyplKyk1MJlbc9SYQ/OcRCcwLhkymJ3XKmj/U&#10;qBJ5lCAF+9hb7Ph2Pys25nwOcSbZGgeHKlRQH6+M49TaJbi2n0a3Sd/y8dpfWbnbn9y7XvPwTBla&#10;URJ1YQ8Duk3A9c2vmLZ8D8s3neT8w4I9gzFt3u5EM1k896MNaT+oIw0Ky4x0laUgBg3o3c6cO7/t&#10;YtGhG3h4XmH1F79z1dBB2p4niZB4RjZlAtHx0naL8lgXOLeepTkWMhVJSUUsXNEZORblTKR/00jW&#10;tnhaUpsyS3Wy/AkXhrR2d6Li45ucuJBCRogP5yMq0sa9A11dpU793DVCM1L569xNHts6092hqIaT&#10;I+VzUjnZ5aviEomTEtgY77/4OlfX0ucHXxKr2dKoRjn0StsmhSLpoXxePehgR/p2TF09g7mtVJxc&#10;vYLWnWYw+GsP7kiZiU4yaE6TpVtJuSqlUvpoNgkEgv8sIoF50ZEZYmYkdbbV2rP58Bq8TuT5HF/N&#10;hdVdqSdF8ORzu5i0wZ/yA2fhdWkzfn+s4cqGbtjrNM2ihZTrLJ63j/Pm7vxyfDO3/5LKO/oBY2sX&#10;6M2kEfyJjce4YlKNBjaPOb75IFI/rB0dZXmG9Ht43kzFpnIGRxYvoeuw1XwTXpMZKyfyXu1iTFgq&#10;01ghdWrJycQXuKyQGZ9MgkqGhYV6UYm681OnFirNWpeSoiQ+IQWl3Jjy5lrqpGeMmYkMVUoqiZpN&#10;OZg2b0L78qlcOOPDrQt+BFg40N7RCvfWtZH7e/PHHT/+uPIY2zZuuEqy6IrM2AhjmZzq/aZyKa+u&#10;s/S9nG1Dq6JX2jYpFEkPiWo9GFHeTNKDjnakX8mFueu+4vqhWXzYVs65TWuYsD0CpS4yaM6BKpXk&#10;VEluE0nXJaqzQCB4GREJzIuO3JKG9SxQ3Q/FS9t0ShZK7vrdIVJWnb5Dm1BDc6VEmZZBeul6YzLv&#10;38Y3WoZjj650s9X0msp00jLynzDu/C7mH0ii5fgZ7J3TggrBx5i3OSjP3TN50EmWZ8m4JXXioaZ0&#10;mf4hVy9tJ9pvO7f/9wELOlbUfqkqL3rWONUzQxXuz5mwvGVmZiULd7DBzaWi9LcMc1MjVAmxRCTm&#10;HKck+oofPlpWhKpSI7h2I4+Uabc565WInp0dDfOscXmKEdUqqa/vxPEg9w4dDeaN6NbUmLhLf/P1&#10;mRAMGzekubEc23aNcMwM4ui35zkTb4F753paF0YXhtzGjgYVVdy7EUxEYWtCStkmOTyrh1AuZOmh&#10;Bo5muttRNnIs6jRj5vKRDKmUjo/PHdJ1kSGHTPViayUKmwpUFgmMQPCfRyQwLzwGtH6jA04qf1Yu&#10;2MuR4OSsa/5pcRH8ffgwm07HSN2sHOsqVpgqH3D2dDjqpQdJt/9mwad/cKu4oF8IehUqUsVYSfBF&#10;L/yTpQ3JEexb+j1bQvJ0ckm+LF3yJ/fq9+KzEbbY9hzG3HaGXN+yjXUB6loWRBdZnkW/ej1aVE1g&#10;x/TptBzwEb1Hfs4b761k4rIjnAjXumI2Dwo6DmhPPW6zZt529vhEExMbxZX9W5i4JRST5t0Z5aqe&#10;ptLDybUW5k/82LjqIv4PY/A+tI3Bcy7wUJH/ok8W6SGsnrKcxSfCePAwjAPLt7Et1ADX19vgrHXW&#10;Sw/H+lXRz7hPQHBB3ZjQyb0BJg8vs+diJi4tG1Je2qpXszEda2Zw5rdLPLBqRI+STL+oUTRgeP8a&#10;qDwOMnmdB4EJamPIICYkgF+3/M7xrISldG2SizKMbyZ/yWfH73D/4V0OrdzG1hB9XF5rQ2NJD7rY&#10;UYbvEaYtOcGZ8FQylU+4c/4ql2Nk1KxVBYVOMmSTGRlBcLycmvVskXIngUDwH0ckMC8QCoU+ckOD&#10;Z0bZCuf+bF7kTrXAAwztNQprx6HYtJhOz/mHOReZnnXJw6r7G8xpo+D8srnUbfoudQfuIvK1fgyw&#10;kc5n+LSZCyvjGSxaMGuSM8YeP9G+9bvYtZ7P4ui2TO9liZGhQuqOM7nx4y9svV+NsXP64KbuW/Vs&#10;eGvOG7QzCGbt2guo76wuWJ4usjyDkRX1bE0xsq5Fuxb1cbGvSjWzx1z99UeGDNvEfs3DSgqTzajp&#10;ILZ81A7bkN8ZM3AStVpOocu808S6DmDr8u6aSyRybHoP4UP3cgTvXk3LthPo+Kk/jh9MYHwdfenc&#10;Wff05iIzd2F8fxXb359N/bazeefHCKr0GcX6d+2eLiDOh5zKTepTTxaFl3fBpEBOhXbNaF9eSpSM&#10;69KllUW2Y+rXpHuHyhio5FTt0Jy2JlkHZ5EtqyK/rDJ9DKVky0jal51y6eM2fgqrB1jht2k5zZoN&#10;x8pxBLV6fMKkbTe4r8n9dGoT6ZwKuaTbPDmUgYE+xi6v82W/TLZP/wCHtjMZsSWcir1Gsm6URg/F&#10;2pFU7XJGxJ7Yxutd3qViw3dwHn+CR24DWPqO+hy6yaAmySeYAFV5mrk9XegsEAj+u8hUEprvz01C&#10;4G7NN8E/QmoMvj6hhCWoMLa0xqGBLVVM8uagjwm/HojvIznVnRxwsn7+MJ4UEcSVgHjkVevQysGC&#10;Es4BFE6xsuSg5P6uZTT9LIb3di7ho0ZPE4n4w1/TeNYNenyzjo2di6+ZMjkab58w7qfIqVinLm41&#10;zLRcgpJ06BOI3yN9ark4UN+iYJ3SOfHhFIYcc2TLucl0igri4q0kTGvUo3kd86I7zrRbfNT3Yzbb&#10;jsZrU2cqaRP3HyIl8g6eAQ+JVyqooF78WtcK04Ll69wmBVGSGH6Li4HJmNjVoVm98s/YSbF2lJFE&#10;sO9tAqPTMbOthZuDFXnytSyKluEJxxZMY9iZxuw4NoEeBX8sEAheOMrZD9Z8Kx0igRG84GTiu2Y+&#10;HTbJmbXvM+bVz0lgUrm84hN6bZExc+/nzCvy7pyyJG8CM5W+xU5l5SUTv3Uf0vF7c5YdncuofzOD&#10;+a+TfJVJPVZwvut8Ln7khPrRhgKB4MXmeRMYEUEFLzh6OPTuRCerO3w5bAadx3zFO9O+om+/6bz+&#10;wyOajBnBe/Yvy4pNPRoM6kE3A39++e2+lM4IygYlUSdOcTixLu8MdxTJi0DwiiBmYAQvBZlxYZw4&#10;dpXLt2NJSNejXKVqNOvQgq4OxVy2KXOU3D72Kxv9qzJmcptS3KauJNLfl0D92rSpZyZGEGVE4p0A&#10;rsRVoHVja5HACAQvCeISkkAgEAgEgpcOcQlJIBAIBALBK4dIYAQCgUAgELx0iARGIBAIBALBS4dI&#10;YASCYlCmpZOW/8lzgheMV7eNlKSlqd9XLhC8eogERlAyMpIIvfWA6OKe4P8fIPPeRT4YOp6qziOo&#10;5DadeRfSNXsELwqvbhspCTu2hW7t3sGm0Qhse27jrxL4ZIb/Ed59+yu+vqbtlR+C0pIRF4V/WAKv&#10;QHh8IRB3Ib0wpHNu5adMOhhDmrpJZDLk+gaYlreiTgMHevTrzJvNKhb/CoBSEPfH97y25CqPMlRS&#10;sTL0FEZYVaqKc4tmvP1mW5pZ5zxnRcmDn7+g8ac3cJu3iiMjrTXbiyA5kktXo7Fo3ID65V+mfPkx&#10;v89/n6FHLBj76Zt0U8ShtG9HtzovyzNn/gFeuLZ8hdso5SqTui9nn3V3Vk13RfFQScM+TZ69rb+Q&#10;NntyehONJ1yi7dcb2dy9zJ6v/WqjjGXzmCnMvFyXL459xMRqYn6gOMRdSP8Z0rjtH0Log0dExKTy&#10;+EkayXGPCPK7wZG9+5j61my6fnqRsDJ/+pmSxLvhBESkYde+IyMGdGRw14bYG0Tw24b1dO+ziCUX&#10;EzVT1HIsnFvyzsAuDHIrl7WlOJ5c/x9jxi/j83Mv2cg4IxLPGwnIHdsw8TUXuvTs+GonLxIvXFu+&#10;wm2UERbM9Rg5jV/rzcB2LvR/Q0vyIvHS+t/LiNwUtx6deUsa9LW0El3rv4HQ8guIQZPBnL2wmdCr&#10;2wn5fQ4fd6mEQpWC988bGbclLOttwWWO3Ay3/gOYP3UwCz8YzXdbvuLKDwNooQxg+ewf2C+N8NQY&#10;OXXmy8/f5d1GBeaCMpIJuxmM561o4rRUsLB5vozEaAJ8g/AKjiG5yAv56Ty8HYp3cCwpmi3PoHzM&#10;/aDbeN6MIlabktISCA4IxisohqTiFg1I50pOVUkxyYTyhfWJKTHc8A0jomDFJV2E35Lq4R9BZEox&#10;BaXGSvKHEhKXNzPNICYslOu343is2VIcyuQY6TzB+N1N0m4fOstevJ6LnLMtTCcl0X0umcRFhOPl&#10;E8qth4+fXeehSxs9wxMeSDZyPTy/ntJiH+AjtVfUE82GAhRvp1Jd74Xh6RNOeNYbs/NS1L7CKFp2&#10;ZcoTklUyTM1MtLzP61mKnmdPIyo4pGjfkuwi+k4onr53uV+0oxZPqW2kOD3qXsfkyDC8bpbEFjUU&#10;6dsKXAe/yzcfdqGJsWZTXgqTW1BqxCWkF4Zkto8dx5QzGRi0eIdrW3thm5NepoWydNiHfOGTjrxK&#10;F349NpZOZXYtSUn41s9w/TKOcT9+xRK3vMM4JXd+WkKbxf7Un/4lx9+rRubVXfSYdZVWn3/O563V&#10;7yVSEnV+D2PmHeJ0ZPYoT2Hjyudbp1H1hzlMOxZLbGI6emZmmBvIMGo+jFOr3KkQco65n+5m99VI&#10;4rN6Ehkmti7MXDaZGU2zn1Cb5vEL3eeEMXipOxFrfmDj5Vgp1MqxdOrKmm9G0qdKjoKUPDizl0mf&#10;/o+Td59kvT1Z37Img2ZP4ZsBtuhLuvXYvplp31zCN14d+KTAX92F9xdPZFbLcs9k8Y9Pb6b13AtE&#10;xCeTKjfGyswAhX1v9v3Qj3rXsus06JOmXP5kC/vvZmDZZwahy5tLv0zFa+dWZqw5h+ej7O5RbmJD&#10;h+Fvs+b9ZthlqTaDv1d+xHs327J+wEM+++QYlx5JdTKqRN/5s/m2SyJr529gxV9R0tn0sGnWj++/&#10;GUj7Z14qqSEzlhPrNjBry3VCU9SS62HVoA2LVoxnRNZsRPGyF6/ndP63YHahbWnpWZROSqb7HBJ9&#10;TzDnkz3s8YnPXk8gN6Rmy+4sWfwmvavpFdlGDQvMROTK90VHwr7+nm8946VWUFC7+zv8vLwZj37Y&#10;yKSNnoRK2aJ+xQbMXDGLuS2zbTAjuHg7VUZf54tZG1j9d4yUHkkYWNJt7ofsHGGLrIh9hSUeRcue&#10;yfFPPmDC4UfEJqRJbWGOuUIfx5HzOfBe3jehPymyzSzOZl9Caj7rHax/38FWb7VOtPkWxHkfZebC&#10;PRy4mZyV9MlMKtFVilUbxjtRsbAGLEBOG5TWRorSsVqPxdcxx+/asLJzIDMXXSQ03YwBE1rjt9eP&#10;Fgs/Y003M/WBWShjLzJ12HZu9prBiSl1pS26+fbFVR8z5pQD3+x5i46K4uQWiEtIrwIKO4b2rktW&#10;uvDwJucC1U5eAGUMO2ZMx7nTZBpp+bi+sx/PbL8rAXKq92xFC0UGPpf9iZEGDqqkOCIio4lM1OS9&#10;aQF89fFBrtcZxMmLP/PIYzW/TnOlmoEBLv0Hs2CIPeXl+ji9NpiPZrzJh282wFKyugT/G9y0bsuy&#10;zcu5fnYDV7YOp33aNb74/Cg3NPVUJSdw//5NVs3YzF/V+vLjzkXsnuOGecBxZq+6Snz2YWQG/87Y&#10;Gfu4ZC4Fp82fc2bnByzrY87Vv26RICU3dw9sYugyPyq89QHXPHdw74+5TKkaxNKZ37NXM7OUF0WD&#10;dsx/vxttrGTo127BHKneC0c2yQpSWXV6cEsaZe0ipP1YDu+cz6ZhtaVfSYnggfUM+fQcsa5v8MOP&#10;Szi1YwafdDTg0ua1jNwUkt0ZSelVUkwMdz0PMuqzABynzuXkT5MYUzuO35atoc/o1ew26caWnZ/x&#10;0yQHMj0OMHdLSFZQfhYlgT+tZfSGQMr1Hs2ve5ZyYuNIhlgGc8xLPZbWTfbi9Vx0Wxalk5LqXo0y&#10;4jQTxn/Pnjh7Zq38mFN7P+XHmW4ovA4xZtoBvCVFFtVGBcmR7+sZP/B3vUHs2f2xVL9qRB7/kdEj&#10;lzDqN0PGfL2I498MoHVmACuW/I+cta3F26nUMW7czEr/aszfs5lHflvw2jyErpXVFSlqn3aKl10f&#10;5z6D+HBYA6lj1sO++wA+mj6ESR2t8yQvaopusyxUKRxeuY1LtfuzoxDfUt4/w5SJP3Laqic7/9jG&#10;Q8+17B1VkavfrGHm4TiphXXj+WykaD3qVsdsv7vnfZipqyLpsuhjTvwwifHd6lL3cQQHDl4lOlcY&#10;JY9OneXgHSX1G9lm/a2rbydGPyIiIpZ4TXgsXG5BWSASmJcCOZWqW2Muk75mxnP/oZYERm6CY8f2&#10;DO2n7dOBIT3qUZo1ZXJzG2pWkJEZHcN9bdEq9QG3H0BV50a4WOqhb16Z9gO701vqSWybtmV426qY&#10;yeTYNuvAyMGdGda6sjT2BavXxnFoxWCGtrKjho0V9q16MrWHDargUHzyXjdRPcai22QOLulJD1d7&#10;uo98hwlN9KQgdQO/rKiRwZU9xzmfWpNJS8cwql1dGru6MWb+h1xZ645VRhjbt3qQ6NaftZNcqGWq&#10;j5k0upv9QRcc4jzZ9ac6xcmP3KY+A/u7UN9UhrySPUOkeo/oZIe5Zj/KJJJq9OW7BR1o6+pMd9eK&#10;UjVC2Pq9FARrdmfDVwMY0LwOTZq2YJo0Up9on4HX7j84lx3lslClmtHvywWsfNOZps3a88k4NyxS&#10;wrlX+232ffU6PV3r8/r4QQy2UxHoFUiUNt2nBbL1Z3+SG/Rmwydd6eJci+bu3Vi6ZSU/DpRqWxLZ&#10;i9Sz1H5FtGUWWnVSct2rLxNc23WIozFVGLt0CnN6O9KkkQN9xkzi23fsSPM7yZYr6cW3UUEk+Sx7&#10;TGafpKdOjR15c2ZfepR/gv/9qiz5fipTOtnTousbzOtTCdXtQC4/yq5Z8Xb6mOA7j6BSXTo4mqOv&#10;b0Ltlu6M61IZvSL3aUMX2TOp3KQNw9vbSm0ho7JLO6kt3OlZv+A1Cx3aTDqm7pD3+a1Q38rEb89h&#10;jiQ5MGvxALpWN0JhakOXCSN4t24Sxw56UEgOqp1S20hReixZHZVxqdQeN4Vl/Rxp3roJzRu4MaCt&#10;GYkXL/F7rOZAZSLHTviRXLkpA1sZldi3n0Gb3IIyQSQwLwnKjAwys7J6KWBrbTUjXPv0Z97UwVnr&#10;WPJ/BjF3qBOVStXaquzr53Kp3OwN+TGtS2snfW78uI6xmy7jH1+iiEZceBB/njjPrv1nOR+RiUqZ&#10;TmreYCAzolFzB3LXxMnLU7OqCSQmEaeulzIGD58osHXEvfaz3YIyVuqMgpSUN0rk9P5T/PRr9men&#10;T4I0Ys0gJOSB9G9JMabTm53zLZpURt3kYogKuzZNccvblyjs6NzSGll0CJ7hT3UjM65BG7enL3M0&#10;rmZDZT059s2cqJYjhn5F7GxkqJKSidOiVmVUEF73oEbzRloXcJZI9uL0XCxadFIa3StjueQZgaqq&#10;M72c814n1adhu4bYyeK4rm7vkqKWr1n9p/IZWVPDWo5ebUc6VM4VGtuqlshVKcTlDKGzKMpOjWna&#10;tDaKwKOMn32A/91KkrrUHIrap4V/SvbCKNa3ErnkdRdlOQUxf5/Obb+fDgYTLdloWngEISVyntLa&#10;SBF6LGkdzZwZNbiadO4czOjay5WKKTc4qEmolTGe/HYpjRpdWtNKaoaS+vazPCu3oGzIMV3BC00m&#10;Ibfuk6z+qmdB1Urax29JkXfxDZBGhs987nDjbjHBszBSYoiQgrl+RSuqanNAfTumrp7B3FYqTq5e&#10;QetOMxj8tQd3iglsWde0x0ylQdeFDF+4gy/W72ebh25T0np6MimvUmUfK41uYhOlWGxuhqUWtaji&#10;EqVgrCLG+y++3rifFTmfH3xJrGZLoxrlCl2LUCjSyFdfSjbyooxJIFYlw7JCwfPJqWBpikz1WOoX&#10;ipBOOqd6gi0/0rasYqQkMuvv/CjjkoiXyrQob6ZVhueVPZ+ei0OLTkpVvjKB6HjpdBblyb17X4Oe&#10;pTkWMhVJSYUvNdUdKSF/VuHStmwZpGpnUbyd6uE4ejrbJzdCdXYXw/tMptl7Ozl6V+1tRe3Twr8m&#10;e+Hka3NVIo8SpO+xt9jxbZ7223iIM8nWODhUoUJRBlSQUttIEXosYR1lMulsBeps3qYV3Ss+5sJx&#10;D6KUSh7+eYnzTyrzei/7rMdWlIVvF5RbUDYIrb4MxPvx/aE7WaNVecV6tNIy00DmAzZP+4A2fefQ&#10;9pmPtP2d3ZwvapqzEGIueHMlVY+GbvUpr9lWEP1KLsxd9xXXD83iw7Zyzm1aw4TtEUUkTI85uWoj&#10;y6+Y8tb61YRcXM+1E1/zy7C8IyMdkSkwUkhxLFUKIlp6eZmxEcZSp1S931QunViDV97P8eVsG1q1&#10;QFAqHTJjQ4zU18ATUgrILY3e41NQycywyl18UDbIjBVSgFWRnPJYa4Lzb8leGKUqX2aIJBaq5GSy&#10;1nPmITM+mQR1wmZR6IWiMkZHO9W3ouvkWVz8czk/v98YvcsHGD33KLfU9S9qX0FeKNklpPqYGUlJ&#10;TbX2bD5csP1Wc2F1V+o9pwHpbCOF6VFZBnU0cWJgl4qkelzmcGQcR0/487hOCwY4Zbfy/4dvC3RD&#10;aP0FRJX+hJiHsdwND+PisUNMencVP9xRZ/gKXId0pa22O5D0bBi5fDEndy3ij2c+i/nj2zdo+fTi&#10;t05k3P2b+asu8ciiCWP6F9fZybGo04yZy0cypFI6Pj53su8WkMulPerHnedx/cxorgXEIavXktEd&#10;bKTgoEZFWnqG1o64SPSscaxtiio8iCv5Fulk8DA6CWzsaFBRxb0bwURo6zTKCD1bOxwsVIRe8eN2&#10;3nIyIjh1WX2Jqw7Ncy9VlA16VatjX04q0zuQfIP6tHii4pTIy1p2bW1ZBKUqX2pPp3pmUnv6cyYs&#10;b3tmcuuCH3ewwc3lX1pDUEI7lZezpfd7k/myjxWP/YPwyTNgKGpfLv+E7CVss3zILWlYzwLV/VC8&#10;IouYYZDISEkmqRQDpJLayDN6zNC9joWjoHXvZtR4EsDBvX/ym0c6jbq3yr2b7Z/y7dLqTPAUkcC8&#10;gGR47qRd+/E07DKb7lN/4ie/ZClgGlCr57tsGFMzzyK8vEgJRPXaNHWxp9kzn3q41bEo5HcaVI8J&#10;unCOnQfO8PPuIyxb9BUdBqxhZ3Q1Ri0axZuFLKDJ8D3CtCUnOBOeSqbyCXfOX+VyjIyatapkladv&#10;bUFFWQbeZ68Q9Ogh3gHRpOlZUL2SIco7fhy/pV4J+ZhbR7Yzc2dRszaFYUjHfi2pkXGDrz/ez4nb&#10;8cREBLH7yyV0nHWGe/oNGN6/BiqPg0xe50Fg1vMjMogJCeDXLb9zvNRBrwCGjXirb1Xw/Y2JS8/j&#10;GZFIzN1Afl68nnX+hrQd3pXmJUwgi8W4EUN72pB+5SDTN13j1qNEwq+fY+GYeYw5GINSUbaya21L&#10;zT6tlKp8BR0HtKcet1kzbzt7fKKJiY3iyv4tTNwSiknz7oxyLfE8XenQxU4zbrNh4Ta+vxhJYqaS&#10;lLvXOeqVgLx6VerKitinvqXwGcpe9hK3WT4MaP1GB5xU/qxcsJcjwdm3KKfFRfD34cNsOi3ZmPqw&#10;1EtM6DiauuOOEVFSd9LFRorSsYGOdSwGhXNr+tTM4Pzmg5zJqEO/nurHL2j4J3z7eXQmyEUkMC8M&#10;+tjYmOebmpbpGVDeugpu7d2Zt/JzTq3sRP2y7gQljC3MMSOWY99s4L0565j82W42n4uhWrch7Niz&#10;iJVdrZ4aikIfhdwAQ009ZOWMiD2xjde7vEvFhu/gPP4Ej9wGsPSd7GdS6NVowyh3Cx4eWY9b68l0&#10;XXqVR0oz+kwYSCejG3z4xljsmo7FfXUcg8a1poqhAUY5Uz2astSXiJ4iQ6EwQC59FJo1DKYth7Bh&#10;mjP6l3czsOc4arkvYML+J/QY7EZVuT5u46eweoAVfpuW06zZcKwcR1CrxydM2naD+4VFc+l3RlIB&#10;WWVpNmVRQP6nKGg15X1W9K1I0E9rcHcfQ63OC5m4P4nmE6fz3YinM1gK6Rxy6QT5JtIM9DGUyjQ0&#10;1MtTnh6G0nY9hQIDLes11Au320+byII2epxb/QVNW4/BadB6fk51Y2QndZvpKLuOetbeltKOQnVS&#10;Ot0bNR3Elo/aYRvyO2MGTqJWyyl0mXeaWNcBbF3e/eklgcLaqCBa5dPHQCFHIdlb3uUJ+obSdvWx&#10;+mqhdbBTmQmm8ZeZ/85UqjsNo2rnL/khtj6zF/TCyaCIfYXkIbrKLpc6brW9GEkyFEVxbVZcmyuc&#10;+7N5kTvVAg8wtNcorB2HYtNiOj3nH+ZcZHr2TFRGCvEpKvRNjTAqrDrPYyNF6VjSo051lMj2O6kO&#10;mr/zoajNwNdrY5iWIcWTdvSrkVeQkvp2njIKk1sXnQmKRTzITvD8ZCQR7HubwOh0zGxr4eZghYlm&#10;VxbKJII8A7mZaEgtZwccc1bVJUdz1TuUhzJrXN1qUOmZ4FYyHj8Mw+NGFMlG1jR2qUHlApEqJfIO&#10;ngEPiVcqqKBeIFjXCtMyDx5KkiJC8QyMIVmvHPbOdanzj783KI3Im0F4332McbVaNHOw1FzueEqZ&#10;yV5YWxZDacpXSvbh7RPG/RQ5FevUxa2G9sXK/zjF2mkmsXeC8QqOJ81Usj3nmlTJvVulqH2FU6ay&#10;l7LN8pEag69PKGEJKowtrXFoYEsVE3UDKok8uIpWC8J4Y9MSvmqTz/NLRNE2ooMeC61jWVFWvl12&#10;OnvZed4H2YkERiAQCASlI+02SwZ/wl7XGZz82AVLzWZBEQid5SKexCsQCASC/xcyw8OIbTiIddNF&#10;8qIrQmdlh5iBEQgEAoFA8K8jZmAEAoFAIBC8cogERiAQCAQCwUuHSGAEAoFAIBC8dIgERiAQCAQC&#10;wUuHSGAEAoFAIBC8dIgERiAQCASC/xDKtHTSXoFXFIgERiAQCPKQEReFf1hCCd4ZJBC8GGTeu8gH&#10;Q8dT1XkEldymM+9CumbPfxORwAj+H3hMiOc1zgYn6fSitf8XkiO5dMaPm/HiTWuvFMpYts6YQcte&#10;K9l87yVt+3/cdsvQf19qP3vR4thjTqzbynf+Fry9bB57lvTFvZCX8P5XEAmM4N8nLYh1s5YxZLW3&#10;5HIvJk+u/48x45fx+bn/9ghGUAC5KW49OvPWm21pafVyhsd/3HbL0H9faj970eJYRiSeNxKQO7Zh&#10;4msudOnZkW51/l/eHvavIRKYFxBlcgwBvsH43U3KejX8M2QkE37rNp7+EUSmFJP7p8ZK5wolJE79&#10;mvocMogJC+X67biiHS8tkZCAEG7cTyXvr5+SSXzEXbyu3+Zm5OMiRyHJkWF43YwhSXNQ1uOfi3sG&#10;dKnqnk70nVA8fe9yP7kY3aTFc8s/hJtRTzQbnuV5nlOdkRgt1T8Ir+AYCqtKcW1drC2kJRAcEIxX&#10;0FPd5ieTuHthePqEE55QsBWL2qehBLZWsI3LlGLllDrD2Af43Agjorh2LxIFroPf5ZsPu9BE20sX&#10;i/UJDaX1Ox3kzCadh7dD8Q6OJUWzpSDP94z1ov2oOP8t1m4LUHhdJRuNCMfLJ5RbD4uOMflQPuZ+&#10;kGS3N6OI1VoBXeNE0XouTg9qtPtFCeJUXoryR0nm5FSVlIObUL4EeUvp61f6+F9WiFcJvEhkxnJi&#10;3QZmbblOaIq6WfSwatCGRSvGMyIrk07Fa+dWZqw5h+ejbK+Um9jQYfjbrHm/GXZZr+jP4O+VH/He&#10;zbasH/CQzz45xqVHUhA1qkTf+bP5tksia+dvYMVfUdLZ9LBp1o/vvxlIewt1Lpv92/HBHdjw2gMW&#10;LznB+ShpZCQzok73YWz9ojvOWS9OzSTwUHY9/g5LyQ5QMkNqtOvPxq/60jrrDa059WjDys6BzFx0&#10;kdB0M94Y44bXr1d4EJ/CY7kxVmb60k8d+XTv+4ywVj5H3SHO+ygzF+7hwM3krDrJTCrRdew4Nox3&#10;omLWIU91s2FgDEs+O8q5KOlIPTNc3xzHTwtaYKv3hP8tmM20Y7HEJqZLu8wwN5Bh1HwYp1a5o8uM&#10;bEbwOeZ+upvdVyOJz1YOJrYuzFw2mRlNzbJHDcW1dbG2kIzH9s1M++YSvvHqTlKGaXUX3l88kVkt&#10;y2WVoYy+zhezNrD67xiyUjQDS7rN/ZCdI2yRFbEvO/aVxNbyt/GASW3w3+2L24JPWNMjuy5ZxF1i&#10;yrBtBPSczokp9TQbi6N4Ocl8yKGla5jxSyBqc9UrV4Mhswfj8Mc2DjaYxO/THaS0JJ1TS+YxyasZ&#10;W3YMoUXOG6XTrvFB/014dHlfOq6+dFwGF1d9zJhTDnyz5y06KnT1iae2VRrb1UXONI9f6D4njMFL&#10;3YlY8wMbL8eSJu2xdOrKmm9G0qdK+nPbrpqi/Mjk5EZaf3SpEP+VCijWbnMo3s8SfU8w55M97PGJ&#10;z16PJDekZsvuLFn8Jr2r5T1XXpQ8OLOXSZ/+j5N3n2TlFvqWNRk0ewrfDLBFbbbFxYni9Swn5URR&#10;esiJY/n9YvDaDXzXVaFDnNJG0f5oc34zredeICI+mdSs+higsO/Nvh/60TDLV/Oi3W91r1/p439O&#10;GTmIVwn8Z1AS+NNaRm8IpFzv0fy6ZyknNo5kiGUwx7zUub+S8APrGfLpOWJd3+CHH5dwascMPulo&#10;wKXNaxm5KUSz6FBFUkwMdz0PMuqzABynzuXkT5MYUzuO35atoc/o1ew26caWnZ/x0yQHMj0OMHdL&#10;SLYRan4bfnE3wxZew+atKRzbs5C1g6oQdWwb4zcGacpIwfvyPSq/PpJ9v63l5pmV/DbbibRze5i7&#10;PTzfue55H2bqqki6LPqYEz9MYlzXjsyf1oXm5WQoHNowf8ZQPnq/q8boS1935f0zTJn4I6eterJT&#10;6rgeeq5l76iKXP1mDTMPx2lGBznn/41RH/tgN3YGJ3bNYbG7MT6/bGHxKbWeDXDpP5gFQ+wpL9fH&#10;6bXBfDTjTT58swGWOnpLgv8Nblq3Zdnm5Vw/u4ErW4fTXuoov/j8KDeylFN8Wxe3/+6BTQxd5keF&#10;tz7gmucO7v0xlylVg1g683v2PlRLKwWQjZtZ6V+N+Xs288hvC16bh9C1sjqaFbVPTclsrWAbj+9a&#10;D/u0CA7su0JU7ohLSfRfZzkYqqR+o+qabcWhi5xKgnZsYOKPd7DuM4b9uyXbmGjHtWWr+eLvh0Q8&#10;SpVqmX2u+OhHPHgQR0LW3xoyU4m6Hysdl6I5TkWidFxERCzxWRt09YnS265uckolJCdw//5NVs3Y&#10;zF/V+vLjzkXsnuOGecBxZq+6SnwZ2G5xfmTg1KEI/y3ObvNSdF2VEaeZMP579sTZM2vlx5za+yk/&#10;znRD4XWIMdMO4J2t9GfIDP6dsTP2cclc6jg3f86ZnR+wrI85V/+6ldXuusSJ4vUMhkXqQbtfjHXS&#10;1zFOFaR4f6RBO+a/3402VjL0a7dgjqTLhSObaAYaBXne+pU+/qvLKEt0NGvBP05aIFt/9ie5QW82&#10;fNKVLs61aO7ejaVbVvLjQHOpzwlh6/dXia7ZnQ1fDWBA8zo0adqCadKofqJ9Bl67/+BcHqdWpZrR&#10;78sFrHzTmabN2vPJODcsUsK5V/tt9n31Oj1d6/P6+EEMtlMR6CWNXPN4juqxKb2+WMgP41rQ0tmJ&#10;txeOYlRtFQHHznM1qwxzBi36iM1TO9Chvg2VK1Wjw1uv0ddWxU3/UGms8BRlXCq1x01hWT9Hmrdu&#10;QqvGjgx+ozH1TCRHq+LIsMGdead/I2o/TcpLUfdM/PYc5kiSA7MWD6BrdSMUpjZ0mTCCd+smceyg&#10;B5o+IAtVqil9v/qQdW+70dylCZPm96SlXjyXLt/JGmnZNm3L8LZVMZNJ35t1YKRUx2GtK0ujc92w&#10;em0ch1YMZmgrO2rYWGHfqidTe9igCg7FR33toLi2LtYWwti+1YNEt/6sneRCLVN9zKTR+uwPuuAQ&#10;58muPxOkQPOY4DuPoFJdOjiao69vQu2W7ozrUlkaExe1T6KEtlawjZs7NGVQh/IkX7nI/yI1ilcm&#10;cuy4L0mVmjKglVH2tuLQRU7pmN2/BpBSpwdrJF11alyfXu9O5OCKdlTV3huUiuJ9IptS+Z1O7alB&#10;9RiLbpM5uKQnPVzt6T7yHSY00ZM6mhv4pT2v7RbvRzGVGhTuv8XZbT6Kqmsm13Yd4mhMFcYuncKc&#10;3o40aeRAnzGT+PYdO9L8TrLlirY1Mxlc2XOc86k1mbR0DKPa1aWxqxtj5n/IlbXuWOkgX26cKFLP&#10;oFelCD1oeMYvqqhKFKdy0cEfL1jUZ2B/F+qbypBXsmeIVJ8RneykSF04pa9f6eN/8yplm3KIBOYF&#10;QRkVhNc9qNG8EfZaklRl1E0uhqiwa9MUt7zX5hV2dG5pjSw6BM/wp9YvM65BGzfN5QoJ42qSoenJ&#10;sW/mRO7sq35F7GxkqJKSicvjODKTunRvb/XUOBQ1pcTDHOW9ewQkabapyUwm5Pp1Dh0+y8+/+XM3&#10;Q4XySVr2JYkczJwZNbha1tStrpS47hmJXPK6i7Kcgpi/T/PTr6eyPweDiZaOTwuPICR7WJBF9vnN&#10;c88vr1iJ6pKnx8cnFzICKg1K4sKD+PPEeXbtP8v5iExUynRSpeBXfFsXsz82kMtBSsobJXJ6v0ZW&#10;6bPTJ0HScwYhIQ+kf41p2rQ2isCjjJ99gP/dSpLCdw5F7Su5rT3bxsZ06tuUak/8OXAiOkunyhhP&#10;fruYRo2urWltmH1UcegkZ9JtPEOU2Lg50Si385Bj06IRzjqWowu6+kRp/E639tQgM6JRcwdy1xfL&#10;y1OzqgkkJhGXPYVUeqQksyR+VJDi7FZnlLFc8oxAVdWZXvkaUZ+G7RpiJ4vjuk+UZlselDF4qLfb&#10;OuJeO0fZeSiJfGWh54J+UUr9ltgfdeV56/cPxf+SkOuPgv9flHFJxKtkWJQ306xByI8yJoFYab9l&#10;hXIF9supYGmKTBoxJBa1QkomQ6b5+hRpW5YFqKT/ikKORTkT6d80krMWjimJurCHAd0m4PrmV0xb&#10;voflm05y/uGzZ5HJ9NDTJlBJKK7uqkQeJUjOE3uLHd/uZ8XGnM8hziRb4+BQhQpF1kGO1MegVJUi&#10;CGgha+3JmKk06LqQ4Qt38MX6/WzzeDo9XGxbF7NfFZcoBVEVMd5/8XWurNLnB18Sq9nSqIbaRvRw&#10;HD2d7ZMboTq7i+F9JtPsvZ0cvatOVYraJ5VfQlvT1sYmzdrxevVMLv9+iZBMJQ//vMS5J5V5vbc9&#10;uuYVushJQhIJmXLKW5hq1dU/R0GfKAQd/E639iwcPT2pBOn3z229z+lHxdmtzigTiI6XtGRRHusC&#10;J9KzNMdCpiIpqeAlKQllErGJ0u/MzbDUVoHnlK+ken7GL0pZ/nPH/kIoff3+5fhfBCKBeUGQGSuk&#10;wK6SguFjrcmEzNgQI2lPYkJKvtGy2pji4lNQycyw0vVCd4lREi+Vq5QbU95cKiPlOovn7eO8uTu/&#10;HN/M7b/W4HX0A8ZqG/X8G8gMMTOSAky19mw+LNXlRJ7P8dVcWN2Vev9a1R5zctVGll8x5a31qwm5&#10;uJ5rJ77ml2FPRyHFt3Vx+40wlnrA6v2mcimvrFnyLmfb0KrZgU7fiq6TZ3Hxz+X8/H5j9C4fYPTc&#10;o9xSG1AR+8rE1hT1GNzDlszrFzkQEsOR4zd4XLcFA59dUVgousipbyjpSqYkOamYu4LUSYOUTEhR&#10;WqtOS04Bn3gOdG7Pf5rn9KPi7FZnpHpIp0KVnEzWeuY8ZMYnk6BOkiy0XByRKTBS/y5V6tC1Os7/&#10;c5woZfn/WuzXtX4vUPz/p3o8QQnRq1od+3IqQr0D0QyEs0mLJypOiZ6tHQ4W0v4rftzOuz8jglOX&#10;1dOmdWheuWyaU5UawbUbeW70TLvNWa9E9OzsaGgqBZH7t/GNluHYoyvdbDXz9sp00jJ0DVsy1IOZ&#10;jPR0yuTpD3JLGtazQHU/FK+cNRfPi1wuOYeStLQCEVQKIckJjzULN7WQGc21gDhk9VoyuoONFHjU&#10;qEhLz8gN6sW2dTH75TZ2NKio4t6NYCIKVk8L8nK29H5vMl/2seKxfxA+eSqvbV/Z2Joezq+3ojEh&#10;HPz5MPs9MnDu3jrfHREZKckkFapIqW46yCm3rErdihDhG0RY7jFKYr1v4p9vLluGuanUDSTEEpGY&#10;YyNKoiUZffIdp53ifOJ5KGl7FktpbVdnP9Luv8XZrVa01VXPGqd6ZqjC/TkTlvd3mdy64McdbHBz&#10;kRq9INLvHGubSr8L4sr9vL/L4GF0kpRslnWcKGEcK2X5/1rs17F+zx//yw6RwLwoGDdiaE8b0q8c&#10;ZPqma9x6lEj49XMsHDOPMQdjUBo24q2+VcH3NyYuPY9nRCIxdwP5efF61vkb0nZ4V5rnrgF4TtJD&#10;WD1lOYtPhPHgYRgHlm9jW6gBrq+3wVnqgPQqVKSKsZLgi174J0vHJ0ewb+n3bAnR0Sn1LKlUQUa6&#10;nzdHQuIJu3GH8CI6suIxoPUbHXBS+bNywV6OBGff/pcWF8Hfhw+z6bSkv+wDdUbf2oKKsgy8z14h&#10;6NFDvAOiswJ/yvH1NGw+lkE7CjmnngXVKxmivOPH8VvqDu8xt45sZ+bOiKejp+Laurj9igYM718D&#10;lcdBJq/zIDDrGS4ZxIQE8OuW3zmuDj4Zt9mwcBvfX4wkMVNJyt3rHPVKQF5d6vBlRewzkE5VRram&#10;V6sNA1zkeO/8nXOZdenXs9rTmYTUS0zoOJq6444RUVjj6CKnoj79Otmg8jnCnM2+hERH43FgGwPf&#10;P8ZNtRHkooeTay3Mn/ixcdVF/B/G4H1oG4PnXOChQj0zUwzF+MRzoYucJaDUtqurHxXmv8XZrfq3&#10;BdBeVwUdB7SnHrdZM287e3yiiYmN4sr+LUzcEopJ8+6MctWmdEM69mtJjYwbfP3xfk7cjicmIojd&#10;Xy6h46wz3FOWcZwocRwrZfn/WuzXrX7PHf/LEJHAvDAY0X7aRBa00ePc6i9o2noMToPW83OqGyM7&#10;qRcPKmg15X1W9K1I0E9rcHcfQ63OC5m4P4nmE6fz3Yin08wKhT5y9dS65u8sDPQxlEsfQ708ja6H&#10;obRdT6HAIE8Ml5m7ML6/iu3vz6Z+29m882MEVfqMYv27dtmXQSxaMGuSM8YeP9G+9bvYtZ7P4ui2&#10;TO9liZFUbv56GOSvhxq9ygx4041KMRcY32McjYZs52hstvGXtu4K5/5sXuROtcADDO01CmvHodi0&#10;mE7P+Yc5F5meO/uh9fwy6dxSJ2Yk7ctRg16NNoxyt+DhkfW4tZ5M16VXeSRVMT0xhWSVHqamikKc&#10;x4w+EwbSyegGH74xFrumY3FfHcegca2pIunCKEs5xbV1cfv1cRs/hdUDrPDbtJxmzYZj5TiCWj0+&#10;YdK2G9xXB1GZCabxl5n/zlSqOw2jaucv+SG2PrMX9MLJoIh9WQ1cUlvT0sZqpBFx/z5OlJeSJAPX&#10;lvSzy6OxjBTiU1TomxphVGgU0kFOqeR2U8Yy3UXJXysX4dJmEl0+86HWxDfokW9mRI5N7yF86F6O&#10;4N2radl2Ah0/9cfxgwmMr6MvyaHO3LLRJlOxPiFRWtvVTU4J6fwKuWRD+TorWVbd5dInJw8rve1K&#10;RejiR4X6b3F2+yyF1dWo6SC2fNQO25DfGTNwErVaTqHLvNPEug5g6/LuhV7qMW05hA3TnNG/vJuB&#10;PcdRy30BE/Y/ocdgN6pKFdBJPh31XHwce9YvdI1T+dHRHyU7M5Iql1XPrN8VznPV73njfxkiHmT3&#10;wpFG5M0gvO8+xrhaLZo5SEah2ZONkqSIUDwDY0jWK4e9c13qZD17oCxI58SHUxhyzJEt5ybTKSqI&#10;i7eSMK1Rj+Z1zHMDdQ5J0ujmSkA88qp1aOVgIblZSVASGxLIFSnLN7arSyv78s+cv1SkxuDrE0pY&#10;ggpjS2scGthSxaSU+lEmEeQZyM1EQ2o5O+BomciuabOYFNiK3XtH06moexSTo7nqHcpDmTWubjWo&#10;pFU5xbV1cfulUXXkHTwDHhKvVFBBveCzrhWmueJmEnsnGK/geNJMrWnsXFMaOWl2Fbkvh+e3tZQL&#10;m2k+5gx1F6xk3/CKmsCqJPLgKlotCOONTUv4qo1J1taiKFpOCWUKIdcDCYjVp4ZzAxxNLjOyzWou&#10;9pqD92LXPEH0MeE+gfg90qeWiwP1cx8kVxgl84nnpVg5deV5bFdNsX5UlP8Wb7f5KFjXPCtZlZIf&#10;efuEcT9FTsU6dXGrodsC4ccPw/C4EUWykWTbLjWoXLAXLbM4Uco4Vqry/8nYXwAd6vd88T+b532Q&#10;nUhgBHnIG6yn0vefTJ1fQtJ8d9N5xAWar13MinZmmq2CwknlyNzpDD9mx1e/z2V0zqNg026zZPAn&#10;7HWdwcmPXbDM3lq2pP5dSAJTUv4bPiFsV/AiIp7EKxD8KygJDUyi8dTxLBQdgG7EebL7VBwmTVvQ&#10;W/2YeQ2Z4WHENhzEuun/UPIiKICwXcF/E71PJDTfn5snj/w03wQvJzJk6Y9RVqlP95Z2VBDpbR5k&#10;VGjgSi/XikVPhwtyyYx+wK3UCvQe1oW2VRW564vkVjXp1rk+1f/J2QypsCcpcmo0b0K7Ok8fLFdy&#10;/gs+IWxX8GJiWKGh5lvpEJeQBAKBQCAQ/OuIS0gCgUAgEAheOUQCIxAIBAKB4KVDJDACgUAgEAhe&#10;OkQCIxAIBAKB4KVDJDACgUAgEAheOkQC858ik+vbVvHapINcKfKdHAKBQCAQvNyIBOY/hZLIWwFc&#10;uHyHiDK7OV4gEAgEghcPkcAIBAKBQCB46RAJzAtHJvERd/G6fpubkY/JfrdpWZBO9J1QPH3vcj9Z&#10;97OmxUXi4xPK7Vj1i9WLICWGG75hROQ7dyZxEeF4Sb+/9bCsZMkgJvwO3oHRJGZqNgkEAoHglUMk&#10;MC8MmQQe+p7Xuo6htvtMOg6aR/MO43AZu58L8dldf8yxjbi1m87ofVHS0dkoI88zofcE3FcE8ESz&#10;rSBx3kcZ3ec96nebg/uAmTRo+z6D1vsSXVRGkRnFb58vpGHbqbQdOAfXtqOp2VKqW8uxOH/wN/HS&#10;IWkev+DeeRnrz55k5OtTaTXgA1p/4pH180TfE0wcOIF67rPoKP2+aftxuL67g8P3nmYdTy5so1WH&#10;BSz2zJscpfPHYqmOA3dySbOOJ7ucr/jO42/mjZiMQ5cPaP+69P9eX/Od/+PsgwQCgUDwSiESmBeG&#10;FLwv36Py6yPZ99tabp5ZyW+znUg7t4e528NRd/FW7l0ZaBPNvpU7+DVKyj6U8RxasYPdj2oxcoi9&#10;1jfuKu+fYcrEHzlt1ZOdf2zjoeda9o6qyNVv1jDzcFwhsyJK7h/YxpQdj2j54TJC/bZxbU1Hqqem&#10;UK5ZD+YOqIP6lXCq5ATuP7jFNx/uIqT9WA7vnM+mYbVRRpxmwvjv2RNnz6yVH3Nq76f8ONMNhdch&#10;xkw7gLcmMclMiOPew0dEJeVdsKMkIfoRDyLjSdBsySrnvi+fT/yWExV7svnnz/ltcSfqPLzEvDn7&#10;8RALlgUCgeCVQyQwLwzmDFr0EZundqBDfRsqV6pGh7deo6+tipv+oaSqD1HUYdqCnjjGXWbRqqvc&#10;PrOLjw8/pt3kEYyw1daUmfjtOcyRJAdmLR5A1+pGKExt6DJhBO/WTeLYQQ8eas1gMrh8wZ+kGq2Z&#10;+kZNLPWNqOXen7dd4e4jQ1o3tUFPcyTKJOm4vny3oANtXZ3p7mrJtV2HOBpThbFLpzCntyNNGjnQ&#10;Z8wkvn3HjjS/k2y5kq75cQlQpWHZeQKHVvalj1tdOgwaxYqhVVEGXeLX68Vc3hIIBALBfw6RwLxo&#10;ZCYTcv06hw6f5eff/LmboUL5JC338pBJk/58MbQyEQe/o9eCv4h26ccXb1Z9mlDkRZnIJa+7KMsp&#10;iPn7ND/9eir7czCYaOkHaeERhBTS98vVlpGZSW6qoXpMiroSenL0cl4rnIUxnd7sjL2+5k9lLJc8&#10;I1BVdaaXc945IX0atmuInSyO6z5Rmm0lQGaEW0cXquRarD6N3OphpXzIzeAUzTaBQCAQvCqIBOaF&#10;QUnUhT0M6DYB1ze/YtryPSzfdJLzDwveD21Mm7c70UwWz/1oQ9oP6kiDnOShIKpEHiVICVDsLXZ8&#10;u58VG3M+hziTbI2DQxUqaM189GnT2YUKd8+yaNU5zl2/yeHN2/n2uoKW0vaqea1GJkNfSmpyUSYQ&#10;HS9ttiiPdYFz61maYyFTkZRUNgmHvJwJ5eQqUpPFOhiBQCB41RAJzItCynUWz9vHeXN3fjm+mdt/&#10;rcHr6AeMrV0gC1AmcmLjMa6YVKOBzWOObz7IhcLyAZkhZkZS4lCtPZsPS+c7kedzfDUXVnelntYE&#10;JoNAnzASK1Qg/c8tvDHkY97dEoXTuKlsfKuQ2Z4cpDKNFep1K8nEF7hLKDM+mQSVDAsL86y/5VLy&#10;o57MUZbymTXKxBQSlHLMpURGIBAIBK8WIoF5Qci8fxvfaBmOPbrSzVbKANQo00nLyN+7x53fxfwD&#10;SbQcP4O9c1pQIfgY8zYHoXUOQm5Jw3oWqO6H4hVZ1C1HBci4yx9nI7BoP4SDv3/PA9+feXDxK3ZN&#10;a4JtkdmLhJ41TvXMUIX7cyYsb5mZ3Lrgxx1scHOpmLVFZmaMqSqZ+5EpuYuJlTH+nAvQsipX9YRA&#10;31CSNH+q71a6dukmMXqVcapvrNkmEAgEglcFkcC8IOhVqEgVYyXBF73wT5Y2JEewb+n3bAnJkwQk&#10;+bJ0yZ/cq9+Lz0bYYttzGHPbGXJ9yzbWBWhbzGJA6zc64KTyZ+WCvRwJTs66myktLoK/Dx9m0+kY&#10;7Xch6dvQ3NWa6H2rafraPLq9tYh+o5fx9rwf2XAmUnuylIuCjgPaU4/brJm3nT0+0cTERnFl/xYm&#10;bgnFpHl3RrlmX/MyqG9PY9N0zm7fxf5bcdy/cY65763j12j9rJmZ/GTg/f0Khq26jF9UHDd+38Hc&#10;3Q8wdGrLwAbFZVUCgUAg+K8hEpgXBYsWzJrkjLHHT7Rv/S52reezOLot03tZYmSoQI9Mbvz4C1vv&#10;V2PsnD64qSdp9Gx4a84btDMIZu3aC6jvrFYo9JEbGuTeUq1w7s/mRe5UCzzA0F6jsHYcik2L6fSc&#10;f5hzkelov3qjoHItGywMLXFu3pAWTnbUq2JM0vVTLBj/MVOOam6/lspSyKWyNBNGORg1HcSWj9ph&#10;G/I7YwZOolbLKXSZd5pY1wFsXd4997KVvGJrPny/CdahJxn12ns4DPie8/YjWP+2rSSHgVSLPMhM&#10;6PJ2B5R7V9G63Xu0mvY7tyq15aslvXEsbA2QQCAQCP6zyFQSmu/PTULgbs03QWlJigjiSkA88qp1&#10;aOVgkb8Tfx5SY/D1CSUsQYWxpTUODWypYqI9f1VG/sGgnj9wf8QiTs2o8/T5MokXGNl5DWfdZ+G3&#10;rClGms2FoUyOxtsnjPspcirWqYtbDTOt62eSI4K5fDMehZ09Les8e8yT05toPOESbb/eyLdtYvG4&#10;Gk6caWWauthiJZIXgUAgeCkpZz9Y8610iBmYFwyzqnVx7+RGh7JMXtQYW+HUvAm9urjh7mZXaPKi&#10;RhkbQ9QTUBgYaLZkkxgUSrCUjNjaWqNL3iA3rYhrS6nMTi40LyR5UWMqJWvu7k1ooyV5KYjcrBLN&#10;OzSlW1ORvAgEAsGrjEhgBM+gX7c1b7cph8/6j2g+eAnDp33NsJFzaPrO/7jbqC+fvVVdpwRGIBAI&#10;BIJ/CnEJSaCdzCRunLnIUa97PEjKRN/MEnuXJvRtX+Nfn/nIDLvIl9vvUG/oQAbWKW6ORiAQCAQv&#10;A897CUkkMAKBQCAQCP51xBoYgUAgEAgErxwigREIBAKBQPDSIRIYgUAgEAgELx0igREIBAKBQPDS&#10;IRIYgUAgEAgELx0igREIBAKBQPDSIRIYgUAgEAgELx0igREIBAKBQPDSIRIYgUAgEAgELx1l+iRe&#10;gUAgEAgEgn8DMQMjEAgEAoHgpUMkMAKBQCAQCF46RAIjEAgEAoHgpUMkMAKBQCAQCF46RAIjEAgE&#10;AoHgJQP+D7Boe4+PEgQYAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQCnogdGAQcAAAEHAAAUAAAA&#10;ZHJzL21lZGlhL2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1JSERSAAAAUAAAAFAIAwAAALnPAp8AAAAB&#10;c1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAgpQTFRFAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAiE2MagAAAK10Uk5TAAEC&#10;AwQFBgcICQoLDA0OEBESExQVFhgZGxwdHyAhIiMmJykqKy0uLzAxMjM2OTw+P0BBQkNFRkdJSktO&#10;UFFVVldYWVpgZGVma2xtbm9wcnN1dnd4eXt8fn+Cg4SIiouNjo+QkZOUlZaYmpydn6ChoqWnqKuv&#10;sbK0tbi6u72+wMHCxMXGx8nKy8zNztDR0tPV1tjZ29zi4+Tl5ufp6u3v8fLz9PX29/j5+vv8/f4v&#10;toZYAAAACXBIWXMAACHVAAAh1QEEnLSdAAADx0lEQVRYR93Y6UNMURgG8KtECBWFCJEtIkvWyFKW&#10;LJGdQmMnskeyJEu27DsVlaiZ/9Gc5zwz7p17lqlv/D6d97zPW3e6zb13xvkvpCwoD4SVL0jhRv8l&#10;5m55EfJo2TQlgc2+K3z0mz/Go/tBAQN9Mq6O80qXxzAWr7RmTuoEm4YxGo/UGxyD3k/P6wMBFi4X&#10;4z5HZb84EnZhXpY8CazdulejYzPyDfOhjrqJ3AvjnteTOF53buTwOpdyR+JujM5MtrVWMfljHTci&#10;uO+zhH2NM4xVDeRGFBt+BxlQqpSZr2NZu8iOShkTCkdl4mESazfZUtrGiM8G2T/N0kv21LynL6pQ&#10;dstZxpBNjfEMeaT3oKc7fjR1vicz5fYRrVOsfNDVuseUyz40Gln5oa23nLGoDLzgL6rzK2FMr2sw&#10;cxFN2Da8kdA3CDBH2djcw0oFAZNEBqXXYquVhRKGTBoYhEnYWsZKCQmT3hFMCvVip42FGoaMtjMp&#10;YGM+CzVEjHqYDNsqauNfMJ4fGMph1HHeivIkCw2MmEVPy3CUvkuqFzJm7Yw6+ShZ6CBjEbnonBfF&#10;YRY6mLBYySyeYGax0MGExU131naHRcjGlf3GtRYGbGR0hli+lGs9DNjI6HqxvCPXehiwkY9Ph8Sy&#10;BksDDNjkIXpWLPdjaYABm2JET4hlFZYGGLDZjWgVKzNEDXBYlVjuxYANoga1IiTvIaUYsEHU4LYI&#10;lWBZgAEbRA2eiFA+likYsEHU4J0I8baOARsZ1et2hTBgw6xOpjvUisKCWZ1FIvOOxQFMWDCrc01k&#10;drCYiQkLZnWQyWWR1IvSjFmNsSLSE328acGIGaMa10WkmYXjrMGIGaNqifinKWQVhhEzJtWKRSLI&#10;QriEGSMm1XCA1SyErCCGTJhUKhOB4GhWYD8tDKokdYrAfVZSBoZMGFTBPSQ0hBU1YNOAOYU89GtZ&#10;RaQrv1FxYc4vuV20u31PHrswpseY3yu017JyeY+GFlM+V9F9zMotVX541GEqlvyI3TmUpQcuaVoM&#10;xTgum5NZxuAHcDVmvK7I3gqWPvx9Soy4JePzVyhUwVrhiEyoMOEytU12NrNWqpEZBQaiks+xYfya&#10;xXFKGPNhP2JjF/cXc0NrtuYtwzYkFON6FdZh/arKcdI+MOzFbti0hsjRhR7FXBE0KlQHiU7ChIW4&#10;X0o/i7AZh1F3OeISONbQ8plrqVb59tDIfMYpneDt+F7tX9m3OKpUm8FYnxQ9VV4vuhrnMNB3idMr&#10;Yq5qzaU5A9jsv/TCnYFAoHrL3EHc+Jc5zh87I0l6/+nuCQAAAABJRU5ErkJgglBLAwQKAAAAAAAA&#10;ACEAY5zpl24ZAABuGQAAFAAAAGRycy9tZWRpYS9pbWFnZTQucG5niVBORw0KGgoAAAANSUhEUgAA&#10;AUUAAABkCAYAAAAR8yJ6AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAAFiUA&#10;ABYlAUlSJPAAABkDSURBVHhe7Z15rF3T+8a331+ouUFUTW0NMQulKSoENUSMQUWlKUHboEqVqCAU&#10;NWvTGoI0NIYYSkQNFaKloTUrMVQJVcQ8ffGX3/2snud47+4+w729tz3nnueT7Nyz19577TW861nv&#10;Wueetdb4t43MGGNM4v9Kf40xxrRhUTTGmIBF0RhjAhZFY4wJVPyi5eabb87eeOON0ll7Ro8ene23&#10;336ls2IuuOCCbMiQIdnRRx9dCmkP8a+11lrZqFGjSiEdZ8aMGdnzzz+fPfDAA6WQ2jz44IPZK6+8&#10;kv3888/pfKeddsrOPPPMbOONN07nXOvVq1e2xx57pPOupivy3VEuu+yyrH///tmIESNKIct58skn&#10;s7lz52Y33XRTOu/uvHcH1D/5mDZtWinEmJWjoqc4bty4JDYSHIRQ57UE8fvvv8+++eabbMsttyyF&#10;rMjXX3+d9enTp3TWMWgEY8aMSQ16s802K4XWhufmzJmThJp8XHnlldlPP/2UTZkypXRHlr388svZ&#10;a6+9VjrrejqSb8oRQePvysA7BwwYUDr7j2XLlmWbb7556az78w50ShxdxWeffdZpOzKmiJrDZ7wH&#10;2H777dPfevj444/T30oeRz2iWYm33347W7RoUXbooYcm7yc26lrwHM/wLGy77bbZqaeemj6LSy+9&#10;tNu8uI7mm3JE0OTFdoZPP/00+/vvvws7ssWLF7frVLoz7+LDDz8sfeoa8sJuzMpS8/8UNdzMD0/i&#10;MHTNNddM3peGygxr33///eSdLFy4MDXK/fffv9zgeG769OllLxSxuP/++5NocS/Cde6559YUA7xF&#10;BC4O0W+//fb0zsmTJ6/wPGnGUxw5cmShSCC4N9xwQzld3HfIIYekhoxHgoBcfPHF2dNPP5281Hy+&#10;yDf3XXXVVekc4tC1KN+PPvpouYw23HDD7IwzzkidyaRJk7IPPvgg3QfkkzgYLj733HNJXPPlDqRB&#10;aeO9e+21V7shcuSUU04pT4XEvJPvk08+udx5QMwH7yDN1H1MM2g4K7tgCoVnFH+EdxE+e/bscl7z&#10;0xm1rufzMHPmzGyXXXZZYaqA8txoo42yv/76K00LkbZzzjkn1YHSm7e7ajZeKZ9AOh5//PFkC0Ad&#10;DB8+vKY9m8agpqe4ZMmSZCwRDAJjGTt2bDJsjOvhhx9OBgZ4NxgLw5p77703Gz9+fDZv3rz0DOCh&#10;xDg1fEXIiI/n7rrrrhRWCd7FO/Je1wYbbJDiLjLAYcOGZQMHDkzCxJwnRq80w0cffVT2nORhkf/T&#10;Tjstu+2229L5hAkT0nXSqnzRCIBGkC+rOHTN5xtBZPiufNOwadSA14YAIExco8FRfg899FB27LHH&#10;prBLLrkkNUy9X50R4VxHsLle5EmpLtQ5xLxzPx6YIA7SKUHkHap7RGLq1KmlO7OUPsK4Rr4QZOwF&#10;0aS8gGsclD3P8j6FMd8qe9D1fv36pWvUAdCBgvLNKIb83H333e3EKUJ+KP+99947xUU9EDfiTl6I&#10;mzy+8MIL6f5aNl4pn4CIY8Nc48BOqWvTHNQURYypaN4OgWH4CX379k1/Bc/EXpUGgRFilIBQSBww&#10;bMQEY2W4iCEibNFLKqLSEJ10ISiVwKtjLpHem3ddd911ZUPH+5KA4B3iBREX+URk8TQQVRod5/l3&#10;5+fuyBtCqqmHmG8gnyeeeGJZwHv37p3+Csolzpcx57fzzjunz6T9u+++S2l89913UxgNc+jQoeV6&#10;QVDJT1H9ffXVV+3SEvNOOAIBlA2iSLkC76DseDdpWHvttVMe+QykB6Eh7+QLMdlmm23StSi8gABx&#10;fxQx7EAelq7r3cRHeR144IHp/Msvv0zX58+fnzpfPFbZXIQODmE6++yzy50AeeXZfP1Gqtl4tXwS&#10;D7YukaRTHTRoUPpsGp+qokiDwJi22GKLUshyGIIwhMPbYlh1xRVXJCPBOPRM3oOjkXEPIJpq7DRo&#10;hh/EpwNBwkuqRt7r6ggYOgZPuhEDCWwUrZhGQR7iOyUEiGNeAIFGiwhQLhDjpJz++eef7L777iuX&#10;I96HhEmeahReOgrSGMsKUSJO0sL9ccgLCEy+/oB8x/zFvFNP1CEwVUA4YqJ3UD8xDVzfdNNN0/1M&#10;L5AHvDamN0DCwjtjp0E8DHUrUXSduFQmlCcChAfHkD/fSYnPP/882ZjSAdRl/sunWFbVbByq5ZOO&#10;F4+V50kX+aiUNtN4VBVFiYV6V8BroAek92OeivkzvBc1MMQBohGop95xxx3Ln9WrAsZFPDqIG4+g&#10;GjTivGhVA8NmvjEiAwdEikYrMafBMWwTRemOwiyvJcZJI4siF59nCEgemMNSOfK8PCkacj4+YOgc&#10;ywrPMC+EQqId609ELzSfdzxW0kaa8QzzdRHfT/qPO+64JAh6H54fc9DYBaIh6qkzhubVOsQ4XUD5&#10;Y1NHHXVUNmvWrJSPIqjL2JlBzD/Esqpl49XySdooNzxWnmVuFtEmzDQHVUURo8sPvWjY9M40AoxQ&#10;k+4SEAwQmK8DjOGOO+5Ihs4zDLuAoSPstttuqbHI0Ln/1ltvTaJQjeh1CdLChHoRNArSqSEN7+F/&#10;BvEg8O7oAPgsMc97WPT2iFT0Nkh3bGx4F8SrcmFCX+WXzzfliGAiekoLwrTDDjuk6+SP9EQowwUL&#10;FpTOlucXMQB5asofDZchZV4MBO9n/g7yeUcY8AjxYvF4lGfCuQ/RAPLJ3K/+jQfPKM6dEX/MA/nT&#10;O0F1IjEjzZwfcMAB6RzB45zyAa4jMOuss046Jz7qCK8fm6w0Dx07JyA+8k/8Ik4n1LLxavlk5EO5&#10;KU948qB6N41PVVHEmPJDjH333TcNPfjWjyEFwkQDkoDwDJ4LBss91157bYqDbwwBAUIozjvvvHRO&#10;Q6RXpaflfgSRxlfJ+wEMDsPND9ERKc2F5aFXp4HToHnP5ZdfnkSMuSCEiQ5ADSd6DaJIhKO3MXjw&#10;4PQ88apcQCKXzzdfguCFkRYakcRTwkRnQblyXR0GZUiaCeMgv8yTAQ34pJNOSkNwriGe0bvJw7wg&#10;jZ28xrwL0kNZxvk+oLyUbr50QjxOOOGEdA2PkXJS+vD64r88kefYcRE3aSQe7kfg8axU7ogd17Eh&#10;XecZ8pqvI8qG9KozjuTtuGg4zRdqKqtaNl4tn0ceeWTqPKlnrpEe6iXv8ZvGxUuHGWNMoOa3z8YY&#10;00pYFI0xJmBRNMaYgEXRGGMCFkVjjAlYFI0xJmBRNMaYgEXRGGMCFkVjjAlYFI0xJlD4M7/p7y4t&#10;fTLGmJ7J6N3ar5EpCkXxk08+KX0yZjkv/LV2dvBa/yudGdP8bLfddqVP7fHw2RhjAhZFY4wJWBSN&#10;MSbQI0WRhVbZ5MmsHtigikWDf/nll1JIz8R21jNpalFkNeu4B4hgaf8nnniidNZ10NjffPPN0lnn&#10;4PlK6W4mKIvzzz8/5YWDnfQIg3feeSft8fztt9+m866A+DlqgRBTxmwv0FGoE/KSp6fame5hb/PY&#10;gakc6invlYFN0di9kXdzsMo550qTOhyls6hMCOeQ7YHu5wDyQdz10iM9RZbiv+WWW0pnXceNN96Y&#10;lpg3y8vi1VdfTfuicLz33ntpqwJgSwH2fdFWDKsSth6gjthHpbvpKXbGpmvac4bOpNae610Fewgd&#10;ccQRaf8a3s/WDePGjUt7Za+33nppi4l6OzfKTFxzzTWlT8sZPnx4irvekUuPFEV6CHoHeho+q8fR&#10;OT0JPcvxxx+fzumV6LVAPRbhHHhDhBEfG9+D4iA8ekuxgeSvEWdRpZAGjqJrzQCbSLHRFPvMsIc2&#10;yNOgjNRrM9SknFVO3INXwKGyp4yjd8K98TxCfNGr0LskJniqepb49W7KWl4FZa665nqtvcbzKH3V&#10;7CzaAemVjcR3c6xOO0OYKC/KhT3Rd91119KV/4hpJY0SK9Uj4bFsKQOVOX9Vx4LnFy1aVN7DO7Ln&#10;nnumvZoQx3XXXbcUWhnST5lhE6SHuNnbR2gjtGeffTb9rUWP/qKFwlh//fWzt956K52/9NJLabMr&#10;Cp3tK/n8+uuvp42F6KGoUDwNehWGRmzG/vvvv6cd2i688MJyQVNZ7PxGxUVviV0LqRTIXyPOfKVg&#10;aFQgGzk1225vbLX666+/JhHC6J955pmKOwfCI488kkQTA6acli5dmracpX7wGDoCDZsNwqgz6g+v&#10;grh4P40a2PSKOqNOuY865l7qnLoH6oN64ZmJEyem+uoM1eyMuGn82BJpJO803kayMzbdYlMxPH3E&#10;hbKNIHDEy6ZvpJV75IkjptQpZcse3dpQjC18gREDZc9zEUYWwAZtwAZklCHvRmTvueeerFevXnW1&#10;C3a5HD9+fCpLyoA42DwsQv5IYz30aFEEKmz27NnpM385p/elQXO+zz77pIqFP//8M9tkk01S5dCQ&#10;MOiDDz44GT1DQRU0xk5l8Ty9Ktc5KHht95m/hnEwrBSICIbGu1fHMHNlYdc6DJ0yQpRoqOzAWOSJ&#10;wOGHH57KTXs6s1cz51tttVUSjY5A2dNA//jjjzTsktdCuHbo69u3bypXNVLKmbqmXqh7UEOlXqgj&#10;7TjZGYrsTJ8ZnmJH8mJJd6PZGWJMOhGXuLUvEC9iQ1nGrV0BASf+008/PeVHOztSz8RHh0kHeNZZ&#10;Z6VwwW6fINEjbWzPi7CxmyJxsssnbbUeeC/vpyywzSLoeOqhx4si7jmVg/tOY6Bx0gMBFYAR0YOo&#10;V8YgqBwMFeh16Nk7ihpeJfAkqES8imYET4Xengb42GOPpa1WyTMeUHdDQ6HBYORsCZtvxBHtEY0A&#10;Utf8pa67miI7A+oYr5V3c/DuoUOHNpydIUqkr2i6grqmw2DbW7YJjlD3tCO8RDpG5YchPXlVZyHv&#10;vBKUG4KLoDE9gAiDtvetBeI6Z86csge9MjS9KNJjUhA68tDLYRRUFgZC5XPwmWEbDYzKoBfn21IM&#10;E49i9913L0/e0rMD3gdonocKRxgYXnAwrBg0aFC6J3+NuZVo9PSkNAR6xPx8SzPApvSUKXkif/LI&#10;8IA6C/NHlCHx5euSa5QnZa/N8SU8v/32W/oLej/eCUNnvA5gOMazNOBRo0alMLwzUB7UEIvojJ2B&#10;REF2gJ0x3G0mO2OulTxRlvE/Cihf3kfnxBAdr1HeGEPgmTNnJnGkU8iLt/Y518hi4cKFyZtFEMm3&#10;vtXXffDUU0+Vy7+jeWGfeJVrLZpeFDEQClNHERgOlcJfMXXq1PQXI6UxMGzAkA877LBUiXgiGC1D&#10;FQ0J8IowDp7BIxo7dmwyFHpRDrwl3YshxmvESdwRekXSREPSBHWzQPmRP/JJ/oByrOa11YIhFsJC&#10;fDQuyl4cc8wx6S9lTzlyjTpino7hu+D91AMigNhwjhAiRDzLUF12onjIw5QpU8oCWkRn7SxvI7KD&#10;ZrIzDX1JJ+JFHQHtRXN5iCOdE8NwoIwoa8KpC+6JMMwF5lGBPJJ27lU9EXccCnNN5T9r1qxSaG0Q&#10;XuIbOHBgKaQ6XhDC1IUXhDBdDd9WM+zGy+xO8KDpMJgm0xwmeEEIY0xDMXLkyDS1UOnLua6Cb8Lx&#10;QqMgVsOeoqkLe4qmp2FP0Rhj6qDQUzQmD6uxV1qp2JiehD1FY4wJWBSNMSZgUTTGmIBF0ZgmY8mS&#10;JdmAAQNKZ6araUhR5GdKa6yxRvlYGa6//vp0dCejR49u99MqG23rgH3GX5Bga7Jb7ELwM0iFR9vg&#10;Wf1Esl74WSr/jFwvd955Z0pXvb/oaHUaThQxEP7Rki/FOfh5VTSuPNwfjTJ/bkx3gdDod9TixRdf&#10;LNsuP0GU4I0YMSLZMuGsJrQyHTXv0M/86oGf6V100UVZ7969SyGmGg0nildffXX6jaNgnbXp06cn&#10;41JPy8E5B78ZZW03wrgvnssgIzGOIvLvEQgt4kxY9ArrQc9xRIHHYyBewvEuo5ehd0SvuVrnYFYt&#10;1BfixO90I3EtQ1bDAdkhtgw8w7N5qGPdqzrXwfuAv4sXL8769euXzrEh2Refo/1G++e5en/R0eo0&#10;nChS4aywkQeDit4j4kkYnzE+wjGOeC4jFAgQP7BXHEUig6jqnsmTJ6/gdRIe16sTeLcyxrjYKqKG&#10;QfIcB8tFSfB4Dx4E4Rj5hAkTyvfxDp6bMWNGOQyioZvVB7bDwrSVoO7onGWDccjcp0+fZOcRrmOT&#10;3E/c2B51zl+cBIlgfuiMDW299dbpXuKQPfEMbQR+/PHHtDjGtGnT0rmpTlN90UKlIzoIV2fASBEs&#10;xYFARRAcBFUGyBAlGm/eK4hghBIvDFXMnTs3GarAoFl3T0SB5d2x8bAHiLxeDoZj8+fPL101qws6&#10;NWwk3+lGELY44qkGtkjnF+NjlRz44osv2tkLKxHlh84MjYE0SQhxLGS7Y8aMSQvXsnwaYm2q03Ci&#10;iCgsW7asdPYfDC2Zi0F06FE7i4SLI99br24YeiHUCKC8SeasYprVAMzqg46ODkqdKx1X7MwQxIMO&#10;OqhdhxdtDfuO9+MNxo4ez08jD+xBdY6g8Zw67XrBltiKgHg6+mwr0nCiiFcVDQRD0DAXY4HOekt4&#10;iRKbIhjWYODqTRmqIMQrA2nGCxD09IMHDy6drQhGi4dBw2NRTBqfaSyYu1YnpekaiZ5sNXZeeICM&#10;HjT1wYrUiKbAHhBGPct8o6Zwophij/E50020FXzD0WYgTKCVD6HzNnH7t80QS6H/pnPC2wx0hXPi&#10;4oA2QyvHwdHmhaXwSJsgla8Tj+B9ij8P8fCc4D35ZxWn0gKci3zaOId8WVRKQ3cz7Z2vSp9MhPqQ&#10;LfI51hWHbCzaVbTdaFd8lr0WxYFNyS4E10W0w7wNmvrxghCmLrwgxKqDIXL0EBlGt4lc8iTzO/WZ&#10;rqepvmgxphXgyziEUAfTKR46rzrsKZq6sKdoWgV7isYYEyj0FPEKjDGmJ1Np5OPhs6kLD59Nq+Dh&#10;szHGBCyKxhgTsCgaY0zAomhMk6HfQJvuwaLYBkYW/1lWy4Up3Jg8ce1L/WYZYni0nbjOYRQ0bK2j&#10;y8F55e3uxaJYon///ukH+PoyXstD+ct5U0TRCtt0onFNzFGjRiUxAq+83TxYFAvg51Rawy729vTw&#10;6u05OtrDm55D0QrbRctysS6i7ETrJXrl7cbGolgAy3tpkU9Bz671HPkt6uTJk6suMmpaA8QmrrCN&#10;bUiUWDZOayrGIbNX3m5sLIolMC4ZM0ZXtOWA1nPEi2RFZGMQMARIsA4mniNixlBaHl41vPJ2g9HW&#10;q7Q81daeUxG1GX76rKPV8HqKK8L6hax9KOLaioDNaL3EaF/xPv4SR7QpnXPE57DTGD/E57yeYtdg&#10;T7FO8AA0Uc5hWht94xxX2F66dGm7YTEeHt4bHiAjEc3xeeXtxsaiWCdDhgxJwxwNsfO7/JnWAXHj&#10;G2ft08KBoDHlwryewhg+s3UBMMSW/TCEjWIKnBPO3DXCx39DxLihaOhsuh4vCFEniCAGHr/1Y1Mh&#10;nfd0vCDEqgPbih4iwojniDh65e3ux55infCtXuy9+TKmVQTRrFq88vbqxZ6iqQt7iqZVsKdojDEB&#10;r7xtjGlJvPK2WSk8fDatgofPxhgTsCgaY0zAomiMMQGLojFNBr984R+8TffQsKLIIq/651X9zImf&#10;VzXDz+vimnYcK7OgqGlMqNO8fQrOCY9Em4iC5pW3G4+GFcVhw4aVfxTfTCDm/MaVdOvgB/6dXbKJ&#10;BuTlnhqPopW3AZHjd/J5vPJ289AUw2f9qF4gFPS40WtEOIp64krhfFaPzlEkPHmPT/Ccns0b98SJ&#10;E5PxR/i9qn4SGD3gfHoULs+DMDoGfl6oMNMYFK28DYTn1+KUYGq9RK+83eC09VwNidYvZI04wTp0&#10;hPEXWC8ufhY8q3XuKoUTD+dAWHyP4J42UUqfuUdr2XFvfl07Ua1IiSteJ56i95JmvTd+Xp14PcVi&#10;8nUqYhg2Gu2FZ2SXhHOdc9kyNiE75a/sFDjXNeA9OicuxcszeucPP/yQ4uSvqU3Deor0tm3pS59j&#10;T9lW0eUel2EIa9hxrc3Qyj0kQ28NWYvChXp0hiKseBOhl+Vd6pG5J65cwnCoFtH7Iy0LFixImxkJ&#10;PAblK85RkWbTHOCltQlQ6axzeOXtxqLhh88MnRESJper0dZDJhHVoeFNpfDugvdp2IJR8k7CqoGh&#10;xl3gat1vGgMEkZVrirauyBM71GXLlqUOU7R5ekkYBdte0IHTQdJZS/SwE57r6OpMTNlMmjQpxdPR&#10;Z1uRhhRFKj/OoXGe30gqQkXjXcU5FKgULjAWQHDxOiNsLsSGROpZi+4pgp46Gnikb9++aVJexBWY&#10;JYS8z55i4yP7lGBVwytvNxcNKYrqzTSc5LxWbzxv3rzyysYc+gKkUjiwxQBhcYVkwTsZFiFW3MOw&#10;JX9PEaST5/Q+DiA+GgfGr3AEUL03gksY74ueIv96wXnsJMzqBXErWnkbNGUC/JW9YROyQ9V7hHPC&#10;uR/hk93FuL3y9qqhZReEwNhaNOudwgtCrDoQ1ughYqt4johjd0//mCb5lxxjWgmvvL168dJhpi7s&#10;KZpWwZ6iMcYEvPK2MaYl8crbxhhTBx4+G2NMmSz7f0v/VwIpAOpfAAAAAElFTkSuQmCCUEsDBBQA&#10;BgAIAAAAIQA9hKBR4AAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcWqdp&#10;KFaIUyEkEIJDoY3Uq5tsEwv/RLHbBJ6e7Qluuzuj2W+K9WQNO+MQtHcSFvMEGLraN9q1Eqrd80wA&#10;C1G5RhnvUMI3BliX11eFyhs/uk88b2PLKMSFXEnoYuxzzkPdoVVh7nt0pB39YFWkdWh5M6iRwq3h&#10;aZKsuFXa0YdO9fjUYf21PVkJWXo04uNl9f7zWlXj2z7T98lGS3l7Mz0+AIs4xT8zXPAJHUpiOviT&#10;awIzEmZLMtJ5uQB2ke9SQdOBwkUmgJcF/9+g/AUAAP//AwBQSwMEFAAGAAgAAAAhAFd98erUAAAA&#10;rQIAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJLBasMwDIbvg76D0X1xkpYxRp1eRqHX&#10;0T2AsBXHNJaN7ZX17WcogxVKd8tREv/3fwdtd99+FmdK2QVW0DUtCGIdjGOr4PO4f34FkQuywTkw&#10;KbhQht2wetp+0IylhvLkYhaVwlnBVEp8kzLriTzmJkTiehlD8ljqmKyMqE9oSfZt+yLTXwYMN0xx&#10;MArSwaxBHC+xNv/PDuPoNL0H/eWJy50K6XztrkBMlooCT8bhdbluIluQ9x36ZRz6Rw7dMg7dI4fN&#10;Mg6bXwd582TDDwAAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAA&#10;AAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAA&#10;AAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAt4Ej3QAsAAEJPAAAOAAAA&#10;AAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQDH8y57mY8CAJmPAgAU&#10;AAAAAAAAAAAAAAAAAKYNAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQBwGwva&#10;NuAAADbgAAAUAAAAAAAAAAAAAAAAAHGdAgBkcnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQItAAoAAAAA&#10;AAAAIQCnogdGAQcAAAEHAAAUAAAAAAAAAAAAAAAAANl9AwBkcnMvbWVkaWEvaW1hZ2UzLnBuZ1BL&#10;AQItAAoAAAAAAAAAIQBjnOmXbhkAAG4ZAAAUAAAAAAAAAAAAAAAAAAyFAwBkcnMvbWVkaWEvaW1h&#10;Z2U0LnBuZ1BLAQItABQABgAIAAAAIQA9hKBR4AAAAAkBAAAPAAAAAAAAAAAAAAAAAKyeAwBkcnMv&#10;ZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAV33x6tQAAACtAgAAGQAAAAAAAAAAAAAAAAC5nwMA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAACQAJAEICAADEoAMAAAA=&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:97053;height:29952;visibility:visible;mso-wrap-style:square" stroked="t" strokecolor="#00b0f0" strokeweight="1pt">
+                  <v:fill o:detectmouseclick="t"/>
+                  <v:path o:connecttype="none"/>
+                </v:shape>
+                <v:group id="Group 594598048" o:spid="_x0000_s1028" style="position:absolute;left:8098;top:280;width:88437;height:29377" coordorigin="8098,280" coordsize="88437,29377" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB2MwOWyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0X/A/LFLzpJtaIpq4iUsWDFKpC6W3IjkkwOxuyaxL/vXsQeny87+W6N5VoqXGlZQXxOAJBnFld&#10;cq7gct6N5iCcR9ZYWSYFD3KwXg3elphq2/EPtSefixDCLkUFhfd1KqXLCjLoxrYmDtzVNgZ9gE0u&#10;dYNdCDeVnETRTBosOTQUWNO2oOx2uhsF+w67zUf81R5v1+3j75x8/x5jUmr43m8+QXjq/b/45T5o&#10;Bclimizm0TRsDpfCHZCrJwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB2MwOWyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                  <v:shape id="Picture 1745371825" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:8098;top:280;width:57153;height:25522;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDUcCRlyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFLzpJlGrpK4iiuDFg7aFHqfZaRLMzqa7a0z79K5Q6HG+/1msetOIjpyvLStIRwkI4sLq&#10;mksFb6+74RyED8gaG8uk4Ic8rJaPDwvMtb3ykbpTKEUMYZ+jgiqENpfSFxUZ9CPbEkfuyzqDIZ6u&#10;lNrhNYabRmZJ8iwN1hwbKmxpU1FxPl2MAlfvys3x8v2x/U3Oh891l2Zb967U4Klfv4AI1Id/8Z97&#10;r+P82WQ6nqXzbAr3nyIAcnkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1HAkZckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                    <v:imagedata r:id="rId19" o:title=""/>
+                  </v:shape>
+                  <v:shape id="Picture 615409652" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:69972;top:398;width:26563;height:16555;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA3LXBGyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33STUYFNXEUX04qGxvT+yzyRt9m3Ibk38964g9DjMzDfMajOYRtyoc7VlBfE8AkFc&#10;WF1zqeDrcpgtQTiPrLGxTAru5GCzHo9WmGnb8yfdcl+KAGGXoYLK+zaT0hUVGXRz2xIH72o7gz7I&#10;rpS6wz7ATSOTKEqlwZrDQoUt7SoqfvM/o6Df2yQ+Ha/J99mYncx/lvZ4KJSaTobtBwhPg/8Pv9on&#10;rSCNF2/Re7pI4Hkp3AG5fgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA3LXBGyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                    <v:imagedata r:id="rId20" o:title=""/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1476727405" o:spid="_x0000_s1031" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="17714,20504" to="17714,28895" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuW75eyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4LfYdlCt50U9Gkja4iguJBqE1LoLchOyax2dmQXTW+fbdQ8Djf/yxWvWnElTpXW1bwMo5AEBdW&#10;11wq+Prcjl5BOI+ssbFMCu7kYLV8Giww1fbGH3TNfClCCLsUFVTet6mUrqjIoBvbljhwJ9sZ9OHs&#10;Sqk7vIVw08hJFMXSYM2hocKWNhUVP9nFKGjey3P2ttttD36TzDD+zs/5MVdq+Nyv5yA89f4h/nfv&#10;dZg/TeJkkkyjGfz9FACQy18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALlu+XskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                    <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                    <o:lock v:ext="edit" shapetype="t"/>
+                  </v:shapetype>
+                  <v:shape id="Straight Arrow Connector 391989056" o:spid="_x0000_s1032" type="#_x0000_t32" style="position:absolute;left:17645;top:28023;width:31501;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCN6Gz6ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PawIx&#10;FMTvQr9DeEJvmrVVcVejlEKhVS/+AfX22Dw3i5uX7SbV9dubQqHHYWZ+w8wWra3ElRpfOlYw6Ccg&#10;iHOnSy4U7HcfvQkIH5A1Vo5JwZ08LOZPnRlm2t14Q9dtKESEsM9QgQmhzqT0uSGLvu9q4uidXWMx&#10;RNkUUjd4i3BbyZckGUuLJccFgzW9G8ov2x+rYLm7HFw1Gq4P36ev1Wp5Plpzd0o9d9u3KYhAbfgP&#10;/7U/tYLXdJBO0mQ0ht9L8Q7I+QMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCN6Gz6ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 169178863" o:spid="_x0000_s1033" type="#_x0000_t32" style="position:absolute;left:40030;top:7072;width:3436;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDz1rkGxQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0X/A/hCnvTVIe1dkaRjYEgDHTT50tzbcuam5JkWv31ZiD4eDjfi1VnGnEm52vLCsajBARxYXXN&#10;pYKf789hBsIHZI2NZVJwJQ+rZb+3wFzbC+/ovA+liCHsc1RQhdDmUvqiIoN+ZFviyJ2sMxgidKXU&#10;Di8x3DRykiSpNFhzbKiwpfeKit/9n1Hgj4cNT0/pl7webt3NTbf6wzqlXgbd+g1EoC48xQ/3Rsf5&#10;6Xw8y7L0Ff4vRQxyeQcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDz1rkGxQAAAOIAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 349972715" o:spid="_x0000_s1034" type="#_x0000_t32" style="position:absolute;left:49057;top:7072;width:3435;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+qqzcyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BTsMw&#10;EETvSP0Haytxo05DS0ioW1WVkDhwoIUPWMXbODReR7ZJzd9jJCSOo5l5o9nskh3ERD70jhUsFwUI&#10;4tbpnjsFH+/Pd48gQkTWODgmBd8UYLed3Wyw0e7KR5pOsRMZwqFBBSbGsZEytIYshoUbibN3dt5i&#10;zNJ3Unu8ZrgdZFkUD9Jiz3nB4EgHQ+3l9GUVvPrRrj7XEWN5ruq3Q50mw0mp23naP4GIlOJ/+K/9&#10;ohXcr+q6KqvlGn4v5Tsgtz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAvqqs3MkAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1746138286" o:spid="_x0000_s1035" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="43340,5466" to="43340,15373" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBiP8rayQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LCN7qRtvGNHWVIig9FNQoAW9Ddkxis7Mhu2r69t1CweN8/zNb9KYRV+pcbVnBeBSBIC6s&#10;rrlUcNivnhIQziNrbCyTgh9ysJg/Psww1fbGO7pmvhQhhF2KCirv21RKV1Rk0I1sSxy4k+0M+nB2&#10;pdQd3kK4aeQkimJpsObQUGFLy4qK7+xiFDSb8py9rderL7+cvmJ8zM/5NldqOOg/3kF46v1d/O/+&#10;1GH+9CUePyeTJIa/nwIAcv4LAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYj/K2skAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:path gradientshapeok="t" o:connecttype="rect"/>
+                  </v:shapetype>
+                  <v:shape id="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:28223;top:26866;width:10674;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAoiBOsyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8X/A7hhL1pqjKtnVHETZgvjun2fmtubbW5lCTT6qdfhMEe7/f/5svW1OJMzleWFQwHCQji3OqK&#10;CwUfh00/BeEDssbaMim4koflotuZY6bthd/pvA+FiCHsM1RQhtBkUvq8JIN+YBviyH1bZzDE0xVS&#10;O7zEcFPLUZJMpMGKY0OJDa1Lyk/7H6PgOf+aHeubNe5tu0t3q5dNepCfSj302tUTiEBt+Bf/uV91&#10;nD8dzSbJ43g8hftPEQC5+AUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAoiBOsyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2430800D" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Wheelbase</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:35344;top:5745;width:6007;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDzsdvnywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvlXgHa5G4tXapaNJQt6qASvRS1L/7Ei9JIF5HtmkDT4+RkDiOZuYbzXzZ21acyYfGsYbxSIEg&#10;Lp1puNJwPKyHOYgQkQ22jknDFwVYLq4GcyyMu/COzvtYiQThUKCGOsaukDKUNVkMI9cRJ+/NeYsx&#10;SV9J4/GS4LaVt0pNpcWG00KNHT3UVH7sP62Gx/J19t5+O+tfNtt8u3pa5wd50vrmul/dg4jUx//w&#10;X/vZaLjLsslEZWoMv5fSHZCLHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDzsdvnywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="54C1C2A5" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00C31697">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Load</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:line id="Straight Connector 1345201847" o:spid="_x0000_s1038" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="49057,5534" to="49057,28675" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBP3qmhyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X/A/LFLzVjW+NriKC4kGwTUugtyE7TaLZ2ZBdNf77bkHocb73LNetqcSNGldaVtDvRSCIM6tL&#10;zhV8fe7eZiCcR9ZYWSYFD3KwXnVelhhre+cPuiU+FyGEXYwKCu/rWEqXFWTQ9WxNHLgf2xj04Wxy&#10;qRu8h3BTyUEUTaTBkkNDgTVtC8ouydUoqE75OZnv97uj307HOPlOz+l7qlT3td0sQHhq/b/46T7o&#10;MH84Gg+i/mw0hb+fAgBy9QsAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBP3qmhyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:formulas>
+                      <v:f eqn="val #0"/>
+                      <v:f eqn="val #1"/>
+                      <v:f eqn="sum height 0 #1"/>
+                      <v:f eqn="sum 10800 0 #1"/>
+                      <v:f eqn="sum width 0 #0"/>
+                      <v:f eqn="prod @4 @3 10800"/>
+                      <v:f eqn="sum width 0 @5"/>
+                    </v:formulas>
+                    <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                    <v:handles>
+                      <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
+                    </v:handles>
+                  </v:shapetype>
+                  <v:shape id="Arrow: Down 571714180" o:spid="_x0000_s1039" type="#_x0000_t67" style="position:absolute;left:42386;top:11676;width:2045;height:4159;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBS7CpUyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasJA&#10;FIX3Bd9huIK7OoloDdFRtFgsBRdGFy4vmWsSzNwZMlOTvn1nUejycP741tvBtOJJnW8sK0inCQji&#10;0uqGKwXXy8drBsIHZI2tZVLwQx62m9HLGnNtez7TswiViCPsc1RQh+ByKX1Zk0E/tY44enfbGQxR&#10;dpXUHfZx3LRyliRv0mDD8aFGR+81lY/i2yj4Oh7up37nFm4/t7fsVnIRzkelJuNhtwIRaAj/4b/2&#10;p1awWKbLdJ5mESIiRRyQm18AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUuwqVMkAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" adj="16291" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:shape id="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:32726;top:11230;width:8433;height:4867;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBfWQp7ywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSsNA&#10;EEXfBf9hGcEXaXcVTNO02yKKUMQ8NO0HDNlpEs3OhuzapPl6VxD6OHPv3HNnvR1tK87U+8axhse5&#10;AkFcOtNwpeF4eJ+lIHxANtg6Jg0X8rDd3N6sMTNu4D2di1CJGMI+Qw11CF0mpS9rsujnriOO2sn1&#10;FkMc+0qaHocYblv5pFQiLTYcCTV29FpT+V38WA2UDw+f+cfk8jKRX8XbMEX+pPX93fiyAhFoDFfz&#10;//XOxPqpSpfPKlku4O+nuAC5+QUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBfWQp7ywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="660954C5" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Imposed Load from Livestock</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="0F05EF8C" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>(M)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Picture 385314642" o:spid="_x0000_s1041" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:41734;top:7792;width:3334;height:3327;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQApI7VsywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSH0Ha5G4Uac/VFVatypUFTlwIc0DLPY2CY3XUewmgafHSEgcRzPzjWa7H20jeup87VjBbJqA&#10;INbO1FwqKM6nxzUIH5ANNo5JwRd52O8md1tMjRv4nfo8lCJC2KeooAqhTaX0uiKLfupa4uhdXGcx&#10;RNmV0nQ4RLht5DxJVtJizXGhwpZeKtLX/GYVvH4W9XP+ce3fstN3plkfi8GelXq4Hw8bEIHG8B/+&#10;a2dGwWL9tJgtV8s5/F6Kd0DufgAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQApI7VsywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                    <v:imagedata r:id="rId21" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 26404748" o:spid="_x0000_s1042" type="#_x0000_t32" style="position:absolute;left:24938;top:2634;width:37884;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1BzxgxwAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0P+A/hDrjTdKTqUI0iwsCos/EBjrtLc22KzU1tota/nyyEWR7OezpvbSXu1PjSsYKPfgKCOHe6&#10;5ELBYf/V+wThA7LGyjEpeJKH+azzNsVMuwdv6b4LhYgh7DNUYEKoMyl9bsii77uaOHJn11gMETaF&#10;1A0+Yrit5CBJRtJiybHBYE1LQ/lld7MK1vvL0VXD9Od4Pa02m/X515qnU6r73i4mIAK14V/8cn9r&#10;BYNRmqTjNE6Oj+IbkLM/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHUHPGDHAAAA4QAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 953966145" o:spid="_x0000_s1043" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="62822,957" to="62822,5941" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQABhP/hzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvgv9heYI3s2k1sYndllJo6aGgxhLw9sg+k9Ts25Bd2/Tfu0LB4zAz3zDz5Wg6caLBtZYVTKIY&#10;BHFldcu1gsPH5mEGwnlkjZ1lUnAhB8vF7c0cc23P/E6nwtciQNjlqKDxvs+ldFVDBl1ke+LgfdnB&#10;oA9yqKUe8BzgppPTOE6lwZbDQoM9rRuqvosfo6B7rY9Ftt1u9n79nGD6WR7Lt1Kp+7tx9QLC0+j/&#10;w9f2TivIkscsTSdPCfxdCndALn4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAYT/4cwA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:line id="Straight Connector 1697952208" o:spid="_x0000_s1044" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="24938,957" to="24938,5846" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDleWgGzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvhf6HZQRvdmOgqYndllJo8SCoUQLehuyYpGZnQ3Zt4793DkKPM+/Ne9+st5Pr1ZnG0Hk2cL9I&#10;QBHX3nbcGPh4P9w9gAoR2WLvmQz8UoDtZj5bY2H9hd/oXMZGSQiHAg20MQ6F1qFuyWFY+IFYtC8/&#10;Oowyjo22I14k3PU6TZJMO+xYGlocaN9S/V3+OAP9S3Mq8+Px8Bz3qyVmn9Wpeq2Mub2Zdo+gIk3x&#10;av6/frKCn+WrfJmmiUDLT7IAvfkDAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5XloBswA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="_x0000_s1045" type="#_x0000_t202" style="position:absolute;left:34820;top:1534;width:13899;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7vceqywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BT8JA&#10;FITvJv6HzTPhJlsglLayECKQ6AUi6P3ZfbbV7ttmd4Hqr2dNTDxOZuabzHzZm1acyfnGsoLRMAFB&#10;XFrdcKXg9bi9z0D4gKyxtUwKvsnDcnF7M8dC2wu/0PkQKhEh7AtUUIfQFVL6siaDfmg74uh9WGcw&#10;ROkqqR1eIty0cpwkqTTYcFyosaPHmsqvw8koWJfv+Wf7Y43bP++y3WqzzY7yTanBXb96ABGoD//h&#10;v/aTVjAdj2Zpnk9S+L0U74BcXAEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC7vceqywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="757EE3D1" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve">Internal Stock Crate Length </w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Length</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="1FF6AD8F" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="_x0000_s1046" type="#_x0000_t202" style="position:absolute;left:72094;top:24894;width:23749;height:4763;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAPqeCtzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dagIx&#10;FITvC32HcAreFM1W699qlKJIi2XBvwc4bI67225Olk3U9O1NodDLYWa+YebLYGpxpdZVlhW89BIQ&#10;xLnVFRcKTsdNdwLCeWSNtWVS8EMOlovHhzmm2t54T9eDL0SEsEtRQel9k0rp8pIMup5tiKN3tq1B&#10;H2VbSN3iLcJNLftJMpIGK44LJTa0Kin/PlyMgs/NNHPbr371nK3X293pPRwxC0p1nsLbDISn4P/D&#10;f+0PreB1PJhOhuPBEH4vxTsgF3cAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAD6ngrcwA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="#c00000">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="507F7CE4" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Note:</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="45E71084" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00D307D2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:pStyle w:val="ListParagraph"/>
+                            <w:numPr>
+                              <w:ilvl w:val="0"/>
+                              <w:numId w:val="41"/>
+                            </w:numPr>
+                            <w:ind w:left="182" w:hanging="182"/>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D307D2">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>The centre of mass of the single load area is taken to be at the geometric centre of the stock crate.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:rect id="Rectangle 575812543" o:spid="_x0000_s1047" style="position:absolute;left:32040;top:18174;width:8632;height:4096;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDpfgB3ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BbsIw&#10;EETvSP0HaytxA4dAaJRiEK1UlVNb0n7AEi9J1HgdxQYMX19XqtTjaGbeaFabYDpxpsG1lhXMpgkI&#10;4srqlmsFX58vkxyE88gaO8uk4EoONuu70QoLbS+8p3PpaxEh7ApU0HjfF1K6qiGDbmp74ugd7WDQ&#10;RznUUg94iXDTyTRJltJgy3GhwZ6eG6q+y5NR8P72mi7N4bj/KPv5LTtUYRvyJ6XG92H7CMJT8P/h&#10;v/ZOK8gesnyWZos5/F6Kd0CufwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDpfgB3ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" fillcolor="#4daed0 [3204]" strokecolor="#091a21 [484]" strokeweight="2pt">
+                    <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top">
+                      <w:txbxContent>
+                        <w:p w14:paraId="39970E5B" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="000D767A" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0" w:after="240"/>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="000D767A">
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:shape id="Picture 378978805" o:spid="_x0000_s1048" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:35208;top:18907;width:2553;height:2546;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDMs3OHywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSLyDtUi9UQcqaEjrVvyoIodemuYBFnubhMbrKDZJ4OkxElKPo5n5RrPeTrYVA/W+cazgbp6A&#10;INbONFwpKI+72xSED8gGW8ek4Js8bDfXV2vMjBv5QEMRKhEh7DNUUIfQZVJ6XZNFP3cdcfROrrcY&#10;ouwraXocI9y28j5JHqXFhuNCjR291qTPxZdV8P5ZNi/Fx3nY57ufXLN+K0d7VGp2Mz2vQASawiX8&#10;386NgsUyfVqmafIAf5fiHZCbXwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDMs3OHywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                    <v:imagedata r:id="rId21" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1754839879" o:spid="_x0000_s1049" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="36447,18447" to="36447,24684" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBTG2JXyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LS8NA&#10;EL4L/odlBG9m46PNw2yLFFp6EKpRAt6G7JiH2dmQXdv037uC4HG+9xTr2QziSJPrLCu4jWIQxLXV&#10;HTcK3t+2NykI55E1DpZJwZkcrFeXFwXm2p74lY6lb0QIYZejgtb7MZfS1S0ZdJEdiQP3aSeDPpxT&#10;I/WEpxBuBnkXx0tpsOPQ0OJIm5bqr/LbKBgOTV9mu9322W+SBS4/qr56qZS6vpqfHkF4mv2/+M+9&#10;12F+snhI77M0yeD3pwCAXP0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUxtiV8kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Straight Arrow Connector 1393549091" o:spid="_x0000_s1050" type="#_x0000_t32" style="position:absolute;left:36447;top:24197;width:12610;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCcc83syQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8X9h3CCXubqVOHrUYZg8GmvkwF9e1ozqbYXLom0/rtjTDw8X7/bzpvbSXO1PjSsYJ+LwFBnDtd&#10;cqFgu/l8GYPwAVlj5ZgUXMnDfPbUmWKm3YV/6LwOhYgh7DNUYEKoMyl9bsii77maOHJH11gM8WwK&#10;qRu8xHBbydckeZMWS44NBmv6MJSf1n9WwWJz2rlqNFztfg/fy+XiuLfm6pR67rbvExCB2vAQ/7u/&#10;dJw/SAejYZqkfbj/FAGQsxsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAnHPN7MkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="_x0000_s1051" type="#_x0000_t202" style="position:absolute;left:40233;top:22927;width:5175;height:2648;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCu8dFpyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8JA&#10;EL6T8B82Q+INtjVi2spCiEqiFwiv+9Ad20J3ttldofrrXRMTj/O9Z7boTSuu5HxjWUE6SUAQl1Y3&#10;XCk47FfjDIQPyBpby6Tgizws5sPBDAttb7yl6y5UIoawL1BBHUJXSOnLmgz6ie2II/dhncEQT1dJ&#10;7fAWw00r75PkURpsODbU2NFzTeVl92kUvJSn/Nx+W+M27+tsvXxdZXt5VOpu1C+fQATqw7/4z/2m&#10;4/x8mqTTPM0e4PenCICc/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCu8dFpyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0F4C0892" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:position w:val="-4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Arrow: Down 361628738" o:spid="_x0000_s1052" type="#_x0000_t67" style="position:absolute;left:35425;top:21580;width:2045;height:2340;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCPC3ktyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Nb4JA&#10;EL038T9sxsRbWZSUEspqjCnRk4m0hx6n7BSI7CyyW8X++u6hSY8v77vYTKYXVxpdZ1nBMopBENdW&#10;d9woeH8rHzMQziNr7C2Tgjs52KxnDwXm2t74RNfKNyKEsMtRQev9kEvp6pYMusgOxIH7sqNBH+DY&#10;SD3iLYSbXq7iOJUGOw4NLQ60a6k+V99GwaU6fuLTqfQ/9cfrcX8euumSVUot5tP2BYSnyf+L/9wH&#10;rSBJl+kqe07C5nAp3AG5/gUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCPC3ktyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" adj="12165" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:shape id="_x0000_s1053" type="#_x0000_t202" style="position:absolute;left:26387;top:22927;width:8433;height:2559;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBrUW/ywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;EEXfhf7DMoW+SN0oNYTUVUQplGIejP2AITtN0mZnQ3Y1ab7eFQQfZ+6de+6sNoNpxIU6V1tWMJ9F&#10;IIgLq2suFXyfPl4TEM4ja2wsk4J/crBZP01WmGrb85EuuS9FCGGXooLK+zaV0hUVGXQz2xIH7cd2&#10;Bn0Yu1LqDvsQbhq5iKJYGqw5ECpsaVdR8ZefjQLK+ukh+xptVsTyN9/3Y+CPSr08D9t3EJ4G/zDf&#10;rz91qD+PF8skeVvGcPspLECurwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBrUW/ywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="339EF882" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>100kg (M</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:position w:val="-4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Picture 1595108721" o:spid="_x0000_s1054" type="#_x0000_t75" style="position:absolute;left:72094;top:17230;width:23868;height:7344;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQALSAn8xwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4LfYdlCt50E0VrU1cpDYLoxVgvvQ3ZaRLMzi7ZVePbu4WCx/n+Z7nuTSuu1PnGsoJ0nIAgLq1u&#10;uFJw+t6MFiB8QNbYWiYFd/KwXr0Mlphpe+OCrsdQiRjCPkMFdQguk9KXNRn0Y+uII/drO4Mhnl0l&#10;dYe3GG5aOUmSuTTYcGyo0dFXTeX5eDEK5s05d/fcFZedPv0c3N7l+dQpNXztPz9ABOrDU/zv3uo4&#10;f/Y+S5PF2ySFv58iAHL1AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAtICfzHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                    <v:imagedata r:id="rId22" o:title=""/>
+                  </v:shape>
+                </v:group>
+                <w10:wrap type="tight"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F427B5C" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00001D0B" w:rsidSect="00001D0B">
+          <w:headerReference w:type="even" r:id="rId23"/>
+          <w:headerReference w:type="default" r:id="rId24"/>
+          <w:footerReference w:type="even" r:id="rId25"/>
+          <w:footerReference w:type="default" r:id="rId26"/>
+          <w:headerReference w:type="first" r:id="rId27"/>
+          <w:footerReference w:type="first" r:id="rId28"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+          <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3483648B" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="008062C1" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:pStyle w:val="Note"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2FB50688" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6190"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC867AC" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="793E0A45" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5C1D02A2" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5FFAED92" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3878E962" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="119E2B4C" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7BEFBC27" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37121131" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4B2A435E" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2F673A53" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="26355F71" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="689B2AFE" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="14CA8802" wp14:editId="38D06CA0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6423660</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125730</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2070100" cy="680085"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="24765"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1920052123" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2070100" cy="680085"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2D720C93" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00640161" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Wheelbase</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00640161">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0B593EBE" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B9) Vehicle Wheelbase: _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="79C8C29B" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00CF3281" w:rsidRDefault="00001D0B" w:rsidP="00001D0B"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="14CA8802" id="Text Box 2" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;margin-left:505.8pt;margin-top:9.9pt;width:163pt;height:53.55pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnPGSLGQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkl6MOEWbLsOA&#10;rhvQ7QNkWY6FyaJGKbGzrx8lp2m6YS/D9CCIonRIHh4ub4bOsL1Cr8GWfDrJOVNWQq3ttuTfvm7e&#10;XXHmg7C1MGBVyQ/K85vV2zfL3hVqBi2YWiEjEOuL3pW8DcEVWeZlqzrhJ+CUJWcD2IlAJm6zGkVP&#10;6J3JZnl+kfWAtUOQynu6vR+dfJXwm0bJ8LlpvArMlJxyC2nHtFdxz1ZLUWxRuFbLYxriH7LohLYU&#10;9AR1L4JgO9R/QHVaInhowkRCl0HTaKlSDVTNNP+tmqdWOJVqIXK8O9Hk/x+sfNw/uS/IwnAHAzUw&#10;FeHdA8jvnllYt8Ju1S0i9K0SNQWeRsqy3vni+DVS7QsfQar+E9TUZLELkICGBrvICtXJCJ0acDiR&#10;robAJF3O8kuqnFySfBdXeX61SCFE8fzboQ8fFHQsHkqO1NSELvYPPsRsRPH8JAbzYHS90cYkA7fV&#10;2iDbCxLAJq0j+qtnxrK+5NeL2WIk4K8QeX6Xb5JsKOoriE4HUrLRXcmpCFqjtiJt722ddBaENuOZ&#10;Pht75DFSN5IYhmpguiaA+DfSWkF9IGIRRuHSoNGhBfzJWU+iLbn/sROoODMfLTXnejqfR5UnY764&#10;nJGB557q3COsJKiSB87G4zqkyYi8WbilJjY68fuSyTFlEmOi/Tg4Ue3ndnr1Mt6rXwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAMJCZVndAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9Yi&#10;caN2GpS2aZyqqoS4Qkrp1Y2XJOBHiJ02/D3bE9xmdkfzKDaTNeyMQ+i8k5DMBDB0tdedayS87Z8e&#10;lsBCVE4r4x1K+MEAm/L2plC59hf3iucqNoxMXMiVhDbGPuc81C1aFWa+R0e/Dz9YFYkODdeDupC5&#10;NXwuRMat6hwltKrHXYv1VzVayv183BmxfV+Myffz4WXP00O1PEp5fzdt18AiTvFPDNf6VB1K6nTy&#10;o9OBGeIiSTLSElrRhqsiTRd0ORGaZyvgZcH/jyh/AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOc8ZIsZAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAMJCZVndAAAADAEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2D720C93" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00640161" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Wheelbase</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00640161">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0B593EBE" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B9) Vehicle Wheelbase: _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="79C8C29B" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00CF3281" w:rsidRDefault="00001D0B" w:rsidP="00001D0B"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2EE3FCEF" wp14:editId="7B6B293F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3493465</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125730</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2880995" cy="1360170"/>
+                <wp:effectExtent l="0" t="0" r="14605" b="11430"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1274698245" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2880995" cy="1360170"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="6AD421F0" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00640161" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00640161">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Centre of Mass to ROH Line - D:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6726F390" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5C5AD36C" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="236DB698" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m): (If applicable)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4302AF53" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="590CCF47" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00CF3281" w:rsidRDefault="00001D0B" w:rsidP="00001D0B"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2EE3FCEF" id="_x0000_s1056" type="#_x0000_t202" style="position:absolute;margin-left:275.1pt;margin-top:9.9pt;width:226.85pt;height:107.1pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCieIBGgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X2xnSZtYcao2XaZJ&#10;3YfU7QdgwDEa5jIgsbtfvwtO0qzTXqbxgLhcOJx77mF1M3SaHKTzCkxFi0lOiTQchDK7in77un2z&#10;oMQHZgTTYGRFn6SnN+vXr1a9LeUUWtBCOoIgxpe9rWgbgi2zzPNWdsxPwEqDyQZcxwKGbpcJx3pE&#10;73Q2zfOrrAcnrAMuvcfd+zFJ1wm/aSQPn5vGy0B0RZFbSLNLcx3nbL1i5c4x2yp+pMH+gUXHlMFH&#10;z1D3LDCyd+oPqE5xBx6aMOHQZdA0istUA1ZT5C+qeWyZlakWFMfbs0z+/8HyT4dH+8WRMNzBgA1M&#10;RXj7APy7JwY2LTM7eesc9K1kAh8uomRZb315vBql9qWPIHX/EQQ2me0DJKChcV1UBeskiI4NeDqL&#10;LodAOG5OF4t8uZxTwjFXvL3Ki+vUloyVp+vW+fBeQkfioqIOu5rg2eHBh0iHlacj8TUPWomt0joF&#10;bldvtCMHhg7YppEqeHFMG9JXdDmfzkcF/gqR53f59kTwt5c6FdDKWnUVXeRxjOaKur0zIhktMKXH&#10;NVLW5ihk1G5UMQz1QJRAIvFu1LUG8YTKOhidiz8NFy24n5T06NqK+h975iQl+oPB7iyL2SzaPAWz&#10;+fUUA3eZqS8zzHCEqmigZFxuQvoaUTcDt9jFRiV9n5kcKaMbk+zHnxPtfhmnU8//e/0LAAD//wMA&#10;UEsDBBQABgAIAAAAIQDyTa5p3wAAAAsBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqN2khTbEqapKiCuklF7d2E0C9jrEThv+nu2JHkczmnmTr0Zn2cn0ofUoYToRwAxWXrdYS/jY&#10;vjwsgIWoUCvr0Uj4NQFWxe1NrjLtz/huTmWsGZVgyJSEJsYu4zxUjXEqTHxnkLyj752KJPua616d&#10;qdxZngjxyJ1qkRYa1ZlNY6rvcnC0+zXbWLH+fBqmP6+7ty1Pd+ViL+X93bh+BhbNGP/DcMEndCiI&#10;6eAH1IFZCfO5SChKxpIuXAJCpEtgBwlJOhPAi5xffyj+AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAMKJ4gEaAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAPJNrmnfAAAACwEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="6AD421F0" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00640161" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00640161">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Centre of Mass to ROH Line - D:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6726F390" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5C5AD36C" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="236DB698" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m): (If applicable)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4302AF53" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="590CCF47" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00CF3281" w:rsidRDefault="00001D0B" w:rsidP="00001D0B"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="591A6094" wp14:editId="63F7EFFF">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-36195</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>125730</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3474720" cy="1938020"/>
+                <wp:effectExtent l="0" t="0" r="11430" b="24130"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1234003016" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3474720" cy="1938020"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4341E450" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="006E1172" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="006E1172">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Load Area – Imposed Load – M:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="51E0A774" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B7) Internal Stock Crate Loaded Deck Length (m): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3284F78A" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B6) Internal Stock Crate Loaded Deck Width (m): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="32194047" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B8) Number of Decks: _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0DC3A0CA" w14:textId="5F6DE14C" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D6) M = B7 x B6 x B8 x SL</w:t>
+                            </w:r>
+                            <w:r w:rsidR="002A2D86">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="24FC1351" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:ind w:firstLine="567"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ x ______ </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>x ______ x ______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="757DCB29" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D6) M = ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="591A6094" id="_x0000_s1057" type="#_x0000_t202" style="position:absolute;margin-left:-2.85pt;margin-top:9.9pt;width:273.6pt;height:152.6pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBHWcw5FwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3aySTex4qx2s01V&#10;aXuRtv0ADDhGxQwFEnv79R2wk8226ktVHtAMMxxmzhzWN32ryVE6r8CUdDrJKZGGg1BmX9JvX3dv&#10;lpT4wIxgGows6ZP09Gbz+tW6s4WcQQNaSEcQxPiisyVtQrBFlnneyJb5CVhpMFiDa1lA1+0z4ViH&#10;6K3OZnn+NuvACeuAS+/x9H4I0k3Cr2vJw+e69jIQXVKsLaTdpb2Ke7ZZs2LvmG0UH8tg/1BFy5TB&#10;R89Q9ywwcnDqD6hWcQce6jDh0GZQ14rL1AN2M81/6+axYVamXpAcb880+f8Hyz8dH+0XR0J/Bz0O&#10;MDXh7QPw754Y2DbM7OWtc9A1kgl8eBopyzrri/FqpNoXPoJU3UcQOGR2CJCA+tq1kRXskyA6DuDp&#10;TLrsA+F4eDW/nl/PMMQxNl1dLXN04husOF23zof3EloSjZI6nGqCZ8cHH4bUU0p8zYNWYqe0To7b&#10;V1vtyJGhAnZpjegv0rQhXUlXi9liYOCvEHl+l+9OBb6AaFVAKWvVlnSZxzWIK/L2zogktMCUHmzs&#10;TpuRyMjdwGLoq54ogTyky5HYCsQTUutgkC5+NTQacD8p6VC2JfU/DsxJSvQHg+NZTefzqPPkzBeJ&#10;WHcZqS4jzHCEKmmgZDC3If2NSJyBWxxjrRLBz5WMNaMc04jGrxP1fumnrOcPvvkFAAD//wMAUEsD&#10;BBQABgAIAAAAIQBsV8383wAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjc&#10;WjttQ9sQp6oqIa6QUnp14yUJ+CfEThvenu0Jjrszmvkm34zWsDP2ofVOQjIVwNBVXreulvC2f5qs&#10;gIWonFbGO5TwgwE2xe1NrjLtL+4Vz2WsGYW4kCkJTYxdxnmoGrQqTH2HjrQP31sV6exrrnt1oXBr&#10;+EyIB25V66ihUR3uGqy+ysFS7+diZ8T2fTkk38+Hlz2fH8rVUcr7u3H7CCziGP/McMUndCiI6eQH&#10;pwMzEibpkpz0X9MC0tNFkgI7SZjPUgG8yPn/BcUvAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAEdZzDkXAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAGxXzfzfAAAACQEAAA8AAAAAAAAAAAAAAAAAcQQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4341E450" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="006E1172" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006E1172">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Load Area – Imposed Load – M:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="51E0A774" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B7) Internal Stock Crate Loaded Deck Length (m): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3284F78A" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B6) Internal Stock Crate Loaded Deck Width (m): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="32194047" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B8) Number of Decks: _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0DC3A0CA" w14:textId="5F6DE14C" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D6) M = B7 x B6 x B8 x SL</w:t>
+                      </w:r>
+                      <w:r w:rsidR="002A2D86">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="24FC1351" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:ind w:firstLine="567"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ x ______ </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>x ______ x ______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="757DCB29" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00FE17B2" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D6) M = ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="23CD5447" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1726E0E4" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="498E4E0A" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7354ACD9" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1277EB29" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1D852DC8" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="193A19BD" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRPr="00710A42" w:rsidRDefault="00001D0B" w:rsidP="00001D0B">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50F4037A" w14:textId="54D60493" w:rsidR="00F775A7" w:rsidRDefault="00F775A7">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="161A2557" w14:textId="77777777" w:rsidR="00AC4ACD" w:rsidRDefault="00AC4ACD" w:rsidP="00AC4ACD">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Rigid Truck</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Rigid Truck</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="317A626E" w14:textId="176A79BC" w:rsidR="00D63E12" w:rsidRDefault="00AC4ACD" w:rsidP="008C062C">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4E25E296" wp14:editId="5351F872">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6130925</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>62230</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3335655" cy="3716020"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="17780"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1787089119" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3335655" cy="3716020"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4EBA797F" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="001C7621" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001C7621">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Total S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="62D3E942" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(C1) Front Axle Group Unladen Mass: _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="76A866EF" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(C2) Rear Axle Group Unladen Mass: _______ kg </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3581D67C" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="005D3B78" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005D3B78">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Front Axle Group S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="510E3008" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D9) Front Axle Group S10 Laden Mass = C1 + D7</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="28558CB5" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="2977"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7503C182" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="3119"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2C239C8D" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="005D3B78" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Rear</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D3B78">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Axle Group S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6D399EAB" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D10) Rear Axle Group S10 Laden Mass = C2 + D8</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5688F0F8" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="2977"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5E9134D5" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="3119"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="03A4A7F3" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="005D3B78" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Vehicle</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="005D3B78">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5ECBBD36" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(D11) Vehicle S10 Laden Mass = D9 + D10 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4926B9B3" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="426" w:firstLine="2268"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6DAEF63F" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:left="2694"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00152FC5">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4E25E296" id="_x0000_s1058" type="#_x0000_t202" style="position:absolute;margin-left:482.75pt;margin-top:4.9pt;width:262.65pt;height:292.6pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDqhmf0HAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk11v2yAUhu8n7T8g7hc7H05bK07Vpss0&#10;qfuQuv0AjHGMhjkMSOzs1/eAnTTrtJtpvkDgAy/nPOdlddu3ihyEdRJ0QaeTlBKhOVRS7wr6/dv2&#10;3TUlzjNdMQVaFPQoHL1dv32z6kwuZtCAqoQlKKJd3pmCNt6bPEkcb0TL3ASM0BiswbbM49Luksqy&#10;DtVblczSdJl0YCtjgQvn8O/DEKTrqF/Xgvsvde2EJ6qgmJuPo41jGcZkvWL5zjLTSD6mwf4hi5ZJ&#10;jZeepR6YZ2Rv5R9SreQWHNR+wqFNoK4lF7EGrGaavqrmqWFGxFoQjjNnTO7/yfLPhyfz1RLf30OP&#10;DYxFOPMI/IcjGjYN0ztxZy10jWAVXjwNyJLOuHw8GlC73AWRsvsEFTaZ7T1Eob62baCCdRJUxwYc&#10;z9BF7wnHn/P5PFtmGSUcY/Or6TKdxbYkLD8dN9b5DwJaEiYFtdjVKM8Oj86HdFh+2hJuc6BktZVK&#10;xYXdlRtlyYGhA7bxixW82qY06Qp6k82ygcBfJdL0Pt2eEvztplZ6tLKSbUGv0/AN5grc3usqGs0z&#10;qYY5pqz0CDKwGyj6vuyJrJByxBzAllAdEa2Fwbr41HDSgP1FSYe2Laj7uWdWUKI+amzPzXSxCD6P&#10;i0V2hSyJvYyUlxGmOUoV1FMyTDc+vo0ATsMdtrGWEfBLJmPOaMfIfXw6we+X67jr5YGvnwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhADK8VTjcAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPx&#10;D9YicaN2oSlNiFNVlRBXSClc3XhJAvE6xE4b/p7tCW4zmtE88vXkOnHEIbSeNMxnCgRS5W1LtYbX&#10;3ePNCkSIhqzpPKGGHwywLi4vcpNZf6IXPJaxFhxCITMamhj7TMpQNehMmPkeibUPPzgTmQ61tIM5&#10;cbjr5K1SS+lMS9zQmB63DVZf5ei493Ox7dTm7X6cfz/tn3fybl+u3rW+vpo2DyAiTvHPDOf5PB0K&#10;3nTwI9kgOg3pMknYyoAfnPVFqhgdNCRpokAWufx/ofgFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA6oZn9BwCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAMrxVONwAAAAKAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4EBA797F" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="001C7621" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001C7621">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Total S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="62D3E942" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(C1) Front Axle Group Unladen Mass: _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="76A866EF" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(C2) Rear Axle Group Unladen Mass: _______ kg </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3581D67C" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="005D3B78" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005D3B78">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Front Axle Group S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="510E3008" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D9) Front Axle Group S10 Laden Mass = C1 + D7</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="28558CB5" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="2977"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7503C182" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="3119"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2C239C8D" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="005D3B78" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Rear</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D3B78">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Axle Group S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6D399EAB" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D10) Rear Axle Group S10 Laden Mass = C2 + D8</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5688F0F8" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="2977"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5E9134D5" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="3119"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="03A4A7F3" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="005D3B78" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Vehicle</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="005D3B78">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5ECBBD36" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(D11) Vehicle S10 Laden Mass = D9 + D10 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4926B9B3" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="426" w:firstLine="2268"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6DAEF63F" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00152FC5" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:left="2694"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00152FC5">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4B5B2C70" wp14:editId="513AAED5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-21590</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>62230</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2912110" cy="3225800"/>
+                <wp:effectExtent l="0" t="0" r="21590" b="12700"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1150219683" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2912110" cy="3225800"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="40A5F63D" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00283297" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00283297">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Forward Axle Mass (FAM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="39E4491E" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="05D5DE44" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>÷ B9) x D6</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="78BC8C6C" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (_______ ÷ _______) x ________</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="74641480" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3E7369B6" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6CAB44A7" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">÷ B9) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00570218">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0175BD32" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (_______ ÷ _______) x ________</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1CE7EAD4" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="08287B52" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="140FAF87" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(D7) </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="38CD88C0" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="40040082" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4B5B2C70" id="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:-1.7pt;margin-top:4.9pt;width:229.3pt;height:254pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC+x/uDGgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N740aTdWnNVutqkq&#10;bS/Sth+AAceomKFAYm+/vgNOsulWfanKA2IYODNz5szqeuw1OUjnFZiaFrOcEmk4CGV2Nf32dfvq&#10;ihIfmBFMg5E1fZSeXq9fvlgNtpIldKCFdARBjK8GW9MuBFtlmeed7JmfgZUGnS24ngU03S4Tjg2I&#10;3uuszPM32QBOWAdceo+3d5OTrhN+20oePretl4HommJuIe0u7U3cs/WKVTvHbKf4MQ32D1n0TBkM&#10;eoa6Y4GRvVN/QPWKO/DQhhmHPoO2VVymGrCaIn9WzUPHrEy1IDnenmny/w+Wfzo82C+OhPEWRmxg&#10;KsLbe+DfPTGw6ZjZyRvnYOgkExi4iJRlg/XV8Wuk2lc+gjTDRxDYZLYPkIDG1vWRFayTIDo24PFM&#10;uhwD4XhZLouyKNDF0fe6LBdXeWpLxqrTd+t8eC+hJ/FQU4ddTfDscO9DTIdVpycxmgetxFZpnQy3&#10;azbakQNDBWzTShU8e6YNGWq6XJSLiYG/QuT5bb49JfhbpF4FlLJWfU2xBFyTuCJv74xIQgtM6emM&#10;KWtzJDJyN7EYxmYkSiDLZfwciW1APCK1Dibp4qjhoQP3k5IBZVtT/2PPnKREfzDYnmUxn0edJ2O+&#10;eFui4S49zaWHGY5QNQ2UTMdNSLMRiTNwg21sVSL4KZNjzijHxPtxdKLeL+306mnA178AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBU0KHt3gAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcWidtQtMQp6oqIa6QUnp1Y5ME7HWInTb8PdsTHEczmnlTbCZr2FkPvnMoIJ5HwDTWTnXYCHjb&#10;P80yYD5IVNI41AJ+tIdNeXtTyFy5C77qcxUaRiXocymgDaHPOfd1q630c9drJO/DDVYGkkPD1SAv&#10;VG4NX0TRA7eyQ1poZa93ra6/qtHS7meyM9H2fTXG38+Hlz1fHqrsKMT93bR9BBb0FP7CcMUndCiJ&#10;6eRGVJ4ZAbNlQkkBazpAdpKmC2AnAWm8yoCXBf9/oPwFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAvsf7gxoCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAVNCh7d4AAAAIAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="40A5F63D" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00283297" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00283297">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Forward Axle Mass (FAM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="39E4491E" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="05D5DE44" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>÷ B9) x D6</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="78BC8C6C" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (_______ ÷ _______) x ________</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="74641480" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3E7369B6" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6CAB44A7" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">÷ B9) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00570218">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0175BD32" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (_______ ÷ _______) x ________</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1CE7EAD4" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="08287B52" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="140FAF87" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(D7) </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="38CD88C0" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="40040082" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="254A9836" wp14:editId="5BC5E04C">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2955925</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>62230</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3115945" cy="3240405"/>
+                <wp:effectExtent l="0" t="0" r="27305" b="17145"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1506896914" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3115945" cy="3240405"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="16574C97" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00283297" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Rearward</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00283297">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Axle Mass (</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00283297">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>AM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2E220BE8" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6B2F8EF5" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B9 – D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) ÷ B9) x D6</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1A8C3861" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((_______ - _______) ÷ _______) x _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="105B9FF5" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="26142EC1" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6F527728" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B9 – D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) ÷ B9) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CF1CBE">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="49B21997" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((_______ - _______) ÷ _______) x _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="508C8A99" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3AADFA21" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>AM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3F61A911" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D8) R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>AM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="209FCC4A" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2D6D07EE" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4AD5EF28" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="254A9836" id="_x0000_s1060" type="#_x0000_t202" style="position:absolute;margin-left:232.75pt;margin-top:4.9pt;width:245.35pt;height:255.15pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCinIs6HQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthOnK0x4hRtugwD&#10;ugvQ7QNkWY6FyaImKbGzry8lu2m6YS/D9CCIonRIHh6ur4dOkaOwToIuaTZLKRGaQy31vqTfv+3e&#10;XFHiPNM1U6BFSU/C0evN61fr3hRiDi2oWliCINoVvSlp670pksTxVnTMzcAIjc4GbMc8mnaf1Jb1&#10;iN6pZJ6mb5MebG0scOEc3t6NTrqJ+E0juP/SNE54okqKufm427hXYU82a1bsLTOt5FMa7B+y6JjU&#10;GPQMdcc8Iwcr/4DqJLfgoPEzDl0CTSO5iDVgNVn6WzUPLTMi1oLkOHOmyf0/WP75+GC+WuKHWxiw&#10;gbEIZ+6B/3BEw7Zlei9urIW+FazGwFmgLOmNK6avgWpXuABS9Z+gxiazg4cINDS2C6xgnQTRsQGn&#10;M+li8ITj5SLLlqt8SQlH32Kep3m6jDFY8fTdWOc/COhIOJTUYlcjPDveOx/SYcXTkxDNgZL1TioV&#10;DbuvtsqSI0MF7OKa0F88U5r0JV0t58uRgb9CpOltuou6wagvIDrpUcpKdiW9SsMaxRV4e6/rKDTP&#10;pBrP+FnpicjA3ciiH6qByBpZXoTPgdgK6hNSa2GULo4aHlqwvyjpUbYldT8PzApK1EeN7VlleR50&#10;Ho18+W6Ohr30VJcepjlCldRTMh63Ps5GIE7DDbaxkZHg50ymnFGOkfdpdILeL+346nnAN48AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQCWm6Gd3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETv&#10;SPyDtUjcqJ3QhDbEqapKiCukFK5ubJKAvQ6x04a/ZznBcTSjmTflZnaWncwYeo8SkoUAZrDxusdW&#10;wsv+4WYFLESFWlmPRsK3CbCpLi9KVWh/xmdzqmPLqARDoSR0MQ4F56HpjFNh4QeD5L370alIcmy5&#10;HtWZyp3lqRA5d6pHWujUYHadaT7rydHux3Jnxfb1bkq+Hg9Pe357qFdvUl5fzdt7YNHM8S8Mv/iE&#10;DhUxHf2EOjArYZlnGUUlrOkB+essT4EdJWSpSIBXJf//oPoBAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAopyLOh0CAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAlpuhnd4AAAAJAQAADwAAAAAAAAAAAAAAAAB3BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="16574C97" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00283297" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Rearward</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00283297">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Axle Mass (</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00283297">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>AM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2E220BE8" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6B2F8EF5" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B9 – D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) ÷ B9) x D6</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1A8C3861" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((_______ - _______) ÷ _______) x _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="105B9FF5" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="26142EC1" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6F527728" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B9 – D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) ÷ B9) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CF1CBE">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="49B21997" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((_______ - _______) ÷ _______) x _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="508C8A99" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3AADFA21" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>AM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3F61A911" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D8) R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>AM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="209FCC4A" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2D6D07EE" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="00FE17B2" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4AD5EF28" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="008C3BB1" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="511BF368" wp14:editId="1E591D4D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2540</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3838575</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9465310" cy="2295525"/>
+                <wp:effectExtent l="0" t="0" r="21590" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1219816554" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9465310" cy="2295525"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3F1EE66F" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="001C7621" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Notes</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001C7621">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="511BF368" id="_x0000_s1061" type="#_x0000_t202" style="position:absolute;margin-left:.2pt;margin-top:302.25pt;width:745.3pt;height:180.75pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAxQ7wrGQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU21v2yAQ/j5p/wHxfbHjJV1jxanadJkm&#10;dS9Stx+AMY7RgGNAYne/vgd203ST9mEaHxDHwXN3zz23vhq0IkfhvART0fksp0QYDo00+4p+/7Z7&#10;c0mJD8w0TIERFX0Qnl5tXr9a97YUBXSgGuEIghhf9raiXQi2zDLPO6GZn4EVBp0tOM0Cmm6fNY71&#10;iK5VVuT5RdaDa6wDLrzH29vRSTcJv20FD1/a1otAVEUxt5B2l/Y67tlmzcq9Y7aTfEqD/UMWmkmD&#10;QU9QtywwcnDyDygtuQMPbZhx0Bm0reQi1YDVzPPfqrnvmBWpFiTH2xNN/v/B8s/He/vVkTDcwIAN&#10;TEV4ewf8hycGth0ze3HtHPSdYA0GnkfKst76cvoaqfaljyB1/wkabDI7BEhAQ+t0ZAXrJIiODXg4&#10;kS6GQDherhYXy7dzdHH0FcVquSyWKQYrn75b58MHAZrEQ0UddjXBs+OdDzEdVj49idE8KNnspFLJ&#10;cPt6qxw5MlTALq0J/cUzZUiPucTYf4fI85t8l3SDUV9AaBlQykrqil7mcY3iiry9N00SWmBSjWf8&#10;rMxEZORuZDEM9UBkgywv4udIbA3NA1LrYJQujhoeOnC/KOlRthX1Pw/MCUrUR4PtWc0Xi6jzZCyW&#10;7wo03LmnPvcwwxGqooGS8bgNaTYiBQausY2tTAQ/ZzLljHJMvE+jE/V+bqdXzwO+eQQAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAK34glfeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1&#10;SNyoHQihDXGqqhLiCimlVzd2k4C9DrHThr9neyrH0Yxm3hTLyVl2NEPoPEpIZgKYwdrrDhsJH5uX&#10;uzmwEBVqZT0aCb8mwLK8vipUrv0J382xig2jEgy5ktDG2Oech7o1ToWZ7w2Sd/CDU5Hk0HA9qBOV&#10;O8vvhci4Ux3SQqt6s25N/V2Njna/0rUVq8+nMfl53b5t+MO2mu+kvL2ZVs/AopniJQxnfEKHkpj2&#10;fkQdmJWQUk5CJtJHYGc7XST0bS9hkWUCeFnw/w/KPwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQAxQ7wrGQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQCt+IJX3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHMEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3F1EE66F" w14:textId="77777777" w:rsidR="00F775A7" w:rsidRPr="001C7621" w:rsidRDefault="00F775A7" w:rsidP="00F775A7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Notes</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001C7621">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D63E12" w:rsidSect="006B485F">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
       <w:cols w:space="282"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E9CC17F" w14:textId="77777777" w:rsidR="00CC518F" w:rsidRDefault="00CC518F" w:rsidP="008057AB">
+    <w:p w14:paraId="2EBAFD2B" w14:textId="77777777" w:rsidR="00D4394F" w:rsidRDefault="00D4394F" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0441C88C" w14:textId="77777777" w:rsidR="00CC518F" w:rsidRDefault="00CC518F" w:rsidP="008057AB">
+    <w:p w14:paraId="4A9535D0" w14:textId="77777777" w:rsidR="00D4394F" w:rsidRDefault="00D4394F" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="16BCEFD0" w14:textId="77777777" w:rsidR="00CC518F" w:rsidRDefault="00CC518F"/>
+    <w:p w14:paraId="44A414A7" w14:textId="77777777" w:rsidR="00D4394F" w:rsidRDefault="00D4394F"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EffraLight-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Effra-Bold">
@@ -11769,348 +21048,258 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...135 lines deleted...]
-  <w:p w14:paraId="16C88946" w14:textId="4ABEC39D" w:rsidR="0026276B" w:rsidRPr="00561F10" w:rsidRDefault="0026276B" w:rsidP="00561F10">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61847BBA" w14:textId="1ABD2869" w:rsidR="00E42D1E" w:rsidRPr="00561F10" w:rsidRDefault="00E42D1E" w:rsidP="00561F10">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
     </w:pPr>
     <w:r>
-      <w:br/>
       <w:t>Modification Code S10:</w:t>
     </w:r>
     <w:r w:rsidRPr="00295F91">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00A46CD0">
       <w:t>Concessional Livestock Loading - Vehicle Rating</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> – Version 2.</w:t>
+      <w:t xml:space="preserve"> – Version </w:t>
     </w:r>
-    <w:r w:rsidR="007913D0">
-      <w:t>1</w:t>
+    <w:r w:rsidR="005D097A">
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="005D097A">
+      <w:t>0</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00591440">
+    <w:r w:rsidR="00AB4785">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="00A817EB">
-[...19 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr="NUMPAGES   \* MERGEFORMAT">
+      <w:r w:rsidR="00AB4785">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:fldSimple>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="051AA996" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="23B9A941" w14:textId="77777777" w:rsidR="009C2C26" w:rsidRDefault="009C2C26">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7907527E" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1441CFC1" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="132A2548" w14:textId="77777777" w:rsidR="00CC518F" w:rsidRDefault="00CC518F" w:rsidP="008057AB">
+    <w:p w14:paraId="407B3E6F" w14:textId="77777777" w:rsidR="00D4394F" w:rsidRDefault="00D4394F" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3489842E" w14:textId="77777777" w:rsidR="00CC518F" w:rsidRDefault="00CC518F" w:rsidP="008057AB">
+    <w:p w14:paraId="31F1F701" w14:textId="77777777" w:rsidR="00D4394F" w:rsidRDefault="00D4394F" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="1E7384FD" w14:textId="77777777" w:rsidR="00CC518F" w:rsidRDefault="00CC518F"/>
+    <w:p w14:paraId="7E016422" w14:textId="77777777" w:rsidR="00D4394F" w:rsidRDefault="00D4394F"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="7C97BD8C" w14:textId="1D19A0AD" w:rsidR="00785C9E" w:rsidRDefault="00785C9E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0EF30311" w14:textId="7A380965" w:rsidR="00E42D1E" w:rsidRPr="00150C4D" w:rsidRDefault="69CACFD4" w:rsidP="69CACFD4">
+    <w:pPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:pBdr>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
+      </w:pBdr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:bookmarkStart w:id="0" w:name="_Toc451414568"/>
+    <w:r>
+      <w:rPr>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">S10 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00150C4D">
+      <w:t>Checklist</w:t>
+    </w:r>
+    <w:r>
+      <w:t>—</w:t>
+    </w:r>
+    <w:bookmarkEnd w:id="0"/>
+    <w:r>
+      <w:t>Concessional livestock loading – Vehicle rating (Rigid Truck)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="1BC96843" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="005F6F37">
+    <w:pPr>
+      <w:pStyle w:val="Note"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6BEA2853" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="0A5B05F5" w14:textId="7B35D36D" w:rsidR="0026276B" w:rsidRPr="0081794B" w:rsidRDefault="0026276B" w:rsidP="0081794B">
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2B25FA92" w14:textId="1C568B65" w:rsidR="00001D0B" w:rsidRDefault="00001D0B" w:rsidP="00E504A3">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:pBdr>
         <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
       </w:pBdr>
-      <w:spacing w:before="0" w:after="240"/>
+      <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
-    <w:bookmarkStart w:id="1" w:name="_Toc451414568"/>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
-      <w:t>S</w:t>
+      <w:t xml:space="preserve">S10 </w:t>
     </w:r>
-    <w:r w:rsidRPr="0081794B">
-[...4 lines deleted...]
-      <w:t>Concessional livestock loading – Vehicle rating (</w:t>
+    <w:r w:rsidRPr="00150C4D">
+      <w:t>Checklist</w:t>
     </w:r>
     <w:r>
-      <w:t>rigid truck</w:t>
+      <w:t>—Concessional livestock loading – Vehicle Drawings</w:t>
     </w:r>
-    <w:r w:rsidRPr="0081794B">
-[...1 lines deleted...]
-    </w:r>
+  </w:p>
+  <w:p w14:paraId="6B0A7905" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="708B51BA" w14:textId="4DB7BEA5" w:rsidR="00785C9E" w:rsidRDefault="00785C9E">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4D5F689A" w14:textId="77777777" w:rsidR="00001D0B" w:rsidRDefault="00001D0B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="028855DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AB63468"/>
     <w:lvl w:ilvl="0" w:tplc="E39A4CBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -12182,50 +21371,276 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09832236"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50484BEE"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09FC3470"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D4380BD0"/>
+    <w:lvl w:ilvl="0" w:tplc="7D080334">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="37FE885E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="07CC55D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6EA04C02">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="38B4AD44">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="7A9C46F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="425C1126">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="486CC0AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="BC302532">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B671EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9776F138"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="762" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1482" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12294,51 +21709,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5802" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6522" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0CB80ECE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="713EC3A2"/>
+    <w:lvl w:ilvl="0" w:tplc="94AE3B6E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="4D7E626C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="3296EF5E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="6B4A7738">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1D105812">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="24C2AA4C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="BE626D7C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8A50903E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0428CD38">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ECB27E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0C2C28C"/>
     <w:lvl w:ilvl="0" w:tplc="EC7CD028">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12408,51 +21936,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11063998"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30EE822A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17746ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6194F782"/>
     <w:lvl w:ilvl="0" w:tplc="30267370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12522,51 +22163,652 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C5E771F"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6074B3DE"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1EF41CD8"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9168ADAE"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="24D82295"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F3C8D414"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="26194AD5"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="17D6D2C4"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="276E577C"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="DDB4C1FA"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E4F3682"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DDA2230"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12635,51 +22877,426 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="319B3487"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="A97A517E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="3400101A"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="C53C046A"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="340D15AF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1D8AB2C8"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C1B11AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC124B78"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12748,51 +23365,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40622CD0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CAAAC98"/>
     <w:styleLink w:val="Tablenumbering"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -12890,51 +23507,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="452E3239"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE724BCC"/>
     <w:lvl w:ilvl="0" w:tplc="263632A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="361" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13004,67 +23621,180 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="47042C64"/>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="46CA7C8E"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="674C2AFA"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="3A0C4082"/>
+    <w:lvl w:ilvl="0" w:tplc="1228CEF2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="D5629238">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="09F0B42E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="E668A5AA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="1A78B4CA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="49C09D34">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="4282FE22">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="FFD8AA76">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="E044408E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47042C64"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2892B914"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -13117,51 +23847,277 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="47D14E4B"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="D6D092E6"/>
+    <w:lvl w:ilvl="0" w:tplc="24F65EF6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="5D10C062">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FF7E2F14">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="9F68CE40">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0CB863D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="A186026E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="9EC8E54E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="82043960">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="91CA638E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="492D78F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D4A0D6E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C2F78A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E70182E"/>
     <w:lvl w:ilvl="0" w:tplc="DD28E6D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -13204,51 +24160,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CE07EE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BC4D73E"/>
     <w:lvl w:ilvl="0" w:tplc="84948B1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13318,51 +24274,313 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4DBC659A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3BDCF404"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4FDD1FF8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="2BC6DA48"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BF5A1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ED86576"/>
     <w:lvl w:ilvl="0" w:tplc="81E485CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13432,51 +24650,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="579E0C56"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C71AAFAE"/>
+    <w:lvl w:ilvl="0" w:tplc="149ACBC0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="3208A7C8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="238E5D70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="F376A5DA">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="19D089F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="ABCAE9D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="635C60F2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="C31E1182">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="FE824C18">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="580504B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99609AD6"/>
     <w:lvl w:ilvl="0" w:tplc="FC9C9BC0">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13545,51 +24876,890 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="620058A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B30C7FD4"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="66937169"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30C6A39E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1287" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2007" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2727" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3447" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4167" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4887" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5607" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6327" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="7047" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="67545E59"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6A3E5064"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B6A0677"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="87903156"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="70C90E7A"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="1CD0986E"/>
+    <w:lvl w:ilvl="0" w:tplc="4132A620">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="83BEAA5A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="E2989B92">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B2D2C114">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="CE2AACF2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="5AF49A60">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FDCAEA5C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="7E1C7D3E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="5436ECE8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="77723144"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="736A1E88"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F4254B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B48D384"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5B192A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2EC0CA36"/>
     <w:lvl w:ilvl="0" w:tplc="431CF96A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13659,1724 +25829,2891 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1670254546">
+  <w:num w:numId="1" w16cid:durableId="406612757">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="1640456669">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="1429617422">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="4" w16cid:durableId="759372642">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1495104605">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="5" w16cid:durableId="1232691094">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1849171959">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="6" w16cid:durableId="918976140">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="822041151">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="7" w16cid:durableId="1524979860">
+    <w:abstractNumId w:val="38"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1918905785">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="8" w16cid:durableId="179245216">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="1267343218">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="9" w16cid:durableId="695812492">
+    <w:abstractNumId w:val="28"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1437213803">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="10" w16cid:durableId="887105997">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1640451293">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="11" w16cid:durableId="1249268844">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1678652053">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="12" w16cid:durableId="1196427030">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1877231054">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="13" w16cid:durableId="2072842868">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="115032493">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="14" w16cid:durableId="1081097815">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1275362995">
-    <w:abstractNumId w:val="9"/>
+  <w:num w:numId="15" w16cid:durableId="639850761">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="209420269">
+  <w:num w:numId="16" w16cid:durableId="675494405">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1406759663">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1506556151">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1379744394">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1359308114">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1484812246">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="894852677">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1872960836">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1358043898">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1605533271">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="284770925">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="855732618">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="28" w16cid:durableId="740755524">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="29" w16cid:durableId="1805654512">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="733313451">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1474836531">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="115489619">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="396900695">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="687026667">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="265432550">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1289051200">
     <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="569578510">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="37" w16cid:durableId="1474102679">
+    <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="909655102">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="38" w16cid:durableId="1350597111">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="562175615">
+  <w:num w:numId="39" w16cid:durableId="2025130243">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1666744198">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="749422122">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="788595859">
-[...11 lines deleted...]
-  <w:num w:numId="24" w16cid:durableId="554506032">
+  <w:num w:numId="42" w16cid:durableId="1014965138">
     <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="1415858731">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="43" w16cid:durableId="1099567684">
+    <w:abstractNumId w:val="27"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="1783455044">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="44" w16cid:durableId="1191869654">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1735618699">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="45" w16cid:durableId="1503886932">
+    <w:abstractNumId w:val="36"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="2113627949">
-[...12 lines deleted...]
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="46" w16cid:durableId="1769426042">
+    <w:abstractNumId w:val="15"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
+  <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00251344"/>
     <w:rsid w:val="000003FE"/>
     <w:rsid w:val="00000646"/>
+    <w:rsid w:val="00001D0B"/>
     <w:rsid w:val="00001FF2"/>
     <w:rsid w:val="00003BCE"/>
+    <w:rsid w:val="000043A2"/>
     <w:rsid w:val="00004503"/>
-    <w:rsid w:val="00005756"/>
+    <w:rsid w:val="00005752"/>
     <w:rsid w:val="00007A77"/>
+    <w:rsid w:val="00007D75"/>
+    <w:rsid w:val="00007D82"/>
+    <w:rsid w:val="00010803"/>
     <w:rsid w:val="00011656"/>
     <w:rsid w:val="00011715"/>
     <w:rsid w:val="000143F4"/>
+    <w:rsid w:val="00014895"/>
+    <w:rsid w:val="00015557"/>
+    <w:rsid w:val="00017695"/>
     <w:rsid w:val="000208F0"/>
+    <w:rsid w:val="000212E6"/>
     <w:rsid w:val="000226C1"/>
+    <w:rsid w:val="000228AE"/>
     <w:rsid w:val="000229CC"/>
+    <w:rsid w:val="00022B29"/>
     <w:rsid w:val="00023D24"/>
     <w:rsid w:val="000243B0"/>
+    <w:rsid w:val="0002455B"/>
     <w:rsid w:val="00024B4A"/>
+    <w:rsid w:val="0002714D"/>
+    <w:rsid w:val="000272A6"/>
+    <w:rsid w:val="00030126"/>
     <w:rsid w:val="000303C4"/>
     <w:rsid w:val="000307D1"/>
-    <w:rsid w:val="00030DC2"/>
-    <w:rsid w:val="00031059"/>
+    <w:rsid w:val="00031006"/>
     <w:rsid w:val="00031D10"/>
+    <w:rsid w:val="00032ED0"/>
+    <w:rsid w:val="00034FA6"/>
     <w:rsid w:val="00035A62"/>
     <w:rsid w:val="00035D06"/>
+    <w:rsid w:val="00037FB3"/>
     <w:rsid w:val="000402F2"/>
     <w:rsid w:val="000407FF"/>
+    <w:rsid w:val="00043C35"/>
     <w:rsid w:val="00044C21"/>
     <w:rsid w:val="00044E50"/>
+    <w:rsid w:val="00045A8E"/>
     <w:rsid w:val="00046D4B"/>
-    <w:rsid w:val="00047906"/>
+    <w:rsid w:val="00051069"/>
+    <w:rsid w:val="000517AF"/>
+    <w:rsid w:val="000521DB"/>
     <w:rsid w:val="00052DA9"/>
     <w:rsid w:val="00053963"/>
-    <w:rsid w:val="00053AE1"/>
+    <w:rsid w:val="000543CD"/>
     <w:rsid w:val="00055797"/>
+    <w:rsid w:val="0005673F"/>
+    <w:rsid w:val="0005721E"/>
+    <w:rsid w:val="000576D3"/>
+    <w:rsid w:val="00060016"/>
     <w:rsid w:val="00060906"/>
+    <w:rsid w:val="00060CFF"/>
     <w:rsid w:val="00060E66"/>
     <w:rsid w:val="000611AA"/>
+    <w:rsid w:val="000613F2"/>
     <w:rsid w:val="00061468"/>
-    <w:rsid w:val="00061590"/>
-    <w:rsid w:val="00065B5D"/>
+    <w:rsid w:val="00062E00"/>
+    <w:rsid w:val="00063A65"/>
+    <w:rsid w:val="00063F7A"/>
+    <w:rsid w:val="00064AEE"/>
+    <w:rsid w:val="0006611C"/>
+    <w:rsid w:val="000662EB"/>
     <w:rsid w:val="000671CF"/>
+    <w:rsid w:val="00067EB0"/>
+    <w:rsid w:val="00073816"/>
     <w:rsid w:val="000738CA"/>
     <w:rsid w:val="00074E4C"/>
     <w:rsid w:val="00076317"/>
     <w:rsid w:val="00076B5A"/>
     <w:rsid w:val="000774BE"/>
+    <w:rsid w:val="000774E1"/>
+    <w:rsid w:val="000809FC"/>
+    <w:rsid w:val="00080AF1"/>
     <w:rsid w:val="00081926"/>
+    <w:rsid w:val="00081B9C"/>
+    <w:rsid w:val="00081D61"/>
+    <w:rsid w:val="00082611"/>
+    <w:rsid w:val="00082784"/>
+    <w:rsid w:val="00082AE5"/>
     <w:rsid w:val="00082ECA"/>
     <w:rsid w:val="00084492"/>
     <w:rsid w:val="00084657"/>
+    <w:rsid w:val="000857E4"/>
     <w:rsid w:val="000858D8"/>
-    <w:rsid w:val="00085A4A"/>
+    <w:rsid w:val="00085A84"/>
     <w:rsid w:val="00086C84"/>
+    <w:rsid w:val="00087A13"/>
     <w:rsid w:val="00090986"/>
+    <w:rsid w:val="00090C0D"/>
+    <w:rsid w:val="00091E5E"/>
+    <w:rsid w:val="00091EF5"/>
     <w:rsid w:val="000933A9"/>
+    <w:rsid w:val="00094010"/>
+    <w:rsid w:val="00094C38"/>
     <w:rsid w:val="00094DA4"/>
+    <w:rsid w:val="00095508"/>
+    <w:rsid w:val="00096588"/>
     <w:rsid w:val="000968EE"/>
+    <w:rsid w:val="00096CD6"/>
+    <w:rsid w:val="00097605"/>
+    <w:rsid w:val="00097709"/>
+    <w:rsid w:val="000A01FD"/>
     <w:rsid w:val="000A0208"/>
     <w:rsid w:val="000A03EC"/>
     <w:rsid w:val="000A1C47"/>
+    <w:rsid w:val="000A2472"/>
+    <w:rsid w:val="000A3738"/>
     <w:rsid w:val="000A3881"/>
+    <w:rsid w:val="000A3F3E"/>
+    <w:rsid w:val="000A43CE"/>
+    <w:rsid w:val="000A5576"/>
+    <w:rsid w:val="000A5E76"/>
+    <w:rsid w:val="000A67FA"/>
+    <w:rsid w:val="000A683F"/>
+    <w:rsid w:val="000A6B0F"/>
     <w:rsid w:val="000B0985"/>
     <w:rsid w:val="000B2A5B"/>
     <w:rsid w:val="000B3A06"/>
+    <w:rsid w:val="000B57E9"/>
     <w:rsid w:val="000B65B8"/>
     <w:rsid w:val="000C028A"/>
+    <w:rsid w:val="000C388D"/>
+    <w:rsid w:val="000C3F31"/>
     <w:rsid w:val="000C5781"/>
+    <w:rsid w:val="000C6B39"/>
+    <w:rsid w:val="000C6DD6"/>
+    <w:rsid w:val="000C75BB"/>
     <w:rsid w:val="000C7ADD"/>
     <w:rsid w:val="000D0721"/>
     <w:rsid w:val="000D10E7"/>
     <w:rsid w:val="000D183B"/>
     <w:rsid w:val="000D1912"/>
     <w:rsid w:val="000D2CAE"/>
+    <w:rsid w:val="000D38B1"/>
+    <w:rsid w:val="000D4043"/>
+    <w:rsid w:val="000D598D"/>
+    <w:rsid w:val="000D5C74"/>
     <w:rsid w:val="000D64A7"/>
     <w:rsid w:val="000E03A4"/>
     <w:rsid w:val="000E0911"/>
     <w:rsid w:val="000E0EB5"/>
     <w:rsid w:val="000E1000"/>
     <w:rsid w:val="000E1391"/>
+    <w:rsid w:val="000E18A5"/>
     <w:rsid w:val="000E1DB9"/>
     <w:rsid w:val="000E1F26"/>
+    <w:rsid w:val="000E3CCC"/>
     <w:rsid w:val="000E544F"/>
+    <w:rsid w:val="000E59D1"/>
     <w:rsid w:val="000E695F"/>
+    <w:rsid w:val="000E6979"/>
+    <w:rsid w:val="000E6E17"/>
     <w:rsid w:val="000F0179"/>
     <w:rsid w:val="000F13FA"/>
     <w:rsid w:val="000F2C50"/>
+    <w:rsid w:val="000F317A"/>
     <w:rsid w:val="000F3E8D"/>
-    <w:rsid w:val="000F53E0"/>
+    <w:rsid w:val="000F466E"/>
+    <w:rsid w:val="000F4A85"/>
+    <w:rsid w:val="000F6978"/>
     <w:rsid w:val="000F7A0F"/>
     <w:rsid w:val="000F7E29"/>
     <w:rsid w:val="0010042B"/>
     <w:rsid w:val="00100558"/>
     <w:rsid w:val="001006FA"/>
+    <w:rsid w:val="00100E17"/>
     <w:rsid w:val="00101AAC"/>
+    <w:rsid w:val="00101D4E"/>
     <w:rsid w:val="0010204D"/>
     <w:rsid w:val="001021D6"/>
+    <w:rsid w:val="00102F16"/>
+    <w:rsid w:val="00103240"/>
     <w:rsid w:val="00103EEA"/>
     <w:rsid w:val="00105586"/>
+    <w:rsid w:val="00105C36"/>
+    <w:rsid w:val="00106461"/>
     <w:rsid w:val="00107CFA"/>
     <w:rsid w:val="001105ED"/>
     <w:rsid w:val="00112002"/>
     <w:rsid w:val="00113491"/>
+    <w:rsid w:val="001142EC"/>
     <w:rsid w:val="00114A50"/>
     <w:rsid w:val="00115054"/>
     <w:rsid w:val="001156C7"/>
+    <w:rsid w:val="00117010"/>
     <w:rsid w:val="0011768F"/>
     <w:rsid w:val="00117B91"/>
+    <w:rsid w:val="001203F2"/>
+    <w:rsid w:val="001214BE"/>
+    <w:rsid w:val="00122103"/>
+    <w:rsid w:val="00122B51"/>
     <w:rsid w:val="00122FFA"/>
     <w:rsid w:val="00123008"/>
+    <w:rsid w:val="00123A8E"/>
     <w:rsid w:val="00123ACA"/>
+    <w:rsid w:val="00124968"/>
+    <w:rsid w:val="00124A14"/>
+    <w:rsid w:val="00125F06"/>
+    <w:rsid w:val="00125F6A"/>
+    <w:rsid w:val="001263DD"/>
     <w:rsid w:val="00126A53"/>
     <w:rsid w:val="00126CEA"/>
+    <w:rsid w:val="00127325"/>
     <w:rsid w:val="00127423"/>
-    <w:rsid w:val="0012792C"/>
+    <w:rsid w:val="00127819"/>
     <w:rsid w:val="00130DA1"/>
     <w:rsid w:val="00131C25"/>
     <w:rsid w:val="001332EC"/>
+    <w:rsid w:val="001339DF"/>
     <w:rsid w:val="001351A1"/>
+    <w:rsid w:val="0013590B"/>
     <w:rsid w:val="00136079"/>
+    <w:rsid w:val="00137A47"/>
     <w:rsid w:val="00137DE9"/>
     <w:rsid w:val="00141910"/>
+    <w:rsid w:val="0014223C"/>
+    <w:rsid w:val="00142E2B"/>
     <w:rsid w:val="0014448F"/>
     <w:rsid w:val="00144729"/>
     <w:rsid w:val="00144BC3"/>
+    <w:rsid w:val="00146106"/>
     <w:rsid w:val="00150C4D"/>
     <w:rsid w:val="00151C2D"/>
     <w:rsid w:val="0015264D"/>
     <w:rsid w:val="00152CF3"/>
     <w:rsid w:val="00153297"/>
     <w:rsid w:val="00154230"/>
+    <w:rsid w:val="001542A8"/>
     <w:rsid w:val="00154EE8"/>
     <w:rsid w:val="001557EB"/>
     <w:rsid w:val="001559B0"/>
-    <w:rsid w:val="00156678"/>
+    <w:rsid w:val="00155D2A"/>
+    <w:rsid w:val="00157818"/>
     <w:rsid w:val="00163099"/>
     <w:rsid w:val="00163E6B"/>
     <w:rsid w:val="00163F0A"/>
     <w:rsid w:val="00166D1C"/>
     <w:rsid w:val="001670F6"/>
+    <w:rsid w:val="001678D8"/>
+    <w:rsid w:val="001678E1"/>
+    <w:rsid w:val="00167AF3"/>
+    <w:rsid w:val="00170365"/>
     <w:rsid w:val="0017172C"/>
+    <w:rsid w:val="001733F3"/>
+    <w:rsid w:val="00173806"/>
+    <w:rsid w:val="00173ADD"/>
+    <w:rsid w:val="00174B0E"/>
     <w:rsid w:val="0017572C"/>
-    <w:rsid w:val="0017698A"/>
+    <w:rsid w:val="0017623F"/>
+    <w:rsid w:val="00177AA9"/>
     <w:rsid w:val="00183609"/>
+    <w:rsid w:val="00184FD0"/>
     <w:rsid w:val="001852DE"/>
     <w:rsid w:val="00185696"/>
-    <w:rsid w:val="00185A46"/>
     <w:rsid w:val="001861FB"/>
+    <w:rsid w:val="00186D0A"/>
     <w:rsid w:val="00187559"/>
+    <w:rsid w:val="00187D5B"/>
     <w:rsid w:val="0019215E"/>
     <w:rsid w:val="001929E0"/>
     <w:rsid w:val="001934F9"/>
     <w:rsid w:val="00193EED"/>
     <w:rsid w:val="00193F6B"/>
     <w:rsid w:val="0019513F"/>
-    <w:rsid w:val="00195184"/>
     <w:rsid w:val="00195924"/>
     <w:rsid w:val="00195EBA"/>
     <w:rsid w:val="00195EE1"/>
     <w:rsid w:val="00197545"/>
     <w:rsid w:val="00197F08"/>
     <w:rsid w:val="001A00A2"/>
+    <w:rsid w:val="001A0D67"/>
+    <w:rsid w:val="001A121E"/>
+    <w:rsid w:val="001A1784"/>
     <w:rsid w:val="001A2097"/>
-    <w:rsid w:val="001A30D5"/>
-    <w:rsid w:val="001A67C9"/>
+    <w:rsid w:val="001A2E01"/>
+    <w:rsid w:val="001A3D36"/>
+    <w:rsid w:val="001A52E8"/>
+    <w:rsid w:val="001A550E"/>
     <w:rsid w:val="001A7774"/>
+    <w:rsid w:val="001B0A17"/>
     <w:rsid w:val="001B145E"/>
-    <w:rsid w:val="001B1518"/>
     <w:rsid w:val="001B18FB"/>
+    <w:rsid w:val="001B3423"/>
     <w:rsid w:val="001B34D1"/>
     <w:rsid w:val="001B56AD"/>
+    <w:rsid w:val="001B7826"/>
     <w:rsid w:val="001C1A8A"/>
+    <w:rsid w:val="001C2494"/>
     <w:rsid w:val="001C2B5E"/>
-    <w:rsid w:val="001C38D1"/>
-    <w:rsid w:val="001C4449"/>
     <w:rsid w:val="001C522B"/>
-    <w:rsid w:val="001C651B"/>
+    <w:rsid w:val="001C5728"/>
     <w:rsid w:val="001C6718"/>
-    <w:rsid w:val="001D3EF7"/>
+    <w:rsid w:val="001C6876"/>
+    <w:rsid w:val="001D2836"/>
+    <w:rsid w:val="001D4ED8"/>
+    <w:rsid w:val="001D6352"/>
+    <w:rsid w:val="001D7C8F"/>
+    <w:rsid w:val="001E0B1E"/>
+    <w:rsid w:val="001E0CAF"/>
+    <w:rsid w:val="001E20F4"/>
     <w:rsid w:val="001E23EE"/>
+    <w:rsid w:val="001E2482"/>
     <w:rsid w:val="001E372E"/>
-    <w:rsid w:val="001E375B"/>
+    <w:rsid w:val="001E398A"/>
     <w:rsid w:val="001E4176"/>
     <w:rsid w:val="001E4A49"/>
     <w:rsid w:val="001E55F0"/>
+    <w:rsid w:val="001E5BFF"/>
+    <w:rsid w:val="001E68DA"/>
     <w:rsid w:val="001E7414"/>
     <w:rsid w:val="001E77C6"/>
     <w:rsid w:val="001E78B7"/>
     <w:rsid w:val="001E7AD0"/>
+    <w:rsid w:val="001E7F78"/>
     <w:rsid w:val="001F13BC"/>
     <w:rsid w:val="001F1E16"/>
     <w:rsid w:val="001F24ED"/>
+    <w:rsid w:val="001F262B"/>
     <w:rsid w:val="001F294A"/>
-    <w:rsid w:val="001F2E4F"/>
+    <w:rsid w:val="001F2EB9"/>
     <w:rsid w:val="001F3833"/>
+    <w:rsid w:val="001F47C8"/>
     <w:rsid w:val="001F480D"/>
     <w:rsid w:val="001F4D87"/>
     <w:rsid w:val="001F66E1"/>
+    <w:rsid w:val="001F6AE8"/>
     <w:rsid w:val="001F6F19"/>
     <w:rsid w:val="002010F1"/>
     <w:rsid w:val="002024FB"/>
     <w:rsid w:val="002026B4"/>
+    <w:rsid w:val="0020314B"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204276"/>
+    <w:rsid w:val="00204370"/>
+    <w:rsid w:val="00206DB1"/>
+    <w:rsid w:val="00207645"/>
     <w:rsid w:val="00211740"/>
     <w:rsid w:val="0021240F"/>
     <w:rsid w:val="00212613"/>
+    <w:rsid w:val="00213D8D"/>
     <w:rsid w:val="00213E7A"/>
+    <w:rsid w:val="0021420B"/>
+    <w:rsid w:val="002146D3"/>
     <w:rsid w:val="00214E88"/>
+    <w:rsid w:val="00217BF6"/>
     <w:rsid w:val="0022037D"/>
-    <w:rsid w:val="0022049D"/>
+    <w:rsid w:val="00220924"/>
     <w:rsid w:val="0022453C"/>
-    <w:rsid w:val="00224E80"/>
     <w:rsid w:val="00225B2B"/>
+    <w:rsid w:val="00225D8A"/>
     <w:rsid w:val="0022604F"/>
     <w:rsid w:val="00227718"/>
+    <w:rsid w:val="0022799D"/>
     <w:rsid w:val="00227B01"/>
     <w:rsid w:val="0023129D"/>
+    <w:rsid w:val="00232775"/>
     <w:rsid w:val="002334D5"/>
-    <w:rsid w:val="00233823"/>
+    <w:rsid w:val="00233D63"/>
     <w:rsid w:val="002357F7"/>
-    <w:rsid w:val="00236C02"/>
+    <w:rsid w:val="00235D59"/>
+    <w:rsid w:val="002368FD"/>
+    <w:rsid w:val="002375D6"/>
     <w:rsid w:val="00240013"/>
     <w:rsid w:val="00240287"/>
+    <w:rsid w:val="00240A28"/>
     <w:rsid w:val="002455EC"/>
     <w:rsid w:val="00245FB4"/>
+    <w:rsid w:val="002466E5"/>
+    <w:rsid w:val="00246DAA"/>
+    <w:rsid w:val="00250156"/>
     <w:rsid w:val="00251344"/>
     <w:rsid w:val="00251D29"/>
     <w:rsid w:val="00251FA4"/>
-    <w:rsid w:val="00253D4E"/>
+    <w:rsid w:val="002549E2"/>
     <w:rsid w:val="0025625A"/>
     <w:rsid w:val="00257B07"/>
-    <w:rsid w:val="0026276B"/>
-[...1 lines deleted...]
-    <w:rsid w:val="0026575E"/>
+    <w:rsid w:val="002611C8"/>
+    <w:rsid w:val="00264181"/>
+    <w:rsid w:val="00264778"/>
     <w:rsid w:val="00265E78"/>
     <w:rsid w:val="00266086"/>
     <w:rsid w:val="002700A8"/>
     <w:rsid w:val="00270FB5"/>
     <w:rsid w:val="00271379"/>
-    <w:rsid w:val="00271C64"/>
+    <w:rsid w:val="002717A8"/>
+    <w:rsid w:val="00271DC8"/>
+    <w:rsid w:val="00272007"/>
     <w:rsid w:val="0027328F"/>
+    <w:rsid w:val="00273D29"/>
+    <w:rsid w:val="00277CAF"/>
+    <w:rsid w:val="00280654"/>
+    <w:rsid w:val="0028135C"/>
     <w:rsid w:val="00281CF2"/>
     <w:rsid w:val="00282012"/>
-    <w:rsid w:val="00282BE8"/>
     <w:rsid w:val="00284349"/>
     <w:rsid w:val="002846A7"/>
     <w:rsid w:val="00284FBA"/>
     <w:rsid w:val="0028550F"/>
     <w:rsid w:val="00285DCE"/>
     <w:rsid w:val="00286643"/>
+    <w:rsid w:val="00286D89"/>
+    <w:rsid w:val="00290834"/>
+    <w:rsid w:val="0029095A"/>
+    <w:rsid w:val="0029139B"/>
+    <w:rsid w:val="0029198D"/>
     <w:rsid w:val="002932A3"/>
+    <w:rsid w:val="00293616"/>
     <w:rsid w:val="002964E3"/>
     <w:rsid w:val="00296EF7"/>
+    <w:rsid w:val="002A0729"/>
+    <w:rsid w:val="002A2D86"/>
+    <w:rsid w:val="002A312D"/>
+    <w:rsid w:val="002A4F68"/>
+    <w:rsid w:val="002A553A"/>
+    <w:rsid w:val="002A744D"/>
     <w:rsid w:val="002B0786"/>
     <w:rsid w:val="002B16E9"/>
     <w:rsid w:val="002B18C2"/>
     <w:rsid w:val="002B211D"/>
+    <w:rsid w:val="002B2A9A"/>
     <w:rsid w:val="002B2BB3"/>
     <w:rsid w:val="002B342E"/>
-    <w:rsid w:val="002B3928"/>
-    <w:rsid w:val="002B3B4A"/>
+    <w:rsid w:val="002B3E6B"/>
+    <w:rsid w:val="002B4170"/>
     <w:rsid w:val="002B4807"/>
+    <w:rsid w:val="002B4A24"/>
     <w:rsid w:val="002B4D7A"/>
-    <w:rsid w:val="002B5D72"/>
+    <w:rsid w:val="002B692D"/>
     <w:rsid w:val="002B6A89"/>
     <w:rsid w:val="002B6AA4"/>
     <w:rsid w:val="002B6E29"/>
+    <w:rsid w:val="002B73E1"/>
     <w:rsid w:val="002B7678"/>
+    <w:rsid w:val="002B769D"/>
     <w:rsid w:val="002B788C"/>
     <w:rsid w:val="002C0A86"/>
+    <w:rsid w:val="002C0D54"/>
+    <w:rsid w:val="002C2AD3"/>
+    <w:rsid w:val="002C417F"/>
     <w:rsid w:val="002C4476"/>
+    <w:rsid w:val="002C4B54"/>
     <w:rsid w:val="002C51F5"/>
     <w:rsid w:val="002C58FD"/>
+    <w:rsid w:val="002C6DDF"/>
     <w:rsid w:val="002C6EC8"/>
     <w:rsid w:val="002C7308"/>
+    <w:rsid w:val="002C7F86"/>
     <w:rsid w:val="002D03B3"/>
+    <w:rsid w:val="002D1587"/>
     <w:rsid w:val="002D24E1"/>
+    <w:rsid w:val="002D311F"/>
+    <w:rsid w:val="002D488C"/>
+    <w:rsid w:val="002D498F"/>
     <w:rsid w:val="002D4BD3"/>
     <w:rsid w:val="002D4BE8"/>
+    <w:rsid w:val="002D5934"/>
+    <w:rsid w:val="002E010A"/>
+    <w:rsid w:val="002E220B"/>
     <w:rsid w:val="002E35E3"/>
+    <w:rsid w:val="002E69A9"/>
+    <w:rsid w:val="002E7D3E"/>
+    <w:rsid w:val="002F05AA"/>
+    <w:rsid w:val="002F3AD3"/>
     <w:rsid w:val="002F7269"/>
+    <w:rsid w:val="002F72DE"/>
     <w:rsid w:val="002F73D5"/>
+    <w:rsid w:val="00302529"/>
+    <w:rsid w:val="00302598"/>
     <w:rsid w:val="00302E41"/>
     <w:rsid w:val="003053F7"/>
     <w:rsid w:val="0030589E"/>
+    <w:rsid w:val="0030702D"/>
+    <w:rsid w:val="003075F0"/>
     <w:rsid w:val="00307672"/>
+    <w:rsid w:val="00307971"/>
     <w:rsid w:val="003101F0"/>
+    <w:rsid w:val="003103DE"/>
     <w:rsid w:val="00311B68"/>
+    <w:rsid w:val="00312323"/>
+    <w:rsid w:val="003124AD"/>
     <w:rsid w:val="00312545"/>
+    <w:rsid w:val="00312C2E"/>
+    <w:rsid w:val="00312D44"/>
+    <w:rsid w:val="00314D8B"/>
+    <w:rsid w:val="00314FF9"/>
+    <w:rsid w:val="00315960"/>
+    <w:rsid w:val="003176B0"/>
     <w:rsid w:val="003206EE"/>
+    <w:rsid w:val="00320891"/>
+    <w:rsid w:val="00320A80"/>
+    <w:rsid w:val="00320DFA"/>
+    <w:rsid w:val="003221CC"/>
     <w:rsid w:val="00322526"/>
     <w:rsid w:val="00323A8E"/>
+    <w:rsid w:val="00323F1A"/>
     <w:rsid w:val="003248FD"/>
     <w:rsid w:val="003275B9"/>
+    <w:rsid w:val="0033004F"/>
     <w:rsid w:val="00331FCD"/>
     <w:rsid w:val="00332664"/>
     <w:rsid w:val="00332672"/>
     <w:rsid w:val="00333B07"/>
+    <w:rsid w:val="00334E59"/>
+    <w:rsid w:val="00336B68"/>
     <w:rsid w:val="003376D1"/>
+    <w:rsid w:val="003400DD"/>
     <w:rsid w:val="0034057A"/>
     <w:rsid w:val="003416A6"/>
+    <w:rsid w:val="0034189F"/>
     <w:rsid w:val="00341BD9"/>
     <w:rsid w:val="0034219E"/>
+    <w:rsid w:val="0034277C"/>
     <w:rsid w:val="0034431A"/>
+    <w:rsid w:val="003443ED"/>
+    <w:rsid w:val="00344796"/>
+    <w:rsid w:val="00344E95"/>
     <w:rsid w:val="003463BA"/>
+    <w:rsid w:val="003500ED"/>
+    <w:rsid w:val="003510F4"/>
+    <w:rsid w:val="0035110C"/>
     <w:rsid w:val="00351717"/>
+    <w:rsid w:val="00351BA7"/>
     <w:rsid w:val="003523A9"/>
     <w:rsid w:val="0035280C"/>
+    <w:rsid w:val="00352D30"/>
     <w:rsid w:val="00354438"/>
     <w:rsid w:val="003555B3"/>
+    <w:rsid w:val="00355763"/>
     <w:rsid w:val="003557D2"/>
     <w:rsid w:val="00355840"/>
-    <w:rsid w:val="00356F3A"/>
     <w:rsid w:val="003571F7"/>
     <w:rsid w:val="003576FA"/>
-    <w:rsid w:val="00357E6A"/>
     <w:rsid w:val="00357E6F"/>
     <w:rsid w:val="00361ADC"/>
+    <w:rsid w:val="00362C95"/>
     <w:rsid w:val="0036365C"/>
-    <w:rsid w:val="00364C18"/>
+    <w:rsid w:val="00364A66"/>
+    <w:rsid w:val="00365200"/>
     <w:rsid w:val="003671A2"/>
+    <w:rsid w:val="00367380"/>
+    <w:rsid w:val="00367485"/>
     <w:rsid w:val="00367BD5"/>
+    <w:rsid w:val="00367E9F"/>
     <w:rsid w:val="00370DBA"/>
     <w:rsid w:val="00370E8A"/>
+    <w:rsid w:val="00370F65"/>
     <w:rsid w:val="003719B9"/>
     <w:rsid w:val="003754B2"/>
+    <w:rsid w:val="003758A8"/>
+    <w:rsid w:val="0037722C"/>
+    <w:rsid w:val="00377500"/>
+    <w:rsid w:val="00377535"/>
+    <w:rsid w:val="00380888"/>
     <w:rsid w:val="003834AB"/>
     <w:rsid w:val="0038365A"/>
     <w:rsid w:val="00383C60"/>
-    <w:rsid w:val="00384A86"/>
     <w:rsid w:val="00384C4C"/>
     <w:rsid w:val="00385AD7"/>
     <w:rsid w:val="003862D3"/>
     <w:rsid w:val="003864CD"/>
+    <w:rsid w:val="003872ED"/>
+    <w:rsid w:val="00387F31"/>
     <w:rsid w:val="00387FAD"/>
     <w:rsid w:val="00390AE8"/>
+    <w:rsid w:val="003919B4"/>
+    <w:rsid w:val="0039429E"/>
+    <w:rsid w:val="003954A5"/>
     <w:rsid w:val="003956C1"/>
+    <w:rsid w:val="003A036D"/>
     <w:rsid w:val="003A1123"/>
+    <w:rsid w:val="003A1AC0"/>
     <w:rsid w:val="003A2E57"/>
+    <w:rsid w:val="003A3847"/>
+    <w:rsid w:val="003A4060"/>
+    <w:rsid w:val="003A4750"/>
+    <w:rsid w:val="003A575C"/>
+    <w:rsid w:val="003A59D8"/>
     <w:rsid w:val="003A666A"/>
     <w:rsid w:val="003A6B3E"/>
     <w:rsid w:val="003B049B"/>
+    <w:rsid w:val="003B0653"/>
     <w:rsid w:val="003B18EA"/>
-    <w:rsid w:val="003B1E67"/>
     <w:rsid w:val="003B34B4"/>
     <w:rsid w:val="003B3550"/>
+    <w:rsid w:val="003B359E"/>
     <w:rsid w:val="003B4B20"/>
     <w:rsid w:val="003B5897"/>
     <w:rsid w:val="003B5CAD"/>
+    <w:rsid w:val="003B5E19"/>
     <w:rsid w:val="003B617E"/>
+    <w:rsid w:val="003B625F"/>
+    <w:rsid w:val="003B79C6"/>
     <w:rsid w:val="003B7A78"/>
+    <w:rsid w:val="003B7C6E"/>
     <w:rsid w:val="003C1C93"/>
     <w:rsid w:val="003C20F0"/>
     <w:rsid w:val="003C2279"/>
     <w:rsid w:val="003C3A8D"/>
+    <w:rsid w:val="003C3AF5"/>
+    <w:rsid w:val="003C3E28"/>
     <w:rsid w:val="003C400E"/>
+    <w:rsid w:val="003C499B"/>
+    <w:rsid w:val="003C5FD0"/>
+    <w:rsid w:val="003C6DE1"/>
+    <w:rsid w:val="003C7D34"/>
+    <w:rsid w:val="003D0967"/>
     <w:rsid w:val="003D1334"/>
     <w:rsid w:val="003D1F3D"/>
+    <w:rsid w:val="003D2313"/>
+    <w:rsid w:val="003D3319"/>
     <w:rsid w:val="003D3541"/>
+    <w:rsid w:val="003D37C3"/>
+    <w:rsid w:val="003D3FE1"/>
+    <w:rsid w:val="003D43BE"/>
+    <w:rsid w:val="003D5238"/>
     <w:rsid w:val="003E0046"/>
+    <w:rsid w:val="003E0634"/>
     <w:rsid w:val="003E09D3"/>
-    <w:rsid w:val="003E1AC0"/>
-    <w:rsid w:val="003E356F"/>
+    <w:rsid w:val="003E261A"/>
+    <w:rsid w:val="003E3149"/>
     <w:rsid w:val="003E3F95"/>
     <w:rsid w:val="003E41B5"/>
     <w:rsid w:val="003E53D0"/>
     <w:rsid w:val="003E6036"/>
+    <w:rsid w:val="003E675A"/>
+    <w:rsid w:val="003E6B2F"/>
+    <w:rsid w:val="003E7C23"/>
+    <w:rsid w:val="003F062F"/>
+    <w:rsid w:val="003F0D44"/>
+    <w:rsid w:val="003F14A9"/>
     <w:rsid w:val="003F1D29"/>
     <w:rsid w:val="003F20AB"/>
+    <w:rsid w:val="003F3A26"/>
+    <w:rsid w:val="003F758C"/>
     <w:rsid w:val="003F7FBA"/>
+    <w:rsid w:val="0040269C"/>
     <w:rsid w:val="00402FA5"/>
+    <w:rsid w:val="004030CA"/>
     <w:rsid w:val="004032C8"/>
     <w:rsid w:val="004069A2"/>
     <w:rsid w:val="00407B0B"/>
+    <w:rsid w:val="00407B9F"/>
     <w:rsid w:val="00410282"/>
     <w:rsid w:val="004102AE"/>
-    <w:rsid w:val="0041412D"/>
+    <w:rsid w:val="004106BF"/>
+    <w:rsid w:val="0041378D"/>
     <w:rsid w:val="004141F2"/>
     <w:rsid w:val="00414F61"/>
     <w:rsid w:val="004159E2"/>
-    <w:rsid w:val="00416999"/>
+    <w:rsid w:val="00416B80"/>
     <w:rsid w:val="0042097C"/>
+    <w:rsid w:val="00420F2D"/>
+    <w:rsid w:val="00421AD4"/>
+    <w:rsid w:val="00422195"/>
     <w:rsid w:val="00422B92"/>
+    <w:rsid w:val="00423173"/>
     <w:rsid w:val="0042392A"/>
     <w:rsid w:val="00425D7A"/>
+    <w:rsid w:val="00426577"/>
+    <w:rsid w:val="004266D8"/>
+    <w:rsid w:val="0042792F"/>
+    <w:rsid w:val="00431F6B"/>
+    <w:rsid w:val="004324E6"/>
+    <w:rsid w:val="004328CF"/>
     <w:rsid w:val="00433CC8"/>
+    <w:rsid w:val="004359A0"/>
     <w:rsid w:val="00436E0C"/>
+    <w:rsid w:val="00437A51"/>
+    <w:rsid w:val="00441771"/>
     <w:rsid w:val="004448B3"/>
     <w:rsid w:val="00444A8A"/>
+    <w:rsid w:val="00444BD0"/>
+    <w:rsid w:val="00444FF5"/>
     <w:rsid w:val="004452DC"/>
     <w:rsid w:val="0044588F"/>
     <w:rsid w:val="00446502"/>
+    <w:rsid w:val="00446BEC"/>
+    <w:rsid w:val="00447966"/>
+    <w:rsid w:val="004510E2"/>
+    <w:rsid w:val="00451105"/>
+    <w:rsid w:val="0045247F"/>
     <w:rsid w:val="00452D09"/>
     <w:rsid w:val="00453307"/>
-    <w:rsid w:val="00461599"/>
-    <w:rsid w:val="0046277E"/>
+    <w:rsid w:val="00457138"/>
     <w:rsid w:val="00462EBE"/>
+    <w:rsid w:val="004656F2"/>
     <w:rsid w:val="00465784"/>
     <w:rsid w:val="00467A16"/>
-    <w:rsid w:val="004708F8"/>
     <w:rsid w:val="0047111D"/>
     <w:rsid w:val="00471507"/>
+    <w:rsid w:val="0047201E"/>
     <w:rsid w:val="00472831"/>
-    <w:rsid w:val="00472C18"/>
+    <w:rsid w:val="00472CBA"/>
     <w:rsid w:val="00472ED5"/>
     <w:rsid w:val="00473348"/>
+    <w:rsid w:val="004740D3"/>
     <w:rsid w:val="00474456"/>
     <w:rsid w:val="00474DD4"/>
     <w:rsid w:val="004754BA"/>
+    <w:rsid w:val="00477C1E"/>
     <w:rsid w:val="0048291D"/>
     <w:rsid w:val="004841DF"/>
     <w:rsid w:val="004845E8"/>
     <w:rsid w:val="00485B9A"/>
     <w:rsid w:val="004920C1"/>
     <w:rsid w:val="00492450"/>
+    <w:rsid w:val="0049254C"/>
     <w:rsid w:val="004925E0"/>
     <w:rsid w:val="0049264F"/>
-    <w:rsid w:val="00492B5D"/>
     <w:rsid w:val="00492DB2"/>
+    <w:rsid w:val="00493C2D"/>
     <w:rsid w:val="00494AC0"/>
+    <w:rsid w:val="00495C9E"/>
     <w:rsid w:val="00497AAC"/>
+    <w:rsid w:val="004A01BB"/>
+    <w:rsid w:val="004A07F2"/>
     <w:rsid w:val="004A17D7"/>
     <w:rsid w:val="004A40B0"/>
     <w:rsid w:val="004A4659"/>
-    <w:rsid w:val="004A6224"/>
+    <w:rsid w:val="004A5CCE"/>
+    <w:rsid w:val="004A6BAD"/>
+    <w:rsid w:val="004A717B"/>
+    <w:rsid w:val="004A7512"/>
+    <w:rsid w:val="004A7536"/>
+    <w:rsid w:val="004A7FC1"/>
+    <w:rsid w:val="004B0D56"/>
+    <w:rsid w:val="004B0EBE"/>
+    <w:rsid w:val="004B1A69"/>
     <w:rsid w:val="004B2677"/>
+    <w:rsid w:val="004B2C07"/>
+    <w:rsid w:val="004B310E"/>
+    <w:rsid w:val="004B3E17"/>
+    <w:rsid w:val="004B5034"/>
     <w:rsid w:val="004B556E"/>
     <w:rsid w:val="004B5719"/>
     <w:rsid w:val="004B62E4"/>
     <w:rsid w:val="004B69F6"/>
     <w:rsid w:val="004B6A9A"/>
-    <w:rsid w:val="004B7202"/>
     <w:rsid w:val="004B785A"/>
     <w:rsid w:val="004B79CA"/>
+    <w:rsid w:val="004C0706"/>
+    <w:rsid w:val="004C0C84"/>
     <w:rsid w:val="004C305F"/>
     <w:rsid w:val="004C5147"/>
     <w:rsid w:val="004C5E4D"/>
     <w:rsid w:val="004C60AB"/>
-    <w:rsid w:val="004C7980"/>
+    <w:rsid w:val="004C6EDE"/>
+    <w:rsid w:val="004D0EC5"/>
+    <w:rsid w:val="004D2C7D"/>
     <w:rsid w:val="004D3AB5"/>
+    <w:rsid w:val="004D3BA5"/>
+    <w:rsid w:val="004D5105"/>
+    <w:rsid w:val="004D6670"/>
+    <w:rsid w:val="004D6D0D"/>
+    <w:rsid w:val="004E1C16"/>
+    <w:rsid w:val="004E1C95"/>
+    <w:rsid w:val="004E20F8"/>
+    <w:rsid w:val="004E25C0"/>
     <w:rsid w:val="004E296F"/>
+    <w:rsid w:val="004E3003"/>
+    <w:rsid w:val="004E3043"/>
     <w:rsid w:val="004E3951"/>
+    <w:rsid w:val="004E4FC7"/>
+    <w:rsid w:val="004E59C8"/>
     <w:rsid w:val="004E5F80"/>
     <w:rsid w:val="004E6A87"/>
     <w:rsid w:val="004E70ED"/>
+    <w:rsid w:val="004F0C20"/>
     <w:rsid w:val="004F0C8F"/>
     <w:rsid w:val="004F115D"/>
+    <w:rsid w:val="004F2FBF"/>
+    <w:rsid w:val="004F3C39"/>
+    <w:rsid w:val="004F40BA"/>
+    <w:rsid w:val="004F4451"/>
     <w:rsid w:val="004F49D9"/>
     <w:rsid w:val="004F52D7"/>
     <w:rsid w:val="004F6275"/>
+    <w:rsid w:val="004F6380"/>
     <w:rsid w:val="004F707D"/>
+    <w:rsid w:val="0050067C"/>
+    <w:rsid w:val="00501176"/>
+    <w:rsid w:val="00501A06"/>
     <w:rsid w:val="00501A12"/>
     <w:rsid w:val="00501DF5"/>
+    <w:rsid w:val="00502257"/>
     <w:rsid w:val="005028A5"/>
+    <w:rsid w:val="005028C8"/>
+    <w:rsid w:val="005034E6"/>
+    <w:rsid w:val="005038E4"/>
+    <w:rsid w:val="0050493A"/>
     <w:rsid w:val="00505042"/>
+    <w:rsid w:val="005051BA"/>
+    <w:rsid w:val="005051C3"/>
     <w:rsid w:val="0050595C"/>
+    <w:rsid w:val="00505A74"/>
     <w:rsid w:val="00506334"/>
     <w:rsid w:val="0050642D"/>
     <w:rsid w:val="00507835"/>
+    <w:rsid w:val="00510E86"/>
     <w:rsid w:val="0051125E"/>
     <w:rsid w:val="00511990"/>
+    <w:rsid w:val="00511C44"/>
     <w:rsid w:val="00511F8E"/>
+    <w:rsid w:val="00512FF4"/>
     <w:rsid w:val="0051320B"/>
-    <w:rsid w:val="00514058"/>
+    <w:rsid w:val="00514516"/>
     <w:rsid w:val="00514C0F"/>
+    <w:rsid w:val="00514E77"/>
+    <w:rsid w:val="00515CAF"/>
     <w:rsid w:val="005165CD"/>
     <w:rsid w:val="00516600"/>
+    <w:rsid w:val="0052057F"/>
     <w:rsid w:val="00524239"/>
+    <w:rsid w:val="00524B07"/>
     <w:rsid w:val="00524D99"/>
+    <w:rsid w:val="00525675"/>
+    <w:rsid w:val="00525D72"/>
     <w:rsid w:val="005260A8"/>
+    <w:rsid w:val="00526A72"/>
     <w:rsid w:val="005270D4"/>
     <w:rsid w:val="00527C3E"/>
     <w:rsid w:val="00527D37"/>
+    <w:rsid w:val="005308D5"/>
+    <w:rsid w:val="00531052"/>
+    <w:rsid w:val="005318CA"/>
     <w:rsid w:val="00532011"/>
+    <w:rsid w:val="005323B6"/>
     <w:rsid w:val="0053375A"/>
+    <w:rsid w:val="00533A3F"/>
     <w:rsid w:val="005343F1"/>
     <w:rsid w:val="00534A98"/>
     <w:rsid w:val="00535F6A"/>
     <w:rsid w:val="00540308"/>
     <w:rsid w:val="00540A24"/>
+    <w:rsid w:val="005415B0"/>
+    <w:rsid w:val="00541F89"/>
     <w:rsid w:val="0054226D"/>
+    <w:rsid w:val="005424EB"/>
     <w:rsid w:val="005426B6"/>
     <w:rsid w:val="005432E6"/>
+    <w:rsid w:val="005433B8"/>
     <w:rsid w:val="00543469"/>
     <w:rsid w:val="0054350F"/>
+    <w:rsid w:val="005440AA"/>
     <w:rsid w:val="00544122"/>
     <w:rsid w:val="0054526C"/>
-    <w:rsid w:val="0054650C"/>
+    <w:rsid w:val="00550631"/>
     <w:rsid w:val="00550EC3"/>
+    <w:rsid w:val="00551AED"/>
     <w:rsid w:val="00553142"/>
     <w:rsid w:val="00553709"/>
     <w:rsid w:val="00553A84"/>
     <w:rsid w:val="00553AF2"/>
     <w:rsid w:val="005568F6"/>
+    <w:rsid w:val="00556CE7"/>
     <w:rsid w:val="00557456"/>
     <w:rsid w:val="00561F10"/>
+    <w:rsid w:val="00562911"/>
+    <w:rsid w:val="00562D30"/>
     <w:rsid w:val="0056339A"/>
     <w:rsid w:val="00563D00"/>
-    <w:rsid w:val="005653A1"/>
+    <w:rsid w:val="0056518F"/>
     <w:rsid w:val="00565882"/>
+    <w:rsid w:val="0056589E"/>
     <w:rsid w:val="00567AB6"/>
+    <w:rsid w:val="00570127"/>
     <w:rsid w:val="00571200"/>
+    <w:rsid w:val="005719A8"/>
     <w:rsid w:val="00572DCA"/>
-    <w:rsid w:val="00573F7C"/>
+    <w:rsid w:val="0057335C"/>
     <w:rsid w:val="0057426F"/>
     <w:rsid w:val="00577335"/>
     <w:rsid w:val="00577E26"/>
-    <w:rsid w:val="00580CED"/>
-    <w:rsid w:val="00584CC3"/>
+    <w:rsid w:val="00584F95"/>
     <w:rsid w:val="005854ED"/>
     <w:rsid w:val="00585C45"/>
+    <w:rsid w:val="005864D5"/>
     <w:rsid w:val="00586B29"/>
     <w:rsid w:val="00586FE2"/>
     <w:rsid w:val="00587617"/>
     <w:rsid w:val="0059013D"/>
     <w:rsid w:val="00590517"/>
-    <w:rsid w:val="00591440"/>
     <w:rsid w:val="00592593"/>
+    <w:rsid w:val="005925A3"/>
     <w:rsid w:val="00593069"/>
     <w:rsid w:val="00594518"/>
-    <w:rsid w:val="00595259"/>
+    <w:rsid w:val="005945FB"/>
+    <w:rsid w:val="0059535C"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00597784"/>
     <w:rsid w:val="00597D38"/>
     <w:rsid w:val="005A2252"/>
+    <w:rsid w:val="005A2F99"/>
     <w:rsid w:val="005A304E"/>
     <w:rsid w:val="005A3410"/>
-    <w:rsid w:val="005A371F"/>
+    <w:rsid w:val="005A3434"/>
     <w:rsid w:val="005A40F1"/>
     <w:rsid w:val="005A4326"/>
+    <w:rsid w:val="005A4D7F"/>
+    <w:rsid w:val="005A6E77"/>
     <w:rsid w:val="005A7158"/>
+    <w:rsid w:val="005B0C93"/>
     <w:rsid w:val="005B0C9D"/>
+    <w:rsid w:val="005B0E29"/>
     <w:rsid w:val="005B1616"/>
+    <w:rsid w:val="005B1E88"/>
+    <w:rsid w:val="005B2D67"/>
+    <w:rsid w:val="005B427A"/>
+    <w:rsid w:val="005B5376"/>
+    <w:rsid w:val="005B54C9"/>
+    <w:rsid w:val="005B55D5"/>
     <w:rsid w:val="005B5FD9"/>
     <w:rsid w:val="005B608A"/>
     <w:rsid w:val="005B6AD1"/>
     <w:rsid w:val="005B709C"/>
+    <w:rsid w:val="005B7AFA"/>
     <w:rsid w:val="005C0223"/>
+    <w:rsid w:val="005C0742"/>
     <w:rsid w:val="005C0E57"/>
     <w:rsid w:val="005C1C0B"/>
     <w:rsid w:val="005C3F31"/>
     <w:rsid w:val="005C4868"/>
+    <w:rsid w:val="005C5CAD"/>
     <w:rsid w:val="005C6C47"/>
     <w:rsid w:val="005C6F33"/>
-    <w:rsid w:val="005D157F"/>
+    <w:rsid w:val="005D0342"/>
+    <w:rsid w:val="005D097A"/>
+    <w:rsid w:val="005D1C2A"/>
     <w:rsid w:val="005D22AD"/>
     <w:rsid w:val="005D3F82"/>
     <w:rsid w:val="005D451A"/>
     <w:rsid w:val="005D5214"/>
     <w:rsid w:val="005D535D"/>
     <w:rsid w:val="005D538E"/>
+    <w:rsid w:val="005D53C1"/>
     <w:rsid w:val="005D5BB0"/>
     <w:rsid w:val="005D74D9"/>
+    <w:rsid w:val="005D7EF9"/>
+    <w:rsid w:val="005E0DBE"/>
     <w:rsid w:val="005E1353"/>
     <w:rsid w:val="005E17EE"/>
-    <w:rsid w:val="005E3E0E"/>
+    <w:rsid w:val="005E1828"/>
+    <w:rsid w:val="005E6313"/>
+    <w:rsid w:val="005F007B"/>
+    <w:rsid w:val="005F00F0"/>
     <w:rsid w:val="005F18E1"/>
     <w:rsid w:val="005F1F5A"/>
     <w:rsid w:val="005F2A62"/>
-    <w:rsid w:val="005F4273"/>
+    <w:rsid w:val="005F3D30"/>
     <w:rsid w:val="005F4F34"/>
+    <w:rsid w:val="005F53D8"/>
+    <w:rsid w:val="005F6D73"/>
     <w:rsid w:val="005F6F37"/>
     <w:rsid w:val="005F79BE"/>
     <w:rsid w:val="00600278"/>
     <w:rsid w:val="00600A51"/>
+    <w:rsid w:val="00600C46"/>
+    <w:rsid w:val="006015C8"/>
+    <w:rsid w:val="0060207F"/>
     <w:rsid w:val="006023D3"/>
     <w:rsid w:val="00602AFB"/>
     <w:rsid w:val="00602F7F"/>
     <w:rsid w:val="0060597A"/>
     <w:rsid w:val="006061C8"/>
     <w:rsid w:val="00607615"/>
+    <w:rsid w:val="00610364"/>
     <w:rsid w:val="006103C3"/>
     <w:rsid w:val="006107EB"/>
+    <w:rsid w:val="00611A3C"/>
     <w:rsid w:val="00612833"/>
+    <w:rsid w:val="00613EAB"/>
     <w:rsid w:val="006140ED"/>
+    <w:rsid w:val="0061453A"/>
     <w:rsid w:val="006145CF"/>
     <w:rsid w:val="00614CC4"/>
+    <w:rsid w:val="0061599D"/>
     <w:rsid w:val="006171B9"/>
     <w:rsid w:val="00617217"/>
     <w:rsid w:val="006179E8"/>
+    <w:rsid w:val="00617A0D"/>
+    <w:rsid w:val="006202EF"/>
     <w:rsid w:val="00623B8F"/>
     <w:rsid w:val="006241B3"/>
+    <w:rsid w:val="00626746"/>
     <w:rsid w:val="00626BD5"/>
+    <w:rsid w:val="00627265"/>
     <w:rsid w:val="006274BB"/>
     <w:rsid w:val="00627C86"/>
-    <w:rsid w:val="00630BE1"/>
+    <w:rsid w:val="00630B14"/>
     <w:rsid w:val="0063109A"/>
+    <w:rsid w:val="00631416"/>
     <w:rsid w:val="00631F6D"/>
     <w:rsid w:val="00633EFE"/>
+    <w:rsid w:val="00634313"/>
     <w:rsid w:val="00635AB3"/>
     <w:rsid w:val="00640C40"/>
     <w:rsid w:val="006414A9"/>
+    <w:rsid w:val="0064236F"/>
     <w:rsid w:val="0064370B"/>
+    <w:rsid w:val="006447F3"/>
+    <w:rsid w:val="0064571F"/>
     <w:rsid w:val="00646221"/>
+    <w:rsid w:val="00646443"/>
+    <w:rsid w:val="006512F8"/>
     <w:rsid w:val="00651CB1"/>
     <w:rsid w:val="00652478"/>
     <w:rsid w:val="00652550"/>
     <w:rsid w:val="00654293"/>
+    <w:rsid w:val="006542B9"/>
     <w:rsid w:val="006554F2"/>
     <w:rsid w:val="006555C2"/>
+    <w:rsid w:val="00655687"/>
+    <w:rsid w:val="00655E9A"/>
+    <w:rsid w:val="00656B8C"/>
+    <w:rsid w:val="00656D71"/>
+    <w:rsid w:val="00657C62"/>
     <w:rsid w:val="006600B1"/>
     <w:rsid w:val="0066058E"/>
-    <w:rsid w:val="00664A37"/>
-    <w:rsid w:val="00665673"/>
+    <w:rsid w:val="00660732"/>
+    <w:rsid w:val="0066248F"/>
+    <w:rsid w:val="0066314A"/>
     <w:rsid w:val="00666448"/>
     <w:rsid w:val="00670743"/>
     <w:rsid w:val="0067082F"/>
+    <w:rsid w:val="00670CED"/>
     <w:rsid w:val="00670FA2"/>
+    <w:rsid w:val="00671D80"/>
     <w:rsid w:val="00672288"/>
     <w:rsid w:val="00672421"/>
+    <w:rsid w:val="006727B7"/>
+    <w:rsid w:val="0067289B"/>
+    <w:rsid w:val="00672C9D"/>
+    <w:rsid w:val="006743A9"/>
+    <w:rsid w:val="006748D6"/>
+    <w:rsid w:val="00674E21"/>
+    <w:rsid w:val="00675D00"/>
     <w:rsid w:val="00676338"/>
+    <w:rsid w:val="006767B7"/>
     <w:rsid w:val="00676FF4"/>
     <w:rsid w:val="00677AC4"/>
     <w:rsid w:val="00681249"/>
-    <w:rsid w:val="00681CDF"/>
+    <w:rsid w:val="00681AE1"/>
+    <w:rsid w:val="006821E1"/>
     <w:rsid w:val="00682538"/>
     <w:rsid w:val="00683867"/>
+    <w:rsid w:val="0068414A"/>
     <w:rsid w:val="00686193"/>
+    <w:rsid w:val="00686AE9"/>
     <w:rsid w:val="00686BFD"/>
     <w:rsid w:val="00687287"/>
     <w:rsid w:val="006877F6"/>
     <w:rsid w:val="0069065A"/>
+    <w:rsid w:val="00690866"/>
+    <w:rsid w:val="006914CD"/>
     <w:rsid w:val="006917D2"/>
-    <w:rsid w:val="006919DA"/>
+    <w:rsid w:val="00691824"/>
     <w:rsid w:val="00691D6E"/>
     <w:rsid w:val="00691E32"/>
     <w:rsid w:val="00692173"/>
     <w:rsid w:val="00692951"/>
+    <w:rsid w:val="00693928"/>
+    <w:rsid w:val="00696355"/>
     <w:rsid w:val="00696AA3"/>
-    <w:rsid w:val="00697BDB"/>
+    <w:rsid w:val="00696AE2"/>
+    <w:rsid w:val="00697A60"/>
+    <w:rsid w:val="00697B34"/>
     <w:rsid w:val="006A14FB"/>
     <w:rsid w:val="006A18A2"/>
     <w:rsid w:val="006A2A69"/>
+    <w:rsid w:val="006A354C"/>
+    <w:rsid w:val="006A3EA7"/>
+    <w:rsid w:val="006A4CEB"/>
     <w:rsid w:val="006A4D48"/>
     <w:rsid w:val="006A51E0"/>
+    <w:rsid w:val="006A624C"/>
     <w:rsid w:val="006A6449"/>
     <w:rsid w:val="006A6573"/>
     <w:rsid w:val="006A68DF"/>
     <w:rsid w:val="006A6D47"/>
     <w:rsid w:val="006A7E16"/>
+    <w:rsid w:val="006A7F3B"/>
+    <w:rsid w:val="006B0BE1"/>
     <w:rsid w:val="006B0D77"/>
+    <w:rsid w:val="006B17B3"/>
     <w:rsid w:val="006B1A9F"/>
+    <w:rsid w:val="006B46F0"/>
+    <w:rsid w:val="006B485F"/>
+    <w:rsid w:val="006B48B8"/>
+    <w:rsid w:val="006B4C41"/>
     <w:rsid w:val="006B4CF8"/>
+    <w:rsid w:val="006B5753"/>
     <w:rsid w:val="006B5C0C"/>
+    <w:rsid w:val="006B63B8"/>
+    <w:rsid w:val="006B703E"/>
     <w:rsid w:val="006B7FC3"/>
+    <w:rsid w:val="006C1884"/>
     <w:rsid w:val="006C29E6"/>
+    <w:rsid w:val="006C3D2C"/>
+    <w:rsid w:val="006C3EAC"/>
     <w:rsid w:val="006C51F3"/>
+    <w:rsid w:val="006C6BF9"/>
     <w:rsid w:val="006C6F10"/>
     <w:rsid w:val="006D073F"/>
+    <w:rsid w:val="006D18D2"/>
+    <w:rsid w:val="006D2024"/>
+    <w:rsid w:val="006D546A"/>
     <w:rsid w:val="006D5CEF"/>
     <w:rsid w:val="006D5EC2"/>
     <w:rsid w:val="006D60B0"/>
     <w:rsid w:val="006D761C"/>
     <w:rsid w:val="006D7BE0"/>
+    <w:rsid w:val="006E0E20"/>
+    <w:rsid w:val="006E14E5"/>
+    <w:rsid w:val="006E1E33"/>
+    <w:rsid w:val="006E315E"/>
     <w:rsid w:val="006E3AF3"/>
     <w:rsid w:val="006E454A"/>
+    <w:rsid w:val="006F03D9"/>
     <w:rsid w:val="006F110F"/>
     <w:rsid w:val="006F11CE"/>
+    <w:rsid w:val="006F141A"/>
     <w:rsid w:val="006F16FB"/>
+    <w:rsid w:val="006F2E99"/>
     <w:rsid w:val="006F3087"/>
-    <w:rsid w:val="006F37E5"/>
     <w:rsid w:val="006F4BE7"/>
     <w:rsid w:val="006F5BEE"/>
+    <w:rsid w:val="006F7FF6"/>
     <w:rsid w:val="007016DB"/>
     <w:rsid w:val="007032BE"/>
-    <w:rsid w:val="00705FD9"/>
+    <w:rsid w:val="00704AB6"/>
+    <w:rsid w:val="0070505B"/>
     <w:rsid w:val="0071007B"/>
     <w:rsid w:val="00710549"/>
-    <w:rsid w:val="00713A56"/>
+    <w:rsid w:val="00713A10"/>
     <w:rsid w:val="00713A8D"/>
-    <w:rsid w:val="00714402"/>
+    <w:rsid w:val="0071704C"/>
     <w:rsid w:val="00720290"/>
+    <w:rsid w:val="00720ADB"/>
+    <w:rsid w:val="00720F3B"/>
     <w:rsid w:val="007212F7"/>
     <w:rsid w:val="00721F6C"/>
+    <w:rsid w:val="007222AD"/>
     <w:rsid w:val="00722D5D"/>
     <w:rsid w:val="007239F8"/>
-    <w:rsid w:val="0072420E"/>
+    <w:rsid w:val="00723BAB"/>
+    <w:rsid w:val="007247F0"/>
+    <w:rsid w:val="00725AD0"/>
+    <w:rsid w:val="00726389"/>
+    <w:rsid w:val="00727946"/>
     <w:rsid w:val="007307FF"/>
+    <w:rsid w:val="007308A0"/>
     <w:rsid w:val="00730A2D"/>
+    <w:rsid w:val="007319A1"/>
     <w:rsid w:val="007328B1"/>
     <w:rsid w:val="00737FE0"/>
     <w:rsid w:val="00740027"/>
     <w:rsid w:val="007405BA"/>
     <w:rsid w:val="007406FB"/>
+    <w:rsid w:val="007438DC"/>
     <w:rsid w:val="00746068"/>
     <w:rsid w:val="00746F5F"/>
+    <w:rsid w:val="00747E73"/>
     <w:rsid w:val="00751ED9"/>
-    <w:rsid w:val="00762BF6"/>
+    <w:rsid w:val="007524EA"/>
+    <w:rsid w:val="0075395E"/>
+    <w:rsid w:val="007624F1"/>
+    <w:rsid w:val="007624F7"/>
     <w:rsid w:val="0076314E"/>
+    <w:rsid w:val="00763384"/>
     <w:rsid w:val="007634A3"/>
+    <w:rsid w:val="007640F4"/>
     <w:rsid w:val="00764716"/>
     <w:rsid w:val="00764D68"/>
+    <w:rsid w:val="00764E5A"/>
     <w:rsid w:val="00764E98"/>
     <w:rsid w:val="007655FC"/>
     <w:rsid w:val="00767E48"/>
     <w:rsid w:val="00770712"/>
     <w:rsid w:val="007713CB"/>
     <w:rsid w:val="00771424"/>
+    <w:rsid w:val="00772EB8"/>
+    <w:rsid w:val="00773279"/>
     <w:rsid w:val="00773F45"/>
-    <w:rsid w:val="007758D3"/>
-[...1 lines deleted...]
-    <w:rsid w:val="007815D2"/>
+    <w:rsid w:val="00775BD1"/>
+    <w:rsid w:val="007803DD"/>
     <w:rsid w:val="00781C72"/>
-    <w:rsid w:val="007837DC"/>
+    <w:rsid w:val="007820F4"/>
+    <w:rsid w:val="0078290E"/>
+    <w:rsid w:val="007842C4"/>
     <w:rsid w:val="00785673"/>
-    <w:rsid w:val="00785C9E"/>
+    <w:rsid w:val="0078707B"/>
     <w:rsid w:val="00787AF3"/>
+    <w:rsid w:val="00790909"/>
     <w:rsid w:val="00790D5D"/>
+    <w:rsid w:val="00790F24"/>
     <w:rsid w:val="0079115C"/>
-    <w:rsid w:val="007913D0"/>
     <w:rsid w:val="00792978"/>
     <w:rsid w:val="00792C8C"/>
+    <w:rsid w:val="00793972"/>
+    <w:rsid w:val="007948AB"/>
     <w:rsid w:val="00794ED5"/>
     <w:rsid w:val="00795780"/>
-    <w:rsid w:val="00795A6E"/>
+    <w:rsid w:val="007A1826"/>
     <w:rsid w:val="007A1EFB"/>
     <w:rsid w:val="007A36F5"/>
-    <w:rsid w:val="007A3A92"/>
     <w:rsid w:val="007A3E86"/>
+    <w:rsid w:val="007A4B7D"/>
+    <w:rsid w:val="007A4CB7"/>
     <w:rsid w:val="007A5929"/>
     <w:rsid w:val="007A5DCE"/>
     <w:rsid w:val="007A5E96"/>
     <w:rsid w:val="007A6282"/>
+    <w:rsid w:val="007A796E"/>
     <w:rsid w:val="007A7D86"/>
-    <w:rsid w:val="007B0953"/>
     <w:rsid w:val="007B1569"/>
+    <w:rsid w:val="007B2DFE"/>
     <w:rsid w:val="007B3384"/>
     <w:rsid w:val="007B349B"/>
     <w:rsid w:val="007B3E2E"/>
+    <w:rsid w:val="007B415F"/>
+    <w:rsid w:val="007B4ED4"/>
+    <w:rsid w:val="007B52F8"/>
+    <w:rsid w:val="007B55E3"/>
     <w:rsid w:val="007B667F"/>
+    <w:rsid w:val="007B6D4A"/>
+    <w:rsid w:val="007B6F1C"/>
     <w:rsid w:val="007B7039"/>
+    <w:rsid w:val="007C01A5"/>
     <w:rsid w:val="007C0D8A"/>
+    <w:rsid w:val="007C1AB9"/>
     <w:rsid w:val="007C23F4"/>
+    <w:rsid w:val="007C3A50"/>
+    <w:rsid w:val="007C473D"/>
+    <w:rsid w:val="007C61A2"/>
+    <w:rsid w:val="007C6934"/>
     <w:rsid w:val="007C7257"/>
+    <w:rsid w:val="007D034A"/>
     <w:rsid w:val="007D0766"/>
     <w:rsid w:val="007D0F65"/>
+    <w:rsid w:val="007D1AE6"/>
+    <w:rsid w:val="007D1BEC"/>
+    <w:rsid w:val="007D28C9"/>
     <w:rsid w:val="007D2B6F"/>
     <w:rsid w:val="007D3C18"/>
+    <w:rsid w:val="007D4384"/>
+    <w:rsid w:val="007D521A"/>
     <w:rsid w:val="007D5360"/>
     <w:rsid w:val="007D53CD"/>
-    <w:rsid w:val="007D561A"/>
+    <w:rsid w:val="007D63A0"/>
+    <w:rsid w:val="007D6565"/>
+    <w:rsid w:val="007D74EF"/>
     <w:rsid w:val="007D76F2"/>
+    <w:rsid w:val="007D7B81"/>
+    <w:rsid w:val="007E167C"/>
     <w:rsid w:val="007E1B70"/>
     <w:rsid w:val="007E269D"/>
+    <w:rsid w:val="007E2790"/>
+    <w:rsid w:val="007E2F07"/>
     <w:rsid w:val="007E2F21"/>
     <w:rsid w:val="007E3023"/>
+    <w:rsid w:val="007E5CC5"/>
     <w:rsid w:val="007E63A8"/>
     <w:rsid w:val="007E78AC"/>
+    <w:rsid w:val="007E7C23"/>
+    <w:rsid w:val="007F2141"/>
     <w:rsid w:val="007F2BAB"/>
+    <w:rsid w:val="007F49D3"/>
     <w:rsid w:val="007F5CAF"/>
     <w:rsid w:val="007F64EF"/>
     <w:rsid w:val="007F6690"/>
     <w:rsid w:val="007F6969"/>
     <w:rsid w:val="007F6CB1"/>
     <w:rsid w:val="007F7C98"/>
+    <w:rsid w:val="00800A30"/>
+    <w:rsid w:val="00801174"/>
+    <w:rsid w:val="0080158A"/>
     <w:rsid w:val="008018DE"/>
     <w:rsid w:val="00801B81"/>
     <w:rsid w:val="00802B4B"/>
     <w:rsid w:val="008031D4"/>
     <w:rsid w:val="008036B9"/>
     <w:rsid w:val="00803E28"/>
+    <w:rsid w:val="00803FF7"/>
+    <w:rsid w:val="0080423A"/>
+    <w:rsid w:val="008043AC"/>
+    <w:rsid w:val="00804A55"/>
     <w:rsid w:val="00804E8D"/>
     <w:rsid w:val="0080564D"/>
     <w:rsid w:val="008057AB"/>
+    <w:rsid w:val="008062C1"/>
     <w:rsid w:val="00806362"/>
-    <w:rsid w:val="00813720"/>
+    <w:rsid w:val="008103E5"/>
+    <w:rsid w:val="008106C7"/>
+    <w:rsid w:val="0081116A"/>
+    <w:rsid w:val="00814AF5"/>
     <w:rsid w:val="00814D7E"/>
-    <w:rsid w:val="0081794B"/>
+    <w:rsid w:val="00815679"/>
+    <w:rsid w:val="0081671F"/>
+    <w:rsid w:val="00816D69"/>
+    <w:rsid w:val="00817C5B"/>
+    <w:rsid w:val="00817EE0"/>
     <w:rsid w:val="008204D7"/>
+    <w:rsid w:val="00820D2B"/>
+    <w:rsid w:val="00821879"/>
+    <w:rsid w:val="00822B7B"/>
+    <w:rsid w:val="00825629"/>
     <w:rsid w:val="008328AC"/>
+    <w:rsid w:val="00833376"/>
     <w:rsid w:val="00834B81"/>
+    <w:rsid w:val="0083572C"/>
     <w:rsid w:val="00836EAD"/>
     <w:rsid w:val="00836FEE"/>
     <w:rsid w:val="00837281"/>
     <w:rsid w:val="00840E6E"/>
     <w:rsid w:val="0084191F"/>
     <w:rsid w:val="00841CD1"/>
     <w:rsid w:val="00842F0C"/>
     <w:rsid w:val="008431C5"/>
     <w:rsid w:val="008432D3"/>
     <w:rsid w:val="00843705"/>
     <w:rsid w:val="00844AA9"/>
+    <w:rsid w:val="00844DC2"/>
     <w:rsid w:val="0084531D"/>
+    <w:rsid w:val="00845491"/>
+    <w:rsid w:val="00845EEE"/>
+    <w:rsid w:val="00845F52"/>
     <w:rsid w:val="008462E4"/>
+    <w:rsid w:val="00850907"/>
     <w:rsid w:val="00851FE7"/>
     <w:rsid w:val="00852691"/>
-    <w:rsid w:val="008532E1"/>
     <w:rsid w:val="008540BF"/>
+    <w:rsid w:val="00855C28"/>
     <w:rsid w:val="0085647A"/>
     <w:rsid w:val="00856C34"/>
+    <w:rsid w:val="00856CBF"/>
+    <w:rsid w:val="00857212"/>
+    <w:rsid w:val="00857358"/>
+    <w:rsid w:val="0086056D"/>
     <w:rsid w:val="00861987"/>
     <w:rsid w:val="00861A5B"/>
     <w:rsid w:val="00861B36"/>
-    <w:rsid w:val="00863331"/>
+    <w:rsid w:val="008629AE"/>
+    <w:rsid w:val="00863298"/>
     <w:rsid w:val="0086415A"/>
+    <w:rsid w:val="0086433C"/>
+    <w:rsid w:val="00865FB2"/>
     <w:rsid w:val="0086626C"/>
+    <w:rsid w:val="008676C6"/>
+    <w:rsid w:val="00871541"/>
     <w:rsid w:val="00871C13"/>
+    <w:rsid w:val="00871EA6"/>
     <w:rsid w:val="00872CBA"/>
     <w:rsid w:val="00872FCA"/>
     <w:rsid w:val="00873627"/>
     <w:rsid w:val="00873691"/>
-    <w:rsid w:val="00874D06"/>
     <w:rsid w:val="008754A4"/>
     <w:rsid w:val="00877169"/>
+    <w:rsid w:val="00877419"/>
+    <w:rsid w:val="00877A22"/>
     <w:rsid w:val="008801FE"/>
+    <w:rsid w:val="00880387"/>
+    <w:rsid w:val="008813AD"/>
     <w:rsid w:val="008813CD"/>
     <w:rsid w:val="00881CB3"/>
+    <w:rsid w:val="00881F25"/>
+    <w:rsid w:val="00882469"/>
     <w:rsid w:val="008838AC"/>
+    <w:rsid w:val="00883B4E"/>
     <w:rsid w:val="008843EF"/>
     <w:rsid w:val="00884645"/>
     <w:rsid w:val="008846BF"/>
     <w:rsid w:val="00884C0B"/>
+    <w:rsid w:val="008857A8"/>
+    <w:rsid w:val="00885869"/>
     <w:rsid w:val="00885DD3"/>
-    <w:rsid w:val="00890D7A"/>
+    <w:rsid w:val="00886630"/>
+    <w:rsid w:val="008868F4"/>
+    <w:rsid w:val="008877DB"/>
+    <w:rsid w:val="00890D6B"/>
     <w:rsid w:val="00891AC0"/>
     <w:rsid w:val="008925B3"/>
     <w:rsid w:val="008936F1"/>
+    <w:rsid w:val="008940E3"/>
     <w:rsid w:val="00894673"/>
     <w:rsid w:val="00894CA3"/>
+    <w:rsid w:val="00895439"/>
+    <w:rsid w:val="00896E57"/>
     <w:rsid w:val="008A143D"/>
     <w:rsid w:val="008A2036"/>
     <w:rsid w:val="008A2683"/>
+    <w:rsid w:val="008A2ECE"/>
     <w:rsid w:val="008A3C88"/>
     <w:rsid w:val="008A4357"/>
     <w:rsid w:val="008A4982"/>
+    <w:rsid w:val="008A533C"/>
     <w:rsid w:val="008A7835"/>
+    <w:rsid w:val="008B0642"/>
+    <w:rsid w:val="008B15F4"/>
     <w:rsid w:val="008B1833"/>
     <w:rsid w:val="008B20EB"/>
-    <w:rsid w:val="008B6DA1"/>
-    <w:rsid w:val="008C522B"/>
+    <w:rsid w:val="008B2618"/>
+    <w:rsid w:val="008B3034"/>
+    <w:rsid w:val="008B34B6"/>
+    <w:rsid w:val="008B50E3"/>
+    <w:rsid w:val="008B5DA2"/>
+    <w:rsid w:val="008B665E"/>
+    <w:rsid w:val="008B6A47"/>
+    <w:rsid w:val="008B6E4E"/>
+    <w:rsid w:val="008C062C"/>
+    <w:rsid w:val="008C0696"/>
+    <w:rsid w:val="008C1BB3"/>
+    <w:rsid w:val="008C26C8"/>
+    <w:rsid w:val="008C323C"/>
+    <w:rsid w:val="008C357F"/>
     <w:rsid w:val="008C52FE"/>
     <w:rsid w:val="008C59E8"/>
+    <w:rsid w:val="008D1628"/>
     <w:rsid w:val="008D1AC1"/>
+    <w:rsid w:val="008D21B2"/>
+    <w:rsid w:val="008D21EC"/>
+    <w:rsid w:val="008D29FB"/>
+    <w:rsid w:val="008D2E94"/>
     <w:rsid w:val="008D3F62"/>
     <w:rsid w:val="008D3FF5"/>
-    <w:rsid w:val="008D462C"/>
     <w:rsid w:val="008D5A02"/>
     <w:rsid w:val="008D5CC3"/>
     <w:rsid w:val="008D5D02"/>
     <w:rsid w:val="008D71F1"/>
+    <w:rsid w:val="008D74FE"/>
     <w:rsid w:val="008E07BB"/>
+    <w:rsid w:val="008E13A6"/>
+    <w:rsid w:val="008E20D9"/>
     <w:rsid w:val="008E284F"/>
+    <w:rsid w:val="008E41FE"/>
     <w:rsid w:val="008E4A32"/>
+    <w:rsid w:val="008E7974"/>
+    <w:rsid w:val="008E7978"/>
+    <w:rsid w:val="008E7FD3"/>
     <w:rsid w:val="008F12C5"/>
     <w:rsid w:val="008F1FC4"/>
     <w:rsid w:val="008F22C2"/>
+    <w:rsid w:val="008F25F5"/>
     <w:rsid w:val="008F29DE"/>
     <w:rsid w:val="008F2BE2"/>
     <w:rsid w:val="008F3DC1"/>
     <w:rsid w:val="008F4C53"/>
     <w:rsid w:val="008F73AC"/>
     <w:rsid w:val="009019ED"/>
     <w:rsid w:val="00901DA5"/>
     <w:rsid w:val="0090487F"/>
     <w:rsid w:val="00906971"/>
     <w:rsid w:val="0090733F"/>
     <w:rsid w:val="00910FC5"/>
+    <w:rsid w:val="00911715"/>
+    <w:rsid w:val="00912E33"/>
     <w:rsid w:val="00913309"/>
     <w:rsid w:val="00914157"/>
+    <w:rsid w:val="009159FD"/>
     <w:rsid w:val="009164C7"/>
+    <w:rsid w:val="009167D0"/>
     <w:rsid w:val="00917701"/>
     <w:rsid w:val="00917F86"/>
+    <w:rsid w:val="0092156D"/>
+    <w:rsid w:val="0092161B"/>
     <w:rsid w:val="009216D7"/>
+    <w:rsid w:val="009237BB"/>
+    <w:rsid w:val="0092425B"/>
     <w:rsid w:val="009246BA"/>
     <w:rsid w:val="00924D4D"/>
-    <w:rsid w:val="00924F20"/>
+    <w:rsid w:val="009266A3"/>
+    <w:rsid w:val="00927748"/>
     <w:rsid w:val="0093077C"/>
     <w:rsid w:val="00930A76"/>
     <w:rsid w:val="00931706"/>
     <w:rsid w:val="00932C2F"/>
     <w:rsid w:val="00932E05"/>
+    <w:rsid w:val="00934095"/>
     <w:rsid w:val="00937563"/>
+    <w:rsid w:val="00937989"/>
+    <w:rsid w:val="00937E24"/>
     <w:rsid w:val="00937FDE"/>
+    <w:rsid w:val="009417E6"/>
+    <w:rsid w:val="00941BEC"/>
     <w:rsid w:val="00941FBB"/>
+    <w:rsid w:val="00943D82"/>
     <w:rsid w:val="009444E2"/>
     <w:rsid w:val="00944D30"/>
-    <w:rsid w:val="00945321"/>
+    <w:rsid w:val="00945171"/>
+    <w:rsid w:val="00945B35"/>
     <w:rsid w:val="0094684F"/>
     <w:rsid w:val="009478EA"/>
     <w:rsid w:val="00947BBF"/>
+    <w:rsid w:val="00951A51"/>
     <w:rsid w:val="00951AE5"/>
     <w:rsid w:val="0095208B"/>
+    <w:rsid w:val="00952ED8"/>
     <w:rsid w:val="00953555"/>
     <w:rsid w:val="00953702"/>
+    <w:rsid w:val="0095548C"/>
     <w:rsid w:val="009556EF"/>
     <w:rsid w:val="00955868"/>
     <w:rsid w:val="00955C89"/>
+    <w:rsid w:val="009571E5"/>
     <w:rsid w:val="00957BFA"/>
+    <w:rsid w:val="00957C01"/>
     <w:rsid w:val="00960244"/>
     <w:rsid w:val="0096101E"/>
-    <w:rsid w:val="009618D1"/>
+    <w:rsid w:val="00961691"/>
     <w:rsid w:val="00961A35"/>
     <w:rsid w:val="00961C3B"/>
-    <w:rsid w:val="00964176"/>
+    <w:rsid w:val="009636FE"/>
     <w:rsid w:val="00964F7A"/>
+    <w:rsid w:val="00965045"/>
+    <w:rsid w:val="009660C5"/>
+    <w:rsid w:val="0097021C"/>
     <w:rsid w:val="009705A2"/>
     <w:rsid w:val="00971612"/>
+    <w:rsid w:val="00971776"/>
     <w:rsid w:val="00971B8B"/>
+    <w:rsid w:val="00971BA3"/>
     <w:rsid w:val="00971E8B"/>
     <w:rsid w:val="0097364D"/>
     <w:rsid w:val="0097575C"/>
     <w:rsid w:val="00976BEA"/>
     <w:rsid w:val="009771F2"/>
     <w:rsid w:val="00977A7B"/>
+    <w:rsid w:val="009809CB"/>
     <w:rsid w:val="00981180"/>
+    <w:rsid w:val="00981399"/>
+    <w:rsid w:val="00982469"/>
     <w:rsid w:val="0098259C"/>
     <w:rsid w:val="0098330D"/>
     <w:rsid w:val="00984402"/>
     <w:rsid w:val="00984459"/>
     <w:rsid w:val="00984BCE"/>
-    <w:rsid w:val="00985B4E"/>
+    <w:rsid w:val="0098614E"/>
+    <w:rsid w:val="009905D8"/>
     <w:rsid w:val="00990EA5"/>
     <w:rsid w:val="009911B6"/>
     <w:rsid w:val="009911F0"/>
     <w:rsid w:val="00991E78"/>
     <w:rsid w:val="009923D1"/>
-    <w:rsid w:val="00996D8C"/>
+    <w:rsid w:val="009933CE"/>
+    <w:rsid w:val="0099552F"/>
+    <w:rsid w:val="00995C6D"/>
+    <w:rsid w:val="00995C97"/>
     <w:rsid w:val="00996EDC"/>
+    <w:rsid w:val="0099793B"/>
     <w:rsid w:val="00997DC0"/>
     <w:rsid w:val="009A0F85"/>
     <w:rsid w:val="009A15D3"/>
-    <w:rsid w:val="009A1E76"/>
     <w:rsid w:val="009A2833"/>
+    <w:rsid w:val="009A3411"/>
     <w:rsid w:val="009A3887"/>
-    <w:rsid w:val="009A53FF"/>
+    <w:rsid w:val="009A401B"/>
     <w:rsid w:val="009A71D4"/>
+    <w:rsid w:val="009B0477"/>
+    <w:rsid w:val="009B050B"/>
+    <w:rsid w:val="009B0833"/>
+    <w:rsid w:val="009B0BCE"/>
+    <w:rsid w:val="009B29F2"/>
     <w:rsid w:val="009B3B2E"/>
+    <w:rsid w:val="009B41DE"/>
+    <w:rsid w:val="009B4A51"/>
     <w:rsid w:val="009B5444"/>
+    <w:rsid w:val="009B561E"/>
+    <w:rsid w:val="009B5C74"/>
     <w:rsid w:val="009B5C98"/>
+    <w:rsid w:val="009B64E8"/>
+    <w:rsid w:val="009B7236"/>
+    <w:rsid w:val="009C0ACF"/>
     <w:rsid w:val="009C16E2"/>
     <w:rsid w:val="009C26F4"/>
     <w:rsid w:val="009C2BDD"/>
-    <w:rsid w:val="009C2C26"/>
     <w:rsid w:val="009C2D85"/>
+    <w:rsid w:val="009C33DD"/>
     <w:rsid w:val="009C4BDB"/>
     <w:rsid w:val="009C4CD4"/>
     <w:rsid w:val="009C5AF3"/>
     <w:rsid w:val="009C5B4F"/>
     <w:rsid w:val="009D05DB"/>
+    <w:rsid w:val="009D2874"/>
+    <w:rsid w:val="009D3548"/>
     <w:rsid w:val="009D355E"/>
     <w:rsid w:val="009D4373"/>
     <w:rsid w:val="009D4481"/>
+    <w:rsid w:val="009D49EE"/>
     <w:rsid w:val="009D4EBD"/>
+    <w:rsid w:val="009D54EF"/>
+    <w:rsid w:val="009D5924"/>
     <w:rsid w:val="009D6B6F"/>
+    <w:rsid w:val="009D6E93"/>
+    <w:rsid w:val="009D7476"/>
     <w:rsid w:val="009D77B7"/>
+    <w:rsid w:val="009E26E2"/>
     <w:rsid w:val="009E5210"/>
+    <w:rsid w:val="009E5761"/>
     <w:rsid w:val="009E57FC"/>
     <w:rsid w:val="009E7918"/>
+    <w:rsid w:val="009F01F7"/>
+    <w:rsid w:val="009F037F"/>
     <w:rsid w:val="009F26CE"/>
     <w:rsid w:val="009F2C6A"/>
     <w:rsid w:val="009F2F82"/>
+    <w:rsid w:val="009F598A"/>
     <w:rsid w:val="009F6BE1"/>
     <w:rsid w:val="00A004C9"/>
     <w:rsid w:val="00A00A54"/>
     <w:rsid w:val="00A00A9E"/>
     <w:rsid w:val="00A01CAD"/>
     <w:rsid w:val="00A01FEC"/>
     <w:rsid w:val="00A02581"/>
+    <w:rsid w:val="00A02910"/>
+    <w:rsid w:val="00A034C7"/>
     <w:rsid w:val="00A036CC"/>
     <w:rsid w:val="00A03D79"/>
+    <w:rsid w:val="00A0539F"/>
+    <w:rsid w:val="00A060DB"/>
+    <w:rsid w:val="00A06A73"/>
+    <w:rsid w:val="00A1018B"/>
     <w:rsid w:val="00A10574"/>
+    <w:rsid w:val="00A11D7B"/>
     <w:rsid w:val="00A1219B"/>
-    <w:rsid w:val="00A129E8"/>
+    <w:rsid w:val="00A1235F"/>
     <w:rsid w:val="00A139EE"/>
+    <w:rsid w:val="00A13FCE"/>
+    <w:rsid w:val="00A14063"/>
     <w:rsid w:val="00A14432"/>
+    <w:rsid w:val="00A1510F"/>
+    <w:rsid w:val="00A15199"/>
+    <w:rsid w:val="00A15505"/>
+    <w:rsid w:val="00A16218"/>
     <w:rsid w:val="00A16575"/>
     <w:rsid w:val="00A172AC"/>
-    <w:rsid w:val="00A175B8"/>
+    <w:rsid w:val="00A17591"/>
     <w:rsid w:val="00A179B4"/>
     <w:rsid w:val="00A2027D"/>
+    <w:rsid w:val="00A2071E"/>
+    <w:rsid w:val="00A20DBA"/>
+    <w:rsid w:val="00A21345"/>
+    <w:rsid w:val="00A21C9B"/>
+    <w:rsid w:val="00A23E27"/>
+    <w:rsid w:val="00A24ED0"/>
+    <w:rsid w:val="00A25CDC"/>
     <w:rsid w:val="00A25F68"/>
     <w:rsid w:val="00A26855"/>
     <w:rsid w:val="00A270AA"/>
     <w:rsid w:val="00A347E1"/>
     <w:rsid w:val="00A3482C"/>
     <w:rsid w:val="00A34D02"/>
-    <w:rsid w:val="00A36758"/>
     <w:rsid w:val="00A36CB9"/>
     <w:rsid w:val="00A37CFE"/>
     <w:rsid w:val="00A403A8"/>
     <w:rsid w:val="00A406A2"/>
+    <w:rsid w:val="00A40D76"/>
+    <w:rsid w:val="00A411C8"/>
     <w:rsid w:val="00A41803"/>
     <w:rsid w:val="00A4227F"/>
-    <w:rsid w:val="00A43551"/>
+    <w:rsid w:val="00A4292C"/>
     <w:rsid w:val="00A43B46"/>
     <w:rsid w:val="00A45315"/>
+    <w:rsid w:val="00A46165"/>
     <w:rsid w:val="00A463B4"/>
     <w:rsid w:val="00A50C81"/>
     <w:rsid w:val="00A5204C"/>
     <w:rsid w:val="00A52E77"/>
+    <w:rsid w:val="00A535B1"/>
+    <w:rsid w:val="00A53F0B"/>
     <w:rsid w:val="00A54E67"/>
+    <w:rsid w:val="00A55094"/>
+    <w:rsid w:val="00A5594B"/>
     <w:rsid w:val="00A56666"/>
     <w:rsid w:val="00A5667C"/>
     <w:rsid w:val="00A567D8"/>
+    <w:rsid w:val="00A600CC"/>
     <w:rsid w:val="00A601F2"/>
+    <w:rsid w:val="00A6295B"/>
     <w:rsid w:val="00A62EDC"/>
     <w:rsid w:val="00A633EE"/>
+    <w:rsid w:val="00A63A45"/>
     <w:rsid w:val="00A63B53"/>
     <w:rsid w:val="00A6535F"/>
     <w:rsid w:val="00A66099"/>
     <w:rsid w:val="00A66F52"/>
+    <w:rsid w:val="00A70189"/>
+    <w:rsid w:val="00A71875"/>
     <w:rsid w:val="00A71BF7"/>
+    <w:rsid w:val="00A72F09"/>
     <w:rsid w:val="00A73B74"/>
     <w:rsid w:val="00A741AD"/>
     <w:rsid w:val="00A74BFF"/>
     <w:rsid w:val="00A74CB9"/>
+    <w:rsid w:val="00A75272"/>
     <w:rsid w:val="00A7557E"/>
+    <w:rsid w:val="00A77526"/>
     <w:rsid w:val="00A7770A"/>
     <w:rsid w:val="00A77EBA"/>
     <w:rsid w:val="00A803EF"/>
     <w:rsid w:val="00A805B0"/>
-    <w:rsid w:val="00A817EB"/>
+    <w:rsid w:val="00A80B7F"/>
     <w:rsid w:val="00A819EF"/>
     <w:rsid w:val="00A83900"/>
+    <w:rsid w:val="00A843A0"/>
+    <w:rsid w:val="00A8502D"/>
     <w:rsid w:val="00A85CC4"/>
-    <w:rsid w:val="00A8765B"/>
+    <w:rsid w:val="00A862EB"/>
     <w:rsid w:val="00A87F50"/>
     <w:rsid w:val="00A907BC"/>
     <w:rsid w:val="00A922CA"/>
     <w:rsid w:val="00A92AE6"/>
     <w:rsid w:val="00A948BA"/>
+    <w:rsid w:val="00A94A4C"/>
     <w:rsid w:val="00A94B4B"/>
     <w:rsid w:val="00A97F56"/>
+    <w:rsid w:val="00A97F81"/>
     <w:rsid w:val="00AA1683"/>
+    <w:rsid w:val="00AA29ED"/>
+    <w:rsid w:val="00AA359C"/>
+    <w:rsid w:val="00AA67CA"/>
     <w:rsid w:val="00AA6A1A"/>
     <w:rsid w:val="00AA74A2"/>
     <w:rsid w:val="00AA7CDA"/>
     <w:rsid w:val="00AB0DC7"/>
-    <w:rsid w:val="00AB257C"/>
     <w:rsid w:val="00AB29EA"/>
     <w:rsid w:val="00AB32C6"/>
+    <w:rsid w:val="00AB4785"/>
+    <w:rsid w:val="00AB4E0A"/>
     <w:rsid w:val="00AB5667"/>
+    <w:rsid w:val="00AB5CA5"/>
+    <w:rsid w:val="00AB71DD"/>
     <w:rsid w:val="00AC0707"/>
+    <w:rsid w:val="00AC10FE"/>
     <w:rsid w:val="00AC1759"/>
     <w:rsid w:val="00AC204B"/>
+    <w:rsid w:val="00AC20C7"/>
+    <w:rsid w:val="00AC34FD"/>
     <w:rsid w:val="00AC4670"/>
+    <w:rsid w:val="00AC4ACD"/>
     <w:rsid w:val="00AC59C0"/>
     <w:rsid w:val="00AC5F98"/>
     <w:rsid w:val="00AC6313"/>
-    <w:rsid w:val="00AC7F71"/>
+    <w:rsid w:val="00AC678F"/>
+    <w:rsid w:val="00AC6941"/>
+    <w:rsid w:val="00AC79EE"/>
     <w:rsid w:val="00AD024E"/>
     <w:rsid w:val="00AD089C"/>
     <w:rsid w:val="00AD1845"/>
-    <w:rsid w:val="00AD2962"/>
     <w:rsid w:val="00AD296B"/>
+    <w:rsid w:val="00AD2F29"/>
     <w:rsid w:val="00AD351E"/>
+    <w:rsid w:val="00AD3537"/>
     <w:rsid w:val="00AD4161"/>
     <w:rsid w:val="00AD6963"/>
     <w:rsid w:val="00AE0E97"/>
-    <w:rsid w:val="00AE2D3E"/>
+    <w:rsid w:val="00AE250A"/>
+    <w:rsid w:val="00AE3AA5"/>
+    <w:rsid w:val="00AE4BF6"/>
     <w:rsid w:val="00AE72D8"/>
     <w:rsid w:val="00AE750F"/>
-    <w:rsid w:val="00AE7574"/>
+    <w:rsid w:val="00AF0400"/>
     <w:rsid w:val="00AF1BC4"/>
     <w:rsid w:val="00AF1DF2"/>
+    <w:rsid w:val="00AF2356"/>
     <w:rsid w:val="00AF32AB"/>
     <w:rsid w:val="00AF61CA"/>
     <w:rsid w:val="00AF6AD8"/>
     <w:rsid w:val="00AF6E83"/>
-    <w:rsid w:val="00AF6F08"/>
+    <w:rsid w:val="00B00650"/>
+    <w:rsid w:val="00B03108"/>
     <w:rsid w:val="00B03AD5"/>
     <w:rsid w:val="00B0469E"/>
+    <w:rsid w:val="00B04C2C"/>
     <w:rsid w:val="00B05CCA"/>
-    <w:rsid w:val="00B05D33"/>
+    <w:rsid w:val="00B06921"/>
     <w:rsid w:val="00B06AEE"/>
+    <w:rsid w:val="00B07624"/>
     <w:rsid w:val="00B076A2"/>
+    <w:rsid w:val="00B07D85"/>
+    <w:rsid w:val="00B10228"/>
     <w:rsid w:val="00B114D2"/>
-    <w:rsid w:val="00B115DF"/>
     <w:rsid w:val="00B11A4F"/>
     <w:rsid w:val="00B11E3A"/>
+    <w:rsid w:val="00B122DE"/>
     <w:rsid w:val="00B143CE"/>
+    <w:rsid w:val="00B1503C"/>
     <w:rsid w:val="00B2029D"/>
     <w:rsid w:val="00B20332"/>
+    <w:rsid w:val="00B20994"/>
+    <w:rsid w:val="00B22214"/>
+    <w:rsid w:val="00B22E49"/>
+    <w:rsid w:val="00B22F94"/>
     <w:rsid w:val="00B23B39"/>
     <w:rsid w:val="00B25E79"/>
     <w:rsid w:val="00B25F3E"/>
+    <w:rsid w:val="00B2609C"/>
     <w:rsid w:val="00B26B71"/>
+    <w:rsid w:val="00B3031B"/>
     <w:rsid w:val="00B32D3F"/>
+    <w:rsid w:val="00B336F6"/>
+    <w:rsid w:val="00B3473E"/>
+    <w:rsid w:val="00B349DD"/>
     <w:rsid w:val="00B34D2C"/>
-    <w:rsid w:val="00B363A9"/>
+    <w:rsid w:val="00B35186"/>
     <w:rsid w:val="00B36496"/>
     <w:rsid w:val="00B376D5"/>
+    <w:rsid w:val="00B41854"/>
     <w:rsid w:val="00B41B00"/>
+    <w:rsid w:val="00B41F38"/>
     <w:rsid w:val="00B42573"/>
+    <w:rsid w:val="00B4276B"/>
+    <w:rsid w:val="00B428BC"/>
+    <w:rsid w:val="00B42F65"/>
+    <w:rsid w:val="00B4362F"/>
+    <w:rsid w:val="00B437B8"/>
     <w:rsid w:val="00B444CA"/>
+    <w:rsid w:val="00B445C5"/>
     <w:rsid w:val="00B44E37"/>
+    <w:rsid w:val="00B44F8D"/>
+    <w:rsid w:val="00B45328"/>
+    <w:rsid w:val="00B4581B"/>
+    <w:rsid w:val="00B47304"/>
     <w:rsid w:val="00B4754A"/>
+    <w:rsid w:val="00B50D01"/>
     <w:rsid w:val="00B51DB8"/>
     <w:rsid w:val="00B530C5"/>
+    <w:rsid w:val="00B53348"/>
     <w:rsid w:val="00B53A6C"/>
+    <w:rsid w:val="00B53D6C"/>
     <w:rsid w:val="00B54CE4"/>
+    <w:rsid w:val="00B56A80"/>
+    <w:rsid w:val="00B60951"/>
+    <w:rsid w:val="00B61620"/>
     <w:rsid w:val="00B634EB"/>
-    <w:rsid w:val="00B6367E"/>
+    <w:rsid w:val="00B63D6C"/>
+    <w:rsid w:val="00B6430E"/>
+    <w:rsid w:val="00B64507"/>
+    <w:rsid w:val="00B64E3F"/>
+    <w:rsid w:val="00B65827"/>
+    <w:rsid w:val="00B65FAF"/>
     <w:rsid w:val="00B66124"/>
+    <w:rsid w:val="00B67950"/>
+    <w:rsid w:val="00B67C42"/>
+    <w:rsid w:val="00B70066"/>
     <w:rsid w:val="00B7039E"/>
+    <w:rsid w:val="00B71080"/>
     <w:rsid w:val="00B71C1A"/>
+    <w:rsid w:val="00B727B0"/>
     <w:rsid w:val="00B72D35"/>
-    <w:rsid w:val="00B73AA9"/>
+    <w:rsid w:val="00B74850"/>
     <w:rsid w:val="00B75E60"/>
     <w:rsid w:val="00B75EFC"/>
     <w:rsid w:val="00B77C6D"/>
-    <w:rsid w:val="00B8055C"/>
+    <w:rsid w:val="00B81EAF"/>
     <w:rsid w:val="00B81FF5"/>
     <w:rsid w:val="00B837E4"/>
+    <w:rsid w:val="00B858EA"/>
     <w:rsid w:val="00B879F6"/>
+    <w:rsid w:val="00B87A1D"/>
+    <w:rsid w:val="00B900C4"/>
     <w:rsid w:val="00B901FF"/>
+    <w:rsid w:val="00B90CE1"/>
+    <w:rsid w:val="00B912F2"/>
+    <w:rsid w:val="00B91C90"/>
     <w:rsid w:val="00B9211D"/>
+    <w:rsid w:val="00B92973"/>
     <w:rsid w:val="00B93C9C"/>
     <w:rsid w:val="00B94705"/>
+    <w:rsid w:val="00B9486D"/>
+    <w:rsid w:val="00B94C0D"/>
     <w:rsid w:val="00B95EFD"/>
+    <w:rsid w:val="00B97236"/>
+    <w:rsid w:val="00B972C6"/>
+    <w:rsid w:val="00BA1FD4"/>
     <w:rsid w:val="00BA31F7"/>
     <w:rsid w:val="00BA396A"/>
+    <w:rsid w:val="00BA396B"/>
     <w:rsid w:val="00BA54B1"/>
+    <w:rsid w:val="00BA55BD"/>
     <w:rsid w:val="00BA6BDF"/>
     <w:rsid w:val="00BA71E8"/>
     <w:rsid w:val="00BA736F"/>
+    <w:rsid w:val="00BA7FF6"/>
+    <w:rsid w:val="00BB0C4E"/>
     <w:rsid w:val="00BB1657"/>
     <w:rsid w:val="00BB1E2B"/>
-    <w:rsid w:val="00BB29BC"/>
+    <w:rsid w:val="00BB2E44"/>
+    <w:rsid w:val="00BB3049"/>
     <w:rsid w:val="00BB4F35"/>
     <w:rsid w:val="00BB651F"/>
+    <w:rsid w:val="00BB6D72"/>
     <w:rsid w:val="00BB79F6"/>
     <w:rsid w:val="00BC15AF"/>
     <w:rsid w:val="00BC2C60"/>
+    <w:rsid w:val="00BC31AD"/>
+    <w:rsid w:val="00BC378F"/>
+    <w:rsid w:val="00BC3804"/>
     <w:rsid w:val="00BC407F"/>
     <w:rsid w:val="00BC567C"/>
     <w:rsid w:val="00BC6A90"/>
     <w:rsid w:val="00BC6C4D"/>
     <w:rsid w:val="00BD0A20"/>
     <w:rsid w:val="00BD1AC6"/>
     <w:rsid w:val="00BD2656"/>
+    <w:rsid w:val="00BD2709"/>
+    <w:rsid w:val="00BD2B02"/>
+    <w:rsid w:val="00BD386A"/>
     <w:rsid w:val="00BD46CD"/>
+    <w:rsid w:val="00BD49C9"/>
     <w:rsid w:val="00BD5256"/>
     <w:rsid w:val="00BD6178"/>
-    <w:rsid w:val="00BD7B4A"/>
-    <w:rsid w:val="00BE0FBC"/>
+    <w:rsid w:val="00BD6478"/>
     <w:rsid w:val="00BE1073"/>
+    <w:rsid w:val="00BE199C"/>
+    <w:rsid w:val="00BE2B15"/>
     <w:rsid w:val="00BE2D04"/>
     <w:rsid w:val="00BE525F"/>
+    <w:rsid w:val="00BE552C"/>
     <w:rsid w:val="00BE589E"/>
     <w:rsid w:val="00BE6A4E"/>
     <w:rsid w:val="00BE72AF"/>
+    <w:rsid w:val="00BF00C9"/>
+    <w:rsid w:val="00BF00F1"/>
+    <w:rsid w:val="00BF0945"/>
+    <w:rsid w:val="00BF0A2D"/>
     <w:rsid w:val="00BF1185"/>
     <w:rsid w:val="00BF1C82"/>
     <w:rsid w:val="00BF233E"/>
     <w:rsid w:val="00BF23F4"/>
     <w:rsid w:val="00BF2E10"/>
+    <w:rsid w:val="00BF4412"/>
+    <w:rsid w:val="00BF46B7"/>
     <w:rsid w:val="00BF4BA2"/>
+    <w:rsid w:val="00BF6FCA"/>
     <w:rsid w:val="00BF7082"/>
     <w:rsid w:val="00BF7AA4"/>
     <w:rsid w:val="00C00CBC"/>
     <w:rsid w:val="00C00ED8"/>
     <w:rsid w:val="00C02509"/>
+    <w:rsid w:val="00C02706"/>
+    <w:rsid w:val="00C0352B"/>
+    <w:rsid w:val="00C053D0"/>
+    <w:rsid w:val="00C05E9C"/>
+    <w:rsid w:val="00C07936"/>
+    <w:rsid w:val="00C11EE9"/>
     <w:rsid w:val="00C1277E"/>
     <w:rsid w:val="00C13036"/>
+    <w:rsid w:val="00C1378D"/>
     <w:rsid w:val="00C15CE7"/>
     <w:rsid w:val="00C16C96"/>
     <w:rsid w:val="00C17002"/>
-    <w:rsid w:val="00C173F2"/>
+    <w:rsid w:val="00C17491"/>
+    <w:rsid w:val="00C178C8"/>
+    <w:rsid w:val="00C224FB"/>
     <w:rsid w:val="00C23B68"/>
+    <w:rsid w:val="00C24355"/>
     <w:rsid w:val="00C25D0D"/>
-    <w:rsid w:val="00C26F83"/>
+    <w:rsid w:val="00C266A1"/>
+    <w:rsid w:val="00C26788"/>
+    <w:rsid w:val="00C270BC"/>
+    <w:rsid w:val="00C2719B"/>
     <w:rsid w:val="00C276D0"/>
     <w:rsid w:val="00C27F09"/>
+    <w:rsid w:val="00C30EC6"/>
+    <w:rsid w:val="00C31775"/>
+    <w:rsid w:val="00C3213B"/>
     <w:rsid w:val="00C3221B"/>
     <w:rsid w:val="00C326FB"/>
+    <w:rsid w:val="00C32CBE"/>
     <w:rsid w:val="00C3337E"/>
     <w:rsid w:val="00C33849"/>
-    <w:rsid w:val="00C3423F"/>
     <w:rsid w:val="00C3433A"/>
+    <w:rsid w:val="00C34456"/>
     <w:rsid w:val="00C3570E"/>
     <w:rsid w:val="00C36E7B"/>
-    <w:rsid w:val="00C36FFE"/>
+    <w:rsid w:val="00C4062D"/>
     <w:rsid w:val="00C43A3B"/>
     <w:rsid w:val="00C43CE2"/>
     <w:rsid w:val="00C4513E"/>
     <w:rsid w:val="00C45CD9"/>
     <w:rsid w:val="00C45F08"/>
     <w:rsid w:val="00C46A73"/>
-    <w:rsid w:val="00C501DB"/>
-    <w:rsid w:val="00C50352"/>
+    <w:rsid w:val="00C46BF4"/>
+    <w:rsid w:val="00C46CCB"/>
+    <w:rsid w:val="00C5021E"/>
     <w:rsid w:val="00C50593"/>
+    <w:rsid w:val="00C50AA1"/>
+    <w:rsid w:val="00C50AFC"/>
     <w:rsid w:val="00C51546"/>
+    <w:rsid w:val="00C52122"/>
+    <w:rsid w:val="00C52C6B"/>
+    <w:rsid w:val="00C553EF"/>
+    <w:rsid w:val="00C55E31"/>
+    <w:rsid w:val="00C56226"/>
+    <w:rsid w:val="00C576A1"/>
     <w:rsid w:val="00C60D9C"/>
+    <w:rsid w:val="00C6179D"/>
+    <w:rsid w:val="00C61BE2"/>
     <w:rsid w:val="00C61D6A"/>
+    <w:rsid w:val="00C64D38"/>
     <w:rsid w:val="00C64DFC"/>
+    <w:rsid w:val="00C652B9"/>
+    <w:rsid w:val="00C654E2"/>
+    <w:rsid w:val="00C66073"/>
     <w:rsid w:val="00C66D47"/>
+    <w:rsid w:val="00C66F47"/>
     <w:rsid w:val="00C67557"/>
     <w:rsid w:val="00C704EC"/>
     <w:rsid w:val="00C7258B"/>
+    <w:rsid w:val="00C731F2"/>
+    <w:rsid w:val="00C75082"/>
     <w:rsid w:val="00C751F0"/>
     <w:rsid w:val="00C762C5"/>
+    <w:rsid w:val="00C76D95"/>
+    <w:rsid w:val="00C81119"/>
+    <w:rsid w:val="00C81569"/>
+    <w:rsid w:val="00C81BAD"/>
+    <w:rsid w:val="00C81E95"/>
     <w:rsid w:val="00C823FA"/>
     <w:rsid w:val="00C829B9"/>
     <w:rsid w:val="00C841CE"/>
+    <w:rsid w:val="00C851C4"/>
     <w:rsid w:val="00C86E94"/>
     <w:rsid w:val="00C8700C"/>
-    <w:rsid w:val="00C908A6"/>
+    <w:rsid w:val="00C90B4C"/>
+    <w:rsid w:val="00C91C49"/>
+    <w:rsid w:val="00C925AD"/>
+    <w:rsid w:val="00C92A04"/>
     <w:rsid w:val="00C92EFD"/>
+    <w:rsid w:val="00C9312F"/>
+    <w:rsid w:val="00C934B1"/>
     <w:rsid w:val="00C950DA"/>
+    <w:rsid w:val="00C97958"/>
+    <w:rsid w:val="00C97B01"/>
+    <w:rsid w:val="00C97B21"/>
+    <w:rsid w:val="00C97CBC"/>
     <w:rsid w:val="00CA095B"/>
+    <w:rsid w:val="00CA11F8"/>
     <w:rsid w:val="00CA1B6B"/>
     <w:rsid w:val="00CA365E"/>
     <w:rsid w:val="00CA3AE0"/>
+    <w:rsid w:val="00CA4726"/>
+    <w:rsid w:val="00CA48B8"/>
+    <w:rsid w:val="00CA5271"/>
+    <w:rsid w:val="00CA59F3"/>
     <w:rsid w:val="00CA63AD"/>
+    <w:rsid w:val="00CB0C53"/>
     <w:rsid w:val="00CB1AFA"/>
+    <w:rsid w:val="00CB1C4A"/>
     <w:rsid w:val="00CB1F30"/>
+    <w:rsid w:val="00CB308B"/>
     <w:rsid w:val="00CB33E8"/>
+    <w:rsid w:val="00CB36BD"/>
     <w:rsid w:val="00CB503D"/>
     <w:rsid w:val="00CB5287"/>
+    <w:rsid w:val="00CB56D2"/>
     <w:rsid w:val="00CB7AA7"/>
+    <w:rsid w:val="00CC01F6"/>
+    <w:rsid w:val="00CC1200"/>
+    <w:rsid w:val="00CC3140"/>
     <w:rsid w:val="00CC3611"/>
+    <w:rsid w:val="00CC50CC"/>
     <w:rsid w:val="00CC5103"/>
-    <w:rsid w:val="00CC518F"/>
+    <w:rsid w:val="00CC5280"/>
+    <w:rsid w:val="00CC565B"/>
+    <w:rsid w:val="00CC5996"/>
+    <w:rsid w:val="00CC62CC"/>
+    <w:rsid w:val="00CC64F0"/>
     <w:rsid w:val="00CC7399"/>
     <w:rsid w:val="00CD1D74"/>
     <w:rsid w:val="00CD303F"/>
+    <w:rsid w:val="00CD313B"/>
     <w:rsid w:val="00CD3946"/>
     <w:rsid w:val="00CD3B3B"/>
     <w:rsid w:val="00CD5BE0"/>
+    <w:rsid w:val="00CD5E39"/>
     <w:rsid w:val="00CD61A2"/>
-    <w:rsid w:val="00CD667F"/>
+    <w:rsid w:val="00CD61E6"/>
+    <w:rsid w:val="00CD632E"/>
+    <w:rsid w:val="00CD65D3"/>
+    <w:rsid w:val="00CD7643"/>
     <w:rsid w:val="00CE0586"/>
     <w:rsid w:val="00CE09EA"/>
     <w:rsid w:val="00CE223C"/>
+    <w:rsid w:val="00CE2E23"/>
     <w:rsid w:val="00CE2E49"/>
     <w:rsid w:val="00CE46D7"/>
+    <w:rsid w:val="00CE58B0"/>
+    <w:rsid w:val="00CE6569"/>
+    <w:rsid w:val="00CE7140"/>
+    <w:rsid w:val="00CF0326"/>
     <w:rsid w:val="00CF0330"/>
     <w:rsid w:val="00CF09CC"/>
     <w:rsid w:val="00CF1F34"/>
     <w:rsid w:val="00CF227E"/>
     <w:rsid w:val="00CF480E"/>
     <w:rsid w:val="00CF53E2"/>
+    <w:rsid w:val="00CF69C9"/>
     <w:rsid w:val="00CF7454"/>
     <w:rsid w:val="00CF7AFA"/>
-    <w:rsid w:val="00D02EB4"/>
+    <w:rsid w:val="00D00141"/>
+    <w:rsid w:val="00D033CE"/>
+    <w:rsid w:val="00D035AF"/>
+    <w:rsid w:val="00D04D10"/>
+    <w:rsid w:val="00D04F95"/>
     <w:rsid w:val="00D06A07"/>
+    <w:rsid w:val="00D06ED1"/>
+    <w:rsid w:val="00D078AA"/>
     <w:rsid w:val="00D10DC3"/>
+    <w:rsid w:val="00D111FC"/>
     <w:rsid w:val="00D12337"/>
+    <w:rsid w:val="00D13813"/>
     <w:rsid w:val="00D15249"/>
+    <w:rsid w:val="00D15658"/>
     <w:rsid w:val="00D16931"/>
+    <w:rsid w:val="00D17629"/>
     <w:rsid w:val="00D177ED"/>
+    <w:rsid w:val="00D17AB3"/>
     <w:rsid w:val="00D20F4E"/>
     <w:rsid w:val="00D21325"/>
     <w:rsid w:val="00D233B8"/>
+    <w:rsid w:val="00D24BB7"/>
     <w:rsid w:val="00D24C3F"/>
+    <w:rsid w:val="00D24D41"/>
+    <w:rsid w:val="00D250E6"/>
     <w:rsid w:val="00D262E5"/>
     <w:rsid w:val="00D303A2"/>
-    <w:rsid w:val="00D307A4"/>
     <w:rsid w:val="00D318B7"/>
-    <w:rsid w:val="00D32A4D"/>
+    <w:rsid w:val="00D31A0A"/>
+    <w:rsid w:val="00D32231"/>
     <w:rsid w:val="00D35746"/>
     <w:rsid w:val="00D37E35"/>
+    <w:rsid w:val="00D414FB"/>
     <w:rsid w:val="00D4280A"/>
+    <w:rsid w:val="00D4394F"/>
+    <w:rsid w:val="00D440EF"/>
+    <w:rsid w:val="00D44510"/>
     <w:rsid w:val="00D445D5"/>
     <w:rsid w:val="00D44D4E"/>
     <w:rsid w:val="00D4534D"/>
-    <w:rsid w:val="00D50CEF"/>
+    <w:rsid w:val="00D453A1"/>
+    <w:rsid w:val="00D45C6F"/>
+    <w:rsid w:val="00D45F21"/>
+    <w:rsid w:val="00D4651A"/>
+    <w:rsid w:val="00D46710"/>
+    <w:rsid w:val="00D50652"/>
+    <w:rsid w:val="00D51834"/>
     <w:rsid w:val="00D51A8B"/>
     <w:rsid w:val="00D51F90"/>
+    <w:rsid w:val="00D52A44"/>
+    <w:rsid w:val="00D53E23"/>
+    <w:rsid w:val="00D5402F"/>
+    <w:rsid w:val="00D547FA"/>
+    <w:rsid w:val="00D54FC6"/>
+    <w:rsid w:val="00D5557A"/>
     <w:rsid w:val="00D55767"/>
+    <w:rsid w:val="00D55D2D"/>
     <w:rsid w:val="00D5601D"/>
+    <w:rsid w:val="00D567CB"/>
     <w:rsid w:val="00D56E5A"/>
+    <w:rsid w:val="00D575C0"/>
+    <w:rsid w:val="00D57648"/>
     <w:rsid w:val="00D61DBA"/>
+    <w:rsid w:val="00D62381"/>
+    <w:rsid w:val="00D623D3"/>
+    <w:rsid w:val="00D626D0"/>
     <w:rsid w:val="00D63D4A"/>
+    <w:rsid w:val="00D63E12"/>
+    <w:rsid w:val="00D64434"/>
     <w:rsid w:val="00D64B48"/>
     <w:rsid w:val="00D65FC6"/>
     <w:rsid w:val="00D6604A"/>
     <w:rsid w:val="00D67692"/>
+    <w:rsid w:val="00D700D0"/>
+    <w:rsid w:val="00D70A39"/>
     <w:rsid w:val="00D71CC3"/>
-    <w:rsid w:val="00D73BE6"/>
+    <w:rsid w:val="00D72403"/>
+    <w:rsid w:val="00D727D5"/>
+    <w:rsid w:val="00D72919"/>
+    <w:rsid w:val="00D733B9"/>
+    <w:rsid w:val="00D7394B"/>
     <w:rsid w:val="00D74312"/>
+    <w:rsid w:val="00D751CB"/>
+    <w:rsid w:val="00D7600B"/>
     <w:rsid w:val="00D76CDE"/>
     <w:rsid w:val="00D8055C"/>
     <w:rsid w:val="00D80FDA"/>
+    <w:rsid w:val="00D83FF3"/>
     <w:rsid w:val="00D84029"/>
     <w:rsid w:val="00D84A5E"/>
     <w:rsid w:val="00D84E48"/>
-    <w:rsid w:val="00D85DDB"/>
+    <w:rsid w:val="00D8533A"/>
+    <w:rsid w:val="00D8679B"/>
+    <w:rsid w:val="00D86BAA"/>
     <w:rsid w:val="00D87188"/>
+    <w:rsid w:val="00D8751E"/>
     <w:rsid w:val="00D87AE7"/>
     <w:rsid w:val="00D87B26"/>
+    <w:rsid w:val="00D90DD7"/>
     <w:rsid w:val="00D90EDC"/>
     <w:rsid w:val="00D913DC"/>
-    <w:rsid w:val="00D936A5"/>
     <w:rsid w:val="00D9377B"/>
-    <w:rsid w:val="00D94E86"/>
     <w:rsid w:val="00D951EA"/>
+    <w:rsid w:val="00D9571D"/>
+    <w:rsid w:val="00D95914"/>
+    <w:rsid w:val="00D9674B"/>
     <w:rsid w:val="00DA0623"/>
     <w:rsid w:val="00DA0DA3"/>
     <w:rsid w:val="00DA113D"/>
     <w:rsid w:val="00DA1DC7"/>
+    <w:rsid w:val="00DA20D7"/>
     <w:rsid w:val="00DA2FD5"/>
+    <w:rsid w:val="00DA4777"/>
+    <w:rsid w:val="00DA54A2"/>
     <w:rsid w:val="00DA56F0"/>
     <w:rsid w:val="00DA6E9C"/>
+    <w:rsid w:val="00DA6F2C"/>
     <w:rsid w:val="00DB0420"/>
+    <w:rsid w:val="00DB07C2"/>
+    <w:rsid w:val="00DB0EB5"/>
+    <w:rsid w:val="00DB196F"/>
+    <w:rsid w:val="00DB2BC0"/>
     <w:rsid w:val="00DB33A3"/>
+    <w:rsid w:val="00DB5FC9"/>
+    <w:rsid w:val="00DB6BF2"/>
+    <w:rsid w:val="00DB7EA2"/>
+    <w:rsid w:val="00DC0D83"/>
     <w:rsid w:val="00DC292B"/>
-    <w:rsid w:val="00DC4AAA"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00DC7394"/>
+    <w:rsid w:val="00DC2A3D"/>
+    <w:rsid w:val="00DC73F4"/>
     <w:rsid w:val="00DC7EE8"/>
+    <w:rsid w:val="00DD0591"/>
     <w:rsid w:val="00DD11C4"/>
     <w:rsid w:val="00DD16D7"/>
+    <w:rsid w:val="00DD2427"/>
     <w:rsid w:val="00DD367D"/>
     <w:rsid w:val="00DD387D"/>
     <w:rsid w:val="00DD491A"/>
-    <w:rsid w:val="00DD67C2"/>
+    <w:rsid w:val="00DD571D"/>
     <w:rsid w:val="00DD6C83"/>
     <w:rsid w:val="00DD6CFB"/>
     <w:rsid w:val="00DD6FD8"/>
+    <w:rsid w:val="00DD7262"/>
+    <w:rsid w:val="00DD769D"/>
+    <w:rsid w:val="00DD77A6"/>
+    <w:rsid w:val="00DE0EC4"/>
     <w:rsid w:val="00DE1FFF"/>
+    <w:rsid w:val="00DE2D5E"/>
     <w:rsid w:val="00DE4225"/>
     <w:rsid w:val="00DE43F6"/>
+    <w:rsid w:val="00DE4571"/>
     <w:rsid w:val="00DE472F"/>
+    <w:rsid w:val="00DE554C"/>
     <w:rsid w:val="00DE5E76"/>
     <w:rsid w:val="00DE6704"/>
     <w:rsid w:val="00DE672D"/>
+    <w:rsid w:val="00DE7A58"/>
+    <w:rsid w:val="00DE7C7C"/>
     <w:rsid w:val="00DF0413"/>
     <w:rsid w:val="00DF094C"/>
+    <w:rsid w:val="00DF1472"/>
     <w:rsid w:val="00DF1805"/>
+    <w:rsid w:val="00DF21A6"/>
+    <w:rsid w:val="00DF307D"/>
+    <w:rsid w:val="00DF3C3E"/>
     <w:rsid w:val="00DF46CF"/>
     <w:rsid w:val="00DF4873"/>
     <w:rsid w:val="00DF5BF0"/>
     <w:rsid w:val="00DF5ED4"/>
+    <w:rsid w:val="00DF62E5"/>
     <w:rsid w:val="00DF66E2"/>
     <w:rsid w:val="00DF695B"/>
+    <w:rsid w:val="00DF7753"/>
+    <w:rsid w:val="00E005A4"/>
+    <w:rsid w:val="00E0130E"/>
+    <w:rsid w:val="00E0310F"/>
+    <w:rsid w:val="00E0384C"/>
+    <w:rsid w:val="00E03EDB"/>
+    <w:rsid w:val="00E04154"/>
     <w:rsid w:val="00E04AAD"/>
-    <w:rsid w:val="00E05208"/>
     <w:rsid w:val="00E05382"/>
     <w:rsid w:val="00E072A2"/>
     <w:rsid w:val="00E0765F"/>
+    <w:rsid w:val="00E07DD3"/>
+    <w:rsid w:val="00E07E1A"/>
+    <w:rsid w:val="00E10D3C"/>
+    <w:rsid w:val="00E11431"/>
+    <w:rsid w:val="00E11752"/>
     <w:rsid w:val="00E13086"/>
     <w:rsid w:val="00E131D4"/>
-    <w:rsid w:val="00E146E6"/>
+    <w:rsid w:val="00E13250"/>
     <w:rsid w:val="00E14E28"/>
+    <w:rsid w:val="00E15214"/>
+    <w:rsid w:val="00E154D8"/>
+    <w:rsid w:val="00E15605"/>
     <w:rsid w:val="00E160F0"/>
     <w:rsid w:val="00E17077"/>
     <w:rsid w:val="00E17079"/>
+    <w:rsid w:val="00E22450"/>
     <w:rsid w:val="00E22620"/>
+    <w:rsid w:val="00E2276B"/>
     <w:rsid w:val="00E231B1"/>
     <w:rsid w:val="00E23C3F"/>
+    <w:rsid w:val="00E23F17"/>
     <w:rsid w:val="00E24163"/>
     <w:rsid w:val="00E242E1"/>
+    <w:rsid w:val="00E242EC"/>
+    <w:rsid w:val="00E24A35"/>
     <w:rsid w:val="00E25142"/>
     <w:rsid w:val="00E260BA"/>
+    <w:rsid w:val="00E2656C"/>
+    <w:rsid w:val="00E271DF"/>
+    <w:rsid w:val="00E30185"/>
+    <w:rsid w:val="00E30C21"/>
     <w:rsid w:val="00E30D89"/>
+    <w:rsid w:val="00E34F38"/>
     <w:rsid w:val="00E35BDB"/>
     <w:rsid w:val="00E36794"/>
+    <w:rsid w:val="00E36C56"/>
     <w:rsid w:val="00E37A58"/>
+    <w:rsid w:val="00E42241"/>
+    <w:rsid w:val="00E42D1E"/>
+    <w:rsid w:val="00E435E5"/>
     <w:rsid w:val="00E4379C"/>
     <w:rsid w:val="00E43985"/>
     <w:rsid w:val="00E43CAE"/>
     <w:rsid w:val="00E445DF"/>
-    <w:rsid w:val="00E470BD"/>
+    <w:rsid w:val="00E4483F"/>
+    <w:rsid w:val="00E46436"/>
+    <w:rsid w:val="00E46928"/>
     <w:rsid w:val="00E473DD"/>
+    <w:rsid w:val="00E47E27"/>
     <w:rsid w:val="00E51651"/>
+    <w:rsid w:val="00E52087"/>
     <w:rsid w:val="00E5210D"/>
+    <w:rsid w:val="00E522BF"/>
     <w:rsid w:val="00E523FB"/>
+    <w:rsid w:val="00E52EC7"/>
     <w:rsid w:val="00E53000"/>
+    <w:rsid w:val="00E54C6A"/>
     <w:rsid w:val="00E551B0"/>
-    <w:rsid w:val="00E57340"/>
+    <w:rsid w:val="00E55FF7"/>
+    <w:rsid w:val="00E56518"/>
     <w:rsid w:val="00E60599"/>
-    <w:rsid w:val="00E613F2"/>
     <w:rsid w:val="00E616B9"/>
-    <w:rsid w:val="00E61AB8"/>
+    <w:rsid w:val="00E62971"/>
+    <w:rsid w:val="00E63651"/>
     <w:rsid w:val="00E65120"/>
+    <w:rsid w:val="00E65190"/>
+    <w:rsid w:val="00E65572"/>
     <w:rsid w:val="00E66A6C"/>
+    <w:rsid w:val="00E66F93"/>
     <w:rsid w:val="00E67141"/>
+    <w:rsid w:val="00E677D8"/>
+    <w:rsid w:val="00E67FE7"/>
     <w:rsid w:val="00E70083"/>
     <w:rsid w:val="00E704E6"/>
     <w:rsid w:val="00E7064D"/>
+    <w:rsid w:val="00E72861"/>
     <w:rsid w:val="00E72E9C"/>
-    <w:rsid w:val="00E73930"/>
+    <w:rsid w:val="00E758FD"/>
     <w:rsid w:val="00E75AE8"/>
+    <w:rsid w:val="00E77D05"/>
+    <w:rsid w:val="00E80305"/>
+    <w:rsid w:val="00E80780"/>
+    <w:rsid w:val="00E80C4B"/>
     <w:rsid w:val="00E8118E"/>
     <w:rsid w:val="00E813AD"/>
     <w:rsid w:val="00E83A35"/>
     <w:rsid w:val="00E85092"/>
     <w:rsid w:val="00E8509A"/>
+    <w:rsid w:val="00E853FB"/>
     <w:rsid w:val="00E855BF"/>
+    <w:rsid w:val="00E87E67"/>
     <w:rsid w:val="00E92404"/>
     <w:rsid w:val="00E9377A"/>
     <w:rsid w:val="00E94B1F"/>
-    <w:rsid w:val="00E96D69"/>
+    <w:rsid w:val="00E94E0C"/>
+    <w:rsid w:val="00E96DA2"/>
     <w:rsid w:val="00E96F2D"/>
+    <w:rsid w:val="00E970AA"/>
     <w:rsid w:val="00E97615"/>
+    <w:rsid w:val="00EA0155"/>
     <w:rsid w:val="00EA071D"/>
     <w:rsid w:val="00EA12D0"/>
     <w:rsid w:val="00EA17F9"/>
-    <w:rsid w:val="00EA292D"/>
     <w:rsid w:val="00EA309A"/>
     <w:rsid w:val="00EA38AC"/>
+    <w:rsid w:val="00EA4186"/>
+    <w:rsid w:val="00EA5CF9"/>
+    <w:rsid w:val="00EA65DC"/>
     <w:rsid w:val="00EA7A0F"/>
     <w:rsid w:val="00EB0AC4"/>
     <w:rsid w:val="00EB0B48"/>
+    <w:rsid w:val="00EB0EDD"/>
     <w:rsid w:val="00EB0F61"/>
+    <w:rsid w:val="00EB171E"/>
+    <w:rsid w:val="00EB28B8"/>
+    <w:rsid w:val="00EB365A"/>
     <w:rsid w:val="00EB3D4F"/>
+    <w:rsid w:val="00EB5507"/>
     <w:rsid w:val="00EB5EC3"/>
     <w:rsid w:val="00EB6BA4"/>
+    <w:rsid w:val="00EB7562"/>
+    <w:rsid w:val="00EC0383"/>
     <w:rsid w:val="00EC0B75"/>
     <w:rsid w:val="00EC349A"/>
+    <w:rsid w:val="00EC3661"/>
+    <w:rsid w:val="00EC4093"/>
     <w:rsid w:val="00EC4184"/>
+    <w:rsid w:val="00EC4AE6"/>
+    <w:rsid w:val="00EC4C08"/>
     <w:rsid w:val="00EC523D"/>
     <w:rsid w:val="00EC5618"/>
     <w:rsid w:val="00EC6C0C"/>
-    <w:rsid w:val="00EC7E48"/>
+    <w:rsid w:val="00EC7308"/>
     <w:rsid w:val="00ED0A60"/>
     <w:rsid w:val="00ED0EFE"/>
+    <w:rsid w:val="00ED0F7F"/>
+    <w:rsid w:val="00ED17FD"/>
     <w:rsid w:val="00ED1828"/>
     <w:rsid w:val="00ED19F9"/>
     <w:rsid w:val="00ED2E53"/>
     <w:rsid w:val="00ED30DF"/>
     <w:rsid w:val="00ED31BF"/>
-    <w:rsid w:val="00ED353F"/>
     <w:rsid w:val="00ED44CB"/>
     <w:rsid w:val="00ED4A7E"/>
     <w:rsid w:val="00ED5633"/>
-    <w:rsid w:val="00EE0083"/>
+    <w:rsid w:val="00EE0A76"/>
     <w:rsid w:val="00EE1BBB"/>
     <w:rsid w:val="00EE213F"/>
+    <w:rsid w:val="00EE2BAF"/>
+    <w:rsid w:val="00EE2FC9"/>
+    <w:rsid w:val="00EE38E4"/>
+    <w:rsid w:val="00EE3E58"/>
+    <w:rsid w:val="00EE42AD"/>
     <w:rsid w:val="00EE4389"/>
+    <w:rsid w:val="00EE49C4"/>
     <w:rsid w:val="00EE5BF6"/>
     <w:rsid w:val="00EE65B7"/>
+    <w:rsid w:val="00EE7375"/>
+    <w:rsid w:val="00EE771A"/>
     <w:rsid w:val="00EF0E34"/>
     <w:rsid w:val="00EF137B"/>
+    <w:rsid w:val="00EF1547"/>
+    <w:rsid w:val="00EF24B0"/>
+    <w:rsid w:val="00EF29C4"/>
+    <w:rsid w:val="00EF2AED"/>
+    <w:rsid w:val="00EF3932"/>
+    <w:rsid w:val="00EF67FA"/>
+    <w:rsid w:val="00EF776E"/>
     <w:rsid w:val="00F0042B"/>
+    <w:rsid w:val="00F011CA"/>
     <w:rsid w:val="00F01459"/>
-    <w:rsid w:val="00F015D7"/>
     <w:rsid w:val="00F02434"/>
     <w:rsid w:val="00F02834"/>
     <w:rsid w:val="00F053ED"/>
+    <w:rsid w:val="00F065C9"/>
     <w:rsid w:val="00F0699B"/>
+    <w:rsid w:val="00F06A7C"/>
+    <w:rsid w:val="00F06ED4"/>
+    <w:rsid w:val="00F11345"/>
     <w:rsid w:val="00F1311F"/>
     <w:rsid w:val="00F167BD"/>
     <w:rsid w:val="00F173CB"/>
     <w:rsid w:val="00F208F3"/>
-    <w:rsid w:val="00F213BD"/>
+    <w:rsid w:val="00F2171E"/>
     <w:rsid w:val="00F21CD5"/>
+    <w:rsid w:val="00F21F01"/>
     <w:rsid w:val="00F2360D"/>
     <w:rsid w:val="00F2373B"/>
+    <w:rsid w:val="00F24245"/>
     <w:rsid w:val="00F25E1A"/>
+    <w:rsid w:val="00F262F8"/>
     <w:rsid w:val="00F26578"/>
+    <w:rsid w:val="00F2670A"/>
     <w:rsid w:val="00F27257"/>
     <w:rsid w:val="00F275F4"/>
     <w:rsid w:val="00F27AEA"/>
     <w:rsid w:val="00F30786"/>
+    <w:rsid w:val="00F30C3A"/>
+    <w:rsid w:val="00F30CA1"/>
     <w:rsid w:val="00F31BD7"/>
-    <w:rsid w:val="00F44984"/>
+    <w:rsid w:val="00F31F70"/>
+    <w:rsid w:val="00F32E66"/>
+    <w:rsid w:val="00F3601D"/>
+    <w:rsid w:val="00F36768"/>
+    <w:rsid w:val="00F375A3"/>
+    <w:rsid w:val="00F37A7E"/>
+    <w:rsid w:val="00F37ED6"/>
     <w:rsid w:val="00F4537B"/>
+    <w:rsid w:val="00F4545B"/>
     <w:rsid w:val="00F456C7"/>
     <w:rsid w:val="00F464AE"/>
+    <w:rsid w:val="00F465D2"/>
+    <w:rsid w:val="00F47AE8"/>
     <w:rsid w:val="00F47F77"/>
     <w:rsid w:val="00F50351"/>
     <w:rsid w:val="00F50356"/>
     <w:rsid w:val="00F52003"/>
-    <w:rsid w:val="00F537BA"/>
+    <w:rsid w:val="00F531BF"/>
+    <w:rsid w:val="00F5497B"/>
     <w:rsid w:val="00F55A22"/>
     <w:rsid w:val="00F55AAA"/>
     <w:rsid w:val="00F56DFB"/>
+    <w:rsid w:val="00F60523"/>
+    <w:rsid w:val="00F6264B"/>
     <w:rsid w:val="00F62AD7"/>
+    <w:rsid w:val="00F6372C"/>
     <w:rsid w:val="00F63C94"/>
+    <w:rsid w:val="00F63FF7"/>
     <w:rsid w:val="00F65E5A"/>
+    <w:rsid w:val="00F705BE"/>
+    <w:rsid w:val="00F70C44"/>
     <w:rsid w:val="00F71E92"/>
+    <w:rsid w:val="00F722B1"/>
     <w:rsid w:val="00F73768"/>
     <w:rsid w:val="00F73F46"/>
+    <w:rsid w:val="00F74970"/>
+    <w:rsid w:val="00F74AAF"/>
+    <w:rsid w:val="00F76AC3"/>
+    <w:rsid w:val="00F76E0A"/>
+    <w:rsid w:val="00F775A7"/>
     <w:rsid w:val="00F778AF"/>
+    <w:rsid w:val="00F81101"/>
+    <w:rsid w:val="00F82A2C"/>
+    <w:rsid w:val="00F843E9"/>
     <w:rsid w:val="00F848C5"/>
+    <w:rsid w:val="00F85127"/>
     <w:rsid w:val="00F86239"/>
     <w:rsid w:val="00F86969"/>
+    <w:rsid w:val="00F86F0C"/>
     <w:rsid w:val="00F876EA"/>
     <w:rsid w:val="00F879C4"/>
     <w:rsid w:val="00F90A13"/>
+    <w:rsid w:val="00F917A1"/>
     <w:rsid w:val="00F91E1D"/>
+    <w:rsid w:val="00F93476"/>
+    <w:rsid w:val="00F94E2F"/>
+    <w:rsid w:val="00F95BEF"/>
     <w:rsid w:val="00F95D2F"/>
     <w:rsid w:val="00FA10A0"/>
+    <w:rsid w:val="00FA19BC"/>
+    <w:rsid w:val="00FA1C43"/>
+    <w:rsid w:val="00FA1C81"/>
+    <w:rsid w:val="00FA2173"/>
+    <w:rsid w:val="00FA2897"/>
+    <w:rsid w:val="00FA2A4B"/>
     <w:rsid w:val="00FA30C4"/>
     <w:rsid w:val="00FA325A"/>
+    <w:rsid w:val="00FA402D"/>
+    <w:rsid w:val="00FA4B55"/>
     <w:rsid w:val="00FA559E"/>
     <w:rsid w:val="00FA69A1"/>
     <w:rsid w:val="00FB1232"/>
+    <w:rsid w:val="00FB223E"/>
+    <w:rsid w:val="00FB241F"/>
     <w:rsid w:val="00FB57B8"/>
     <w:rsid w:val="00FB58D9"/>
+    <w:rsid w:val="00FB6256"/>
     <w:rsid w:val="00FB70F0"/>
+    <w:rsid w:val="00FC03F1"/>
+    <w:rsid w:val="00FC30C3"/>
     <w:rsid w:val="00FC49E2"/>
     <w:rsid w:val="00FC4CAA"/>
     <w:rsid w:val="00FC5639"/>
+    <w:rsid w:val="00FC62E0"/>
     <w:rsid w:val="00FD1509"/>
     <w:rsid w:val="00FD2684"/>
+    <w:rsid w:val="00FD274C"/>
+    <w:rsid w:val="00FD35F2"/>
+    <w:rsid w:val="00FD4379"/>
+    <w:rsid w:val="00FD4BEA"/>
     <w:rsid w:val="00FD5019"/>
+    <w:rsid w:val="00FD6668"/>
     <w:rsid w:val="00FD6669"/>
+    <w:rsid w:val="00FD76A7"/>
+    <w:rsid w:val="00FD7A18"/>
+    <w:rsid w:val="00FD7B5D"/>
     <w:rsid w:val="00FD7B67"/>
     <w:rsid w:val="00FD7C9B"/>
     <w:rsid w:val="00FE1F86"/>
     <w:rsid w:val="00FE1F9A"/>
+    <w:rsid w:val="00FE35A0"/>
     <w:rsid w:val="00FE3927"/>
-    <w:rsid w:val="00FE7494"/>
+    <w:rsid w:val="00FE4066"/>
+    <w:rsid w:val="00FE47A9"/>
+    <w:rsid w:val="00FE6EA0"/>
+    <w:rsid w:val="00FE7101"/>
+    <w:rsid w:val="00FE7850"/>
+    <w:rsid w:val="00FE79F0"/>
+    <w:rsid w:val="00FF1215"/>
     <w:rsid w:val="00FF187B"/>
+    <w:rsid w:val="00FF3031"/>
+    <w:rsid w:val="00FF40BE"/>
+    <w:rsid w:val="00FF5371"/>
+    <w:rsid w:val="00FF6B39"/>
+    <w:rsid w:val="00FF7C64"/>
+    <w:rsid w:val="05883355"/>
+    <w:rsid w:val="10C8412B"/>
+    <w:rsid w:val="1B377477"/>
+    <w:rsid w:val="28226F72"/>
+    <w:rsid w:val="2FA950C1"/>
+    <w:rsid w:val="3CF15614"/>
+    <w:rsid w:val="508075CC"/>
+    <w:rsid w:val="5236688B"/>
+    <w:rsid w:val="60681505"/>
+    <w:rsid w:val="69CACFD4"/>
+    <w:rsid w:val="71694781"/>
+    <w:rsid w:val="7598D9A6"/>
+    <w:rsid w:val="76495608"/>
+    <w:rsid w:val="766B7331"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="64220526"/>
-  <w15:docId w15:val="{78F32601-B816-43CD-8A3C-484AF018C2D0}"/>
+  <w14:docId w14:val="50FFD414"/>
+  <w15:docId w15:val="{441888DD-D91E-431D-A623-0C6427B75EEA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15729,51 +29066,51 @@
     <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="007F7C98"/>
+    <w:rsid w:val="00C934B1"/>
     <w:pPr>
       <w:spacing w:before="120" w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:link w:val="Heading1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00764D68"/>
     <w:pPr>
       <w:keepNext/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="1" w:color="408287"/>
         <w:left w:val="single" w:sz="4" w:space="4" w:color="408287"/>
         <w:bottom w:val="single" w:sz="4" w:space="1" w:color="408287"/>
         <w:right w:val="single" w:sz="4" w:space="4" w:color="408287"/>
       </w:pBdr>
       <w:shd w:val="clear" w:color="auto" w:fill="408287"/>
@@ -16085,98 +29422,94 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11text">
     <w:name w:val="Table11text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Table11textChar"/>
     <w:rsid w:val="00B34D2C"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11Heading">
     <w:name w:val="Table11Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00EA292D"/>
+    <w:rsid w:val="00312323"/>
     <w:pPr>
       <w:keepLines/>
-      <w:spacing w:before="0" w:after="80"/>
+      <w:spacing w:before="40" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB651F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="4678"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Table11textChar">
     <w:name w:val="Table11text Char"/>
     <w:link w:val="Table11text"/>
     <w:locked/>
     <w:rsid w:val="00B34D2C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table10Heading">
     <w:name w:val="Table10Heading"/>
     <w:basedOn w:val="Table11Heading"/>
     <w:qFormat/>
     <w:rsid w:val="00801B81"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008057AB"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="480" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="2C88A8" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
@@ -16304,114 +29637,114 @@
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading4Char">
     <w:name w:val="Heading 4 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading4"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00DF46CF"/>
     <w:rPr>
       <w:rFonts w:eastAsiaTheme="majorEastAsia" w:cstheme="majorBidi"/>
       <w:b/>
       <w:bCs/>
       <w:i/>
       <w:iCs/>
       <w:sz w:val="20"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11bullet">
     <w:name w:val="Table11bullet"/>
     <w:basedOn w:val="Table11text"/>
     <w:qFormat/>
     <w:rsid w:val="009705A2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
+      <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4379C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4379C"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00E4379C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09Heading">
     <w:name w:val="Table09Heading"/>
     <w:basedOn w:val="Table10Heading"/>
     <w:qFormat/>
     <w:rsid w:val="00266086"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09bullet">
     <w:name w:val="Table09bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00144BC3"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="1"/>
       </w:numPr>
       <w:spacing w:before="20" w:after="20"/>
+      <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table10bullet">
     <w:name w:val="Table10bullet"/>
     <w:basedOn w:val="Table11bullet"/>
     <w:qFormat/>
     <w:rsid w:val="00E53000"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="5"/>
       </w:numPr>
       <w:spacing w:before="0" w:after="0"/>
       <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="Emphasis">
     <w:name w:val="Emphasis"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="20"/>
     <w:qFormat/>
     <w:rsid w:val="001A7774"/>
     <w:rPr>
@@ -16805,65 +30138,108 @@
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C6F33"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005C6F33"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00E146E6"/>
+    <w:rsid w:val="00E42D1E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
+    <w:name w:val="Table Grid2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00E42D1E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00790F24"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00790F24"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00790F24"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="6299485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="16202918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17079,50 +30455,63 @@
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="256836796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="289090316">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="388069175">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="400057916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -17307,50 +30696,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="515921264">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="517619296">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="565608015">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="614482287">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -17397,50 +30799,143 @@
     <w:div w:id="788668634">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="792603925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
+    </w:div>
+    <w:div w:id="824515230">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="192109979">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="121314583">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="430592418">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="142237353">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1668291271">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1822190078">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
     </w:div>
     <w:div w:id="833447051">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="845749214">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17599,50 +31094,182 @@
         <w:div w:id="1826706575">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2127652439">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="906307425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="438721765">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1093820023">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="468786937">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1577591277">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="934828142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="402685312">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1074812052">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1473057525">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="944072578">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="1008748991">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="330913923">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -18191,50 +31818,89 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1268271572">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1300375866">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="122771100">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1488741250">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1380978079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1408114914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18538,50 +32204,143 @@
           </w:divBdr>
         </w:div>
         <w:div w:id="1886286186">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1990938859">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1458523177">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="302346807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="214583738">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1613630864">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="869536104">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2049986956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="554043616">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1462966885">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1437601495">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19137,89 +32896,247 @@
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1652714111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1040135030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1222643032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1686667247">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="199899379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1368139716">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1409112196">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1953239484">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1532259342">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1578320589">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1554653221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1034695075">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1691487605">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1696808019">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="589042289">
+        <w:div w:id="80487152">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="216"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="80487152">
+        <w:div w:id="589042289">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="216"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1761103879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -19327,63 +33244,63 @@
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1775861002">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1067151500">
+        <w:div w:id="951472226">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="951472226">
+        <w:div w:id="1067151500">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1810514949">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -19854,50 +33771,143 @@
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1845388940">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1962228715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1516728093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1812601813">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1977908559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="295379019">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1988168037">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="915745668">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="2030524693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2063746851">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -19932,126 +33942,126 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2077851364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1996911750">
+        <w:div w:id="597561889">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="597561889">
+        <w:div w:id="1996911750">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2096628909">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="815613566">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="144"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1420057907">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1492991055">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2114982362">
-          <w:marLeft w:val="547"/>
-[...10 lines deleted...]
-        <w:div w:id="815613566">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2141265799">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -20167,51 +34177,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2141805455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hv.policy@tmr.qld.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="NHVR">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="408287"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4DAED0"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C6462B"/>
       </a:accent2>
       <a:accent3>
@@ -20471,222 +34481,195 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100D7A0E999D76D22498F20BBF0276B74BA" ma:contentTypeVersion="23" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="b01f0b730c74fed800df1360b7d9a6b0">
-[...3 lines deleted...]
-    <xsd:import namespace="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item2.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100188134B2972AA042B6259ED0075654D1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="28f73640a9411ff1f47db314d2228ec5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f32d0472-dedd-468f-903e-695ac5d98c9a" xmlns:ns3="80e757b3-a384-43c4-b221-94b3fd11984a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47d3faf306c66a54b9e5b4ed10002565" ns2:_="" ns3:_="">
+    <xsd:import namespace="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <xsd:import namespace="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Inside" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="646e6e12-1eed-4a0d-9865-54bcae2a0fe8" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f32d0472-dedd-468f-903e-695ac5d98c9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Inside" ma:index="8" nillable="true" ma:displayName="Type" ma:format="RadioButtons" ma:internalName="Inside">
-[...10 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f9ec6a42-900c-40b9-95df-acf57bf21585" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="13" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
-[...20 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d882f032-dad1-41cf-a60f-97869fdaafaa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...30 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80e757b3-a384-43c4-b221-94b3fd11984a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0d89b106-7a1c-4f16-8716-f38fddf45850}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19">
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ceb07750-2175-4945-957e-25925177fb66}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="80e757b3-a384-43c4-b221-94b3fd11984a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -20753,132 +34736,135 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...12 lines deleted...]
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="80e757b3-a384-43c4-b221-94b3fd11984a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f32d0472-dedd-468f-903e-695ac5d98c9a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FD23F887-EF33-4B23-980B-168F7C7A5711}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BC9A9F3-4CDF-4D5D-A136-8ACA7965AC46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B615DE76-7ED7-4340-AFC1-CA598C2C4A76}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F197C919-8667-4908-AB52-FE0961278F08}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{622B0379-DC98-4B20-8C92-6C7D6216951F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="646e6e12-1eed-4a0d-9865-54bcae2a0fe8"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D9742C79-083B-41F3-B0B5-F0C91EBF3DB0}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758D69EC-8D0A-4C9A-BF7F-19C4838C6B46}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
-[...15 lines deleted...]
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>8969</Characters>
+  <Pages>9</Pages>
+  <Words>1666</Words>
+  <Characters>9501</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>472</Lines>
-  <Paragraphs>370</Paragraphs>
+  <Lines>79</Lines>
+  <Paragraphs>22</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>National Heavy Vehicle Regulator</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>10385</CharactersWithSpaces>
+  <CharactersWithSpaces>11145</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>S10 Checklist—Concessional livestock loading – Vehicle rating (rigid truck)</dc:title>
+  <dc:title>S10 Checklist—Concessional livestock loading – Vehicle rating (Semitrailer including B-double and B-triple trailer)</dc:title>
+  <dc:subject/>
   <dc:creator>National Heavy Vehicle Regulator (NHVR)</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100188134B2972AA042B6259ED0075654D1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>