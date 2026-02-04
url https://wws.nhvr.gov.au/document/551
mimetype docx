--- v0 (2025-10-19)
+++ v1 (2026-02-04)
@@ -1,11576 +1,19171 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="5A4BCA0C" w14:textId="070D3699" w:rsidR="00F27AEA" w:rsidRPr="00266086" w:rsidRDefault="006A4D48" w:rsidP="00F44984">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4944" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10145"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0001513E" w:rsidRPr="0001513E" w14:paraId="11BB9BB0" w14:textId="77777777" w:rsidTr="339A0F85">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6475AEB1" w14:textId="77777777" w:rsidR="002B2EB5" w:rsidRPr="0001513E" w:rsidRDefault="002B2EB5" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00730474">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Completing This Checklist:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B2EB5" w:rsidRPr="00C03E44" w14:paraId="15D57D32" w14:textId="77777777" w:rsidTr="339A0F85">
+        <w:trPr>
+          <w:trHeight w:val="718"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AE9895F" w14:textId="77777777" w:rsidR="005C3F07" w:rsidRPr="005C3F07" w:rsidRDefault="005C3F07" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005C3F07">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Please follow and complete this checklist in the order below.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C3F07">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6FB569FB" w14:textId="77777777" w:rsidR="00936146" w:rsidRPr="007E2790" w:rsidRDefault="00936146" w:rsidP="00936146">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2790">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle units being certified are to be weighed and inspected in an operational ready configuration to ensure accurate S10 calculations.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E2790">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0FE9ED14" w14:textId="6981C016" w:rsidR="005C3F07" w:rsidRPr="005C3F07" w:rsidRDefault="005C3F07" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005C3F07">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>There are particulars in this checklist that have reference numbers e.g. (B7). The data from these particulars will be used in other areas of the checklists to complete the necessary calculations as part of the S10 certification. Please follow the references.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C3F07">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="49E46A15" w14:textId="37F6664F" w:rsidR="005C3F07" w:rsidRPr="005C3F07" w:rsidRDefault="005C3F07" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="339A0F85">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For further information regarding the use of this checklist and calculations please </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidR="68E82159" w:rsidRPr="339A0F85">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>email TM</w:t>
+              </w:r>
+              <w:r w:rsidRPr="339A0F85">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>R</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="339A0F85">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="284FBB69" w14:textId="67EE8FF4" w:rsidR="002B2EB5" w:rsidRPr="005C3F07" w:rsidRDefault="005C3F07" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="005C3F07">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Refer to Appendix 1 of the S10 code for a glossary of terms referenced in this checklist.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005C3F07">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5A4BCA0C" w14:textId="74791C9C" w:rsidR="00F27AEA" w:rsidRDefault="006A4D48" w:rsidP="007A4D44">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Part A</w:t>
+      </w:r>
+      <w:r w:rsidR="00714402" w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>O</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27AEA" w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>wner</w:t>
+      </w:r>
+      <w:r w:rsidR="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>/S</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27AEA" w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>upplier</w:t>
+      </w:r>
+      <w:r w:rsidR="0061154D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="002B2EB5">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27AEA" w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="0061154D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27AEA" w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>etails</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5860D41C" w14:textId="74CB147A" w:rsidR="0061154D" w:rsidRPr="0053777A" w:rsidRDefault="007A4D44" w:rsidP="00F73C43">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Part A</w:t>
-[...11 lines deleted...]
-        <w:t>details</w:t>
+        <w:t>Vehicle Owner/Supplier Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4944" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3782"/>
         <w:gridCol w:w="4677"/>
         <w:gridCol w:w="1686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="745872F5" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="008127E8" w14:paraId="745872F5" w14:textId="77777777" w:rsidTr="00272C86">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="28932187" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="28932187" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2F79F27D" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F79F27D" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company/business:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="04341658" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="008127E8" w14:paraId="04341658" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="003F2123" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="10E6E035" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="594FDB74" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="008127E8" w14:paraId="594FDB74" w14:textId="77777777" w:rsidTr="00272C86">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5D49DB94" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D49DB94" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7579B634" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="7579B634" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Post code:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="57A4EE0E" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="008127E8" w14:paraId="57A4EE0E" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="67A2E700" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="6F84E07C" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6D4D7669" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="003754B2" w:rsidP="00F44984">
+    <w:p w14:paraId="33B31CC7" w14:textId="42D301EB" w:rsidR="00665075" w:rsidRPr="00266086" w:rsidRDefault="00665075" w:rsidP="00665075">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00266086">
-        <w:t>Vehicle and modifier details</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Vehicle </w:t>
+      </w:r>
+      <w:r w:rsidR="0001513E">
+        <w:t>Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4928" w:type="pct"/>
+        <w:tblW w:w="4929" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3221"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1435"/>
+        <w:gridCol w:w="3278"/>
+        <w:gridCol w:w="182"/>
+        <w:gridCol w:w="3277"/>
+        <w:gridCol w:w="48"/>
+        <w:gridCol w:w="3329"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003754B2" w14:paraId="53829563" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00257EF0" w:rsidRPr="00257EF0" w14:paraId="059E2B15" w14:textId="77777777" w:rsidTr="00946633">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7963D2E2" w14:textId="5A8F7BD3" w:rsidR="00665075" w:rsidRPr="00257EF0" w:rsidRDefault="00665075" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00730474">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Vehicle Details</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00665075" w14:paraId="4EA9B908" w14:textId="77777777" w:rsidTr="00946633">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4FC4867D" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FE7653A" w14:textId="75FC441E" w:rsidR="00665075" w:rsidRPr="0011768F" w:rsidRDefault="00447E27" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-[...2 lines deleted...]
-            <w:r w:rsidR="008A3C88">
+            <w:r>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00665075" w:rsidRPr="0011768F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00665075">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00665075" w:rsidRPr="0011768F">
+              <w:t>ake</w:t>
+            </w:r>
+            <w:r w:rsidR="00665075">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3507" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="41685C6D" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B231613" w14:textId="462B97C4" w:rsidR="00665075" w:rsidRPr="0011768F" w:rsidRDefault="00447E27" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-[...2 lines deleted...]
-            <w:r w:rsidR="008A3C88">
+            <w:r>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00665075" w:rsidRPr="0011768F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00665075">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00665075" w:rsidRPr="0011768F">
+              <w:t>odel</w:t>
+            </w:r>
+            <w:r w:rsidR="00665075">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3272" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="5BAE9478" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C128CA0" w14:textId="77777777" w:rsidR="00665075" w:rsidRPr="00C3570E" w:rsidRDefault="00665075" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Month and </w:t>
-[...2 lines deleted...]
-              <w:t>y</w:t>
+              <w:t>Month and Y</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t xml:space="preserve">ear of </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>m</w:t>
+            <w:r>
+              <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t>anufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="4121CD65" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00665075" w:rsidRPr="003B617E" w14:paraId="630F23FF" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:tcW w:w="3278" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="53A9CFFB" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602C38C1" w14:textId="77777777" w:rsidR="00665075" w:rsidRPr="003B617E" w:rsidRDefault="00665075">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3507" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="349CA1EE" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B8A1D95" w14:textId="77777777" w:rsidR="00665075" w:rsidRPr="003B617E" w:rsidRDefault="00665075">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3272" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3329" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="77FD07D1" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C9D8BF6" w14:textId="77777777" w:rsidR="00665075" w:rsidRPr="003B617E" w:rsidRDefault="00665075">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003754B2" w14:paraId="4CEDC25A" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00447E27" w14:paraId="3011915D" w14:textId="77777777" w:rsidTr="00946633">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
-[...132 lines deleted...]
-            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:tcW w:w="3460" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1AB5BE1E" w14:textId="2EAABE20" w:rsidR="00762BF6" w:rsidRDefault="00762BF6">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10F4C6C1" w14:textId="39486DD4" w:rsidR="00447E27" w:rsidRPr="00DF46CF" w:rsidRDefault="00447E27" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Issued </w:t>
-[...12 lines deleted...]
-            </w:r>
+              <w:t>VIN:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="298627C9" w14:textId="0A57DAB9" w:rsidR="00447E27" w:rsidRPr="00C3570E" w:rsidRDefault="00447E27" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
             <w:r>
-              <w:t>:</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+              <w:t xml:space="preserve">Vehicle </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB6A84">
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">hassis </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB6A84">
+              <w:t>Number</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (if applicable):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="494B377A" w14:textId="77777777" w:rsidR="00762BF6" w:rsidRDefault="00762BF6">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="257FBA0F" w14:textId="1A9E22A5" w:rsidR="00447E27" w:rsidRPr="00C3570E" w:rsidRDefault="00447E27" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company (if applicable):</w:t>
-[...26 lines deleted...]
-              <w:t>no.:</w:t>
+              <w:t xml:space="preserve">Engine </w:t>
+            </w:r>
+            <w:r w:rsidR="00FB6A84">
+              <w:t>Number</w:t>
+            </w:r>
+            <w:r w:rsidR="00771DF9">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00762BF6" w14:paraId="76E087C4" w14:textId="77777777" w:rsidTr="0012792C">
+      <w:tr w:rsidR="00771DF9" w:rsidRPr="003B617E" w14:paraId="4530FDE3" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4141" w:type="dxa"/>
+            <w:tcW w:w="3460" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="583C930A" w14:textId="77777777" w:rsidR="00762BF6" w:rsidRDefault="00762BF6" w:rsidP="00762BF6">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="409C587F" w14:textId="77777777" w:rsidR="00771DF9" w:rsidRPr="003B617E" w:rsidRDefault="00771DF9">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:rPr>
-[...7 lines deleted...]
-            <w:tcW w:w="4536" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3277" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="48FBCA8A" w14:textId="77777777" w:rsidR="00771DF9" w:rsidRPr="003B617E" w:rsidRDefault="00771DF9">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="26E1DCA6" w14:textId="77777777" w:rsidR="00762BF6" w:rsidRDefault="00762BF6" w:rsidP="00762BF6">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52348DCE" w14:textId="496EF43B" w:rsidR="00771DF9" w:rsidRPr="003B617E" w:rsidRDefault="00771DF9">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:rPr>
-[...158 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="772D0FBF" w14:textId="77777777" w:rsidR="00F464AE" w:rsidRPr="00266086" w:rsidRDefault="00E5210D">
+    <w:p w14:paraId="75A15A0C" w14:textId="0FE1375B" w:rsidR="002B2EB5" w:rsidRDefault="002B2EB5" w:rsidP="002B2EB5">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00946633">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>B</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00946633">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="0053777A">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00946633">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Vehicle Dimensions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4A087F76" w14:textId="52C96E88" w:rsidR="002B2EB5" w:rsidRPr="0053777A" w:rsidRDefault="002B2EB5" w:rsidP="002B2EB5">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Vehicle design</w:t>
+        <w:t xml:space="preserve">Vehicle </w:t>
+      </w:r>
+      <w:r w:rsidR="00946633">
+        <w:t>Layout &amp; Dimensions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4960" w:type="pct"/>
-[...1917 lines deleted...]
-        <w:tblW w:w="4950" w:type="pct"/>
+        <w:tblW w:w="4929" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="160"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="4208"/>
+        <w:gridCol w:w="755"/>
+        <w:gridCol w:w="1752"/>
+        <w:gridCol w:w="3177"/>
+        <w:gridCol w:w="222"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E160F0" w:rsidRPr="001E27C0" w14:paraId="0332F70A" w14:textId="77777777" w:rsidTr="00AE7574">
+      <w:tr w:rsidR="00EC7E84" w:rsidRPr="00EC7E84" w14:paraId="506F71F0" w14:textId="77777777" w:rsidTr="00946633">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8912" w:type="dxa"/>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D73040E" w14:textId="77777777" w:rsidR="002B2EB5" w:rsidRPr="00EC7E84" w:rsidRDefault="002B2EB5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC7E84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vehicle Manufacturer's Ratings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B2EB5" w:rsidRPr="003B617E" w14:paraId="46EC7409" w14:textId="77777777" w:rsidTr="00946633">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4963" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E72F0C2" w14:textId="0C9F5935" w:rsidR="002B2EB5" w:rsidRPr="00B87A1D" w:rsidRDefault="002B2EB5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7E84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1) Gross Vehicle Mass (GVM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A8B23E1" w14:textId="582E0C29" w:rsidR="002B2EB5" w:rsidRPr="00B87A1D" w:rsidRDefault="002B2EB5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EC7E84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2) Gross Combination Mass (GCM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002B2EB5" w:rsidRPr="003B617E" w14:paraId="7AA66622" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="782C5C80" w14:textId="23E0D21F" w:rsidR="002B2EB5" w:rsidRPr="00B87A1D" w:rsidRDefault="00103CB7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E59588" w14:textId="0A7F52E2" w:rsidR="002B2EB5" w:rsidRPr="00B87A1D" w:rsidRDefault="00103CB7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081274D" w:rsidRPr="003B617E" w14:paraId="5BD777AD" w14:textId="77777777" w:rsidTr="0081274D">
+        <w:trPr>
+          <w:trHeight w:val="417"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="09265575" w14:textId="598A2608" w:rsidR="0081274D" w:rsidRDefault="0081274D" w:rsidP="0081274D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B3) Front Axle Load Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1EA9315D" w14:textId="2BFEB2A3" w:rsidR="0081274D" w:rsidRDefault="0081274D" w:rsidP="0081274D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B4) Rear Axle Load Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081274D" w:rsidRPr="003B617E" w14:paraId="3981B262" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4963" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="77F4F250" w14:textId="33AEC86A" w:rsidR="0081274D" w:rsidRDefault="00103CB7" w:rsidP="0081274D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5151" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B00D1EA" w14:textId="39BBD06C" w:rsidR="0081274D" w:rsidRDefault="00103CB7" w:rsidP="0081274D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081274D" w:rsidRPr="00EC7E84" w14:paraId="6634482A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="317"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="364A949E" w14:textId="77777777" w:rsidR="0081274D" w:rsidRPr="00EC7E84" w:rsidRDefault="0081274D" w:rsidP="0081274D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC7E84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Vehicle Dimensions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081274D" w14:paraId="5AABB340" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="222" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9892" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-          </w:tcPr>
-          <w:p w14:paraId="26337484" w14:textId="0816688D" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="001C38D1">
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="7EC15A21" w14:textId="77777777" w:rsidR="0081274D" w:rsidRDefault="0081274D" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
-            </w:pPr>
-[...31 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081274D" w:rsidRPr="003B617E" w14:paraId="16499346" w14:textId="77777777" w:rsidTr="00FF32FC">
+        <w:trPr>
+          <w:trHeight w:val="445"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20DC0408" w14:textId="2DC01827" w:rsidR="0081274D" w:rsidRDefault="0081274D" w:rsidP="0081274D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B5) Vehicle Wheelbase:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2507" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1F09C246" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3393720F" w14:textId="6207ED15" w:rsidR="0081274D" w:rsidRPr="0079782A" w:rsidRDefault="0081274D" w:rsidP="0081274D">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-            <w:tcW w:w="387" w:type="dxa"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="546EB47F" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8B8A68" w14:textId="7D0C7596" w:rsidR="0081274D" w:rsidRPr="0079782A" w:rsidRDefault="0081274D" w:rsidP="0081274D">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-            <w:tcW w:w="433" w:type="dxa"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0081274D" w:rsidRPr="003B617E" w14:paraId="692DAC9F" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4208" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="360F4766" w14:textId="0C9E479C" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA38F97" w14:textId="77777777" w:rsidR="0081274D" w:rsidRDefault="0081274D" w:rsidP="0081274D">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:jc w:val="center"/>
-[...10 lines deleted...]
-            <w:tcW w:w="160" w:type="dxa"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2507" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...806 lines deleted...]
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...71 lines deleted...]
-          <w:p w14:paraId="31D16B4B" w14:textId="23DB7952" w:rsidR="006F37E5" w:rsidRPr="00E613F2" w:rsidRDefault="006F37E5" w:rsidP="00F44984">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60C85F4E" w14:textId="7716ECF3" w:rsidR="0081274D" w:rsidRPr="0079782A" w:rsidRDefault="0081274D" w:rsidP="0081274D">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:numPr>
-[...66 lines deleted...]
-            <w:tcW w:w="387" w:type="dxa"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3399" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-          </w:tcPr>
-[...74 lines deleted...]
-          <w:p w14:paraId="13A58CE8" w14:textId="428F8E69" w:rsidR="006F37E5" w:rsidRPr="00E613F2" w:rsidRDefault="006F37E5" w:rsidP="00F44984">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01FD302C" w14:textId="651F268D" w:rsidR="0081274D" w:rsidRPr="0079782A" w:rsidRDefault="0081274D" w:rsidP="0081274D">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:numPr>
-[...281 lines deleted...]
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:highlight w:val="red"/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="2DBD8E1A" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRDefault="00E160F0">
+    <w:p w14:paraId="17EBCD60" w14:textId="77777777" w:rsidR="00CB5A9D" w:rsidRDefault="00CB5A9D" w:rsidP="00CB5A9D">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Advanced braking systems</w:t>
+        <w:t>Vehicle Components</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4935" w:type="pct"/>
-[...341 lines deleted...]
-        <w:tblW w:w="4949" w:type="pct"/>
+        <w:tblW w:w="4929" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="156"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="2507"/>
+        <w:gridCol w:w="130"/>
+        <w:gridCol w:w="579"/>
+        <w:gridCol w:w="244"/>
+        <w:gridCol w:w="2165"/>
+        <w:gridCol w:w="709"/>
+        <w:gridCol w:w="403"/>
+        <w:gridCol w:w="1156"/>
+        <w:gridCol w:w="743"/>
+        <w:gridCol w:w="1478"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00991E78" w:rsidRPr="008F4C53" w14:paraId="49508057" w14:textId="77777777" w:rsidTr="0017172C">
+      <w:tr w:rsidR="00EC7E84" w:rsidRPr="00EC7E84" w14:paraId="3D5F56AA" w14:textId="77777777">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8910" w:type="dxa"/>
-[...118 lines deleted...]
-            <w:tcW w:w="156" w:type="dxa"/>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
-[...12 lines deleted...]
-            <w:tcW w:w="8754" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="55BC8C4D" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="00EC7E84" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EC7E84">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Component Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C51BB" w:rsidRPr="000C51BB" w14:paraId="0AC79B6D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4A6D3844" w14:textId="77777777" w:rsidR="00991E78" w:rsidRPr="008F4C53" w:rsidRDefault="00991E78" w:rsidP="00F27AEA">
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38B8209B" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="000C51BB" w:rsidRDefault="00EC7E84">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...13 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C51BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Axles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC7E84" w:rsidRPr="00A70E7D" w14:paraId="3C368CCB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:right w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-[...3 lines deleted...]
-            </w:pPr>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26A25228" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="00A70E7D" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70E7D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front Axle Group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC7E84" w:rsidRPr="003B617E" w14:paraId="43B4C5E6" w14:textId="77777777" w:rsidTr="00457C55">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13C40D6F" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="00B87A1D" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="63440BF3" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="00B87A1D" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3011" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="448B650F" w14:textId="344631E1" w:rsidR="00EC7E84" w:rsidRPr="00B87A1D" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="0081274D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00FB6A6E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Axle Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="005040AF" w:rsidRPr="00293F39">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32B0CCFD" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="00B87A1D" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Number of Axles:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EC7E84" w:rsidRPr="003B617E" w14:paraId="22CFEF2F" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0918E70B" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="00B87A1D" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B644659" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="00B87A1D" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3011" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70EB8465" w14:textId="64F94641" w:rsidR="00EC7E84" w:rsidRPr="00B87A1D" w:rsidRDefault="00103CB7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1642FC26" w14:textId="77777777" w:rsidR="00EC7E84" w:rsidRPr="00B87A1D" w:rsidRDefault="00EC7E84">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="00A70E7D" w14:paraId="582BEDDE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DC13570" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00A70E7D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70E7D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="003B617E" w14:paraId="2CF6CE26" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="285131DF" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DF2F1C8" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3011" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C326137" w14:textId="6CC94EB1" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B7) Axle Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00293F39" w:rsidRPr="00293F39">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33C879D6" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Number of Axles:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="003B617E" w14:paraId="32D8FFF7" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="134F659E" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67FA21C2" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3011" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01EDF4A2" w14:textId="3DCD4107" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00103CB7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1478" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="20CEA692" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5BDF" w:rsidRPr="000C51BB" w14:paraId="45C2D326" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46299EED" w14:textId="6B757A20" w:rsidR="003A5BDF" w:rsidRPr="000C51BB" w:rsidRDefault="003A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5BDF" w:rsidRPr="00A70E7D" w14:paraId="384E8C1E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E2B259B" w14:textId="77777777" w:rsidR="003A5BDF" w:rsidRPr="00A70E7D" w:rsidRDefault="003A5BDF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70E7D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front Axle Group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="003B617E" w14:paraId="1ACF6F7D" w14:textId="77777777" w:rsidTr="00457C55">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38622873" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28B69D8B" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4489" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="602F8A09" w14:textId="0248390B" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="007B74B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Suspension Manufacturer's Load Ratin</w:t>
+            </w:r>
+            <w:r w:rsidR="006D2F91">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>g</w:t>
+            </w:r>
+            <w:r w:rsidR="00293F39" w:rsidRPr="00293F39">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B9123B" w:rsidRPr="003B617E" w14:paraId="69930673" w14:textId="77777777" w:rsidTr="00457C55">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22F4C2CA" w14:textId="77777777" w:rsidR="00B9123B" w:rsidRPr="00B87A1D" w:rsidRDefault="00B9123B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="22E17196" w14:textId="77777777" w:rsidR="00B9123B" w:rsidRPr="00B87A1D" w:rsidRDefault="00B9123B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4489" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="561B1F77" w14:textId="45338213" w:rsidR="00B9123B" w:rsidRPr="00B87A1D" w:rsidRDefault="00103CB7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B9123B" w:rsidRPr="003B617E" w14:paraId="77CEE42A" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="379"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24E2CF64" w14:textId="77777777" w:rsidR="00B9123B" w:rsidRPr="00B87A1D" w:rsidRDefault="00B9123B" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3AE6B4" w14:textId="77777777" w:rsidR="00B9123B" w:rsidRPr="00B87A1D" w:rsidRDefault="00B9123B" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2268" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6AB143C8" w14:textId="03FC2C14" w:rsidR="00B9123B" w:rsidRDefault="00B9123B" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Load Sharing:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2221" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8238EF" w14:textId="7C33B123" w:rsidR="00B9123B" w:rsidRPr="00B87A1D" w:rsidRDefault="00B9123B" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ​</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1369796846"/>
+                <w:id w:val="-226148383"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00991E78">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...13 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1530339215"/>
+                <w:id w:val="-773553020"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00991E78">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-          </w:p>
-[...77 lines deleted...]
-            </w:pPr>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N/A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1489249973"/>
+                <w:id w:val="-706881201"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00991E78">
+                <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
-        <w:tc>
-[...1 lines deleted...]
-            <w:tcW w:w="387" w:type="dxa"/>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="00A70E7D" w14:paraId="3503B37B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAEEE95" w14:textId="203CCF10" w:rsidR="00457C55" w:rsidRPr="00A70E7D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A70E7D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Axle Group</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="003B617E" w14:paraId="577D1B08" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="33681AB6" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD58DFC" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4489" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AB4DC89" w14:textId="607D02E7" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="007B74B3">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Suspension Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00293F39" w:rsidRPr="00293F39">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="003B617E" w14:paraId="18814CB2" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2637" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA05328" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2988" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43A2DA81" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00B87A1D" w:rsidRDefault="00457C55" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4489" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3AE5AF42" w14:textId="559B2F58" w:rsidR="00457C55" w:rsidRPr="0002101D" w:rsidRDefault="00103CB7" w:rsidP="0073474C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="000C51BB" w14:paraId="6DAEA0F3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="171A795D" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="000C51BB" w:rsidRDefault="00457C55" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="000C51BB">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tyres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="00A70E7D" w14:paraId="3B388BF2" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F618502" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="00A70E7D" w:rsidRDefault="00457C55" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70E7D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00926943" w:rsidRPr="003B617E" w14:paraId="2AA638DF" w14:textId="77777777" w:rsidTr="00070C5E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="035DA42D" w14:textId="34D8ECF3" w:rsidR="00926943" w:rsidRPr="00B87A1D" w:rsidRDefault="00926943" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="005C65D6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A6FFCFC" w14:textId="3EA10778" w:rsidR="00926943" w:rsidRPr="00B87A1D" w:rsidRDefault="00486F74" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B11) </w:t>
+            </w:r>
+            <w:r w:rsidR="00926943">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00205585">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/Capacity Per</w:t>
+            </w:r>
+            <w:r w:rsidR="00926943">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tyre</w:t>
+            </w:r>
+            <w:r w:rsidR="00293F39">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00926943">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F0E1772" w14:textId="474CEE93" w:rsidR="00926943" w:rsidRPr="00B87A1D" w:rsidRDefault="00926943" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00486F74">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Total Axle Group Tyre Load Capacity</w:t>
+            </w:r>
+            <w:r w:rsidR="00293F39" w:rsidRPr="00293F39">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="003B617E" w14:paraId="5457CCE3" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45E08F4A" w14:textId="6EC57283" w:rsidR="00070C5E" w:rsidRDefault="00070C5E" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52E5E046" w14:textId="3D3AB9C2" w:rsidR="00070C5E" w:rsidRDefault="00103CB7" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58D3E728" w14:textId="4F21D63A" w:rsidR="00070C5E" w:rsidRDefault="00103CB7" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00457C55" w:rsidRPr="005B0E29" w14:paraId="2DC99D94" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="475BF4C2" w14:textId="77777777" w:rsidR="00457C55" w:rsidRPr="005B0E29" w:rsidRDefault="00457C55" w:rsidP="00457C55">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="003B617E" w14:paraId="7DB44E6E" w14:textId="77777777" w:rsidTr="00070C5E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AAF0E35" w14:textId="003B950F" w:rsidR="00070C5E" w:rsidRPr="00B87A1D" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00486F74">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18C0E01F" w14:textId="425847E0" w:rsidR="00070C5E" w:rsidRPr="00B87A1D" w:rsidRDefault="00486F74" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B14) </w:t>
+            </w:r>
+            <w:r w:rsidR="00070C5E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="007F479A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/Capacity</w:t>
+            </w:r>
+            <w:r w:rsidR="00070C5E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007F479A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Per</w:t>
+            </w:r>
+            <w:r w:rsidR="00070C5E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tyre</w:t>
+            </w:r>
+            <w:r w:rsidR="009559C6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00070C5E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AC8A023" w14:textId="3B18E195" w:rsidR="00070C5E" w:rsidRPr="00B87A1D" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00486F74">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Total Axle Group Tyre Load Capacity</w:t>
+            </w:r>
+            <w:r w:rsidR="00293F39" w:rsidRPr="00293F39">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="003B617E" w14:paraId="33D210B8" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3216" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0931CB93" w14:textId="3CADBB54" w:rsidR="00070C5E" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="565B7262" w14:textId="778E8E83" w:rsidR="00070C5E" w:rsidRDefault="00103CB7" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3780" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CFFFE77" w14:textId="79217997" w:rsidR="00070C5E" w:rsidRDefault="00103CB7" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="003B617E" w14:paraId="6051B6BE" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E2D96F7" w14:textId="0A3EBFFD" w:rsidR="005C65D6" w:rsidRDefault="005C65D6" w:rsidP="005C65D6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NOTE:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The limiting factor is the lowest value of B6, B8 and B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00320BC9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18D05258" w14:textId="2457F453" w:rsidR="005C65D6" w:rsidRDefault="005C65D6" w:rsidP="005C65D6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NOTE:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The limiting factor is the lowest value of B7, B9 and B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00320BC9">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B3777C5" w14:textId="77777777" w:rsidR="009559C6" w:rsidRDefault="005C65D6" w:rsidP="009559C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Minimum</w:t>
+            </w:r>
+            <w:r w:rsidR="009559C6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> single</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> tyre load </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0307E10F" w14:textId="2DD4E3E4" w:rsidR="009559C6" w:rsidRPr="00CF722F" w:rsidRDefault="009559C6" w:rsidP="009559C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minimum dual tyre load </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. If more than one load</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is fitted, list all different load</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ratings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="004D762C" w14:paraId="2D88E3AA" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CD8357E" w14:textId="77777777" w:rsidR="00070C5E" w:rsidRPr="004D762C" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004D762C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="00A70E7D" w14:paraId="516E0F8D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10114" w:type="dxa"/>
+            <w:gridSpan w:val="10"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7792AFC5" w14:textId="77777777" w:rsidR="00070C5E" w:rsidRPr="00A70E7D" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A70E7D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Fifth Wheel/Turntable</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="003B617E" w14:paraId="2B065025" w14:textId="77777777" w:rsidTr="006C6C13">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3460" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06577F26" w14:textId="77777777" w:rsidR="00070C5E" w:rsidRPr="00B87A1D" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3277" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65B58FFF" w14:textId="77777777" w:rsidR="00070C5E" w:rsidRPr="00B87A1D" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01621683" w14:textId="5853E9A4" w:rsidR="00070C5E" w:rsidRPr="00B87A1D" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="005B6BC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) D-value:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="003B617E" w14:paraId="6B41A570" w14:textId="77777777" w:rsidTr="006C6C13">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3460" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2C3D69E5" w14:textId="77777777" w:rsidR="00070C5E" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3277" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B143BFD" w14:textId="77777777" w:rsidR="00070C5E" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3377" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="624E272C" w14:textId="77777777" w:rsidR="00070C5E" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00070C5E" w:rsidRPr="003B617E" w14:paraId="0F66293E" w14:textId="77777777" w:rsidTr="00076CB7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2507" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1CC5655B" w14:textId="515A47FF" w:rsidR="00070C5E" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="005B6BC1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Fifth Wheel Offset</w:t>
+            </w:r>
+            <w:r w:rsidR="00D24022">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3118" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BCE085B" w14:textId="6C22BDB2" w:rsidR="00070C5E" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4489" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A238306" w14:textId="77777777" w:rsidR="00070C5E" w:rsidRDefault="00070C5E" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A9265B" w:rsidRPr="003B617E" w14:paraId="49D266DA" w14:textId="77777777" w:rsidTr="00076CB7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5625" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0852717B" w14:textId="3171A09A" w:rsidR="00A9265B" w:rsidRDefault="00FD1165" w:rsidP="00FD1165">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="37"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Fifth wheel lead is a positive value. Fifth wheel lag is a negative value.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4489" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5DD830BB" w14:textId="77777777" w:rsidR="00A9265B" w:rsidRDefault="00A9265B" w:rsidP="00070C5E">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="145607EE" w14:textId="3559E20A" w:rsidR="004D762C" w:rsidRDefault="004D762C" w:rsidP="004D762C">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Assessment – Vehicle Design</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4972" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="275"/>
+        <w:gridCol w:w="3810"/>
+        <w:gridCol w:w="4891"/>
+        <w:gridCol w:w="76"/>
+        <w:gridCol w:w="350"/>
+        <w:gridCol w:w="76"/>
+        <w:gridCol w:w="246"/>
+        <w:gridCol w:w="76"/>
+        <w:gridCol w:w="403"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w14:paraId="51F845DC" w14:textId="47278419" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8976" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="7CB0EB06" w14:textId="6B4C5080" w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w:rsidRDefault="00DF50A4" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Assessment – Vehicle Design                                                                                                      </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB54ED">
+              <w:t>Check Yes, No, N/A as applicable:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A35417D" w14:textId="77777777" w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w:rsidRDefault="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001E27C0">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="581E1912" w14:textId="77777777" w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w:rsidRDefault="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001E27C0">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="520394A3" w14:textId="43613C8B" w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w:rsidRDefault="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:t>N/A</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w14:paraId="6E49D4B2" w14:textId="4528E9D5" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10203" w:type="dxa"/>
+            <w:gridSpan w:val="9"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D9F747C" w14:textId="629719B1" w:rsidR="00DF50A4" w:rsidRPr="00AC0233" w:rsidRDefault="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MUST NOT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w14:paraId="1F09E31C" w14:textId="265EF196" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DB23B23" w14:textId="0ABCC15C" w:rsidR="00DF50A4" w:rsidRPr="00F00942" w:rsidRDefault="00081C58" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F00942">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8777" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="69938F32" w14:textId="77777777" w:rsidR="00DF50A4" w:rsidRPr="001A716F" w:rsidRDefault="00DF50A4" w:rsidP="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Are all the drive axles fitted with dual tyres?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4F5B84BC" w14:textId="77777777" w:rsidR="00991E78" w:rsidRPr="008F4C53" w:rsidRDefault="00410A4A" w:rsidP="00F27AEA">
+          <w:p w14:paraId="5CE962AE" w14:textId="77777777" w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00DF50A4">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="2127576539"/>
+                <w:id w:val="-1950383458"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00991E78" w:rsidRPr="008F4C53">
+                <w:r w:rsidR="00DF50A4">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="007B8E2C" w14:textId="77777777" w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1265028303"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00DF50A4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2366C649" w14:textId="7ECEB492" w:rsidR="00DF50A4" w:rsidRDefault="00000000" w:rsidP="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-187836369"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00DF50A4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DF50A4" w:rsidRPr="001E27C0" w14:paraId="397D2300" w14:textId="75ABF10F" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="595A7AB2" w14:textId="28A4ECB6" w:rsidR="00DF50A4" w:rsidRPr="00F00942" w:rsidRDefault="00081C58" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F00942">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8777" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="04FFEFE0" w14:textId="77777777" w:rsidR="00991E78" w:rsidRPr="008F4C53" w:rsidRDefault="00991E78" w:rsidP="00F27AEA">
+          <w:p w14:paraId="7F21D59D" w14:textId="77777777" w:rsidR="00DF50A4" w:rsidRDefault="00DF50A4" w:rsidP="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Is the vehicle's steering configuration either single steer or twin-steer with load sharing suspension?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="500CF38D" w14:textId="77777777" w:rsidR="00DF50A4" w:rsidRDefault="00000000" w:rsidP="00DF50A4">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1419642029"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1BE84A75" w14:textId="77777777" w:rsidR="00DF50A4" w:rsidRDefault="00000000" w:rsidP="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="449824915"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00DF50A4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="604BC3E2" w14:textId="6897DD35" w:rsidR="00DF50A4" w:rsidRDefault="00000000" w:rsidP="00DF50A4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1243400151"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00DF50A4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36DDE" w:rsidRPr="001E27C0" w14:paraId="156B4AD2" w14:textId="77777777" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A225358" w14:textId="502220CC" w:rsidR="00B36DDE" w:rsidRPr="00F00942" w:rsidRDefault="00B36DDE" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F00942">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8777" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51E417DB" w14:textId="14B84E59" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t>Are the vehicle dimensions unchanged, and do they continue to comply with relevant ADRs and regulations?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="367411F0" w14:textId="02CBBC10" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-800304704"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1DE0F4D0" w14:textId="5A8EFB46" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1783561215"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5A1C941F" w14:textId="3A4AA4B1" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-611671822"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36DDE" w:rsidRPr="001E27C0" w14:paraId="06956CFB" w14:textId="4BDBDEEB" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B48F32" w14:textId="67D41FFE" w:rsidR="00B36DDE" w:rsidRPr="00F00942" w:rsidRDefault="00B36DDE" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F00942">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8777" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79E61C9F" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the vehicle fitted with either:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BE4E717" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67822369" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D03C658" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36DDE" w:rsidRPr="001E27C0" w14:paraId="2BF6E35A" w14:textId="621B489D" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2D8299FF" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRPr="00F00942" w:rsidRDefault="00B36DDE" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8777" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="065AAA0D" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>a single drive axle for vehicles with a single rear axle; or</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5F3A631A" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1816795238"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5DF8C6FE" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1997538436"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BBD8C52" w14:textId="79A1AE98" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1243304700"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36DDE" w:rsidRPr="001E27C0" w14:paraId="043887E6" w14:textId="4C26514D" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="397CCECF" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRPr="00F00942" w:rsidRDefault="00B36DDE" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8777" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0416B03F" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="33"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>at least tandem drive axles for vehicle with multiple rear axles?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="75741A94" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1993247228"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="022C9ABA" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-851872850"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7509E08B" w14:textId="32658BFF" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1788351847"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36DDE" w14:paraId="3624C64D" w14:textId="5A8A9A3E" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="593173EE" w14:textId="4DC11770" w:rsidR="00B36DDE" w:rsidRPr="00F00942" w:rsidRDefault="00B36DDE" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F00942">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8777" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="593960CE" w14:textId="46CC459E" w:rsidR="00B36DDE" w:rsidRPr="00094C38" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Are the load ratings (B16), for fitted couplings, greater than or equal to the following?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="09439588" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="00CC3BF5" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="124C2401" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36DDE" w14:paraId="2C2586B9" w14:textId="460A5852" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BD83677" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27562728" w14:textId="19D2F4B1" w:rsidR="00B36DDE" w:rsidRPr="00DB07C2" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>For Type 2 road train hauling units</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4967" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="70AE44E6" w14:textId="14DE5B04" w:rsidR="00B36DDE" w:rsidRPr="00DB07C2" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>160kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68962B4E" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-477771593"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="640843FF" w14:textId="4FAA09E3" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="173770808"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15EB18C9" w14:textId="5C816FA3" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="289246859"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36DDE" w14:paraId="717954EF" w14:textId="45B9A61D" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="36AE2F10" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="28FADDD6" w14:textId="6B869BFC" w:rsidR="00B36DDE" w:rsidRPr="00DB07C2" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>For Type 1 road train hauling units</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">                                   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4967" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="53505A12" w14:textId="2DAC2B3C" w:rsidR="00B36DDE" w:rsidRPr="00DB07C2" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>140kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C9C3589" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1257044064"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1FBEB02C" w14:textId="3E9A9D97" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="145794389"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7E268BFD" w14:textId="3DB38FB6" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-649591736"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B36DDE" w14:paraId="13AB5456" w14:textId="6DFE4956" w:rsidTr="005807CE">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="275" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E11C74" w14:textId="77777777" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3810" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5B97F020" w14:textId="67B2E66F" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>For other units</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4967" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="070D8EB9" w14:textId="12A8EC65" w:rsidR="00B36DDE" w:rsidRDefault="00B36DDE" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>123kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="426" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E28F6FF" w14:textId="4E8EFDF1" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1565560706"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="322" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7498596B" w14:textId="2CB1471D" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-405226531"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="403" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4F505184" w14:textId="590542B5" w:rsidR="00B36DDE" w:rsidRDefault="00000000" w:rsidP="00B36DDE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1496924835"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00B36DDE" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3E00EF4F" w14:textId="03A611F8" w:rsidR="00A129E8" w:rsidRPr="00F44984" w:rsidRDefault="00A129E8">
+    <w:p w14:paraId="593BB323" w14:textId="25227B5C" w:rsidR="00D610EA" w:rsidRDefault="00D610EA" w:rsidP="00D610EA">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00833D4E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Vehicle</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Equipment &amp; Unladen Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D98CD50" w14:textId="1F07883D" w:rsidR="00D610EA" w:rsidRDefault="00D610EA" w:rsidP="005C3F07">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Part B</w:t>
+        <w:t>Vehicle Equipment</w:t>
       </w:r>
-      <w:r w:rsidR="00714402">
-[...1 lines deleted...]
-      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4867" w:type="pct"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10143"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AD32BE" w:rsidRPr="00AD32BE" w14:paraId="77220AFF" w14:textId="77777777" w:rsidTr="002458B9">
+        <w:trPr>
+          <w:trHeight w:val="130"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A097033" w14:textId="6537699C" w:rsidR="00D610EA" w:rsidRPr="00AD32BE" w:rsidRDefault="00D610EA" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A807A0">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Vehicle Equipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="00C3570E" w14:paraId="12A698EE" w14:textId="77777777">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76A91709" w14:textId="1AE1DC17" w:rsidR="00607662" w:rsidRPr="00DF188C" w:rsidRDefault="00607662" w:rsidP="00DF188C">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The vehicle must be ready for service, with all accessories</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fitted </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC5F65">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the vehicle is weighed. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="175CB5CD" w14:textId="5564ED27" w:rsidR="00B05C22" w:rsidRDefault="00B05C22" w:rsidP="00B05C22">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List all equipment that </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fitted to the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the time of weighing to determine the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nladen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ass.</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>This includes all fuel, water</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and fluid reservoirs</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6" w:rsidRPr="15B03101">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, accessories</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (e.g. bulbar, lights, fridge, TV etc.)</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and readily removable equipment carried on or in the </w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="008A1FA6" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> during operational use (e.g. spare </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidR="008A1FA6" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tyre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="008A1FA6" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(s), toolbox(es), OH&amp;S equipment etc.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5AB72AB3" w14:textId="77777777" w:rsidR="00B05C22" w:rsidRPr="008515A6" w:rsidRDefault="00B05C22" w:rsidP="00B05C22">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>It is recommended that detailed photographs are taken of the vehicle at the time of weighing that capture all the equipment fitted.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="68DD738B" w14:textId="4D7313A7" w:rsidR="00D610EA" w:rsidRPr="00D01AE0" w:rsidRDefault="00B05C22" w:rsidP="00B05C22">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attach all photos in the space provided </w:t>
+            </w:r>
+            <w:r w:rsidR="00D353B8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>at the end of Part C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="34F7A577" w14:textId="77777777" w:rsidTr="002458B9">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C45987D" w14:textId="61AEC95D" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00253344">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00D610EA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E</w:t>
+            </w:r>
+            <w:r w:rsidR="00D610EA" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment </w:t>
+            </w:r>
+            <w:r w:rsidR="00D610EA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00D610EA" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ist</w:t>
+            </w:r>
+            <w:r w:rsidR="00D610EA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="059F5030" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1B938699" w14:textId="77777777" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00D610EA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="1A98E704" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4BD3E22E" w14:textId="77777777" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00D610EA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="04FF817C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76E331EE" w14:textId="77777777" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00D610EA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="65A5F2C4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="591715A3" w14:textId="77777777" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00D610EA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="23313C3C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A5F4044" w14:textId="77777777" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00D610EA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="69BCB1E4" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="32E080DF" w14:textId="77777777" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00D610EA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="5D6F67B3" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07017197" w14:textId="77777777" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00D610EA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D610EA" w:rsidRPr="003B617E" w14:paraId="51EFE251" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="15EA2090" w14:textId="77777777" w:rsidR="00D610EA" w:rsidRPr="003B617E" w:rsidRDefault="00D610EA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="3EAABF07" w14:textId="16F81EB6" w:rsidR="005C532B" w:rsidRDefault="005C532B" w:rsidP="005C3F07">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
       <w:r>
-        <w:t>Unladen mass</w:t>
+        <w:t>Vehicle Unladen Mass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4749"/>
-        <w:gridCol w:w="5388"/>
+        <w:gridCol w:w="4929"/>
+        <w:gridCol w:w="5208"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A129E8" w14:paraId="4EEF0537" w14:textId="77777777" w:rsidTr="00F44984">
+      <w:tr w:rsidR="00EE77A1" w:rsidRPr="00EE77A1" w14:paraId="41343F3C" w14:textId="77777777" w:rsidTr="002458B9">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="44E98DBA" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="00B95EFD" w:rsidRDefault="00A129E8">
+          <w:p w14:paraId="376F3AEC" w14:textId="33A0FB8A" w:rsidR="005C532B" w:rsidRPr="00EE77A1" w:rsidRDefault="005C532B" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r>
-              <w:t>Weigh vehicle</w:t>
+            <w:r w:rsidRPr="00A807A0">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Weigh </w:t>
+            </w:r>
+            <w:r w:rsidR="008A0075" w:rsidRPr="00A807A0">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="0E439F0B" w14:textId="77777777" w:rsidTr="00F44984">
+      <w:tr w:rsidR="005C532B" w14:paraId="6E9BB4BF" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="772"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="42A7F75B" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="008515A6" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+          </w:tcPr>
+          <w:p w14:paraId="0C6AAFED" w14:textId="464FD250" w:rsidR="005C532B" w:rsidRDefault="005C532B" w:rsidP="005C532B">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
               <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008515A6">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weigh vehicle at a registered public weighbridge and record quantities of fuel, AdBlue and water at the time of weighing. </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="40C938DF" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="008515A6" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+              <w:t xml:space="preserve">Effluent tanks, if fitted, must be empty when the </w:t>
+            </w:r>
+            <w:r w:rsidR="008A0075">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="73EBC361" w14:textId="2BC00E31" w:rsidR="005C532B" w:rsidRDefault="005C532B" w:rsidP="005C532B">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
               <w:ind w:left="170" w:hanging="170"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008515A6">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ensure </w:t>
-            </w:r>
+              <w:t xml:space="preserve">All other fluid reservoirs must be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>vehicle</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008515A6">
+              <w:t>filled to capacity</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> is </w:t>
-[...14 lines deleted...]
-          <w:p w14:paraId="0297A28D" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+              <w:t xml:space="preserve"> when the vehicle is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="36B3477E" w14:textId="2C6B76B7" w:rsidR="005C532B" w:rsidRDefault="005C532B" w:rsidP="005C532B">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
               <w:ind w:left="170" w:hanging="170"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Attach a copy of the weighbridge ticket in the space provided at the end of Part B.</w:t>
+              <w:t xml:space="preserve">Weigh vehicle at a registered public weighbridge </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to determine the </w:t>
+            </w:r>
+            <w:r w:rsidR="00B722D2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total Vehicle </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30C21">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Unladen Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00B722D2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10A5DAA7" w14:textId="77777777" w:rsidR="005C532B" w:rsidRPr="00847C37" w:rsidRDefault="005C532B" w:rsidP="005C532B">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attach a copy of the weighbridge ticket in the space provided </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="421B545E" w14:textId="77777777" w:rsidR="00847C37" w:rsidRPr="00AA12D9" w:rsidRDefault="001B5880" w:rsidP="005C532B">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An additional mass of </w:t>
+            </w:r>
+            <w:r w:rsidR="002564D7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">0kg for driver/operator personal items is to be included in the calculations for Total Vehicle Unladen Mass (C3). </w:t>
+            </w:r>
+            <w:r w:rsidR="002564D7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="006059C8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0kg</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is to be added to both C1 and C2</w:t>
+            </w:r>
+            <w:r w:rsidR="002B74CD">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> respectively</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="16CA6BF1" w14:textId="2D806680" w:rsidR="00AA12D9" w:rsidRDefault="00AA12D9" w:rsidP="005C532B">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">If required, an additional toolbox that will be fitted after the vehicle weigh-in will need to be applied as a simulated mass of 100kg. Refer to the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Vehicle Checklist Drawings</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F4273" w:rsidRPr="00C23B68" w14:paraId="38AFAE2B" w14:textId="77777777" w:rsidTr="00F44984">
+      <w:tr w:rsidR="005C532B" w:rsidRPr="00C23B68" w14:paraId="5A4CC061" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4929" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6671E611" w14:textId="405EEC94" w:rsidR="005C532B" w:rsidRDefault="005C532B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00833D4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">1) Front Axle Group </w:t>
+            </w:r>
+            <w:r w:rsidR="001D0E6B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Unladen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3536D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (including additional </w:t>
+            </w:r>
+            <w:r w:rsidR="002564D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E62FCE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0kg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3536D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5208" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A93FC8F" w14:textId="079E3772" w:rsidR="005C532B" w:rsidRDefault="000C643A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C532B" w:rsidRPr="00C23B68" w14:paraId="506C0A07" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4929" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4D7D3F8D" w14:textId="59DF232E" w:rsidR="005C532B" w:rsidRDefault="005C532B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00833D4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">2) </w:t>
+            </w:r>
+            <w:r w:rsidR="00F46763">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Rear Axle Group</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D0E6B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Unladen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3536D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (including additional </w:t>
+            </w:r>
+            <w:r w:rsidR="002564D7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00E62FCE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00A7585A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3536D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5208" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58FBD6CB" w14:textId="1002EC9E" w:rsidR="005C532B" w:rsidRDefault="000C643A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C532B" w:rsidRPr="00C23B68" w14:paraId="635B6EF7" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4929" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BC9980A" w14:textId="54E95037" w:rsidR="005C532B" w:rsidRDefault="005C532B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00833D4E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">3) Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00F46763">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="001B5880">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5208" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FDAAE3E" w14:textId="45E30863" w:rsidR="005C532B" w:rsidRPr="00AB5CA5" w:rsidRDefault="000C643A">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C532B" w:rsidRPr="00C23B68" w14:paraId="7C4BE8D3" w14:textId="77777777" w:rsidTr="002458B9">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BCEFE4" w14:textId="7BBB005C" w:rsidR="005C532B" w:rsidRPr="000A67FA" w:rsidRDefault="00F46763">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...22 lines deleted...]
-              <w:t>Kg</w:t>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="005C532B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Weighbridge Ticket – Attach a copy of the ticket below:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005F4273" w:rsidRPr="00C23B68" w14:paraId="6665622B" w14:textId="77777777" w:rsidTr="00F44984">
-[...274 lines deleted...]
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00C3570E" w14:paraId="35034D01" w14:textId="77777777" w:rsidTr="00F44984">
+      <w:tr w:rsidR="005C532B" w:rsidRPr="003B617E" w14:paraId="502BDA2C" w14:textId="77777777" w:rsidTr="00AD38C7">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="130"/>
-[...169 lines deleted...]
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="3789"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="2667B8E3" w14:textId="1CB37673" w:rsidR="00A129E8" w:rsidRPr="003B617E" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+          </w:tcPr>
+          <w:p w14:paraId="072FCF2E" w14:textId="77777777" w:rsidR="005C532B" w:rsidRPr="003B617E" w:rsidRDefault="005C532B">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CF09CC">
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="003B617E" w14:paraId="5555635A" w14:textId="77777777" w:rsidTr="00F44984">
+      <w:tr w:rsidR="005C532B" w:rsidRPr="00727946" w14:paraId="4D0C3FB2" w14:textId="77777777" w:rsidTr="002458B9">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="6F2764DD" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="003B617E" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D5DA83F" w14:textId="0407A1CB" w:rsidR="005C532B" w:rsidRPr="00727946" w:rsidRDefault="005C532B">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photos of </w:t>
+            </w:r>
+            <w:r w:rsidR="005F52A4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>the v</w:t>
+            </w:r>
+            <w:r w:rsidR="00F46763">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the </w:t>
+            </w:r>
+            <w:r w:rsidR="005F52A4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ime o</w:t>
+            </w:r>
+            <w:r w:rsidR="005F52A4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>f</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="005F52A4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>eighing</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="003B617E" w14:paraId="44280BFA" w14:textId="77777777" w:rsidTr="00F44984">
+      <w:tr w:rsidR="005C532B" w:rsidRPr="00727946" w14:paraId="5E7DC2AF" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="4338"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="47D15148" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="003B617E" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69F45C17" w14:textId="77777777" w:rsidR="005C532B" w:rsidRPr="00727946" w:rsidRDefault="005C532B">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="003B617E" w14:paraId="3AA9716A" w14:textId="77777777" w:rsidTr="00F44984">
+      <w:tr w:rsidR="005C3F07" w:rsidRPr="00727946" w14:paraId="62C11E4E" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="15678"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4F6040F9" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="003B617E" w:rsidRDefault="00A129E8" w:rsidP="008532E1">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="32BEF4C6" w14:textId="77777777" w:rsidR="005C3F07" w:rsidRPr="00727946" w:rsidRDefault="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...559 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="53E82130" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRPr="00D02EB4" w:rsidRDefault="00A129E8" w:rsidP="00F44984">
+    <w:p w14:paraId="4CE1A8D9" w14:textId="4CBE55F6" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="00726340">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5CEA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> –</w:t>
+      </w:r>
+      <w:r w:rsidR="00ED5CEA">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Vehicle Layout &amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> S10 </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aden </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="08175B0E" w14:textId="4AA43545" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="005C3F07">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
-      <w:r w:rsidRPr="00D02EB4">
-[...1 lines deleted...]
-        <w:t>Additional equipment</w:t>
+      <w:r>
+        <w:t>Vehicle</w:t>
       </w:r>
-    </w:p>
-[...577 lines deleted...]
-        <w:t>Unladen mass (</w:t>
+      <w:r w:rsidR="00ED5CEA">
+        <w:t xml:space="preserve"> Layout &amp; </w:t>
       </w:r>
-      <w:r w:rsidR="00416999" w:rsidRPr="00224E80">
-[...3 lines deleted...]
-        <w:t>et mass)</w:t>
+      <w:r>
+        <w:t>S10 Laden Mass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6041"/>
-        <w:gridCol w:w="4053"/>
+        <w:gridCol w:w="4907"/>
+        <w:gridCol w:w="5187"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A129E8" w14:paraId="10AB52D0" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="006553DE" w:rsidRPr="006553DE" w14:paraId="20164C10" w14:textId="77777777" w:rsidTr="3D2F5790">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="5D93F859" w14:textId="1AFAA64F" w:rsidR="00A129E8" w:rsidRDefault="00A129E8">
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="030CE0BC" w14:textId="77777777" w:rsidR="00726340" w:rsidRPr="006553DE" w:rsidRDefault="00726340" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...15 lines deleted...]
-              <w:tab/>
+            <w:r w:rsidRPr="00A807A0">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Calculate S10 Laden Mass </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="5A808140" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00726340" w:rsidRPr="00152CF3" w14:paraId="2F61FE4C" w14:textId="77777777" w:rsidTr="3D2F5790">
         <w:trPr>
+          <w:trHeight w:val="469"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Table11bullet"/>
+          </w:tcPr>
+          <w:p w14:paraId="652476DE" w14:textId="45E30F2E" w:rsidR="00D46C98" w:rsidRPr="00201D7B" w:rsidRDefault="440A5ABD" w:rsidP="00D46C98">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
               <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00D46C98" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ccredited </w:t>
+            </w:r>
+            <w:r w:rsidR="5ABA162C" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>Approved Vehicle Examiners (AVE)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D46C98" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="3B012BA2" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are encouraged </w:t>
+            </w:r>
+            <w:r w:rsidR="00D46C98" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to complete S10 calculations using the </w:t>
+            </w:r>
+            <w:r w:rsidR="00D46C98" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>Vehicle Drawings</w:t>
+            </w:r>
+            <w:r w:rsidR="00D46C98" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>. A</w:t>
+            </w:r>
+            <w:r w:rsidR="56587048" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>VE</w:t>
+            </w:r>
+            <w:r w:rsidR="00D46C98" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>s may use their own drawings to complete S10 calculations provid</w:t>
+            </w:r>
+            <w:r w:rsidR="00C724FE" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidR="00D46C98" w:rsidRPr="3D2F5790">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that all assumptions and methodology are clear and concise. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1270CB66" w14:textId="3E625C74" w:rsidR="00726340" w:rsidRDefault="00726340">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Apply </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B64D9E">
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00857CE6">
+              <w:t>,000kg</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00B64D9E">
+              <w:t xml:space="preserve"> vertically through the centre of the fifth wheel coupling to simulate loading from a laden semitrailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00124937">
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50F70404" w14:textId="40982FE7" w:rsidR="00753C53" w:rsidRPr="00936924" w:rsidRDefault="00A50980" w:rsidP="00936924">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
-            <w:r w:rsidRPr="00B71C1A">
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="000A15D9">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Calculate the mass of fuel/AdBlue/water in each tank</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00030DC2">
+              <w:t xml:space="preserve">omplete the calculations </w:t>
+            </w:r>
+            <w:r w:rsidR="009770C3">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> (taking into account ullage factor)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00B71C1A">
+              <w:t xml:space="preserve">and record the results </w:t>
+            </w:r>
+            <w:r w:rsidR="000A15D9">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> by multiplying the nominal volume of each tank by</w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve">for the weight distribution and </w:t>
+            </w:r>
+            <w:r w:rsidR="00DA14EC">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> the </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00630BE1">
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="000A15D9">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">density </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> S10 Laden Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="009770C3">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">of </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="001B1518">
+              <w:t xml:space="preserve"> below</w:t>
+            </w:r>
+            <w:r w:rsidR="000A15D9">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">its </w:t>
-[...17 lines deleted...]
-              <w:t>A copy of weight distribution calculations must be attached to the end of Part B.</w:t>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00C23B68" w14:paraId="4B8F6A7A" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00726340" w:rsidRPr="003C6DE1" w14:paraId="4B76A313" w14:textId="77777777" w:rsidTr="3D2F5790">
         <w:trPr>
+          <w:trHeight w:val="313"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6FA942DA" w14:textId="5BA7340E" w:rsidR="00726340" w:rsidRPr="003075F0" w:rsidRDefault="00726340" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...55 lines deleted...]
-              <w:t>kg</w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Imposed Load</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from Semitrailer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="5DB0878F" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00726340" w:rsidRPr="003C6DE1" w14:paraId="358A704F" w14:textId="77777777" w:rsidTr="3D2F5790">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="215AEFBD" w14:textId="5F2146A2" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...11 lines deleted...]
-              <w:t xml:space="preserve">(wet) </w:t>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7566">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...29 lines deleted...]
-              <w:pStyle w:val="Table09text-centre"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Total </w:t>
+            </w:r>
+            <w:r w:rsidR="008A0075">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Imposed Load:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="38ABE55A" w14:textId="3F4F4ACE" w:rsidR="00726340" w:rsidRPr="003075F0" w:rsidRDefault="002C376B" w:rsidP="00D0542D">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="305A39EF" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00726340" w:rsidRPr="003C6DE1" w14:paraId="689BE255" w14:textId="77777777" w:rsidTr="3D2F5790">
         <w:trPr>
+          <w:trHeight w:val="313"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B034C89" w14:textId="77777777" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...12 lines deleted...]
-            </w:r>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Weight Distribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726340" w:rsidRPr="00C81E95" w14:paraId="666D05D7" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F46CA6B" w14:textId="408E01F4" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:b/>
-[...17 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7566">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) Forward Axle Mass (FAM)</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0C4C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4053" w:type="dxa"/>
-[...3 lines deleted...]
-              <w:pStyle w:val="Table09text-centre"/>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19D04829" w14:textId="34E1EB78" w:rsidR="00726340" w:rsidRDefault="002C376B" w:rsidP="00D0542D">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:b/>
-[...4 lines deleted...]
-                <w:b/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726340" w:rsidRPr="00C81E95" w14:paraId="31A85469" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F85E4BD" w14:textId="22EDD0EC" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="001E7566">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) Rearward Axle Mass (RAM)</w:t>
+            </w:r>
+            <w:r w:rsidR="007D0C4C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA52C7B" w14:textId="33E1BFFE" w:rsidR="00726340" w:rsidRDefault="002C376B" w:rsidP="00D0542D">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00927575" w:rsidRPr="00C81E95" w14:paraId="7F75B45D" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6BB0FA0D" w14:textId="699C56C1" w:rsidR="00927575" w:rsidRDefault="00927575" w:rsidP="00927575">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00C14121">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>*</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00C14121">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Note:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00C14121">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> As a check the sum of FAM and RAM from the imposed load should equal 15</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,000kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726340" w:rsidRPr="00C81E95" w14:paraId="1DD2F8E8" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21BAFEF0" w14:textId="43653C77" w:rsidR="00726340" w:rsidRDefault="00275A35" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Front</w:t>
+            </w:r>
+            <w:r w:rsidR="00726340">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and Rear Axle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00726340">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Laden Masses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726340" w:rsidRPr="00C81E95" w14:paraId="76393539" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41A3AD34" w14:textId="1043C23D" w:rsidR="00726340" w:rsidRPr="00C81E95" w:rsidRDefault="00726340" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00E86C11">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="005A1090">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="000A4FE8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Front Axle Group </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="002831B6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">1 + </w:t>
+            </w:r>
+            <w:r w:rsidR="002831B6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00E86C11">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F388453" w14:textId="7D559582" w:rsidR="00726340" w:rsidRPr="003075F0" w:rsidRDefault="002C376B" w:rsidP="00D0542D">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726340" w14:paraId="5C3619B5" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BBBBA14" w14:textId="2C090C3F" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00E86C11">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="000A4FE8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="002831B6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">2 + </w:t>
+            </w:r>
+            <w:r w:rsidR="002831B6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00E86C11">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3BDE5A2C" w14:textId="64E88E9F" w:rsidR="00726340" w:rsidRPr="003075F0" w:rsidRDefault="002C376B" w:rsidP="00D0542D">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726340" w14:paraId="1CE37B5A" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="228518C9" w14:textId="28B87D59" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00E86C11">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="000A4FE8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="002831B6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="000A4FE8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidR="002831B6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="000A4FE8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="67149D4D" w14:textId="57167C9C" w:rsidR="00726340" w:rsidRPr="003075F0" w:rsidRDefault="002C376B" w:rsidP="00D0542D">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275A35" w14:paraId="6790AD79" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EE0F7D7" w14:textId="1264B91C" w:rsidR="00275A35" w:rsidRPr="006161AD" w:rsidRDefault="00BB6AB4" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S10 Conditional Mass Limits (Refer to Schedule 1, Section 1 of the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="009660C5">
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Queensland Class 3 Livestock Loading Exemption Notice</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275A35" w14:paraId="0BA1A458" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5660B72A" w14:textId="54EA754E" w:rsidR="00275A35" w:rsidRDefault="005C64B3" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">7) </w:t>
+            </w:r>
+            <w:r w:rsidR="00542D05">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Front Axle Group S10</w:t>
+            </w:r>
+            <w:r w:rsidR="00753C53">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Condition</w:t>
+            </w:r>
+            <w:r w:rsidR="00B25CE7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>al</w:t>
+            </w:r>
+            <w:r w:rsidR="00753C53">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass Limit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="575FA74A" w14:textId="28CFC4C1" w:rsidR="00275A35" w:rsidRDefault="002C376B" w:rsidP="00D0542D">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275A35" w14:paraId="27030984" w14:textId="77777777" w:rsidTr="3D2F5790">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="52C0D588" w14:textId="28521F1D" w:rsidR="00275A35" w:rsidRDefault="005C64B3" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="003077E3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5408">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B1966">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total Laden </w:t>
+            </w:r>
+            <w:r w:rsidR="005A5408">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S10 Condition</w:t>
+            </w:r>
+            <w:r w:rsidR="00B25CE7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>al</w:t>
+            </w:r>
+            <w:r w:rsidR="005A5408">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass Limit:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACC9F2B" w14:textId="43812137" w:rsidR="00275A35" w:rsidRDefault="001E709C" w:rsidP="00D0542D">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="106D478A" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8">
+    <w:p w14:paraId="02E5A301" w14:textId="178B5BB2" w:rsidR="00726340" w:rsidRDefault="00726340" w:rsidP="005C3F07">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Additional Information</w:t>
+        <w:t>Assessment –</w:t>
+      </w:r>
+      <w:r w:rsidR="00A867EC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>S10 Laden Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid2"/>
+        <w:tblW w:w="4927" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="379"/>
+        <w:gridCol w:w="8827"/>
+        <w:gridCol w:w="425"/>
+        <w:gridCol w:w="479"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00726340" w:rsidRPr="00E42D1E" w14:paraId="047FCDDA" w14:textId="77777777" w:rsidTr="00931EAE">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9206" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EAB0A19" w14:textId="5DCA407D" w:rsidR="00726340" w:rsidRPr="00E42D1E" w:rsidRDefault="00726340">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Assessment – S10 Laden Mass</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Check Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o as applicable:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="42AF256B" w14:textId="77777777" w:rsidR="00726340" w:rsidRPr="00E42D1E" w:rsidRDefault="00726340">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="543B5D86" w14:textId="77777777" w:rsidR="00726340" w:rsidRPr="00E42D1E" w:rsidRDefault="00726340">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00726340" w:rsidRPr="0058409B" w14:paraId="0BCB18B9" w14:textId="77777777" w:rsidTr="00931EAE">
+        <w:trPr>
+          <w:trHeight w:val="305"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3608D473" w14:textId="77777777" w:rsidR="00726340" w:rsidRPr="0058409B" w:rsidRDefault="00726340">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification MUST NOT proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D131A3" w:rsidRPr="00E42D1E" w14:paraId="581C5FEC" w14:textId="77777777" w:rsidTr="004C0269">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FF031B6" w14:textId="63C02B18" w:rsidR="00D131A3" w:rsidRPr="00E413E8" w:rsidRDefault="00C14121" w:rsidP="00D131A3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1CAFEB4F" w14:textId="4995D5D5" w:rsidR="00D131A3" w:rsidRPr="00227E08" w:rsidRDefault="00DC3D5C" w:rsidP="00D131A3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the Front Axle Group S10 Laden Mass (D4) less than or equal to the vehicle manufacturer’s </w:t>
+            </w:r>
+            <w:r w:rsidR="00543133">
+              <w:t>Front Axle Load Rating</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (B3)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="23E30786" w14:textId="027FEE61" w:rsidR="00D131A3" w:rsidRDefault="00000000" w:rsidP="00D131A3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-2096313819"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00D131A3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="57A460A4" w14:textId="3DF4AA26" w:rsidR="00D131A3" w:rsidRDefault="00000000" w:rsidP="00D131A3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1477729935"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00D131A3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F13C3" w:rsidRPr="00E42D1E" w14:paraId="69DFA610" w14:textId="77777777" w:rsidTr="004C0269">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="18026B75" w14:textId="06902F1B" w:rsidR="004F13C3" w:rsidRDefault="00DA1AE7" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FE130EF" w14:textId="2AA65B4F" w:rsidR="004F13C3" w:rsidRPr="00227E08" w:rsidRDefault="004F13C3" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Front</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Axle Manufacturer's Load Rating (B6)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D1F1AF6" w14:textId="598F24D3" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="388777167"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D5A3CE9" w14:textId="63849807" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="413592135"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0071523F" w:rsidRPr="00E42D1E" w14:paraId="465E08C2" w14:textId="77777777" w:rsidTr="004C0269">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7099A05F" w14:textId="16105BF9" w:rsidR="0071523F" w:rsidRDefault="00DA1AE7">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="50AA4137" w14:textId="062587E7" w:rsidR="0071523F" w:rsidRPr="00227E08" w:rsidRDefault="0071523F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Front</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Suspension Manufacturer's Load Rating (B</w:t>
+            </w:r>
+            <w:r w:rsidR="002F6502">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E94B99E" w14:textId="77777777" w:rsidR="0071523F" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1785877135"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="0071523F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1AA1A5B0" w14:textId="77777777" w:rsidR="0071523F" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="995999876"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="0071523F" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA1AE7" w:rsidRPr="00E42D1E" w14:paraId="38EB0CA9" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="459D7502" w14:textId="345E264A" w:rsidR="00DA1AE7" w:rsidRPr="00E413E8" w:rsidRDefault="00DA1AE7">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="449EA2D8" w14:textId="77777777" w:rsidR="00DA1AE7" w:rsidRPr="00227E08" w:rsidRDefault="00DA1AE7">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Front</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Total Axle Group Tyre Load Capacity (B12)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14DA1F80" w14:textId="77777777" w:rsidR="00DA1AE7" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1976169394"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00DA1AE7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0EF71B9D" w14:textId="77777777" w:rsidR="00DA1AE7" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1375502284"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00DA1AE7" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F13C3" w:rsidRPr="00E42D1E" w14:paraId="0E69C090" w14:textId="77777777" w:rsidTr="004C0269">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="62FC4F4F" w14:textId="322B7539" w:rsidR="004F13C3" w:rsidRPr="00E413E8" w:rsidRDefault="004C0269" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="047B6AA9" w14:textId="362E21BB" w:rsidR="004F13C3" w:rsidRPr="002C24C0" w:rsidRDefault="004F13C3" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the Front Axle Group S10 Laden Mass (D4) less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A99">
+              <w:t>Front Axle Group S10 Condition</w:t>
+            </w:r>
+            <w:r w:rsidR="00F350C6">
+              <w:t>al</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00937A99">
+              <w:t xml:space="preserve"> Mass Limit</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (D7)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0DB78A86" w14:textId="77777777" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1945102271"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5549E1D6" w14:textId="77777777" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-61401433"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F13C3" w:rsidRPr="00E42D1E" w14:paraId="07C3671B" w14:textId="77777777" w:rsidTr="004C0269">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="10E89B1F" w14:textId="5EDB1019" w:rsidR="004F13C3" w:rsidRPr="00E413E8" w:rsidRDefault="004C0269" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4693B84C" w14:textId="0E53DA83" w:rsidR="004F13C3" w:rsidRPr="00227E08" w:rsidRDefault="004F13C3" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Rear Axle Group S10 Laden Mass (D4) less than or equal to the vehicle manufacturer’s Rear Axle Load Rating (B4)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C1212C1" w14:textId="53067E71" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-253830152"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C66331B" w14:textId="18138EB4" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="493613666"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F13C3" w:rsidRPr="00E42D1E" w14:paraId="63A65E24" w14:textId="77777777" w:rsidTr="004C0269">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AA4639B" w14:textId="6CB48BD9" w:rsidR="004F13C3" w:rsidRDefault="00DA1AE7" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F8DF1AB" w14:textId="50346394" w:rsidR="004F13C3" w:rsidRPr="00227E08" w:rsidRDefault="004F13C3" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Axle Manufacturer's Load Rating (B7)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="037D2E74" w14:textId="69D0C8EB" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1747389112"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="746BB908" w14:textId="09B8DF34" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1906136721"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004D7F5F" w:rsidRPr="00E42D1E" w14:paraId="68488615" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6ECA9C57" w14:textId="1409525D" w:rsidR="004D7F5F" w:rsidRDefault="00DA1AE7">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DDCAAA4" w14:textId="6A8E5FBB" w:rsidR="004D7F5F" w:rsidRPr="00227E08" w:rsidRDefault="004D7F5F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="009B18C6">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Suspension Manufacturer's Load Rating (B9)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="458B4B4A" w14:textId="77777777" w:rsidR="004D7F5F" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="872344099"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004D7F5F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0BD43D83" w14:textId="77777777" w:rsidR="004D7F5F" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1113123745"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004D7F5F" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA1AE7" w:rsidRPr="00E42D1E" w14:paraId="3F1E1ACD" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B68F80D" w14:textId="34DF7D59" w:rsidR="00DA1AE7" w:rsidRPr="00E413E8" w:rsidRDefault="00DA1AE7">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5500BE46" w14:textId="77777777" w:rsidR="00DA1AE7" w:rsidRPr="00227E08" w:rsidRDefault="00DA1AE7">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Total Axle Group Tyre Load Capacity (B15)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18905C13" w14:textId="77777777" w:rsidR="00DA1AE7" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1534305026"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00DA1AE7">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7528F3CE" w14:textId="77777777" w:rsidR="00DA1AE7" w:rsidRDefault="00000000">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-453945300"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00DA1AE7" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F13C3" w:rsidRPr="00E42D1E" w14:paraId="146CCEE2" w14:textId="77777777" w:rsidTr="004C0269">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="15B3F4C4" w14:textId="51CD0443" w:rsidR="004F13C3" w:rsidRPr="00E413E8" w:rsidRDefault="004C0269" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="33C1C91D" w14:textId="60D7F300" w:rsidR="004F13C3" w:rsidRDefault="004F13C3" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve"> S10 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">) less than or equal to the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">GVM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>rating (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C4D2312" w14:textId="53B50AC5" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1665382069"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26473299" w14:textId="77777777" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="495151416"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004F13C3" w:rsidRPr="00E42D1E" w14:paraId="1AE4B2BF" w14:textId="77777777" w:rsidTr="004C0269">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="379" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1394B72A" w14:textId="3B6B6B2F" w:rsidR="004F13C3" w:rsidRPr="00E413E8" w:rsidRDefault="004C0269" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8827" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4B4387E5" w14:textId="3E626FC1" w:rsidR="004F13C3" w:rsidRDefault="004F13C3" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve"> S10 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">ass </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(D6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>) less than or equal to the</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5095">
+              <w:t>Total Laden S10 Condition</w:t>
+            </w:r>
+            <w:r w:rsidR="00F350C6">
+              <w:t>al</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002B5095">
+              <w:t xml:space="preserve"> Mass Limit</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> (D8)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="78C13A86" w14:textId="2F238776" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-115764771"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="27EF1AD2" w14:textId="3B542F70" w:rsidR="004F13C3" w:rsidRDefault="00000000" w:rsidP="004F13C3">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="426617258"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="004F13C3" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="5D266569" w14:textId="4B9FF3B9" w:rsidR="00FF0B40" w:rsidRDefault="00FF0B40" w:rsidP="00FF0B40">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="003454B6">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>S10 Livestock Loading Modification Plate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C72C5FF" w14:textId="7C4D2A3C" w:rsidR="00FF0B40" w:rsidRDefault="00FF0B40" w:rsidP="005C3F07">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Vehicle </w:t>
+      </w:r>
+      <w:r w:rsidR="00B438E6">
+        <w:t>M</w:t>
+      </w:r>
+      <w:r>
+        <w:t>anufacture</w:t>
+      </w:r>
+      <w:r w:rsidR="00B438E6">
+        <w:t>r's</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Plate</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10094"/>
+        <w:gridCol w:w="5047"/>
+        <w:gridCol w:w="5047"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A129E8" w14:paraId="7899FA8E" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00074860" w:rsidRPr="00074860" w14:paraId="2B635079" w14:textId="77777777" w:rsidTr="005C5157">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-[...5 lines deleted...]
-                <w:b/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4A2292B7" w14:textId="073E2273" w:rsidR="00FF0B40" w:rsidRPr="00074860" w:rsidRDefault="005C43DE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...4 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00074860">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Vehicle Manufacturer's </w:t>
+            </w:r>
+            <w:r w:rsidR="00592C6C" w:rsidRPr="00074860">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Plate </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00074860">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t>Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="6F0DE9AB" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00FF0B40" w14:paraId="723B8E61" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="5484"/>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="462E08A1" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="00F44984">
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="11177891" w14:textId="77777777" w:rsidR="004F61BE" w:rsidRPr="004F61BE" w:rsidRDefault="004F61BE" w:rsidP="004F61BE">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Record information from the vehicle manufacturer’s rating plate, affixed to the cabin by the manufacturer. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="580C7D9B" w14:textId="5794A364" w:rsidR="00FF0B40" w:rsidRPr="004F61BE" w:rsidRDefault="004F61BE" w:rsidP="004F61BE">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Where the vehicle has been assessed/modified/re-rated and approved in accordance with VS</w:t>
+            </w:r>
+            <w:r w:rsidR="0081274D">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="0083615D">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, use the information from the </w:t>
+            </w:r>
+            <w:r w:rsidR="0083615D">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSB 6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>modification plate. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF3EC6" w14:paraId="7A360E83" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA55B9F" w14:textId="331A2F80" w:rsidR="00FF3EC6" w:rsidRDefault="00FF3EC6">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Manufacturer Make/Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B8D0FC" w14:textId="77777777" w:rsidR="00FF3EC6" w:rsidRPr="0098376C" w:rsidRDefault="00FF3EC6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00A175B8" w14:paraId="7F73CE1C" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00FF0B40" w14:paraId="6FFE6C0D" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D20EBB" w14:textId="7610AA6F" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="00247D63">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Maximum Front Axle Group </w:t>
+            </w:r>
+            <w:r w:rsidR="004E6E32">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="228C0090" w14:textId="2C1F6BFA" w:rsidR="00FF0B40" w:rsidRPr="0098376C" w:rsidRDefault="00F44415">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="3ECC5370" w14:textId="77777777" w:rsidTr="00030DC2">
+      <w:tr w:rsidR="00FF0B40" w14:paraId="0E05D46E" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
-          <w:trHeight w:val="5047"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="18B6FB1D" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="00F44984">
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E842377" w14:textId="077B6EB9" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="004E6E32">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Front Axle Group Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E513FB4" w14:textId="263E6D4A" w:rsidR="00FF0B40" w:rsidRPr="0098376C" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00A175B8" w14:paraId="6FA7F195" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00FF0B40" w14:paraId="16F7F840" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="10B33324" w14:textId="045B8705" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="0098376C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
+                <w:bCs/>
               </w:rPr>
               <w:lastRenderedPageBreak/>
-              <w:t>D</w:t>
-[...111 lines deleted...]
-              <w:t>:</w:t>
+              <w:t>Front Axle Group Tyre Capacity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="45BDA1E0" w14:textId="1C0A2C32" w:rsidR="00FF0B40" w:rsidRPr="0098376C" w:rsidRDefault="00F44415">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w14:paraId="2B80F371" w14:textId="77777777" w:rsidTr="00236814">
+      <w:tr w:rsidR="00FF0B40" w14:paraId="318FC811" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
-          <w:trHeight w:val="6259"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="18EBDCC3" w14:textId="77777777" w:rsidR="00A129E8" w:rsidRDefault="00A129E8" w:rsidP="00F44984">
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="41FB7BFA" w14:textId="5C2DB9FE" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="0098376C">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Maximum Rear Axle Group Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="67CFFFA8" w14:textId="693AA2CD" w:rsidR="00FF0B40" w:rsidRPr="0098376C" w:rsidRDefault="00F44415">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A129E8" w:rsidRPr="00A175B8" w14:paraId="06B2EDE5" w14:textId="77777777" w:rsidTr="008532E1">
+      <w:tr w:rsidR="00C675B6" w14:paraId="32A106AC" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="73FB0D90" w14:textId="1CB1A093" w:rsidR="00C675B6" w:rsidRPr="00E9216E" w:rsidRDefault="00C675B6" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...35 lines deleted...]
-            </w:r>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="014441E8" w14:textId="0C12D863" w:rsidR="00C675B6" w:rsidRPr="0098376C" w:rsidRDefault="00C675B6" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BD0D1D" w:rsidRPr="00A175B8" w14:paraId="1DE56324" w14:textId="77777777" w:rsidTr="00236814">
+      <w:tr w:rsidR="00C675B6" w14:paraId="751E8974" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
-          <w:trHeight w:val="6866"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...10 lines deleted...]
-            </w:pPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="6689C076" w14:textId="6F2BBC86" w:rsidR="00C675B6" w:rsidRPr="00E9216E" w:rsidRDefault="00C675B6" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group Tyre Capacity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA95B40" w14:textId="28CD9F70" w:rsidR="00C675B6" w:rsidRPr="0098376C" w:rsidRDefault="00F44415" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003801A4" w14:paraId="76881CEB" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="01B8C5C4" w14:textId="770C73E4" w:rsidR="003801A4" w:rsidRDefault="003801A4" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tare Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2887A315" w14:textId="7BD788A3" w:rsidR="003801A4" w:rsidRDefault="00F44415" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C675B6" w14:paraId="3712BD44" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F8C13DD" w14:textId="4BF777EB" w:rsidR="00C675B6" w:rsidRPr="00E9216E" w:rsidRDefault="00C675B6" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gross Vehicle Mass (GVM) Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00010473">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B1)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2BE2CE57" w14:textId="45A4775D" w:rsidR="00C675B6" w:rsidRPr="0098376C" w:rsidRDefault="00F44415" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C675B6" w14:paraId="6395E52A" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="64F3B57D" w14:textId="7F316651" w:rsidR="00C675B6" w:rsidRPr="00E9216E" w:rsidRDefault="00DD3A47" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Gross Combination Mass (GCM) Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00010473">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="748669CD" w14:textId="1209B72B" w:rsidR="00C675B6" w:rsidRPr="0098376C" w:rsidRDefault="00F44415" w:rsidP="00C675B6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="667E628B" w14:textId="171D478C" w:rsidR="00792978" w:rsidRPr="00F44984" w:rsidRDefault="00A129E8">
+    <w:p w14:paraId="250D5FDD" w14:textId="46BB9AC1" w:rsidR="00FF0B40" w:rsidRDefault="0083615D" w:rsidP="005C3F07">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Part C</w:t>
+        <w:t xml:space="preserve">S10 </w:t>
       </w:r>
-      <w:r w:rsidR="00714402">
-[...15 lines deleted...]
-        <w:t>rime mover)</w:t>
+      <w:r w:rsidR="00FF0B40">
+        <w:t>Modification Plate Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6041"/>
-        <w:gridCol w:w="4053"/>
+        <w:gridCol w:w="5047"/>
+        <w:gridCol w:w="5047"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00792978" w14:paraId="5E8A9CB6" w14:textId="77777777" w:rsidTr="00FA325A">
+      <w:tr w:rsidR="00AC2949" w:rsidRPr="00AC2949" w14:paraId="1FFEA870" w14:textId="77777777" w:rsidTr="005C5157">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...28 lines deleted...]
-              <w:t xml:space="preserve"> through the prime mover’s fifth wheel </w:t>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D235849" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRPr="00AC2949" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC2949">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S10 Livestock Loading Plate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="005C3F31" w14:paraId="15EAD851" w14:textId="77777777" w:rsidTr="002B5D72">
+      <w:tr w:rsidR="00FF0B40" w14:paraId="63A0EA22" w14:textId="77777777">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...54 lines deleted...]
-            <w:r w:rsidR="00152CF3" w:rsidRPr="002B5D72">
+          </w:tcPr>
+          <w:p w14:paraId="56A791A7" w14:textId="77777777" w:rsidR="00940C62" w:rsidRPr="00CE1577" w:rsidRDefault="00940C62" w:rsidP="00940C62">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Record information below for the relevant fields of the S10 modification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F7C98">
+              <w:t xml:space="preserve"> plate</w:t>
+            </w:r>
+            <w:r>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1B2271CB" w14:textId="1A1D7B04" w:rsidR="00D32A4D" w:rsidRDefault="00D32A4D" w:rsidP="002B5D72">
-[...43 lines deleted...]
-              <w:t>.</w:t>
+          <w:p w14:paraId="758B92C0" w14:textId="77777777" w:rsidR="00940C62" w:rsidRPr="00AF2BB6" w:rsidRDefault="00940C62" w:rsidP="00940C62">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Duplicate the below information on the livestock loading S10 plate (maroon in colour). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4DD1F4F0" w14:textId="5883C947" w:rsidR="00FF0B40" w:rsidRPr="00AF2BB6" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Affix the plate to the </w:t>
+            </w:r>
+            <w:r w:rsidR="009D396C">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in a location that is easily visible and accessible.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0AAE813E" w14:textId="05D1E3B8" w:rsidR="00FF0B40" w:rsidRPr="00BF2FE7" w:rsidRDefault="007771B1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ll </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>unused</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fields on the Livestock loading (S10) Plate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013590B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blanked out with three (3), or more, ‘X’ (For example: ‘XXX’)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00792978" w:rsidRPr="00C23B68" w14:paraId="035B2AB8" w14:textId="77777777" w:rsidTr="00FA325A">
+      <w:tr w:rsidR="00FF0B40" w14:paraId="0EA0CB90" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F43068D" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...90 lines deleted...]
-          <w:p w14:paraId="62EB990B" w14:textId="77777777" w:rsidR="00792978" w:rsidRPr="00F44984" w:rsidRDefault="00792978" w:rsidP="00FA325A">
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle Identification Number (VIN)/Chassis Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="395F0DCA" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRDefault="00FF0B40">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...8 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00792978" w14:paraId="06A94EFE" w14:textId="77777777" w:rsidTr="00FA325A">
+      <w:tr w:rsidR="00FF0B40" w14:paraId="7DD80A71" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="49AE0A3C" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...82 lines deleted...]
-          <w:p w14:paraId="38B4AEF9" w14:textId="77777777" w:rsidR="00792978" w:rsidRPr="00F44984" w:rsidRDefault="00792978" w:rsidP="00FA325A">
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Approved Vehicle Examiner Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34CB7F1B" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRDefault="00FF0B40">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...5 lines deleted...]
-                <w:b/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0B40" w14:paraId="4A265B73" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="641596DF" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B49D2BD" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0B40" w14:paraId="5A6472E6" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="3C8F2CDC" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9216E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB8C4D8" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0B40" w14:paraId="2A19A2FD" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A98D8FD" w14:textId="60E6D631" w:rsidR="00FF0B40" w:rsidRPr="005D6510" w:rsidRDefault="005D6510">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D6510">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D51D2C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="005D6510">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="34C95048" w14:textId="409713BD" w:rsidR="00FF0B40" w:rsidRDefault="00F44415">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D6510" w14:paraId="1FCED98E" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="348E8CAB" w14:textId="2064058E" w:rsidR="005D6510" w:rsidRPr="005D6510" w:rsidRDefault="005D6510" w:rsidP="005D6510">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="005D6510">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Front Axle Group S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D51D2C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00691FB5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BB73DE8" w14:textId="05C526CC" w:rsidR="005D6510" w:rsidRPr="006D0C70" w:rsidRDefault="00F44415" w:rsidP="005D6510">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005D6510" w14:paraId="3EA96916" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D7CE21E" w14:textId="33FBB329" w:rsidR="005D6510" w:rsidRPr="00691FB5" w:rsidRDefault="005D6510" w:rsidP="005D6510">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00691FB5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Rear Axle Group S10 Laden Mass:</w:t>
+            </w:r>
+            <w:r w:rsidR="00691FB5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00691FB5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00D51D2C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D5</w:t>
+            </w:r>
+            <w:r w:rsidR="00691FB5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AFB8852" w14:textId="27C7558E" w:rsidR="005D6510" w:rsidRPr="006D0C70" w:rsidRDefault="00F44415" w:rsidP="005D6510">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0B40" w14:paraId="35D95045" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="04314CC9" w14:textId="2313E91F" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="00A03347">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Front Axle Group </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0B40">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">S10 Tyre Size/Load </w:t>
+            </w:r>
+            <w:r w:rsidR="001E4739">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF0B40">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="0081274D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="0086501D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="0081274D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="006E792E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="725B5BAF" w14:textId="77777777" w:rsidR="00FF0B40" w:rsidRPr="006D0C70" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A03347" w14:paraId="6957C77E" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C471846" w14:textId="0DF1CC6A" w:rsidR="00A03347" w:rsidRDefault="00A03347">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group S10 Tyre</w:t>
+            </w:r>
+            <w:r w:rsidR="004B5C83">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Size/Load </w:t>
+            </w:r>
+            <w:r w:rsidR="001E4739">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="004B5C83">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>: (</w:t>
+            </w:r>
+            <w:r w:rsidR="0081274D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B306EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="006E792E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00B306EF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="004B5C83">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E7B401F" w14:textId="77777777" w:rsidR="00A03347" w:rsidRPr="006D0C70" w:rsidRDefault="00A03347">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FF0B40" w14:paraId="2C61DDCE" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="6CE93F1B" w14:textId="45D3C114" w:rsidR="00FF0B40" w:rsidRPr="00E9216E" w:rsidRDefault="00FF0B40">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="004C257C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">otal Vehicle </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Unladen Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="00D51D2C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B26D90E" w14:textId="582DC2E6" w:rsidR="00FF0B40" w:rsidRPr="00EE748D" w:rsidRDefault="00F44415">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="45BD60EF" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRPr="00F44984" w:rsidRDefault="00282BE8" w:rsidP="00282BE8">
+    <w:p w14:paraId="0D502A61" w14:textId="5E08BC98" w:rsidR="00960F49" w:rsidRPr="008043AC" w:rsidRDefault="00960F49" w:rsidP="00960F49">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00FF4100">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>G</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2E1E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="003B2E1E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Authorisation &amp; Declaration</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="57768DC6" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t xml:space="preserve">Part D - </w:t>
-[...2367 lines deleted...]
-        <w:t>AVE authorisation</w:t>
+        <w:t>AVE Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4141"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="1460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00282BE8" w14:paraId="78510497" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00187246" w:rsidRPr="00187246" w14:paraId="303D4995" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="215295FE" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRPr="00764716" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7A29CA28" w14:textId="77777777" w:rsidR="00960F49" w:rsidRPr="00187246" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00B8055C">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00187246">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
               <w:t>Declaration by certifier (AVE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="045FB33C" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00960F49" w14:paraId="43BC3C02" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="572A1475" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="3A3CA615" w14:textId="6C87234A" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00764716">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>I am the Approved Person who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
+              <w:t xml:space="preserve">I am the Approved </w:t>
+            </w:r>
+            <w:r w:rsidR="0083615D">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle Examiner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00764716">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="59693802" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00960F49" w14:paraId="52D6D0B1" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="666BB965" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="27570466" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Issued </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3A8D">
               <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4DB44529" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="50509791" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="17CE1E33" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="3ED37FB3" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">AVE </w:t>
             </w:r>
             <w:r>
               <w:t>no.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="3D8F06FF" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00960F49" w14:paraId="32FF9600" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="34968862" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1610E7E7" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="0DFAE169" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="219D34FA" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="6CA62965" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27062D2B" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="09291B82" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00960F49" w14:paraId="78B2AEE4" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="330C2F7E" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="122A4D81" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7586B9DB" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="7BEBF69F" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="4C94F288" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="26612AC6" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="1BB1BA7E" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00960F49" w14:paraId="42BCB7B0" w14:textId="77777777">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="09110460" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="79EC4D2C" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="6CE1888D" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="795983FF" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23407379" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="7A29C6F1" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7A9AB229" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="2FC20EC0" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0C4C4752" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00282BE8">
+    <w:p w14:paraId="5CDFAFE8" w14:textId="77777777" w:rsidR="00960F49" w:rsidRPr="00A30609" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
-      <w:r>
-        <w:t>Owner/vehicle supplier authorisation</w:t>
+      <w:r w:rsidRPr="00A30609">
+        <w:t>Owner/supplier Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4946" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4138"/>
         <w:gridCol w:w="4536"/>
-        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="88"/>
+        <w:gridCol w:w="1387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00282BE8" w14:paraId="1D12A755" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00187246" w:rsidRPr="00187246" w14:paraId="2D88853A" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10149" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6558DC92" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRPr="003B5897" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="0C6C3060" w14:textId="77777777" w:rsidR="00960F49" w:rsidRPr="00187246" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:ind w:right="-33"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00187246">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">As the </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-18471800"/>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
+                <w:id w:val="299198410"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00187246">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidRPr="00187246">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00187246">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>o</w:t>
-[...10 lines deleted...]
-                <w:b/>
+              <w:t>Owner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00187246">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-885322839"/>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
+                <w:id w:val="2041322485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="00187246">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00187246">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="00187246">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
-              <w:t>s</w:t>
-[...84 lines deleted...]
-              <w:t xml:space="preserve"> mentioned above to complete the S10 approval of this vehicle in this build state/configuration.</w:t>
+              <w:t>Supplier</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00187246">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (select applicable) of the vehicle described in this form, I declare that the vehicle specifications and vehicle equipment detailed herein are representative of the vehicle as it will enter into service and that I have enlisted the services of the AVE mentioned above to complete the S10 approval of this vehicle in this build state/configuration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="2527274A" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00960F49" w14:paraId="25837852" w14:textId="77777777" w:rsidTr="005C3F07">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6FAA16A2" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="696BDE4E" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6011" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6A3C472D" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Company (if applicable):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00960F49" w14:paraId="59DC04B7" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FAB95A4" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="6011" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="349882BB" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C3F07" w14:paraId="701BBC0E" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8762" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="54E764D2" w14:textId="29BA236D" w:rsidR="005C3F07" w:rsidRDefault="005C3F07" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="68ADD6F1" w14:textId="575D19F8" w:rsidR="005C3F07" w:rsidRDefault="005C3F07" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Postcode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005C3F07" w14:paraId="70979CBB" w14:textId="77777777" w:rsidTr="00F01D56">
+        <w:trPr>
+          <w:trHeight w:val="580"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8762" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4E136B53" w14:textId="77777777" w:rsidR="005C3F07" w:rsidRDefault="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="730A637D" w14:textId="31DEDEBB" w:rsidR="005C3F07" w:rsidRDefault="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00960F49" w14:paraId="51475E38" w14:textId="77777777" w:rsidTr="005C3F07">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="0364A88D" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Signed:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="47A2CB04" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Telephone:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="6B332BE0" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="4B532F38" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49" w:rsidP="005C3F07">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company (if applicable):</w:t>
+              <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00282BE8" w14:paraId="7D305F3C" w14:textId="77777777" w:rsidTr="00307ADB">
+      <w:tr w:rsidR="00960F49" w14:paraId="4E741B50" w14:textId="77777777" w:rsidTr="00F01D56">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="297"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A1AFF8C" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="39F6733E" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-        </w:tc>
-[...2 lines deleted...]
-            <w:tcW w:w="6011" w:type="dxa"/>
+          <w:p w14:paraId="3EAFF6C1" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7F9A0CCC" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28CA8A82" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
-[...171 lines deleted...]
-          <w:p w14:paraId="588D7912" w14:textId="77777777" w:rsidR="00282BE8" w:rsidRDefault="00282BE8" w:rsidP="00307ADB">
+          <w:p w14:paraId="53E9E146" w14:textId="77777777" w:rsidR="00960F49" w:rsidRDefault="00960F49">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
-        <w:tc>
-[...19 lines deleted...]
-        </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="099478CA" w14:textId="77777777" w:rsidR="008843EF" w:rsidRPr="00714402" w:rsidRDefault="008843EF" w:rsidP="00714402">
+    <w:p w14:paraId="3B286EAA" w14:textId="104671FA" w:rsidR="005167EE" w:rsidRDefault="005167EE" w:rsidP="00F01D56">
       <w:pPr>
-        <w:spacing w:before="0" w:line="276" w:lineRule="auto"/>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
-          <w:sz w:val="4"/>
           <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008843EF" w:rsidRPr="00714402" w:rsidSect="00BA31F7">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:p w14:paraId="56B2C941" w14:textId="77777777" w:rsidR="005167EE" w:rsidRDefault="005167EE">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="005167EE" w:rsidSect="00D46151">
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3FFD21CB" w14:textId="6B973BA1" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C24D53">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Prime Mover</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="003E073B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prime Mover</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D064E1F" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpc">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251661312" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4C0500D5" wp14:editId="3B502A40">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>635</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>84455</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9705340" cy="2713355"/>
+                <wp:effectExtent l="0" t="0" r="10160" b="10795"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21534"/>
+                    <wp:lineTo x="21580" y="21534"/>
+                    <wp:lineTo x="21580" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="151923982" name="Canvas 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
+                    <wpc:wpc>
+                      <wpc:bg>
+                        <a:noFill/>
+                      </wpc:bg>
+                      <wpc:whole>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wpc:whole>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1840301151" name="Picture 1840301151"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId15"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="1500084" y="113755"/>
+                            <a:ext cx="4764116" cy="2180760"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="1233021846" name="Picture 1233021846"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId16"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="6997299" y="125593"/>
+                            <a:ext cx="2656293" cy="1655440"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="1122337362" name="Straight Connector 1122337362"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipV="1">
+                            <a:off x="1976117" y="1762523"/>
+                            <a:ext cx="0" cy="843544"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="625513651" name="Straight Arrow Connector 625513651"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="1976117" y="2516711"/>
+                            <a:ext cx="3277664" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                            <a:headEnd type="stealth" w="lg" len="med"/>
+                            <a:tailEnd type="stealth" w="lg" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="1776005037" name="Straight Arrow Connector 1776005037"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4596746" y="1599783"/>
+                            <a:ext cx="343535" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                            <a:headEnd type="none" w="lg" len="med"/>
+                            <a:tailEnd type="stealth" w="lg" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="358751458" name="Straight Arrow Connector 358751458"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="5248390" y="1592798"/>
+                            <a:ext cx="343535" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                            <a:headEnd type="stealth" w="lg" len="med"/>
+                            <a:tailEnd type="none" w="lg" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="1929136559" name="Straight Connector 1929136559"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipV="1">
+                            <a:off x="4934566" y="1493738"/>
+                            <a:ext cx="5080" cy="403860"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="297085317" name="Text Box 2"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="2992913" y="2407965"/>
+                            <a:ext cx="1067435" cy="238125"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="22FF4192" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+                              <w:pPr>
+                                <w:spacing w:before="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>Wheelbase</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="1105093054" name="Text Box 2"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="5591925" y="1493738"/>
+                            <a:ext cx="343049" cy="238125"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="07260E93" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+                              <w:pPr>
+                                <w:spacing w:before="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>D</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="497019352" name="Straight Connector 497019352"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipV="1">
+                            <a:off x="5240134" y="1541541"/>
+                            <a:ext cx="0" cy="1054671"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="1287261726" name="Arrow: Down 1287261726"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4839170" y="1111686"/>
+                            <a:ext cx="204470" cy="415925"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="downArrow">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFC000"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="2">
+                            <a:schemeClr val="accent1">
+                              <a:shade val="15000"/>
+                            </a:schemeClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="lt1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="203735227" name="Text Box 2"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3995890" y="712289"/>
+                            <a:ext cx="843280" cy="494719"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="45AA98E5" w14:textId="20D462F5" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+                              <w:pPr>
+                                <w:spacing w:before="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>15,000kg Load on Fifth Wheel (</w:t>
+                              </w:r>
+                              <w:r w:rsidR="003E74BC">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>M</w:t>
+                              </w:r>
+                              <w:r w:rsidR="003E74BC" w:rsidRPr="003E74BC">
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                  <w:vertAlign w:val="subscript"/>
+                                </w:rPr>
+                                <w:t>Semi</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="1659212571" name="Rectangle 1659212571"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="3925018" y="1663742"/>
+                            <a:ext cx="629730" cy="409575"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="2">
+                            <a:schemeClr val="accent1">
+                              <a:shade val="15000"/>
+                            </a:schemeClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="lt1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="336A8FBC" w14:textId="77777777" w:rsidR="00BD6941" w:rsidRDefault="00BD6941" w:rsidP="004E79DF">
+                              <w:pPr>
+                                <w:spacing w:before="0" w:after="240"/>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:sz w:val="14"/>
+                                  <w:szCs w:val="14"/>
+                                </w:rPr>
+                                <w:t>Toolbox</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vert="vert270" wrap="square" lIns="91440" tIns="0" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="20456371" name="Picture 20456371" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId17" cstate="print">
+                            <a:extLst>
+                              <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                              </a:ext>
+                            </a:extLst>
+                          </a:blip>
+                          <a:srcRect/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4119959" y="1736767"/>
+                            <a:ext cx="255270" cy="254635"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:noFill/>
+                          <a:extLst>
+                            <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                              <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                <a:solidFill>
+                                  <a:srgbClr val="FFFFFF"/>
+                                </a:solidFill>
+                              </a14:hiddenFill>
+                            </a:ext>
+                          </a:extLst>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wps:wsp>
+                        <wps:cNvPr id="643117165" name="Straight Connector 643117165"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm flipV="1">
+                            <a:off x="4243784" y="1691047"/>
+                            <a:ext cx="0" cy="720571"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="line">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="1326350978" name="Arrow: Down 1326350978"/>
+                        <wps:cNvSpPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4141549" y="2004102"/>
+                            <a:ext cx="204470" cy="233680"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="downArrow">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFC000"/>
+                          </a:solidFill>
+                          <a:ln>
+                            <a:solidFill>
+                              <a:schemeClr val="tx1"/>
+                            </a:solidFill>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="2">
+                            <a:schemeClr val="accent1">
+                              <a:shade val="15000"/>
+                            </a:schemeClr>
+                          </a:lnRef>
+                          <a:fillRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="lt1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                          <a:prstTxWarp prst="textNoShape">
+                            <a:avLst/>
+                          </a:prstTxWarp>
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="298882000" name="Straight Arrow Connector 298882000"/>
+                        <wps:cNvCnPr/>
+                        <wps:spPr>
+                          <a:xfrm>
+                            <a:off x="4235518" y="2309451"/>
+                            <a:ext cx="1012122" cy="0"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="straightConnector1">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                            <a:headEnd type="stealth" w="lg" len="med"/>
+                            <a:tailEnd type="stealth" w="lg" len="med"/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:style>
+                          <a:lnRef idx="1">
+                            <a:schemeClr val="accent1"/>
+                          </a:lnRef>
+                          <a:fillRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:fillRef>
+                          <a:effectRef idx="0">
+                            <a:schemeClr val="accent1"/>
+                          </a:effectRef>
+                          <a:fontRef idx="minor">
+                            <a:schemeClr val="tx1"/>
+                          </a:fontRef>
+                        </wps:style>
+                        <wps:bodyPr/>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="194107831" name="Text Box 2"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="4501837" y="2182451"/>
+                            <a:ext cx="517525" cy="264795"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FF0000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="244C26FD" w14:textId="77777777" w:rsidR="00B47E1E" w:rsidRDefault="00B47E1E" w:rsidP="00B47E1E">
+                              <w:pPr>
+                                <w:spacing w:before="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>D</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:position w:val="-4"/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                  <w:vertAlign w:val="subscript"/>
+                                </w:rPr>
+                                <w:t>Toolbox</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                      <wps:wsp>
+                        <wps:cNvPr id="1691400822" name="Text Box 2"/>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm>
+                            <a:off x="3027975" y="2053546"/>
+                            <a:ext cx="843280" cy="255905"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:solidFill>
+                            <a:srgbClr val="FFFFFF"/>
+                          </a:solidFill>
+                          <a:ln w="19050">
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:miter lim="800000"/>
+                            <a:headEnd/>
+                            <a:tailEnd/>
+                          </a:ln>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="3204AEDB" w14:textId="77777777" w:rsidR="00DC78A2" w:rsidRDefault="00DC78A2" w:rsidP="00DC78A2">
+                              <w:pPr>
+                                <w:spacing w:before="0"/>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>100kg (M</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:position w:val="-4"/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                  <w:vertAlign w:val="subscript"/>
+                                </w:rPr>
+                                <w:t>Toolbox</w:t>
+                              </w:r>
+                              <w:r>
+                                <w:rPr>
+                                  <w:b/>
+                                  <w:bCs/>
+                                  <w:sz w:val="16"/>
+                                  <w:szCs w:val="16"/>
+                                </w:rPr>
+                                <w:t>)</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                          <a:noAutofit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </wpc:wpc>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="4C0500D5" id="Canvas 1" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;margin-left:.05pt;margin-top:6.65pt;width:764.2pt;height:213.65pt;z-index:-251655168;mso-width-relative:margin;mso-height-relative:margin" coordsize="97053,27133" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDv25P3EwkAAK86AAAOAAAAZHJzL2Uyb0RvYy54bWzsW1tz2zYWft+Z/Q8Y&#10;PfQtEcE7tXE6rrPOZCZNPXW2fYYoyuKWJLggbcn99f0OCF4kS5btOrG9lseWQQEEcTmX73w4fPfj&#10;Ks/YVaKqVBZHI/7WGrGkiOUsLS6ORv/5evomHLGqFsVMZLJIjkbXSTX68f0///FuWU4SWy5kNksU&#10;QydFNVmWR6NFXZeT8biKF0kuqreyTApUzqXKRY1LdTGeKbFE73k2ti3LHy+lmpVKxklV4dsPTeXo&#10;ve5/Pk/i+pf5vEpqlh2NMLZafyr9OaXP8ft3YnKhRLlIYzMM8YBR5CIt8NCuqw+iFuxSpTe6ytNY&#10;yUrO67exzMdyPk/jRM8Bs+HWxmxORHElKj2ZGKvTDhClR+x3ekHjLuRpmmVYjTF6n9B39H+J/Umo&#10;OivYEttrB5alp1nJLJ3RHVRZqYvpSabYlaBFtn6yTvW6jlHTN8NVVpjuTbdlGk/wZ5YdpRuz2r/9&#10;uKu+VMnIdJLfqY9cqD8uyzfYgVLU6TTN0vpaSxPmRoMqrs7S+Ew1F/GXqzPF0hmmH7qWY3Hu8REr&#10;RA5pRjN6OhvUYAmpC7qr6UPQHD/L+I+KFfJkIYqL5LgqIZjokMRvvN5cX64NYJqlZbvUVDZThRDv&#10;V5ZGwD7I+DJPirrRGJVkmLUsqkVaViOmJkk+TTA99WmmB4Rtq1VSxwva2zn2+FcMlgY6qNCj7AdG&#10;U6hKWjExWc1VTv/xaLbCHD3LskJ3xK5R5k7geY3OJauaxah3A9/l3B+xGA1sHlqB30pP21Opqvpj&#10;InNGBYwTw9FCKK4+V2ZgbROznM1Y9CAxtGZHUHg5kmY7joXFcLEuG5LW17xoSbMbKXhMSfOjKLCj&#10;qJE02/MiZ13SbN/zbXypJY37nue6jy9pyxJ+rGp1FFc3tPReHuB8IcoEwk7dDgwRtyEGgePbrXic&#10;10qkF4uanciigH5IxXjfCJJiOjgpzpS5Guorm8Ou/EYGaai5UeBzHjTrGfi2Z28sKPwpKW3oOlhK&#10;WmtYiB06m6UFTUNMtups518iy9vnX05PYU/afdvqXypjimjKVX3dOrBfkzmsOFkkPRCNMJLObYk4&#10;hoFsDDINB61puI35MzeaoRE02XWjaU+3Jhp9dE+9w83dHfrJsqi7m/O0kGrbsOtVO+R50x6bMJg3&#10;Fadydq03XVdANhth+OZCCoHxuOP3zrKT0WOl5HIgqX3LvYJKK9M6loF42h73A268V+tZHDsIfB+e&#10;h4S0lZgd8gk7pPWnU59GSL6ZtIrJIhGzfxczVl+XABJVnYisXowIZWUXI5YlQNN5MmssWC3S7G5t&#10;e5R10IJO+59SCzhk0IJVc2BHG0++Uw0GTe+jB64X+QEBBQJYHnxguGGmHdhnx3sRalAgRjzowMB3&#10;/F94AscLA4+7HqiAPSrQt7yPBni2GzoR0EijAXYQhevI7wVpwH0cwU5tOXgBjZ2eDxbikR0RFvIQ&#10;nWyoQIc42KDRXunfCtjdyHE933gCXATOhh54VmgwO4iMcF+cfcDsrw6z21FghZ5DQV8jpl8JTP8k&#10;V0zH6wSkEIWeg+lh9Qpfd8FUuUFwEcInhIvwtwlQBrc28QeFn2y6/FnOAH/FZS11eNPCc4PxEc6T&#10;4mjLbrtWEPkb7BG3gH1acGM7Ibd1g92B6O3k0RpjiYshsXmqf0yYOwg8HyN4FZM8rcGDZ2mOeJoC&#10;XB2vdFEC7IGYmCgA5e32vV5NV8ZwNDEfUxJ0GTQe/DwKC6n+BLgC141443+XgljT7FOBLYo4USGs&#10;1heuF9i4UMOa6bBGFDG6OhrVI9YUT2pNqNMYC3mMrZynmpbrcbexxN8v+OQcmDtyLA/h37OQZJh+&#10;2HegcMIo22wzMIrlwj1oGvQgyA3hTtrWS9ErlmcXhplHjncb4de3MasGU30fvg8w2uKOYeo9l+N3&#10;HUYb7ADVcsG2GEvYWuyWgTck/QE8vDrwwO0wsH2Ov9bmaqJvwj7IZcEGtb14EpIwV0M6esDyUWTH&#10;A0ge2U38+KG/LpS25bpUT3YTMks2Fj3uBgAzDEaP6zY6es29b6CAk630c3O6uYkf1qninqwd9L/d&#10;l2/jre1tBHDLW9OSVQsxS5pTWH3qZhaiY7oNcNhGbd+BE//e1HbWsfF7qO3OLVRlfJriiPCzqOoz&#10;oXCOD7l4XOxTXOYnEqfcOAHG03QRz1B11hbnSua/IyXhmBAXqlqwFNeqvTBwiSGpIU6Oj3Wz5ij6&#10;c3FOR/vNZpBB/br6XajSmNQaWPyLbE+EbhylNG2fEwizwXrCZdnPJZpwosgLDU8U4HQsjNZNCQ6y&#10;7C5AjtyA6/rdpuSpY4ldluiRYgkNwbq47xBS+HAuiC+BfExIQXkRSOfIkP/R193HuTnwVhYHLUrO&#10;zfedwDXH4u0RFs6rA6d1blbkBXuc2+0S2ZwM6jQNAtUHHzO6g4+hqFprgj5V2RKM3OJ1yPcgZeoO&#10;QTc5kZ0B94OdzmaE/qQuh3KEXlIODoClB5XstP3M5Hr138+SKgbzcYLEAXA3v8zZRyWukErGPsXI&#10;rmJv2KlKEnb+20f2g8jLf7GzLx/Zlsa5uEio9Rd5WTB2puR/KcEJdoRW7GXmkVGSDbI+a1B7pUoL&#10;PRui02IymZgZyg9NMdvLGSKbDH7epAEhRybwg3U3j7wErZSaaUEoC/rw1ojhdqM6TJ2kDWvimD71&#10;jCzGt8+1cB1k6sALta7p/GY+kN+16V3UfegB13adoE3k8yNuuRvravwU2EPykbcu6YEdeH3sgGND&#10;0yykJ7QyusYO9LW9dN6BHeBEUzW6jmxwl1sbAGrIDiBlzge8v1UwD+zAgR14+MnIg4Haq2QHojAM&#10;obRwGxtH4pv5gXbXsrcNOzzXkDm0HSQgNsGV7ViRi0xE3I/kGpN5zi2OeA6M+iE/8JAl+1RZsjyC&#10;00LKXhdmPPGJu0uEBCUrgpLACwj2Da3xeODROaZGz74bRH8TPQ+ocIoQBm8SvYgDd00N6OT3LdTA&#10;43LPLZW8GdU/J8qXIzBw8b4PmdVnce7uWEgHBG2m5dlCHiwyZde8wJD0pZdGrGcuz9+D9NVL8Nzl&#10;Wb+oiJcU9amWeYOTXrscXqM8fM/0/V8AAAD//wMAUEsDBAoAAAAAAAAAIQAEP+YmuVYBALlWAQAU&#10;AAAAZHJzL21lZGlhL2ltYWdlMS5wbmeJUE5HDQoaCgAAAA1JSERSAAACOAAAAQQIBgAAACUlTr0A&#10;AAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAOwwAADsMBx2+oZAAA/6VJREFU&#10;eF7s/WezJUl2HYjuIyLi6HOuzrwpS2SJ1tAEAQ5IkCAIgAQ5NmPGrzTjH+FvGMrhPL6Zoc0jSHCe&#10;vWdj71GABAE0CJAtUdVd1V1dVZmVOvPqo7WYvdZ2j3PuzVuigQZRN8tX5roR4aE8POLEXrF9u3tm&#10;oZCAgABiMpnIe++9J0+ePOXySy+9KNevX5dsNsvlgICAgICLgfDWDghwgLjpdrty//4DuX37Nnl8&#10;fOLWBgQEBARcJASBExAQEBAQEPDcIQicgM885vM5ee/ePfnGN74h3/zmN+TNN98k79+/F6qnAgIC&#10;Ai4gwps74DOP2WxGQuC8+eZ35IMP7srBwWHKgICAgICLhyBwAj7z8ALnvffel9u378hgMHRrRKbT&#10;qZsLCAgICLhICAIn4DONfr8vh4eHJFpOoU1hLpeXTCZDzuehkWFAQEDARUQQOAEBAQEBAQHPHYLA&#10;CfhM4/3335c//MM/JHv9vmxub0uhkAi6hwLhxQkICAgIuHgIAifgMwm0mkLczZ07d+Q73/0uCayv&#10;r0ucJGkVVdA3AQEBARcTQeAEfCYBcdPr9eTegwfSbvfIUqks+byPv4H3BnQ7BAQEBARcKASBE/CZ&#10;xNHRkdz54AM5OT6Rjc11slqvS/aM1+Yi9oED7xRaf6Fn5sFgQCKYGr00t9vtlFjGNgEBAQHPI4LA&#10;CQgICAgICHjuEAROwGcS7773nvze7/6uLPTf1avXyVqlwqqrxXwumUyWvEiA1wbENcBjc3JyIvv7&#10;++TDhw/l7t178v77t1NizC14crC97805ICAg4HlBGE084DMDH1gM/Ot//X/Kt779bdnc3JLXXn+d&#10;aa1my6qubr8vzWaTab/4i39R/u7f/buc/2+BmetYcDyZMK+oQhqPrRppMp3IaDRm2silsSpqOpOZ&#10;XhumwGw2l8FwJENwPGKa7QcBhG2sDi6O83J9d1uuXbksVy5fYlqjUec0ICAg4KIjCJyAzwx8LArw&#10;G7/xr+Tg8FB2Lu3I7u4u005OmnJ0eCR3P7hDzwYAgfN3/s7f4fyfJiC+IDs63S6XO52OtFotZVva&#10;Og+cqOhqt7vS7vV0uwHTeoOxzDMZZU4WmYhpmXys8zmRHJZ1irRcXrJ5Xc7qMtYpZqOeZPsHcrlR&#10;kL/yF3+eaT/+lS9xGhAQEHDREQROwGcGBwcH7LEY+Lf/9t9JtVaTYqkkxWKRaU14cHT9vbv3ZDIx&#10;z8df/su/KH/7b/9tzv9x4IN9h0Mb/oEiS9nr9ZluaUOZ0BMzV8FiwqXT7Uu3r9sOR1wPDEcTGel2&#10;Y91uMjcvzEIFTC6OJZ+UJB+XmIb5XFxQJpLPJ0zLRQlJkeOq3vrtY3n6g29KPDqSX/srJnB++Rf/&#10;O07DAKMBAQEXHeEtFhAQEBAQEPDcIXhwAj4zeOedd+S9997j/LvvvievvvYa41tG4zHTUC11fHQk&#10;jx4+lFqtyrRf+IVfkF/+5b/K+T8OUCV2fHzMca6AJ0+fyt7evuwdHOj5rOqp2xvQIzPLRJJxXphs&#10;oSRRoSxxoSJ5nQfyhYJEUUHycVFy8MQosvmY3pZsLieZbJ5pC13O6LdLhl4Y9w1Dr01G/4OWNuq3&#10;Zf/u2zI8uCt/6SdeZdrf/OW/qOeI2B9QQEBAwEVGEDgBnxl84xvfkDfeeIPziHX56Z/+GVZLNVst&#10;prWaTTk8PJATFSS3br3MNGzzUz/1k5z/KCCGptvtyaEKpOMTO16725dmp6vH78hJ02J6Wh3Ez/Sk&#10;i2qpiQUUz/QXiOqjqFCVpFJjWrHS4HyhVNV0q0LLxwmFDaqZMi6OhiKGLb4yHCgUwPigaAk2n89k&#10;PrOWUWwlhRZiulEGcTiKyWggzad3pPXktvzMq5eZ9t//8i9IpVKRJLGqrYCAgICLiiBwAj4z+N3f&#10;/V2KHCCKYvnZn/s5OTo6Zssp4OjoUPb2nsp8OpNf/MW/xLRXX31Vbt68yfnz4JtWI57m4cNH8vVv&#10;fkve/+AB0/Y7I5lIItliVeLEPEI5FSu5vMXCZHPmScnpNJvN0wuTzZnnJJvXeXhmnHghdAKRAuHC&#10;BQceTwVS2qxdp7MpWmFNZTYx79RM8zfX5cViLhkGH6PF1kQ6x4+lvXdXfuzmJtP+pgqczc1NipyA&#10;gICAi4wgcAI+M/it3/qtVOAgwPjn/8J/Jwf7B7J/YIHHe0+fyOMnj6VULMj/+D/8D0xDC6vt7W3O&#10;r2I0GtFbs79v+z45OJZ7j57KvYd70h6aZ2aR1KRY3ZBSfVMKFWt+HRdKKkZQrYQqJRMky56T8VP0&#10;P8eFLCBmZipMVIgAECnTyYiixQsreGro0VHR4sURqqp4JP1p+2bnc51C3CAt6wTOVIXSoH0orScf&#10;yMublvZrf+nPyY0bN2RtbY3LAQEBARcV7pMvICAgICAgIOD5QRA4AZ8Z0KMxm5HwoESsJsrRgwJO&#10;NX08nEg2k5NCoUDmdP15wDhO3//+O/K7v/8H5L/7va/Jd+8eyax2Q3Ze/fPkjc//rOze+pJsXL4h&#10;lcYGGRfLko9iyeVRJYXgYAsQxjLSo6RAwtOD2JsoKep6bJt3Hhhch6uqUk4nYxn2OtJvHrLZNzjs&#10;NmU6HslCf97ZXEzmEj1esSZJZV1ix4KyWN2UuFRnE3Tw+PhExi7oOiAgIOAiIwicgM8MIHA8UStE&#10;cZFdxrKg2mfG+BbExajooPjJMN1XSYH/5b9+Q/7tf/gd+YNvviV39trkIlmTxqUXZOvaLdm48gJZ&#10;27ws5ZqKiVJF8jFaP6lgUlGVo2DR46vIAhlro/mAyFogTkY5HQ9lOhrKRIUKqplAVDtB6KCfmxhx&#10;PcqkXOdxbQR0G14CQcSsskK/N465qCBZ3S6rU3QECGbzieQLVRU+VemPxuTB4VHa705AQEDARUYQ&#10;OAGfGcDzYUJAqaIinXfEBgsVOAuxcZl8nAum6KDv3r375H/4nd+T3/79r8uTrkh59/Pk7qs/Lpdv&#10;virVWkPyKpxAPRiHUJjNcUQ9Dg4GIeM9N3ljLm9epMV8KuNBj+ydHEiveSD91rGMRwNSc88m4sVq&#10;Q8pr22R966pUGptSKNeUdTKpNFRUVV2Hf0USzckZm6MnSoWeHhEdAuYLFRkMZyQETs/19hwQEBBw&#10;kREETsBnChA5IGBek6UHByYfUgQtl9BMGkRV1Hvv35b/8J9+V/7Nb/0n8v7DpypKYmnU67JRK5OF&#10;zFRm/RPpHj+S5tN7jveltf9AukdPpH+yTw7aR6xCGg86Mhn2ySkEjE5HPU3TedAG/MxJFCMfRWOh&#10;pCxKDE+QCjQQogjCB4HDqbdGBY21lMLPG9enokbn4bfCtc8huJQsBxU9mXxBxno+sNnuqtAJHpyA&#10;gICLjyBwAgICAgICAp47BIET8BkCXBZGOG6eraISmc0Wko/yUiqVSATdfue7b8nv/P5/kbffu0vG&#10;5bLsXrks66Wc5IcHZH/vPTn84Dvy9L035PF7f0Q+vfMdObj7fTl59K600KGesrN/X3pHj2XQOpRh&#10;p2nstXXakl7rWCaIu1Gi479CpSaV+qZUauvGSl0KhSJ7GZ5NhmRfjwPvDzr3gzeGzMWyWGQsoJpV&#10;ZFbdtoDXhp6bJc37k9NtsmSvP5Kx64AwICAg4CIjCJyAzyQgaHwnep5opYRO9CBq/vAPv0b+u//4&#10;O/L7/+XravgHsr5WI7c3N2S9XpU4M5Vx95hs7z+QwwfvycH9d2T/7vfIgw/eUn5XDlToHN59mzx5&#10;8K609+5J73hfRc0JiZgbnBfVUYViiSwpi4WCJDFaXKGVFUYBz8hkMpZBty2jQZ9EB4MYOTyLIR6y&#10;EclqKAiYM6KGaSvkMqqwsjmZi7E/1msaW787AQEBARcZQeAEfCahkiYVNh4UOLOZHB2dyO/95z8g&#10;v/P2D6TVH8vG2ppc3dogtxtVqRbzspiNpNc+IU8OHsvh4w8oco7uf5+EoDm486bsvfdHsv/+m+Sh&#10;Cp+mbtc93lOh0iQhVNBsHS2uqrU1slIpS1HFTQRdo/kCMTL5oNeRloqjfr9HTuf6E84XJVeqiSDu&#10;RgnPDeNszgiaVNSkxDXrhWfM6wNOZhmZuuEdAgICAi4ygsAJ+MxiVdwAiwU8OjkZTaby6Ok+GUd5&#10;2V5ryMY6hIcKGyXEQafTkeOjQzk62CPbzRMVKx1WF6EPGnA2HspCRQmagftm4mjdFJfrnCYqSsBy&#10;pSalUllKhUSSKCLRfBznGaH5dk/FjLLTOpHhcCgz5DOXkLmkzCbfPoCYXKmGgqB5xnMD8bPi1ZFM&#10;Vhao1oLAWWRkMrWm8gEBAQEXGUHgBAQEBAQEBDx3CAIn4DMF1MiACD3Bn1UfDjwt6IivUKlKqWzc&#10;XK/LVqMkjXpVisUyORyN5fDwiGNXYXBOsN1uyWg8pkfEd7jH3pIT9FuzLpWNy2R154ZUt69JeWNX&#10;qus7ZH19W2rVmhSjvES5DIl/k8lM+oOhdPTYYOv4QEbDkWTRt02hQkalGpuE2yCcrv8e56k55bXR&#10;i7ZqK3h5XJrz4mhmJRMl5FRfCZNQRRUQEPAcIAicgM8MbHRuBBerrDG7boDiARXoG6cUx1Kvlsiq&#10;ip1ERQ3iUlqdDolRxw8P9qXVbMqg3yMnEDfsBRmd8SVkES2gNq9I9dJNqXnuXJfa5q401jb02BWy&#10;lETWMaDmB8MkgN1uRzqdlnSVk+mUzEZFySYlChyIGhD6xATLUrhg3sSLpqlWIV06qq8gckzo2Hay&#10;gLBDL8sFnY1YRYXgZS+YAgICAi4igsAJ+EyBPRiD8FqkXhxGsDjOpRBlpFqIyFIZYziVZDAcyeGh&#10;Chvlwf6eHCq7nTY9KiCHUlCxgOPCawOW13ekdvmGNHZflvruS8bt61LfuCSNxppU9dhgIUKnfSIz&#10;1RqD0ZhstVvSbp1IVznVFWBcWZO4VGNHfqpuSPPcWCwNBQzpRQ6EjK3DvMXmuCn2cUQngBjKAVxk&#10;EhlPTOB4wRQQEBBwEREETsBnBhhME2NKgUvDfcaAq0DJYhBO1yvwZDqXbq8vzeaJnBwfkqguGvT7&#10;HCcKXhsQogkDaaIaqn75BeMl5c5NqW1dkfraFlmrVaVSSiTB8Aw4nXKs5+jpOU5OTljVBSKYGM22&#10;UQWVT8okPTb6k/XCw7giaPTPUuisrrdl+GJsG0zd/GzOEsCwDhzjSoUZvDbWEit4cAICAi4ugsAJ&#10;CAgICAgIeO4QBE7AZwbw3CBAGFysem68K0XJqqscRttOyOFkKu1WW06Oj+Tk6IDsddoc/BKd7nFw&#10;TiVG+U7KNaltX5O1K7fI+u6LUt+5wZib2tqGsVKWcgH92yw9McOxnqPbl6PDAz0XqqZabB4uuUSS&#10;6qbki1USVVL0xMz0nIu5Ef/goUFVkyOrnUAef3U7cNW7s2Avx+j1OIpLZJyUuRxicAICAi46gsAJ&#10;eO7xve+/I//n//v/I9/41hty3OqQGF0bIsB0zorCUc5mUxkOByT6njk53JdO85jCBhxpOqpw8hEC&#10;iTfI+qWbsnb1ljQuv2iBxMr65mWpNdYtziaOSLSuQoxLuzeQEwgn5bGKp26vJ4tMnj0Sg1HRxdpo&#10;flYFif4n0/iZVbp12E4Xn6mO8sewdLe/TnHZmbzmTTnPWz9Ag8HQhnpQBgQEBFxEBIET8NzjBz94&#10;T776B38oDx4/lUqlQZbL1mEf/p0FvBeDQZ9snxyrwHEd+fW65FgFDoZByCdFKTW2SAibjWuvSR0C&#10;Z+sqWd+8pAJnTSqlAmNuQKgJeGya8NicNI0qoHoqcOCxiQpVMi6vqcAppELECG+LFypO6GA9uSJ6&#10;uG51avPYbrm8QnitEBOkRCuq0XhCb1cQOAEBARcZGX3B6asvIOD5AIYzQDPrb73xHXnzu28z7Z07&#10;D+SkP5Wi6otaOWHaT/3YF+WnvvJFefz4iTx+8oRpt2/flnv376uhL8gil2cahlEYKkcDVEnZGE25&#10;KGbQLzw3aCkF1LauSUXny9U1Kap4ApJCwoEx4Reaun3hGYFnaIDjTa36B+IEHiUIGgQSAxn2ZLwU&#10;KIBfhibTVKZBtHB5Jc22s2VMLY0JZ9J0f51iGIjswuXv4AN5tTGSv/rnvyhXr15hWr1e5zQgICDg&#10;IiF4cAICAgICAgKeOwSBE/BcAVUrqO75oze/I7//X79FHvcWsnXzC9K4/IJEcZFEL8N0adCjscL5&#10;gj35jqbGqeRFopLkSzV23AfWtq/L+tWXZeP6a7J+zYhm4WgOXlvfkkq1SmJMKXhvRpOFdPoj8vik&#10;KcfHx9LptNlsHURT8KhUZ8wNPDcgA3wXvldi87ZYHs1rs1odxW3OXgfp97F57pdOlc6bg6DiLEYk&#10;V6K5O8qw3+/TGwYGBAQEXESEKqqAC49WqyUHBwec/+4778s7HzyUJ8cDGUqBaYXaulTWtiU/6Uhu&#10;eMK0L7y0K196eVceP9lTPmXa7dt35P7DhxKtXZGoblVPWfQYrEYfPRXPJmOmIf4mm8tJodKQQtmq&#10;b5IiWiAlktNtPdD5H3pAxsgHGCCTaQgappDIs1oKyEUJTqRzFlAMrAoT/wvlsptyBvOpSLF1TMO8&#10;24TbMhHzmNg6JumU1WOZhRRylogqqm15Kn/hx16Wz33uc0zb2dnmNCAgIOAiIQicgAsLBMDC03H/&#10;/gO5fecO0/7gW9+Tg0FOSjs3pH7pJaahdRCQG7WUJnBe263Ka1dqFDhPnu4zDQLnweMnUr3xJalc&#10;eY1pSanKYOIJmoUPekwbtI5kOupLXFBRE1tMTx76ZTGXqYogjEkFoIdjeIPQOV++UGFaUtuQuFSX&#10;SJfhqQFWg4epShReiFi6S3PzWFz92abpLs2vP7Ud1y/XAebN0XLJiJRi+JogcO7I2ui+/MwXbshX&#10;vvIVpl25sstpQEBAwEVCqKIKuFBAoG+73Sbfevt78v/9v/7/8pv/17+X/9/vfZt82stI3LjE/lzm&#10;k4FRxch8PJT5dCSL2dQIUQHrTtDsk7D9s+lEpro9OBnpVDnX85qQWKg4KdF7g2ETfB81mUJNpNBQ&#10;pbAu2aKjpkXFuhTqW1KobZIQNxwSQc/GaqgVcQOm1UeaN0tDtvSP0iSIgomG0/t50WL7WfNxTC3t&#10;LJfNy+3YZCbLajMEaqO5PBgQEBBwEREETkBAQEBAQMBzhyBwAj6VgGdj6ka1BhH02ul05ej4RB4+&#10;ekJ+9/vvyte+9R35wb19GRW2yeqlW1LZuiZxsSqL2cQIz818rAeF58YT3hPzXuh/0qDLs5nM9Jye&#10;08lUt51ZL8cYTLNQksQPfFmokubBqeu0IVmdgkjPl+rsjTipbpCR5iubT3g+78ExLkjvkUnzxD9L&#10;YEBQYLmd88ac4ooXZyXt9DZGBDJjqhdGYjR19G48mYaejAMCAi42QgxOwKcOiK1BPzFobfR0b49p&#10;j5/uyd7+sRy2etLuW+dzg3lO5lFJ4sq6lNYsEDYpliUfFyRLMWKPto0gnpPM8EQy/WOmvbRdkpeV&#10;e/uH8nTfApTv3EEMzp5Urn1ByrsWgxOX6xxE04ZkWPmpUBBkVW5YxRGmqNpCnE4ajKzfD4j/yaN1&#10;VNq/DYZoWIoNwC+vgkdlErbD1LZBFnwVE+CFDJf9diAW3TpL8/PLNIoqnc+rqKmVLH/jww8kf/J9&#10;+fLLO/Ln//zPMu3FF17gNCAgIOAiIQicgI/F6pc8jaxb9o8Ol3UeAsBv5w3wKmwdhIcte5jnAsew&#10;ZTRT7nZ78ujJE7l79x7THjzZk4PjjowzRSk0LjOtun1DGpdvSFyqSC5vHfPRw6HHgqcF3gimQeDk&#10;crLoHsiiYwHFN9fycmMtkv3DI9k7OGLaB3c+kId6nuoLPy5VFTlAQoFT4bX668VfzOIakXemqSib&#10;jgcy6jQ1zQRYHt6dlc77gLNeGsLPQDPZnJUR0t15AEy8KJm5NOZBiUWfP8CWl2n468+ZpukEx8nn&#10;stJwAmdyfE+yR2/J529syM//3M8x7datlzkNCAgIuEgIAifgI4HqIQSccigBRafTkU63K4P+QHr9&#10;PtP6g4EMhiMZDccy0u0BdPc/U0uMgNUZ2kkrOKXh1j+uchQBsNwGxtY2k8ksI+jkdyo5mWVMuEiU&#10;2ICQhYok1QaTMLglxEc+ilTM2AHpWCFXhFRG12XPFzgHh8cqcA6Z9sHduypw9qV648ekcu3zTEvK&#10;DYmKZRUWy6Bk/KVY0IuZu35iJsMeg5IxEKZvHYXejq0F19nm35zhMqA5xRaYWcJth+3daU3MaLl4&#10;UZOmue1cUjqPRX9eIE13aRRK+gcCZ63sPDgqcDIH35Uv3NyQv/DzJnBeeeUVTgMCAgIuEkIMTkBA&#10;QEBAQMBzh+DBec7gA3LHoxGXhzpF9Q/cA3FsHctVKhXJ5XL8+p9NrToF+yHgdDKxzukArMfYSfDU&#10;nBxb/zHNVlvanY50Na3fGzCtPxjxPKPxTCbeo6HHwFFYpeJdEwt4VVRTZzJ04gDwtDBWJZuTXN76&#10;lMklZYkrdSnVNqTS2GRaQZcR3JvFGFH+cHRH4Cw4giGTdVVT+O9cOFyr552veHDgvbm5Dg/Okez7&#10;Kqq7d+XR032pXP8xKV81Dw5icKKCeXB89Zv/yWCCIGRg1Dth7E02KrAZOIB5XC+9P24f7IQ55Mx7&#10;mPTq3fJpL4yvjlp6a1x5nkrD8mnPjJ/HUprm5906AMdBFVWUzUqjYs/G9OS+yNPvyGvX6vIX/+Iv&#10;MO3VV4MHJyAg4OIhCJznDI8fP5Y33nhD7t/7gMsnJydsEQPNsrm5xbQvfuELUq3VWGUEsQKgquak&#10;3ZV2uye9oRt4cTKT4XguqlvSnngxCGU2G7HqJecGpIQ4QRWRn55OM0EDWOBvzpadcbeqJN1WBRcG&#10;pgTQw28+RpVUQaLExEJOz5ehuIE4cjvTbOO4dhyAh3ar/YMNgUP2zhM4x7J/aFVUiPd5/PRASte/&#10;IqUrvorKCxzrVJDQA+Nng+qo6cSE5LjfUa01Z584WfRMTLgyo7Cw3CBrlkcVYkyxNKzFdv7nCPHB&#10;mCacx5IoRs4KHKRh1vZl0qnjpFPOuxlXPkjAsRiDUzaBM1GBM3vyhrx+tZYKnNdes4DrgICAgIuE&#10;IHCeA/jxgkajsbz99nfld3/7t+XRY/0SVyRxVuaZrLS7IxUIRaa98OJLUq3W2Ay72bHYmmarJ93h&#10;WAbDmUy86cUI10mFTa79kASl6poNS1AoqSCxuA3GwKhAwTAFS4Gj83peCg9vUHWevgq/TGAZIgcT&#10;W2F/nTV2j2fqqVi10Cv7+YBiAHPc0j3Z8CAtVKBR4HSdwFFxcxMxOEfH9OIA9+7dp8ApXvuKFHdf&#10;Z1rqwVExAwHjAaExG49U4Ay5jPgbvWiOKeWHYPCdCeKfzx2ySeof18iLwM+QwgV/FLxe7KuLaUAx&#10;znl2OyX2xSapmME8r9/Smeb+IB++qFB2WB+pwKk7gTM+uSfjR2/Iy5fL8pd/8S8x7XOvW1kEBAQE&#10;XCQEgfMcAL36Anfv3pVvfePr8u1v/BdJIhM9r79yhQb6/uFY9rsmPjrTgox19Xikf5y3IZvU2cS6&#10;WChKsWhphUKiywUpJQWJEzOASZKwmgiCZuk1cZ4KLluaf6hg2k8ZWU5RLeXnAW9xbZKu0xkYas7z&#10;r0N6Xi9wuMQ07oH99M/yvBkVBSpw+ociqcDJU+Acrgic+/cfyuO9Qylc/ZIULq8InKSkgmJV4Ojx&#10;VPCMBx0VNubBgbhBaykOmOmbhPvqM5dPAOICs2CaP5dXL2oA89aYkEm9NW6eAselYd7/hJdTd0w3&#10;zzSUgs6jzCKMzaDg8BKKKJ+TatHyPDy+L/3735QbmwX55V/6K0z7whfMmxUQEBBwkeBecQEBAQEB&#10;AQEBzw+CB+cCAzEhqJa69+ABl7/+zTfke2+9JYf79+Tqtg3u+FNfeUmS6prcbeZkr29VVMfjivSH&#10;cxkOhvoZ72Jcig2pVKpSq1bSTt/wVV+IssoMB2QE4IHAIwMPgn90OD9H9cmzngVOmWLeBL+cpjnP&#10;y7NendPbeRfIanWUJdm8B865pKXNFzg2qqgOlctm4ojBgQcHBB48eCRP9o8kvvJFSXZcR38Yb6pQ&#10;sioqf0AFmocPuwgsNg9OLi6zzxuOPu48WjyrZg+1dmm1kM+vHistK3hqsMwytDTETNF7s5LGbUi7&#10;TgATXivnV9OUK2kAzox8JM51E+tNRXnGulx2HpzB0X1pf/ANuboWya/8tb/KtC990foECggICLhI&#10;CALnAgOtpR4+fCTffPN7XP7a2w9krIaxmJtKo2YBu1trZclXNmSYXJLBosy0wTQvg8FYBiutrdDX&#10;TblU1P0qUq/ado1qifEZ+p9GFcDjgqoSX10CpAZaF/3DhGWbX1ZRAZyljU8tPo2szViSzbpqHVMx&#10;3MaYJqXA8f05kD+jzTNNxQ3jcFTgSM96Lb6xllPm5fj4RAWOtRB79PixPD04kejS5yXafpVpEUcT&#10;L6mAWwYZ47Dz6VjGvWbaDw6FkG4H8YUqKQChzcwvLsgBpeLz5g5nZckynVPYAFOutzLG9oDNu3L2&#10;iQpeL6cry9xGyTVIRD5UiGn+krzlB8IG9xZVVOWCCZz+0QMVOF+T3UZefvWXTeB8+ctf4jQgICDg&#10;IiEInE8BMCwBCJycNNmp3qoRh2EFEcDrg3jjJJGJipIHKnC+/dZtpt1t5WV99wUpJYiv8MZ4IrlS&#10;Q6LGdVnkS0xDcPFoMGRnff2uxe8MOk1JInzJJ9Ko15jWaNTUAFqrJ2944U0wg2wG19K8MV0ineeF&#10;2MXwr1s0UWPTNEbFpfllBuI614dtxzkuG7whtylT3PxqGsUN2DtSgWMenOsNFTiNrBw3Wypymkx7&#10;/OSp7KnYyW9/TvJbt5gWFyFcinqtCBj2ZapCZDKWab+dpmF0cWyHPOJsgM1je8sPAHFCMUhBwySW&#10;51SPM9OCxDyQbqd0u9pxeM1Gprl0wN8PJKblYCmcQV7w+BScBwdCJ5fLSBzl9JlxAufwvjRV4FxR&#10;gfMrv/xLTPuxr3yF04CAgICLhCBw/owB4XLv3j0GCAM/+MF70myesJ8aZ++tX5vJhGM0eYHTqNcl&#10;KRTYg/DjY+tR+GhSleqll6SxsSXFinlh9ONcclEkmaiYGtTxaEKOSN9fzlgWkyFZrlaZVmus6b4I&#10;Ko5SQ7n6uHiRQrj5pXDxhFhZrltNB0zMWLWTSzq1vNyXEyK1496Iu+kzaZak02cFzrV6Rpllvz7N&#10;pom8J08xHERLctuvS37ThieIS1UGGbMvIQYN62Q25SCes/GAogFAS7NchEBsnNzSVvPixQf0kAka&#10;9PJsx8M8Zr3HBsCE4gb/0uPZsfTvMg1EOv7Z4TjP/7rCbcZtkFd4bLzAiVXQYhwqChznwekd3pP2&#10;na/LrgrAX3VVVEHgBAQEXETYmy4gICAgICAg4DlCEDh/xrBA4RGbeoP7+3v01BSKBWk01slqvS6F&#10;QoH1C/DYgE/39+XBg4fy6OFj6XfaZGbSl+7xEzk53JN284Ts9/pc1z14KJ29u2R7/750jx7LoH0o&#10;40GXnGMk7OmUY0j1h8Z2XzmYSmc4k97I2B/PZTjRPE8XMp4ZMW4Uq63oNTCav0CZMQ8NmTXPDPrL&#10;QSxIytzKVJl309VtfLWVHdX7ZPz8OWnc1tLwkJNMM6JqCb04o/zp/cC2yBc6HMxlGXtE6k5RThiQ&#10;y3lSJMosJM7nJY6M2If51GPr0UmUA7ww9NignMg5e3kea6H58pu4dPPkOOp+qx6gVaKcPdP1eg/8&#10;enSOY/Nn9tV/yA+umFfNNN0GTLfBMuaRZgwICAi4iAhVVH/GgIE9PDxMq6j+w3/4jxxS4XOf/4Lc&#10;uHGdad1ul4NcttotnVrHfKPhUNM7sr+3L52+xe9UGlsyWWTlyf6JWnMLMkZ1U14NMIJiJzYqg26j&#10;yxkE6iS6mbWiykSJ5DGYZVKSpGxVVBjMEr0VYyRuHziLSRoj49Ng2HVeJ2nMDLdhOvZxaR+yHdOV&#10;q9VRbnYJGFv7Y+TEls04uzTMc8atJ7KyyGRl3juUeWePKTuluVwqz6Xd7UlHCRwcHMlxqyuFndck&#10;2fJVVBX2pozqIwQaA9PJWObK2QwBxiZpsnFR/2i5Ij4HykNhcTZLAphC6GCaVlshr+4aLMUv29Jy&#10;6oh/bkPM878j09wMpu60Cp3RMs1pwaJlHIDWVJEyzuekkNjz0kcrqjsWg+OrqH78x0IVVUBAwMWD&#10;vekC/syAmJqqipDNzU0SwxUgyDivRmd7e4e8ceOm3Lr1irz04svy4gsvkC+8+IJcv35Ddnd3pVYu&#10;kPFiIPG0LaOju9J5/C7ZP7inyw9kcHhPhidPjJ2mTMZDM4iI6aHnIi9xoSDFCkboLpP5KFabnRff&#10;QzGYy+n0LLlORYrOm3fG0tOp43L/nE49bZvlcYxoak2vj/tH60yuAPn3Vn0VTAPdPjiOP5abB9Bq&#10;iXbfpVleXSeGyAPzgW3xM0FngY66G0c7V05UQYBjeLSUo8lcxo70cj1D7GP7Iu7GYm+cyNGzeGGD&#10;S8Ay0v15uZ7bnCa38escl2n2j8cH+c+2WcLEFunyg20DAgICLjKCwPkUIIoiadQbZL1el1azKXc/&#10;uCt7e3vkdDqRUgk9DBfZkzAIYw0xtL2zI5cu7ZKtVkfu3f1ABr2O3tg5WSkVpF6tSFX3r1TrZG3r&#10;qtR3b8n6zS/J+o0vkGtXXpHq1jUp1jclKVVJBM16g+9FCMaYMsOfS8URlnWlaoBlmia66UoaieVl&#10;2sItW1NuI8a9mqlBn86zMtV5T6QjDZ4oowoGUIXDRBWD0ap8MH7WBGJCOZ5llLrfPOOODcKIo1oK&#10;3iOMmwWxpWJOy3QqORnq9mB/mpXeNCO9iU4nmIIivfFCOU+r7np6QhBVeJ6oyhtqfnQ1zw3qookN&#10;vX/o+dkTAmpBEfMRhNDRadoqbJXP7GsiZUkVNkg8B0j2wgbeJQgdbB8QEBBwkaFWJiAgICAgICDg&#10;+UKIwfmUwPeD89WvflXe+KM3ZDyZyq1XXmEaYnE2t7ZkOpmk2zWb6C+nz2qWo0PrvO4H73xfHj16&#10;JK12RwoF6/Pmyo0X6fEZdJsyiRpMWzRelPzaNSmsXeEo3QTiSRYz/fY3/wCAMBlfZYSgXwDVThZb&#10;g3Qm6dRV8SjpjEAa523Zdey7ss1yO5sxjwFiVgA2l9br8lMgfUq5by6dh7cC2fWPMSashuH+tu98&#10;hriYmevJ2MpqIx7JuhLN44dDayp/0upIuzuQWf2mzKvXmJaPi5KNEKeEaiKXv+lYjznl8TMu1ilX&#10;qEkmn+g2y/MuZrPUG7LM3+l8+gUur6TZvE3tj192W5xKc+mW5I6AqSsfAmVvzcSLiJpWIBYHnf3l&#10;lezvSNE5uC/de1+X62t5+Ru/+stM+4kfDzE4AQEBFw9B4HxKMHU94u7v78vt27fld37nd6TXt/5t&#10;XnjhRXnxxRdlfX3dWlMpmk0EHHekr4IHYgd48viRHBwcyoku5yIblmHnyhWauNbRXipwspuvSbKu&#10;AqdxORUa87GKpVFXZsMuWzEB6OE2jiKJ4ohTINb5PGJndB1aDQHLVk5L4YIpl7m0fMS4Xv/4FGgB&#10;iI/J1AhMVNwZJxR1AMWP7ofhEKKiBUFDeGRyMY+17IQPfzMymwz1ekwMjvptGfXaMu0eygx94ShK&#10;0lcOZDQes+UY0EfnhyM9Z2FTZskG07JRotea6DQWDDIK4Bp4vRhcM7H+huLaJRU5Vc2LijJ3L+ea&#10;By+GUmGDf+7i0zROLN2tWs7rjNtMsdwmTVJwxHKmWyr/smpQ86vlQ2he0bMyusB5RuBA9Ti1CoHT&#10;u6sCZz2Sv/lrQeAEBARcXASB8ykDhE6r1ZJ/82/+jbz9PRuCIVLjurW1La+/9ppcu26ehS5a/7Bl&#10;VVuaJzbUwNHxEXtCbra6atDMGDfWN9jq53j/cWq0490vSdzYlbjcUCNsImDaPVJx06HIQedvAAQO&#10;4oPQqgsEIHQQAL0qcLy4cYsGzKdPljO8+qj5ZL8KuoVNpClwTBhgOnUiB/FHAAQOPEe5uMRhEYA8&#10;ehlWsQOR491E3msxG7Rk2rNy4bWpsMnNR5Jb2PFiGUu8GEtv0GdHigA8Yv3BSOZRReau12c2Mlex&#10;gGDrrPN2oVzo+coXJVtcs7T1G5It1GSmQnE+tjKdT/RYcxU3TnwZloJlKXr8n3Si0Os456dpKcuC&#10;TrfQGT/vt0Fszzxr922h06wKNQSOF10rKggctKRCoDdin4DW/j0Z3Pu63NjIq8D5a0z7ySBwAgIC&#10;LiCCwPkUAp6LJ0+eyAM3iOYbb7wph0dH8rnXX5ev/NiPMW0yntDDgybmWAdgHtVT/eE4NVhJIZGh&#10;GvHjvScilUtMK938aYkq6ypQsjLuWJXN4EjPpWIns5jSQwFk1Uj61k4IaAYQhItla+lkG0LgAPYg&#10;ub/6WPHR8lOm8W9qiAHbxAW2Qu0oUMWDqjdM2YOwA1pWZfOx5GPzYsWVDSk0diRXqksuscFF0Rwc&#10;Abezzp7Mmg+Zlh8fSzw5kbV6TdbWTJCgaTSEyvHxsQpDG2zzRKdNFZc5PUfWVT2hB2nQPEhMkoKK&#10;PeRhmivLvLjJtMzGLYqiSfORiivrGZlXqvlBYLYXYEhdnTyLpXhJb4Sb8q/OW7mvrnOeMr+9YjEz&#10;z9F4bmlTlXTZ8iYHVS3FXuDk6MGBwEGrLqC1B4HzNbmpAudv/fUgcAICAi4u/Fs3ICAgICAgIOC5&#10;QfDgfIrhY2v+4A/+QN5++3vSaNTlS1/6MtOms5kMBkOrljq2qhh4H/rDkcwlx2bQAMZN6vc60tTt&#10;cnWr3qq9/OfZMR2qcUbNx0wbHj1gHI6gSiV9JBaSz0cSgXHClAjeC1RTKeFRAeBRQKd3s6lSpwCq&#10;2uaaR/TKjClgHhnv0bFzrD59y3nz8sAvkXYIyKbcWclFBY7aDcTVdSnUtyWubUtU32EaYk7gwZm2&#10;Hsr06AMmFSbHUpq35MqVK3L12k1LKxakkBRk/+BA9vfNi3V0dCgnJyeMMfLVbUPE5QwHMhr5jv1E&#10;Ei0DNKEfZUppXNOsek1m2YLM+ke6YNVgmbjEaiE2rT/rwTkXelJ3XueTccs2T88N/+OPpbklW3ZJ&#10;mGCsLMT/jFxQOoLW50lDMkkt7dSvEOVZRYXm/2jCDrT2H8jo4bfkha0k9eD81E+Y1zAgICDgIiEI&#10;nE8x0IMx8Oabb7KaCoLn5k0z0KjCwRAPrVZbem47tAiaqyGNChUVEyYq+t0W1yNmJ958gWnrr/4F&#10;Qa+8/YMPUoEzae3LZNC2YRv02B5JAf3vlKRQsmDaok4LJV3WNIgOAMYb1WAjUMUAMBoNZKL5G2PU&#10;bRco7EUPWhp5NXP66bMFGHJWR7F6zOJeIKgotIoVicomKqJyXaJSXQrrV6W4bdeWjUqyyORkcqKG&#10;+uB9phUpcNry0ksvy61XX2NapVKRcrlEcXOgIgdAdRXin9BCzOeljxHXez3pKtF7NIAYpEwuL4N5&#10;LEOx6rJRtizzXIGxOVHRYoSi2o5kXRCy0x6KD/u5Lbc4jZV0KhfM4M8yPZ3zM9xuYVVUzSdMGnWO&#10;ZMR+hVTUJCZWIdQocFQ4ogdsoH30WEZP35aXL1fkv/8bv8q0IHACAgIuInJ/T+HmAz5l8KOH+7Gq&#10;0MIKMTBDXUYamozDIEO8oDUQvtIRYJtXw4V9oV37nZYM1TCj99x8CfEnGUkal2Q26kv/6JGM2gcy&#10;Gw/VAB7LGK2Nhn0aRhCGFKKCnQsWCpqXjAqbIltyJTqFEEEagmgnKmjG9HTY/mM9DkQO0sajIQOd&#10;MY8elCfjEZfB2SqnntYEG0YajgmIMfgpaL9VvMAjwvzpPGNusnmd5mWi50RQMgTVpHss096RbjeT&#10;aDGSJDOVjc1N2dpS0aFlWiwVpKTXgCbi8M6gkz+UF64JYsrijiCu4HGCOLNxq3ynh/rTYeeD9Hzo&#10;BgiMhriMVXBFlTW2voq0vHOJCkE9NkZkN67Oe6KFlp4zH1M4WVperxPDZFhw83I/TJW6zs9jm1Pk&#10;fpHNzyf0NqEbAHh1srpcKsQSZRdSLsZSLWQZk4M4nCSfkSla0nUPZL2SyOdee4XlsXvZYrcCAgIC&#10;LhK83zzgUwjfemlra0suX75MceObUKOKCkYXxhlGmoZ6bANmwlPiBQQ8KhMVP2ol2WIJnAy6Muq1&#10;2Hx60G2R/U5TBVOfx0bLITCvRjpOiipm4LXxrKgRL0uEfnbgwVHifDgvgnF9/sZMs6bfyCc4Y380&#10;6NtmhSoOlkRfM9YKCn3dwFBns2rUlZiHZwZ92kxUMKXUcw26HWnvP0jZOXwkw84RhRuoCokCBmoJ&#10;IoV0LbcwD2EDQtBAwEURRILmQclqMTX+HFJCr9V7rSz4GTm1voWtpZRun1TYXBxkj8+LmW6mhEeN&#10;1O086ckCrf8hVSE6NS7Y+spECQSeiTxs4/ZZnfdcPa6ugzjMopoMY4yVG/TYlOKMNCoFcmutKrub&#10;dbm6XZNLGxVyTdMLcZ5eKlw7GBAQEHAREd5eAQEBAQEBAc8dgsD5FMNiUTL04vgxqJKkQJaKJSmV&#10;y1znPQz66S6z6YReG8TEgKgWQsAxPQuO9DvMptYZ3mREomoHXgmMHI5AYhDxN4meB4wLRlRNsTpn&#10;PmdVEDgaDWU8GslkMk7JdVMEHZuXhHSeEkSQnCXcDX6AS1a9sDn6shoGVTLsNTiTXR5vhmNif/T5&#10;YtVUoGQj0sbNQhxPnteDZvG4RqOd2XtvuJxZlrmHeXDg0bDm8aBuodvrSmwHj447D6uGMIX3ibTj&#10;2F87nydWma/KlifDLqsMu3t3yd7TOzI8+EAmJ/dl0nps7B4yENz2Pf+4pP73632ZoroKVVUIFo+L&#10;FWOpJjmd4pnIFxwTvb+sorNA5ICAgICLiiBwLggQdJuocapWymR9bU0ajYaUK5VU/MAYI35l2O/J&#10;oNclEf+yWGQlKjUk74ghBThwo26bxtuo0Ud/NuzYT48F+oBiiBqKHWWkBhCGe4qYH8TYKBFcbPMq&#10;cjTd+KzA8X3aeBGxpKVhuABSxQSqixCwy1gTRxhdCAgPyAOY8Wy+wOsjKxsSlTfYCSB6OgbzMOoU&#10;gjkKGZJi4Az8OlNNJAKO0aoKAgfVNgww1rxyfxUxaf40rxAR3MlXS+m8iZDzrjmVIIj0l3H3RJqP&#10;3pOTe98lm3ffkN6D78j46fdkfHibHB0/YB87bJGF/c8cb0me0qDHBpFj9mGE+5dUyUVSl3GuKsNs&#10;Wab5CrmIEDNkYjBUUQUEBFxkhLfXBQGMFgJ6fRxIQYUImjlHarS4UomA2vF4ZC2ahio84L2BeIFo&#10;gPdGjT1IQz6f6PbL+A4AggLBxGghdYqFkqAHXBAGFCIKxx4Ph0YvbuAJcl4dnJctpihsTDh8GNhi&#10;CnmEl0GZR8CtTs17g6BeIz0kuq2WAunB1laxXpsSHfCBCMj1Bl/PwP+fCMgrRIoDDLyJG82bI47l&#10;LwcTEgkuxsZ7iXhmlwdkY0mXpnvSgzOfynTYk2HrQKa9JpmbDdnbciE7luykTY67CAjv4bRnjnce&#10;cXz803nsgPz5TLuNEKCNmCeMrm45QZoTkNwpICAg4OIiCJwLAm+fTORYSx+MCwWDz7GIlKhm8gIH&#10;nhsQzcVR7cTWPBHGVEp0WxUf0zEDWHWBhEHEMSFo0CycTcO950an+UiNvBKZgIBZFVHmuTHvDVsx&#10;KdkSSgUOqrLOFzhYtrSlwIGwMS49NyboPM2DY2Y7FQ6aBnFmRB81aG0Eo+3OgvPDKwM44/5JcUrg&#10;oBwhtLi/uyZHDKyJPodAiBzQ8uby+Az1j8shxCaGeBh3W5JRkQiW9N5W0MqplJdIhQ6IKqrZyAkc&#10;z/R45zM9B0QXxSy8dc7DpGkcHBTrcA24FjHPE4DdeYiAgICAC4ggcAICAgICAgKeOwSBc0Gw/Co3&#10;zwU8CoiXgYdBv735Dx6T2WRinhRXVQSw/5S4KNY3SsSv+AWCiullsONhQE8ELxcKxbRqKkFgsabB&#10;s+O/8Nl5H+Ju6LkxLxG9NwgsRsyNIzxHvnrKPALmFVjC/AM4t1VBIY7F0VdPnfHcWADvsjqFR9FJ&#10;ltTjkFZGBM5NWpWR5cXgtjgfK1lFgK4FccN7Y/M4vj+WL3ueA9fL6j7XTFv/WvliyyWYv5U0HCmn&#10;aUmUk2IxIsvlot7jLD1yqPoDUe2H6/DXmF7nM7B1th5H9/mDl0mpeV8tCwBbgnghcF8kBgQEBFxg&#10;BIFzweCrqBB7A4HD1lPOhkFQQGSwDxxMlejPJoOqm6iYCgdUoyD+BtUU3mijdQ2qowrFctpyCiIn&#10;ShJW/ZjxnquwQdWUCRtUTZEIKnaCiv3zQGjNIChg6E8bUg9vgH2rKQYUe2EDpsLGWk95gaN/3BEM&#10;NMy0xq4QdB7LTNdl0Bt00NLPhzvCKbC8KcCsGg0EVo9pxPVCPKDKT48CKiAV0mt1ZDry6AhgdPZi&#10;MaGwAatV3K+M9FVIomNHEL1X8xLdcT6cq8e2q2L+3D1cXqhuy38QiEYtZdvP/jgGBAQEXDwEgXPR&#10;4CyXFzqAN7JosYSvfP+lT2OrgiCDnnJVwHiRMJ8h/mbMQ6G1ElgsOs+Nay3FFlPsvThL4eLFTBpc&#10;rPNpk3AXc2Mtpox2fmbvGZgRhidExZWKFx9c7LkUN6BuR+o8xc1KQCyWrDhSek+OzmrBwJhbOUD8&#10;nQa3MGB2ZRFYHtNaEqE1VZrmtiGcWED52wUv6cUG9kj39TxzwrwKqAJ6GI5y5ELmMp6OpDewXqpB&#10;dIyII3+YmFlyuT7ND8sBMTg+xmaZP0z988SyfiZ3AQEBARcPQeBcINAYYQo6owv4L3NWUaF3Xp16&#10;0SMQBgjcxTAATiygegotdyAV0Gsv6IOL2STc9bWD6ikYeHiEfHUUBm9ktZQKHDQVJ+G5QbUUzuvy&#10;wnPTkJ4PH7DLlklnhM0qvSijuEELH52uHhllYiLHDDrLCFNs4QQOhIcJLuzlS9BhZfY0bDsYfQYW&#10;w/i7c9g+OL7PidHkB7iC1TydIleRAM6Bpv6olgLni4mKGhU4/b6MJioslRzDC/swL37/s8f169y8&#10;Zgfk9TvhiVOS7g+3c88Ge29mmt9IGRAQEHABEQROQEBAQEBAwHOHIHAuKLyHxgjvxDytIsJ8+vmN&#10;Hn3zsXVEJ1axM5sMZDEdsVoEnQeCDCouWfwNe7JV6oHovfGjhLN6ajx0ga8Wd8PYG+e9+WR93sAr&#10;krM4G+e5ofcGcS7Oa2N93oCoFoL3xi/Dg6PXtPBMr5LJxqUHYrV8WL1zTr50S+5D8kge2NaqcayK&#10;ytamW8Argn/+eleOjXOT+uuCd4lVPz4Ny1znzqnEsXngxSyt9oPnpj/syxBlPdV0pc+/XZ/n8rie&#10;WM9zKJlRZtY9FyDSsV6vi1toGse8cuQ2AQEBARccQeBcUMDY+f5L0sEqEf/C6ikYMbNwvuUUxITu&#10;Rc7GKnBmYxU4GYmTmPRBxWg55fuUwbFR/cRqKcbeqMhBLE7aagriZhl/46umvCFewhlZBcUCqqZS&#10;cYOWYKieciLHC51VkQNDTKEDwbOsonJ2WtMWNOjeqENYcIXb0voJQt5cOtdhcvofwWzyD2Eiws6b&#10;bqfiarkZ/ujxMavwhwcpRChkvOhw4kvTLL9uGdQjzFWEjCdavspevyt9LfchyhkdAaLlmz829/Vc&#10;Hnd5PGxj0zR/fFaU+o95Qh5QtrqRCRw9vlLmY90cA3uaGHZXGhAQEHDhEATOBYMXEBAWaL1EYeHS&#10;/FhPsGve44GhCtB7MQyZqh9yMR1LRo0aWmH5eBvE3liLqbwew4yhFzXea+ObLPuYGwtqXvHcfKgx&#10;ZI40DwjYXRU3npqGvDqhw7x7z40XF0pd4Y5lwPnMCC9hht2laJ5AXAvKhssOfhPs7PdJ9+MRjZbn&#10;1XWAHcdfMbgUBDieEXBHsQUHW8IxbTsIFZThWMXMcDQk+8OhjCBuUMYq0EB/XhzvdH5Pp3lRSI+X&#10;poMQeRiaA6OrT4dd46Al88GJ5MZtKcqALGVnEuluEEp+34CAgICLiCBwLhi8t2YymaYCB9UvvgoG&#10;hCH3Ro7jMeUTM4Zq6EFUQ8APwkE8XYspDMeApuLohwbGFmS1FIdhWBE4ek54b7zXZilwzqvWMKOc&#10;Gl6IBe+10WlK78FRQQP6KildqfbV0wkc5dLU66JeltHOkSYqfHmQyCPygtVcq1jZL933DKx1EQSW&#10;vxpPlwNX3gCPsHIYHhJ/8N+dg+fhdCVNzwFvHMrXC5wBplrOE3jlKNBMRPrj6n+jO8bpcyC/VmaW&#10;V2RRnxG97/DezQYdY78pCxU42XFTipkhWc7PJUbRU9ThmLpzQEBAwAVEEDgBAQEBAQEBzx2CwLkA&#10;YNwKvQj6Oe08BvCaeO+J+0a3iQN7L1ZGxZrkk5J5MKYjEk3Ec7mMeW/QLBzVUwXXJByeGh9vw6kL&#10;KobnxjUJ970V2/hLFvPjnAtngM9/eEAsriZtEr7aNNzF3WRyVqXi6WNu4IVYEv3DZHwR8M+yiooJ&#10;9DjgobY0lI15l3z13RK2BbD0fJyfxnysbE8wD/hj8x7Yanksnbq/p/85YBt3fBwL1X5oGg4Oh30t&#10;76HeKgT98mRaTq688CywzFBWyBtW6/MwhWdN79GwJ5PesUza+zLrHZGLYVPy85EUo4yslWNyu1GR&#10;nc112d7alo2NDbJaq9OzZ/kPCAgIuLiwt2PApx7eYHp7CoEx9S1rPAHbzBnDvAqcquSSogqcKQfY&#10;BBGHYx3LWfUUO/VDR4B6DvRrk44SzioqnaLPG8SDkCZwfKspq57yuXoWOKYXaBQ2CGBeraLyMTer&#10;XBE3mK4Sj+zq2Xi5GRM2JP7pDEtqpWyWIswVEP+6bR3Pg+Uf610C4Y+bHv6ZYwPch8fG9DRXz4uy&#10;QeJ0NmfVI4nqR50idsZXN6IvI4pBlsVyfwB93MzRV44SA3JO+02Zdg9l0T8hM6OORIuxlPIZaZQS&#10;cqtelq31ddnc2JS1tQ2yWqsIhu3gsd2/gICAgIuIIHA+xYBwAHu9nnQ6HXps8mrgwOWXuxJTJY0l&#10;jV9OclFCxuW65OMig0sxYjWYVUHAAOMiRgmPSXh4EFszHJjnxpqE+5gbaw4OUty4uBDEoeDfhwGG&#10;GALGjxCeV0GTem1UyIBnRU0qZM6li8XxF8xzKDH1xDKMM2nLgAmQVdgKmnC3vcfpTZfrVq/XsqB/&#10;XU963ESJaXp+/jO41SmRId/qCaKvUNuUxpXXZfP6F8kt5c7NL8vuCz8u29e/RK5deUXiUk0mw66M&#10;usfG1p7MuvuS6R9JMuuR1fxMNiqJ7Kw3ZHN9jVxvrEm5XGHnjbEKWjBSsvsAPEtpxk7NBgQEBFxY&#10;6Jst4NMKVFmAEDfNZpPeEt8DMAzo0nNiJolGVY0VPCM5FTVgAoGTqMCZDGU+HpC5rAmcuFBwXhUL&#10;LIb3hsKGXhvz3HAgTVZNYYwrH1hsXhvP0/B50oeLeVltNbXSJNwJnFWagHEi5sOo15meQf/wyvXP&#10;aS7FBbjME/dawu3gBQk29gLGI12nWF4zF58BN3PHATl7Hm21Xo55ZiAyCrUNqe++IuvXPk9uXvm8&#10;bF/9oly68WWdf41s7LwoSaEi01FXZv0WOe0diwyabAlVWAzJarSQtXJBttfqsuFYr9elVMLgqSp6&#10;XS/VDCrXcsf1WFN6nXHB6gEBAQEXHbAYAQEBAQEBAQHPFYLA+RQDneqBt+/ckdu3b7NaKIpjEl4F&#10;702AT4PU9YgXyRXKEpUbZFJdpweH8RkuBiefz/MY8Kp4r4QFFfdlzGbhI/Pe6D5WLTWROUcgt+op&#10;i2c57ysfVTXm8fDeGwzkiabn5Er11DLmZlkl5T0a3oujR+GUFEvDWZfN4jGuEsdLX/7j+XXTFU8J&#10;cDa7WO+nPs/49wxcEvb3ZYXrPAs7BqrklJgqWQ6rxwcRz8OywbUuyyAfFySp6P2qrBv1viWlmsR6&#10;72JdD0bzkSSLsRRlIrVCntys12VjfUM2N3eksb5FVutrUixXJEoK9JqBOK8B14B7iHHLJnrPe9Lv&#10;tqTdPDa2m7zvy+t89loDAgICLgJgOQI+pfAC5/69e/Lo0SM1OhmKExBYtqDyWNCYxaW6GsgNoxrN&#10;fJSosFGj5UYRj3CMCNVFGFl8RiKYOK2eYsd+Q6uaUiN4Xqd+z8KnwZCasUfnfcvqKRM33qj7Pm/Y&#10;741L0z9GNebWj4sSwka50HQn43h+5kHJs1FEOOqyJaYTB90Hk5VEP+v3JU5fRgq2wnLVOOnlMw+Y&#10;Yn8TN5h6oeZFjYmc0wS8MNWj8/qjpCRxsUIWSlUpFMtSRCeMUY6MM3NJMjMpZedSLcTkWq0m6ypo&#10;1tY2paZTsFSpsV8jxFZBSIFWXHPea98DNWKsBoO+dLtdaXfaJOYR5Mwy1pyBAQEBARcRQeB8ioHg&#10;YvDOnTvy9OlTNa4mMrzQoNiAyHFWM5NPJFJRU7vymtR3b5HwAmA1OnlTlUPm8xAWGbaISuNtIG6G&#10;EDXmtTFaDBDPB+PoPDfnCxxYbXhuzEODuB5rJaWGfuUfl5BXCAFHewyduEGa/vPHW9L0BNbn4H1S&#10;ZmPzTNgW7p8eG4LilKjgzo5nkW7ErYjlHM5pTfIhDBB75OOPUmBj7I58wDv1IYLOnwMCaQbP2KAt&#10;o86RsblvTbo7B5Idtsh4hk73MlIvl6RRrZFrjQ2pN9alUmtIUQUQSC+NCxR2WZEM8wwPzeoo8D3p&#10;93vS7nbk+KRJHhw35aQzlM54IUNJyEmuJHMKSxwpICAg4OJC34XPWisYNSTTWOiLE/DTTwrzLnw4&#10;sJ6vUD3HR2173rrz05Bft7CCs9uuLi/nYRg/alt3YExcceF8Kdxqig1CE9zxYHRXAZHgd0jFicKf&#10;i0uuTO7du8e0/+c/+2fS7/Xlp3/mZ+TWK7eYhnvUbnfkwf178nRvn2nHrZ5kypuy9drPSu3yS0wr&#10;VBrSP34qez/4uiz6R0yrFjKSxHmJo4heG6DbaclQDSBaUUHoAPAe+a99n7/lNT4LPC/wGgD5vLXO&#10;YhVVLmKaGf1IchgAVI0/gIBjIVUI0LAqvPeGdM+dbgOhMJmNNV8dJpWLkWw0KlJYvyrR5otMy5fX&#10;JF+syPDpe9J78CbT4llPStmxvHzrFXn19deZVqtWpVqtyIka+pNmk2ntdls6WqYQfv56S6Uin/0n&#10;T57KwcEh03q9jgyGExllVBAogWlWRVexIZWt61JqbDMtqdRVfMR6LPQXpOJSYb0Jo0XbgNWGhKah&#10;h5+cnidy5QIvmx9GA8HAQB6iTsvYRKF//syLhT/mDbIpfr9TFTiHT+8z7XjvkbRbR5o2k50brzKt&#10;sX2Vwiin9wnjkAEt3e7pD/6rXK7H8ku/9JeZ9oXPf47TgICAgIuEH061BAQEBAQEBARcAJzy4Piv&#10;1lZLv+b1K75YLJIAmib72I+PAo6Br3xMMVAggFNg2R8fwDyrPpR+O78NuJIteiu8VwnAfoDf1uYX&#10;mu6rU2w7ruO5bXBKAMfx+616YejSn2medb0tYz2OpYXkvCwzpOH4K/tiHtEKOCXmmabL8yn+wuOx&#10;cg6k4L+/DnhzFlZtoROCHh8930zP3en2mPb40VOpViryuddelqu7O0yDd6XdbsnDBw/k4OiYae3h&#10;QvL1Xdl6/WfpSQBQfdE9eCB773xNFj3zQFQLWYnyFjMyct6afrctw0HfRg4fj5mGQGOU6RTeB5fn&#10;1fuyChwLVVPw3ADwNkSFqrJMDwHgPTm4yiUwrzobZey9NZxamnkrdCmfSL5QYpmNR1YuxTgjjXIs&#10;hbVdibbMYxXBg1OoyHDvPeneNw8O+oYpfoQHB03wAXhw4BXDs+KfMTz/8Jo8fvxE9g8OmIZyGo6n&#10;zoNTYNosV5BcsS7ljV0pVNaZlnedJy70eN6DozP6o5tLVgmPDcC+jfQ+4feFuCUAcTPWb5B1CwBY&#10;9wAolow+h/45taooetlcnvGcYg6/q9axefc6Jwcy7Hd5jy6/9AWmrV+6waq8nJ4r0fsFHD+9K0+/&#10;9weyU4vkl/5K8OAEBARcXKQCBy/0fr/PxB+8+64c6st8a2tL1tbWmIaYChjfyVRfqM6QY1cYdb5w&#10;fRperoxVQDCjvYRhIClA4KpfMfgTfSmzf5X0ZW3Hs+N6g2q9u1K4uHPAyFmwp23PNM0X5nEsb4MZ&#10;M+KOuRQuJmTcZRN2TpumokznZ0hUukoAOx+WcUysQxrWYjPdxh8TWffpriLOGSZrBaRz/MvNuQKx&#10;KExSs67zanUWtgPTMBr4er0uNy83ZL1mBhVVSa3WiYqfR3J00mZafx5Lfv26bL/2szS0AMqv/eSO&#10;7H3/v8g8FThqNGFb9fwYTBPo97oUNxA86PAPmIzN0KPMuPFHwMedICYEQMBsobYlMVpxxZaWUSOO&#10;oR2sNdbyeVke2RUCpnrtJiwtDS3B4nKN+40GVkWVZKZSTTJnBM66RMWKDFBFdf8NpqGKqqAC59Yf&#10;Q+AUCpZ3BHkf7JvAQXDueDKzmBVXReUFTmltRxLNJwCxgtxD4GRU2AAUFKyKykvsqp5iLR+IIQYF&#10;O9HDS2fB4I+VkJUEnzTmEUBLKAaEI65Hn2tgiuczk9OpSLdl1ZKDTpOdPKKX4t1bX2HaxuWbktOH&#10;VLWuxJGd9+jhHXn89u/LTjWXCpzPB4ETEBBwAUGBA6NxfHwsDx8+ZOJv/dZvydO9PanXarKxsck0&#10;vDSH45l0h2jZYy9rCBYYegY1OuNOj4S+iSlofBqNmTPu9h7VlzSWsR9e2/bq5pSLCBR1afyCh3iA&#10;cXA7ewGgoMfDzeFQGR7PnZfAFvoPloWLMJwI/MQ57MsY52B3/Ph6Tg8H0YFt3TkVZnAhQLxQsc1t&#10;G53z1+aXsb87IK7Vpy2B47tlnz/uge30PDlLg7Qsxlm5UltIPTbDBkHSap7I08eP5ahlBr8/iyRa&#10;vybbr/45KW1cYZoqCGmpwHny9h+wx1ugoqIAh8Y9QuspYNDvUdwgIBWiE6BXAAJEj/EMcN993jWv&#10;bN2lxjOpmCBGx3W1Sy9KeesaOxwE0KHdHM3OZ3rcFcGJPK7eMcDKAOVjhYpemaNiWcb9jrQPHjEt&#10;P++zU7vC2mWJtl9m2qrA6a4KnAwEzi0VOGasTwucFtPgETOBgybx9ownSczrf/jwkew7gYNymah6&#10;GMxzMpqbV3OGGJxCVUq1TSlWGkxLVORBUJj4c54ZfcYgcOChWfXM5ND5oab5MsXfOYbXUDEIEQNg&#10;OkOalpkX4hjeYa5lBEGTcR4yCMlMTvOtR+k17Z73mwcy6TX1PBnZffnLTFu/fEMf2RkFTpK3vBw9&#10;+kAevf1VFTj5IHACAgIuNChw8LX64MEDefvtt5n427/92zT2zVaTbnJglk1kKrHM8aWaN4M1z+IV&#10;CiPkDJ0CBgmEAEmNE75KKSqsWgRgqxPMU1S4Fz32hfDAi96phYyen14NvsAtjcfAOUF3PBNEyI3i&#10;lL5xx3R5sfNaSx+fPxwPaWyJ4o5n14HjufMwzeZPXy/mz6bbMnHGcmNxmXTWrCNF92MyvtNtPYJR&#10;84uh7CQ9qUqXaf1eW1onx/L06RM5bjqBM1eBs3ZNtihwzIMDIdJ6fFsefferMu3sMamkdhASDeIF&#10;1VAAmguz/5vxSA2piQ88F+aVejafFDi4dwqUH5qdR3FByk5YQdg0rr1GkZNVcQKgzNmnDph67axf&#10;HZ5j5TRWfChHux+oassnBTXUh3L84F2mZUctqeRnkqjAibct+DqqrDPIePD0XendM4ETUeCMnAfn&#10;owQOPDjtUwInjlWUaTlB/HuBgzzDW9KfZFTgWP7mGRUySUUq9S0pVa2KCk29k4KKHHhoXDUdA63x&#10;nLnHw2BljCR/zyH6IARRXt6jxnHA9NzwYMI7A8x084yWL1rQeSGZ4/m0zPUk/eMnTOudPJVR+1Dv&#10;+1x2X/oS09YvXedyXn/HcWS/8xMVOA/f+qpsB4ETEBBwwWFv54CAgICAgICA5wj04KDPk/fee0++&#10;+93vMvH3f/8/S6lcll63IyP70JZZcVuy5S0p1LYlLlUs0X1z0vORfpK6eaX3kNALorOcOnAdFrnt&#10;cjvsa4eybbmPzbpvXA/71l1VaOZtWE6xTTpZ2XX1KB5p2jnbWX4Au4LlssEvLzfjlTDdl0vWzS/L&#10;aWW/lTRdchOduuyj9+EoM5ZLpYlUc+Zx6fc6rorqkRy3zKszWMT04Gy++jNSWr/MNAQENR+/Lw+/&#10;83sybtrXfJKdarnBg7OgxwZg7A0H1hzTQwFY9ZQvy9NALtHPCwCvBGJkklJV6lesCXL9yi2pbl+T&#10;0tol3djfJVyTHTOt9jrv+GfuFwBPHrw4vZM9Obr7fUscnrD5d9K4LPHO0oOTVlHd+yNLm/akICN5&#10;+ZVX5LVP4MGBB8vH4MCDQw/nw4dpDA7KZaocTLIyXlgZSA4xQg2pb1yVct2qdeNiWaII4z0tPZfm&#10;OcSclgH6JVKgKsoC5FcDhRErZvFu6OSQQFN5LYNsPpaFO555Ro3p70jn0R8PztHzHpzjpzLuHPG+&#10;X3556cHJoYpK8+M9OMeP75gHpxI8OAEBARcb3vLQLe97zsU8DE+tVpet7R2ytnFZiuvXpLx9U/kS&#10;Wdq8obzO9IIaVrC4fkWnysauJPVLZFzfkbgKqjiCQFJG1U01RsryhkSlNTJfajBQM1fQaVIjM0lF&#10;MlFZWaQbnszF+hJHQKa+lB0zK0RrHU92VY/WKYhzcPQGB6LDCOkEqtFFMChbuvjpVDJqgMDsHMGi&#10;Skwds2eWydlYrdZI58cpBWmuJ+GFbkOqQQPRNwoDb0m3zGocRz03gnNxT7xIQpUcmFal+XkYt3RZ&#10;L84bU/2reoacLbKM3YCYoajhYJqIjbH4Dhjwpbg5SxzSzgVjzZgSNaZoLYXhBUrrl8jK5hXG46Cq&#10;xGJQrGoG9wLVNQhGJlGFo4xXWVzO+/XYloG4auBzeT0nOivEzXPAXEpc+8oyYDn/ePjtWXTKpWjG&#10;MexfWg66ge+NmWUQYaRuLQcVWGCclNiCDGVlog4t/RBYP9IyR7wTeo4eMNDbOJKhCk7jWEZ6z8d6&#10;qqk+0+Bcjy9JWbLFqv5W6iRGi0fPx5EKTPY7pEQVL2PKkEdP/0fpJo74s1wGbM+AgICAi43Ug/PO&#10;O+/IG29Ys9r//J9/XwpqUCr6hZtXgQHsj8vSy62p4bqWBpLOabBd8+30i9z90TT/wsT70o/Nwxeq&#10;T3TbuZ0M2I/p7njpvEtX4Cs0o6IE9i3njkfjqQkmXJZpFn+j53XGkMKAaWYEAJ8vvtgtKU3zYoFp&#10;uv1yWwc9jiZwFjnkFFkGV9IQK2GB1xnOA9gGgoNTS0r341ViQYE4jFhGcqU0lEbeWrqhyW+7aa2o&#10;vAdnlFHBoGJz49ZPShGeEwVaKTUfvS8Pv/ufZdy1FjVJkshs2JVh+1DGAzseRA69CBQ2/l7a+U9D&#10;r51ljPGTLK4EMSaVrWtS2bkha9deY1r90kvW27CKUX9Fy2laep8YOCc9OMdP5Pju95g27x9JvBgx&#10;BqeQenAgmCsyePKedO56D06X5XfrE3hwOj4Gx3mx0OEeyuTBg4eyf2ABuyhTBt3PVHiIiy+Ky1Ko&#10;bkh967qUa+bBsWbimk+9fxA2AAQrY2sgJl05M15NhXgGYoieF1yvinV4yFRAph0g8nnG78h+SwDm&#10;l1jeLwhd5BOeG4AxOJ1j/nZ2X/4i0ywGx3tw7BxHj+7Io7d+X7YqOfmlvxw8OAEBARcXq29HM/5K&#10;Vl2wqsKEBYgvThhV++pcdu+PARrRDbzncKCGU7cb6dSnTTjG0UCPgS9XI75i0WW9UY0rzjd1Hg54&#10;O+ZqEJxHJLuYSk5NST6Dl/FMouxM4uxcuZBY38tggqm+qcEkyp5hTgqO6ME3iaMzjMlYDT+Mvyea&#10;8aIX2UjnScxHaM6bsFWPMeYU/bSg6gDMoC8YVCOocZ/jyxvMqDHMRDKRvH6VG0fznIzREmdhU86D&#10;s5waz4wy65jRNDVFKo7UcpHmPcF0hfROwSCqAfT/YAfxB/cW+VSirxhU5aDVTy4pk9mkqEa6yADV&#10;XFwis0yvGGPPkoressQYK0mFLlhsbEl584pUt69Lsb5FxiXdV422f35Wje/ptE9GM+cYWJN23ojL&#10;0mW7RFwrxKtPw35/urDydXRiGcNpTKfwguI5R59CjhP9vYD6bI/nU5lgO90enOk9m+O50fK3Mi9L&#10;Hl6aYk3LscbWYyS8NKii0ov0510tI4/TZYKpzfvnxO/LdF6D2x47BwQEBDwngL0ICAgICAgICHiu&#10;cKqK6s03rYrqd37nd/iFV6/r12PBVVENYullalLbuclYC2AOr4uvonLglyC/Ds2jANDbgKbfmDqX&#10;elp1pDtgCrDqSMmqJvc5iXk0M7fqJ0vEvP8CXX536je7O47/3j+1zs1hxn/v+mz7eVyHxVisLGOa&#10;plkcBdLsD9Z9xHbzZf9AyNPZ6qgU3NcB++Eft7VUdBRXzE3l1c2FXK5Y1clk2Jd260QePXyQVlGN&#10;syWJ1q7K2os/LgU3HhKqKU4evScPvvNVesiA+tY1rJFRrynjvttXjzeBl2001HzaPZpLHjdK57T8&#10;fHXKfCaFBOMkRVJ0z0Gxvm5VVJtXGBMCIC7EruVHA/NQRTI4eSrNB1ZFNeseSX4+lGRtV4qXrWos&#10;qqwJOhnsPfmBtD+wKqr8tCcJ+sH5U6mics2/47JEpQb7weG1A5pnczPps6rHYVKEGDLEh7kqKAWq&#10;pfDbIN0zjDL3v6Ml3PPAvx8OHIFVVHrPfBVVv7kvo+4Jq6guv/h5pq3vXHumiurw0W15+N1QRRUQ&#10;EHDxca7A+e3f/k80rtWKVUUAR5OSDPNrUt15kbEGAANhYQicIQbspazkC9tezlZtgrRl7ADECuZ9&#10;tZhPWwocSzNhYwJnNY7GVsPwMoniAWICXKY5oaArvVjgNhQeK8MtuDQYBMwD3E//kExxy9xO572x&#10;sYV0GbBzuXTOY4pFS/dyC4YSgiHdnn/tGglL4nalaCGvb2dk1wscFSPddlOePH4kzY71RjyNq5Js&#10;XKfAKTqBg/tz8lAFzpu/pweyA65fvSV5FQEIXp66jv4mw54Mu23pd1pqvM0YzzAMAQysEsHQAOKu&#10;KuVYKpWClBpbTCvVt6RQ39DnYs1VS+k9UuNtl+Uu4o8DLQq90zaLZyBvAqflBM60cyjZ2YBB7Inr&#10;6C+PIPW4IIO929J9YK0Co/lACtkZByr9UQoctKJKBU5SkUjFXVEFTuR+MxAw/B3oMXxfQOirxqo1&#10;XZC8wn4nuE4tK1de/rn544Llr/lEqzNg0DpYCpwXTOCsbV/RZQwZsUg7+oPAeRAETkBAwHOAFYHz&#10;A3njDesY7bd/+z/qS35GA5CUrNv5E1mTUXJJKpdeZhf8AJq5wkDbi5lJKVbMtEJXMmG5kV+fYZJL&#10;d62ZbPPltkw49cKHyFiSKZyHYLCppbmWQJo2d13lU1Sk2/rtIHDctqugkDLaosW2UF35tJXl5XaW&#10;zqtxX+AIxoa3CwYlm7HzTkbmNcHQEV5sqWXSnXEezLuv92wsxTgnL9bHslUwL8x0POD4UYf7B9If&#10;mvjIVjaldOkl2bz1EypwbMwq3J/jB+/JfRU4XjRu3nid4iQqVjWPlhd44zrHB3Ky/0TGMxMp00xF&#10;84/85HS9BSMvxj1ZW6/I+kZVjbkJ3UJ1XbIw4k7cLGHn+3icKXcHlqfLM1trqSgYnjyR1n3rkHLS&#10;PhDR/GSLDcnWrYPBTFTS4svLpPVYxod3mFbITikQ4cF59bXzhmr4CIETqcDR+2MCx5qJU+Cwo7+F&#10;TBZ2zbliTRIVN/BioRdnAE3n2YqKYt95a/A8QKy758LwScvpk4OiSZ9x9GAMDFqHqcC5dNPKoLG9&#10;y+fRPDiWn8OH5sHZDAInICDggmP1LUuDAlITeOPvDDWMHMwQuqlPg4yVDBpWgTRF81dQjQOIcabG&#10;nrp+NBo7WlN0DOY5GKiRHvQ5BhbY6/Wk2+1Jp9uVdsfYanek2WrLCaiGCDw+8WzSQNFIKVu6rt0C&#10;2ySMVbfT0WN2OLQBiCEJMFgiAqSnCHZWwrgjkNmCmPHCn0ukX7V48WNIAxQSCDMEw2EeJcccBkXM&#10;SQTqV7Axr4w0LSuRijYQwc8YbiEvI1kMm+Sk/VSGh3dldPJQRq0n5KS9J9Puocx6hzLvHZGLQVOm&#10;fb3Ow30OzQDuPXnCfllazab09JpA3A8GazNg25qaW18rEFUZftWDuShiNUqpviGVtW2yvL5N70Nc&#10;WlNuGFUwxRUVQmWfjub8Nd1uXSrrO9wfLFTrDIBNPXUknqdPSrePlqfRlvH0mYhWwYEBJVUQzlQQ&#10;LhCMzoB0NKOfsYn7WJ8noz6Po4mWA8Y9o43n86xnwZ+PwflC63wg45pXLU8wq2WaQzN2NGkvVci4&#10;XNUyU7oAYRAty6zJvC8nEGWgvzIS8z8K4ri+PF0AuiPLNz3/6vZId5cXEBAQcMERXmcBAQEBAQEB&#10;zx1OVVH5GJx//+9/i16YtbWGFKvW583RrCa9bE3yqA6IbMwb3xMrAyZdPEH6Sbiiney7GGmYd1/J&#10;rCZy1UmuaohVRJ4rX9NWdYR0W+YMTuOWAP32tNOugLmAl0W/VjFlGub1M5Xp+jULoBdXBM7C++KD&#10;oOG1gg9rMjMCc1yT81LA1Q/YOd3XL8/IRf6ZT+BRsRiXJM5JoudoHz6S9sEDpnUOHkn36AmbXmej&#10;EtOs6XlEjwu8QwCboOtsNDqR7NhGDkc/KvA+YQyphSt79Bpc331Ztl76StqTMYK7W3v35fH3vs4Y&#10;FmDrhc9LdesKm3P7Qp1NBtI8OJDDx09lsrARtOf5ml6zee7EnXcxbsn25U3ZurzFOB4gr/n393F5&#10;izB35oacB92E5Ybys8K04yxm9EClA01O0JXAREatPRnsWdXTbNASwfrCukjFqqjy8DIlVZl1Hsrk&#10;6D2mJZmRlKLZJxpNvOMH2zwvBmffxeDotc70coeLSGZ5KwOMml6ob0tl62paRcXuA/CMsVDSkknB&#10;IiJW132CMvs46CHgTcPxB20bQX7IKqqmrprLzo1XmNbYvKzP8emejA8fvi/3v/NV2SyHKqqAgICL&#10;DVpQGPs4jqVQSEgsQ1RY76zW94vFEkRM973uMv4Gho3AS1plgaZlZujNdyRZx9x8ySjlQNmXeNbn&#10;YIggRn2O511JyB5ZUBYXPSkt+lLKGMvKSmYglexAarkhWQV1uZobSCMak+sFFWnJROo6n26n21Sy&#10;ur+ynh+RjVi3TaayUZzJpmcJ0znTGroOrMYI9s2w7xxf5RDFnoWU6Kskr8KikERSKxfISimWYiHP&#10;DueyQxUqytykI3kth/xKGRQzmkc1xhvlrFxqJOTNnYq8vNuQy1sNWV9fI+v1ulRrNak3GjTWIPr8&#10;kXFXhkcPpb93mxwe3JOpioLFuK9q1npotqoIVFfg9uP+zVUsDdWwq6jIqAiCYFJa7IgZ3GwOVVwZ&#10;fU6yeo02sKbvoZj3nVuZeSYpWDDF8wWBeZZIx7YqZlQoQwhOBl1y1G/LsNOWgbKvogMcdPS6un0Z&#10;D0YqfCB+XBWUPnbsHUefTRA9XOfyBc3rMvYlFU5nsaorfhi4/TD4K8QoiJZbKBP9YchiMiIzmkFf&#10;BsjBWWoxOGp5eLpy+eHpy9WOg0wuFlqu4wGJ6j2sY1Wir6rSzVg2SjdxfwICAgIuPujBwRfr3t6e&#10;fO971jrlX/2rfy3dblcuXb4stQ3rEXdvuiZtqbO1CL5MAbycWcefU8OSsbd+ZoqhCaxzPvOB4J2J&#10;FyiMoJoiF+zLoRDgAXJGl9AvZezDqB93PH13u2Uch0k8rxmEZRom9CIo0GkfgK9vpCFOw4+5hHGG&#10;kOZFHVBQg10oxGwqm3p6MvDRZGQ6W8hwYnkZLBLpZaoyyZZkliszTQuA+WMOfGamauBU2JULOamW&#10;7RzowXaqZdO895ac3LXWPWiSjbgZ5tp5jqq1OofIaKyZkAEubW9LvVaVfr8n/V6Pad1elzFLg/6A&#10;sUxAX43/eDaXhRp6CFIgUYOGzhiPD/YkcYHHW6/+lNR3bjDQeDx0xzvak3arL632hCNjA5lcgb0u&#10;Y0ykWAUlEGd6snl5l+Q1E1YCHwYvMFJjqvNowQXAS4NyQLA1mqoD0xGGjsBYTBDT7siZPDtRlFFL&#10;5u2HTFqomMPwF5nSlmTrN5gWFdfYtcG0eVfGBzZmVSwDKeanz3pwKubBOVnx4CBma9WDk9dnCPFo&#10;9x9gLCrfigojemdknFVBU7Bm8aXNq5KUG1gr+YI9G/CoYWRzpLnH+SPgytIX6R8HK/siEHqmorX5&#10;+DaX0QM0WrmVahuytmnPQbnWoCcyr49e6sF58L7ce/OrKvCzYSyqgICACw0KHLzADw8P5d1332Xi&#10;v/gXvyEdfdHfuPmCrO1cZdr9fkWOJlXJoYfV2KqovNCA3YoyZrCKiz69FAjYhXgBIDAgWODVQNAu&#10;gNYbFDP8DHdCyIsb0kCbqNOzYsYLnHRDBQWOftLnXZNXrIJQQ3AxBpMEMP4SvFDYPxU4SSLFIjxX&#10;Kmgmrjn0HKLKhlWAyAGmuZJM44aMo3UZx66pfFbFHjO2NPLwVMEr02hUZGPdWqGhZ2e0epoe3lF+&#10;wLT+YCjDoX7po1xcdVmSFKRUKsn6xoZsbVlrtevXrupx1lTQ9KXTNUHS6Xb0HnVpkFstawV0cnLM&#10;IG0YaN9qp1AoqLibqBE/kcIG+r8R2X79z0l165oUKnUZaJ6A5t4T6Q3mMhirKET/N4AKV1aFaZmV&#10;E7uX5cJM1rYvkb7lF8pziZUbglldheomAMJgrnnjIJI6BVDtNBm5Hq51yjR4aPRWzuc4gBOcmheM&#10;9STjliw6VsW3GHdkoWIyU9yUnBM46J05HxVl2ronk6MfMA1VVMX8OVVUFDgnKwLHAtKnk9MCx1dR&#10;nRY4NjRGtmx9AdWvvsohTCZ9LU/3oMa6nIdXh1iW0aniAri8Ur1HuOWz26Y4Z4U7L/7iNzefjGTg&#10;WlFNhl0pb1y2oPKqPZOFYlF/jxA4KvZdPzgHKnDuv/FV2QgCJyAg4ILDrEdAQEBAQEBAwHOE1INz&#10;fHws771nQZm/8Rv/ks24X33tNdnafYFp3z/MyKNewhG/87G54DkKN6qY5vqF76owLsVtqUUTSaIM&#10;v9YBBMLCYwJvAvoVAeCxYNWVzrsPzxSryzZv262C+yrT79j0s3hBDwAwHA7k0UMEh+7J2HkH4N3A&#10;lqyi8tU4hURKpTLd+s3mCdPQlB0eHTsPkzhCNFz8s9Ku9Irm2ZrmK7LIJnpMvV6Xh2JmxPigjc11&#10;2dwxL0y/dSSd4z2pZ3okcHh0IsfNlpTLJSnq1zQwGmMMsIWsr62lHpwb16/J5sYGm8+DQLfXo5cN&#10;HojjIxtEc3//gB4r3M88Y2Ps2tA8/1i3SzbNg7PzuZ+T0tqO3otYOq4PmKM9LaNpJPOc6/tGgT58&#10;EHw8HQ2kUbMA5bV6LJX1Lak0NnkegJ6zFFZYKDfOapmgzx4AvS8Pex0Z9QcycZHbqIqCh2zVW4P4&#10;n2zWxdC4qjs8L/lI8zA6lnnrHtPmw6bMNX+ZwoZkateZhgB4jFg+az+U6fH7TCvkplKKM+zo71Q/&#10;OJUKywVlCKA8UX6sopp9Ag+OxJKruWq/V35SCvVNGTb3ZdzvMA3bWdm4B0gBbxefEjwr7nlhmlv2&#10;fpw0jQs28TPpIoBtlodfgt5MBIBbdTKq7Sobl6Rc3+DYbEzL5wRhWJH+FiKXdvTgfbkbPDgBAQHP&#10;AXJ/T4EXKQQNRA4M0/e/932+2F966UW5fPW6VCpl2ess5LiPN2bRBpHUtypetBAFGByznBtT8OxW&#10;5nKplpfNRlkqxZzUyrGoiZByIZb1RkUa1ZJUS4kamLKuK6qRKUpFp0uWpFIqSvkMS2dYSGJWMRUR&#10;GI0qJk0r6/5YB8RxxGqpvb2nsq/Ge4h4FxUPGDUbrcYggmBMWJ2jRhTHmqpRQ0wG+u1BfAu2Q/UO&#10;4new70LXo2qNrZbyJQZQIyh3LJFM1J6gd9uZMsrMOLRCGddaq1FMod8dDEK6VsrLdgP5LLGqBh3G&#10;bWxsyubWplTV6ELcoPqmosa3WqvSsEPcoMUP8gqi/x2IC2yHa+yrYMB9Q56RT8ALSMQhYVvc3xyG&#10;3dB7zU4A9Rog+gZ9DHw6VRGqRhsBxjkYRFhMvb8wngwOH2peMNBjVmprdRV6JRUbLk7HGVecy8QI&#10;DLqW7HzKuJpRvycDFQ7oo6bf1fmepg0mWrYQmwuZzFQYzlCqamARxK7iCsHsmTwChiF0TORgCsEp&#10;074shhAkeo7pQO/JRDJorZSUNcczNegIgNbrmHYogBAknc+iXyPRct6QzU0TjRxMVQXTcIAYJqu+&#10;RNnhfqO8vLjwAfeIz/HxT1jGVWII2CzKVLNV3bkhSW2dJYcAXnTyh9aF7PMmj8BnI/vLwVSvD63a&#10;mM60iGmW7tZrGTMdU9KnrdAd7xki4L1QZLVZVChLQfOWlGsSJQUVvybcUZwYjR/limoq5L3fPpaT&#10;p/cYTP/Siy/icmV728osICAg4CIh9eDgK9Z7cP71b/6mFIoF+Qs///Ny5QVrUvrvv/1Y3rjX1c/h&#10;hn7ymQeHsTIIJlajc6lk3pqvXM7Izc1Yv/ir7OwPODo8UkOjxlGNPWJMAAgoWEeaEbMlsL1uFl+v&#10;nHHr/bJfC2ME0THRL0/zLOB4fv7w0OIOHj96LG++8YbcuX2bRgfAyxz7QwAU1AAAEBPr6+sqOOa6&#10;zyOm9XpdJxJwejsvxAKCkQuNXSlsvcS0QXJJWtkNmS7QNb5tV2errJEahg3Z2bEv/NbxIQN9rzcy&#10;ckMJ7O0f0otz6dIlGl/g4aOHLC8sb2/bcAs3b95QkbPOHnfbKhYAdIwIj8OhbnvgethFoDjSYLxY&#10;vgoYcnpwmk3JVTaZ1rjxBTXMNb0/GRUYVmbjeazlovuokPCxNRBguXlP8vOObFxynordK2aI0Wux&#10;XQbvI/5hisBWAF6bXqsp/U5bRYQ9B6MxhENeRYzbXwERY+LIaIk6T4PLo/okxovI8EgW7btMm49a&#10;FDmZ4prk6wh61uutrkmxWpfxySMZ7pkHh+NVZafy8i2MRWUeHHhv6ME5PqEXB2DgNmOYrANB4DwP&#10;DsWlPhPw4OTrVi47iGvavqEPC64R8gezbl7LE/8MOnWz/hm3hDPPuJ9fTUuXPw5abjknCl05e8GL&#10;5x+j7wORzqMLBXZI6eLWEGT8wRshyDggIODiw9UJnIG+CNETb5LENJAgXoT28tav1xXCVT9T4z6Y&#10;5cnDQVaedLOyp1rouJ8hO9NIetO8dMZZ6Y7VkDj2xgvpj2bSG07Irn5Jo+oFwZ4dNYxgVwmxMRxY&#10;T72+t164/+ExgosdjPUFjebbJRVm9WqVRCukDRUGG5sbsqbzIJpVw1OCKilUmYHw3kAc0QjodbJp&#10;tDO2qHryhKHDVz76t4nRxB1cqIGdqwFH2eg+4EQLBdc1HE0pwsDRZC4DFRTt7kBFzTHZgleg36Pn&#10;7OnTJyR6Yx4Mh7rviF4nEJ4ZBBSjt+KBChtwqGUFDwyNsZaF0e4PPUPO24N5rEN5IYAahCel30OP&#10;0qIiJ0vO5rg+q96DSAHno47kZKxlZFUZIM43GtowEQO9L+BQOdL7M+p3pNs6IZsqvNqtrt7PqQzH&#10;GXI6j2SmomCRAeGtUeMLb5gS1WHIOzmfsowxPMRcxTMos77egZHe86neJxhsMCuojopxHytVsqgi&#10;Gj0rx8WSCTElxNJ5ugBpEA3+vOduBGDdMyud9EpX+WdGnwEIGpSlPqcY6wueLFTzgWwxpmWLKZvm&#10;pxzp9mc51vuxJHun9l00fBTZOhFPLAS99fmEIG0tCKbzUkFke2UeNGkWEBAQcPGhb7yAgICAgICA&#10;gOcLz8TgAG+//bbESSI3b96UesPiCt592JQnJwPGnkjOxV/wL778ssJ+QeY5GU7m0h0qRzNpDaZy&#10;rF/wrf5UUEsxnGWkP55JR9MHOkW/LSC8Nr3BkNUrGEOqBS8APTgdNoPG2FHwGuArF1P/Fcs+POB1&#10;0fxjCg+OxeZEUiyaZwZxNIjhQHVEXb/uS8Wi89wkuh6MJdHlkn7xozoB58QXr+2XOUX9w69d7N+o&#10;liUv+rWcL8pASjLPmCcC2+ErGl/l8ICVSgXG9nR6Q2l29Eu9dyyDk8ccXwvjZ6FZMuI70EwfVU2Y&#10;R5wQPEoIAmY1XB79+SyYNx9ngyoqBG9zqkR1CNYhOBpeGwAeHbsWLe++lh963oWHJlfV/Jb1XqKn&#10;4khLMcd9UEXHgT/HPS3fiSzGTS1PVOFh0EhUdSxEV8sIzdv1nGjWjdgaNPFGldR02JfW0ZEMNR/N&#10;I73Oochkrs9KtkivDQbCRAd8iEthFZTeF5YrfAfwgM21PHU6R2zTBPE1Q8nMhzodSS4z1fJAJdpQ&#10;stMeq1qymRmPk2BMre3r9NoU65tSqDRkNuzIuL3P9Vm9FvTLBG/epgvcRl9JuPeIX/L9COGeg6dj&#10;cHDP5/Qq9nvWTw8eAqxFtWS2UNW5jJS3rklUrtHrgs4KMR22tSw6xzLutWXU0/z0HQeOfrnf1eXT&#10;9J0eglO9z5NBjyO+o4ynI0wdR1gG4SGy+ZkSTcTxG2GVo04zvkNGLW84KAFMSZSlS+zB+/b0rpTj&#10;bIjBCQgIuNA4X+C8pQJHX/43r1+XqgocvM7ffXhCgZOJy5LJJ+5FaW5wur5RxZBRQ6lCZzTPymCa&#10;lfZIpDnMSGuk85OcLmflRI3ekdoJBCwf9uZy2J3JQWeq87qMaXeihDCay5GmnfRmctI3NgczOdL1&#10;zb6yN1HhBI7lWIVDuzeSFkVEX46bHTlpqZFtdaXZViOhRh1VFXnXdT5zDSOlpCCZw7hPKQ7Q5wuC&#10;eGF3UWVl/e04A6Dbo7oH/flg8EwadTW540zCzvUWOZSLlgeMNIOBdUGNZb8/lK4qvMEkI8PWvrT2&#10;H0ir01PR06WB7fQG0sZyt8+qKcR/QGBChKGaqaiCCn37oFWYFzAWEKtGdAiRqKJP84Y+cHAfGUDN&#10;vM55Ddgex13kVdTofcqWtiWT1PU+lvR+QSZmdBtUq+h+05Fe20zzvlCRmJMqekxeW1dNW1KRU3BV&#10;S5SWKgY0L3qOkRrooRr/AYKI9R5NVOSOZ3nrMDCrZYJqKIoZFaN4mhaoMnMDgc7HWl4qQARE55Ba&#10;vggKjlS4JHkpqECMVSgWVaCWqlVhY59Z3wSX5hdlnS/VJa7pNek50MkeOqIcd49ldPIUDydb+eUo&#10;cDZOCRyISA74qvcAOE/g4JiISaLAUVFH6DqsnaHzwcTi0QqNHca74P5iWIQJhAsECKo09dliVeFH&#10;EGV/Og2CD+n6LGGdn2fZWf44XZnXlTaFWFRRN9d7CaEDIYQqL5QF4nL4XCrSZ9s/34pe61hae/fY&#10;6uzFF60FpY8FCwgICLhIOFfgvPXWW2xCjebJ1boKHF3/3sNjedocUeBk8wV98avh0Nc83ov8CldD&#10;AKp5UoGjYmaclRaZU+ZV5OTlaJBVISPKjOx3F2yZtdeZ27SLNJEDrO9nlCp4uD2EkLILMTSVfYig&#10;joqgzliOVEEdtAay1xzIwUlH9o7a8vTgRJ7uH8sTne4fNdX4q4GBkXOxHvomp7FBCyQaM702xLIg&#10;FgZTazqLJuQRX/p2fVpQmFHjwa9iNSBqOQQ9BE9VIEDwLXIFmUcq/nQzPSQNzVS3hXcFAmY4zchc&#10;t2kdPpTDh7elpWIGhhXNwrv9kXRUBPUGGJkdzcRn9ED5llZlnbJV2MhEDQywiZwJ7xsML86HJs4Q&#10;PBBFMMFLgaOCQ69VVYCWQ06i2lUKHIiVuQpSGmtM1SDKtKfnReufjKytN6S6sSmVdRUPUZFjTy3g&#10;qUJLK30G4HnAtfZaR9LrdKXTVoMuRRWUesC4rgYfnSciuNU8NVo0mk8Y77FqGmsBxSDhBTw0ExVx&#10;iKuaqqDJSrGUSLFWlXJjTQrlMqcYxRwtgBaIDdLnk6Omaxlnk4rkKxvMS1ZFGFovjTtHMmpC4Oj9&#10;0/PlNGfWWu2sB8fuAzDRckOM0mkPjoo5nf8wgYPfA5BU9XeCe7B3VwatAxn3WiZSsDl/KUpdoBg5&#10;hwAmSy7T9Apsnn/tWDbFxNalUweIG3hyJoO2CpyOTAddyelzitZdaDmFA/vn2wSO1Vb32ipwnt6T&#10;sgpMtKIEgsAJCAi4iDg/BgcvQP3PIGI1SCDc9OnYOqZl+ILEMl+UjjBmWIlqK1R9kPrljmbAIDwe&#10;Rp1XAzHVr/xZtmCERyGqyEyN4yxeMyYbMok32HPwIL9OdrPr0s6sSXPRkON5nTyY1WVvUpUno4o8&#10;HlfJJ+Oa7M8acrjYkIP5Oon5ZnZHOtFl6Se75KCgTC6To4JxUtqVeXlXFtUrknHM1nZJKW3JJKqT&#10;U+Qb4kDLimWD8oDnJ0ooHoZDeFnGKmRUkMwyyqwMHUdYnmoZq0hCE2kQZUWj52+DMqeiC8YYIseq&#10;riwgmh4meps8sYO7hek/fxzcGyNvnp7Ae2zISVfy2amKm1jKVRUWCMSur0lSVEGrwtCaaStVPFC8&#10;sUrKqklmKnSmE7QsOh08zKBrfWZY5QSiamkxkCg7kUIxS5arBak2qlJdW5PK2jpZVlFdqDUkKalw&#10;wdheSo4tpWWDvNMTRJr3CWXlhYI9s5i3UgCXf8+A+yz3dTsRaZqf55yDHVCp51aBBY46JzJU4v5F&#10;pQYJr05pfVeKaztSbGw7Yv4c1v36JTF4JwZERf86ZG1LkhqmmyqoNpb0y1yv1H2S+o5qzB19pPT+&#10;KSFy0Q8RqsswgCm44HML3Q4x7KnXy4sMCAgIuNhQSxcQEBAQEBAQ8Hzh3H5wfvM3/7WUy2X5uZ/7&#10;c7J73dzU//6b9+Q79zqSrV6WrBtgUD9d9UP27PfeSsp5n4Loy2QF9Cicgl9+9os7/aK2Bbfsjodq&#10;I35pWyxCmoZlTPFpyjTEMExEP2E1DXUpCsaCIP4DPibbF/FFNl4WrtH2XehX73Qy0nTEiTBJ9FNd&#10;ZlFNFsVNWZRcMGY2z8Dn+bAjs4H1FCxxSTJJTbqPvivdh9+xpMVI0E0gOoLz/ZXEmQk7Wbt6ZVeu&#10;X7vCtJs3brBXYwQR+2oSXzXVarXTqsX9/X32k4OO+9CEGkAPyfh67+i+86L12RJtfUEkWdPiymsx&#10;WL81s0lPimXvTbE+eWrrG85LJOxtGJjOxJqId1oyOHzMtOHJnkzyDRLVWAC8LvD0sGzRzFuRnQ8l&#10;1stMkpwkJVe1g+q3YkX3s6olwI+jRbhbCU8VymjWPZDxvg0gOeocsnk6+qIp7txiWlxek3yxLIOn&#10;70vv/ptMy43bEum5X751Kx2LCn0fVfTch0dH7EsIQJkiJgdN4f1YWYh9mur8w0ePGQgO4LoYVJ+x&#10;akkgKsNrU5d8qSZJxcanKq1ts0qIzcbds/vDY7nf8qeiM6uHQ7qupIeLs/Bs6fOn19E/tHG7Ru0D&#10;dgAYF0pSXbcqp1K1LhgbDs+yH7/t6OFtuf+dr8p2JSd/9ZesH5wvfP7znAYEBARcJJzrwYHoYOyB&#10;vpjZ6gZWjQLBVcOgKiqtkjpLiANHPfoz1A18UCONll8+m87pWSI9yxgZzqsRX606yeaVOfQW65ko&#10;1XBGRcmq4TVWJKcCLQdDWNkwVrckX9vR6SXJ1lTAKTMq5KS6q1SRUb1qrF+X7PoLkll7URZ141zT&#10;MZo1Y5PS68C16hTiAOJFiaoUiCNWZ+XQG7QKD51nXyeo5nCCDdeF4SxQHWXVUjE7m3u2nPUkvFkr&#10;9wPVViyLlXLR47FfH4WvTkELpfmkq4KtrQJmRiaVshSqapzVUMMog3oSHt921vuvRNzMeNCXbhtV&#10;HfZs5FHGei6/jW2nU8TXzHpsicXWWPWyGtd1xvQUa4ipWVPdV2Ovuz4QGYQWYNUTygqnVkKzWhnp&#10;AvNl5HpXdiCqqKzDReXKdn52FbavzQO6p27kFhx8nzbc+BmgSmdOso8hvWbEp+X0OQNFBYfl23b/&#10;kxLHMjKnjiq/NRFVTqNek+w3n7L11Vzvg+bIMceYM/SozRg0pZWxXZ8nqvfsyAEBAQEXG2pRVoG3&#10;O4SEGWq88JatPODNWBEoyvOM7ur6j6cZnVO0V3ZK/3rmKzqzZD67YPf7aFVj9D2yWq+sYCoSkkRZ&#10;NOoXbFyqSIKWN/qlTVY32QonqqvIgdBRZlXsmMi5wjgcEAInp+Ims/6SzNeMUruh26kwKtiQDKRe&#10;B8tQhQmMNwig6Th0ohc4sCXTCVo9IbDVWsqgDDHmEvKcdrKowsXKF0dZmjaPtOz13Dm9fovPwdTm&#10;+UWvhgwBuWzRgw70MBL3pKXrTeCwg7wayqOR5hn7wDrj2Lj/4Hw65vAL3WZTjaQaRGVcUHGn56F3&#10;DIG1SpxnMe1LdtaRYiFLYpiH+uaO1LZ22ZwbjIpV1QEqACH2dD9PBOhSPGgWQFytN+wsCBYGDPTS&#10;6HN9OuWGJPJv26+CG3BKI287pMASuHrcVfBoTNfrVULcwMnFFoaOyD9GS5+qKPRxLz889X6dRydS&#10;0IoN26GZ+KC5T3b27rJ5OsSzzz8GGUEQNXoA96LMXYJtg9+6kvdZ03SO6wMCAgIuKk4JnKUdwAxe&#10;fPri1i90EC94ig9usxQ0tvxD0D7Sz1+3QoqEdHn1fB9NCieIC6XO2jLpjol1uox1+t+I+TNMtyf9&#10;MXQ/7O+FjKMP8F3NA6aoEkCVDUihMZ+oMc+l3iRBULHaEQTx5tHCBYwSFWexFBJrRQVWqlXrfblc&#10;liL6elFimAn0xwMB5D09IPrOQRAyRBKInn4hdJCnvCpBsIgxu2pVFRhrEpdrJLxc9KIAsG3evun1&#10;68VQnIGD1omMhmOZMKAYgcQIQMZjZCJIZgMyO+9rPiOpra+reGqQEJYZzY8XDKAZVS8izOAiHcYb&#10;VUXs+Re9/qqxxjrkxZNSON3HyOPgmNx0eU9A5PHUtS1nPhSWRxh93dbtiyP5cvGgtwSizJ8/vSa3&#10;7Of/xESeUFWIccxm7INo3j+RbOexZFsPSDm5K4On78rJg3eke/SURFUetoW30AscHAcXhOMiryRS&#10;WKhcZQwICAi4gDglcAICAgICAgICngecK3DwYQqiPh59uYD4QrV1S2/GeTz71bxK7z35JDy9r533&#10;o+i9NmfPof9PUz9Jl3RVYXptnllPVy32LF0DeIyDhUDklPDE2Pl9fBI7FyyUSDT1zqJDO3h9EK+D&#10;DhPRI/QCAx6i6XfRSC9OTO8MAr1BeG9q9ZpUKubFITGWVrEkGLzUemQ2Tw48OHmcNw+vkNEChTO6&#10;DgOS5qVY1ePWG1JubEhSQVBsTfOaaOGgmglf9FbtYkAZZlNPCvq8GQ4n7O/GNwlH+eNTn9UbM/Rv&#10;Aw9OV/OZSG1zS0q1NTKPXn8z+WX1itKq5nS/Fa8BPAr0UKB6x3mO2GGeptsj64m7yCyfIrfT//7Z&#10;4I3XbU9B138SeM/J2R14xJVDIv+oLmLfN678TntucKwfEfXsvqoKY7Mt+keSaz+UbPsBmWnelf7j&#10;d+Tk7lvSPXpMoloRPYFbB4K4V3YwHI/55/wyr5+0fAICAgI+rfgID44aDzU+U32JgjBe/qXug1q9&#10;AQFXRcW5PLP9D0/NrP4577h/8mMbcbzz0lPyPCiDZVpaVbVSTaVWhD3IzkddmfVPyMy4I/F8IFHG&#10;ekIGy7UNWb/0kjS2bkpt/QqJ2CBUWaHqBp3+gRw5faTzYzX47n6wpY+KAN4pd17aJRooq4Iw4QBj&#10;izW6TS5PokdiBGHrBekOml9wBbql+4fj6XGmdm5woOIGA3OiEz+OBA7ymvGMjFRkIUA6z16HUSWV&#10;U9HGvn0QcMsqHHClSgTU88DecrBPJcouP9QyU6M92XuHHO69K4NjGOpOuh96VEZfQyirNE3ndYJC&#10;0bwhwNrujX9GzHKDnwwoO6vOObsPjmUiC2S5u+10QmIXXJdNl3n8kxC5gMCBWAHH3aaIPmfxYiil&#10;RMtdWYFgnU9k3DmUSa9Jsr8i/I5xDEfLmx3Xxz5Np8v7Y+cKCAgIuJg4V+DQEOibzV54ZlDxkse7&#10;HOvOigsaD8fVtFPU7bHvWabH+jCuHAP2GFxNO3efT8rV4yg/Mv/gqX1N2MC7gRZEvH6UHQoQAgfd&#10;5KvhmfebZFbn0VQZ42nndVuwUtuU9cu3pLHzgtQ2rpIFFTgQDRy5HD0XK0fDEZswQ+z4EcERMOpb&#10;X2kmjAqYJS9uPGnQsB7NsNHaLFJxgsBeGmYYOezIPzzGKeAYM4gbiBx0Wqjnn+m1ojfrVOBgu6k+&#10;MBh/C6PQRyreamz+jdge83lZD9KMuXHnXCWNrJ4LXKjAyQ2PJdd+IJOn3yeHT96R/tEjGfVaur0Z&#10;aOsUEfuuHseOBXiBYyIHzxuTPxncASkAWIYuncCBcL+X/7hduq3b79R0mcc/EfVcekHiRxwfQeCM&#10;u5KICpxCRJbR/HsxlUn3SCb9lnGIUdn1edGcWxnheJovXcZxU4GDKa4BlxkQEBBwgXGuwAHwgqO4&#10;mRjxJQ8fAXZQ2/yhhBFZioAlP0w8/FCiIuWz5/2hCaH0TLrmxzE9F4xj2uTaWiShdDjMgHI+6bOv&#10;m3n/WBa9AzI/bkppMZBqlJFGuUiuNdZkY/OybK5tymajTlYrVUkwdpKKDl+tAfGCMac6bevfBsQg&#10;nOjjBv2woL8isN1qSafT5mCknj2ObYXxqAYqioYkhBGHd4AYguEizfCaFcMfpV5/Cr1uY1YN9kyF&#10;jYqrqU4RcD63ijrAC5e5QOigFZtIPkFgdSyRXhf6szFRsyK0cO5VMg8Zzd9MRp1jctLek9zoROJZ&#10;T+LMjJRxTwYHdylyfHUZBZHur4dZOZ6f4j6aAE2Fjl6Tu9qPhd+Ox3NMgbJK6coKC7rJ6X103nly&#10;0vz9qOnPld5bEL9XjNPlM4T/7p/fnrRN6C3U3zq5EojstwsICAi4iPhQgRMQEBAQEBAQcFFxrsCx&#10;L7uFoBM3/2WHLzoAH6veu+G9Hau0dN1Ov+jPpn8YV7f7obbHOc7jD7tNyjPX5r76l9VRto2wv5ex&#10;EX3KjNqyGDQlMzwm85OOFGUklSgj9XKJbNQasrZ+SdbXNmSzXier5arrQ8bGdwKn6GdmOODAmSfN&#10;E/KIve0eysnxMT033nvT0226PfPc0HvT68lwMKDXBoNughh9HLEzFly6Sv06139nsZqC64VnZToa&#10;ar4QjwUPDjqvww3WL3/9A84kxzJDZ7hRnJAIrNYC5P5Lb4N/ts4QXiDdbtw9ISedfcmNmhIv+hJn&#10;Z2RGy3l4dJ9xOPAy0NOgx1xWAy09OUzjBejj7bw4iMOxm/fDgcfW8kIuPXAUfRLc3BI4K6/Hk9es&#10;5HQl/UdBnk+h15ReP7xlpKu61Pyl2+kf5oXEvFH0XiJ/iOkiJxbbtbxmMCAgIODi4UM8OHgJzmWC&#10;2AvEeyjxwuMrXV+oXiR4MbDKdL1ubILg/O0+jn7fjyT+uflT+yNvnmfXnUdu62NprDoDFwtX/3yi&#10;xn3QImf9I6uCGp1Icd4jq7mZrJVi2ajXZHN9i1xb25JqfUOK5Zoa+wKJPnFw/CgpSbGyRmI4AwTd&#10;joc96XeOSAxiidOj9RNaSIFoUQWi8z/fvw1aSqFqazW4mdegy+jNeLWjP6TrBrh7pMXeeMOrYodc&#10;GjN/PBAGc6KCaTaZkRg8FcfAUBSTmbE/VjGcyeu1JRRrFGz6aOE8DAD+CC5FwFwwtACI3paRd7QK&#10;SwpFMtJ5vU3Mqw9GNtoynk9wpsficfVSNJf2D9eiO+MfL/GHsNmMq0H+VvbhrB4KRerLiQtIVCz3&#10;sbxwmXn8UdAEjO8hG8NDYNDX1rwiJ9OCcRzLrLglhc2bElU2yKw+a1oIPIaJHEf8Q/5UvIKolobA&#10;sfUob15SQEBAwIXDhwgcvNicB2dF4AB4mXth4F/upwhD4uZhkECd/VPjx59jJW8fS91eX/ikGlJ9&#10;48tiOpTFuEvKsC3ZUVOiSUdKMiKrkUijGMt6rSrra5tko7EhleqaFDDGkhoWGw0bQxGocIkSSUpV&#10;Es3IYaBHw24qcGYTFTiZhQoYP4L4aid+y+bfXricEmrwVCDtFJ1oc8YXwL2FlYbtSo2YEzp6oznl&#10;vG6BXnLHwz4NH2gN5XEsFcBTxG4sZDDR7VXg5OOiZHIRiRZOdmxnSD+Eam8dnfFWIg+4Hog467hw&#10;OVwF9vE9KINsmaXbp6LCCQFckt1Qu7deCH5isExQLDimCUCXxPvoJ0vaP90spb+uVMT9CGhCbsYg&#10;cTAq1mUa1aSTqanIKZPteVHm5UtS2FKBU1WBo0RguT6EZ47n84qytKB13G/2Ro0VAQEBARcYHypw&#10;ABg5/2WMN6GzFyZilGo3lZiukMbE6IXDaton4tljfgQ//hw+j2bwvTBA/vWiSHoORj2ZocVT75DM&#10;DI6kMG1LNTeW9WKO3GqUZXtzUzY3t6WxrkJGWampkClByCQqWPKkBSK78kMgMjxho74Mey3pqYhp&#10;N/fJbr8jg+lY+n1Nbx+QY80HDCqMDYKDwcFgmA60iQBicIyqJ4hPCg+rPsKXt3k0lveNAaNKVqup&#10;YQRxvbDKUVK0no6VMhvLTPM4VrE17HXIXhv5anHcKav2QmAvjCGOq+d0hMhZqKjJI7A4r4ZXSZkI&#10;kfMx1MLitlpwkksq5CIuS3+SkWZvLM3ugOyN9NpyRVWIBZnqdZF6HTMtP16fA++oPqu0z3psMA00&#10;xi139/w8YDU3WQGOhXLUI7oUbIN/mLHj8xw4vj5bOsMtSGQCedEly9OPgtB/+sefV4Vzprgmmfo1&#10;iTZfJAuXX5PSpVtS3nlRktoWid60KbJX8kLx5Y95atnynTIgICDgAuIjBU5AQEBAQEBAwEXEhwsc&#10;/XKzLzpfXQGc9Y7g6zj9mCTpMTnDs9t8JO2jXoljn+bZc6/yvO1JzYBOdBuXF/2ezmSUuCb03aLM&#10;zMc28vWkK9lJh4xnXSlmRlKL5rJWisiNWkU219ZkfW1danVjqVLjAJ6IsdEz8Z+WnH5lw6OCoE30&#10;XYM+ZAYyHKAZd1u63SY5RPNr/UDGdNBvkRhxXAufVS/eM4NAYXhPRiPQBQ5PlgGhM5wLnhl4GhyX&#10;HhxN5/3D1zg8OVbthuvOMY4H8To5XUb8i+Zn2JNhv0P2u0uO9fwgrovNkOkZ0mPj/Eo0Cc+hfx14&#10;S5T+/N4zcJapF4FVQNZhoY38XpBFviT9aUY6g5lySg50GemLXKLnc9UpWlaM2cEzaneWtOPjiHrD&#10;lf5ZsGWPT+aZWHo0XIIHj+emSu8hxCl0D/fPdvO7/yiYlh+rCuE1yoskNQ74mlu7RsabLzD+prh+&#10;VeJyg8S9gQcH5ZAej9eGeTdVwjnEdcqAgICAi4xTAse/5PjiwzJjBywN8CIhFQt4sZ+hNybn8Wz1&#10;0rnEdqQ/zzLtY4/jt3XGhlVR+g8GH8G7IDo9Y8/Cw2NJpi2ykhnIemEhO/WCXN5skJe2t2RrC1VR&#10;W1KuNkj2WROpkEFci5YHqAengcaxUQXFaqj2ibSah9LWabvXJnvjsYzQm29clnx1k0zWLklp86oU&#10;GjsSVzGq+bpEhaLkVXAgBsfH2yD2JuLwC8sYnGzOGVSXD1LLwAdJe2IbBCPTwKkwAWftp8onMu8f&#10;SWbaI+PsXKIMImxUrKgwAxcqzFRFqQCcSW4xIaPFUPKLgeTnfZ0akZaZojVZh9V84LRzKNPukRLT&#10;ZzlBL7vkgYzb++yUbjEdkcjFIFOWQbwhi8oumatdkkgNNWJpJioOQfTOiziULDoddDEpqPZKA2lx&#10;71EyeG5QNjrL5xqF9onhjuV/BKvQc/n+kSAWeT8guvRZILEfe3F+tmruj0uc02jXBZGjM/Yj9ReH&#10;WV3G+VWBkrifDD5fEaFpbBHLC/MmSP21+sMFBAQEXETg7bgCe6Xx5eiNxMoLLxUYK/RpH0cIkPPS&#10;P57pu5zHSI/j5lNq2nLeiyPdT1/a6LY+Ox2QOTXE0awniRrocnZM1uO5rJfzslkryvZ6g9zaWJe1&#10;tXWp1upSLFVIxNnQMGh50HMCMggbQykMZTDokb1+xzjoy2A0Ikdz1QrZWL+2VSThixpf1ipyCvUd&#10;KSBOooJxoTYsVsKJkgjiRpnEGJsqkUKS6LwRgbc2UrgLNgY1b6fKRMlygihCc3RnjOdDFXndA8Ya&#10;ic6D2ZmKlNlIDTSMs4oV5Qw9MetUVHRk4OFC+WnZ5aZdLcs2p+SsKzJqy2wA4aGiRQnRMm7tKTFd&#10;5Z6MzrL5hNtPB20SPTb3p1kZLgoyi2ukKNF7MozwZNghMYRELi4py3qzIyNEDY01nll9ALzA8Q+R&#10;w8cabuzPZ18nq24NEODhcFx0/gjhoPdD7xkEGmKZwLleBz1oH8bpeZz+kITnbXyK8GxxKAd9JtEK&#10;EISHDh6cfFTUjCNWSJ+DVNhADDnvDeguMSAgIOAiI6MvN/2Qm7N33Pfee4+Jv/mbv6kGNJEbN65K&#10;tbHFtHf3x7I/TCxwUQ0zwKoF3fcUljbkFD4k+ePBHW1vGimbWSbjjXwGCzUeNoWw6UtuPpJibPsW&#10;IrROiiR2LZIAigR81VIkoBk0TmFfyjACCKQFUC0EIWPBvxNL03UTVCfBSzSzvCxURCzU2GIYA1Uh&#10;TMOx0IqFBlGnAKsM9JztvbvSO7jLtHjwVErTply+vCO7ly8x7dqVK7K+vq6iSQVUXwWHYjAcMfD4&#10;pNlk/zgA+spB/zjo9wbCBigWi5KJqzKN6rLAgJoA84Br1W2QL6apcLM5he2LyURF2njQ0WuztMnc&#10;9sV1LNRoEvOpPi8oVy1HfW6AXC4yDwLvz/LIdruWotlgQsJDl2ht8S+TpnvRQp8MkS+tSVy/JJE+&#10;j7GKQ4BVNnpd+cG+RN1HTCstulLO9OXKlV25eu0606q1qlTKZS0z9DF0xDRUAaIq0O7zmGmDwYD9&#10;CzVbLS1vK3u9fP2Tl3G2KNN4zdJquyKRCi20tlPRwDQVs6pYWbbIE5FeD6/SwBm3lE7StUuck/Rh&#10;YDWiiq1pXwWsAkOHJFpWENOlcoVpxWJB4rzmbTGTXrfDtKf3fiDtu38kL+xU5G/82q8w7Stf/hKn&#10;AQEBARcJzroFBAQEBAQEBDw/ONeD8y//5b/SL/K83Lh+Xarr5sF5/2AqB6OCVE55cPQr0Xtw/Ge1&#10;YmX2k8Ht4Pwynwj2Mat//ac/pro7vvJniB1Bkn61Ili4kBlLo1piWrVSkkKhJHFS1I9wVGnobplc&#10;2kEcgnsBBujCezOdCcbiAuwLvy9DVDmlHhzdRk891y/6BTw2CozWjaoTHN+fI71I5NPlGZ4QfNkP&#10;WocybO0zbX78vuS6j+XyzrZcubzDtBvXr8nm5ob0e30ZDAdMgxeJHpzjYzlyHpwDeHDaHRlPJqyK&#10;AtCEPVdal0X5sszzBabh9BhDazFs6/XatTFHlq00q8gbezEe9UWLgZiieOABogfHNc9ezCSnlwLn&#10;Sc55idAJHT0uvFY7sF020vDf0pDI+dW0ZQbSOZvJsGzzxSqTYlTvrV+VXILeoP29tFiVaLgvUe8x&#10;08rSlYrz4Fy5eo1p8OBUKxU5ODj8SA8Omuajl+hWq815IJfN8F7DgzMrmOcot3FLM1SWWXtPFuMe&#10;0xgzQy+dPhunPDh6pW7Kv34eZWFJCrduOesniuXcudDVjGea6TW4A+J+FDeuSVHLLInt2UjgdUP3&#10;03r/MIYZsHfvXWnf/fYZD84XOQ0ICAi4SDhX4PzGb/xLVt/cuHFNqg0TM3eO5nI4KVLgFGpO4MzQ&#10;4+mZKiqP1DItcU6Swb38GfzIOcBezDg+jLDRrCw7hNN5EH2++DTESlCYOIGDuINynJFKIafGrMyk&#10;UqnkYlvQiZwTJGhJpGIDBhl9qwCT8VRFzFiJqaWNp1MZow8YgRF1wgUGDJYdggIGTcEgZFZHQcBY&#10;2hKwPjZncSHogmYkk0GXaZ2Hb0l//7aUC5FUSyZINjfWpV6taN70ulAtqCiokUJLJg6+2bZ9W72x&#10;9NFfDIVAkWlJuSH58rpkyxuSiUzkob8W7LtAvI273jnEireu3hhr3qfDruato6LOyhlTiAkG9HqB&#10;o+Wcz04lyi3UxteZFKsIwb2jyPEXnE7cDMDZUykKLGke3DqA1WJapqsCJ494pkJFxZxVSxGaZxM4&#10;BxL3TeBUMl2pZQeyu7sru1evMq1WrUrljMAZqsDBAKUYNX2UCpweh81oq3DsD0xcYiR4VQwyyqjA&#10;KdpvIbf1qmSK64xZwvAdwHyiIoP3a3l1VsT6h/8t3QtBKyuDn+c2Lnm5VrGy7Xmw+CB9DhK75xCB&#10;UQFDg5QkyVtZoXoqQhWVHnk4GDJt/wEEzrfkhe2y/Pqv/TWmfflLQeAEBARcPJwSOO++6wXOv6DR&#10;v35NBc6avcDvNkWOp2WpXrLOwwAYSX2DY47/U3hj44BVTNE/z3ppVnbkYfAHnhQnZlaaWqMnXWCm&#10;U+vkDc2kzfAymFOvg6LHGW18mVbLBamoUCiWTOAkScIv8LwazNgJnNh9ySIgGQGuAL7iRxMVNNO5&#10;ihrL42yRlRm8F/lEsk5AMLgULaucQSFWjVVqqAynrt4tQAghYBQ4vPsdOXnwDg0lgqOBioqzYkHF&#10;jl6P+/iW9UoiUXYhTTW8aEYN9BexTCSGNbP4D0VUXmNvt/liTXKx5Tmr+WUxwwOn5QugnH2e0+vw&#10;Aqffkr6KJ6DXn+j1F+363b4QOFFmqAJnKsXGNpMK1XU9ngocnohJK3gm4VlwE+5NoIyyiJXSsvdG&#10;27xUyCvK2wvtFYEzeMKUGgRObiCXdy/L7pWPFjjw4KATRRCAuAE7Si8C8s5dNYbAKdhvIbv9umQq&#10;O5oVvWYIUcUcPWDDk6LP5TJ/CndR6TPC/Ou80qcYLM1jdd0yNmkVPlGfRc0fvDa47wCFIASPPvsY&#10;9R2Ic7qs14K2WF7EHz58XzoffEMFTlH+xq/+MtOCwAkICLiIOCNw3mXi//F//L/UeGTk6pUrUt8w&#10;g/Wgk5PWoibVyy9Job4UOPhCZSsT93JdGnC8NlegKyBuvPG0qb744XFxggSeFwgM0BuYCYwNllVw&#10;oGt+gL31ekGjBDDFsdjM1Xk5YBzS5taReVzYZFrFjU8HIG4SfdmjifRibF/pyB5aNGHQyKhoQZnw&#10;HsBzgShTa56r22k5pYIgvfqVKz9VCArd5OxWMNTeADYf35b20w9kgBZH/TbT0Dw9TuDNWVDUAI1k&#10;wUEou4OJDFXYAPQmxBgCAgLMvD8QNVkMFaHGDn31AFk0qYZHJM03isrGGmP+VCBwVtejNdB0pEa+&#10;bV4JTOEJykRlCkJiMZX8vCd5FTnldatWK9U3l9UynwA07WfKioupgWfGLG8uf0xTrMoCaxpuVVTe&#10;g1PL9qSRV4Fz+bJc1mcaQPVUuVw+I3Bcf0NK9BYNoMqv28WApn1WCwLwAKLqccQqKvstZLYgcBAU&#10;jutw5QIBifkVkZLCLi6d9SWVTjFjl6wTSz217mPAe4vyYssynaUYtGPorSdyuh6/c5x/6j4UTh6r&#10;wLnzNXlxqyB//Vf+KtO+/KUvcBoQEBBwkeAtRUBAQEBAQEDAc4NzPTj//J//c0HA7bWrSw/O40Ei&#10;nUxdKts3V2JwXBWVflGf/ajEF+Sz362a4hIX6O13it5o0eTaXP9j/Wq2nnrxFW1f0PiaHqOqSIk8&#10;ARYQ7L019uUJF7+nB5c1Z6BvNm395diYVPDmAFE+Z+56zRP7gkFalJdSpS6lWoPjTQFJqSIRPCK6&#10;7xK4JjvnqifhGbhVq14TD44n5DboHj+R7tFjaT35QOf3mJZHwDKaX+u++YxdbyU70vmpjKYZmeat&#10;OipbvSTZQp2emjSPqFLTr3dcM8dKUiBmBU3UfTN1pumxkTdkz+cR3hJUscwnA+l3LAi12+lKRs9H&#10;D46WF6HXn5t3JLcYSnnNPBrF2jrzi2fD49krN5wtNX8LUZ7pPO6lzsMjsvTaIc028MfAvZ4vtJyG&#10;h5LvWxVVNdtnFdX2zo7Smt5XqwgyLsvR0TGffQBjfqFZ+AAeHBdv0+nAe9Pjc+irSL0HZzXIOLN+&#10;SzLlbb1k5MSXHwuT8x8HPJ7Ynk333TKqk9if0UoajodF/cs0W8WEFExjWa2Uj5ablR/+MAmla2k6&#10;7xw4crJ3V4YPvi0v75SDBycgIOBC45TA+cEPTOD87//7/8bYliu7l6W2bgLnYFKWbqbKjul8kKfM&#10;MapxTiL08Ju2FjLgBZwac0wXCAqessoJGI0wdEFPBmo8hkNLQxUBqqJgSBADAyD2xrrmR1XYMsiY&#10;AcUr7v/0Za1/0PoJgAGEkWZndy4rmHpDsjT4JnaMZpDzEUbwTqRQKEipaLErqNKoqGEsFMsM1gQo&#10;JGDE9bzemCA3Hw2XGQdWF7l59Dkz6BzLwZ23pPnkDtMweCVECWJLsk5UoG+fDMoUsgzVZopMXGF8&#10;EMvdl4veWyz6DgEBXK/1hIw0O7MJP8RoIH2ZhnPg3k1c0C3vH6u4LO4IwCSj+cnKVOKilQsG8rRq&#10;sBWBw83xXNh0FchtWn46wVVimX3pKHAvQRtMdJmG5xSbOPus2xtl1JLMwFqXRYuBxDKURr0ha2sm&#10;Vhv1GomqJwgYAHE23a4+k/o84lkEfEwOh8Vwzx/ityBKZ1oGi9h+C9nqrmSSul1bemmnr5Hg9Xga&#10;fNkjeBnHBnIquCNlHsI7vW+23erI6JiSmp5WLbpyR3papDrDgVKVvjoKU6OmsdBE2sdPZdG8J6/d&#10;2JZf/+u/yrQQgxMQEHARcUbg/ICJ/+v/+r9RZFzSL96a8+CczGvSz1Ylj2BFBKkC+lLMqQgo1jZV&#10;5FicyhIw+PYihZG18Zjwhew6qut1pa/sIXjTG5OxCRl0rAcRA5iYgZFFjI2lMe4Hb26+vd05dD1i&#10;QuAJcRqFhsMbSXzVAwtMYQhIZyRgQOjVQLNuuzb0EpxXIxarcCvE5umBwKnValKuVKWkBNDcPB9D&#10;gOCkqwZtacA+HjBGNkcROOzJ0/fflOOHFvSN+8OjZSDI7LgIDmZ5ILYiY/ljnIW/Zi1vYDZEx3Mz&#10;xht54YJz+R6SvaCDt4CE8HGZocDR82HJ30u7L9ZCzHvFaGwphFRu6XEBCCrbRskUhW7HY3K/5b5M&#10;4/1gErfDAq6U91lB44wm+85IMw3PiqZh2XKJ7RCftaBQHLlO7uCFwmjp6NivVrXndGtjTbY21ymo&#10;fZNwNLc/PmlKfzjWZ9KVnwoAE9cQUlYGyB7yi6bi6F2ZaRgPCjFazPs5sCzrRJ9P3QTCBR1OArgP&#10;8CJiiI7ls6tlmFnoFCLd0nA3eG53rR44Jv+7DW2MKpS/CXgAxQjPJ8pqwrb+6OJAf5c6j6kvUwwz&#10;Ek2a8vlbN+TX/8ZfZ1ro6C8gIOAi4lyB88/+H/+MzWR3Lm1LzVU5dHLrMshWaAT9CxfGB8KmvHVT&#10;4orr0RWGSl+xaJUzGZmbf9iHmOlLV7+U+64lyoDVUCNWT/mm2TBWXtCk4ghvZho5ewGvAtnwoieD&#10;ljwykkJmIht164ulVsqzaW9/OJHW0AxvfxKxR1/rs8aOyb96jtUzwIDBowNPThSbV6JQKEqhWJJS&#10;sSDlkp2jWq1Jrd6QGGNIxWbsAHgXzsvz+ViWKc47m47l6P4P5PjJB0wb9HtaTiMKMIoxBcuH5bJi&#10;7HAQTcI6DHkADE+e0MBjPCt/Dr05bFm2vlZnj86AFx52/zxwMJumhpvngHjVWSdwsC+9aXrNPn/w&#10;EMEQY50/MY5BAQXR49IghJA3jLMF0QVAjOXU4K+KRnhPJhMI4GUVFUQ4Wv9QALIs7Bma6PPUbHXk&#10;uGkCB9tMNB3XXCubN+76lUvKHTP4rp+jhw8fyqPHjxm43RtZGrxcEI4oU38O5sj/ceXFXqt1ntfl&#10;ri2FK0P+1eMUk0jqlaKsN6xJ/cbGOlvJ4bq9sIfHiP3xjNF60P8+UE2L60d3BpY/bOO3HU5s35GK&#10;lgyflbw76xK4BqdlOI9L4tSSZNhrSyE7kS997pUVgfNlTgMCAgIuElatWUBAQEBAQEDAc4HTHpx3&#10;zIPzT/+X/4WxB1ubm2kV1SDelnG+Itn5WHeyr0d89UWlhlQu3UrHAsIXKpt7ozrK9Y7a63TovQER&#10;3wAM9asaX6bg6aonq+rgp+UK7KPYvoz9VzKn7usWwcHFRUdq+aG8cr3BtMsbBTk+OZaDk548bJnH&#10;5WhQlEVSEYwRhC9XgF/n9AJY03MPeFPQpBojMAN5nWKMLgx8WSpYVVa9VpPG2pqUKzUpujF+EI/k&#10;m+Xq0d1UgdkzH/dL2ArG9GgemvsPpLX/kGnN4wPpd9t6XIyc7WOd9GD8b1MD5vFVPpdx1+JP+vt3&#10;2aFflBRUzdqG6IBurV6RK5e30/gieipYpjwEwXLhjObOeWZYNePuz2oVFfZBeS7jfKxqCuvStBya&#10;51vVH6pjAHhvEOcUJ6imOePB0X19DA49M/pcsUpqZs8LxtyCh4NeP5dneG/g7do7bMrDPQse7o9n&#10;MpzOpVpMpOY8by9d35UXb+wKeh7AMYEP7tyRe/fuS5seHHsO8lpu8C7Zs2IncaeyMvBLfj0K8Bms&#10;FqrmQ/OwtV6T3Uv227p27So7oITH0Mee4ffHcbD6Q0H/PAAC8FF9Cy+W70YBadgW7A2tWg3eJ3hw&#10;xDURN6x44Ry4pGmrqaNBT8rRXL70hdfl13/t15j2la8ED05AQMDFwymB88477zDxf/4n/5SxMhjg&#10;0QucSfmKzJO65OYD3cmJikyOHcmVd25JtmAdio37HcbWdLo96Q3sJTxATAN7BR6xl1hgovOz2YRV&#10;WTSYAIwA550xIGBEDMsXtFWn6B89kL38M2rEa4tj2Up68ue+uMu0V67X5OHjh3Lv8bF8/6kZ8gcd&#10;FSGldUG3+t4x740XpjbPRGZnNS8WnJtXY1ySxPWNg8Esy8WCCp0qg1aBclXFTgXVD67qxgOHWrUm&#10;q3DXRjGgJ+63DqVzbMM3HD6+K20VOezTxsUI8WA+r2ewKnB6Tz+QxXTIFmC+1RP6tsGI6TdvXElj&#10;UqI4oaDAIf39QN5N9CBPTLJLQNHjQtJrMSOJbSFMAMbguDSIGIC9R3OgUxsdHYC4QRnGjGPyB4Rs&#10;QMzNlFWlAKtiZlMVLxMa9TSNreuW1UcQOHjGHjzZl9v3rRVVf4zOGkUqxTgVOC9euyQvXr/MIFu0&#10;0APufvCBCpx70h7OpW+POIOlMYo8Cgb/PhT+XqRlsgpN9OtVRKOabGejLjeuWZ88L714kwIHzzN6&#10;zwbQqWC/D4HTp3hhmgodL/B83Br77FEhhG3afUuj0GEguAlGA++czXpw0dL8mmGvI+XcRL78+Vfl&#10;r/+aCzIOMTgBAQEXEPZpfQYwbBM1LjAg+EoGAXgmfCdyIFr3IHgXI2wP9MUItjsdabW70ur0pN3t&#10;k10VOgM1VDBONEBKDA1gnhv7CiYZUGlxIDD0IJtz6xc9jGSEeBjXuinRL+sCWLCxpQqlssSlquQK&#10;dRlny2RvXpJxpibzaE3yxQZZKNe4LWJp0n2VCBYGo7hAwluDL3d6NjSXIPILUYa4IQhAEL3cYqTp&#10;k5OmNB277Ta/hOezcRq8u2wBgymEzCqRrlNP/QPBkWi+QJQBy0nXmeD4MFoMyHLKHfSAEGZ6LY4Q&#10;pmz95srSl2ecYKrLjkhjOasISTw13WKRiipMSo5FKZXL1sqsgh6CqxabVKtLvdFQobxBbm5tyRa4&#10;vc15cnPThHStpka+TOIcadn76/B3gcu4Pjwf9mygE0dPf03sAsBfP7bXZfbuq9cN+mfKgqH9OQCb&#10;9+dgsK7b9yOp+SVRvqeoQuOZND0vnmUtWzAp6jWDvN9FEjFdJJ5Jtx2fTZ0i1gvPBwjxBcK7h98n&#10;f6N6fN7nZ+jz+2ya7kjS84ay9cUREBAQcEFxrsDB1zDc/hA4bGWiBDgkATw1yTo5zVVkOM1Iq9mU&#10;w/1940lHjrtj6ekuo3mGnOiXN8ZRmqFPFe+1WRU33g7pHy8E0B0+GKmBQSAsjJ43qKUyeqGtqRGt&#10;S21tg6xvXJZ44yUZ11+TdzqXyN+7V5fvtF6QR5kvyLzxKlm/9ILU1i9Jtb4m1VqDRPVSqVSh4U7U&#10;WIAwlGY0dQrBo8wprYpoLtNxjxwPu/r1PJBOryeHzQ55dHwizcM9GfW76fWgqS+8TiQN6JImeow+&#10;zYSdEevTXoNheJa2+EOJ73Wj8xwg4FSFDYl0eCTmaD3jqIIW3hA209cpiFZLqA6B1wDPg1UF4dmw&#10;QF8eQ5leB/Ks18meonHf4liKWqbwToAYcoL9z1RVYBasqg/lgecMngoIRRCtmY6OjuTw6FiOtSzJ&#10;E2Or2UqHT/DeDXh0UFXlA3JZjYM8IiBZyXyeKSDcWwg3VIedxbLsQH1C9dpIzD9D69X6w+m3Wx5P&#10;C8vm9Y/R3SWWoxNWpG6r5YP0lLo/03Ec0oGzlmbnUep26TzTPV2a/jm7Du0QcU56K90zGRAQEHAR&#10;ca7ACQgICAgICAi4yMj9PQW+IPElfHh4yMRvfOMbXGbz3Tjhl3um2JBMXJZZJpGJciqRjGdZGc0y&#10;MhgvZDCy3ob7Oh1NZrpOv6JZFQXvwJijVqOPF/aXkn4v4mPRvBtwjfOrX7+o0S8IqkjgRWGVSGLV&#10;UfCswJtTiCNJIt1OiQEz/T5w4eeikkxE86jsTWMZL4oyy5ZdtRqqoPS4qNbQL9OIHiLvKdI0pCsR&#10;I4KejH21B9z+8OTk+FXrqjSQf34w65xO0b8Omhybt0u/i/W6cU3IH4KueZ16rOUHuX2JG60cMG9V&#10;BJowm+j/Ib+gOyf7Mui2GX/D6oQPA/bDRDl1TfRH3RNkTvLFsh03k+VxK8VE1hp1xsV4T4wRniI7&#10;js8LqfnA1DxR7n5pWWHK6kOUm94XVFdhGR6bYhHxNSUpl0t6H2MuYx3K0HuAEE8Czwt6EUaHe+iT&#10;BrEnWMYziO4EUKaI36KHBp0+wjtDD43Fo6DJNONxdMo+a/S4zVZXjppt3AmZ4t5kbEDVOIJXReTy&#10;1rrsXtqitwdVp7i25smJNJstfaZFJripuF4X2I19DCibH544HI6HA2EcNDzH8HChCTviujBqPbpQ&#10;6HT70utjiipeBObrsqZjO6y3WLaJlstI0PQd8yB+e2gejl/VBLdQyxj3mucEz+Qn5Zl1s8mIY5xd&#10;3tmSW7de1jSRnR0bXywg4CxWPbmfRvKdF/CZxblBxv/wH/5DabXaNEyl6jrT8uvXJVvbZdf0s5wN&#10;DYBO1xCkqf9pKAD0OjxRQTPVFyU692OaEzgYvVr/MA1TGHvQYkz0HBAaKiQQQ+GrDmhE9SHFwIDs&#10;VRfQfVllw2PYAwxDa8MP4MXuH2qd4kF31SsA8oeqGfQlkhotNQQLNQhWfWNOLeSS/Y3oda2OMI7Y&#10;JPTJYv3c4PA4DjoXzOl1WDAtYnoQS4KWSusNC+Ktra0rN7m93/cUXJZRNQGgg75h2waBvP/ud+Xg&#10;yQPJFaoMNCb0OPrH5j143bjehYzcvhi4E63DMPilL79J70R21qry0s2r7NMHwJFYvaTlh/gXAOLO&#10;lyTK10+9wIGoBGCo0b8N4l4wQjeAZ4dBxRCK7l5iH5QfqpEgKgCWqRpnBAZjiASfhjI28WJ59vcP&#10;8C8tVKFB/LB6ygXdIv8QDw+eHsjt+zbY5mCWk2kmlkohL9WCPWs/9vlb8uNfeEUFTTvtL+f2++/L&#10;Bx/clfY4o+LYrjfSe/nhQca+dD4BeL94dyjMy4VYalX7HSE43YKss3qd9vvwog1lg3mfRmGnx0KV&#10;ItNQ/eu28aPe21Tz5p6lj8bpaxj1WlLNjuUnv/y6/Mqv2GjiX/j85zkNCFiFFzefZvB9ldqDgM8a&#10;Tgmc73//+0z8B/8AAqfFr/FCucq0ZO2q5BpXZVpWxtYMGz2iQgDYl7QZrNnMYm0gcNJRwjGFgaIg&#10;sR8EhI3F2SDY0wwgvABGBH/ay5m9u8J4qoDAPoB5f5wHyIkjGDY/vtJpgaM/Qr0+CBsAXiQShmJV&#10;pKgxwGJqYCjccH02ZZpbNprBxdQfO+PEEZqSw5tULRfZoRuwsbkh61ub9AQhABSgwTz7ftB8IPfz&#10;EQSOedTuvvMd2X98j0HSWdfpoG6BjNtserm4XlzEQoYda0XVcQKn2NjCxTNtSoFTkZduXGEHcx5s&#10;xo374XrYhdikgFT6Zt0mgEy0IIYFgJeN903vI4KPAazDi2X15YKytbHGzBsDQOhA8MCQ+zQYa8oJ&#10;vQ7fCg2XZYdaHpMiQPdB6yJ4fAA8U/D0Pdw7lNsPnjJtOM+rKC9IMcpKKbZ79KVXX5Avv/YC43jg&#10;LQHef/+23PngvnRVEA1mTmAn8AqqkGNZn71ZnxyreyLoHJ7D1Z6M8YxD3HqDAU9aGkfknj88xywX&#10;3SRN0wV7lnV7dxLfa/f5+Kh1XuCM5Ce++GoQOAHPYH9/X548sdaJDx484Dzfn+65haDwH6x/WvDP&#10;PrD8vZyeAtgOvyn8thD7B6BRw+7urrz00kv6vrLfH/Ic8HziXIHz9//+35fjo2OrHnJ9u1Q2r0q8&#10;fkOm9VsyKVjvxmP0S6KcI4BYBQ0wVXEDj83UBRMDGJQT4YuoHIABAuwFH+vLHVVPzhOA6gsVQFl9&#10;uUPAANgn0vVsPQJDo/DVRiQEjQLz8Cyw1QtTAD0KHnil9wBYSygVOGocYVgBVCHZUBJqeN0gnxM1&#10;mvDcINfoM4fI5mWeyclERY1vzksPAoNwl18z5nHKsQUMApeBrY0aWa7VpVQ1gYh9znpz2N+MJmXG&#10;S4Fz53t/JE8fqsApr0kusa9+CLdnAMOveYBxHDmB0967S8NIgeM8ONPusWw3VOBc35VyyQ01oC8C&#10;Bgkr/Q/fexVAnwYhg+Bga121bOpd0GcF1VC+vxzAex/gibBla+KNpt9pmt4DbGMBze4eoRz1UlTK&#10;uKcA+bPqOwDXA2B77M+qLDc4JsoeeX20dyS3H9pgpWNJZBaVRfWNRE5gv3pjR167iYE39dlw5333&#10;/Q/k9r1HMpRYRroPgGpFe8ZO36c/LnAUez4h0N2Tunxgn8Wp09relnQmPxA1H3WcD4XfyY436jal&#10;In35iS+8EgROwDP4+te/Ll/72tc4/8Ybb8ijR4/0d4hnx54f31DiTxc4vgn91d+BX3avB4WtQ3a8&#10;Z/ny5cvy0z/90/Lrv/7rbLkJeA9zwPOHpTUKCAgICAgICHhOcK4H53/yHhz9gi871972lReltP2C&#10;dMsvST9nvRajeTR6LJ7Ta+M8OKiagvcG8TbOawLvTTrAoKuOShBro1/HngC8A+wzRrdFPAiALwLE&#10;QLBvGufpYcCv7oPgTwSsAgz+xY6rXw8rCt97VzCFhwNeJR/HMJugafRYpnotqx4c9O9Db49z+eND&#10;BYHEiD1iIKdiwnmMDWSDhBLOK5PLmpcJqFeLslZTot+XDSs/zbTmV/Pv8kawikq/7sddGTkPzvtv&#10;fVuePLgr+cq65BL7EuF1+f3SS8aMpun9ZHCxorN3j9U8hdqWrrX8zVwV1cvXd9l0G8BXjFXzWRUU&#10;gPsBbxmrnpJldRSqVuh903lg6enRO+2uHR4zjBJv3ppldRSqoeC9gdcGgBcGMSW8J25f8+DgWPP0&#10;HrEqVJfpEUqrsuw48Ar5+B2UAJ4dNNd/etRkGuJvJF+kd8dXkV7aqMnljbpemwWOA4/3j2XvuC3T&#10;bCIzJYAeqXFd/vn5UcCOheq3leVzjn/2S/jDvowtXelWf8hWK5usnuv01qPOiVQyPfmJzwcPTsCz&#10;QAOUb37zm5x/8803OX4bf8PuYcbvG79lAL9XAO8GPKPwxKMK/MPg3814Z/h98bNwpkBhzyoed/u5&#10;nP3NYD3SltvhvDg/+ugCEDD/Uz/1U/K3/tbfYv9bwJ92lVrAnx3Or6L6B/9Ajo+bKnAidtQGvPjK&#10;56Sx+7Lsy2U5mpno6fX6+jAO2VMuqqUAxOBY78QzyTJUV22LPmgYLRnHQ1UGgP5RGIOjD2QO6kcB&#10;w8TqKIoZ2w5VU74Ts6weA0CcDaqiWGVhu+oEskAfbj759uCbIcFTbusJfeDdXPqjZBAyfqSsJrGq&#10;kyl6XR7q9fV7MuzbwJXovG88GLCaSiKreprnIjWgeRmj5ZgLnEXfMTDW/MG6c7DlVxLLpUsbyk2m&#10;oZdc9K3DF4L9YjV/9mvOTboybh9w/t3vfEse3b8rkQqcfNHKfvU6U7hfPl8SXTPu3f37fFkktc30&#10;fswHLbm0XpVXbl5hD8wAxAoFjpap/8FjmqC/Gr0HCBoG8KIwNzRaiJl4gyBCNRF618W1A3jpQQBD&#10;5Hgx44UNuFodhU738CLyVU8sN51CyKBlFYBYGRu6oC99l4aXqfVubH3gAP4YIz3XYGT3gyISz4xO&#10;fRA3nkUINcQZMcZGMdancbzQ7VAlqc/cKnBce57+5PhhjuOfVeBD9+JGy+eaSJ/zZSoeD05XjmSR&#10;bDYH4LmpZvpB4ASci7t378qdO3c4f/v2HQoc/M7xkQHAhqBqmr9h95zjPYJ3BOJgyq6q6OyzCeA9&#10;heO0O2325G2wY6yKe8xjWzuH/d4N9u7yMZ34feO9hhad9bof2HZDvvzlL8sv/MIvpHE5vvo94PnD&#10;GYFjraj+AVtRNWnY6nUvcF6TxuWX5CkEztQeUgRnopv4xWykNAMzn6tRgbjJzNkUG0CrkaI+bGg5&#10;4h8mPPA0pmpw0GwWgIiBl4a9CKvhB/L6gOIrGoaJx1ZAQNFTRDpRwZZaCB62VlIEpsiC/iAYfKzA&#10;lLE7MGwutgZjTeGcFqBsBnChBhjeqYn+eMeDLtPG/S5FDgw1PDnAVH9UMxU4kHPThe2LOmkGJ0+V&#10;zpAjG/AgbG1UZWvT6n4r9TXG5NgPlUnMK7bNT7sy6ZgH5503viEP730gcXVTcl7g4Ie/3Gk5QRoF&#10;jrUM6h4+YHlgrDDvvViM2nJ5oyavqsCpVky4IM6EMVeFAj0yAKbW1Lu4FDOc2svLm1DMw4MCkeNb&#10;PXnPCoSHLwM8Z/a1t3wpIUd4d5kgspekCaMhR6Dv9azs0XQcwxJYDI+9/CiU3DH9Ofy9h3hNh8nQ&#10;e0phgxO5+8u86zLEVTq+F4UNOnOMSYAeHLyglRTUSMNxFLhuDz9rawwm0/74WD0W8JFHO3XipYTx&#10;+cLESgMbuo15HX5H23DUUYGTHYQYnIBz0Ww22QkngCmI36oXOL/7u19V4fO+/h7xLrZnCh9F6Nm8&#10;WqvpvPdAu8dvBXgvoJsI2B6IHGCgHzT4bSNQOOuGHsEHFryu8L56e4L3lr2/0MO6fXyWStbJKOJv&#10;vJjB9IUXXpBXX32V2wPeYx3w/OGUwPHNxP/RP/pHrhUVlO8a06698KJUd16Qw9wVOZmZgW53umrY&#10;VOCgesqPT6XiJgdxo5ql4JR0sYBBDlUslVWsuBcqmgtjrByIDLRUASJ9OM07A6Nj+0KMeA/HsG9e&#10;iaF+ZfZbRzJQjvodpkF8TEYDmaHKTH9cgDekCHxNA5RVOMXFiiSlqhRcE/hibV1KjU0O4+CFFQyh&#10;9+qgOgtA3zKTYU8GagS6TRMf9ErM9aqSsmQL9iOa6PJ4guEuZirEvMGHKBtLrRxrOVheti5fks3t&#10;bTUtMEje6FgVVTxTIdUxD873/+gb8uDeHYlrW5IvWtlDxDwLPYaWE8pr3DOB0zt8yHKIKmsqcJik&#10;hdWTKyqyXn3hihQTe0HA84Lqqkajcaqpdwk9R+uLwgsXXC+EA47px4nyHhSsWzb/tiBuiBAPCAIv&#10;CiAsALzksB88MyfHVq12fIwejI+k3W4zHcCLDy/NVVHxcVi+QNOZFOcdhcMWZCPJ6LPiBQ76TYr1&#10;mcCL0gdV6+uVh4SY8vn55Ln60weyhKcDVX+qsQk41ljFCvHjquTg2fIeLS+JUEVVzQ1V4IRWVAHP&#10;gh8V7mMCU/zu8Rvw79pvf/vb8tZbb8kPfvCu7O9bkD+88dtbWxQ3sCke+ABY/WXiucXxut22Cidr&#10;JIGPTAz5guBgtIACarUqPTLwxvhAYXyMQaiAqx5o7z1aTfMfcv6DJeD5RbjDAQEBAQEBAc8dzvXg&#10;/ON//I+lpV/PFVXcvopqZ/ealDavSTO5IS2xtHanJ6MhRhcfS3ZhX+q57EKiXEYKUVYqbuTmtYp+&#10;AScxe5LFFyQwmqpc16/lLGMgnKswKfA7Eh4I3xPveKTn6LXJgeu8DlN4cYaq9P12CApmc/UpOhS0&#10;rwl6fhT4SvX95aA6Al4axL/ErronqdSlVN+QYm1NilXzWCXlOgfvjJKSfgFY/hBXNEMVSb+TxriM&#10;Bn2WAaqoFln76p/nYplnE4HzZuw+oeGBQNBynFsoLe3y7o5sX9qSfIS+Vtw5tHj0pkgy78nUeXC+&#10;90dflwd34cHZlnzJe3DSPyuAW8F7cFwMzsFDlglid1wLfcnORnLj8qZ88dUXJcpbIqqAGo06g/C8&#10;BweeG34VadnhywoY6nXgKw5Mm8prGgKJ4b3xX3K+2sgvE7j1mmWkpccbotfejnT0eYP7G4Dnpuu8&#10;gz6gGMf6UO/NmfRl1ZA9a/bXkM7DvcOFTOrpYVVoSvMw4foRF2Y9M9vXJ74A8cWIar30KxDH4GmX&#10;Z/+zQ4ZlxQ4BXfEvg+MxtQtmD89KBNH7PDMGJ+f6wflrwYPzvAG/PYzjBi8pgGcYwbb9fk8eP3Yd&#10;Yw6GfId8EuDdCtvhf7t7e3tycLCvx3qq5zHvOn47a+sbrE5CJ64GvKfc7ArgpUV1V6dj+/Y0r3Gc&#10;l3pjTTZcUPDa2hq9OTs723psCx5eVh9zQqy+e7wHB9thX3iEUA4Aei9/6aUXOf/fGqjigycq4E8H&#10;5wucf/JP9AHrsr7SC5y1jW1JGrvSrbwkXdeKqq0PCIx2HgM3ZMxtSXET56RUiGWjatU9l9ZK7Pdm&#10;iEDcuT1oo0WkgsBaQvnhBzAaM4wxhhJoHz5iWnv/gbT27kvr6X3pt6xaCNVTjL9RQZMaPf9jSQ3N&#10;qdlnob8E33ompz+6pFyjyKluXmFaY+e6rO2+IJXNyyp67IeFDvoWatjZI7Orthp0TqR3ciBDfUGM&#10;XAxJVsVEvrwhk0WOQ1kAWAdjPp8MlBZDcvnSulzaUWFVrUvRdajIn+R8RoEzczE4EDj3VeAk9R0V&#10;OBYsd+7bAdB0vJx8K6ruwX0VgUNeo2+Zltd7devmVfnJL38+rbbCQJb4od24fo115gAMOYQMqpD8&#10;tSGQGOIE/f8gHcBo80jD8mowIO4NmKZxkqFoOXLDghweHcrhwaG+ZE7SFw6Old5XBxzDH8+vwxTP&#10;7qmqIq7XZTcP+GpRHCOd17JAx4ZsWeXKBVPfD5HtiX0snSOm64sagMscMQVYjlW4G+y4Jq793n96&#10;OH0GL9LctSm5HuXjygDlhP6bJpO5DFy16RDz+hiPVfDM3L74aKhHE/nJL70mv/LLJnA+97nXOQ24&#10;2MAzgA8FCJn33nuPaRDwr732OquTvvmtbzENA9oCqwLhPOB3gd/YkydP5fDQPj4xqDJaUCI976p5&#10;Wb3r4mL8b/Lj4N8t/V6Xggd7+Xibsh4PdmljY41VTQDifezYy+P7GCAA1wngGC+//BJbUj19ah2B&#10;3rnzgfzar/0q5/9b43vf+56W/2vpOyjgR4tzBc4/+Z//qSrnvirlutKMe319S+L6JWkmN6WdMS9H&#10;r99nsC/Grkly9jDF+ayUC6q4yxZzA9RKeNAz+jJdyFiNPoCxrBb6lYwv5Ykz+Ihv6TX3pXv8RDoH&#10;9jUBoYNYm0H7mK2aAAT+suUTO65bvtT512YIzC5ref3DrlP7r2tsHTu4i2J2yw/PDQCxU9m4JLWt&#10;K1LbvubStqRQXdMfS6IPpO07RUurXksNQ0eGPQuM896c/7u9/wy+7EoOA89bKF8o7x0K3nfDtQOb&#10;7cimbUk0ClGzHxTSBBUxHIoz2vmwo48zGzE72onQiqQUI8WEFByuhhPkLilLUSK1Q3KabLZlN9qh&#10;4b0pAAVT3rvNX+bN997/jwIa3UR3A+iXVed/7zv33mMy8+TJkyfPOReWrxkuLitl4dSZc6HgnMl3&#10;T4+rsjZvWD1s2rBm2Lxj17Bx6/aMq/JeHFadn1pwvvGlzwxPPvrQsHTNpslOxuq/eJSV3beeLsK5&#10;U6NzbuDywplTZbkanbkpodddtW94Tyg4kVDGvRgjiY0bNgy7dodCNwojO0q3gkOxARx9a/dm/kWl&#10;5HmeikYImEsqOGPj1flTYvh3vXjgQMYZSRrpWSHVVp0WrLNpRULZWUujn5dQq3wFUDjxu/KfwMxt&#10;QqSdCk+EpmXyQVpvSvHJOPcRrMxgyQH8klaHkLUixGpAwPm6dt3m1zJT7u8wZLXG+veO272SLePr&#10;bvJcsAM5YF10ftXp89EuS+cZTgYPr472fNtN1w0f/chHMu6mm27I65sFsx1n06joMG7+OTp/unan&#10;NodvH7pdwTXr6Je//OXhU5/6VMZ5tm/flRn/xJNPZlwrF+x6i5vNArhYfF6W22KgbFPRnnKLiZAf&#10;INtG/JZ/0/u1oNtk84jy5SaswdN29QbKZeVtWlBHy0wk7H98Wz+n8Oq2uHXrluDpG7PPA3Zj/gf/&#10;4B/k/Xcb/sW/+BfDD/3QD018Da0aRQuh6ZYKXlQu6z9Wh5wpi9iKiQO1gSkfSha59k1qWf79CpdU&#10;cP7ZP/vnaaY0ot+6rRy7NoaCs3zdjuHAZbuHgxcKeSwSF8+fHVYtc75ORg2rli9NhWZbdN6rVpTW&#10;7CBKK4xOXViahx5mXFwzhFA7cbA6u6MvPjW89OR9w4HH7h2OjXGUm24Ul7VD5Gh5qdixwbxeu5nh&#10;cbeUiIyatIZqeNV5VkPNlTMrVw3rtuwetlxRAn7rlTdFuDWVnN7fJksU33DqPXm4zL4nTKcdPxoK&#10;yeZh+fo6qPBU6AInzlwcToQCd3ys2+rlF4fVK5YMe66+dthxxZUZFxlnA1914cRw/mi99/XP/+nw&#10;+IP3hqRYPVwYp07y8NI820vFqx7VGZeD9oVQPMGZY68MF2NURRhMlk/G9eorrxhuf9ctk/q++NJL&#10;2WkzAzvoFNizIhUZ01GjgoPmQBlbEHpOgLUZGChVCqkoXwsh7+9/5pkUKMzYQEMGLdhmIWky0r4P&#10;1hSmCk6l719Dv68E09tKZzrKy8jxXr4Vw/FZPUogj8J5Ub2Acopfu3bdsGa0dhEkVnAYUbYiuRAW&#10;1q1gWu6Cxe8sfn4pWDLByUQJHR29wRSlbhamZwsDzv4O6myrjlVrdnu+5sq9wwfe//6MM+J9M6Hp&#10;VzSpe7wLz4R1C2eOpD1dOofvLpgiMhjpaStHNGirOuCWBdp9d7Rt9dXBmgLatm3bsH17Ddrwpx2P&#10;/+iP/mj4wz/8w4w7ffpsTolrgi1vHBszUVhGXp0010tAsvbI4Pin2/a0jX/rsFgGgY7Dq9L2c9Y6&#10;JO/FUN9omzUIhCv4XLN65QJlxmouuyq/+GINZlmVTPM5+LrfM/jLvCPP3OstQPqUG9ax3s8Hvvft&#10;25erxK68svoTdPh+hrldbA5zmMMc5jCHObzjYIEF58EHH8xIFhxLgHfs3DFs2Voa4Mq1m4eLq7cO&#10;L1+2czhysUZYp8+EJn/h3LB6mY3sSrNcs2LpsHbV8pye6l2LndDNchPj/HEv3dDqY+B26vjh4fih&#10;F4fDLzyRcYf2PzYce+nZ4ejL+4ezJ8fpqDOnJpr6ZElraMw02Fltu+/o1RMNPq7uX1ufn/mq3x2n&#10;bDL9y5YOK9aszekqsH7b3mHj7muHDTuuHNbFPVjFEXnFqrSYnDtZG9DlMvYIF5csHy4uqznic5et&#10;jrBmOHbkUAaw5PyJYenFM8OefVcMu/aW78+ylWvSgrCKk/GRsnLc+4VPDU88dP+wxC7G7fAcI4Oc&#10;olO5sRrpTA03ly0bLpwp/NkNmc9PnXZe+DOVsmXzpmHP7h1ZZ3Ds2PEcia1es3riqwMH7piEJ4eL&#10;xkgEyLKnRPBPWY8W6svihX6PvxanukMHD+XoJeOCh4qWaJpRCUYrvRx9jEAiN/kT1Ov+TuOahjWd&#10;VfEZpyz5rOIuNb2lAFnnrEuNJNOiM1pxenTpnRy5xgjKKApwnrRvFCtYH6JZ9eI7lD9fB2bLP97M&#10;xF0KIuXxDh1Yti5MLDf8o7IucT+bSn4x/SwfJn3iW1MAQJu+cPbMsHLFsmHThmrn7Xv0F4YoE8iD&#10;WQNHszxjlHryxMnBvkudn6sAh13wrE/8EVXxBYXr8UdA476/+5Zg/MRlIe3wiriKXHydhYpb/F6V&#10;61uHyjfvMpGyGszywOztBMZvXgXx7qTMccUDfrdVwm8+mCdPHM/FJuBkyGNTUYstqI33tnJqK86p&#10;Y3ljoek47Z1lgkMvIItM9XMgXjPujZNnEjZ+unyvBzO4VBZW3pxeHnkK9BtvILVXQeHEuYgFfPZe&#10;xVPxTqb9qvLGO/G/ZRBZZiFF7v4/Tu3bVJaleNu2rRPLOF9HFjLW7tkp5+yXZvPI5EtWwS8gj2yk&#10;C/eTmZcNGzOebFd+kO1u7Esj0fFaaeXdWD1PTNVP25Jn0+vCON9P06jfddBpy9LMN0LLVGDzWzJU&#10;mdtaywrIkvtmTFFfUsH55//813L+b/eePcPmbQ4kDAItXzecXr5xOLxs53B8qDk/RLDvTegzk1Oa&#10;L18ZDBtMy9G4NoWLTJyerdONijbR7JFy8NlHhxce/crwylM1NfbKMw+n8zCYKjNtsgRTArdz6Ijj&#10;QjJmi1d6g7fsxCI/jCqAaQoB47dufB4pRn4d6er7aNCjmXH56suHNRu3D9uuftew++YPZBxFhxPy&#10;MsQb8zVd5TRvjscEA1iyZstw2eXbhmMnTg1HQ5CDM6EEnTt1JBSNbcOunaVIrlq3MZSmy4eV549N&#10;FJxvfPHTw5OPPJiHbV42c9jm2LQCqswYPvEQ/8+NmxOeOvT8cOH0iYyfZUiMZ3fpiknUTdKDs/Em&#10;ncNXLg8ajN8mjLhcEAc6HsQzfEUg2qwLlJ9N7Ww8W5b4W9emUVx9J1i5BrLMY4NpYdoNxvf9bQq6&#10;McwqYM0Hs063+c6MwJ7mOcUsZRAfE9qtzOTmgJFvfwc0Yg7HVh6uHB0fiz+rns1/3wwa95P3x+8X&#10;w2xs1iOCqSbg8NfOu+srPfyxGCp5T+o9PzWBROvFer+LMFuDMWpSv4ZL1VOM9/pd+y0RZil4R5we&#10;eP750S9r9vuibyrmY7vMJhavSCvLGNCKvd+dh9/xw13WbiG8uowF43tjui5TEvsGDxWfAM96ireh&#10;ql8f9bM6jLITmpVnbxSm31sNp46mQcmrhPHyKpiUfRHMVKz53z5XXS/TKtpo+Xw0PinqPswKjlDt&#10;JNvLmJ77StPmfNN2yuHYPlK9k7Hp3Ox0m4gNl+Cf14WxfPqicxG6MwfJI+Pzb5qqfOPd5t+WDdJs&#10;mFUSZhNs38BL8f4EIm04lV4PErPM0Q8KjSsDUXl3uwWpI42/p3nENf5r9417OM8yk68jLyvzisC7&#10;acBeEEGpSrx0UgFwJeklNoOtTydpjCicgHe7nYEanFZ/3InWrvERF/hqGqcsDb6Vf9MITxjEcIex&#10;ghfs3bt32L17Tyo6vYP+twuX9MH5tV/7X3MUuGff1cPGbbsz7ujZ5cPxi6uHMyu2DOeX18gudx5W&#10;4Ch/ux2siAqx3KyMCrSCszQtOUuCGOfTiRgcfv7J4eD+R0KpeWjig3Pq6MEi1gRZcRtXRPc7BV0A&#10;ZijNckpw12SMMYAmfio6Tc245H1fRU3uZ0ShxBM8rPSsorK8/PItu4aNu2pZ4aa9Nwxb9t00rFm7&#10;MRhpJMa5GAWfOTGcPHp4ODkuJ7+wdM1wccXa4eS5yzKAE1HfU8cOD9u2XD5s3VxK44Yt24d1QdgV&#10;544N51vB+dJnh6cef3hYvnbr5KiGqneVX7knELd+nR0dmU++/GwoO0ezDrN1U70FTBohU4t0c7Tg&#10;NnBnN2qncE/w4TrivOPy246bgWxsISwtIwcatEbo3XY8zsYS/8R1Q83nUZrFNG+6T0FZSxg1zZV9&#10;ygdVJveZ/hgyLt4zusIj/W0J5un3s2DE0X5XLDQpJKJ8s/XwDkHSjbfK6zz8bw5Zq0hjstJtVKKm&#10;PgmXBt+lgI1MJla2uCZe4+FY3YSKEzlGgPiZefffuNAlmi4LYObnLC4XvZWJ9LfeUT4jtVWrS/Fb&#10;t3bdsH7d2vT/EQD/jqNHjqaw760BWAzwjKR6xAm/BOK2rVtzZ1xQsiBCFDzrJy4Vorqf5YPqBOoK&#10;8FzXZRYtCWP9QL2Td9P3QgHsUasAplZUCn7loQ6c6dWxy9K4yzLO5AOmz0Dcj/UD8sOzcNTtpZ/N&#10;ghTSCjrWr+LiGvez6fs0f8f/Hhj277yvy5hHhNms8rX4F/m0zFC2xO951p5uQ9pydWztQG6wwIon&#10;rjv3puMbBeVsRWDdaAFIJaL9Xmw2OraFxTCLg/iR9UCbflf57N6ubK2QHDt+LGmZHXrGjGVQZ7Se&#10;SdPtgjwCJB01jPjCi/zwiO8nZYyr7/L7ipmkW+lN75O+cW1ZVbxdCg5rVsVJu3hy+egTa9NbC0hq&#10;sFhx+EoyVYwxj/GPuK7L5Dq+A6pO3vNxxbvPV8dqJUScn/l3jHf2ZGQe/UwMEMfBDj9GtORbxLoF&#10;du3aHUrPrlSCKD6A31fzzmvBRMGxj0ErOL/+v1Jwzg+7r7p+MhXz/JFzw+HTUZBV64cV41Lltet1&#10;6qsnTAYgQKZM9hgYEPiWVp89fWJ46clvZNz+ez89HHru0eHYy8/5KOPsHqveU2TFNRCA0Zgv2/Tv&#10;/KDC5ezKkSlxXSuuOiplasIggPtkrjGu3ln8XpAhBVd1rAneicZjWXvvW7PtujuGfbd/dNiw46rh&#10;8k3lVMfqsSyGT6w4Jw6X89jZGMWdPb9kOLt0XYQaxRw5fHA4fuTwsP7yJcPGtVW3rbv2Dpu3bRtW&#10;hoLTFpz7vvy52gdnw/Zh+WSZeF1moaLib9Th7LgPzvEXn8p7y9v7DThVTXUd0TzC+KMFXeDF+VXB&#10;JJNH3wr0TsbTBlgNOcOkQ4iElSWetUOeiOXJQ3VUBMBDSYd4t+krbR2k7zpOHhOaB41B3vvnqi4d&#10;FwEPjFH5XfPRbB7uvds8yZrjjK4VcW1lpmG2syslZeSd18Nf5N846Q6Aw2WekxVpjNm+DtQLjecW&#10;oLN5EirZ8c4mNtZ7AXzzzBLkkXge80xQhwzTfOAN/uw+u3FTCab1HIkjkDkHx/1TWCYI5Z6qAu6Z&#10;9NGocWrag+PkzTfdPOyJkV5D4a/yB/1+0nTchTuVp+igcmVOtged4HQF4BR/EDPlFTBzO6Gp0amO&#10;Ag+0yb0c1GtKMzu9AMfZPPzwI8PTTz89ybf4a8T1gnwi38l9lUedZs9X4j4Ad6n8BVD+ZvHdII8F&#10;7S+eNc1akdbJFc9Oceda+JjiZCLjx3cSIirLO6YLXHtquTtZ5UCDzHusHfzAm7bUS71bqe/8vxlI&#10;r+X/lfv2pYOtIx564YKzEvFQ1a/q2+l2uWfv4bNl/aboRDm7szb2Qb5PPfVUOl/PHhjqu8Qz2TWm&#10;B6a4m8apXx4o3YO24KP+ZDLrkGXJ2ynA+Rg5q4S2Alv5jPiIslB0ZvnMgcXebxzkVFb022RNKxUT&#10;ObUApgXxfV8zzDwLzslr024xLK7ObESnM1sPW8WYxlPcPtrjiiv2pkP2rbfeOlx11VUZRwH6ZqvE&#10;qsZzmMMc5jCHOcxhDu8gmFhwODb1KbH/5J/8k+HgwSPD9n3XDWu31R4wLx6/OBw7c1nuAtybNq0P&#10;7Xb1qhhlhvbfEyBnLywdLiwJTTwPsCzt0Ojj9NGXhyMvPD4cfOahjHv5yftyR+LeiRgYwTKZmatr&#10;aw0Ns/cXmYVcNjyj9bUGKPSosrThaQAu9Tve7Tia8DjqWDjqDwiNtKdFaKfucqQ4arxrt+5Jx+Ot&#10;V906bL363Rm35vL1qR1fOBOjz3E/mpMnjg2nIpxbtn44N07xHTl2YjgWo4xVl50e1iyv0c6OvfuG&#10;bTu2j8vEe6O/zw1PP/7osHLD9mHZ6rLg5GaDyp9FG7XmGMmlth8lPztOjZ148anhzLGDuctzfJRx&#10;9Y63FkLFGj3Ve/DI/6jP4koYs3otMHqv66xW3jitEWO90wkFngPn3kdngF9Mc/aIDqBHpnf+wmQq&#10;pnlAeaf0Rdu65s0krsKCEdAkrt7r8rL8GfmAHAFFEO9doEz4saajRh4PfsW7ySMjfsuSMc1rMXSc&#10;Oq1dty5HJH3eDivF0mU1wuv3Op38PRvX1ygjKJyDelagXPl3/A2mTxtMDr4e9NPOczaNMoXLJ64j&#10;H9TTizlKtzM2WBPyw8jLsvYeHeMB6ZlW6P0/jhw5nFPnnFN7Z9udu3YOV1155fDe975vuPbaWr6e&#10;NJWRwjXu829ER3zjo034ReORh9BV8CPr41LXSrRA1JSu4xUfRCgrb9XXffsdtHWBg+0XPv/54d57&#10;vzHxR7MLeE/JdHZFyykdlRGetm3flkvmATyy3pDV7ajPotBlmpa96tb1TIhXTAXg3W5reKw+re9B&#10;phB/pDViJu8X8k5BvpO0axxHG1IPeY/10E7bEtrTdl3OXPww+jdo71MrTsuRV+fZIL2ejrr2mmuG&#10;ayJ4v+n91NNPD88+uz/L0nGdr2vfN8h3/ehYf/1110V73BLlPptLtsEjjz6ae3jB96vkUtRrNjW0&#10;VbfeMsJ1yicL66QY/e2CMs3WfYyfLX/1WVN+KdxHWCC/yp/K734PjrIsUSYWSMBSjC88m9B5vMhr&#10;Nt/4m/eL61HpzsYFb493C2BBZKSdl2ke2a9HeZW94/CFPcfWrVs7bNpc+/Dt3Lkrl8Rff/11wxVX&#10;lJ7SfjwNqeCM97lXAfiVX/mV4Ymnn0k/k7Vb68ODp5YOJ85xFls6rF5RRNu0ZtmwdlUI+mWXDRdD&#10;qQEnzq8YzgwrhvNLV+bmcsCpr8dCuXn+/s8NR55/PONOHHohEd6HGgJFMRXlcM5eScHJqJHegs+1&#10;d9JdwLjTqkygY7qa9RpkTjusYoyRUZsx4j6ZIt8pouXeOIFofJfTNgE1XbVi2HHj+4cr7vp4xm0I&#10;pWfNuk3DcsdWjE6y9r45evD54UIoN+dXlLA6cur8cCzCktOHhqWh0IA9+/YNO222N5waLhyv3UHv&#10;u+dzwzOh4Dhss08Tt7cNB+jEzdjY8niBFAwXJ0c1nDjwVO5qbLO/FkJZgdcA6TVOUzAFjm3m+Eah&#10;FdEUAGM+nZ20c3OueDbFvQZ6LoTGZcPl47brpqUoiN5vMzyaW2Hgdys4lUZNHQlTqPvOI27yXpgo&#10;OGOH6ne/l/RH97xO4/BBhRKmBIZPmNh7Dw9bxjP9zpaj85zy0bRM3mofBent3LlzuDaE6tXXXJ1x&#10;LazV1/fAt11GIeOinPmbYJuJy7z9G/NL6DLk3xFmn78KZnA63k6EX0DXdfaaCk7QtzsAik53+D0t&#10;kngbTePxUV6meJnyn71B7Jn09a9/fXgmOisAPzfffPPwsY99bLjlllsyDn58s7her1ez2Xovfm9a&#10;w1fDLH277K96P+I96npQzv7gD/5g+MynPzNZRWSPk54e6rq7uG964wvHEtx66y15tAAgF597bv/w&#10;xS9+KZS/auOzA4GGpH8EZZhMiUTbtMpG6KlV3/ZAcKLou14cazVb3fHa5QWdT8dN0op8u/4pRyLU&#10;1EO153a2nW0byqcNKVP7hizA9yLwPQUE3HDDDRn4Z5hWAvfc8+VUKs+Mq5LAbFn7Csh2cmf37vI5&#10;vfvuu7OztP/Pk+MGiPfff3/iHO6m+F5Y/4Z0q4Dr6MsAnFddgr/Hd8kZt/lzpp59O1vzxWWOHAO/&#10;Y96NZ/cR4L15KBUcvkhwP66ybNcB0PKaL5Q2CQ+LcZ55jPnKeQoL3/PZwm8XPn+jcEmaj/XKMMpw&#10;05umJX/gB+4e3vOe92Tc7bfflteGiYLjw1Zwfv3Xf304EMLF0vDl62pE+fK59cOxi2uS8S5fXsjZ&#10;tfLwsG7Zifz29GU1V3Z02d7h3LKNudmcFUKAo+uR5x4ZDj51/+Q8qXPR4UIWTbKFXToi5pzs9FgB&#10;1hLzt8XMYweDeJAe981os0iZECMuRXSIqbi+z44tyg0aad1ZAAxSHZ1nY3oBBHCPUkEJ76XD+p1X&#10;D5v3lcDdetUtw7arbh1WrViZyh84e+JwKh2no+inz1VZj19YEUrjsuFsKDIXTheu9uzdHZ3dtmHt&#10;8shzjLt/dDJesXbLxJF5+cXTw9KLZ7Oudk4G5y5bmUvTlwST9llZR55/bDh56KXh7MnjUb9i+uh1&#10;sh6vgogS3/WFH42h53AXwywfpuIS+fbIsJ1j0aVplKPbUcOHa+D3yhXtY1V8QCDDO3q3YKpOrJSZ&#10;SXpjBzFbl6TXSDNXoB7K38+Aq3h+EpP3Zt5Be5CjoXhnoVWn/RqUpepZPjnmtIN3x7qDpA9emvBu&#10;4DLq0XkBz1lvrBy4Ihos2HfllYkPOG7c1zf4Pv6N+KtHld6kfcRV2uKmuC9cwfeY3AgLfiyCGQKP&#10;0O0scYcmkViXT5tdtlxni86Vb74f/2cdSD2fjGQrKgEd1a19Zg688EIqOI/FyPmlcSO0K/ZdMVx3&#10;3fXDB0KoXXf99RmnA21cvuGqLYA3+uJY2AVlXgxVp2xHY5mspPzqV76SHeSLL5Y14PDhQyMfBJ0y&#10;Zgp9XpPOevee3dFxXz9RSJ7bv3944oknhoceeng4fmy04Bh0aVczCbk1GPVd+3XpZL3LDyQZK6Fw&#10;niScVCb4OunFQX5R6Wbo3bTPMPJjy9V8NtYfHoRsBzODhO54u11lunBHKZ7hn7Kge5BRE5htVztD&#10;AdwdgZ/GNaNl75lnnkkLziuvvJyWl4RJmesngDuWMVbT2ZU83rvvvvuHxx57NOPgvhTTEd8g3uny&#10;No30Y3AuTOUhRbZxllFZnxwARHvotiFduFw4YBnllw/Hj7MOI90az/2O73ow29YcoVeEnaXgxL04&#10;34DEc8qHRdazsZoTGTteXhPG9OrvtweTvBaAuk7rB1xZhfftuzIVUvALv/BfTHAJJlNURsgYAvzu&#10;7/5ujjog/uKKdRn3wsXtecimjmvt0ppWunLZ48P64cXhxOmzw7El4/lUl98xnF+1Izqsy4aTL5Xm&#10;e+DBzw+Hn40G+fL+YMiywliRBJEK00vBNqxfl86VGKM7NlNnTNmuTQzX1PIjTEytrpGWZ5P3Zhil&#10;G1ESP4Kr8Kq48Vv3bcXpb3V00lRmeQN8Dp0r1qwPhbBMZ7tu+eBwxR0/PFzujKlRuCw5f3pYcu5U&#10;CKWjGcDJpeuHk0suz92N++yo3bu3DTu3bx42rlk+LD1fVp37KDiPPTQsX7MxGyJwIOLKoZwlnSUE&#10;Tg6rh3NL6+BOe/GAg88E3l95fjh9/Gh2BMAIe5YJZkH8LJ67/h03C5Mk4kbjNl2DLgA9fOGVbvgE&#10;Q6YToRugpeob1q/P0VNPa2iADv88ffrUhA/kwTSs02+riXQ7v6alssLJLN2SrjMh4+JZTVmI6/eq&#10;XLPvZTpxP6vg9FQHR7jGi3IYUdjZuMsHl9Lxbo80rSibLVddz+eqAcei7BpHkHv2XpFp5d4gI8hr&#10;QoVZcox0MFLNa7RleXi/VzLm1vnwFXRpHv92oPlGxyKfVqYAmmu7rt1BTZlkBmbzH59LVyi8lox4&#10;/rnnhxdCwbG767Gjpezv3LU7d2m9/c47hytHZ8Ou61sNGi94+IXnn4vw/OT8I2exiW9emEDgoHdy&#10;ZsVjseJUeWTsoD/zmc8MDz34UE7b9Y7CNQ2yEM9wyZWANcPZTYCFtNv+xHoId3lH8SyadUcnNF7z&#10;GsGvSXvxO9vMtNPp++6UO67j+720LATvWA2Gj0AqPdFO6rspXyhH88cszCq2VtRYVfehD31o+MDY&#10;2cEPhUS/1njvFLpsAE60P3zVO//K0zd/9md/Njz8ULlVmBKkGPTgrQG/k32NZ9Mo5HQP2EDKkMCV&#10;a9dDHq1wugeepbVrxA/AI4W7wmPCeM2/fR/XqYIzfY9Mm5Vf+E494L3bWtOm8Q0a543/2bhZGHN6&#10;Fc2/G6DMa0J/uOOOO/P3r/zKLy8o3yiF5jCHOcxhDnOYwxzeOZAWHFruH//xHw9fGk+TPXDgpWHD&#10;hvXpuHP5hjrn4htPHhyeOHA0tOIzw2Xny4KzaemhYdWSk8O50KLOXlbznmdX7BouLFs7LL3swnDm&#10;aE1HHX3h8eHk4XGaZPRJYR0y2uNEx+kQlN9NWQ1aqzcqzTn9cXQIaj4ztMqIby3XtTVSm1aB1nzb&#10;WtDQWuisttkWnNZyW6MVzvWIZdSC87tRS2Q+peHmYZ3j0vEtV9+WPjlOI9+0o84EWb7kwrD84pnh&#10;5LHp3jgnhstzbyE7G586UVadHVs3DNu2rhs2r12Z01CABefpRx8Ylq1cPawb55ev3rlx2LB6WTph&#10;HjxSlp5Dpy/mKe3LVq0dzowb/R3e/+hw6sjLw8X0o6n6poY+4mAWIsafCSRexrAAfBv/Or5GCGXV&#10;aO3fNUPQbWKmDZoZ/cm2LVtoyqSrLBOaxxU98UhbrHIKaEXNYzeNjETwoyurD/BdLUmdju4Us2g2&#10;rZ6ylVnfw4orywyaT7+Vl/u25lWc3/Fu5CM+IdJh1TNqbj41qpNPpjXiCs+mY+rMKFC6vsH/20cT&#10;OUuOkXwvkwQ5QhrvZ6H5+cTodGqkaWdUeOmN1Yxw5WG0OKFb/v3WoOmLRvKTT1sS0MoouvcPaXgj&#10;+WS6UYcjhw+lEy1gveEDwTFXXYCR9pYtW4cbb7p52LWnrF3w+yoefQvAlIfsW+MU/ggjrtC8LZCN&#10;U7wEp/3b5meci9Hu+RfKAvH5z31uePyxx9KXp62C3kd/3N1Wg7TexHcsOB3HzwKeimfHlhDfoVfu&#10;LD1aUMm09nFs2p4JuUr+qROrOEicR4D5lB0jND9Wmeq3d4XGiSscsAR225WfgzXJ77YSyaJhTG4E&#10;aSpPvYC38Z+pive+730Zp435xGxE7xRsh1ztTP7ddzgjCk4cNtybdKo3l43Pf/azw+NPlN8oH5aS&#10;X1G3kUYcifVh+LJnIlavXpMyj3xhtQHSZ4EuS3dZVdGlLTX8C8Gp06eCTwr3LW/kWfjza4qQxPkM&#10;nnNaMfLM32OcdxpPU34sK7c8es+pnipcLGOkAo/Nk1n3Me1Z8E1bxfP3bCJvOkwTZ7FC0zvvvCt/&#10;/+qv/sqC8qWCo5P8J//0nw5f++rXMhKj8Ae46647h62jye5Tn/3i8LVvPDAcOnw493UANoBbtlSF&#10;dRYl0OxaLAOOo+fTzyYYIzrbXI0T6Kr51EBaECLN8hs3TDoxhLdvAQHdAg0hbH+PKW3mBHwHgSrX&#10;B5KdiO/cpzAcGde3rdx0pRGqA+KDZJ4g7OKOrRtkd2LdIP1u5ssOKxvSxdwzBqzbec2w6Yqbhx3X&#10;v2fYecN7M84RFquWWt10cDh9vKajjp1fGWH5cOToiSh/4WrLxlXDVmHDmmHlksJBKjiP3J8d6OaN&#10;Zb6+8+Zrhm0b1w7PPPPs8FwopODA4ZPDyfOX5Y7HZ8fVaZy7L5w8mr5AU7+mEoiJkwkvNDYCRlyB&#10;up3+Bi1Qm0YaCZr1rs3A894TpAWntPCBXZ97VYipKXjWYRI0QLpwaoqmT7PvDhptuyM/EoLryGHb&#10;n0cnG50HQJepKXfaEPxMuo91s4JA2fxq3miTd6XRwqWEepqNZ/lgVIRcQc9v1x4Txc/4tjsVeQHT&#10;WASiTe8aL9JTNmXqg/O2bd8+bNy0KfC0cVK+WRPwLDQ9bAUP7AMiwEunJy35EqrN45dK6/UA38gL&#10;SNu0yfGgWa/moUxZBYZOXV/wRvJJhSjq8Nz+4OfxgEfTMK+8/HLx0ChflJ1CfOVVVw/bttW+U+n3&#10;8S3W5bsBzRtgbXR+OsAaxJkuWpMKLPN6O9TqZBxlQgYC9TYF5PcTj1cn+4U//8Lw7NPPDCdPnUy+&#10;AWifPBCBbAQbN26qze+i3Uz4O1BEMT8bCkTTx1Ub5BpQbwXEe8eCptrj8RNFW3K1HIXlWbhOnI9p&#10;T5SjKANa4uWmWfMMmFWOBEpTKxqUmxqkVgcPqi36ZiF9SatIIdKo3/KgVLznve8d7ryrOjsrE+FD&#10;/VvJ42PDcVuarbzhMz463utBFiX7qSefHL74xS8Oz46uG40f+Tb+pEupd0hx01accsFXK2DUBquA&#10;0F37ABRLMlP7aR8h7Va5rLJDe6DdT2DEt0u7eLQTeeI+ypX4154CvJO4Tlx1emVEKCWn6kuGCzU9&#10;1kqKHnuaLpDfWIQFIGnKWn/7nYSuR8P66EvayfhXf/VXs4wNqeBoVP/z//w/Dw898khGIsT27TuG&#10;d7/r1mHTKCA//ZnPDl//+jfSYtANkP8E5DaigfvECqR2J0G5CSIpVvsUcA7KEUaMUJvpm7Ex2dp1&#10;1VAVHsOsiNFwa+GuymCJaSOUMJG+rJsYmNCSYwSaOFjFtUb91ZAAZk/tdwwJUX7xwsKOLZh2vALI&#10;lq/v24HWaeOrN2wbdt5097D7XR/OuHXrNqSQW+b8qXOlCBw7fXE4evrC8NKR08Oh49XYNq5dOmxa&#10;u3zYvmltKESVxwP3fHZ45pEHhqWBB0vzwbV7tw4b16zIlSavHC7F4NCpaLQXo74rQwE8V+mdPfzC&#10;sG7lZcPunduGNTGyAJM6jhcwo95MYRI1febT5q/22dofI51jx46Oo89RqEUDszU4GlxIoQiskuP0&#10;WM7kAM7QEy26XEafWzZvydFUCwjvHI08XFswoQ1+Q18BUDDwGItPKxp4D73wSyvnhIrQNAVpWYmQ&#10;NB15smn9aj7we/qtUad81KGXjte5VLUyoQUiJd6ggWNcK+yeqb9N7dpnhjKyITopwjiRHnApBUd+&#10;yuzafhqEpPYhzfbn0J6MLEv4VhoLBOcbgGznI4+jgZGxjk+5gfQ3bNy4QMHxdua2qNwTGOuWdYgr&#10;i40ADh58JRWo9etLBgDKD17baSt3uAnI+ozJV2v81uCSvB9QKb2x9GbTUB4yrXkDbXbs2D5sD7rD&#10;D7DRIRprC91mvA+nzd++g1/4aD+QPw8Fh28IfpwULbLm9yU9uAI5cIw2hp/y3QCdV56ZFu2CYgV0&#10;uHjF4HBqATwxnNZWohxtJfItGkL1SLKAuMn/da0Y9/E3Qg8mekA1205BtTNyttvQuZDT1em2oiFO&#10;x6kOXQ/1Tppn8pVHphFx73r3bRFquw4+WpyFKT7drig8+FT7bku/E/RPxgAT/rsNPfroo8NDDz04&#10;3PeNeyf82MvDtQG4BpSb9esirF+XbTsh6loWk4s5MAMGdPoiMsY5X4C1kiJJDnV9tdnpAG0KU9xV&#10;fD5unDeeI/RXk0FlfCNP14bmT3K5l9nLNxUc11HhhNOWEZ2Hus3yOug2R3Hqvvw7CmMl5atcdIT3&#10;hmIL/tE/+kfTsgakgvNKKC3/+B//4+yowOo1l8dIbNtw7XXXThynPveZTw/3fv1rueV47zSKoJcF&#10;0RckKPf4mXFjfLB23vvVZjw7RWYDjwZnNAI0bi/RPnfsrDOw9oQgE6dDaUbrfTEwRjcY5cglkJFm&#10;M5WrPDjhdZlPxIikv22FSSNSXmkxOQJlLdPeVFDl/fi7vffzPuJ8399SsHRqO2/54LDn9lo6vmnb&#10;7mHTlu3D5cvOR6hvj584FQx+anj20NnhxaMlSNatvDBsWLNk2L5lw7DGSqqAB0PBefaxmqK6PEZb&#10;YMfGVcPly2PUHnU5drIax7FzS4czw/JhybKVw2UXK4/LTh8e9mzbOLz71psT56AbQbWShfDqmIKR&#10;lFnP0vzPDV/58pcz7mtf+1p2OoQxiwUgUAhduD87Cmz5cSTv/VCAhmWkqFETEsAUhCkaOHz55Vcy&#10;Du0JdiPKFnSsIQSWJdqd5lrHAKxfG2F9mi5BO8QaJbFAAqtZrMzRmZg6AAQY3uu6ghSuQeOmfcWV&#10;YtO8kHEhLDpeuQFBqjPppa8Aj1khdeedd+Y+DkAd8KX9Nrpz06Gw3pim6PalDIsFH0gBFu/0wYgs&#10;OeqrLN0WdGjagg6uhdal0no9kEcLSuVENwpj449Cui6EPQVzouDEN28kH3jxrsEWGQPwFKFrCb2d&#10;V4HVSE89/dSwOXjECD3hW6vGmwZVr+70i0Z5jQjWZbwDDAI5sJry3zLuc2SFVDp+R8hBYQB5o6Od&#10;dfxkSXjyiSeG+++7L+O+fM+XclAzq2zK01SmNDeMB1yabiGPqhxF77PBD+JZ9Qy2AHn8/PO1Wq3x&#10;bhBbisX0mAP0oYiljBz52z2Ah6axqzxd68sqnzYxa1m41LfZxlK2GOQWT2XHG0FZtEPQ74Ppt9VG&#10;r7/hxgg3ZNy7Q9G56eabE8dtJat7+0tN8+12i9fgFnzlK18e7gucPx6KDkUbqL/vrRTE54DF0kBF&#10;27o44iqVwQDvb9tai2+s8FI+fU6vVn76qaeyDR0Pudn4KPxWGTvOfcsQaYAceI11blCfxFPEtRKi&#10;vXadm5ag6+99kDI96l8D/xnlMoL0GldTmKYVqY1XMBv/nYLKT5HUacOmjRMFhx4zW8/C4BzmMIc5&#10;zGEOc5jDOwjSgmOU8Gu/9msT577de64Y9uzZnZpk+0V84fOfzVHE4UOHY/RWlo/JQWmhMS3Q2+LH&#10;bAztz0ietabniDkxM6PREts8x5GNRuwU8z7HyijEnjxGGZ3vqdNnSpOO0EBrM1o2vdaWAHkxlyuj&#10;ETIwQpKPUQFzaMadOpmmyRPH+e+UJUWZ5c0iNdGa49rafsf1nGVquKMiW1r4kmHzVe8etl1fmuV2&#10;e+Psu2lYtyLKtXxM7+yp3A/oiZfODM8crBHLqiWnhstXnB92bt8yrF1Zo52Hv/q5Yf/jDw7LV7FU&#10;lAVn29oVOfUEfyfPVD1ePnFhOBHFvxh4XTaUZr7ywonhuqv2DB/8wPvSRA5G/Tc14DcKk9FEXFn8&#10;Xn7p5eHTn/6zjPvc5z4f5ahRFqsKYL3BAfDXnMBUzOmRqbatZ+jgLVMoe/fWppKsDsdPnAx+tItt&#10;We1OnHQieo0em+5dJnTvTQIt0WS5wQemqQC+YYY/daq2HAA54ouRrQP0msf587jv6UqQM/2BqBwt&#10;jSPh5IH43dNUk7jRitPAipU+N2umfhZG6Ubz73nPe4cbbqyR5tVXXzUcO3osz7ppK4zyms5Imo1l&#10;6fwXAzwYzR8aN35jqTJtBLc90oRfU5TaQ/Nu8uy3AHDSOM8pw6NHc2qjaWkU21NUuddKgG/eSD6Z&#10;brxr9+L2JUIL/G0zr/Zv+JNPfnK47xvfGNat35B4bYChwkOVL030zXjfBNCMab7LqczolXy2KA0/&#10;m8bM+zWlcnYyhUZukXNG3J0ent21a2dO+7fvGR41hcsPo3GKLqaHegQtN/vl2PfmiXGXeXsCsTK0&#10;PAPaGjM9P5B2Stcm5G8ahlUbkIcsgtu2bRlembGMSk+otlht0reKP7JelpH1j5UOnYE658g/ytsW&#10;8pblENVtKH/M4DavkV65N+CPjMo84SCnScaySI9lodscsE8a6ygcmMIEpivtPGw/HAczAhazXbt3&#10;ZfqN47Lq19S3sgOW57actiyA82effTpnC3oPJjgjN1gOWVfB5s2bUtawUHU9LEphQXYgbPPtqqA1&#10;WeY8su5ntZ903O4PE2rahaxb3Tt/h2xLmRZpdTlZTo8ePZLtr3Gacivqqe/tFIuO0oSD6k/yfZ/E&#10;Sy0Lsg2MtOQQD1jpbc7o2azMECaVXQxVlEUwjeyyvhmQ9Yr6ov1rWXCW/t8DIO3BBx9MhkWQG2+4&#10;frjuuuuCuTi9vRQVPDc88/Qzw4svvZQMhzm6s0mENmJdO4wMFT+yIBoyc6igg9NIIK6chAtpGpCN&#10;rWzUJA2CkiPp/v3P5W6SykOYYlZTERzpCBON2bdMhea2NwbzYTr7q6iPdCBZ/XzL3I3RzZ8KGP5c&#10;MJq5RwJL3RC0mcW3ytPlbBDnlzjB/GPcxX1cg8mXrliVTGWDv1XrNg9rtoTiFo16+bIlebTFissu&#10;DKuXXRwOn7wwHD5R02TDuRAUERJPy6Icke7BF54Zjh1+Jfe3UQflu3xV4HDl8qz7ZUttkrcylJsL&#10;w5lzzInBzKPD88qlF9P/5pabbhx2bN+W+BDgv+/fSCAclUlDI4RtnmWeWqOwbbz64wflcTVNUUqE&#10;ef8S4gRTz1NzCs9GFcHp0vxSzJfLR+ew/7nn0pR74MUDqYSgC6GhgyBc0I8CA2emJk2l6lQJhRQ4&#10;kR/hIQ/CAJ+lnwzkBKjH1m3lECv4beVI8WPA+J70UzjGb/+KDwLycfyJ/5O4gPxs/DZ5KJ7ltF1c&#10;5a08yq6jsTutLyk4BgDwCh9w5Ftl4oOD5tqPDtezxUH5u7PxW+dQ8+cXk3bowdcNzdGn03mt9F4v&#10;yMcVyK+FX9HXFNW6vKKJ9+TxRkK+G0F70/FJo3C3LJUDfIF/Hn20Dq2Up46Qr8gZQUc4dozuPaN0&#10;Vwd5uszvGbzT9xUok/wwKIXky5lQiNUNDquztXN6vDt+Z0BkCuVkdLDHTBEfO5IDI9/DhykMNKFk&#10;6XT81knxt8EaRZ8y+wv4UmfCN1AHiwd7daBpupdefCk7s3w30iePlRl+BM743Tbki5fE5/RU5FP+&#10;H8tzqk+H7CR3q7LU8eGHHk7lxrRUleVc8gu51VcBHVJmjjyJr1qZ9R5lTz2VjdwUJ0/XVu6B8nS9&#10;lXEqW18Nk3bnm2pw+S4lzlScslJOgNWHV1yxL+tquhoPLQ+ZKH347MDnTxr4Imkd10NRdwML9INX&#10;cfyRDFh6kYD62osJTvk5GUSTa/xI1TvrlK25BuWmAffu2Rs4qL275M1n8ZFHHpkMDPAKd4aUmUEz&#10;OFbnDFH+lIWBQ3gmL6Tpt7J4bkWekO9HneCasktxbgXdM7wmwIVyJkRRtbW8ncG/x+qY/Xd+h1bi&#10;qz+ZwKVJdon413rxLw5Zlyg7B/neP+wTn/jEgvqkBceI77d/+7fTcxvcdtttecbD44/XjpnA3C9H&#10;N74rGjlIX5NAhARnE10MpooRhQ+IRg500hiJ5t/z0nuv2JvvIVI7sCpDCZuLw+Wjgy3CIx6LAKUH&#10;6Ejb76JHGLVNNp+R8ykoAB8Om61hR3kBaREm5kI1dGAUqa7mINUxIYisgbZPBkg/jHgHs1KSALUn&#10;67xp+7B2SyF+160fHna/+6PDutUrIlQHsWH5uWHN0rPDQ8+dHB57oUYO546/NFx27tiwZ9/eYcO6&#10;Kt8T3/jicOCpR/McsN6G/KodG4ZtG+u4+GMnih6PPvvS8PKRkykKlo4+OCsunByu3rdr+MB77xq2&#10;jvPBybB98wZBPsBI5aFQhp08/+B4+vzDDz9cnXAEjRVQUnQUHMzXzYwqdRpwhfYZF7SykRmlhYUF&#10;vPzKK0l/QqB9L9AefVOgjvTA4GiB3m2pmJ2rRheAr8uKU5YcQKm1PYH6NO/yzzG6Ohj5HxlHWfLI&#10;4N/YyNtSk3lEfTIuflcopQp4rix82pQLKDuBpbNxMi646z3vCZ5ZMrwUg4luW/JkzTQi7fKVL8Wr&#10;aYY22pPBCODHoqM0cOGXAVopLBpUPeTxrYByNO4pqCxs8unRu46WIJYHXmh4I/m0HKFo9Ci6Ovaj&#10;eRZTt8E/+j/+j+GekEWzafpOqDTqvcZZDjbyrgCe+xlwC69kTLw8RhZO+WS5B/WoeKF9WkqB1wlY&#10;BVftQ0e1fcfO3DBOZwRYPXZs3zFs3rJ58p5nZFV1VhWnDCzJvRoRnTiMc6yGa2A5MV+Z/fufzboA&#10;Z/Po2LWPTp+8lIe8d+8uXy8nbte3+yfy1VWdVK/bLqujvCkWjSr4sOBk48bNE98n71MitdOXXyor&#10;h76ELAVtzUUX6bXyCdK3LdOPWoy0TYiCiNeuQX1DQS1FE5AFcIc3joxHX2wJfMM5K0dbc80E8OWU&#10;R8svONIO1LnLKR2ynoyAb5A4j77AoKf7DpYcaVm9Jx2Qq8+i/BRPSiygAOrrNm3amH6DgGKjXR4+&#10;fCRlAqCIsESRXy1bGicUlo2Bb7ApBvK56Wfk1WU+HcqY9PBL8m4AHi2FMxTNUS5NFPJRYQbqnniP&#10;0CBO3q3QA7Tyfcq1MT3tv3Epv7yO7WIWygoedJ1mMQ46Xsun59sDuCfb7npPrZz7p//0ny6o1wIF&#10;pxHFOeuqq6/JrcVtVQ2+/rWv5VJFZsFGlIq2YJpNFKhAC0NaLOuK0UO/R/hSPFT2yitrR9Kbb7kl&#10;FRBmU4oNYB1ggtq2dboCQWOmbMijy0LQtILTwjAyy4Yhr17uSDPXIBEl0wmgMGEeBGhHO8zD6ZNW&#10;34IkiRL5KjPFBmRHFwGDN/40Up+sWhOjzrWVx653fWzYfcePDOsjr3WXl+Kydc2FYePK88PD+48P&#10;jz1fDevEoeeG86cOD3uvvDKESTWipx/48vDS04/mXjvtHHjNnm3Djs1V16PHa4rg4adeGF46rJ5R&#10;4gvFpEvPHh92bd80vOvmmyadXbLWt8hgTTcM9Y177x3uvffruRsrgDPCjjLSh6TqHM44/yoaRgsD&#10;o3oKBpq18EfbG264MTvEh0JRApa+UzTE7eJkHmD00laaZjV1Fwg1ViBg9GG0fSqUmZ46MbrEHzrO&#10;7jxXEv5RHkube0WJ6Su8oQM4MO47koIhhPiYZULTXKNvZSaFwNjZ4WuAH5QPb7WwlyfBZqVVHxZp&#10;WSvhqLNgqQGEniWteTbOWOHOazFoh+jTDpIvRWdjykt9WDkBXtc23jQFJ/D0ysFXEp/ugdEsB3Fl&#10;V8eCmVHj6wA8SV9n0p0MOlByCPeeOv70p/50+PpXvxp1O5XtFfhOkFfcVFz+/ea87jvlW1zGaZoF&#10;l6pDxy3+nmWOkoPWQPl1tjrGTpJlwDQ9uk8VnLPZYfUqG4qOdmCapC0VLBNHjxxNp2CjeEA2kq89&#10;FQUsBV+3fl2uRty5c9xbKa5k+pe+dE+mC/DJ6uB/5SAHgfKmI/pMnViFDEQ3btqc9AV4WNtiIcVz&#10;4HCkq935tAeQBsIGGymHQ/4C76gvvC1QcAISn6GgAW3oXHSyvp04swdeWWpZ7ybKdZS9Br6OSag2&#10;pA9z9ImBbitvrD+lUEwdbJWJksMq/eK4kMXS8FIq7Sxccl1eBugUqZ4K1PaUVH8A1+CKGKizYJMH&#10;jzxSMu2rwbOsdJSbHqiTPWSjMOW0agvS7Wkwsww9EOsFAmRo8cp01Z12jQdS9o5KCjyzMmqjE3kY&#10;OG3e7it8ZL9Gjo1tjYIj7VRGR1yZKZBHum+M/Ddb9gnHoGGEuq0rHqY/pJFgrEfCTDt7QzCmB+DT&#10;1Oxd76kpql/9RwuXiS/krDnMYQ5zmMMc5jCHdwBMLDi/9Vv/n4mGd/311w87du6KUfq9k+WJTz7x&#10;eJrbbKhmNAxomrSvBfpX/E6zcChZK5aXKW5taPK0a4E2CI4dO54aPnNe7966I0Y9jri///77UssE&#10;zFwc6IxE+dcAc8jMjELvb+BKm6O99ShdHu5p3iw2gFZtJEATZlEALExMu7TKU+MowXdGOZweacDA&#10;KET6NNKe/ugpq5obLy1XOkYgy0KLX5bzwDF6uuXDw+7bf3hYv3n7sGFTOftuX3N+2LTqwvD480eG&#10;J0cLzrGDzw1nTxwa9lx1dYyWyvrz7INfGV559rE8nb33EdqwZsWwZmXV98xoMTh07PRw8rQNFUPJ&#10;PVe0dGDnlo3rhmuvvipHeQ1THfj1Qfro23VTT1OV9ojoUSXTrhFgTidNtOssxbA0Pu4RH9Npj+B2&#10;jKNKUxpr1lgmfWJ44MEHMw4/MoObdjLKBfyqLHE1RdfptTXEqKLm25mbjwwvvfxyOtz2KJUD7rKl&#10;5ZsysT4G7zrBHD7bmsTicTLqwsp3dOQhozojJTjoqtXUxGILTo1+chQ08gZcASPY2dG80TtfgHaG&#10;dGikDQ35DnR9mbhZAoz80QDUJmuvhrTgRHoHRofsF188EHgux8m2UrYFB+569MTa9a2AcrQFx3Qu&#10;yx2LS4+itUf0ZFFDE6DoPYJ7PZhacI4l/YGN1vhiRSoTC+xX7rkn+O/BHF2yACRE8pMsClWTsqJt&#10;yqkAr5Ar/BamZaoP/B7RnN8uBq9zIJ6dehNp+rOnXYAvyTUWhsuc7h8A55YuX3X11TkaByyO4qXX&#10;+ZElrBLNt3zQnBz+7DPPBo6r/ngH/7Fg9V5SLOPaXsnCsT4Rdu/ama4GbfnAx489/vjwyMOPTPgW&#10;dFszJQpYalgqtI0uGysLK0g6T4/WleT1SEf9u13nBoTBp75juWxgUeWrZNoHOGsOLfQHPeWXILtI&#10;vnlU+toTmvVmnl5RnrZ0AHVPq0K0g47jZMztgXN3b1hrP7Xy9ZrmoZ0cOnwod4juU+tZzY6H3E/L&#10;CX+DAHXi31euFsXfERnvLEve6HOs9u3dmzz8xONPTHagZl2FNX1Ut0kWdX0eC1tb3+DYO2TGhA/j&#10;Q7IJb0w2sQ05pr9W9u4rlUX5WPm6L2fhMbWmXfU0WPl8TZ3qC1hwhKlMMz2V04PxbufB95VlCc/0&#10;XnVpvTetOc5uAAfB4olsb2P7IJulp1221TJb5tg+3zCMeYDLozzkZE9R/eIv/uIUbwHjKqrDw2/+&#10;5m8lEoBVC+Zbv/zlrwyPjiY2ewHwS0khPiJK8bpsEzUnLvxiEKPN7Zs3bczpBb41XVmVJwz5X6xa&#10;XaZMDPvIo4/m9Ef7VFB+NoxOXa5gY3QC7SDcK2UwXCspVl2BdJ4jhEPYc0YGaS6NRpXzy8lyAXFB&#10;bAzQQh9DpbANYWO6CmhkcOfbZoJs5OPvZoKeqpASPyGw7YYPDDtv+dCweVcoLjuvrrg1F4ZNK88N&#10;zxw4PDx7YPSsf+X54czJI6ngWN8Pnn/4q6HgPJ4NqTcT5EQsyKOd22ovZQpYlOtMdTrnThwc1q9e&#10;kcKuN/qrGgaMJHs9wCxC0w0Onnrqyex8pg3Ehla1gVZ74Pd0CyW3BQ4wRaXTuWacnqHgHj5yNGj1&#10;Uq4iAvDIaQwPXj6WmVAhQPBBm5vb32ZFmqBLQLSPgWlOU4yAYtVTRBPAwxHSEXSMOhV1TJNsxLci&#10;xGSN92dXSCWfJM3L9wosUHDGOPVoHLWwJyDaKdFGfsB+ONu3lw/BzlHZ51hremrPrIIz2xHMQK9G&#10;IZTBgQMvRvvig3NmMi3pCndo1EIor6/FAxMmCch3ig+mCs7xbBcE6KyCo5PUwc92blM+aejf08yn&#10;Cs7RXKkJ+C088cSTo79PtQ/KjU4If3U9DIKkZBDTygzFQadBqZ8oJZG+jtagpZVzKzJ9a5DT/jsi&#10;dKro18rviuAfaeV0wUyHZzpNwDeA3EseiPbf9SObTL/bo8UO8UCHq1z4t6F5p+WNQcRTUf/nQ8mj&#10;sAJTwNUBXpZ4BhZT5OaSUf7ZDn9fdPDXX3/txN/Gvi4vPP9CysWul7KZJqZgUwjAnr17Mm0+aj19&#10;pK6opnzdT6A7HFXodlD9g/dbyUX/nG4L5aanfsl/Hapvu615L/OJ6yyPGkyQP62odYeb/jbBc6Dq&#10;Tf5Troq/TAnu3LUjXSCu2FdH5nhPSH4Z+ZKSqo0/cP/9kx2j8ZupN9OA6YsVgF5wklNhI/7UAa+L&#10;27KlfGa2b9s6PP30M8NXov/UPgCc4E0deytClBt97ZVX7suBD4D3VnBMjwPKivJQmprP9LFTOTTK&#10;hahU9YMhr8dvfWO6jXJBAQT6K/hEq8aBawb4HnGfzvWB88J90YibCN4ls+ztAxgg0g0B3aJMIPcZ&#10;C/mLV46EfAectNetszt9+YyBpve3C/BuKt+iKPDRj34002wYFZxDw2/8xv8+HBkZd/euPaEZrR4e&#10;uI8TaWWuAubYq+HOwkILDm33oRjh2wTu/IiUTUF4zlgq0sjDoDSva6NgPef+VDBFWkxC+8O8QIew&#10;ORBCSeqN0Wi86fMSoRsHxYQTrZHRC+M8andykNxKFA1enRBSGUDvuGylTjv4UXA4mGGuXorIH0cH&#10;P8sYOZLvMNZt8jvCmnFjvnW7bxw27r112Hz17cP260rbXL/i3LB26dnhhZcPDS++VCObk0deHM6d&#10;PhoKzjWTzum5R746HHz2sRQ2Tbz6S6SDpoArQRSC49RYj8Mv5RERLAN2ES4Y3+/PAl6LxeQnqDfQ&#10;wFg1KI5dFg3XfLLO89Q40qToEAY5Fz3iF35wC5+X9rui9FqNRai3MDVKpcQQ3D2q3LVzZwpewsbu&#10;n4CVhQChCFl6DdBLWpaxc9oFOq7eXbh5vxzeQkhEmdoiiZc0ZlYc9AfeE8eKd2rkDaQnXBYrOIst&#10;eaXosmZemAh7eKKYEUITB+pQDrdv357t4aqrqh7XXHN1KjeUnO60S5C9mlIpsKNiUwXnQAoVuNgW&#10;whbwjdGGWYmaT9U9r/m3YMoS6D7eBjQftBJgZZuOkgDlxwGkz6FVfSYj3IAcNIztZQFE+p1F87a2&#10;2soMC/KDDzwY9Hwl2nF1+o5y4EyNx3t1jhViLHnw34oVx2SOvZy5U/gG6NTxC8sIBR08Hh0apQ2f&#10;cRAG6Oe9g1GO7eNxEFbo7Iq6Sa/rJj2+MDZIfezxWsb9ZKTHipEj6LHKOkNbINjg8YYbb8o499Jp&#10;RQPgFTyJd8EDDz4wPBvKHPnYsgof4Qcyq/3dONXqOLWu3phVp0Nmbtm8Kf0Ywde+/vUcYFBGOIEC&#10;aaWlMBSv62+4PuMMPrIzjtDL/XW42oeFAN2uWEl71VHzhTroFMnHWcd69ELXp0e8k6lNv1m56ftq&#10;M4W87nCrsx0HWXElh1gRmrb6CYE1ufuEVHDXrR2uvuaaqbyhVAbO1R6/AFtQGBg9Ggo1eoKW87OD&#10;CnqtQRvr3KTsUUyKryXhlOSMi+8MsljK2ncsFaKok7Zw1SirdMp2W27ZBTyHd8pIS3eDK22NXDse&#10;+Abq7z316PrKl6wJYkwUZ9ZoG0Vqpx1nUCdl7zdf1beR44hv4Bm8w2nycwDrDYfum2+6ebj1Xe/K&#10;OAobPxh+WsoEno36a2f8KW1oCPDFzTfflKfkU+yAPLX7bxfQk5JDaQLpszgDuUxc4b/yla+k2VDl&#10;dDoqfCo6ydtvuy1Hkx/96EeGH/74Dw933XVXnvswDXeleaiDFVg0X1Nb6ZwZFTZFlSueRkKolMYN&#10;WQpmSsGzh4MhND5Mm+bQYAodmo5OY92+Y3vG84z3PiGk8Su/a09b9WgHcT1j1qPY9JJNI17AEUtZ&#10;aKfqjaAYpxpUdIAj0QkPDOpeh+cKmjB+Zxjj+rfRxKpV1ZktW7kmhEQ0rrVbh1Vb9majvnC+Vgjk&#10;WVRRZo3p3JkToXWeG9bHiGpVNCTMevyVA8Opo6UANcgLG7p2yL+ZdzBuCpmox8mjw8XoiJWBdp1L&#10;4TuEQje5f41gJCsYcXVHb/TrPs2McBoKCZ5Br3N5qGcpBpiPgDxjtB3lwlPoR1HuEQsncDvTWqbJ&#10;oiGtdhT37tYtW1KoOJuJYquRHg0FWH0JzAMxUmC5MyKo8loWXqZbNMwRWzxXVml20JHUO+eSl9Aa&#10;3dFNfPJB0EOdBPVlsi2aV4Bf5npKW1I/0V+0n/JGCX15ilf+Kkt1pp7BizzwLsul3+pDGWF5UkZ1&#10;yTLEdWEoJYsjpH18tB9bKzAR63wonfhKWvJwZhzFrPNNPpwJ9Vsd4hrlFacS6lGh6qddGYjgi1ze&#10;Hvnq0NatX5d1VP8FacLVohB/EgeJr7yrjoX88Oy5/c/ltPjRo6aaj2Z58R/a6GBM8aiTkXpOjUVd&#10;rVTCP1fFAMFU+0033ZRXyqLpGju0W9UGjERNjXqf8gLnZI/BVdGrpjlYbW66+ZbhxhtvDAF9c041&#10;7dm7d7jGlFN8a/CENhzhKd94Cw+qV0Jc8SFZtjnKiW6sJuKaLwS4wsNw6jcHa3IBPik2eEGbKPyW&#10;Yuv7pCt8R3Zddkc1iGPJ09Gop6kutNAu89vxeyNgCtgV+65IHrRdA6UkO9t4Rzre8w1FRlp+m6bM&#10;NhRlzn2HRpjIj6ingG69rFlHC7SlXGkT6XQ5mmfALO4aP3jGO8nvkb56kDsAjeC05Hstl/au71j+&#10;KUNZDvlFkLrf6qidpKUhyoaO/f0ET/F+tttIz2+8N7H2BaCJHdp9K80cWAfttENlICtMYUlDP6gT&#10;1v/hR4N2sk3dpM3qSt5SLPxWfjIRzgV4A+rfZYMz+eArdZGGPq4H3/rJlF1jK4PztliWxavwBPzN&#10;uzFOaHx3PeBlb1oHb8g2WAryruzLtYEemMMtnYJs138ahNx2+225i7t9ayh2f9GAVw0OtUNhMUyp&#10;NIc5zGEOc5jDHObwDoGJBeeeL9+TFg8aHU3TuSVG6qYGAC2fZkbbu1SgPdIkaYtOYHVmDO2J1mtU&#10;4R0abo82aFtGJWl+y+XYp9IZimZr/X87f9J4TT3REo24aMs0RfkYwdNYaZjmUdtxj6ZL86TJ0kdp&#10;3G0Opg0Do1gjJd8yUZ4+HSONKD8NlTnWCNs8pjoxXac2Hf/UoTVmQT401bhJzXcSF8Mpy+28LyyN&#10;0VdacVhwNu6Mkc2ZwV4G5rEtCzU1RkvmHLzssotpwWEKld6xV14YTrYFZ8wLjDaCaVzQjlWIZcZJ&#10;7szYdktmRWIJKatAzVuzoFiuaDqhLF8Rv7buWVgyLn4zvxr9SMtySyNTVif0qiXbpdXDrVHDuXFa&#10;0v43TOjwZjTSowHppa9O1BVejhw9EnQ0qluS+z3gvaRj4Ms+EvgOTY3SjQ7QhrWi91NCG+XFF0Ys&#10;rAmmFnK0EzyZ+Rq7RDkTRyAueNuorTZwqxGnkQknvaBevmSUo/zAlJt3jJgKisbSbJpPQjytuH6P&#10;BQe1aiTfFqUaiTuc09k262IEujHrgSd9aqkvx0r1Eewg3fcd4M5IkX+cTRG1C/PfzNmHDh/J9PE5&#10;MO2mjfNxYfGsXYN9G0EaGWrazxV+3MOpNmLEXhab47lflOlf00dpOo+4lh38UEwfKleGyIvlpdIb&#10;Q9yXIyI62LrhZORxKvcikja/m/3P7h9eivTJAPyFd1ly1IE53NSM/HbG6JFs0MbXrrNx55oc1Zl2&#10;wjNw6z3f5zQUXgiwcAF+2kHeyLZG5zFSj/dX5uh0d7YRPmFbt2xN2XM5a9iYHnqTFejFOuN7e9Xw&#10;ecAfaS2I0TkrJNoaraMvWs+OwAXxeLblF58Vv/GlETALWcqVeK9G3sWLyppTfMFjuS9LlF/7NQ3E&#10;SRmNyEkhcalugavGiSkDWzXAobam3fdU4SuvHAz6Hc0tAdRNm0Yb5SZfyb7iYXKz0nYP1ENZWXmU&#10;Les4tjP1I4NRQr3gQjpZt2w40vW32xWrX+VV9S8ZHJFpJULzsgqzKFfbUkbp2pjP1B35IC5xLv8o&#10;i3Tsj1W7ItsCpSwj6sEqpc33VFa06CmPxBV4F21Z5/A52j/3/HOJv1xoEul4h2Wp/HS2pOXB/b6r&#10;rso+FQ20L2XR3kz/Sktfhf5oVZaZ08m7Xbe8RtpdDnghl8lVpc3+ZMSZd927QptFGYnLkDFlySn8&#10;dgCN86RbpO39qjd3EH44O7N82pdZFs+9K/CrhAMyQ9nVQRqmTM3A6M+/G5AKjgJ8KZQSmxAlUuIB&#10;JBFUjmwA5tl6AJF4tgAAVp1JREFUnutS0MzMD0Bajz72WDIuAmTnE5WWJuaGiDYnISah5hlhR5hw&#10;eLMRW3U4K9Orn7BihtSYMQfENjK9l8wbeVF0WvEhSJnmlKtDMuyF6lxnG6B0MI2yJkNGkGZ65Qej&#10;YWpCJZUehFd4nJJMIMTv+KPBajwYQ0dMyZH20iDwShv1bdwybN6+c1h2MZjwzPHh3Onjw+ljh4Yz&#10;Jw4PF0MZWbbk3LBq5bJh/eatKWAx39EX9w/HDx5Ipei8+kSalAbTQWdPn4o0TuaRD2f5CEU4dzrq&#10;Fb8vnGOWPD+sjMaVq6+iLvxhnCKb1wxwWNdUiCKcJ0TFR73Uj1DV+L2DaeEL/tAXLTEvnFFmew8F&#10;6WRjCpyiVTca8+Tel4400ldEWiEkdDi+wRs6EdMFZXZenh77ucdDPE++iHs0AWiYjSk6vuxwXymB&#10;Ll/0NmVgGjKn20Ye0KESbClM0TEA7bODiH8UEvngCWXPjcaCnnis56nFZ72SD+q+aV9Q9wI8gRKw&#10;JfB6mkoc3xFCWPrwAsrH7FwKPbwMV614dEhFIdpN172VDwKGcFEPuEBK/hPuKR35rbSi/aGtqZVe&#10;dVj3hc+6Sr/yyOcR+F/Ij5JFbkhb3eVX01czZUyhHd/OfO9eep2mTlMe9h45GGlrm45n6X2psi0G&#10;DrVtHXfiLPgIUBbwA2Gt3YJSzstHg/LuW/Q0XScveMBXiesgVzuWoxUZ0sqJKTcyAE+SPwR57vEj&#10;vcjfCfX4iPLoN8Vd52QqRgeeSn/E6awsiKBE4MGeolKuaoM1PaUM6Oa3uirfsuXVzryf7T7ei4Jm&#10;+QCewUuFk1L8tXff2wUeXounyi/G6lE+OnhOh8sfiEMynGlfvkVD7Zz/Bfmm/fSUKRlISa/9YWrw&#10;oO3LH+drH/LDT/Cd0y3KN76T7Urd4x957rd8QbkF1PSldEvQkifTdgQ3cDh7nw7HMWArPJUSk2nE&#10;P/XqgYNn3aHDoyvl4uTI3/Cf9Ynyyc+0mvfcR1KZbuKb7In38Fv5GNUqNfXmL5N0S5rXlGLiOvo1&#10;nbsVyhSy2jOqXDFMhyf+Ih/3ykpJ1Z6StwPX8si0gn7N580zybdBF3Srelb5XQ2g5CF9PFgytI7S&#10;8X3lW/KsAQ78FqQnZFz8c1/TUVuyHWljBqPKkb6rUfeWwzlAClmLP0+cOJZyj2Jk08nO5zsJEwvO&#10;Zz/7uSjUy1k4DEzAGIXTNoGR9OspOBqTClr5wJ/nxVB0NBTIg+RmRMwMjJqMTiGBcIRoHRZktUaI&#10;kDzTCRYap9/Ska5VNZYASo+FRzwLkPztQmn1y4sHXgxhU8u8la82RjpSnVXkp66+Q1fpaLwERDJF&#10;jFR0dkYsnmMK9TPiz28iIE0xQV/jBhPEs4mS410NYVkIlhXLht07tg43XbVz2LT8zLD64tFhxbkj&#10;w/kjzw1nDz83LD1zaLh8ZZ3LtG7ztmHZqhDMwRgH9z82HH7h6eHMyeMRQmkLhUY4b6XU+dN57tSS&#10;C2fj26XD5vWXD3t3bR+uumLPsGfn9mCkvTHyLAcwBV0aDabKrd4E66joYOLASTrJxjXv4SlwRLHq&#10;zcZqqV9ZZNADfeGuGRXPAKMXTC0e3UE1VnW6bIFSS8gRQlb5KGeuVgkeyE3Q4jd8wyce0UBp/56j&#10;FaFkKaZdlZXx2f3P5mjTiMxOyhyDdaBorzHiOQINLQHnY+kYsaWgTWEwnkwf9FdWefPT8Y36qk+P&#10;6uChhAGeKAUHND48V/4G8SV0Cmf9nOiIp8k/2flGeTz3jNDooNOZ/T0Jaf04kh0ui8zJiMPjgOAr&#10;JY8AZMUxn+/4ClaT6uxnf+tgtf/jx0vpSCWE1WVUrlwPjZ04RYVTts5OWeEmR8TSyW8jSG+8TuJS&#10;sSnlhpImULx6eb/nL770YtISz7FmUGyczQQHibfAOZrgC+koj4UAhKpOAp7xCTp6Bz75A1iF9dzz&#10;z+c3B1+JdCMv35VjNplkdZidzMnAUOqjvhR+8oAVFA9IDzz33PO5+o8TNJzha9Y0g8NUBEKmKW92&#10;KiFfWsGhYHjW/CRI07vq6TdHfvRkSVAOdc4NDrWxuPctyHSiriwo4lL2RHnhg7KrffvWe6wFBhna&#10;kOuV+67MDep0wCwRaJj+PtEW4M47rAwUPXjUwcG7vIqXObouSaUQsK6lQht1oNg075MF6AEHlCzW&#10;aYNZljNl1h68W3xEdkabyPYRVfUvbsRrIyWzpFttR+BXVTMF1ca83/4/Bkat4MClNu0e77iyoit3&#10;8UGtggNkoN/aEZxKV1kT1xEARUOppHX02NF4t3xDlZPCS0mpwdvGVG4YDMi1VGoiTb5JbcElT3X+&#10;FoRYrYRWQuItaMJiadEKx2nfKxtew7faOJzDTcmXUmiWG5ynbGPdLHrKn8UJjvGc9ymi1R8UroFr&#10;hhHf5LcrfJDjy5evTB6zqpllMtuTdhp4tHLPkSraFys92eO5PoUuwdkYwOl3EiYWnM985rNp2m5z&#10;vY4c8q+95pp88ZspOMzVvvvGN76Ry+0gvju+ZjjIgWjEx3BWG1BwgGcYnnXGlINOjlAgCFwhHjMi&#10;qk6K0sOqQymTPkHDc11o5tX4qtPi/FodGqGjbjmij/cE6SuPd2nj0sO4GjwmIdw0aGkilJEiRvJe&#10;dmgTRiilJwVMBN9dvKj+zImX5f4927ZsGPZu2zgsO39iWHL66LDkzNHhxKFQHg69OCw5ezw725VW&#10;1wQDcrY8dfzo8MrTDw0nXgkFKJrSiuXMpxy3Q8lbv3bYvnXzcMXunXm99pqrhnfdcuNw1x23D7e9&#10;+9bhxhuuG26+6aZ0lEQ7BzdycDPds2PHtjTji9sRV0pihbKWVajzTyiZzzzzdDK4KRG0UncNcnKN&#10;eqdiFw0lYXwHaDgAHlaNq8p0YvjlZHQohADnWg1YY7P6KgVD0ENeaIReliYbFRHI8Ktz1bloSJZl&#10;aljoo3HrjAiH5kG0QD9TgUalKVxC6HqO9nhA3oqM9gSA301XAtz3viH4Fis4LZTz/Qj9bPZ3A4HT&#10;+/Z4Bg/S0AG1WZpQlr8CeS6I7/vFgQKm/t6hXJTzceHdc/n4DZeEIXxWO1CvsU1EUE9x2U7G+x4Z&#10;1oi+FCoyg8Lit7zQKSX9WB/lqLQ5c8+kK70OY3qzgZIgeI9wtD+J7fgpOOLl2/VBF/WRN0WcUuGZ&#10;sopHK/sm4TvKCuXFwMfKqedDGdYRUZgowzo51iz5Hj0ytVJKu/PEJ6wEjWv5PfnkU7nruulD/Jgj&#10;1jEdyjX5oR2zYOBnFhNlc1ho8VvRV1zhqlZtGrGrv7qkDBoVHM/xn5alfgA/ZcAvI150QsrCmtTt&#10;ULsgY8lOFnntVqe7LAZxabGNgLbKov1p+2RnrRqqKZCcwony+C097Ub6FETlhGcdmXJrR6w22hi5&#10;3+/71qIPCokBjXwNLNS5nf0F6bbsaCd1Vann0/fgRVrajG/qu4upbJiuN7VO2YBnZfS88e1q4NZ8&#10;h+7JWxGSl+A7yuU3PmpFLXEd4KoM8Ob7Tk/fKV/7tKgzxThXAwdOc5onypD8FXXyzcaNtWza0Sz6&#10;rcJxO5BflpYevIxmKRsjTfk1jaUB9wbk3rUvjXfIEw1TOfvIGGkqs/oJnvleUE/QuK82NqWHd3yD&#10;nuqFVylj9mKyPcWzz+5PCyyZrC+mfFEeWcLs5WQxAiXvjuijOp/vJNQQYA5zmMMc5jCHOczhHQQT&#10;C86nP/2ZNLPS1lJ7i4e0wT4v55tZcGhrNGJnbjjSnyZMU2wYFcNRo6wpIabsw0cOh3Zdo2zLhFlv&#10;jL7bOmAEYTRiRGB+3pSTpaM0f+l/5StfzXLfc889qc3SKlkpTHVZhsd6wewnP+U30k6Hx6NH0tRI&#10;I5UXq4H6lhnUKKG02bTQBKSWG9pnjnCiPLT6xFNotnEzfXeMKyuOetcIX1ntpUELXxX5nDbdxF8m&#10;Rs1Hol5Hj3FKrGm6C6HUHou4EwcPDCdeeWHYvGoY7rz1+uGuO24b3veeO4fb3nXrcOfttw933H5b&#10;3L9ruOWWW4Ybb7hhuOH663JKUX2NFIwaeulrbiIX8XBjaZ3zUlztR1CbTV2ZV/uwdBBnPxZ4/NrX&#10;vpZzwb3XilGFKT11gz/aPqsGvBkxZL3zbgpGP6b+jAZMR7jCqV2K19unJ9IxwkIro4+LkQCNXzBi&#10;thkXa4CE+WY88cQTSXdz3uiD9jbMs7fEFXvtYrov+HZnpI+v1g45Jfryy8mnSlejLH5eq3LElDRU&#10;hxyx1IgmKxB1bAtEjqbTOlJTFF6AA3xTVpwIPooyus83xmsDGquj70A9r3rDgbzRrOfv44VK9zVC&#10;g/LlNUemxYPwCMoiVaPXtjTBf12nwTRbhjHt2dDgPv2DIj8HzKbfRMSjAZM4S1/lU990fq8XGnqE&#10;CJi/bbQpmGIkU0y19ftoAbQteYOcJowyJY0jX7j2HdO5wHRuM7faK6g26WPBYWVhtZJ3t/1sxxFY&#10;f6UhD3mSWfiPAy5rED5URtNapimMWL1vWg6wusSwPWmpXaojKwoLBzzJUxx8knNpyo+4suCczHyr&#10;TBdCZoT80cbiO/wLpOsdPKy86IgXyuJ1Ip/JB3+xkJMJruqC3+DKVBi5mFatQ4dDVtp3bEfWAz3V&#10;RVlY+4zefUtmwr3nyu2+fVnURx7i1NV9WSf5PAWNInimXOiFP9OCA//xre/zWdQFoEfdi5tab7zn&#10;WU9DpZ9P1FccHKibTV7lhY6Jiyi77xrv02naWoadeUXwXP3Je3G+g+PGN6i0vFcWTmWShufZr6zh&#10;R1Mng7cPYect4Ds8qL3DIfmF/vo5MhY/p1Um6kb+qqOrOPXzPT84uEJr01ucqvOdyF+bVy555XRa&#10;lC84O+mQ9Q9cKqsyVZspfEsv21LiufBd9CicJw8EzZSZpVy5nnzyyTx4WR9hPyEzQt22lAH/SEs/&#10;Y5l45/OdhBkLThFQYJLkB1Kb4r0xgGzB1ANmAZCVzAKp0TgxZ8cxHwqQxXwrFOFC8MebhdhA5ohQ&#10;oU3bfCjsnfP0M08P+5/bn8EUGUbSkdveXnDQGpOf6RYOrELvvyIdBBWkjejKNWuqL4e3QBLTZASM&#10;0MyNMK8KWUN/imjilKkDM6TDNgMLGS6GQmO/mmCbYTlzZIRzZ6KxHXp5uOzUwWHrGgdyDsP7br9l&#10;+Muf+Inhr/zlTwx/+S/9ZIYf+9GPDx/9yIeHu+/+wHDnnXdkyD06onM39WTOV9BwmMUpNhQWgfJC&#10;aaG8drDp1A2UpJlw00035jNpaqzV+VZnVRXsUIIIHptu6D29T5mWQFlpnAtQldNyo7IkpIDzXaTp&#10;uVC4DwEZdNGABEr1Cy8ciPTOpfIqWPXCYZKPgXoLpjn5+PQ8v9A+KcrTPInes3viVNmr8GkyRvsI&#10;OpYqq2uHKmfi4xLQdSuAjBEhAfK4cLHw0fnKs/MeL/n7UqHTaJCLn6mwTN5xfe00vq0QqaYiL5/O&#10;a6Ze4FXfvIHQAB85lRbCkT+VkD4aeCvlSYHOq31L0FkgSyhbkWDKI4EibHBEVlCWe3f23jOoFLEL&#10;KaxNA/BZMG0qpLIZPIg2vfKMEKco5Yq1kHuCgRNBrvNo0OHCP77Oqb8IOiODpcVTge20LFit2J1Q&#10;42aC7/yd1SvI39UpC8XbYxmaOSeX6qiElIHyiLL1t9pGTQkNk7pqb3wcX4m6TpTOwF2taivlR1Bm&#10;AwnKhKIJlI7i/e4wR5ne+VFsIngXji8pX2eqkRXJoNojXgJH2X7G30LnoU3rYDtM8T3+jtD+Ql3m&#10;TBMOlDfvI83Ee2brhQyVDzwWDoUus1dKOYDbkjfy6/f0CTUtXf4wguf4ydT7s88+kwGfWZmFd1v2&#10;4eX2VWvcW+kp3c4zceIaBSHTkrci5JRs8Dvcw7VgIKQ8sziPP1XVEddgrHa+a+NYQfm9T9npgUQP&#10;HEzXiRfwtzzh+bsFacExl/7nf/7FRJAC21DPSiaaeS/nojgYfbwW2BkUcu/50peSECqRhPMQRgLg&#10;C2IwBYUBMVWcMBHPKztH7vGc5caVFiodI3+CR6ANExYcEp2/g3H487BI1OZJO9JpSwdPyJ886TTx&#10;cfO/E5wfzZHbkK4aOuJQ5uLVfJ7MGoTQoXrWGnwrRIiUmxjGM0yf6QRzJuEizrWI2PWuZXoULorD&#10;D/7gB6OcV6VFZ9++K9LaYJfe6667NoR1MNtlF4fb333r8NEP3T3cfMM1w003XJc7ZXJ8hafvJmgI&#10;GtEf/dEfJX0JdPVVjlaA1c3qqRRq0aDgSmPVLjQNSjNIBRo+x8YGNHC8haY91w3QXciOKniBomZ0&#10;g/7Kgw5G0RqSEantzo1ebDi1bduObLR8LuTFsfRgjEqNsHUcxZchmKLMaS2K0Uj76KCt/AR19DsF&#10;4jjiEdcjfVDlndK8BWw/63v17oC34W6Cl7FdrFixLAcXymYTzHT8TEtPvVPvTtNZHJQ/r1G2VNJC&#10;8KoHcGSGes/yz+Lvv1nob4C6aifwkE6vUWY4XxXldf128gHw1bhlwTh86GB2QOJTDugQIlBelq+s&#10;pcksv5tCdmjvZBSF1qCG7LIhX8uNdLoNntExkDvwI69qq7WKTtnXsygGv6GBpd98DPiq2dyMjMEP&#10;8Kp8hDk/IengtcRH0AEt0sobMpRMQ0eWagNHsqL8KPDY1P/BNzoFSoN08DY5l36L0BOB3FJu+CrF&#10;qazi7sXVoKxW/yinsjQtXJUbHpVHntpYWhouX5N1pigaKGwO+c/51YhcOR544P6sa1rVImh7ftdW&#10;AS9nYHkoJe9o5F3WEnXSAhIvEbo9JP+Q2yGX8/0ob5fVM2VXn9n3m06NL3iAH8BSwg+n265vKS3y&#10;Z+2wEs03uSI28kh8R/t3TQU4+EH+8vCtIH2dMkUBKJsBTrajEfeJ86iXvswVdBplyRwd0qMafDrJ&#10;M0FaeGHLuAUKGYYO4p31d+/Xvz68EP1oKjcRbJlgw0bWQsrP43F1bzNM/mnqoKzypXBlnxiyTt7p&#10;XzXWU3zOYHCIjvo2ruBZHRbUf/yufHAKB9KjrJkNuOba65JnbKRpBoEPGp7AW9KWVyScOJa+NNTx&#10;xhtvyk2CgXy+k5Ccj+CmTkLryKBgBPrK1TVVJEDE60FaWiI0oatCxZTClFHFlwVHxVUw91GJYBki&#10;gSX/QmSlwwGNQNDJC0bomKyXkAJ7qGzdFs+jE3TmkiAfZkcNslZu1OqZnCqZGc1raDoF9xisGZlV&#10;CXRZlDefxQg+TaHJCIhE9rw+odRe+oTwHXfcmeH973//8MEPfnC4+wfuHu6+u8J111w97Ni2Zbj5&#10;+muG99xxW4a9e3Zno1Cm7zaoc9NUAHCAbuIFowd4ZllrK1vTGf1mg/QI4Qa0JZjsP9PfoD9ekk/z&#10;xjoO1dHJWGmFhoIOhCOfRkY5Fjj1+c7omEN07hNz2IoYKwwuTAQMnpcGC44GLKjT1EpjKWiN2Ak+&#10;QGB3550NE8nH4OdrgXo3v5QQi3QjrkFalJrzEdc4yLGkd+KZ55nfa0A/6/f8S1xH2RvvDZN3xm++&#10;FbjUtxT86mhqtAtmn38r+Sx+txTeC6FgbBiuv+66DNddd/1wbQwErr726uwYBMoi+UQRYbEVUhlh&#10;ybNHzuhAb9CjA0f/VqBTaYpv0cUzAT9tCsXGyhCWT8HghHIjP0qUQCaRWTmlHkJdkF7Ttnnyxptu&#10;yoGN75seOp8a1Y5WnAjudUInThhlnwq5NMrI4Dc8IwC8kll0AGO6+FXwHdzBKaw2Zus4GqsJq53i&#10;EenDIQfk2qZjU+JEh0khFLqDfebpZ3JaTqD8OGbFfS/waEWnZUPWL/LJNj3T7pVROdICEVeBfMk2&#10;pv1FP1QKwjQs5uVXQVSy5PNoBdIOIp+zZ0IBCRlVofaJyTCDd7JA0ungS75r4xEi44yfZLso/ywT&#10;nAeu+71cqRX/WnYIad2Ka/JGpCnoXzgD40t8IygHqyILjelUAY4ffPDB4d5vfGP4xn0VHrj/gTrM&#10;M5Qg04pCK3Tw2HygfHDX+E6cj9NGBniN58RXvLcgZP2ylv4kNI9pL3WE0qaJpdxxDW1J72nQPAR2&#10;rBtFXP/XBwp/N2A6zJrDHOYwhznMYQ5zeIdAKji0q21bp5YPZsPDBw8Na9dcnhqXwHz7etAaY44a&#10;BSOIDhlXo45+Ly0mo3bZVqJcGh6aZM3llpZtNGt0YdMuDqOCaSjz7UYYNkcT7LjMrGoExkIgmJrg&#10;gGxaxdyxwDQXWaYZrTRT85NT60zP4dOqnVINmIUF2nGNpmoEP6vpSjOv+UVDxxhJlAnwfKSxGKT3&#10;KpDgWwTgpulWGv1C2HfF3uCRDTnyMkoRarTVI5saeeEDac2O5Jjvafo2Y/O+MDvaMx0h5Ag7Rsx8&#10;dRqMaNNXIr73rP2rjhw9FiPJVybz1cymLEzK0BYcPN/laj6whFJ6eANNBGVuy1X64aB9jHiQtSi/&#10;CKTXIX9WnldceWWGj//Ij+T5SAtpHunEe4nj8ywicDWWbUznWwGsU5aVGsUL3wlQPmVummqrU4Cb&#10;S+DnDUDTRbBlAnP2L/zifzmGXxj+y7j+4i/+4vDTP/3TGRwoihZot337jgzkgeDATQskBJaYnbt2&#10;p2WGxVfI9m7pdLR3zrACK+HGGIEalZoWFXbttkGbtDnrO8Sz0iOP7G3TcpIzO4uO9z784Q9l+Du/&#10;9EvDL0b4az/3c5VPBCNpFpyWcwL5QPadPl0hZWnUC7u1VeKScgGu+jrSu/AXr+OzFE71HV4m38my&#10;slqUhwV+LF+4FSlDtQ9TCj3qt5zevmKsOE8+8WQGh3g+9tjj6VwqXjBlxSpjBoCMb8u4qZpuU4K4&#10;PJT0pLKwPHDutR3HYh9HRV9c5+IztXYneEe6vmUpSPcCiIvaSds+UXVGXeG5LEvTwIoPGs+C9GZz&#10;7rwgdpZHBXGTN8Yy+5dtOgJcs0h63BZPU7xF+7K6TCwvkZa2m/tVRXglZJlpKlNTzzzNivZs/oZr&#10;04ddH9+yCpFfLedMcze+25okpCUJLdQzQ/VpoHDuxq94r+s31lF98UdbPPW/LJn4P7ceiWCKmPVS&#10;e7JnjrA++giWTOfCFW0rv+8kpJRljuRkas8UgSOqxkuRaOGgg3kjwAwPmrDCLCOkr4qQArEEb5mv&#10;yv/AdESicfYbxNEwx8bWRAVNIH4NGNpUg8MYBafytp9Gd7zVEEYG1ugylIlOozBPKph/Thp7ptEp&#10;Y/oxVH5F/arrpQg1skL9mIEl+e1CUL/uJNTTVb3fStC06Ht1boFoDjY3qApmrnpXnfqb2SB+9pl0&#10;8F9OF4zKTOIznsFDO33bFM4pxqYbG1f1Gp6apsv077RzG8RZiSBwemyB1fmi3UQgjvlStijYoNND&#10;awJDGb0rVPnytW8KXiNoesrkwx/5SJ6gjwelUyGrmy9zNs4QeYMUspP3XjuUqbk6D52J7/FSKkoR&#10;LvWNzm9x6DRmw+R5fDOJi3sF1panwnnqYHmpKYY3EjptQfPid+Yk6B/8wR98VehpXUcN5KG28Q1B&#10;28LWNFKtKqlgZZD9OuwizE8nnc9DIclpphDA6CzIG53bZyZ9JUJY21yUcsI3Jw8K3rI5T7Lnr6gj&#10;EQLbmde73/3u4YNRRuFDH/rQ8JGgu0MGczo2AvllGrWnqSbhVA2khHLitFLFexUo3BAjnykvI8V4&#10;P/KRPygEGp+TkDgWX88pISlXj9bRGvYxMX2FFi2bTek377cMrxWO0+n7DnhP0v2tvsMAxiC5y6Cs&#10;ruRq7s0yaWPBX12wEfwSur6qOVZyAuqkDXveCqM+hrxWvimOyxFaqJVPNR1IKdNPmF4TKCPKoYwT&#10;kHGXIeo4CVWgBZB1C3wtxJ/dj6cuDxzNc9PMQ3UkR9G8pkpL2aZ0l0Isrn3JBAM9vCrtSZuMwMVD&#10;/OTdwH3iO8rUZRFvMMAtYCLTEsPKnZcJTHFeodGOVq3gaCfytwlrK/C1oaBNCvEaWl8cdu/cle2C&#10;bvHdglRwIOTWW28ZfuInfjzDT/3UTw0/8zM/PfzAD/xAFkZQ6NeDRvKsgmMEIhjZFYKmTFGdUnVO&#10;vYoqLTlBYIza6cEoIaBje/ppm7o9lZsJ6sRqkygNqjYA5Ex8jMb7ysEMLDc9eu/RN0HmO8Vs4lJs&#10;zJ9zRmvBnGXMTjSEZnRQGYJgGiKiTVqdS7yTDaHDJQDzwbP8FgPczAqIbgBvdeiRkpGuuViWlMui&#10;LoI6Fd3VjxDoEHHoPo5ivINnNDwNRYBjeNTg87yiCC88/8Lw4AMP5snjhE+OhgJsFFj+P3bPrbOM&#10;XhjpboQooKcGXZs19mjRKKSU2VbU8EcULkc46ZcVwXO8T1C0opvCQMUCmvZ+TULW2dMAdYs0zEkL&#10;FEHpRfQMlMCPYgZUKtqFdCft6puFJXiaMCkFQZs4d65GxUKnhf96UDD7fbeP2bjZZ3m/6JssbbQT&#10;Toe58mZUcMpfZPretxJ8P6lH/Ks2WnkthlZcbrnl5vSN0VHjJUGHyhLTI1mhLTWW0XbnkR1vPCOc&#10;K+8l6ZeBRxCRg68gH/zNOtOC3W/bG1CmKMe9QIIi+6M/+qOp+AsN0m4mSd+PVG6moXiTUloy0kh4&#10;R9TrTHTKx49Z7WVDt6KlNLItRSiFo3im/8VL2KryHf8ZzOFFm2265qAw3tPxazft0Pr4E4+nQz55&#10;1QoeRa59jyZ+FjEix9Nwo31lpxm41Plpz413OGfhTT/PLFcVTCfN6tqWs+oQWakmaAoomoCubwW/&#10;MzoB78iTXDh96kQGdDNYl2auxovAr6mVncmqolPH039QH8KiJFA0lVPeHRbmPxPGkk4g4ryvPK34&#10;shTq39ChFSx+M1bysTK3vIFDCjPLYA+KnF6f4aqr6liNCPy58Af883NJX5foN3tVFt/E3OCQLFWe&#10;KBZHcsFqYsdEoFsP7tSjyj4bFtVTiH/qhsYMEmmUiPsQ44nniQIm71Hx4agv3Hb7u4cPfOAD2Va/&#10;W5CrqBQYI7YQtnOtTguyIUtQ0NcDzk7e4Qxlt1DWEt+BZpAOHWdqiKatsUDezl0OobQ3wKkgTDU+&#10;nZ2r5/YrMLKgYWManaoRO4HKez9eDEFrdVV5lZfj1eggGp1bNpwQHL73vMujodmh1Ohdeaya8l2O&#10;4KPXMUWWdYnvPU8HwehUQY5WIo1U5kI5AanUxX0UeQIsU4SdZdc33njjGIuHyhHa6EFatfvjkWyY&#10;9gv4XgNBoOH/yZ/8af6mWDY98Ak6GaHm/hmB9wMvvpjvNW47zMYRxPAoDXi1ak+jkE/y2RjvXvBe&#10;KrFRFkJi545aJUdptD9K4b7oOutwN5unFktR8ozyKIqCw7wqbyCeEEQ7ZZCvxiuciQ5chwRqn5O6&#10;9w7IkWsqbLPWt7hGy9c5MM1Sku66664UaA8++EB1ZvFu4iTqsGJFjcoogKwKRn3q36M7OOv7Vwd8&#10;aV8luzXj/SM5FaHTFYf/KZPKmelE6Gvfv17I9yIdikzmNbO9vZU/4ikWFMJSeqoNZfDt7O9LhFbq&#10;5WWaxn0tIriY7cYAbDHAW3emVnA4gsG+Snhi+QqKaOEOzZUzz84KHjVYgiO4RwO8QHkD4igMGrt7&#10;+IdH17RYRHp9LIPyPT8qBXgXX1Oq7rrzzty+gSzNQVGUEZBRn//85yOtJVGGI8VbwYNoLygr2dcy&#10;hZzYu2dPylOWlR78KJv/vQii20ryUfAg8C5ceL9G0TXqxus6Ja4I3idHfatzan6jxOmE7HhuVSlF&#10;Tno5AAggk/UX5ahNNtaKQ99LU37eUXdQA7s6JJfVQv0sX9ax6gi9p1wGD/LJwWrkC/ASUA/4AVm3&#10;CIk3tIq66eCd3ec9ZUG7vXv3DLfddlvucm4gJK7PZXKPltKXl9/bt9WBxGQL+pTsc5hzDcwaT43v&#10;hqxP1K3plriK99RbvbzbSgh8qSeCKIc+dv269aHQbM/fVpRqAyQIHLKE6JeSVwK/TUPtOYqUoXBf&#10;7YBS0+WDC2XBq65NB5YbiqVyWL0GUrmL4D11BeoE5+Jy76WAlHGBcwqLKV7tytv2c3suBqEvvfRi&#10;0tjsCes5t5Obgo8N7G67/bZcbaWs3y14fa1lDnOYwxzmMIc5zOFtCGnBGe//QsDhidZql9Ac0cQI&#10;ye/WfGm2Qmu+Rt80TFqyeXIjX45JrQ0bnUy/iRCjAiNHz31j2ozJznI6GuuTTz2V2maeKTNaaGjC&#10;tEVac45sQtWkkZvz9J4RiPSNllkGpH00vmUlyvnuKKcRsBGGPNTFfjpGdLRUkFp71MWoX30yLu7F&#10;lyZc2rCRkvlHfk18Bhq8Q8NWZsCCY8RpB2ZWnO81LLbgGAE3KJ+R3I//+I+Hxv7ScODFAzmijQFV&#10;4FW4LEf1/iUaxAWu1Fm6xRtL0sJhatKIEz18XM8uS9qJgn8jQ/5gRrZ4hYndiAG+nGlmhFzWG9aE&#10;pZlmjhyDLkYarBrw7LnRELoyY+NT9GKuZp5W3pwvD/DcqC/N2UEn5bLMUvmV1e8oXpY9N9UaR3sF&#10;FwfjT6ZkZTaCuunmmxOHjz76WPKoNIyQwOrVVRajSu+qt/R6dOX9vD+tnBWXIeKVz7kwfqel6oil&#10;8ccz/cJ1OW+zQuE3dekdXN94YL6Pa/LreO7SMeF4WmnkgWbaqXy8Oy0nx9m+H0M+K/4yJeCbnDI4&#10;fiKncA4fPpj4sCz81ltebcHxDF+gozrd+/V7a0FB8IK6mp5M3uCLNzqdk1P2rdH+WYtzGjoZs9qi&#10;AOd4RJqWFtvUjpWqDzbE4/KQ19NPP5XltK+VaZif/ImfGN717nfldhY9qk6eDmA5+uIXv5jlJoPw&#10;GD7sfPFpWaRL7r3//e9LmcGiy3JqGh3egSSbR+XRMhYfA1cWE5a1thjg5Z42cuilSqd8jHThkEWW&#10;LNTGnBekDtJk1fAeCxbLPKuLNFgSql2WnOejKJ+euvYt3m5fnd6bR5xnna9z6KRHViRv4hsWUjQZ&#10;6+N7NOn7kq8R4p+04FF7l6btJKR75113Dnd/4APDvffem/spRWvN98gUwFJPLpku4oLw/vd/IA+B&#10;1K888fhjifPTp+WJPsXb6prT1ORYphK4jmd4pqfN8ZV39Cndx8hT2cgSFhRpsfbl+YBwHVc40Bd6&#10;H47hlIXn9Bm+o0Hf4IvEc6RdeA08RN65JxRei9A4T78q7Spwrm3icWUx28GCJ11AHkozeT3e9a29&#10;zNS5cS5O/wzKumlPn7LWkWW+Qy84lg4as+yzAt4VNLDvGwv2FXv3Jk6+m/CmKTgaL8Sbqtr/7LPD&#10;0fjN7Jv9WiBiNgDX3mUSM0KieUrINlcclwQIxhwIYhoJE5jS2hMKjo5Dp+b7dj6tBoJYRVyEkQ8h&#10;mgJeXDAjhuiNoUxRKbu8EVXLUr7yz1iZygmGNk0hHx3H7BSFd5sZ/GbSrAZYzwGT4PujsVFweJE3&#10;eK5Bt4JDOXTfxyd8r6GY+0LuxcDX4LnnXkiTtbl4AhgNTLsQ+DoRKyrgg2BqQS2Auq8pqJoaoLwu&#10;zWkiArGnEdG/GmXhzXuEgTwJBPRHN7REjzwdPjpV+aWgCZoX1tECXWqKRYKEDMGMZ8ofy1RGvHnB&#10;NFgoq/FP2gSR9PCeq45SgA/8hdbK1fTVkdSGkGg/5u4S7xCYt91+e/IwZ37CDQ/hGZ2H8rWjq3LJ&#10;f8vWbfG+++ogC5eZXP4GdSF84xJlJ3wyLiK8szzwabqBz1l3ON6fdA6uvhuvrxWkne9Hun57X4gf&#10;kSbfB/5zgdcU6DXNUUWj/MVd5Es4p7IbITuKCOWrU/460miFxcG0BOSpU9UZ9lTDYpBW1jPwpc1R&#10;Gkxjoq9OK5XaUA4I4QrleC6eLID/nFoYnbpzYBJBXLVn03I19UdZswKTsiEdfGdlkann3SHI77jj&#10;jlGg35XtBJ91+Rp88+UvfznryUcwO+Uoa+Ir3lMG/ja2wCdvTHXddtu7E2/qYZ+RFw68kHxfuDJF&#10;VRssZgcY7zU/olPWI/jUc1B8rZ3BcfkvemYqhJzLzf2CTwwelEmdDehqzzK8UHl5xxSXd6rslbc6&#10;ox9fG7xcZcS/yQqRRuFZGcX51jfahffIV/tWUaCzfcW/5LngM7/RzO9OJ/2Oolwau37BwNEu7e2T&#10;hWcMhE0L2p9HnmS9qSLlJSdcyQbt76673hMK5btyOsVggRyuDfGm00+UOPVCk6xUXLuMcOSdnK6N&#10;wZi66QP725aHxa/nczqJUrx1y9asm4AvDKA8pxgW/ioPca7iIsekBxzm8UZRf7LSb++k0jX2fXhZ&#10;+TRFaSi/NgKn3DnElTxqZaaUmO7TKm5UcEb6aed7916RaZHLVh0qg5PO9Q/aLFnnsG7+Qvx9vtvK&#10;DVgSha0W8RcEp4cCzPT7//E/Dt8IrRmBAStIMkUgP0cTAX4jqFGkETzAjBs4AK5blyM6YJ5/+84d&#10;w654RssFOtU80ymIdP/992cc3x8nmTol2OgPWCou71S0xmqyAtj10rfKA1yz403h3++FFh2M6D2N&#10;FRBQnFxpqj1HTCBiHELHfDUgWIopivGBU3v/67/7d3OJ8KwPDobR+IwugbOVLLfk1/LhD384476X&#10;0IKFYAYcvDmoEQKYGBAmnhud/pt/9a8yjgII9xpj4zmdyeM3DBu5A4I8N2iMDt3yXuAbm4vhn91j&#10;HpRC/ghGH90AnXWC71jxrJoCViW0stj5JkSmFFoKRAPB0cooSP6MsDz4hXIAVgT9ldeW6QdGGvVZ&#10;Q/F50hroBHvXU2kCPCfNj//oj+ZyZnDrrbdmQ6cQWvYJbJT2wAMPxODgQAoIcHUIBvWfFTius6Hj&#10;5JPXRXGzTTs7i7gSjBOYed4wGxPVK1BRl/z72lBCvDo7AVzKMTnv+90xTvvTAZALDXZp1TZ0On/7&#10;b/98xnUaiwGPJh9EBwEoNKxGs+9PcVWYABMUzFZuBgm11DjyjfKKpnyPVcs61lJy8qjoprPO+l2i&#10;nHj1n/2zf5735JbO1uaEjStt4tDhg2mpAX/9535u+MQnfjI7n09+8pMZ99u//ds5iKCwkmMAPxm9&#10;w13T/ELwJZ7EqxQYQI55V+fEtwMoN4XMyrJrr7k64wys4N3gsctSadRAjhUMwLEBJRkO10D+0oSn&#10;boeUzosUJGVbUuVDb7KY9Ub7B/J77NHHog0fyUELyB3SI8+sS+QFyCRxLFQpfwOuv+GG4e/9vb+X&#10;ypkA0MLA9pd/+VdCbt1bcWs35AAJkaUJ+Gxt2LAuF9f8yI/8SMbp+D/7uc8N//pf/+ton09kHF6V&#10;JhxS8kD5woTyEeVhkQSsfUmfGKCwdAD0aSWk8h+Sdwx4r732mtxIEZD9HNcpBN1/GgSwFqIJuQPU&#10;iyLEWrQ++ksgDwp4K/AArhpH3bbUQd7q3zLId2SZ93MwGCAv+TS+QSv//OL+b//tf5txZHPSPPDT&#10;vNzKtDp0Pb4X8KYpOM30Dz300PCvopP79Kc+NUEoS4j7DsCVAqJT4NUPnP3CPOo8IRo0wGi5r8Xu&#10;XXmIItAANR4N4ZlgCMBsrDOgbXM4BMnAahc4b8TLl9LSUxfAdwJUtGDSyRVxglAjgTTop554IpkB&#10;0YEODQZ16N1gaN6t0XdHdF0wxH/33/93qc2qY4Pn9udp59wvffFLw7P7n03lxlLY7zUoH9xoYACd&#10;WR1o7a2RY2Tbhjto9Z/9L/9LxpWCMo4Yo4ECuNfhocWZoBNAHvSQnpUCgCXAnhto0bjad+W+wOF1&#10;mQY6AAqOFVM6duZXQAg2fdABIH10pznaxosg90oK+mvELUyzUYZyVYrZWOa49+4zodi2gkN4MAFH&#10;xhMeIuDFJ75GmutIWVD+2l//68Nf/at/NeMo8QQMXiPQgY75nnu+HEL4vuChEuJVn3G0er6aaHTN&#10;OWqNhJPnQI5iM05E5evnyO7T98bn48+CBT9eB8a0xssMlFLSeYFp3tWOetRKUUCDaVze1Eg4IJ9F&#10;/NJUdDIqcFHTmB/84N3Dz/7sz2bcpRSHBrjvDoCQ7/vvFCiLwVgrN4uh88eTOi5KzZ/+6Z9lHJqv&#10;XBkj3vVrEz/AdgimwBruvOP24bZ3vzvzeeihBzPOAFJaZ8+WBQBQlPC2TrWJyrLR05Etc8tSY4pm&#10;2kHjeQPMLaEUOFgXXLlvX7YxFsuum4EBmYkfezBGSUcfFh7vAu3OdA+KtoJjqsQBtaxhtmwABhJW&#10;rxnQWm4PyHr76pyMjrsZN7f3CDySrVP5WpY31im7f4MfuPvu4Zd/5Vey7QuAfHjuuf3DF77whVAO&#10;SmbUIKfaX3fkdjl3RM711zuDr1e9LUl3gS/d86VUtIE27sgHuw93p20wBrR5Z6UBFijKEOWm34N7&#10;dNQO7A8D7N+kL2Ph7TLbdd12BhTfblhoybJP9vYBq6w3vqGAtBzWlvKw18jfYgmQSopp93hmLzmg&#10;n0VX79kpGcABnMCpNIFvhcY3SMfsSOv973vf8P/8n/6njKNQfi+VmNeD15YWc5jDHOYwhznMYQ5v&#10;U3jTLDitXRvp/9Zv/dbwu//2305M5rQ7mi6tvUcTOTcZOee8d8YUOPOF+ct0EHgxRgs03nTUvKmm&#10;djgssRQ9/MgjuXwS0DTN9xkhG1kAezsYURh1XHZZado0WdYV8400WKDsNF6oYLkBRjbMs0bwbUbn&#10;dMaC0+cagRxBGzmeqlEGaGvQ1BdkyLn5X/7lX07NmamywbdGLm0hqSmq/cOHPvyh3IforQJtsaLN&#10;Jy1HPAEjE/Sys+n/+D/8Dxn3xBOPJ/6MFnt5aU5RxXdGMaNRInBVVhBWIaehAxYO+97Ao7ldcKW5&#10;9VtvyRHb06NZ9YUDTjd+JZeZ33TjTRkH55Z4soRw2ATF4jU3zpQMenSCB5puyivwjeD7Ai7GIIrT&#10;+TOR54sHauTay9I54yk7MLqDI/yg3MDIi2Xqv/iFXxh+apyiUrce9fW33mcBw9NGjcCS5uajHpXP&#10;Qka/ERjfWzA19U1gHDi+oTza+vBG4NKvVuTss7bS4B2jzve+9z0R3ptx3wwm7TKub5JoexV0+YD6&#10;z/5ukP/UkvDi8LnPfS6nIfmwATzEKdbou+ULa/Dx4NvzZ4t/No577LB48QUBrCfkG2fjzpcFNJ3h&#10;V7DKFCLJXn5IRuONB9NGcMryY2oD4Fk7MW/bsSMtN4CVOXk5ysNCBfCttMWzJgBt3jQMsHQesJyZ&#10;3mUx7HZVVoCQt/GMTAaWPmsb2j2LAmDRfOrJp7LcveFmt1H1aMuCdsGioC23bPnhj398+H+FfDVV&#10;fv/9D2QcS5cysCT1tHHyawTla17RHywNHJu2W7t2OoXNgmjK0AIKcCDkjTZLfsM30E+gHxy3RYgs&#10;YGGRV1tXWKtYokwrtQWHdXr3nj3p0F34DTyvqbPQ4N10O7AjP0sUHHsGpPvSy5Zi14GsAI7hyKxI&#10;yyB+VAej3zKVtmd3Tffb4NK019HAC59Z4D185sDtdrVgbWPdVueJTAuekPdHP/rR4b8f3Xfx6FsV&#10;3jQFp+f8MNS/+pf/cvjff+M3JmbLnOoJRtC5NUNScDQYmbegZ/a3F46dS5nCAOaGUJ7nnJaAK+K+&#10;zMt9zBezcszlhPp8dI7gRWvyg1jMnG1C08kyqWIEjnsghUD8SwEwdmwYmODQYWq0wFSSTo4yc3EU&#10;yAivrLUFeDVAjQdazRE3g9vJ9H/8+38/f3cHB1IQRqNvAfGlL30pO7kP/uAHc1Oktwugv3L/P0YF&#10;52tf/Uo0cPs/UHBKWLWCmwJ97NHStBvfcvyj3AKNmABOwRNpAELYHkIOgG1B5yoQGFadAfxi2ooz&#10;aQsIHQHzPQHQ01Hmyb2rwdb0TQiN4NHk1aBRK3BMvoTISy9GmqNwRlvf4KMWaoQyPtaaWhhQ5Pbt&#10;u3L4O3/n7ww/8qM/mnFof6kO0ZSAzqun33QePcVGPXk1zGgEbyK8Vmf95sAbEzVdBrTQmTDhzzrm&#10;v9UBH5AZn/vc5/O3qSm/8cV0QBZ8QzkKOrafT/FODSCAzp8CYerBgZHg1Knjyd9PP/X0pB14v1YH&#10;1WnUCeRPlKP4sviIQpA+hWtWTxWc4N/10UGZEuFLB/jXeY/jbfuL6HApNzq/7hR1vHwh5Wk6CGgr&#10;5KG8BaDeeEjH320o99qJwSgF4RRcBFitZhoGDrqfUEcKCkWn+5hqswYYF9KXBGhfv/Rf/VfD7/3e&#10;f8hDQAHZ4/BdA552eSBvWj438AXKafKoq4UsCfFcv4FuPSX32KOPZvkT16OC00712uO58yVb4FTd&#10;raxs+W9qTJxpw1bo4JxfqcDZGFAW4Bztj43yC88YAJMNrQhxdj74Su3p1HwAP43rrh+aWemo/+X6&#10;AUyXkY1cPNAQlByrU+jJRoBHW9FtGYBTKWUUSnINvNYU7VsB3jQFpwEifu/f//vh13/91yfze8uC&#10;AQirVHDGjgNTpPd9NO72x8DECOxE8LZyWM54NuJPx2jcDo7AvGWuqAqmacQDTIFRbewEesk1BmiH&#10;PA0KI5w4eTwZBMg3V4BEGflfAI1jdTCTTtCqMIDBThw3GjhfnXRAz1lKEzMAKIVU160xSgE/8mM/&#10;lk5ZrWg1KD9G5kAG7okRyP79z6Zy47TxtxMYWf7Df/gP8/7PPvWpnIuG1xa6BIn7iZITQLfgFO63&#10;3UwBHuATQMg52h+Y9yZ4nSPUTon8Agh3NDdCAgSBc3LSSfJw+bgQSBws0a2FrsYtKN/qSBvgDYKA&#10;Y3GXb/+zzwwvhEDHB63AGpmhWwnd8ing+yV9wGcHWAX17ttuG37+5/92nhr/eiC9Fk6g0/p+hraO&#10;oHHLjbcDGOSx2vzmb/5W/n7uuedzUEYJZ1UAfO4shyczun3wr1DPVir4HLJywENbHsmaxx57dPjz&#10;L3wh8wAkON7VBhpP+U3wkO/wKdC5tqNr85nRP5lkNZfFA0DbM1B0nhZZDHTAR4/WcQbd4ZOtOlxt&#10;peXXoYOHcnAhz0m94qo8fHDIT+BYl6uuviYHqNor0Fn7Ttlq6Fu4lI9vu+16Lig3yzggL53z9ju/&#10;8y+zzwBbt24bNkW5nwxlsPGusy4fyYtR7lIs09l7w/q0/jfudeVt5W+L8T0x+CQL1AW+AbzhT3HS&#10;BtJnCVGXVoTIqpQpkW9/SyG1qzaLCr8b4ErhaSdgcDz4RN8D97kUP0B+hw85iqa2vgDkE8uMAWXX&#10;jU+3cunPNo/0NVvB4d237VuTsicC/moFR58G53Ddi2Xg3MzCxz72seGv/NRPZRz5+1aFN22ZeEMi&#10;PhiVQ6YOTweS5i+dWjwTWqeKW38j1LLBui+tk/IDwdlBxr2pIg0lteBuBPFRMkukl0uN455WT2OX&#10;h4aRHVOk4/v+xu/UdiMtaepIU6GJxq/B0rq9j9jMppjL+6Y95K/0VdIarWVaGGS0BFT1bPO+YnjX&#10;u9+dAuOu97wnV9B0o29QTs6FbRZ84QXH3x/LFUpvp1ErgF8KBqczIx1700AG2qZAiRsB5N9C1ATg&#10;MJ3YojFxgiSsXVlfCBG4dlip9zRq+bV1yGgJHZjyk+7Bc7mqIbLI/Ubie/QmtPCINDR+I0kNtBUl&#10;IzJ7OhDS6M1ZmqXPd70HBPVV3oRuLSHl6DuOmuK/uqmnbdbf+9735RLiXtnxWuB99VUOAV/PQ9F9&#10;cZt5KwO+IP+sTvnyl7+aMsSyb8uXKejHOLSuWB48WhYd7+dBh9EhtSKADzwjh/AUeZch+FuQPoWC&#10;RcS7Ob0e/9yz9nRb077c4/fZeFe/PU8cR9AxwnW2i3jmagRvOp4c15l2J6vtaWvK5KqtGYjkfQ4E&#10;at8l7U5a0lUXzsd9Nhg5azqXnJA+me87xaq2Fe08rpSyqXwdlbK4qhPl7xOf+EROqRn4eO+++x+I&#10;vFZnHTVE+DKQhff6bmFfAyhTXjdFw7KVh1yOFt5UsFIROJ/lRE+Weekn7SgTkWDie0wtJUQ8T3xn&#10;XMkHODfYKnyX4u77yDrli7wE+KUoyk+Ac0F55C+wLMG5a5aJbEzrXwzQQobVNJp9hi7PgRY6m3lg&#10;qcE/0oOvFFgB6ue3AVvu5h54apwn3kb5BuesZQZuLH7q8VZun28fyTGHOcxhDnOYwxzm8AbhTbfg&#10;AJof2P/ccznt4CyViZYbYarZ5s/845kpDH4N5ktpt7RJGigTIo2fhi9tI4nMI5RP01Tu2/mKHw/t&#10;lNZJE7ZRFc1UeuLk0/4SNGqjHtMSa1ZXHmsjHWbHKGKOkvjd0OBpvqZSjDq67EB+XS71Kijt3d4S&#10;P/0zP5NTazad4lQ21fQLvNdauUcc+MqCs/dtZ8EBrGHOiqLVP3DffeOorGhudOPeP5B8cHHqpOld&#10;dDFCwgtGIPaE6CWwJ9AzRixGWEaULDLox7SaI8DAYY5yIp3Tp4wwz0R+Zfav0WlZ2/DB0iiHZZx8&#10;u2xTYITDxL88Rj/21GFJM3o9mpackzmabPIazVRa5WugHlW/pPzE2sh6Y18NvmGz++/M4Z0L+MDU&#10;eDqNP/xw8sfWrVuSBzZv2Ryy61Dyo1G0ZzmyD17pdoH3yRL8TLbgZxZJssw1LQpxFcgMabE0smhw&#10;zMXvypAWmhGy5Y1tDO9LG797D89rG9LxTm0Q51T+k+kQTAaaCmOZ5a/RVgRtVTqzlgRxgikR9Zls&#10;lhntmHWUCwHZYApa/vxtBFP00pJvOihH/bPNxVV7Zd1w73m2tbhqj6bwfumXfilP5xdv2uWxx57I&#10;tLts8Hw42nBbOaCl5E232amvkrJz3s5vIpjCZp2STqfHR8V+Rb0FCLxJr2UYyGRHSLkRV9+bxeBr&#10;qHzeh3fl4eepvoJ87bytHyDjEj9wHPRXB2XI3foDZxkXtDcDoA4ygmt9Ip+plJ9x5fNDLvHdYp1u&#10;65/yN5v4Xv5w0H0ZOva1wb49f/Nv/s30h0TT2Xq/FeE7ouDAGqXBvCdm1tgpCJgeQiBt2vx0eyPE&#10;c8/yedxDOsbA0Ey45SDGTLkkG6IODcFNI1B6ypR6KKeVeOwjWE55jIR01XjEAdNfpi6Y8yhRQKdm&#10;Sk1avOcxOW9y+ZYwijLGvYaXgigbYE1TNOTumgFXBxPYPMr0BIXlUs5Y6imt7oxtVIbJ9u27Ik3a&#10;bydo+mpQFME69b32yoC/agxBiJHg4gumcf0OHFIifEeoZqOLJ0LzBUWmzLeHB/tHtDn3ZNA+BW18&#10;U4K+hKLvkhciJhWaEDa9vTywwgEvUWqZzpsu8i6o8mb+o3JT/AiYoeN5/Lavh8bPsdzqH/P68pvD&#10;Ox/wNH7Fh/Y1wh+mMZ3gTMnFo+I8Ny2t0/JNd+B5Td6Pa8gbfEbO4WfvCrlwIjoq/KmDFefb9GkM&#10;Vu77/FGsHbd1k20In8Zv79W7Bnrjjrkpxy7mdIb9aHKQGO2JQmVKtqZ5e1q+5KDy5RRVlJHcVWZu&#10;BfwklS/3CorBow7ec+W1SvCll1/KtFteRsGyPHxJvAMH0i+fmVJugH5AJ37H7bcPP/GTP5ltrd49&#10;l4fY8lmRrukmOMx2H98mDoS493thyOjIn4+Otl0KpvqSNcrlXj7Kp8yJ0fHPBL8SGWGMmvZ5ESEd&#10;oEwp6yJOvD6JvIJLCis8JS7id6fp/cRV/FQW/ZTnmXe8YwXouhgQ6mdMhXmfP2BOAwa+9YsG6XBb&#10;dS7cyAee0a9+t2JTuJE+GaafvPOuu3IFFWW1ZPVbG74jCg6Gs+rFrsKu98dIniUFzBK7idvgTtAQ&#10;MBVks54EmrOhCIhBGUEkQoKGSyPlCIyA3scgFBVMAJIx4l7nRiFBQMvmONuZDyV4eJafjjz5DhFQ&#10;rrn1ezBRCpv4VlmNkvzuEUYzf3LdCH6xXPG9+Jmf+Zl0GDN3+VogDZ25+qmD3xzeeufmtwvAj8Yl&#10;UB5rd97nE+dong0iiVw0Lz7I2/zWfHS+E/HwbqQEFyx6eADdvUexSUtdKJ+5uiA6jaNHjqZiktu8&#10;yy9owppEwWkLT52xUsBqk8dAmHfXoCMOLz23/9kUCDqRVmKy7JGOKyAkCIQSBBmV4Dln5uuuu37Y&#10;uGHj8KM/9mNpuTOSmsP3B+CBlg9//sUvpmw4GvxroKeTJ7PEHYtOmPJA1uhIuhNvWWNUr4Muy0J0&#10;SmOnn34UoWhgO9ZucgzP+674szpR7aj9ekDJ2ekAEu96Dx+nj1rIQe9kGhFOngoZGuVjweSPotxV&#10;Nop8OaDGi9muKF8sD+IoOnYfZr2xKom81DmSCZQGDtcUEEdO+EYbK8uT8kmvOuDF8rU7W8BCakuQ&#10;D9x9dy7EUHay09Uq1AMvHEgFQXrSzkFNpN/1Wxwqb9WuDr+D/LPOoVT0sQjKQTapi89aOUs/qjH9&#10;Tg+4LRoUXSgRQL3SqTyeOVVdvOcsK+hJQQPoT1lk7Skf08KB/sI7zkrzLDKOfmx19jMUStZA+eKv&#10;5/bvTyscnJbcKv6Al8w36oiG7cjteeGmrowAd9x5Z/o5ceYm0/Txbwf4zlhwAhBZA8bcGJmFBYIn&#10;TOCdejVBXEJEIk7exrsZ4h/EIzbiu+rEkgGDGNkAghhMrN6XgtFFf4+YrSAtZTaNa71TTqc5cj9Y&#10;FpsuJwUJMzRj54goyogxxTejNDNgfA1KcFCac2Tu/oEfyMPykjkx4WtAl1NHSPM23eb4fFNmb1dA&#10;F42LsNK4CCW4S+qONE6aJ6lH2icUDvOd+DMrdJhijZ6kk6NJwgcvGbkGjeSZ9A76Nk4z5U5LnhUz&#10;WQJqD6K22LgXJ/3aw6jKp4imDgjjErpj3kHz5tvk6SjD1VdfM3z4Ix9Jix1B8HZTUufwF4PiWTJj&#10;aU7NO7DS6NnBn5xdDfo435uqokBQls/j8ZRFteqp5FIFijxFJ60KwZfeEY//qpNdMnaOFa/tuBff&#10;zKutLQaP652C4udSKLL88Yws4hysMzMIFAwychGGKeTocHW6LAeWs+tYjew3x4DOyqCagokBSShl&#10;r0TbeunFl3L6l3y1ACAdfiNv7UyeZLpn1dlWOVoRq1BKnDb14z/xE7mCytQf+QzfFBxynNWdYy3L&#10;u4NgDXinofI2tVPXk5MFCeI8z0DRGO9PnTbYqsNic/B8woHMgfOgWyo/8S9xGf+Vs/Hd+J3FM/CL&#10;ckFewTt6wwV5QmGFX+cysoSbQuSmYWk/OugjBANIv9euW5vvGqyJlx6+aodwV0onmRXFHPFdClJP&#10;y/lmsXIDsm+Ne8v5HahMpt0Z/RpXC33p2wFKvZ/DHOYwhznMYQ5zeAfBm74Pziz0fgk2Xvqt3/zN&#10;4XOf/Wxq24AGyHzo2nH8W0Ldjf8L9a4ardR+DcAyuFWr14QGO90RmDnWc6MJe6YAmjAHVZp9W1Dk&#10;RVNlgWFhAOaX+e4waxoVgdypNlBjVN7nEhld0ejbggO800E5geXB/9f/5r/JZeG9AV3X8fsF4Njo&#10;wc6iv/qrv5JxTKWWdRv59ZkqSf+R5rMjHsHooXGKSb2bGzDGqAakaTroaim5e1AjzqD7IppLvx04&#10;gVGOYFl5mbOL5j2C8Q8U3cosbbQD8OLkvQiAxcf01F/7ub82/Gf/2f8l4+y+/Xa2ws3h2wcWCD5o&#10;wPXzn//CYCfclm1Loh1gdxxPxmRcRpSdsUB8veS9gmob2oLpCeBU8+LjE8GvJaucOcUC02cggWxT&#10;RuVjAKYn8nfwsbYDZi02LAqg26n0+z3ylmzU1shkkO3OlMvZav+A35GgnXX7UyZTH9oPXAHWEVZ/&#10;v1lrgPeVjy9J14Nf29//+38/LQnd7hvsvdZ73tho8ZFHHol2O92jTFvuNjteAsT5PYkIXLlP6tQF&#10;xNWebCwjfP4ACzUZBBdwDeC9+zWWGqAO7mdxz0JS1v1ykwAsT+QbGrT8cu1z/TpO+nhJmbsv0jdx&#10;q1C26RRX+b42zwA0Z5FSdgHo97pss+Xjd3P33XfnQaagLWZvF/iOKjiNZL4Nv/d7vzf8hwiOXmhg&#10;3kw/iRFhrhSV7OwyJiAIo4jMd7OdYjNGCoUAz8TNdnaea6DyaCGCk9McnPPbxRg6Ls5aZRYt4iZW&#10;Mu8g+NgoPfdumYj7PebJYoZNG2uzpvd/4APDz//8zw979u5Nsy14OzHFmwEaCVw5Kft/+9/+Rcb9&#10;+Rf+fDgYDXB5CMkJLd0Hbii3E+EfCG26puMuGOPQns8ASCES6fhNWQachnsPncU4V6YWsK2kMoun&#10;+TZAVtUcZhSXeD8VYibcUUjiRebp4sviA9u8O2riZ//qX52cAk+5aaV8Dt9fgGf4BgJ+aA8+WMdw&#10;NL+cO+da93i7AF+FnBt/uR/ZcCKD8qc/8c3pM9U5cap/9NFHh2eeeib5EtR0Rp0yPjk4dmw3s3yb&#10;nS4ZZ3pkbEOu2WHPdqiRBsXFVfsCtUqq5He3V4JbWuSrDhdkRxqywABxUlN1i7zJVP5FIOWw96Ku&#10;EwVH+eK3eli5A2wy97f+1t9Kv54uX0MqHxGAxS18fmpau/wxIU/5XLuNu2R5xlDQv+t5Qig9Wd6o&#10;14MP1uGnD9z/QMqGPFhzVPz0O8oFjxO8BKTMUJ/Mv37zryH3+mgYOO9AcQLwjoZ+pxEgQLrKl7gO&#10;vAJKCh8tcq3jmm9mZZ86mJ5K+TfKvlYk+wo4cpuSgu+/9Jf+Usa9ni/pWxG+owrOLHz2s58d/uD3&#10;f3/4zGc+k78pPc590ji6YemsssHo6EbGaAZpgoL8O97PNkq+FwvSy1FSfd/fIrj5R4ScVVLALDN2&#10;w8U0reUWQ5SmuxBrNfr5SDAC4GVueTDt9/sd+F85hwd88pOfHD75f/5x+gxMjm8YaVZhSusKs4Jz&#10;HNcG4mfpJfi2Fdi8X/RtKq3xjfnyiWBPAZa3E/C6b6Tfii7/ganQnf22QnPMne95z/DTP/0zw3vi&#10;aqftOczhzQJ81rzn2oEsAuTT7/zO7wz/7t/8m9pcM6AtLaXgtEJSy5Px+ISXdbqZfvFzxZVPicFm&#10;KxC54WamNR1MdFren3SeIS9nnfOBd7yrrRtsAu/niiG+LuMmpy1bL1yctrWU13FvRenf+s//84zT&#10;xm655ZZJ2b4X8B/+w3/I62/8xm8Mjz/2eNandy1OHEVIfI+4gktAwWm85ODN//E3cA9Xha+qX/Vt&#10;FRcvZFzifMY/qSJHXI/4nsKomI39GHnmNxq1ItnpsJS1THNEyn/9d//u8L73vS99acH3EuffDnzH&#10;nIwXA4TTCFl1MCvHUwweFIlQBEtoWsfvinOtqAY/EQExG/LNeDEJFR1ZKTAx+qbMtGOegCnieaQa&#10;aVQH2Q1Qcl0OhDa6b6Um00qGqPJksSNgEJr7DTfdlI5YpqSM5C0NX8hk358AtxoFzd+Vqdr+DhpZ&#10;NswpCRPgf0pu9/AdMSNdZqFpNwHfCnhgMlpyFV+Cxb+E+K4U6SpC0RLf1LLQHgU17fP7/jbS8a5R&#10;7pVXXR2Nf3M6FlvRwQHS6HkOc3izAN/O8jq50gOD7kyBK+sFR1/TVmRdcnewLUWhLELdjlz7vtIF&#10;ncekXfncN9LI9kEOcvIXtA/y8VxZxSNkmw4wWKHMpPVcWpEG+duda62SPJXOurmcO74jSykz3VaB&#10;b7Wp90Xb+vjHP57TUpxdWUcnZfwegPKSaZQYi1TItVr4UnvtQJg6wDmcwV/VycMx1P+8902FaZ/U&#10;aeQVfgIvhafGT/NFKD8ZKkHyTjngM606gXOBTFMW+G/lptPKdOMZ9wHbm3AU/9CHPpRHzOjLyLpp&#10;ud4+MO+B5zCHOcxhDnOYwzsOvmtTVA3/v//0n/L6b//tvx3u/frX08F3OqVUGn9aUyJkXGqlCzXH&#10;1iQXaJOzz8frQlj4vZ85gh9/G3FABe0WuNJ6S9Ntcy6NOu9GDTpGTaHxcib+6Mc+Nvzsz/5sxvUJ&#10;t3NYCKYl//AP/3D4P//4j4d77vlixjFnM8X2iBSgRfIAGmfMSLP4lXF5n5F171oxi2AaO/1mvPS3&#10;SdOib45Ex9GpUSUoS1C8E/f1103d2e/mx37sxzLKtOQtwQdzmMP3Avi7cND9f//6r+fvf//v/33I&#10;1mPZrlgZAB+OsvjUVBWoaeFqFC3TLtUlTNpPwMztpB3NThG3DG9gMdeuWBDIVFC+b1wFpvJ1YqGQ&#10;/1gGJ27/eLSxH/zQh9KiAN4KU//6BUBW/Lt/9++G3/n//s7w1NN1KKd6lN8MuTa1rpk2zL5uxJ/L&#10;iPH8uxBm8T39oO9dE89+9/PAWVnYarYBNN5n+zHvtPWmIa1Mkc6e3buHv/E3/kbGsd5wKraz/9sV&#10;vmtTVA0aAvMX51vMbn+E3q0RwpOAcY/kpVDkXX47/X2J+7wrwo/krvtLBOCLmg8tsytG5RsyOzVR&#10;TDGbT32pnKbbKDc33nDD8MM/8iO5J4OjFZjy2mQ8h4UA94StKRy7uO7YsTP3qeCAWADXozKZf4qu&#10;RWsRFd+071AP+3fe5Xvj2+Oz+EuARiiaR0g61xTkLM1zNZW0OgmX+F0mfs53q4drrrk2he4P/uAP&#10;Jt05lPdKiDnM4bsN2halAp/aJJQc4g5gA8zi6fK1wMA9ZWtKotqMNlE8LsxCy0tQ8nP8ERC//PEg&#10;0xXI1Oxkoy056FKb4vjaUyS9l5Qy9ZRW5h//6r724Nm+Y0c6EfO3+aEf/uHh+uuvTz+Q2YHQ9xoa&#10;5642DlU/U2iH9WlnTicuAGUi8T3WtRS5wn38ybo37isULcabFEFFo5l3Iq3yJy1cw6f8O/S+NlOZ&#10;VkrNtByVTvJA/LZyy4n3H/rwh3P/NitA8ZF+7q2C728HvusWnFkwmv+P//E/5u6T4NArryQyO4C+&#10;r8a1uLFNf2sUlKfZ+MVXoLZYpokLusGVj87YwY6KTTHXFEWYUwftNFXQHubf7LToOUyBJeczn/50&#10;3v/Jn/xJOp7bWNGIBExo7jpjZUPFWVrmvfgMi+LqV/5taCEBNPJUcsaG33FJ8yR6RiWvAHxBoQXv&#10;vvXW4cd/8ifT+e7GG2/MuDnM4a0AvXKJL85v/uZvDn/w+3+QG5gC/E1BYMlJS0JAKQycWKcLMl7V&#10;xkbodtatawrdSkpWTjrekKfAfQdlANXWqrPtON9KeUvIUv6MwCBCO3srb7fQisTv//7v5+/f/d3f&#10;HR5+8MGQaSfSORi0lbrxXXGF8+7rEhK1hd+FWC4MN55ByqoZ/M3ieCrTSnFciOepgtPWPSvUfu6v&#10;//X0I+TjBHo7gLczfNctOLOAsHbtdbXyhJZ/kuOZEb2GgiDBAE0MQdxr3XdY3KBcMeEkmIqY0Wwz&#10;bny3nYiTlXCYtOOZPCxB3rlrV25b/bGPfjSZ4vY77kin6WaUOXxz0Kg1Hs6DduG0KoNDJOFM+Fp2&#10;iQ6EadF3hs6u/o2/S0j2dQxBr1keKBp3KJoLhID3Z9MXQAsS7y0N2ibdb7992HfFFTnKYbEzWptb&#10;bebwVgJtqztSMmnT5k0p23aEjHKQJMfe5P3geVf8njJSWxgV/oueaxfdnib3i9pVtqWWqSVPXdtq&#10;MG1rdZ1ta91mc0A5tjmygEz9gQ9+MNvYFfv2pVVBH6E+b2XQh7Hcs3w4lsN99mcnT6VCY1l21X/E&#10;d+KjcJIW4xG3fucimHw2G8ZvxpC4H/E7K9Ma1/numPasbOz8l6+Ivix44s47azdoU+xk2q6Qc2Sz&#10;+ixQvN6m8PavwRzmMIc5zGEOc5jDIvieTlE1fP3rX8/rn//5n6cDqsM5nRUEGFFqqqKmIjJuvO/f&#10;bwS6mq6zIePGeDfTuIuQM1yMPOy4CfhZ/PDHP547O77rXe/KuN7Ibw7fHvATeOqpp4YvfOHzw38a&#10;HdAff+yxjGcKbxL3dFXRveKmcCk+KHrWHVqPd03fyTUvCUY2Bb4ocPYO643N+9qh2FYA8ynJObzV&#10;oUftf/AHf5C//+iP/mj46le/mlt0aFugR+o5dTJOB/ud7SyuDbNtrtsOcN8BtJWgrQbA747vOOBe&#10;HnxtgO01/spf+St5SPHbfZoEnk29f+pP/zR/P/TQQ9mnpVPwCDk1OOK/+7J2Gl7ctzV++xo3o0/g&#10;FKdTPC/EPcj4vKsdqFltTP194hOfyDi457ytLO8keEsoOBocsOOnlVVOocYQwLbbR5xQizlG5Je5&#10;8vU6uldXabaa7hdX289yQK14DGb6YeeOHcN111+fcVbJUGwwR6+Uwixz+PaBQ5yVdM8991zSHdx3&#10;3zdCyb1/eD7iDo+7kjJ7oy7aL2j8r+KBipol75TWQffxrm7wwfQ5IWCKbO3ay4dt23dk3HXXXpv+&#10;VjfccEOaywGBPN/EcQ5vB8DTdvQFdju+5557chfep596OuNeeeXlnOKY3RhzouDMtLPp/aQF5W2u&#10;eMp2VPGus6HjgLJ0x6udbdywIQeNPVi0eZ/DiQ0eeuD4dl2woU9zbMT999+fv/VnD0fYH/3Z4ZB3&#10;wEGruV/Q0jqUFCTe6yZ/JyT6Ap/TH4HTwmvhtuOmeG88u4dDB3duHw/+vfqaa1Khge/2IbR3kvfm&#10;Cs53GIzcLXf801HzpQWz6BwI5cecIyjSdQOs4iPM4po0j2T0+DAZIO/i/sL0g36XvwVAcJ2bc08+&#10;9kM/lHF2duz5yTl85+Dpp59Oa96XvvjFyXk+lF9nh/EFmEDQDA+gKQGdUeLiX9K5GUJk3BPGE56I&#10;R+PtBFavWpWbd9m0Ed2Beel3hdCdwxzeCaBtUXj+5JOfzN9f+cpXhmf3788Tp0tZYUWYyrfFsq7b&#10;T4NPqp3Vt93uJm0voO+11T5Hjv+H7TU+8IEPDB/5yEcy7p148n47fevTPv3pTw+f//znYwB3X8YZ&#10;vJ85dWrE+xSxExyPN7N/F+M5ZVrGTPHsu47TX/ELMkBzhBC4nS9hDNL1ce90eMspOEYTRuu0X6BB&#10;Os/omaeeGp4e4w688EKO7I9Hh3fuTJ2lUY7AE/Ln3wmneDDhmoC4Zwpsx2AdGw2XVYZjG+D0zEyK&#10;EQRgVPF2HVG8nYCSS6Ex2pnlg6civHTgwHBotOo4vM+hcZyHz58fz4m6GHS+FEsHva3Savpp+Ohu&#10;n40+XwW9r7766lwe2SZywsG2BnOYwzsBWEt1tm3V0b4ee/TR4cmQr3048isvvxId84loW44oGQeV&#10;MbDorqKtDaAHGIvBwoGeXrLUeH10ppzytS/Q8tV0r/YG3olWUf0Z0KexUsN3yzS/Tc+/ENdD4+Gd&#10;ZJ8l5rUrcq2EyhW9KdameEaBtrS1C8WKkGeXj7huZXH3rl15+DM8z8o0fdn3w+zD3BQxhznMYQ5z&#10;mMMc3nHwlrPgXAp62qr3y+Gn89DDD6cmfHQczTtR1wm9OdLIo+4XwmTUYSQ/ji4sPwQ02muvuWa4&#10;9ZZb8tBEwGrDwjO32Lw14MCBA8Njjz2W/gMPB+0B+r/04os5Ku2D5IyYcv55drTDgTJGOyw2a8b9&#10;NLZs3pxmcn415qKBKcirxhHmHObw/QKmSoQvfrF2F+cSwGL60ssvp+wFfOVSts5MEZOps3IVpGU8&#10;ZCb/xbZ87t6zJzdENdXrdGrwTpyOeqPQVh0uF1+/997002mZxqLjXKuDBw+mFQew/vT0YRAhL5yz&#10;9U3OQVw3OmmTabv37h2u0ZeNu6qTb5atf7/6DL4tFJyGLqrrrBNVwxutSjfKSeMMaHNfw+z9HN4a&#10;gL6zNL4UD3wzWEzjDg1zus/h+xFm21bfz7ar2ftvBt2GJldhlK/z9rUQZnEO3myZ9v2O77eVgjOH&#10;OcxhDnOYwxzm8EZg7oMzhznMYQ5zmMMc3nEwV3DmMIc5zGEOc5jDOw7mCs4c5jCHOcxhDnN4x8Fc&#10;wZnDHOYwhznMYQ7vMBiG/z9Xr+CAk1Gx0QAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAcBsL2jbg&#10;AAA24AAAFAAAAGRycy9tZWRpYS9pbWFnZTIucG5niVBORw0KGgoAAAANSUhEUgAAAjAAAAFdCAYA&#10;AAAdc1d2AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQA&#10;AN/LSURBVHhe7N0FfBTH28Dx393FgzsEQrAAAYIkBHcvVrxYobh7i0sLpUgLBV4KtLSUQvEChQKl&#10;aLESIQmuQRISCBL33N28e8kFkhBD/8h8+zmam93bnZ2d3X12VkYlFEiSJEmSJL1D1Mb/S5IkSZIk&#10;vTNkACNJkiRJ0jtHBjCSJEmSJL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSZIk&#10;vXNkACNJkiRJ0jtHBjCSJEmSJL1zZADzUuI4ObcdjT9ZirfWmPRaafFe8gmNOy7gdJwxSZIkSZI+&#10;QK8+gAn5k+FVS2BbrBjFkn1sSzRitscbOcq/QVr8z/7LsRPnuaczJmUokiOT61Dargx1px4lypia&#10;dTruXTjB8aNn8dcbk15E6B7GOJdU1kkFmk3dz+N0pxXM4RlNKW9nS+lGs3GVQZMkSZL0lnjlAYw+&#10;7BYXL/kSbdeSz/r1o1/S57Ou1LH5wBt8Qvax+hd3HgTfx/Xn1ewLNaa/YfrQ63ifv0N4WABHFs3m&#10;l+tpR186n1/5atFJAsOCuHXmPLfft/hTkiRJeme9pohCTR6Xvkz78ku+NH5mzRhK48KpZqcNwffi&#10;GTy8r3I/MuMmhciAC5w570/Ey7Q8JNAS6nuJM+5nuBwQSUaTS3OesQ+54X2GC37hGf42LQ//2si+&#10;MBfGf92JAo/3sfGvx8Yhr4AhX2c9OHMpIItlpMG2fWdqqNxY++sZnm1cicNj9c+csv6IHi1yoTKm&#10;ppRZWWoJuXMeD4+L+IakEf0o6//OeQ88LvqS1mBJkiRJSs//qEkknDOr+uFStBB2FZ2pXrU8RQuV&#10;ofmkP7nz5EAWx4mpLpRs+z37V3fDsZQjzlUqM3jVYtoWt6PV4ss8aTfQB/J7rzIUrTaBwzHGNIX2&#10;4ne0KF6SXhuCDN+4smEEjcvkJ79dBZxdnKlQrCClW8/leHDSoTfteQ790zBRHXe2j6F28aLYV3XG&#10;sYQtlXut5lKy+WVIH8DOjQeJqdGJ3n2706ZIGAc37eResqN+0B8DKFe0PD1+vfVk2fT+m/isYjFc&#10;ppwg1piWUgiuS3tQpYiNki8XqivjFrZvw5wjDzMNsDRFu/JpYyuubljN4UhjYpLw/fy47hrFug6k&#10;WXZj2hOZl6U+8AAzmpagcInKuLhUwq5QcdosT1pnegIPzKBpicKUqOyCSyU7ChVvw/LLWboOJ0mS&#10;JEn/iwBGj+9vfWk7fANBtaay8ag77se38U0bc04t7EnXb7yMrQGC8AcB3D29iIHTfGi56gin9q9l&#10;RHMn7C38OfzHX9xKOt6FH2XX3pv4n9vBztNJh3kdN/ds5+i9fJSvklP5HorXv5cp3GMJf5+9RcDd&#10;yxyc35i4/bMYs+SCckg2SHuew5xN0V1bTr9+yzhfsBc//HOaE9tnUPXcdOb8FZ7wy8zofbcpy6qj&#10;dudO2GVrSPf2tkQe2cgfd5+GGXnaDOGTwr5smTKJzYbIRv+AHZO/4PfAqgwaVAtz43hP6fFbN4CP&#10;Jxwm36hd3AiLIcxnL+Nt3fiyx3A23c8khFHlp2Pf1uQN2M7PfyYPePQEbPmR7Q8r0WtA3TTmm1lZ&#10;KoHg3KHM8y7Pl6cfEhcXzPV9s2lV1Czx53EnmDt0Ht7lv+T0wzjigq+zb3YrkgZLkiRJUqbEK6a7&#10;s1g0MFOL7GXqizZt24q2xk+7novE6VhlhHh3MbWSqTApN04cj0z8TYJYDzG1sqnQFBss/okxJMSI&#10;vQNshEadSzRafFnEJ4xkECMODy8hTCybiGW+uoSU6L39hY1ZLpE7h6ko/8VpYZiN0PmKZY0thWnV&#10;GcL76Y9Tiv1XjC5tIizbrxVhCQnpzTNeeM2oIkxNK4hJrgmZS6C7/5cYZK/k2WaA2Ps0OQ1acWVe&#10;bWGRrYVYeTcxz7Enxgl7EwtRd+F1ZehTkScnicrmJsKu305x469BopRpbtFs2VXjOIn5M8ndQ2yL&#10;Vr7Ge4sZVU2FVaMl4lbiZBPEe0wVjqZWouWqeyJZ8hOJ68hUVJ3hLeIjD4ihdiYiW5NlT6ehvSC+&#10;rmFhTIsR+wYqZZK9i9iUfH2llqIsg8Tqj8yFqeNU4ZFW2QetFh+ZmwrHqR7JyliSJEmSsu61tcCo&#10;VBpMTEyefkxNEpp79AEnOXlVULx5O1ysEsdNYFaJFo3sUN33wv1J04oiR3OGDCyHifErmFOjdVMK&#10;xbny935Dq0EcZw4e57HjYMY2sebGwX1c0SrzefQP+921lG3ZhgpPfwy6EG66HWDHpvWsXX8M33iB&#10;PiaaFFeCnplnGGc8rqIvWJfGlZ+2R6gLNqJJFUvjtwxoL7JxiwdmDbvQ3ngfkFmNT+hUVofblk0J&#10;+U1iVXsKi4eUxn/dEBoMWMPDWpOV7/ZojMOT0z86xX+X9OSyesyhtWtYsybxs879oZL3OG5e9TG2&#10;LGXAqiF9PylL7PFfWXshceyYEz/xq2d2PhrQHbuMaki6ZZmdGvWcMLuwlD695rHzYvDTy30G2WtQ&#10;z8mMC0v70GveTi4Gy0tHkiRJ0vN5TQGMmkJtZrN5+3a2Gz9/rBlJdTPloPvwIUFCRZ4CBVIdlDXk&#10;y5cLlYggLPTpAU2lMkGT6uhtVb8NTfJHc3LfQUK1Vzn4ry+2DdrSt1Ut5aD5D/tuagk7tJ+TMSVo&#10;3rqyMRDRE3hwFq3KFKVMnQ4MnjiLOd/8xLE0LrM8M09dMEGhWtS58pI7rUgiE3GeG9h6Tkf2iP/4&#10;ZtwYxoxRPhPWcd3UEq33FjaeTR5mZKf+qAHUVAfiH2hN4/59UwZgyYjHjwjW63l8+lfmzZ3L3KTP&#10;d4cJt3Ogcpl8aQY+KZng1KcXzqqz/P7LSWL0QexauZHbRTszsF1e4zipZVaWJlScsIVtM5si9k+n&#10;Y+USOLSdxu6kx5hMKjJhyzZmNhXsn96RyiUcaDttt3zKSZIkScqy19YCkx6VtRUWhntNQkJSnpUr&#10;34KDwxCq3OTNl8lh17oBrRvlJvz4Pg5ePciRS3mo16gqRZo1w1ntzf6/b3Dk72NEFGtOW2fjjRWR&#10;/zC939ccy9Wfndcf8eDODa5f/pNh5dKJDpJTWWJprkIfEULYczcWxPLf739wzaQQ+XXX8fbywivh&#10;c5YH1kXIo7vM1g2uxvt+FPrH7Ju7nNPW5alYJIK9CxdwPPUNtkYq62xYqTQU//R3Ll6/zvVkn2vX&#10;zrJlSNksBDBK6Gjfk08bWnJz88/8deF3fvwrmAq9BtIweQtZclkpSxMbWs7Yzvlb59gxuzmao9/Q&#10;o+9SrhrLz8SmJTO2n+fWuR3Mbq7h6Dc96Lv0aqo6IUmSJElpe+MBjMbOkQp5BTePHeFG8qOVoSXl&#10;6C0o4UKtYpkddnPSpHV9sgcfYfP8fXia16RRbSs0xVrQtKIW993z2Hg4iELN2lHTeMVH53uGs/dV&#10;VOw8hI/sLBIT9bHExYvEvzOizks5+0Lg74lrsstb+mBXTl2MNn5LR9QRft9xG6tmX/H30X/5999k&#10;n6NbGFFVhc/2DRw3XsMKOTCd8b89ps7UrUrw0ol8l5czdoF7yktcRurCSlkWEvh5eeD/Mkd+dTG6&#10;9G1F7oc7mfXpEo6Junz2mWOyS2gpPU9ZqnOVp/3kdSztZUOMtxtnUzxKpSZX+fZMXreUXjYxeLud&#10;TedJK0mSJElK6Y0HMFg0pV/vsuCxkH7jN+Lh+5jHt0+zdtRnLPK2osHwwdTKwtMouZq1oZ7VfXZu&#10;OIzWqTENDQ8aaexp3tSe2CPr2X4vP83a1MZ4eEVT0BYbaz3Xj+zlYoSSEHGVLeOHsyqpSSBD5tTu&#10;0hY74c7SMQs5fDMQP7d1jP2oKz/6ZFyEofs3sDtAWa4OrcmfelQTB7p8XAW1359sPKhkKvwIX479&#10;GT/HMSwY7kCxrt8ws6UV3ovGsPhcGq/BNa/HZ30cEcfn0f+rXVxJeJlKHEHXTrB58f+x9zle15u3&#10;bV8+LhLFxbO3yNlqAN2Lpx9EZlqW2jMsGTyWlUduEq7TE3X7ALv+e4i6ZFnslXWrPbOEwWNXcuRm&#10;ODp9FLcP7OK/h2pKlrVHPogkSZIkZYnxZt5XRue/UrTMZi4qT3NP/wmTyHPipz6OIpdGZThlVz4q&#10;obYqIVrO/Efce/LYTIw4NLyEMCvcT+w2PHGTmi5A/PJxXmGiyS7qL7z85Eme2OOfCwcLtTC1HSB2&#10;hxsTE0QKj0UthY2ZSphY5RK5rHII+87fiXk9bETO9r+KoIRxMpin7pE4NK2uKGCSmGeVOpuw7/K9&#10;2DS9prAuOUIcSvMppMSnhkzzdxbrA9N6HkgI7ZVvRYNspqLo4D3izJwawsraUUw48jTj8ZcWiyZ5&#10;TEXeDr+J+7o08hd9Sawd4CTymaqESqURJiZq5f9qYWXbSfzkk/z5pqd0/itEC2sLUXPuxWRPQMWK&#10;U5MdhaW5vRh5MMKYZhAjjowqJczyfyp2PCmTTMpSe0Os7lxcWKqU9arRCLXyfzObJuKrf4MSnorS&#10;3lgtOhe3TMinRmPIr5mwafKV+Dco7TKSJEmSpNRUhn8SIpk3Tk+ErxfuhjfdmuSnvIsLpV/kDtnn&#10;FOHrzumzgaiLO1PXsdBznvHrCb/pxqlLQViUrE4dh/zpXmZ506ICzuHufZsQvRX57Byo4lAE69fc&#10;vpZxWWoJvuGBx+VAYrPbUc2lMkWS31OjDeaGhweXA2PJblcNl8pFSO+WG0mSJElK7X8YwEiSJEmS&#10;JL2YN38PjCRJkiRJ0kuSAYwkSZIkSe8cGcBIkiRJkvTOkQGMJEmSJEnvHBnASJIkSZL0zpFPIUmS&#10;9BroebB7Cn0XniBUZ3jVkwq1xgzLnAUoUbkBHXr3pqV9NuO4kiRJz08GMJIkvSYRbOtpR7fN1vRe&#10;u5svKkXjf/4g6777jg1X89Nt+S7W9C0r374sSdILkZeQJEnKlC7QF/+0OuTKkI6Y6FiwcqJJa0cc&#10;HGvQrOdUfju0haHFbrFpzEhWJ+tbLHNxBNwJeNrxqSRJHzQZwEiSlKG4a+v4rFkHFrtGGVOyKO4C&#10;Xhdj0DhUxyW7Mc0gdyNG9HVCE3aMbbv9jYlZEHeOn3o0o/vK8zxnTiRJeg/JAEaSpPQFH2Zyt6k8&#10;HLSOrxs8X2cP+ntunLktKOJUA7sUvYRoKF7enpwqHX43bxvTssDMmanrvkC1oCtjdgeS9a5KJUl6&#10;H8kARpKktOkD2T6mPxuKTueHoQ6YG5OzKsrNjXNaK6rWqPrsbzUaJYxRdkDK/5+HScneLPumCn8P&#10;Gco6XxnCSNKHTAYwkiSlKfTQV0zaWYQx8/tR4rn7WY3jnKsn4ZryVK+ew5j2VOS9+4QKFQWKFDGm&#10;ZJWawp2/YXKlo0yfvpOHMoaRpA+WDGAkSXqW9ixLpvxKdMcvGOTwAr3E6+/h5nEbUbgaLiVT/z4G&#10;N7dzxKuLUdXZxpj2HDR2fDqxJxZbprPw9HPfWSxJ0ntCBjCSJD0jZM/3/HjOjp5DWpHbmPZcotxw&#10;Pa/FskoNqqW+fhR6gK377qMq0YZONV/sIWrr+kPo43iTNYu2EShbYSTpgyQDGEmSUtLd5Lel23hY&#10;qRu9nF4swIg754pXmIby1V3IaUxLFMe55XPZci87DUeNpO7z3liTRFOOHt1rErVnGasva42JkiR9&#10;SGQAI0lSCtorG1h/IpYqHbtQ3sSY+Fz03HP14JYoRLUapRJu1k2k5+GBiXz6tQfZWnzN0qGlkw17&#10;XhqKd+pELZUXG9adke+GkaQPkAxgJElKRse1nbvwFuVo1qLMiwUY+occOuKN1qIKNYzXj6LuebDt&#10;y87U6bCK0GYL+HPDsBcMjp5SF2lOsypwbfcOvGQEI0kfHBnASJL0lN6fAwfPoS9QgzoVXiTCCObY&#10;gt7M+jsMEXOICRWLULhgXopV+4R5/+Wm50+n8Nw+lhq5jKO/DI0ddWuVgOuHOHDjed7oK0nS+0D2&#10;hSRJr5ouhoiIeEyyZcfixa+R/G+Eb6KrbU92uyzn9r4hFHzLT3FCN3SmeO991F55i78GFpBnZJL0&#10;AZHbuyQlp3/ArokfUb9uHerUSetTj4/nnTaOnJZY3GfVJl/esoz4+9lHfPX3djKhVX3qGqZVtwUz&#10;j8YahySn5dKK3jRQ8lC3QTtGb7rGm2pfiLvkxYUINTblHMj9DuwdrB0csNPEctHzHPHGtNfpbV9/&#10;kvRBMbTASJKUTNhW0T2vWmiK9RG/X7girlwxfC6J06t7CDsTc9F42V3jiM/S3lgmmuU2ERqVtej4&#10;e6QxNaWQTV2FEhwIMBONlt4VOmN6Eu2tVaK1Mn/QiCKf7hDBxvQ3IfjXdsJKlXa+3kohv4p2Viph&#10;1mip8H9DGX6b158kfUhkC4wkpaaPJkY5sbas1oiWFcpStqzhU54aPbvRoEBpnKvnN46Yiv4BO2Yt&#10;Iax9NyqaxBMWGp5mfz366Bio8xFNcgju+foq5+vJGKYxfR7XCpbGUp2Deq2b8CpuF8kaLXdu+hGv&#10;yoZN0bzvRvOsRVFs8qnR372Jzxt6mvrtXX+S9GGRAYwkpRJ33ouLMYZ3mFRP+Q4TswbM+GsLY9N5&#10;N0rkyQV85d6UmcPLY66coIcHBxtO01OJ45znZfKUr0vZAnD/7t0UB8DwI7OZfqo2HZ3jiDNxpEYN&#10;a+OQN0FHQMAD9Op85M//juwaNPnJn1eN7uE97mc5gNER6nuBC34Rxu+J9KG3OetxmcC0rgo98Tav&#10;P0n6sMgARpJS0OHv6sFtwztMXJLeYRLDjX//5mxIdkpWdaBQWg/naC/xw7St2H0+mWb5rbBQCcJC&#10;Q56990Hny+kzgZSu0gS7ghAV4MeDpGaaWHcWTtyB/cRemF/wR2XnTI3CmWyieh1arXKwjMvCR6vL&#10;pAdnHcGPg9GrspP7XbgBxkCdmzw5VYioIB5HZOWVvOG4zmtBudKOONrXYfKpxGgl0msJ7SqWpWr9&#10;cfwZksF0XvX6kyTphcmtS5JSiMLV9XziO0ycEt9hEuo6jz7dfuCMLr3NRU/Axuksi+zLzN62mGTP&#10;hpUhgAkOebYFJvw0rpeLUcXJnuI2Voh7fvglnMLruPLDRH7JNoa5be/icUVH9qouOGbyItyo7b3J&#10;b2aOuXkWPlZOzPLOoJlCH0FYhBahssba+l0JYLJhbakCEUFo2LPtXanFuS1gxpmuHPReTCOTS2zZ&#10;9B8xj/cyoff/oe43l5kTP6NxvgyW/RWvP0mSXpwMYCQpuTgvTntFIOJO8mXtcpQrW4JSDb/C3bYG&#10;tfIYx0kt9BBz5njRdMYYEq4uWSgHVVNBeGjYMy0wsV6nOWtameoVrLAtXhju+3E3Xokd/NYxZXEY&#10;ny0YQSllHO9YExxr1MDK+Lv0WDT9mqPu7rhn5fPfBobaZ/RulxhiEh7lMVUCnoSEd4AZ5mYqVMQR&#10;G5N5AGPmMpntawdRoWw7WldTc9f7ED+NncrVXhvZ+OV4Zs7sSukMHn1/1etPkqQXJwMYSUpG5+eK&#10;xx09BT9Zwanjxzl+/ADfti2MbY3aPNOpcoI4vL6fyrYiQxhdV0VISAgh4RosLJWDXVgI0caxEum4&#10;ffoMDyrUwMXSBDs7G1Qx9/Dzf8DumbO51G4eE1xMuObmxUOVHc41Cme6gapzlaCykzPOzln4ODlQ&#10;OKMjqtCh0xmCADXqdGasUinBwv/okzaVkldDZvVK3hNTMmaFtaEMNDbUrG6H/vR3LGMK675wJvO7&#10;VV79+pMk6cXJ7UuSkolwdeWCzoJq9RtSKH9+8hcoQYPuI5jQ3YW0GiV0t9cwdelVTPx+onON6lSv&#10;rnzqjmdPiECvBDDBKQ6qYbi6XcG2ugsFlYNuLtvi5CGAa3/MZurR2nw9ozE5CcbN/Qq67FVxedPX&#10;H1QaNBpDoKBHn85tIEKI/9knbUo5J2RWreQ9MSVrzKhQpQIWIj9NP22HTZb2hG/5+pOkD4wMYCTp&#10;iVi8TnsRoSlPjZp5jBuHhhIdJjOkdhrn5/rH/PXlN3jW+x7Xa9e5ft34ubiNQYbrEGGhKHHMU7Ge&#10;nPY2o6pLJeXwCSbFbbHhLr/P2U6pqXP4uIAyx1gPXM/GYuJYgxpZuP4Qs280VUqWoESJLHzKtGbR&#10;pYwe1THH3NTw/3jiMnwS520SR1y8EuAYLiVZpNdKk4YYb1atdVVCtftcPHcvk5ubjV7D+pMk6cXJ&#10;AEaSkujucNrdDwpUpXqZzPsBijq9gGlbczFgWk+KJd+S1NZYW6nQhwURkqwFRufzHx4Py1HNyTLh&#10;u4mtHUVN9Zg5j+WbPsUTnnjSXj3NmQcqilV2IisPsJhW6MLkr77iq6x8Zg2jaUYTVWcjRzYTVCKK&#10;iMjM7yd5K+gjiIhW8qpS8p49iwGMPpC/xg1kb+0vGWwvOHf6NOEJ6foMA5nXsf4kSXoJQpKkBLpb&#10;S0RjK5UwdfpSnI83JqYn0kN8VTObMCkxXByOMaYliTkkhtlphMqypVh1P+k9rVrhs6iBsMzeWWxM&#10;ekGv9orYOnumWH82aQJacWV+bWGuMhW1519Xvr1pMWLvABuhMbEXY4/HGtPecvFnxcxqpkKVs5vY&#10;kvaLj58KOSXWLPtNrJ1YX5Rq/K04HxMmNnfLLUwK9xLbAm+Ktb06iLnprvh3Yf1J0odFBjCSpNAF&#10;/ilGV85leDW1UJnZiHrT/k7/FfAhx8TcpsWEqUoZ16SwaDjnmAgzDhLx3mJZ+5LCShmGykyU6LBK&#10;CYZ04t6O4cIxl1qgzikqDNgk7jxzdNMJ/62DRYWchlfQq4RF8Y/EEs/MoqhXLV54zagiTNV5Ra/t&#10;0ca0t1zMQTGsuEaYlB4jjmUSc8X8M1gU06iEpf1nYnPCCtCJB1t6iiIatTC3KihqTfs3nXX+rqw/&#10;SfqwyN6oJUl6IuTXdtj020/Npbc4MKJIGteY4/D+oT8TNtwkWqhQW5Wlz5JVDHAwXnLT+/L7sD78&#10;GN2DH38ZSNmEG2vjcP+uBxN23ENrOLxblGfAqlX0NdwnpH/Arsl9+fZkKAkPQClUKjUaM2vy2lak&#10;bqcBDGpbjmyJg54V+hsfF+nLvhpLuHlwZIY342r93fj7TDRl6tejbK6kESO5deoYN8wdqe9kk+aN&#10;2pIkvZ3kVVpJkp6wKlsOW40e3xs+Kfv4ecKMKoO+oF6MO6dO36DogHn0SwpeFLGn/4+vf/mX/7x9&#10;iXpyamRG9eFfUDvMnf+8Iqg++Rs+TXrZiroA7aZ9RtErp3G9W4ahP6xm9U8r+G5aTyoEbmHSx3Xp&#10;utLnmffpJNHe8uFOvJoC9uXI6P1zBiY2LrRp1yBZ8GJgTYnarWgmgxdJeufIAEaSpCfMHKpQwVqP&#10;/5XLpPtGfZMyOJbPgVpjR6XKSU9rKfSBbF30GzdI62bacMIi1NgPWsLspvlT7nj0sQmdZ1o7NaVN&#10;5fKUK18R58a9+XLNZBqYBnF4x0Eep5OX6MuXuKUzo0JVRxIeoJIk6YMhAxhJkp7KXps6VUyIu3AG&#10;r4S38qZFRfbs1sq/wvAalie0F1ax1K02Heumfv+JnsBtK9gW3Zbpk+o/czko7kJi55kOLtXJbkxL&#10;ZLhHD8yzZcM8zT1VHOc9zxOpcaB2nXek92xJkl4Zuc1LkvSUuijNGldC/cCVk5fTe2eMCisrS+Vf&#10;bcI7WBKFsGfxr8T3HkZ982RRjUHsGZZ9e4gSI2bQrVDqXY6ee25nuC1scKphZ+w80yCGC2s24qYv&#10;SofeLVMFNkY6P07+dwtKNaJZhl0kSJL0PpIBjCRJyZhQ7uO2OHKZg/vTu/dEjbW1IYCJJz4uMUV3&#10;Yw1LDlZi5BAHeBLUGOgJ2PQNP4V3YeaISsrUU4vCze0cWvNSFM9+m6tXLnLm2HaWjWzFRwsf0Hzh&#10;VpZ8nHbriv7+PxzwEpRq0yGxDypJkj4oMoCRJCkFkwq96FnHFM/t27iaZgSjwtLKEoQSwMQbbk6J&#10;5NiSldzrOI5PbAQ6Q1LSbTAxp/n+2xM4fTGF5jmNacnFncPVMxzM77Bl+Kd82qs7XTv2YMzaYDqs&#10;PcKWMTVI62eGwMhv+x+c0jnSo7dLwptxJUn6sMgARpKklDSl6DOiA3m8N/G7V1qXkVRkS2iB0RKn&#10;DNb7b2TxzmIMHV33ae/LKrUyXAky1n/Db5r+zOiT/PLQU/p7bnjcFtj2+JETrq64epzDx/8Sv7cP&#10;Z1XPDszxSKdPA901Nm48iXmrkQysKC8fSdKHSAYwkiQ9I0/bMQys4MP6lX8TYkx7So11wj0wAqGP&#10;w2P5ci61GEuf5N11a9Rook+waNFZmkwdh4uFMT2VKDdXzmutqFy9ytPHmM1L0qFvCwpHefL7pjMY&#10;r1KlEHVqFWu8bOkztpt8Zb8kfaDkpi9J0rPMnBgzpzcmWxew+sqz15FMlQDGcNlGBP/J4g2W9Bvb&#10;IuWlHhMTAtfOZUv+UUzrmOqx6SfiOOfqRZimLM7VcxjTEmlDQokQyg5KncYj2Xpf1s/7jcgOXzGx&#10;bjqRkSRJ7z0ZwEiSlKbcLWcxt81tFk/+jTupYhi1lTUWKsGddUv4r9ZoBpZPdRlH68kPS2/TceYQ&#10;yqd17chAfw9Xj1uIAlVxLpVsJCV95+bDhKgKU6+RY6r7W/QE7pjGXM86zPq6MwXlHkySPlhy85ck&#10;KW3qwnRZ9jOdfL5k5M/XUlzKUVlZYqm/zZ49sfQc14H8qfYkWq9dnHCYyBcN0+0EAP3DQxzx1mJe&#10;2QUn4/UjbfBFtk7swujtodj3XczMFtaJA4x0vpsZ84UrjZevol+J9CIjSZI+BDKAkSQpXeo8zVi4&#10;eSbWy3ow/XiUMdUQwBhaYCBH89EMS+sZZrPKDJ3Zk2Lp7WGCj7Gg9yz+DhPEHvmcSkWKUKRwQYo4&#10;tGHOmeIMXnOckz92Stm3UZwX3/ScTdSYzSzrWFjuvCTpAyc7c5QkKVPaezfxz1mS4sbHjPQhFzl0&#10;6CoW1VpTr0TyXoRi8Dm2B2+tA80bl0/7BXQvLBa/mw8oULKY7LdIkiQZwEiSJEmS9O6RrbCSJEmS&#10;JL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QA86bEnWRuu8Z8stSb9Pr4fXW0eC/5hMYdF3A6rdeYSpIk&#10;SdI77tUHMCF/MrxqCWyLFaOYrS3FS5alct32DFm4F58Y4zgfIq0/Z/89xonz99Lp4Te5SI5MrkNp&#10;uzLUnXqUpw+vZpWOexdOcPzoWfwNHeu9qNA9jHEuiW2JCjSbup/H6U4rmMMzmlLezpbSjWbjKoMm&#10;SZIk6TV75QGMPuwWFy/5Em3Xks8++4w+XZtTQe3NbxPbU7/nWm5nfvSWQvax+hd3HgTfx/Xn1ewL&#10;Naa/YfrQ63ifv0N4WABHFs3ml+tprzydz698tegkgWFB3Dpzntuvv4lJkiRJ+sC9pktIavK49GXa&#10;l1/y1bxlbDh6jO+aW3Nv93LWp9U/f+xDbpz14MylACLSOcvXhvpy6Yw7Zy4HEJlRq0JkABeUg6h/&#10;ehN6Di87z9iHN/A+cwG/8OfLy8O/NrIvzIXxX3eiwON9bPzrsXHIK5CFsk5Jg237ztRQubH217Q6&#10;1ovDY/XPnLL+iB4tcpFGzzUKLaG+lzjjfobLAZE8O1stIXfO4+FxEd+QNKIfbQh3znvgcdGXtAZL&#10;kiRJH543cw+M2obqTraYiGAePUoewITgurQHVYrYYF/VheoVi1HYvg1zjjx8cpDTXtnAiMZlyJ/f&#10;jgrOLjhXKEbB0q2Zezz4yThxJ6biUrIt3+9fTTfHUjg6V6Hy0O34/F9bitu1YvHlp/PUB/5OrzJF&#10;qTbhME+vaGm5+F0LipfsxYagl5nnn4kDdXfYPqY2xYvaU9XZkRK2lem1+lKy+WVAH8DOjQeJqdGJ&#10;3n2706ZIGAc37eResqN+0B8DKFe0PD1+vfXkcpTefxOfKeXnMuUEsca0lDIv6/Roinbl08ZWXN2w&#10;msORxsQk4fv5cd01inUdSLNn3lqm5cqGETQuk5/8dhVwdnGmQrGClG49l+PBiXPVBx5gRtMSFC5R&#10;GReXStgVKk6b5ZeNy6Un8MAMmpYoTInKLrhUsqNQ8TYsT7Y+JUmSpA/TmwlgYi6x/6gPuhyOOD/p&#10;9E2P37oBfKwEEvlG7eJGWAxhPnsZb+vGlz2Gs+l+4gEu1OtfLhfuwZK/z3Ir4C6XD86ncdx+Zo1Z&#10;wgXj2bgIf0DA3dMsGjgNn5arOHJqP2uH1aBYVXss/A/zx19PD/ThR3ex96Y/53bs5HTSkV53kz3b&#10;j3IvX3mq5HyZeTobJsa15f3ot+w8BXv9wD+nT7B9RlXOTZ/DX+GJv82I3ncbG4/qqN25E3bZGtK9&#10;vS2RRzbyx92nYUaeNkP4pLAvW6ZMYrMhstE/YMfkL/g9sCqDBtVK4y2lWSvrdKny07Fva/IGbOfn&#10;P5MHPHoCtvzI9oeV6DWgbhrzDcXr38sU7rGEv8/eUsrrMgfnNyZu/yzGLLmghDdxnJg7lHne5fny&#10;9EPi4oK5vm82rYoaX00fd4K5Q+fhXf5LTj+MIy74OvtmtyJpsCRJkvQBM7yJ91XS3VksGpipRR7n&#10;7mLk6NFi5OBeonn5XMIku4Pou+66iDeOJ+K9xYyqpsKq0RJxS2dMU8R7TBWOplai5ap7IllyMrHi&#10;39GlhYlle7E2LDElZu8AYaNRi1yNFovLT2agiDkshpcwEZZNlgnfhIlFi739bYRZrtwih2l58cXp&#10;2ITRdL7LRGNLU1F1hvfT/KXwHPOM9xIzqpgK0wqThGuMMU1Zkvt/DRL2phphM2CveJL8DK24Mq+2&#10;sMjWQqy8m7j0sSfGCXsTC1F34XVl6FORJyeJyuYmwq7fTnFDmXYp09yi2bKrxnFixN4BNsIkdw+x&#10;LVr5+oJlnbgujeUSeUAMtTMR2ZSyfDIN7QXxdQ0LY1qM2DfQRmiydxGbIo3D0xL7rxhdWlkn7deK&#10;MBEkVn9kLkwdpwqPtAo+aLX4yNxUOE71SGe9SJIkSR+q19QCI4i848ahA3v5Y8MmDly34qNv/2BV&#10;r9I8aX95dIr/LunJZfWYQ2vXsGZN4med+0NlnDhuXvVRztCT6Ai56caBHZtYv3Y9x3zjEfoYolNc&#10;k8lB8yEDKZe8V3/zGrRuWog417/Z/1CvnNGf4eDxxzgOHksT6xsc3HdFmYeeR//sx11blpZtKjzJ&#10;3wvPM+wMHlf1FKzbmMpPmiTUFGzUhCqWxq/p0V5k4xYPzBp2oX3hxFVjVuMTOpXV4bZlE1eS3f9h&#10;VXsKi4eUxn/dEBoMWMPDWpOV7/ak1T/v85V1Oqwa0veTssQe/5W1xmaomBM/8atndj4a0B27jGqS&#10;LoSbbgfYsWk9a9cfwzdeoI+JJobs1KjnhNmFpfTpNY+dF4OftJQlyF6Dek5mXFjah17zdnIxWF46&#10;kiRJkoyMgcwrk3jWbiLsx50QhvYNXdB/4utGeYTG0knMcHva9qC98JVwNlUJ87y2onTp0ik+Zco4&#10;ii4rriS0JujuHxAzW5YQ1moTYZ3fVpRShtvmNRcq8xZi5YPEaSW0hpjkFj0SmhtSivizjyikySU6&#10;rg8S8edmCScLezH+hK/4sZW1MKs1T1yNDxYbuuQWpvbjxInEBpmXmqf2xgJRx9RUVJzinrLVIHKz&#10;6Joj4xaYWNeJwsFEGadhfzFq9GgxOuEzUnSukkOoTSuJqamaKbQ+34p65iqBKpf4eK0xYwlStsBk&#10;taxTS9ECo3zXXv5G1DI3EWVGHxXRusdi8ycFhGmJoeJAQotLWi0wOnH/wEzRsoS1UJtYi/y2pZR5&#10;2oq8Sp7NW6wUCTmOvyv2fdlBOOQyESpNTmHfZqrYdevpcsbf3Se+7OAgcpmohCanvWgzdZdINliS&#10;JEn6QL32e2DUuWsycfkX1MCLH+Zv44HxBgqVdTasVBqKf/o7F69f53qyz7VrZ9kypCwaIvlnej++&#10;PpaL/juv8+jBHW5cv8yfw8olaynJmHWD1jTKHc7xfQe5evAIl/LUo1HVIjRr5ozaez9/3zjC38ci&#10;KNa8Lc4J91a83DxVlpaYq/REhISlbE3IVCz//f4H10wKkV93HW8vL7wSPmd5YF2EPLrLbN3g+vQp&#10;IP1j9s1dzmnr8lQsEsHehQs4nvoGW6OslXXmNPY9+bShJTc3/8xfF37nx7+CqdBrIA2NPRQ/I/If&#10;pvf7mmO5+rPz+iMe3LnB9ct/Mix5k5WJDS1nbOf8rXPsmN0czdFv6NF3KUkPq5nYtGTG9vPcOreD&#10;2c01HP2mB32XXn3OspUkSZLeN2/kJl5N2b4MapmToH2r+f1W4qFHXdiRCoUEfl4e+Kd3NNL5cubs&#10;fVQVOzPkIzssEhL1xMbFk+UutHM2oXX97AQf2cz8fZ6Y12xEbSsNxVo0paLWnd3zNnI4qBDN2tVM&#10;vAn1JeepzlsO+0Lg7+mKcVEVeoJdT3Ex2vg1LVFH+H3HbayafcXfR//l33+TfY5uYURVFT7bN3Dc&#10;eAkr5MB0xv/2mDpTtyrBSyfyXV7O2AXuaT7plKWyzgp1Mbr0bUXuhzuZ9ekSjom6fPaZY7qBnc73&#10;DGfvq6jYeQgf2SWWJPpY4uKfLUl1rvK0n7yOpb1siPF242yKR6nU5CrfnsnrltLLJgZvt7PpPGkl&#10;SZIkfSjeSACDuiAd+3WgcOxJ1vzilXi/hXk9PuvjiDg+j/5f7eJKwgs+4gi6doLNi/+PvYZXyGoK&#10;Ymtjjf76EfZejFCGR3B1y3iGr3qeM/BcNGtTD6v7O9lwWItT44bkVFI19s1pah/LkfXbuZe/GW1q&#10;Gw+wLztP89p0aWuHcF/KmIWHuRnoh9u6sXzU9Ud8Mijt0P0b2B1gRYMOrcmfejwTB7p8XAW1359s&#10;PKjkKfwIX479GT/HMSwY7kCxrt8ws6UV3ovGsPhcGq/BzUpZZ1Hetn35uEgUF8/eImerAXQvnn7b&#10;jaagLTbWeq4f2UtiUV5ly/jhrEpqXtGeYcngsaw8cpNwnZ6o2wfY9d9D1CXLYm9mGLyEwWNXcuRm&#10;ODp9FLcP7OK/h2pKlrVHPogkSZL0gTNeSnpldP4rRcts5qLyNLeU94DE/iemOFoI04qThavxXhMR&#10;fUmsHeAk8pmqhEqlESYmauX/amFl20n85JN4V0akxyLR0sZMqEysRK5cViKHfWfx3bwewiZne/Fr&#10;UMIoIubQcFHCrLDot/vZe2AMdAG/iI/zmghN9vpi4eWkuz1ixfHPHYSF2lTYDtgtwo2pBi87T92j&#10;Q2Ja3QLCRGVotFEJdTZ70eX7TWJ6TWtRcsShNO6BSbxnxTR/Z7E+MK3ngYTQXvlWNMhmKooO3iPO&#10;zKkhrKwdxYQjT3Mdf2mxaJLHVOTt8Ju4r4sRh4aXEGaF+4kn2ctCWaem818hWlhbiJpzLya7RyZW&#10;nJrsKCzN7cXIgxHGNIMYcWRUKWGW/1Ox40mRRAqPRS2FjZlKmFjlErmscgj7zt+JeT1sRM72v4og&#10;7Q2xunNxYalSykijEWrl/2Y2TcRX/wYlPBWlvbFadC5umZBPjcaQXzNh0+Qr8W9Q2mUkSZIkfThU&#10;hn+Mscz/TFTAOdy9bxOityKfnQNVHIpgnbwVIsIX99NnCVQXx7muI4XexOn3y85TH85Nt1NcCrKg&#10;ZPU6OOTP6l07r1emZf0aRPi6c/psIOriztR1LJSq9URL8A0PPC4HEpvdjmoulSmS/J4abTA3PDy4&#10;HBhLdrtquFQuQnq33EiSJEkfjrcigJEkSZIkSXoeb+YeGEmSJEmSpFdIBjCSJEmSJL1zZAAjSZIk&#10;SdI7RwYwkiRJkiS9c2QAI0mSJEnSO0c+hSRJH4Q4vH/oz4QNN4kWKtRWZemzZBUDHIyP9+t9+X1Y&#10;H36M7sGPvwykbML7CeNw/64HE3bcQ2t4o5FFeQasWkXf0spA/QN2Te7LtydD0Rn3ICqVGo2ZNXlt&#10;K1K30wAGtS1HtsRBb5aSt91T+rLwRGLeEvNlSc4CJajcoAO9e7fE/n+SMUmSXilDACNJ0gcg/pyY&#10;5WQqUBcUn2x6kPCywCQxJz8X5U1VwtRxmvBM/gbKaFcxqZKpUFk6ijEHUv5GhG0R3fOqhca2j1jn&#10;fUlcvnReuB/6TUxrWUyYqvOKVitupNlJ6BsRvlX0MOZt/dmL4uzpf8T6Ob1F1dwaYWXfQ6y5kvQ2&#10;TUmS3lXyEpIkfShMyuBYPgdqjR2VKud5ev1YH8jWRb9xA5UxIblwwiLU2A9awuym+VNec9bHEhML&#10;1k5NaVO5POXKV8S5cW++XDOZBqZBHN5xkMdZ76Xi1dLFEK3kzcqpCa0dHXCs0YyeU3/j0JahFLu1&#10;iTEjVyfrq0ySpHeRDGAk6X2mC8TXP6mLTxXZs1sr/wqS90yqvbCKpW616Vg39eum9QRuW8G26LZM&#10;n1T/mctBcRe8uBijwcGlOtmNaYkEhgvT5tmyYf4/2sM8yVt1lxR5y91oBH2dNIQd28ZuYx9gcQF3&#10;CEijCzFJkt5uMoCRpPdV3DXWfdaMDotdiUpIUGFlZan8q03WI3gIexb/SnzvYdQ3TxbVGMSeYdm3&#10;hygxYgbdCqXeVei553aG28IGpxp2PO3SM4YLazbipi9Kh94tUwU2b0pS3oqkyptCU5zy9jlR6fy4&#10;eTuxU9NzP/WgWfeVnE8sJEmS3hEygJGk91Iwhyd3Y+rDQaz7uoGx/yg11taGACaeeGOLg+7GGpYc&#10;rMTIIQ7wJKgx0BOw6Rt+Cu/CzBGVeLYnryjc3M6hNS9F8ey3uXrlImeObWfZyFZ8tPABzRduZcnH&#10;ef9HOxhj3qyqUqOquTHtKY3GENKolf8bvpnhPHUdX6gW0HXMbgL/V5e8JEl6bjKAkaT3jp7A7WPo&#10;v6Eo038YisOTY7gKSytLEEoAE284UkdybMlK7nUcxyc2Ap0hKek2mJjTfP/tCZy+mELznMa05OLO&#10;4eoZDuZ32DL8Uz7t1Z2uHXswZm0wHdYeYcuYGqT1szfCmDdN+epUz2FMeyKSe/dDEaoCFClibJsx&#10;KUnvZd9Q5e8hDF3nq5SeJEnvAhnASNL7JvQQX03aSZEx8+lXIvkFFBXZElpgtMRplTDHfyOLdxZj&#10;6Oi6T3v4VqmV4Xr81n/Db5r+zOiT6hKMkf6eGx63BbY9fuSEqyuuHufw8b/E7+3DWdWzA3M8Yo1j&#10;piWGP/vbkitnTnJm4ZO37tecM1ztyaKkvBWu5kLJ1JmPccPtXDzqYlVxtnk6UF24M99MrsTR6dPZ&#10;+VCGMJL0LpDvgZGk94qWs1/VovZPFdlwbg3tcxuTjUJ/aUPBwVcYfNCbnvvr0ePBHM6sbk1OvT/L&#10;mpZkfNgUzhxpxC81evHgyzOs65LqySOjiK3dKf7JHur9coedfZ7OJPbQMOxb/ITFmH85/21tUt8W&#10;nEhP4NkjeAXEJb+XOF3qHGWoXad0lu+nSczbX9T9+Q5/9s1jTE0UursfFTqsw3L4QS4saUCKC0yR&#10;RxhZ9SMOf3yIMwtqY2FMliTpLZXwMLUkSe+H4J2ir42ZcJh4WqT1ppPIjZ1FdpNSYuSO9eKT4rXE&#10;1xeML33R3RVLG5kJ0xpzxIFlLUSR+gvFpXRf4hIrTo4vK0xMncXsiylHitjWQ+RRm4hyn59Kc/6v&#10;X1Leqj+TNxF7Vnxd01qoczUVS6+ntXBacWGOi7DI10msu5/ijTeSJL2F5CUkSXpv6Lj521K2PaxE&#10;t15OabZ+qK2ssVAJ7qxbwn+1RjOwfKrbc7We/LD0Nh1nDqF8WteODPT3cPW4hShQFedSyUZS0ndu&#10;PkyIqjD1Gjmm0/rymiXlrVA1aqTI20MOTPyUrz2y0eLrpQw1vE34GRrK9ehOzag9LFt9mee4aiVJ&#10;0v+ADGAk6X2hvcKG9SeIrdKRLqkDEyOVlSWW+tvs2RNLz3EdyJ9qD6D12sUJh4l80TD9d+3rHx7i&#10;iLcW88ouOBmvwWiDL7J1YhdGbw/Fvu9iZrawThzwhiXlzaJKDaol5C2Kex7b+LJzHTqsCqXZgj/Z&#10;MKx8Gk9VJdIU70SnWiq8NqzjjHw3jCS91WQAI0nvCd21nezyFpRr1oIy6bSeqBJaYCBH89EMc0qj&#10;jcSsMkNn9qRYenuG4GMs6D2Lv8MEsUc+p1KRIhQpXJAiDm2Yc6Y4g9cc5+SPnbD5X+xZkuUt5tAE&#10;KhYpTMG8xaj2yTz+y92Tn055sn1sDXIZR0+TugjNm1WBa7vZ4SUjGEl6m8mbeCXpvaDHd0kT7Mdf&#10;p/fuG/zUKu1bUPUhFzl06CoW1VpTr0TyW1hj8Dm2B2+tA80bl/8fvYDu7RB3cjyVGi4jx0xvTk9z&#10;SPMpLEmS/vdkC4wkPaEjJiKU8Jh3sZOcSE6d9CbetAJO1dK/+0SdqwLNOnVMFbwYWFCqfic6feDB&#10;i4FZRScqWeu4dOrk/64vJ0mSMiUDGOn9oH/ArokfUb9uHerUMXzqUrdeA5p81IUB037kmH/mt2TG&#10;us+idr68lB3xN0m9Bz1huEF1Qivj9OvSYuZR0nrTifbSCno3qEudug1oN3oT195ULBR3Ca8LEaht&#10;yuGQW27WL8XaAQc7DbEXPTkXb0x7xfT3djKhVX3qGupq3RbMPJpmbeLSit40UOpc3QbtGL3pmhJi&#10;S5L0RMKzSJL0PgjbKrrnVQuNTQ/xi+dFcem8mzj421TRvKipMCs9SOx+nMGjsdobYlmz3MJEoxLW&#10;HX8XkcbkFEI2ia651YZLrsKs0VJxN/XktLfEqtZ5DY/2CU2RT8WOYGP6mxD8q2hnpUo7X9JzChG/&#10;trMSKrNGYqn/6yvMkE1dhRJrKvXJTDRaelc8W51WidZKfQaNKPLpDvEmq5MkvQvkqZr0/tBHE6Oc&#10;yFo6NaN9VQfKV6xOk95f8eO4WuCzkV/2hBlHTE3Pgx2zWBLWnm4VTYgPCyU8rUsHhulTh4+a5EDc&#10;88U3RaOOYRrTmXetIKUt1eSo15omGd4t+mpp79zEL15FNpui5JVb9UuyoKhNPtT6u9z0eX0PU+uj&#10;Y6DORzTJIbjn65vysW39A3ZMn8e1gqWxVOegXusmGd98LEkfILmrk94bcee9uBijoXx1l2T98KjJ&#10;kzcXGmKJiEjn9faRJ1nwlTtNZw6nvDmI8GCC07i1Pe6cJ5fzlKdu2QJw/y53kx9xwo8we/opand0&#10;Ji7OBMcaNXiTDxLrAgJ4oFeTL3/ab86VnoeG/PnzotY95N79jAIYHaG+F7jgF2H8nkgfepuzHpcJ&#10;zKg3BUMv2J6XyVO+LonV6W6KACb8yGymn6pNR+c44kwcqVHjf/NYuiS9zeS+TnpP6PB39eC2KIxT&#10;zVLJnhyJ5NSps8pBwB5n57zGtOS0XPphGlvtPmdys/xYWagQYaGEPHOzgQ7f02cILF2FJnYFISoA&#10;vwdJzTSxuC+cyA77ifQyv4C/yg7nGoUz3bj0Oi3aOOUAlYWPNqGnxfTpgh8TrFeRPXduuVG/NDW5&#10;8+REJaIIepwyOHkqHNd5LShX2hFH+zpMPpUYrUR6LaFdxbJUrT+OP0MyWGc6X06fCaR0lSYkVic/&#10;JQA1Dot1Z+HEHdhP7IX5BX9Uds7UKCzXqiSlJrcK6T0RhavrebRWVamZ9HY1JTgJ2DOZievuU6L3&#10;l4x0evb1ZfqAjUxfFknfmb2xNclONitDABNMyDMtMOGcdr1MsSpO2Be3wUrcw88v8ZxZd+UHJv6S&#10;jTFz23LX4wq67FVxcczsPbRRbO+dHzNzc8yz8LFymoV3uo0BeiLCItAKFdbW1nKjfmlqY6eXgojQ&#10;tC87xrktYMaZrhz0Xkwjk0ts2fQfMY/3MqH3/6HuN5eZEz+jcb4M1kT4aVwvF6OKkz3FbawQ9/xI&#10;rE46rvwwkV+yjWFu27t4XNGRvaoLmVYnSfoAyX2d9H6I8+K0l3K2bH6Pf2aNYdTQfnRp4ojTgGPY&#10;T9nJoVUdefYkNpRDc+bg1XQGYxJe6mahHLhMEeGhhKVugYlVpn/WlMrVK2BlW5zC3MfvbrwSO/ix&#10;bspiwj5bwIhSyjjesZg41qDGk+6d02NB06+P4u7unqXPfxuGYp/e62MVMTGJj8uYKsFOWlQqlfyk&#10;80mLmbmZMkypVrHPPI+WwMxlMtvXDqJC2Xa0rqbmrvchfho7lau9NrLxy/HMnNmVNHsrMIr1Os1Z&#10;08pUr2CFbfHCcN+PxOq0jimLw/hswQhKKeN4xyZejsy0OknSB0gGMNJ7QefniscdPfmqNqZexbIU&#10;0V3iyPEomi7dw6apLbFN4+Af5/U9U7cVYcjouqhCQggJCUdjYakcXcIIiTaOZKS7fZozDypQw8US&#10;Ezs7bFQx3PPz58Humcy+1I55E1wwueaG10MVds410giWUlOTq0RlnJydcc7Cx8mhcAYHMYFOp0vo&#10;2Vmtlpv0q6BSytFQknqlXNNmhbVhhWhsqFndDv3p71jGFNZ94ZyFe5903D59hgcVauBiaYKdnQ2q&#10;mHv4+T9g98zZXGo3jwkuJlxz8+JhFi9HStKHSG4X0nshwtWVCzpLqncbx5CBQ5n0wyqGVwxg48R5&#10;/JvWzZS626yZupSrJn781LkG1atXVz51Gb8nBKFXApjglAeuMFc3rthWx6WgcmDLZUvxPBBw7Q9m&#10;Tz1K7a9n0DgnBLu5c0WXnaoub7ojQxUajUb5Vzng6tO+70IIIT/pfNIilHI0lKRaKdeMmVGhSgUs&#10;RH6aftoui10ohOHqdgXb6i4UVAKlXLbFyUMA1/6YzdSjtfl6RmNyEoybe1YvR0rSh0kGMNJ7IBav&#10;015EaMpTo6YSWRiYlKNRnaJw918Onk9984iex399yTee9fje9RrXr183fi6ybVBpNMoBJjTFTTCx&#10;eJ72xqyqC5UMxxKT4tjaKJP+fQ7bS01lzscFlA0pFg/Xs8QmPDGSlQb/GPaNrkLJEiUokYVPmdaL&#10;uJTuPTBgbm6a8P/4uAwffZGyKC4uXgluDJeS0u6S4YkYb1atdVVq1H0unruXEPRkKtaT095mSqBb&#10;KSHQNSluiw13+X3OdkpNncPHBZTdcqwHrmezejlSkj5MMoCR3n26O5x294MCVan+5MYDcxydK2Gp&#10;vYGHx6OUB5ao0yyYtpVcA6bRM0WvhWqsra1Q6cMISv4Yks6H/zweUq6aE5aG7ya22BU1RW/mzNhv&#10;+lDcMEvtVU6feYCqWGWcsvTEiCkVukzmq6++ytJn1rCmGVyWUpMtRzZMVIKoiMiES0nSy9ATERGt&#10;lKNKKdcMOlbQB/LXuIHsrf0lg+0F506fJjwhPbH1Jj06n//weFiOak4JtUmpTnYUNdVj5jyWb/oU&#10;T3iCTnvVcMlSRbHKTlm4HClJHyghSe843a0lorGVSpg6fyUuaI2JCu3F2aK6qVrk7vCruP/kNaeR&#10;wuOrmiKbSQkx/HCMMS1JjDg0zE5oVJai5ar7T96MqvVZJBpYZhedNya9n1crrmydLWauP6v8wphy&#10;Zb6oba7kofZ8cT1ZHt6UmL0DhI3GRNiPPS5ijWnSi4oXZ2dWE6aqnKLbljTeyRxySqxZ9ptYO7G+&#10;KNX4W3E+Jkxs7pZbmBTuJbYF3hRre3UQc8/HG0dOTSt8FjUQltk7i6fV6YrYOnumWH/2SW0SV+bX&#10;FuYqU1F7/nXlmyRJaZEBjPRO0wX+KUZXzpXw+n6VmY2oO+3vp69cjz0pxtubCJVJAVFz2AZxRRsi&#10;js1tKoqZqpSTaxNRuOEccSzMOK5y0PJe1l6UVAIhQyftZiU6iFXKQUh3b4cY7miYvlrkrDBAbLrz&#10;7OFE579VDK6QMzEPFsXFR0s8lam9WfFeM0QVJVjL22u7iDamvV6xwmt5L9GkTm1Ru3YdUbdpP/HT&#10;xWRLrbsj1g9uKOp/+qNS7sY05Tdu33YS9RN+U1vUadxfrEmK9nSB4s8vWol6xmEJw+vUFfUbtRAd&#10;+owX3+26LMITx3wDYsTBYcWFxqS0GHPs2XAw5p/BophGJSztPxObE+qDTjzY0lMU0aiFuVVBUWva&#10;v+m89l8n7u0YLhxzqQXqnKLCgE3i2eqkE/5bB4sKOQ1dCKiERfGPxBLPN12bJOndIAMYSXofBK8R&#10;bQ19ITVeJl5j9z0pxZ8Ts5xMlYNxQfHJpgcp+vKJOfm5KK8EiqaO00SK42+0q5hUyVSoLB3FmAMp&#10;fyPCtiT2ZWXbR6zzviQuXzov3A/9Jqa1LCZM1XlFqxU33lBrRIhY297YF1IaHUvF33UVu/88Kq4E&#10;Jx8WIW6e3Cv+8bj7pFVOkqTXS15dlaT3gVVZytlq0Pve4DV235OSSRkcy+dArbGjUuU8T2+o0wey&#10;ddFv3Eh4Liq1cMIi1NgPWsLspqm6PdDHJvRlZe3UlDaVy1OufEWcG/fmyzWTaWAaxOEdB3mcpbtk&#10;X5L2Fj534lEXsKdcGi+jM7FxoU27BpTNlXyYNSVqt6KZkw1pv4lHkqRXTQYwkvQ+MHOgSgVr9P5X&#10;uJzRK+xfKRXZs1sr/wqS3zmsvbCKpW616Vg39eO/egK3rWBbdFumT6pPNmNqkrgLiX1ZObhUJ+Wt&#10;s4aWYjDPlg3zN7HHir7MpVs6zCpUxTHx4S5Jkt5CMoCRpPdCdmrXqYJJ3AXOeCW+lff1U2FlZXjl&#10;vpa4+KQIJoQ9i38lvvcw6psni2oMYs+w7NtDlBgxg26FUu969NxzO8NtYYNTDbtkfVnFcGHNRtz0&#10;RenQu2WqwOb1iDvvyflIJZCqXUf27C1JbzG5eUrSe0FN0WaNqaR+gOvJyyl6Nn59DI+dGwKYeOLj&#10;ElN0N9aw5GAlRg5xgCdBjYGegE3f8FN4F2aOqMSzL0aOws3tHFrzUhTPfpurVy5y5th2lo1sxUcL&#10;H9B84VaWfJz3DeywdPid/I9blKJRM/s08ilJ0ttCBjCS9J4wKfcxbR3h8sH9+KT3BvxXSoWllSUI&#10;JYCJN1y2iuTYkpXc6ziOT2wECR1oJ90GE3Oa7789gdMXU2ie05iWXNw5XD3DwfwOW4Z/yqe9utO1&#10;Yw/GrA2mw9ojbBlTg7R+9srp7/PPAS9EqTZ0SOgfS5Kkt5UMYCTpfWFSgV4962DquZ1tV99EBKMy&#10;9tqsJU6rHPv9N7J4ZzGGjq77tN8mlVoZrsdv/Tf8punPjD7JLw89pb/nhsdtgW2PHznh6oqrxzl8&#10;/C/xe/twVvXswByPN/OGYb3fdv44pcOxR29cZPwiSW81GcBI0ntDQ6k+I+iQx5tNv3u9gctIaqwT&#10;7oERCH0cHsuXc6nFWPqUTBaiaNRook+waNFZmkwdh0s6b+aPcnPlvNaKytWrPH2Kx7wkHfq2oHCU&#10;J79vOoPxKtVrpOPaxo2cNG/FyIEV5eUjSXrLyQBGkt4nedoyZmAFfNav5O8QY9prZKoEMIaGChH8&#10;J4s3WNJvbIuUl3pMTAhcO5ct+UcxrWOqx6afiOOcqxdhmrI4V89hTEukDQklQig7KnVaj2S/YlGn&#10;WLXGC9s+Y+km398vSW89uZVK0nvFDKcxc+htspUFq6/wui8kqa2ssVAJ7qxbwn+1RjOwfKp2C60n&#10;Pyy9TceZQyif1rUjA/09XD1uIQpUxblUspGU9J2bDxOiKky9Rq+7h289vuvn8VtkB76aWJdMunCU&#10;JOktIAMYSXrf5G7JrLltuL14Mr/deb0hjMrKEkv9bfbsiaXnuA7kT7VH0Xrt4oTDRL5omPqtL0/p&#10;Hx7iiLcW88ouOBmvH2mDL7J1YhdGbw/Fvu9iZrawThzwmugDdzBtrid1Zn1N54JytyhJ7wK5pUrS&#10;e0dN4S7L+LmTD1+O/Jlrr/HmEVVCCwzkaD6aYWk9tWNWmaEze5Ki0+/kgo+xoPcs/g4TxB75nEpF&#10;ilCkcEGKOLRhzpniDF5znJM/dsLmde6pdL5sHvMFro2Xs6pfiTRvMpYk6e2jMvQnYPxbkqT3Sexl&#10;1vTtynLbHzg2v97TJ4NeIX3IRQ4duopFtdbUK5H8Jfox+Bzbg7fWgeaNy7+RF9C9mDi85jShp3tX&#10;NmwYSZXX29AjSdIrJAMYSXqfae9x0z8nJYu/jvDl/RDrd5MHBUpSTHZiJEnvFBnASJIkSZL0zpH3&#10;wEiSJEmS9M6RAYwkSZIkSe8cGcBIkiRJkvTOkQGMJEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ7xwZ&#10;wEiSJEmS9M6RAYwkSZIkSe8cGcBIkiRJkvTOkQGMJEmSJEnvnFfalUDYtS3GvyRJkiRJktKXw76r&#10;8a8XI1tgJEmSJEl658gARpIkSZKkd44MYCRJkiRJeufIAEaSJEmSpHeODGAkSZIkSXrnyABGkiRJ&#10;kqR3zpsLYOKCuOUfZ/ySmp7gkCjlX0mSJEmSpMy9mQAm7j6bp8yi1iff8+PVWGNictHs+fpb5rqG&#10;yyBGkiRJkqRMvf4AxhC8TP2GEbsDiX5whskDl7L62rNBjAi9yrcjFvCNW0TGQUyYB190GEGFFjOZ&#10;fCgk1bg6rqydj1O7NfyTVpyUiQi/qxxwvUuwjKIkSZIk6a322gOYuJtu/HokkKSLR9pADyYOXMaa&#10;689eThJh11g4fAHz3NMPYvQRgVy4/hD/O1dZNXcLh8KNAxIIwgPvc+vmQx5pjUlZFs+ZNcvoNkSZ&#10;5gsEP5IkSZIkvTmvPYAxK9eGdcva4ZRdZUxRgpj77kxQgphfb6QVxFxlwZh1mbSgaKhYrxIFAo4x&#10;59dbT4KjTGkj8bt+E8/LAQRGpREiGTtVSLdvhbgwfK744HUjiAjZSiNJkiRJ/zNv4B4YNflqfcKW&#10;pW2pli1ZEHPPjfED/4/ffOKNKU+JyCjCMgkQLJxaM7y6Ced+28T6u5lFE9F4bVpBo/qDqNhmMo0+&#10;Hku5OqP5+Ft3fA0tNdFujGg6jN7bH6OLPsO4RgMoWWsYn/4RkvhzIvH4bQl16g6hWvspNGw9DPvm&#10;81hwOuxpS5HWlx8GjqLSJ1s4neWISpIkSZKkF/FmbuI1BDG1u7NlWaogJsCVsUoQs97nua/3IFQF&#10;6Du6KfZRZ/nuB0+CjOnP0uO38we6fXmC4Kod+WXdXI78Po5ZDU1xXb2MvqtuEWdWkh6ju9K3qjVq&#10;0+J0HtWdGWO70a96toTf3925iu7zL5K39xd4e/6O/8FJjCxyg3njf2bbQ2MIow/n9s0H+Pnc474u&#10;MUmSJEmSpNfjDQUwBmryG4KYpa2pYp0siPE/zZhBK9kd+HydYgvlP6uq7ZjyUS4Cdm3h/84+25KT&#10;QHuLX38+wyO7Fqz4thOdXEpRzbkGo+ePYJi9Fq8tBzmhy0fttg1pUsIClYnyd4cm9O3agIa2Jgkt&#10;K7/96kG4UweWDa9CCWsTshWrwudfNKVciCebDxtbYcwqMGvjd5zeNYh2lglzliRJkiTpNXmDAYyB&#10;EsTU6cnW7z9KEcTE3/Vk/5UXaLZQ56DNiPbUt/Dlp8WHuJnGJPQPrnL6lsC2jjNOyQMLM1ua1MyP&#10;6tEtPP3SvwSlD76G2w09OS3C+XfHEdb/kfjZdD4ME7TcunVf+TeRVQEbyhW2fNOFKkmSJEkfnP/B&#10;sVZNgfq9lCCmFZWTBTEvSlO8KdN72BLjupP5hyMQqpTT1AeFESxU5M6bA40xLZGavLmtUYkYwjO4&#10;I1eEhBMiBEFnj7J45Q6+S/r8coFwm6JUKp56upIkSZIkvW6vPYDRBXqz5OvVjJ35U7LPz3xzKI6S&#10;JbO9ggyY4tyvK10KhrB9+T4up2qFUVmaY2F4vDosipSD9ISERikBTzby5E4/FypLCyxVaop9PArX&#10;A0vxSv75ZyFruxeRAYwkSZIkvWGvPYDRFKxI6wrRHP3jIL9sSvnZcf4VvXk3VzUmDqmM1dV/WPqv&#10;EpQYkw00RW0pl0tw2/1iyktM2gCOuD2AoqVwKZRYDGq1SknXEpfsnmJ1AVvK5xP4X/IhIJOrXPrY&#10;KEKiX8kSSZIkSZKUgdcewIAJpT8exvb5DShtbkx65dQU79iNIeXjuXEzOGVQZF6J3u2LwIVdDJt3&#10;Es+AcILuXmPDnB9Yftmcuj2b4WJmGFFDoQI5UWlvcuhQAA/9b3EhQIlkzMrTs0NxhMefjFjuwbUw&#10;QxSjJejWFf5Y8zf/BBrnFneNLzsMoGTzH9kvX4QnSZIkSa/VGwhgDDSUaD2EHQsbU+5ln9DRmGFh&#10;qsHS3MSYYGRWkhFT2lI9pwaT3DnJ92SwGbVGjuG79vm4sX4pjRoNoEST6QzbEYHLsLH81CvpEpCa&#10;kh81pVW+MP6YOJbSjacz5XCYkm6C05CRLOmUh4urFlK9ek/yOPSiRMtZDF97iXtJ73xRqzG3MMHE&#10;zBTTl7+1R5IkSZKkDKiEwvj3Swu7tsX419tIT0TAbTyvBRGpyYG9Y2lK5Xw2ftOHBuDq7U+oRUGc&#10;nGzJnyxOigq8g+eVh4TqzchruIG3dB6s31AIKEmSJEnvkxz2XY1/vZgPKICRJEmSJOlt8bIBjGw/&#10;kCRJkiTpnSMDGEmSJEmS3jkygJEkSZIk6Z0jAxhJkiRJkt45MoCRJEmSJOmdIwMYSZIkSZLeOTKA&#10;kSRJkiTpnSMDGEmSpP8JPXFx2lfTH5wkfYBkACM9Q3t5L599+i3feyfr1VJ6417Xenh71q+W0ysX&#10;0GbsPs59UFVNj+/+NTSv14cClXpRtNVajiZ1SZIFSetvsdw+XyEdQX5+3AySZfoukQHMW0OH509z&#10;cWo4DIcGw6nW+XuWe0cbhyWn5fKW5TRuMUIZbxiObRfzs8+rPYfTPfDjP49LXEjqqFL6n3hd6+GF&#10;pxsZiOuxi1wNfVX50RFw5RInPXz5oKpalBfz5+znfP7GrFo9ieUDK1EkjT1xhN9VDrjeJThV2SSt&#10;v4ty+3xl9A8O0b/1BGqM2m9Mkd4FMoB5a8Rw0f0iN+49xv/+I3zO/8fX3x/DN/U+KvwMi5cc58zt&#10;h8p4j7lz7Rwnr8UbB0rS6xN77i8GDJnP1ydkfXsZWl8fzgWpqdymNZ3rVaFDx2rYp+qbFuI5s2YZ&#10;3YZs4ZDs3f61U+csTfuujfisbTljivQukAHMWySpV6ps5UpQStmhRXqcZMed5BGMnoeHjvP3Y4FZ&#10;+VJUNO70XllnVi8qLpTrl29x9UEGe1ptJH7Xb+J5OYDAqNdw5piVPGTFc+QzMtAXr6tBRGQ0mj6G&#10;ezeU6V19QHAardPa8EdcuXADL58gIp+jWPSRQcrvfLh4N4JX1+itIzTgLl7nbnI1MCbdezPS7T0t&#10;LgyfKz543cigTAzjXL7JpXvRL3DvRyz3lbI855dymeOC73NeWV/prfrMy1hHiL8vnuf98AvTGdOS&#10;UeqE71UfPK8/IiRLha1ML8APr/O3uf7w2XLUR8USKVRYZ7My9oSfDmM5Z7x9x/HA5xZnfYKJMqY8&#10;K55Hd27jeeEu956nkqVJqc/XbnJRqR/JxQYp6+D8Ta6kW28yKWNF5tMwigri0gVfAp5zWbRhj7is&#10;bDPnboY8Ww/MS9J32hAWdCtlTEjlBecpvV4ygHkLaeyq07a0smuLv8H2PXef7qz1j9mx8xyhwowa&#10;rZwprDKmv27aB2ybNoWKjeaw9Jph56Plv0VTcBy8l5MH1tO6yTCcP56ES8NhNPzKlbsp9k/ReG1a&#10;QaP6g6jYZjKNPh5LuTqj+fhbd3wTFkzPzfXzqdBoLsuTXQrTPzrOwGZDqDfvgrLLTKLj8i9fU6HJ&#10;MrYoR5Ks5yErMsunQdI893Bwy2JqN/2chu0/Z+yhtG5g0HP/2BY6NRtE+dbK9NqNpHTdiQz5I3F9&#10;an1OMOHTUZSsOZwanabS8KNhlG42j289IjLeeeuCObB0LlXrDlN+N4XaTQZR5uPlrPcxLHA8R+ZO&#10;wKHLZlyTZynOmy9aD6Xx4qvK4S4tOq7t/pk2zQZQstF4GnaZjEuDQVQZuINTCZeLYvlr6igcRh7F&#10;XxfH3zOHK/keiMOoI8ZLP5F4/LaEOnWHUK39FBq2HoZ983ksOB2WbFn0+P7zK00bKuN8PJlajYdR&#10;e8JhrmYSb8Z5bKRRk/mscHNlcveRVFDKsl7ToVQfdZDLsaGcWDGf6g1HU1dZX+Ubz2Lu6afll5Uy&#10;1j86x9d9R2Df+HMadZ5AxdrD6bL+rlIiCUN5cHIz7RoPplK7KTRqM5wyjebxYwaXbMMvHGBY56HK&#10;eBNo2Hkizkp9qvrZ7+zxN0wxjn9mjaH84H+4rdNybP4YStYaQptVvikCMqLdGNF0GL23P0YXfYZx&#10;jZT1UmsYn/4RYhwhUZz/f4zvOoLyH02ivrJsDp1+Yde9lHkLObuP/u0GU7b5RBp1Gk/5umPo8sMF&#10;HqW/CM+Ku8JXnUfQ9Vdv1o75nMptJ1On3U+Jw8Kus3LcF5Stp6yDzpOpodSbaoP+4FjQ0xlkXMaK&#10;LEwjqR78cPwQfduOolanL6g9fatSr4fgMs2VION4CfTh7Jw6FodPtiZ+j7jJL5OnUE6Zb01lm6nX&#10;aghlms1h5sGHT8tdWcY5XYZTd955Y0I685zlYRwqvQ1kAPM20hSmXTNbTJRN/MLfJzlr3Mp0t06y&#10;2UPZ41uVp0PTXJmsPD0B25fg3GQElRo/+3Fs9hXfns/CUV4fwoF5Cxm5IwiHfr3ob284ZxREBAVx&#10;13MX/Waex3bgOA5snsicRpac37iGOUeSzgX1+O38gW5fniC4akd+WTeXI7+PY1ZDU1xXL6PvqlvK&#10;Ll1N0fKFMQ+8wJ9HHjzZqYW7evCPXzAXDrjjnnTU1QWy/5+L3M9tg2P2rOYhK7KST4PEefqf3cOo&#10;7wNpOnsmB34ZzsCkprBkdD5/M3Dcdlyz12HR6q85tukL5rfLzpmj1wlThoddvsTV/HWZv3oh546v&#10;wP3XntRXAo1vvt7HpRRHs+T0XFu/jP4rrpGjdX/+2DqPAyv70i23D/u9DMurJ/TRY+7fD0mYxxO6&#10;aB7cCybgcVQ6Z/NRnHXzp1DbvmzftYyrxxax6/OKxJ3YyqTf/JSdvClVOnRlajd7cqpNlACvKzPG&#10;fcK0T8qTW63n7s5VdJ9/kby9v8Db83f8D05iZJEbzBv/M9seJh6EdLf2M3zy31zKV49Fv8zhn//r&#10;jOPVzSw4ktZ9Xk+JyDDu3bvK4nG/8F+ZLmzdMpNVPWwI/Gcd/fvOpd8ucwYsnq1MrxO1dVf4bu5f&#10;JN3bmnkZKwHpytUsumzDlK2reXxxDV6ru9GskHF9Kge1b2f+yblSXTh0egOPPZbwx+iq2JgmDk5N&#10;H/AvQ4f8zNYQeyYsmsmRbV+ybrwTZl67GTB6J2fjTHBs14VpPcqTT63BvkUnZoztxvCG+ZVtPRmz&#10;kvQY3ZW+Va1Rmxan86juCeP1q57NOIJCRLFn0VpcS3bg902z2TLRiexX/uHz788QahxFf+8YI4et&#10;4988rdh0cC0PPZexrV8+zvzfUsbvCVFqS1ZF8zAwCPc1PzLbtwpL1s1mx/wWygwesWnqQqaezs7g&#10;FUvxP7+Wsz+1pei5bfT/8pQxuM2kjLM0DWM9uH+d/5u2mVv1B7Jn0xRW9XbByS6O638f5+/kAVPw&#10;GTb/fR99qVIJ0984aT7jd0fgMnQ0e7bN5e9lPWhpdo0lExbz3ZONLZrA+0H4PYw0fk9nnj1KGodK&#10;bwMZwLyV1JRt6UJlZRvX3nRlm7fhngMd53adxPBnjpq1aJM/s+YXNTnsq/HJx/XpntanfS1cCmU2&#10;jWjcVixmwMZw6k+ezK+97bA2DjEQ0da0/3Yayz91wqVKNYZPaUVNTSiubncSD/jaW/z68xke2bVg&#10;xbed6ORSimrONRg9fwTD7LV4bTnICWVEs0rVaFxYcPaEN4knkHG4nbpKZDZrrO+f58DlxJ2M/sE5&#10;Dl0Ch/rVMDRQGWSah6zIYj6T6EOiKTloJPM/dsCldjVcCqfejLS4b/2Hk9F2DJ83gH71SlO5qhMD&#10;pkzDfVkj8ihj5GkziN3fdaV7LVuKF8iDfa1WjGpZAOFzm/MpW+efirvGrxsuE1m+NStmNaOpYwlc&#10;GjVn3ppFrOuc3TjSi8hOl9kzWD2qAQ3KFqBQQRsa9G5D+6KCq5dvK7VACTKd69KzbhGyqZS/qzeg&#10;b9cm9KhdCDOtL7/96kG4UweWDa9CCWsTshWrwudfNKVciCebDxtaYXRc3H2EUzE2DJozgP51ylCj&#10;SWtWrhnFp8UzvIiSSMSQu+UItivL3LiyA5+Mb0/LnLFcvleEuT+PYmRje2o068jkdgURN6/h9jjx&#10;YJZ5Gcfgc+cxFCxNA4fsmJhYUbJmIwY1LZR4aSf6PjfvQxHHSlTJrcEkeyHqd25Ba9u0dps6vDfv&#10;Zl9QYQbOG8nE1g5Uq1SOdgOG82MfW+IuHmKNu45C1erQs35RpRxVFKpSTynHRrQqa2mchpEmH7Xb&#10;NqRJCQtUJsrfHZoo4zWgoW3yMEdN6W5j2DW3FS2r2tOibx+GVtMoQcolLibUVaXMt+5hb0Q5Jszp&#10;RLNiFphZF6Dp0F58VjqC/X96YIwts0hPcGQhxi3sS3cXexo1tEd77TDLD0dTa8hgJtYvSDYzC+zq&#10;dWR2t6IEHT3G3oT1kHEZZ20aRvoIIoq356epDahb1ZEWVUvQvHVlckVeYNeRcGNApufxUTdOROfl&#10;o9YV0V48yNIjYZTqNYzVw2tTt1IpajVvx8qFH1Eh/iZrNyk7lIw8M898xgHS20AGMG8pdYkatKmo&#10;bOK6++zefZmo2Kts3HsXrcqahq2cyTR+UWSrWI8JI7syZdSzn8kjmlE/f0arX8/tXf9H7x/u46IE&#10;L2t6FcfKOCSJyrI4dZyyP6lE6nwFKaYcR0NDIxN2JvoHVzl9S2Bbxxmn5PtoM1ua1MyP6tEtPP2U&#10;Mc3K0KJWLuLOenPIcCYVd5MjHhFU/KQ1DSzvc/SYvxISKDumE2fx1BWhacNiT85YM8tDVmQ5n0my&#10;OdKvq03Ks+bk9EF4nH8ARR1oVDKjA7SeEL8bHD5wks07jnMyQIfQxxOdTuSlf3ADL38o7lIpjZs+&#10;XwFdJLfOnWP3nuNs2HWZu1qBPjaOjK7y6IOVgOGGnpwW4fy74wjr/0j8bDofppSPllu37iv/RuN9&#10;PgB93nLUL/e0+UKdrwINypsZv2VAZUGl6mXJk7SSLfJTXKm7mpIONCj0ZM1TtEhu1CKKkNDk7UwZ&#10;lbElzs4lMbu2jyGf7+Sv6xFPWgATWJemdkUTLq1bzsBVblzO6OkrfTCungGIIo585GhuTDQwoUK9&#10;CtiqQjhnqBOviqFMXMo9LRN1TuyKKFtoeAQhhsXXh+PqdRd9DjOC/vv3yXpZ/6cPj5QqGecXwK10&#10;W/rSlqNuM/qUSqrPyvboeY0remssQy6wIWn6fxzDM0gZJ/4B1xOeQMiojLM6jSSWNP6kSYq6n7t+&#10;LZrnieHE/jOJAZk+jL//uURU0ep0cjbhnudVrov8NG5cOsX+y8y+MvVsVARe8jGmpOfZeUpvj6Tq&#10;L71tNIVp36w0Zgj8Dx9n76F/2XVXjypXZTo2fHrAzlBkEFevKGebaXwuXHtAcCZXkPSxscTqY3gc&#10;FJvFYEA5qCgZ04vEsfVBYQQLFbnz5kh1s6KavLmtUSln1uEJd3uaU7tRRfLFXOXAqSi0t84rB5p8&#10;1GnUgGZVlQPICW9ua6M5euIqMUWVs6ByKaeWUso8ZEXW85lIpdKgySgLyllbcLgyXvZsKCfuaTLc&#10;F/DNgFGUbzadntN/55sfdrDWI+NmfX1IBKFKPnPlzJbxzZ/PTc+DU1vp1HwoVT/5ltELt7Jw1SFO&#10;Psz49lEDERKuHDAFQWePsnjlDr5L+vxygXCbolQqrpSpTikPpfzUObKR65XscVSo0wjg1arEiSfd&#10;ZJx5GWtw6D+W30ZUQhzfTM92I6g+eBP7km6gMrFl1JJxTKolOLTkO2o3HkfXxR7cSevArxw4H4Uq&#10;OcuVk/ypVo4md3ZyqQQREc9zWfP5aTRKoSgLn7B8IpzHYcrfwdf5/cdk62Xlbo5F5qdcucLkfa5K&#10;pEKlTD/5T4KClZMEJVBy374z2fR38H+no7EtXZxSuQ3rI+Myzto0jFQqTAwbd3LKyUSnhrmI9HBl&#10;7yM9+sdn2OUeR8lmtahuJngUFIFQZSN/3lS/02Qnbw4VIiqTdZLWPKW3hlwzby01di1qKBuhsm98&#10;6M60b1y5r1dRoGEdmuUwjpIhPTc3LKZ2+4nUTeNTp/1XzHXP6HFYNSU7DWF+Cyu8f/yBqYdDMzy4&#10;pkVlaY6FEoCFh0WlPLNVphQSGpWwY8lj3EFZu1Sjfs5oTh07z/VTF7mSSzlbd8hDo9olUV8+y8E7&#10;FznoHkPROk5UzcJJ+/N4nnxmicoMCyWPIloJfNKMAWI49P1KFrpb0/uHJdw6/QPeBxazsUcGrToK&#10;laWZEuoJIqNi0rmXRTnIKDtcZc7pDE9H1DnmTN7OyeyN2PjPam4eXYrXvi8YmGHrUSKVpQWWSuBQ&#10;7ONRuB5Qfpf8889C1nYvgsZYHnrlYBH+vJXohWWxjE3y0GzEBE4fXsiGMZXRuO2k/6R9XE+KYQpW&#10;YdLybzm3ewLT6qo5sWopQ38LSFVPFCpzlNWDiIwkNNVAXWgkYYbAM9fLXOZ7Tkp+slkox2mb+qze&#10;k3q9LOHUkmaUecko2MrKXAlq8tP920Upp39gCV67xtK/pHGbyaCMszyNdFlQv3V1isZcZvehIAKP&#10;uHMqtijtW5dSTv5UWFuaGjZEQsNSVTxdJCERAlXON7hOpFdOBjBvMY1NddpVTdwA7z2IRqjz0PKj&#10;SiS7lS8DSgDUbQQHt8zm4OZnP4c2T+LzauncjZhEnY8uswbTv9hDfpu+inV3ntltZ0hT1JZyuQS3&#10;3S9yM/lPtQEccTNcYimFS9IlgOyVaO5sSYjrfyw+dgvzyhVwsVRTtF4lHHQ32PfjSY6F5qJRkzLK&#10;Qfx56YgMi0n3npjnymdWKDtkh5LWCL8buKd4KkTLw0cR6HWP8L4SgqpMTfo3KKDsgg0EcfHaDAMP&#10;TZFi2OdQ8nn2WsqnrOJCeRBimI+K7NZKKBYWTMCTSEHPI2W5zmdwHUh37yYXHqlwaNmM5kWN0aE+&#10;njhtqtyo1UqtMrz+/unM1QVsKZ9P4H/Jh4D0qoc6O/Z2uSDwFh7JLsXpQ6/jej29tfKSnrOM1TmK&#10;0nrwCBa0y0PM5RucT5EtNblKVWf8wr50KxjP+fN3nr2spqzzimWyKev8MsdSXPbQJQTkdyiAU5Xn&#10;u39CbWhm0mqV9WBMeB7q3FQokwtx7zZembzwThsVScRzrwY1hcoWpaB4xLkLQc8GdGl4toyffxpp&#10;sXCuTeui8fy3/whr918itlwNOiY8bKDGtmwx8ohATrneTzF9QyvvibtQ3NHemPKctDGERL7IipFe&#10;JRnAvM2UAKJ183JPrt2qizjRqUbWD9/qHAWpWtme6lWe/Tg7FqVAFloy1Lmq8OWCjjjHeDL1i52c&#10;eZ5WcPNK9G5fBC7sYti8k3gGhBN09xob5vzA8svm1O3ZDJcnebCicaPyWD10Y+tpHVVqViCnkqqx&#10;q0xDOy3HdrlyP08lWr5A80vUPz9QwWUgXX4PSrsV6bnymRXmNPy4JsW1l1g8cwcHboYSFHCDLQvm&#10;0nDCMfxVuShW0Bz9nYv8c91wN2kM1/f+xvhNaZzZJ2dZie6tChDv/idjV3lz/XE4fudOMH3AZAb8&#10;aVg2DRWrliB77EVWfn+ayw+DOLt7LV0nnuKhWfo3TWny5qOwpR6f015cNjyEERnA9nk/s+ZWytIy&#10;yZ+LfCotZ4+7c+PxQ85eeUScWXl6diiO8PiTEcs9uJbwjg8tQbeu8Meav/kn4eBpSo2WThQXN1g5&#10;dxf/+oVw99wxJg38nl9908/XS9FkoYy1N1kxfS0/nw4kXKcn6u459nmFoS5WhNJKbK+9sJfRcw9w&#10;zC8anT6WOyfP4Bakwq5EYeXsPjUzGnaqTxlusnTyb2w9/4ig4Ae471jDsDW3sXJpQb+qz3MjhYZC&#10;BXKiUvJ46FAAD/1vcSHgeQ6YptTu2ICK4jKLpm5jr0+kslaUWDckgP/27GHVv8ZtIdqVoQ37U3rQ&#10;fgIyjnOeYe7ckB5l4dSPK5l/yD/xHTlxEdzwOMXy9Z6J08ukjLM0jcyYlaFz88LEue/ie1c9VVvW&#10;oqyxqC1qN+KTEuC5egVT/vLBLzicO97/8sXkvzhn4cCgbi8SwMSya9Iw7GrP46dMgkPp9ZIBzFtD&#10;Q7YclpioTciZw8J4rVmNTbN6NMuvQaU2x7FdfWolxS8aS3Jm16A2tSSH1Ss+CJiZYKY2xdy4l7aq&#10;9DErJ1Unx8WdfL7WNyHNTBlHrYyQIpxSmSi/UWGhDEvMkRm1Ro7hu/b5uLF+KY0aDaBEk+kM2xGB&#10;y7Cx/NSriHE5DdTkrVed+jmVX1qWpmkt42PiJna0aFAIU6GmSAMX6ia7Ey9reYD48CgihQZra7N0&#10;KnzW85k4T6VsjN/TY12zGytGO2LitoXOrQZRotFUhu6IpWVXJ4qos9FuaGcaW1xiWseB2DoPpNGS&#10;ELoMqk1hZdoWT2aWcj0kNJePHsbUOhpOLPkG59oDqNjlBzZEO9G3cR5l2dQUaN2NaY1y4LNlCTXr&#10;DqXhl5dx+GIoQ0op0zIztrilnm6uGkwY7oilx3rq1/4M29pTmPOoLmM/yo2FMlJSdjTF69CvUS4e&#10;7v0Bp9ojaDbvDI/1JjgNGcmSTnm4uGoh1av3JI9DL0q0nMXwtZe4Zzyzt6rRlSWD7NH/t5F2TQdT&#10;oetqDhbuyA8DSijryjSNgMDImFfDJainTDA1U2OmlFXy2xNMzJV0w7gmhjWfhTJWWWEd6saUPqMo&#10;VrEHRZos4Jfgsnw+9aOEl0SqlO0w+MBa2jb9jHwV+uA45ACPnToxr4/hFQfPsnDuwpoZ9Sh6628G&#10;dB5OiZojaTr5X4KrduLXhS2eXLJRmyplr2znFsoypE9NyY+a0ipfGH9MHEvpxtOZctj4cHyaZaJK&#10;WL9qQ1kaK76ZYwdWz26EzbWddP+oH/kdulOgxlhaTdnDicD4xJYobRShUQITawss0s2Ooa6oMFfK&#10;LQWz0oz/biC9Cvny3bBxFK/UnTyO/XHqtYIfXIOJNcwgkzLO0jQMntkWkjOhSpu6VDGLJ86yAt1a&#10;Gp8iMzAvx+TF/fmkSAA/jp9CxZoDcOy2gg2h9nyxZCSDnlyiSmMZ052njrDwWITGgmzmGa1D6XVT&#10;CYXx75cWdm2L8S9JSk5PRMBtPK8FEanJgb1jaUrlfEMbvj6EzaMnMPxaLbZs60/jDC95v/p8xjz0&#10;xePSAyIt8lO5SnEKJY98Ih9x5uxtHqryU9WpOAXTPYqnFkfg1RucvRuDpU0JqpdTAg3jkEQx+J2/&#10;xsXHJpSoUo6yWbxzNiLgBu5XQlEXKUWtcrnSDir0ytmx5zWuhptTwrEcDsnuBI0KvIPnlYeE6s3I&#10;a7iBt3QerFPMWk+43w1cb0RgUaw0NUvnyPCen1ci0zLWEXzHBy+fUOKslXXkaEfh5E+iaSPwuXCT&#10;a4/iyVa0BE7l8jzzNF5qemWeZ8/7ci9KTb5SpXEq/uI3XetDA3D19ifUoiBOTrbkf5ECiw7iwvnb&#10;+IYJLHPnp1z5ohS2MqwYPYF/fk+tqb50XDWXb+tktmTpieXeFR/O+0eit8yObSk7yhW0SHaykEkZ&#10;J8hsGi9Jr2wTl25wKTAGTZ6iODkWSvcG+8zoHx6nT9sVXPxoEkdmOCa0FEsvJod9V+NfL0YGMNJ7&#10;Le7CFpr0OoXLsjl8Vy9rdw9J0gch7iZzu85iW9VxHJpZhdzGZCkjWryWTuWjPfas29KfpjJ6eSkv&#10;G8C8sgBXkt4+em5fi6DyqCFMl8GLJKWg8/MluEIXlo+VwUuW6QK5FFKCKV9/IoOXt4BsgZEkSZIk&#10;6Y2TLTCSJEmSJH1wZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSZIkvXNkACNJkiRJ&#10;0jtHBjCSJElP6Ajy8+NmkOyoT5LedjKAkf4HYrjl6c1xnwje1q7QIvyucsD1LsGyr7YPiv7BIfq3&#10;nkCNUfuNKe+e11933/7tV/owyABGevPibrB8wny6LTmr7ArfRvGcWbOMbkO2cCjWmCR9ENQ5S9O+&#10;ayM+a1vOmPKueQN1963ffqUPhQxg3kL6yCCuXPDh4t2IhC7wU9OGPeKyMvzczRAiMzsFig5WpnWb&#10;WyE6Y4KBliDf2wm/z2gHFBccyIVLvtyNSGcm2ij8btzkzIW73IvKKCMx3Lt2k4uBT+eW8PrnTN4B&#10;HfXgLl6XA0nRmh8Xzs0rt7n+yNjN8TPieXTnNp6GPGVSOLGPAzh36S73o40JyRnz9jKvqdaGP1LK&#10;/gZePkHprCc9EYHKMp735U5o8vWTJLPhyjIE3ef8+ZtcUco27aXVEeLvi+d5P/zCUk8jo2GJsl7X&#10;nl3Hr1LmyxmfUKfPXgsiveqaJeYl6TttCAu6lTImpJTpNmH0YnU3K8uZJJ6HN5Xl9QkmypjyxCuo&#10;u5ltRwnTTncGmddbSXoVZFcCbxNdMAeWr2DCmnPcjjKsFg15ytdh9ndD6FVKAxE3+eXr1czd7cPD&#10;eMMPVFgXrcjAyYOZ3jS/sWdfLf8tmsHgq3X5odNDvpq1H9fHyk7EoiDtp3zOj03DWTZlBd8dfUC0&#10;Mv0C1T/m5//rTH1Dj8VxV/iqx3KudhhGZ9/NTN5wmXvKvlZlXZj248fwQ087rBNm4c+WuT/zza4r&#10;3AxP3EGpLPPTdMhwfhpUntyGsDhhWv/HhTYDaO39M5/ve0BcrroEzDGl9gxX7odGEaO2JE82E1Tm&#10;Dny5bQy9cl5L/E3bYfQK2MS49Vd5qBwALG1r8M0PI2gT/BfDJ+9g/10lUyY5qTN4FOtHVCSPMQwP&#10;ObuP8dO3svNqZELgp7IqSLOBg1gxpCL5kudJmf6ngVuZ8Nsl7inlqMlVkv6zxzOveT400W6MaPsT&#10;ux5GEBqrJkcuS0xVZtSdMJffOuVKmE9mtD4nmPTlFracCSQ04QCmwqpoFcbPH8E452wJZw26B97M&#10;n/Iz/3fiAZGGVW2SHcc2PVn9dSPKKisys+GEXWflrJ+Yt/8OwQkLa06J+u1ZOq8D9Y0Fon90jm8m&#10;rGDJf0EknIyb5qb5pGls6lUUVQbDEjrpzUpdS2cdBy7OQcOJZ3GaOoulLXM8PUsKcWVkj7VcaTWW&#10;AyPLGBMzkYXl1Pm7MWX8an72ClUOu2pylavHl6OKsmfuaRwXfMV0JyW3ceeY1Gklbk1G8/eYsk96&#10;2o49vob6U6/T5ntlvGqG8a4wp+cy/nYawolJlYzLmIVtIlndepG6m5XljPPYSIuJvnSd14iApb+w&#10;0i2YOGV5c1dsxtL/60u7XB4vXXcNMtqOrA6tTH/7za/OvN5KUjKyK4H3hp5r65fRf8U1crTuzx9b&#10;53FgZV+65fZhv5dyjqV/xMZJ8xm/OwKXoaPZs20ufy/rQUuzayyZsJjvLhl2NQaCiKAg7nr+Sb+v&#10;ruAwahKH1g9nQMkQds1fSrv+S9hi1Zw1m75i/fBy6Dx2MmnNLWNLTzQPAx9xbOlCRh/LyeDvvuTQ&#10;r4PpUzyEP79ZznfnjPMIv81Jn1x0mTaFU8oO7fLe6XxVU8uhZWtZeS3pjMswrSDc1/zIbN8qLFk3&#10;mx3zW2BesQFTRjfFJYcKs3J1mDKuOzPGNKN2TkNVNPzmMa4/LWGCRzGm/DiHvfObY//IjWnj59Bx&#10;3Amse47mwMbxTHTWc2rVWpZfTJyf/t4xRg5bx795WrHp4Foeei5jW798nPm/pYzfE2I8mzVOf/VS&#10;xpzKz5hlszm4qhetrO+wevZm/g5XRjErSY/RXelb1Rq1aXE6j1LyN7Yb/apnvTPIsMuXuJq/LvNX&#10;L+Tc8RW4/9qT+nHefPP1PhJWk86fHz9fwkJPKzrNmsyhHbPZPLUeec954WbIQ2bDlbqwaepCpp7O&#10;zuAVS/E/v5azP7Wl6Llt9P/yFIEJC6sEsitXs+iyDVO2rubxxTV4re5Gs0KGo0hGwxRZrmvprOPy&#10;pbGPC2DndncePDl51/Po6HH+vK2nbKVixrRMZGU5dQH8NOUHVl3NSbdZUzmk1I0vyt5k+rit/BsQ&#10;xIMI4/mZLoqH94IJeBSdouFAFx6C/0NlvPCk1GgC7wfh9zDyyfcsbRMvUXeztj6VLTsyjHv3rvL9&#10;uNUctWnPuk2z2TLRiexX/uHz788Q+grqbmbbkWlG229m9VaSXjEZwLwt4q7xq3J2F1m+NStmNaOp&#10;YwlcGjVn3ppFrOucHe3Fgyw9EkapXsNYPbw2dSuVolbzdqxc+BEV4m+ydtMl44QSiehsfLxgKos+&#10;ccS5en1mDXIiV5Qf/iU/Zfu3bWlVtSxth3Shq63gmte1ZAcaQVSO6iz/dTRjm5fDuVZjFs5shr3+&#10;Ljv33EgcJXcdlqwdxZSPK1KhaG6KlKrIkP41sRN3OXclefO4nuDIQoxb2JfuLvY0amiPpnB5unas&#10;TBkrFSaFHejRtQl9OlSiZNIpsTL/yJw1+fHn/vSrU4Y6H/dgbENrIq8/wn7yFFb3c8almgsTRtaj&#10;hPDHVTnrVvacXNy6h70R5ZgwpxPNillgZl2ApkN78VnpCPb/6cHDZMsXmaMGP60ZwpBG9lRv2Jpv&#10;Pi2LyeOrHL+qHIw0+ajdtiFNSligMlH+7tCEvl0b0NA266ePedoMYvd3Xeley5biBfJgX6sVo1oW&#10;QPjc5nyMsqq9D/GTeyyOnw1j8SdVcHawp2WPPuzcN47euTMfrr12mOWHo6k1ZDAT6xckm5kFdvU6&#10;MrtbUYKOHmPvY8PCxuBz5zEULE0Dh+yYmFhRsmYjBjUthCbDYcr0n6uuPbuOyV2NLg1yEul+mr+S&#10;jr76cPb/c4GIgs50qmWRmJaJrCyn9toJ1nvEUbbXYBZ1V+p6NWeGz5vG6nZ5lVrxqmRhm0jwInU3&#10;q+vTSMSQq/kI/pzbipZV7WnRtw9Dq2mUQOMSF3UvW3cz346CCqa//WZWbyXpVZMBzFtC/+AGXv5Q&#10;3KUS9s/sb/Tc87zKdZGfxo1LY2VMNTCzr0w9GxWBl3yMKYlUlsWp45R4ucLA0qYAhTRq7KtXxCbh&#10;GoFC2cnZFlAhIiIJebKPVJHNsSrNCj6tGmbly+KcS+B3464xJZEuLBCPk25s+/NfNrs/Il4IYmMS&#10;rjc8kaNuM/oYLn9lmQrrcuWpabiklcAMWyVI0mhsqF0zT+LlDYVJ4XwUVkYJD4tIODi6et1Fn8OM&#10;oP/+Zf0fRxI/f/rwSPlBnF8At5JOlI3Tr5VwnctATYFi+chBFCGhyQ4UL01PiN8NDh84yeYdxzkZ&#10;oEPo44mOU9bl2Zv4UoA6tW2Ml/2Sy3z4Y89rXNFbYxlygQ1Jy/rHMTyDlIWNf8B1X8NyWOLsXBKz&#10;a/sY8vlO/roekeyAntGw569rz65jSxq3d8Ym9jI7DzxSpqhMNciTXafjKN6sNrXNE8fKWNaWM+zC&#10;Ta7rc1KrZnGeTFadi3q1iiu5eFWyuk28QN3N8vo0UllQyaXc00tP6pzYFVHWUngEIcmbll7Ec21H&#10;qWVWbyXp1Xu6RUr/U/qQCEKFilw5sz3Z0T0leBQUgVBlI3/eVKtMk528OZQgJOqZW/lSUqmU3Wtq&#10;SlrC5ITyXwaU+ebMrswjxniDpj6EI8vmUrX+aJoP/5GZy/5g0ZbLT5q6n1Kmr1GlsTzPJzGPqahV&#10;iZXXkHERzuMwgT74Or//uIPvViZ9dnMsMj/lyhUmb0aZUAI7tTIh/SuKXxLuPRkwivLNptNz+u98&#10;88MO1nokXcYSBIVGKuvSitxPDnTJZTYcgoIjlbyG4759Z7Jl3cH/nY7GtnRxSiUEZxoc+o/ltxGV&#10;EMc307PdCKoP3sS+u4ZQJaNhz1vX0l7HVtXr0baYDre/Xbml0/PwsCsnYgvRtrX900AjE5kvJ0rQ&#10;GYVWbU2eHGmX1WuTeptIR6Z1V5G19Zk+jVL+KCcPL119X2o7yrzeStKrJmvaW0Jlaabs2AWRUTFJ&#10;+7VklDM7S1NlHxFNaFiq3ZQukpAIgSpndmPCayAiCQ0XaLIl3K5I5InNDF9xmZydJ+DlupqLB5fi&#10;vqJ5Gi1Hb4jKnGwWyo7cpj6r9yzF60Cyzz9LOLWkGWVeNorKshgOfb+She7W9P5hCbdO/4D3gcVs&#10;7JF0VqrCysKwLmOJTLjLMbXMhivBgZW5EjTkp/u3i1Iu64EleO0aS/+Sxs3aJA/NRkzg9OGFbBhT&#10;GY3bTvpP2sd1Q5yS7rBXVNfMytC1ZVF0506z81YQe/+5REzpGnSukPVKkpXltLQwQaWPISyzx/GU&#10;IlFieOU4/9KH+USptomXkeX1+bq91HaUeb2VpFdNBjBvCU2RYtjnENw+e42EE+EkcaE8CAHbssXI&#10;IwI55Xo/xbV97a3znLgLxR3tjSkvSxB18xbnku5hVMReuIRriJoSZW2Vb3ruXrxDoKoY7btXo7jx&#10;dFofpyU+y/st5YxdOZho4+NJecHpBalzU6FMLsS923g92wz0QtTKWTJaLcpipaSNISQy3XZ05SD/&#10;CO8rIajK1KR/gwIk3u0hiIvXGgNTNcXK2JBLWZceXo9TrMu4xyEE6TMfXqhsUQqKR5y7EJRieHrU&#10;OYrSevAIFrTLQ8zlG5xPdpvSs8PUr6iuaXBsW4vK3OLPDXvY4aHFsUVtkscv2qhIIpLfMpVCVpZT&#10;TZ6ShSlIEF5nHz4dRx+hlN1dUjwdr7Iim5Ug9EEwT+IyfRgn3e6kHC9NmW0TL+P512dmXrjuZnk7&#10;Smv7zazeGr9I0iskA5i3hWUlurcqQLz7n4xd5c31x+H4nTvB9AGTGfBnEGa1G/FJCfBcvYIpf/ng&#10;FxzOHe9/+WLyX5yzcGBQt1cVwCg7nEu76DV8M7uvBhN47TQz5h7Cx6wkXdvYKUPV5C+cB2v9fY7/&#10;64fhKn7Ezf+Y+uXBxDP7rNDkpmBeFfEXz7L3Vii+l+7gl+6BLCtMqd2xARXFZRZN3cZen8THP+NC&#10;Avhvzx5W/Rv0nM3rGgoVyIlKe5NDhwJ46H+LCwGGKcaya9Iw7GrP46f0dvCaXBQraI7+zkX+uW64&#10;vBDD9b2/MX5TwJOdulXt+nSw0XHyp5/47pgy/eBHeOxeT8dOy9h8X5/pcHPnhvQoC6d+XMn8Q/6E&#10;JCxsBDc8TrF8vScBhqwpeV8xfS0/nw4kXKcn6u459nmFoS5WhNKqDIYpJ9EWr6iuaUrUoVMVNWc3&#10;/c0JXWk+bmXz9FJTtCtDG/an9KD9iflNQ1aW07xqLVrZCDx/+5Ul/wXy4N4NNs2dR5/f/Y1P1hmZ&#10;2OJSwZKY0/uYs8+PwMBbbJk7nyF7QjFXDsaZyXibeDlZWp9Z9hJ1N6vbUTrbb2b1VpJeNRnAvDUs&#10;qD96GFPraDix5Bucaw+gYpcf2BDtRN/GeVCbl2Py4v58UiSAH8dPoWLNATh2W8GGUHu+WDKSQcma&#10;mc3MTJTxDZekkjE1wVytfMw1yVa6BnMlXWNmhumTnbiKnPVb0UN/mL7thmDfdjGrbuWh64yhDLdP&#10;PPzkadGRiXXMODl/EqWdP6N0580EtvmYTgVMleknTV3520ylfFeOiKlpCtHpEycKBp1iSMtBVOr2&#10;G/sS3ntu/I2hKToZM1NTNMrHQpOsumpMMTNRY6Ysj4GZYwdWz26EzbWddP+oH/kdulOgxlhaTdnD&#10;icB4Y+tH2tNXmSnp6sRhidSU/KgprfKF8cfEsZRuPJ0ph8OUdB1h4bEIjQXZnixnatloN7QzjS0u&#10;Ma3jQGydB9JoSQhdBtWmsFIWFobsWlVg6ryuNNZc4uuByvRrDqfJpH+JatSUloYbRTMbblaa8d8N&#10;pFchX74bNo7ilbqTx7E/Tr1W8INrMLGGhVVZYR3qxpQ+oyhWsQdFmizgl+CyfD71IyqaZjDM0EKS&#10;5bqWwTo20OSnQ7uK5FSCJNOqNfnYNlmZaaMIjRKYWFtgkV5RZmU5LR2Y8lV7quvO82XfUZRpOI3x&#10;JwswcWg1UlzoUuei0+hPaJn3Hr+Om4B9/clMcCvG7G9aUVbZBiyePAWX1jJlvk28TN3N0nImjGeC&#10;mVJPn+bVQKVs76aolU9i9X2ZuqvMIivbUXrbb2b1VpJeMfkiu7dOHIFXb3D2bgyWNiWoXi638TKE&#10;kT4Gv0s3uBQYgyZPUZwcC5E7aR/6suK8GKkczHa5jObqwsrcO3uFK2EWlHS0p+wzM1Hyce4aFx6r&#10;lYNgOSrmf94bYPQE37qGu3KWZ2lbmlr2OV/NkwvRQVw4fxvfMIFl7vyUK1+UwlYvtvPUhwbg6u1P&#10;qEVBnJxsyRt8nD5tV3Dxo0kcmeFITuN4aYp8xJmzt3moyk9Vp+IUTHHQMYoN4eLZm9yJMsfWoQwV&#10;C6QaKbPhyln1vSs+nPePRG+ZHdtSdpQraJEsQNURfMcHL59Q4qzzU9nRjsJPHs3JaJjRK6hrUadW&#10;4zLgGKWnLmJ7z3zGvOkJ/PN7ak31peOquXxbJ/mzTmnJbDmVKYYHcsbbj8emBXBytsX6n8XYj79K&#10;h5XLWNYgWVAR9QhP7zs8NC1I9WpFyZPZ8jzXNvGyMl/OrHqpumuQ6XaUwfabab2VpEQv+yI7GcBI&#10;TyXfWX9XM2Xg9MHT4rV0Kh/tsWfdlv40zfQIIBle7rZ30lh67rfl278n0T/pLDzuJnO7zmJb1XEc&#10;mlmF1/GKkKi96QQwz+u92CZk3ZXeTvJNvJL0JugCuRRSgilffyIPAFkV4smWIyFYOdegdf6nuxqd&#10;ny/BFbqwfOzrCV6kVGTdld5TmlkK498vLfbxReNf0rtJRXyUoGi1atS3T9aHjaSE+jlwbOBMjSKy&#10;OTyrdI/ucz06L617NKWuUm5P7jDKY0fzJmUpltUXwrwAFVoi1QWo06gCZXNm4S7ddL0H24Ssu9Jb&#10;yjxvBeNfL0ZeQpIkSZIk6Y2Tl5AkSZIkSfrgyABGkiRJkqR3jgxgJEmSJEl658gARpIkSZKkd44M&#10;YCRJ+h/QExenTXw1vSRJr5w+Lp6493wDkwGM9BpoOb1yAW3G7uNcUoc02ghuX7/Po5fq8+jtp728&#10;l88+/ZbF3il64pGe0OO7fw3N6/WhQKVeFG21lqPveZ14FyTV2+/f+nqbxr5FSkHnf5ovug+hiGMv&#10;CjqNZfKpV9Jl7ltJBjBvBR2eq2ZTtdEwqnTdyPEUO/QI9nw1maqNR1C18xr2hhqTE+g49/M8nBsP&#10;x2ncUQL08ZxYNI3KDYZRvv5Qyiv/r9BkDLW6fsOQ74/hFfKmwnEdAVcucdLDl8R+4/Tc37KEGm3G&#10;8+mGhwljZCbC7yoHXO+S0EXSO0T3wI//PC5x8RX1iv2ulkO6oryYP2c/5/M3ZtXqSSwfWIkib3Qv&#10;FMMtT2+O+0S8/a0/kYG4HrvI1dDXn9OkenvhFdXb1yf1vuV/7W2rTzEcWP4rP13OxafzJ7N1bnsa&#10;vcf9UMkA5q2gopA1+Ac85tbFMxy5mqxb5+gr/PX3LW76P+Tmhf/Y5RFrHKDQPeTIwXNc939MmFk2&#10;cqnjuHn5FrfvPyYgKJqY2DjCHz3g0llvNq5YTpsBf+DxPznbVZPLsSZ9Ojeli1MOY1pG4jmzZhnd&#10;hmzhULLF/fC8f+Wg9fXhXJCaym1a07leFTp0rIb9K+kEK4vibrB8wny6LTmr7OrfbrHn/mLAkPl8&#10;feL9PYN+571t9UkbiOelMNQOdRjWpgpNWzWkealX3WfX20MGMG8FNQVrOuBg2JFr7+F+NvRJNB93&#10;5QruIcZ3DYpw3Nxv8yQGibyOW0KwY4FLrXIk7xLPrEZP3E+vxvfMCvYNKZ0wLOLScba8ribiuDB8&#10;Lt/k0r3oNM9ELCo2YcHXn/FZpZSvX9WGPeTieR8uByR23f9E0iIn/u8Z2vBHXLlwAy+fICIzPPWJ&#10;5+HN25z1CSbKmPIMfQz3btzE8+oDgtMontig+5w/f5MrgTHPeZYVz6Nbt/G69ojwZDFpSso4d27j&#10;eeEu99JakEzK4cVkMk+jrC93FsrYSB8VS6RQYZ3NivR2q5GBvnhdDSIixUx1hAT44XX+Ntcfvlx+&#10;EsryeQs0Olipb7e5FZJ8RWoJ8r3NuZsh6R+8tJH4XVfq1uUAAqPSyrWyXP6+eJ73wy8s7UqS1VeN&#10;Zn2beE6GbfuKD143Uq+T9L3S7TOTfUu6Mtmus7odvIr6lHadzur8U8moTinLHBktUFtbkfP9jVue&#10;kAHMW0JjW4HaRQ2rQ8d5z2vGDUWPv/L3bcN+LeFt6HrueF7mjnE/F3vhKt7Ryh9mJanvkk6PviY5&#10;ca5flsKGyiy0xMU/7547M3p8//mVpg2HUO3jydRqPIzaEw5zNVWLQdyZzTRu9AVTk67H6kM4vGQ2&#10;leqMoHbnKdRsNIgKg/ZzNcKNEU2H0Xv7Y3TRZxjXaAAlaw3j0z9CEn6m9TnBhE9HUbLmcGp0mkrD&#10;j4ZRutk8vvV42oQb57GRRk3ms8Ldjem9R+LQaiL1lfEcOv3CrnvJN3g9949toVOzQZRvPZlG7UZS&#10;uu5EhvxxNzGYCrvOynFfULbeaOp2nkyNBoOoNugPjgVlvrPRBrozpedIyrecSMO2IyjXejE/X0lZ&#10;KCFn99G/3WDKNp9Io07jKV93DF1+uMAjw+Sj0y8Hne/fdG04nE5r7iq1xUgpz80TRlHu43X8m2w2&#10;2uu76dBwBAN3RyR8z3CeSbKw3Fkv4yRx/DNrDOUH/6PUZy3H5o9RlmcIbVb5KmWt5b9FU3AcvIeD&#10;WxZTu+nnNGz/OWMPJYbq4RcOMKzzUMo0mkDDzhOV+jyIqp/9zh7/pwf8rOQn6sBKqjT4jt/v64k6&#10;8hMVaw6gVINFrH+YVn6T8rSXE/+spXkTQ32bqPx+LJ9u9iPm8SUWDh6LQ7OJ1Gs1jEq9tnAsxSXa&#10;aLw2raCRkteKbZS69fFYytUZzcffuuNrPJjqH53j674jsG/8OY06T6Bi7eF0WW9Yp7H8NXUUDiOP&#10;4q+L4++Zw5X6PhCHUUfSvGyS6TYRcpoRLYfgPO5o4r7EQB/EtknK+u+8kf/SbZWNxOO3JdSpq2zb&#10;7afQsPUw7JvPY8HpsCfbWmqvevvMyr7lWZls14rMtoOXr08Z1+ksbYfPyLhOxfy7mmoN5vOzn564&#10;/9ZRTakzZT/dycU0g7f3gwxg3hZmJWjglFOJUwRhSmByPqGeR3Ha01eJ002pUb8iuZQgRnvtCv8l&#10;7Ch1+HjeQNl2MLGvQIMCKVeliAnn9s0A5SzIkxWrT3NL2XFZlKlDl6pp9cyrJ2D7EpybjKBS42c/&#10;js2+4tvzTw8Wyelu7Wf45L+5lK8ei36Zwz//1xnHq5tZcMQQWT0lIkIICHxEYHhiABV3ZgfjfrxN&#10;2VFfc+viBnwPTGZa/TyYKsFYj9Fd6VvVGrVpcTqP6s6Msd3oVz1bwu/CLl/iav66zF+9kHPHV+D+&#10;a0/qx3nzzdf7uGTcUEVkGPfuXeX7cas5atOedZtms2WiE9mv/MPn358h6TYinc/fDBy3HdfsdVi0&#10;+muObfqC+e2yc+bodcL0j9g0dSFTT2dn8Iql+J9fy9mf2lL03Db6f3kq4+vvIoq/FqzmcKHWrNnw&#10;NbvmNKbUA1cmTdzJGePBQn/vGCOHKcFGnlZsOriWh57L2NYvH2f+bynj94Sgz6AcNIXsKG0exL//&#10;eD49IEVeYt+/D7h31Y093kmXHPTcPurG8Yc5sC9vlfk8E36SteXOahk/ZYJjuy5M61GefGoN9i06&#10;JSzP8Ib5lSGCiKAg/M/uYdT3gTSdPZMDvwxnYEUT9AH/MnTIz2wNsWfCopkc2fYl68Y7Yea1mwGj&#10;d3LWWJ5ZyY95xQZMGd0UlxwqzMrVYco4pUzHNKN2zrR2g4l5uuv5J/2+uqIED5M4tH44A0qGsGv+&#10;Utr1X8IWq+as2fQV64eXQ+exk0lrbhkPkHr8dv5Aty9PEFy1I7+sm8uR38cxq6EprquX0XfVLSWc&#10;Uw5wK1ez6LINU7au5vHFNXit7kazQoZmWFOqdOjK1G725FSbKAerrswY9wnTPilP7jSymuk2kcuJ&#10;fq1zc3ffRmbtDVZyp+fhgQ3M2B2KY9cmuKTZRZKeuztX0X3+RfL2/gJvz9/xPziJkUVuMG/8z2xL&#10;M+h7xdtnFvctqWW4XSvDs7IdvHx9yqBOZ2U7fEbmdYry9Zgypjl18qgwKVmDiUqdmd63GrZv8hLt&#10;GyYDmLeGOS41ymC4Q0TnfwNXQ2QSe51T52KUfX9RGvZ1wclw9SXGh5Oeyl5bH4HbWX9lN6jGzqUi&#10;JVM1F8Z7bKZJq7HKWdB8Zhx+jMhmR+/hzXBOs6FGTQ77anzycX26p/VpXwuXQml1iKfj4u4jnIqx&#10;YdCcAfSvU4YaTVqzcs0oPi2ecftl5O1A/MmDU60S5DHRkNO2Ir17VaekWT5qt21IkxIWqEyUvzs0&#10;oW/XBjQ0boV52gxi93dd6V7LluIF8mBfqxWjWhZA+NzmfPJ2fBFDruYj+HNuK1pWtadF3z4MraZR&#10;dhaXuJhw0NPivvUfTkbbMXzeAPrVK03lqk4MmDIN92WNyHHtMMsPR1NryGAm1i9INjML7Op1ZHa3&#10;ogQdPcbex2nvZhKpKdZuKDsXtqWNU2kadOnHd92LoLv+H3+cN+zFlXLbuoe9EeWYMKcTzYpZYGZd&#10;gKZDe/FZ6Qj2/+nBQ1UG5WBWipZ18qK/eJaDDxLzEeN5jtPRluSyfMyRY8bLjMpZ9qETtxBlqtDS&#10;TmQ+T2VS2udZ7kzLODk1harVoWf9omRTqShUpZ6yPI1oVdbSOFzJbkg0JQeNZP7HDrjUroZLYYH3&#10;5t3sCyrMwHkjmdjagWqVytFuwHB+7GNL3MVDrHFPdn9IJvnRFC5P146VKWOl7OALO9BDOXj36VBJ&#10;qXPG36dBRGfj4wVTWfSJI87V6zNrkBO5ovzwL/kp279tS6uqZWk7pAtdbQXXvK6RsDq0t/j15zM8&#10;smvBim870cmlFNWcazB6/giG2Wvx2nKQE3Ex+Nx5DAWV+uGQHRMTK0rWbMSgpoXQKGVV1LkuPesW&#10;UcpK+bt6A6WsmtCjdiHSymrm24Qp1Qb05f/bOw+4KI7vgX/vgKMroGBD7IiICGLv2EtiiS2WJMYW&#10;u7HFFtM0RmM0ltgSE0tiYosl/tSoMcYaC4IICCIIgqIg0otS7v57cCDgAQeS/DXON58zx+7ezrw3&#10;7715Mzu7O75eEr99vZOjYddYvPwCyc0H8vkAG+2X8jLC2L7Vg0S3/qyd5EItU33Mqrsw+4MuOMR5&#10;sutP7bMwZeefpY0tRfu1lS6+lyNYGdiTNpvWufy86GBTFyzqM7C/C/VNZcgr2TNEqs+ITnaYa07x&#10;X0QkMC8Q5Zs3xEVt/BnhXPFMIS0wAI8YFXLrurR2aUirepLjqpK44iF1UE+CuHxDCt7y8rRuWeuZ&#10;wCa3rkX3Ls3o3aEhjW0U0s9C+W76Qt7eFSG58LOYObVj1pTBzJ/67Gfe5K60t9ZmKqlc84lAWcGB&#10;9g5PZ3bkFRvSoUERvYKEeWMHXAzC2ThnLStPhBOrfYKnEJTEhQfx54nz7Np/lvMRmaiU6aTm7TRl&#10;RjRq7oBVTrUlPdWsKmVviUlkLSmSOncPnyiwdcS9YPYnnf+RZyABSlOM43z5+ddT/JT1OYNnjHRs&#10;ehS3wrRFGQ1S2W4dXKicqzJ9GkmJjJXyITeDUqTTJ3LJ6y7Kcgpi/j6tObf0ORhMtHT6tPAIQjSj&#10;Ve0Y0LRDIyql3+KPs+qOJINrfwcQU78LE1sZcvvCNQKl3ytjr3PSR0m9dk1oINelzBLKXZyOS4qZ&#10;M6MGV5O0pUEZyyXPCFRVnenlnHftlD4N2zXEThbHdXUb5lDW9ZGQGdegjZtZbqA0rmZDZT059s2c&#10;qJZjNlKCaWcjk3wsGfXkqDLqJhdDVNi1aYrb0/xMSjzt6NzSGll0CJ7hhjRtWhtF4FHGzz7A/24l&#10;afVL3SnGJ4zrM3N+V2pHnuX94Rv5KcaeGdLfdXNkKIAyNpDLQUrKGyVyen+OHZxip0+CpP0MQkIe&#10;SP8WRhn4Z2ljS5F+LVES3ysLe3rGpkvn+7rZVBEx6T9KTtMIXgDkNg1pY692usd4eQURLnUmQZIx&#10;mzs3wNWkMu2aqkdL2etgggID8ZS8SGZWnw5NnnVo/fqdWb9uFj9/+xFnji5kegPpvJlxnNh8nIt5&#10;A0kOyTHcDJBGSVo+voFR2hOMzCRik5TIy6nvgNJs0xF9+9fZtmYgHVXeLJ48G+dey1j0Z1QRQTEb&#10;9bqBL8ZMpUHXhQxfuIMv1u9nm0dh06750dOTSQmgKvtYpVT3RClGmZthqSXOxcQmo5SCzZV9B1ix&#10;cX/u55uLqdjVrUEdbXP5RSAvZ0o5uYqUZGkYqkrkUYJUj9hb7Pj26blXbDzEmWRrHByqUEFLnfJi&#10;0syNDlZpXDrjQ3xGBKcuR0sjdTeGd7BHccubE+GZJPztzaUnNnTqWBN9Hct8Xrnz6biEyGR60u81&#10;f6hRJhAdL223KI91AX3oWZpjIVORlFTo0s8snqc+WpHJspej5UPalqUWlfSfVO2YBGJVMiwrlCsw&#10;uyGngqUpMmlkn5gkw3H0dLZPboTq7C6G95lMs/d2cvRuydMYXX3CvFlP3mksIyoqHtNW7gxXD4gK&#10;QRWXKHXSKmK8/+LrPHaw4gdfEqvZ0qhGQdmyKTP/LG1sKcavn9f3SmpPz9h0KcvXzabKzMpfGkrY&#10;7Qj+UfSq0KGZOklREXndl92X1ZcC9HF2q4+5+v/N7LGS/Cfjlj//O3OLYKm3N3J2oq2p5veFYVaL&#10;jq6WWY2dGR2DNCAqgJLbP39N675zaKvl06bvZyzJO1Wfg0yBkZQ7KVNSSCyx7+hRtf1AdvzvG/5e&#10;N4ROcj9WzFzPxttFnegxJ1dtZPkVU95av5qQi+u5duJrfhmWZ4SjK5q6q1Ilx9cymjIxMUSmZ83Q&#10;r1bidWJNns9qvH6bzujaJXMdZaJaR3LMykkjOJkhZkaSBqq1Z/PhvOeWPsdXc2F1V4roW7IxcaR7&#10;CzMSPa7xV4gPZ4PMsmbiqrR2xlUWysmzDzh7xp+kys70bCRpR8cyy1ru50Kqs7G6jZKTiS9gs5nx&#10;ySRIAd3C4sWbIJcZG2Ik+XBiQkqBWRUlcfEpqGRmWKkTQX0ruk6excU/l/Pz+43Ru3yA0XOPcqtE&#10;OYyuPqEk5sx+vvM2pH49S5JOH2KVR95rOvmRGRthLGVl1ftN5VI+O5A+x5ezbWhVLQlM2ftniWNL&#10;MX5dJr73PJSyfJ1t6hXj1ZP4hUZKUlrUp6I6SQk8zQ8eqdKmKrRwy04+TJo4Zq9heRzI97uDSZdC&#10;SMPmDdF6dScPyhh/jlxWL96TTmdnS/1n1vHKqTlkMn/sXsQfu579nNw1l9lNtCz+lZtjX9MCIkPw&#10;yDN9qYy/xaVb2qZ5tCA3pX6X/ny7sB1Vn4RyNSA7UZLL1UrIIE1K0nLJjOZaQByyei0Z3cFGcmg1&#10;KtLSM7JGviVC6qQda5uiCg/iSr47HzJ4GJ2CTX1bKqmiue4bU/KpfdUTAn1Dyb7vR00GPh63eKRX&#10;GSd7Y0k4SxrWs0B1PxSvYp7GpVUPWZjQoWMDzBP82PedF96KerRzNZRy4MZ0tFfi+ecB9l5MolKb&#10;pjSTArpuZcqp/DxylzVSGznVM5PayJ8z+S7ZZXLrgh93sMHNpaJmm67IUA+iM9LTJf/5Z9CztcPB&#10;QkXoFT9u51Vi1kyZ+vJGHZo/vb6IvJwtvd+bzJd9rHjsH6RZwK/eIZdaRP3KhSJaQlefSLjO4qVn&#10;iGnyBtu/e4u+lnf5bslvXC3kjh65jR0NKqq4dyNYy4CnEMrSP0sbW4r06ySUJfA93SihPZWy/JLa&#10;1KuCSGBeMEyaOJF1w01GAlFxKuRW9WiZk5KXc6Stg/RdlcqDqMeopOSmfatKWkZCkO59kH5vzKVD&#10;v5k4dV3KpiDJ6vWtGTi+C05ahkPycpVwbWxPM5dnP02dbbFRd4LPYECLHm7UUAWxUQqGp8PjuHv9&#10;DHPHrmJrmOTVhZKJ17ZvmfuLLyFJSpSpUZw6eYtoeSXq1VJXTo/KNuWRZdzm5MkIHt4LwTdC6sH1&#10;LKheyRDlHT+O31KPHh9z68h2Zu7Uvq6naAzp2K8lNTJu8PXH+zlxO56YiCB2f7mEjrPOEN2kI8Pq&#10;w4VvN7Ls5D3i1AlEWhJBHhdY95MnEUXGHiV+W77izZWX8I2MI+DEz8zZFYGiYRsGOqpby4DWb3TA&#10;SeXPygV7ORKc/QyctLgI/j58mE2nY7KSzUL1oMGiTRNaGcXxv0O+ZDg50U49GaFXhU6tq/Dk0ll+&#10;e1gOd3d7TUeiW5mGTZ9H7rJGQccB7anHbdbM284en2hiYqO4sn8LE7eEYtK8O6NcSzi217OkUgUZ&#10;6X7eHAmJJ+zGHcJ1zLV1xrARb/WtCr6/MXHpeTwjEom5G8jPi9ezzt+QtsO70lx+mw0Lt/H9xUgS&#10;M5Wk3L3OUa8E5NWrUlczVtC3tpAGMxl4n71C0KOHeAdEP30GVA46+UQqZ77Zzvb7dkyc3R2HKq34&#10;eLILxv7/Y+7WO8+eU42iAcP710DlcZDJ6zwIzHpGTQYxIQH8uuV3jmvrfMvUP0sbW4r263tKXX1P&#10;R0psT6UsXxeb0hqj/9uIBOZFw9yJ19taYqhuGbkB1du70ixn/aJeBTp1qo9lVszWo7xDc3qqE5pc&#10;9LGxUV9sknKcxIf4+IVII6L7xCqsadqlJ19t/Yx1Pa3KtNFNWgxm9Th7lH//Qp8u79Fw8Gb+qPIG&#10;68fUwkhh8HRxsUIfhSSPYdYGGeVNkvjfF4twaTqMCq5TGLIrgZYT3mFCfbU8cmr36kLPign8Omc6&#10;dTstZP6f6hsgzegzYSCdjG7w4RtjsWs6FvfVcQwa15oqhgYY5ahCU5Z6KvkpMhRSfeTqOmnin2nL&#10;IWyY5oz+5d0M7DmOWu4LmLD/CT0Gu1HVqC4zV4xlROUwVkycQY1GQ7FyHo3biA2svxTLk8KGlAb6&#10;GBjVY+rCDmTsXU2b9u/RYvJh/Cu0YtmS12io6W8Vzv3ZvMidaoEHGNprFNaOQ7FpMZ2e8w9zLjJd&#10;M2ItTA/ZyC1deL2VqSSZIU3aOZH9xHA9nDu4UkcqR17JldebZ6cvanQqU6Gj3DrquCByA8kG5PrS&#10;7/JboUI6n1xqw/yPOQSjpoPY8lE7bEN+Z8zASdRqOYUu804T6zqArcu7P51u17U+epUZ8KYblWIu&#10;ML7HOBoN2c7RQt7TkF0nRf46Se2rrr+hofpeoRz0MJS26ykUGGSVo6DVlPdZ0bciQT+tkZLIMdTq&#10;vJCJ+5NoPnE6342oKo3aTTCNv8z8d6ZS3WkYVTt/yQ+x9Zm9oFfuAEOvRhtGuVvw8Mh63FpPpuvS&#10;qzx6pqrF+0RG4FE+2RWN/fC3mOqszo7k1Bwwgg9a6OP5wx72qR8+otFftn+q0cdt/BRWD7DCb9Ny&#10;mjUbjpXjCGr1+IRJ225wX2snXbb+qXNsKUCRfi01mm5+8Pz2VJhN6+b7BdHBptSHZfmWpp5Zv/tv&#10;I1NJaL4/NwmBuzXfBK8WShLDg7gUlIRR9bq0rFtOp2veGfEP8PK9S1SaMXaOdWkkjd7yooyP4NK1&#10;e8QbVcLNzQ7rnJMmR3PVO5SHMmtc3WpQqbBIpiOPH4bhcSOKZCNrGrvUoHK+ajzhfkAwPveSURqb&#10;Y1enJg6VjHQKDsqkSK5cDSfOpBJNGlfHWls9U2Pw9QklLEGFsaU1Dg1sqWKS/+yF6qG06FDm88j9&#10;T6CU2tzbJ4z7KXIq1qmLWw2z7IBdKpTEhgRyRRr9GtvVpZV9eZ3steQoSYoIxTMwhmS9ctg716VO&#10;vmfOZBJ7Jxiv4HjSTCXbc65Jlbx3mKhRJhHkGcjNRENqOTvgWNgK0zL2ibykRN7BM+Ah8UoFFdQL&#10;eOtaYVqUIZRpXUoXW9QU7dcSOvmBLpTSnkpVfnE29XJRzn6w5lvpEAmMQCAQCASCf53nTWBe3tRN&#10;IBAIBALBK4tIYAQCgUAgELx0iARGIBAIBALBS4dIYAQCgUAgELx0iARGIBAIBALBS4dIYAQCgUAg&#10;ELx0iARGIBAIBALBS4dIYASCf5uMNJ6U/NnqgqJQZvAkTfsTdQUCwX8TkcAI/kEyub5tFa9NOsiV&#10;sn7fzMtKqi+ze47Cfc3trHeglI5/X68Z/kd49+2vWHUtp9YvUtsqCduxhFrtv2bXQ5HECASvCiKB&#10;EfyDKIm8FcCFy3eIKLPnPb/MKIk69jt7ImszpF/N53h8/b+v18yocP72uIFv7kv8XqS2lWPbqwMd&#10;M7z4dl9pXhwoEAheRkQCIxD8W2RG8+s+b1JdWtG/hnC9skRewY3+bRRcO3SW3EkigUDwn0ZE0ReU&#10;5MgwvG7GkJRvRjyd6DuhePre5X5yIVPlGSmEB93mqvqYlKKn07WXUZBM4iPu4nX9NjcjH0vj7rJC&#10;B1meIYOYcOk3/g+IKeayhXbZMomLCMfLJ5RbD8tIlrREQgJCuHE/tdiRvzLyKoe9MmnUtjHVytLz&#10;nsQReCOEm1FPNBu0kJZAcEAwXkFFtXdp2kSDdP4g/9tF6EEHO8pIJuxmMJ63oonTloQUKYMJHdva&#10;owjx5EiAmIMRCF4FRALzwpDB3yvn4/zeYf7Y/TWtu8ymY9/ZTD+Z3VPHeR9ldJ/3qN9tDu4DZtKg&#10;7fsMWu+L+k34WWTcY/dnn+HacgxOvefRSX1M66kM3OiP5u3uEkWXkZ9MAg99z2tdx1DbfSYdB82j&#10;eYdxuIzdz4X47BPGHNuIW7vpjN4XldtpKSPPM6H3BNxXBFBYd1qsLFrIvHuJOW9OxL6L9Jt+06jX&#10;cjS1JVlrt5rMe0dSpCOKli3R9wQTB06gnvssOg6cQ9P243B9dweH7+XUPJ1TS2bhOGgXl/KqI+0a&#10;H0jydPr6Jtmbs8tpPOkYF45uo1fnCbj0nUsr9/E0m3aM6+qqFEL8ZT+uZVbEzdVG8yZlJbd/WkZD&#10;9yWsC34qvDL6LGO7jqfdUl8ea7ap28P/h89p2Hktu+M0m6S6hB35ns7uE2nWfy7NO06k42eXuJuv&#10;/07GY/tq2rQdT5O+8+nYW9Jht6V8eTEhXxJRmjbJJpP7J7bTU9KDW795WXpo/v4JfFI1u3WwI7Ue&#10;os7vok+n92jUZz7ur02S2mkp3+bqRBcZ5Fi51KM+9zh3KTrXHgUCwX8XkcC8MKhIionhnvdhpq6K&#10;pMuijznxwyTGOumjvH+GKRN/5LRVT3b+sY2HnmvZO6oiV79Zw8zDcdlBPDGU88EWDPpwPhdObsT/&#10;yEI+a5nBybXb2BiYE84LL+NZUvC+fI/Kr49k329ruXlmJb/NdiLt3B7mbg+Xuk6wcu/KQJto9q3c&#10;wa9RUi2U8RxasYPdj2oxcog9Bd9er0YnWQqijOGXJZv47r4DXx78nkdea/jxjYqkJJrQ5q1BjHA2&#10;kg4qQn8Rp5kw/nv2xNkza+XHnNr7KT/OdEPhdYgx0w7gnZWZKImPfsSDB3EkqP/MITOVqPuxRDxK&#10;kUpQk11O+MXdDFt4DZu3pnBsz0LWDqpC1LFtjN8YpEl0CpKB/40wUuSVcaiTo285tg2qYBjpy8FT&#10;T5PAxEseHA+PxffElacLZDMjOXbcjweW1XA2z96kSvLg0yU3sR8/kxO75rDY3RifX7aw+FROFqXk&#10;7oFNDF3mR4W3PuCa5w7u/TGXKVWDWDrze/ZqFryWqk00qJKusPCT61R7d1quHiJ/38qETTl6KN6O&#10;SAvgq48Pcr3OIE5e/JlHHqv5dZor1QzUO3WTQY2erS31TJUE+IUUmjwLBIL/DiKBecFQxqVSe9wU&#10;lvVzpHnrJjSvosJvz2GOJDkwa/EAulY3QmFqQ5cJI3i3bhLHDnqQFcMt27B621Tm93Oioa0lVes4&#10;MX50S2qq7nI9IH+X+mwZ2szAnEGLPmLz1A50qG9D5UrV6PDWa/S1VXHTP5SsAbaiDtMW9MQx7jKL&#10;Vl3l9pldfHz4Me0mj2CErbZzZuomS0HSA/nrymNq936NEQ5m6JtUosd7nWghi+ahUQNa5ylLm/6u&#10;7TrE0ZgqjF06hTm9HWnSyIE+Yybx7Tt2pPmdZMuVdM2vdUf12JReXyzkh3EtaOnsxNsLRzGqtoqA&#10;Y+e5qjWDSSM0PAaVhRXVTDWbJBSNmtBJqqP3uWvcz5I9jcsXbpJsZorpAx9O+GdfS1FGXefkDXBs&#10;34S62dM3Uo9dhVGrF7LubTeauzRh0vyetNSL59LlO9nJQ0YY27d6kOjWn7WTXKhlqo9ZdRdmf9AF&#10;hzhPdv2pnsEoZZvkIK/I4C8W8O2o5nn0oOTG0Qt4ZlVCBztKfcDtB1DVuREulnrom1em/cDu9LaT&#10;2lUnGTToWVG1ooyk+1E8EFMwAsF/HpHAvGiYOTNqcLWnd6goE7nkdRdlOQUxf5/mp19PZX8OBhMt&#10;dWRp4RGE5FkvkJkQicf5y+w9eJpdV6JJV6l48rhAB12wjKLITCbk+nUOHT7Lz7/5czdDhfJJWu4I&#10;16RJf74YWpmIg9/Ra8FfRLv044s3q2oukRSghLI8RY5MJlUl42mvpEp9QqpK6rP0pH2abVk8o79Y&#10;LnlGoKrqTC/nvHNC+jRs1xA7WRzXfaI023RHZlKX7u2tnjqQoiatGpujvHePgCTNtrwok4hNUCIz&#10;NcY8b4UV9ejeyoI072ucjJG64rTbnPJIwunN3nQwfsBfZ+6RIXXRj85545lZlS4dq+fKJjOuQRs3&#10;89w6yCtWoro5xMcnZ3XqythALgcpKW+UyOn9Gl1Ln50+CdI5MggJeUBGqdskG7UeurW3zK8HZ7Ue&#10;7uKfVw9F2ZFpXVo76XPjx3WM3XQZ/9xLSzrKoDkWPRPKmUrKTUwmVtz1JhD85xEJzAuGTKYndcqa&#10;P9SoEnmUIAX72Fvs+HY/KzbmfA5xJtkaB4cqVFAfr4zj1NoluLafRrdJ3/Lx2l9Zuduf3Lte8/BM&#10;GVpREnVhDwO6TcD1za+YtnwPyzed5PzDgj2DMW3e7kQzWTz3ow1pP6gjDQrLjHSVpSAGDejdzpw7&#10;v+1i0aEbeHheYfUXv3PV0EHanieJkHhGNmUC0fHSdovyWBc4t56lORYyFUlJRSxc0Rk5FuVMpH/T&#10;SNa2eFpSmzJLdbL8CReGtHZ3ouLjm5y4kEJGiA/nIyrSxr0DXV2lTv3cNUIzUvnr3E0e2zrT3aGo&#10;hpMj5XNSOdnlq+ISiZMS2Bjvv/g6V9fS5wdfEqvZ0qhGOfRK2yaFIumhfF496GBH+nZMXT2Dua1U&#10;nFy9gtadZjD4aw/uSJmJTjJoTpOlW0m5KqVS+mg2CQSC/ywigXnRkRliZiR1ttXas/nwGrxO5Pkc&#10;X82F1V2pJ0Xw5HO7mLTBn/IDZ+F1aTN+f6zhyoZu2Os0zaKFlOssnreP8+bu/HJ8M7f/kso7+gFj&#10;axfozaQR/ImNx7hiUo0GNo85vvkgUj+sHR1leYb0e3jeTMWmcgZHFi+h67DVfBNekxkrJ/Je7WJM&#10;WCrTWCF1asnJxBe4rJAZn0yCSoaFhXpRibrzU6cWKs1al5KiJD4hBaXcmPLmWuqkZ4yZiQxVSiqJ&#10;mk05mDZvQvvyqVw448OtC34EWDjQ3tEK99a1kft788cdP/648hjbNm64SrLoiszYCGOZnOr9pnIp&#10;r66z9L2cbUOrolfaNikUSQ+Jaj0YUd5M0oOOdqRfyYW5677i+qFZfNhWzrlNa5iwPQKlLjJozoEq&#10;leRUSW4TSdclqrNAIHgZEQnMi47ckob1LFDdD8VL23RKFkru+t0hUladvkObUENzpUSZlkF66Xpj&#10;Mu/fxjdahmOPrnSz1fSaynTSMvKfMO78LuYfSKLl+BnsndOCCsHHmLc5KM/dM3nQSZZnybgldeKh&#10;pnSZ/iFXL20n2m87t//3AQs6VtR+qSovetY41TNDFe7PmbC8ZWZmJQt3sMHNpaL0twxzUyNUCbFE&#10;JOYcpyT6ih8+WlaEqlIjuHYjj5RptznrlYienR0N86xxeYoR1Sqpr+/E8SD3Dh0N5o3o1tSYuEt/&#10;8/WZEAwbN6S5sRzbdo1wzAzi6LfnORNvgXvneloXRheG3MaOBhVV3LsRTERha0JK2SY5PKuHUC5k&#10;6aEGjma621E2cizqNGPm8pEMqZSOj88d0nWRIYdM9WJrJQqbClQWCYxA8J9HJDAvPAa0fqMDTip/&#10;Vi7Yy5Hg5Kxr/mlxEfx9+DCbTsdI3awc6ypWmCofcPZ0OOqlB0m3/2bBp39wq7igXwh6FSpSxVhJ&#10;8EUv/JOlDckR7Fv6PVtC8nRySb4sXfIn9+r34rMRttj2HMbcdoZc37KNdQHqWhZEF1meRb96PVpU&#10;TWDH9Om0HPARvUd+zhvvrWTisiOcCNe6YjYPCjoOaE89brNm3nb2+EQTExvFlf1bmLglFJPm3Rnl&#10;qp6m0sPJtRbmT/zYuOoi/g9j8D60jcFzLvBQkf+iTxbpIayespzFJ8J48DCMA8u3sS3UANfX2+Cs&#10;ddZLD8f6VdHPuE9AcEHdmNDJvQEmDy+z52ImLi0bUl7aqlezMR1rZnDmt0s8sGpEj5JMv6hRNGB4&#10;/xqoPA4yeZ0HgQlqY8ggJiSAX7f8zvGshKV0bZKLMoxvJn/JZ8fvcP/hXQ6t3MbWEH1cXmtDY0kP&#10;uthRhu8Rpi05wZnwVDKVT7hz/iqXY2TUrFUFhU4yZJMZGUFwvJya9WyRcieBQPAfRyQwLxAKhT5y&#10;Q4NnRtkK5/5sXuROtcADDO01CmvHodi0mE7P+Yc5F5medcnDqvsbzGmj4PyyudRt+i51B+4i8rV+&#10;DLCRzmf4tJkLK+MZLFowa5Izxh4/0b71u9i1ns/i6LZM72WJkaFC6o4zufHjL2y9X42xc/rgpu5b&#10;9Wx4a84btDMIZu3aC6jvrC5Yni6yPIORFfVsTTGyrkW7FvVxsa9KNbPHXP31R4YM28R+zcNKCpPN&#10;qOkgtnzUDtuQ3xkzcBK1Wk6hy7zTxLoOYOvy7ppLJHJseg/hQ/dyBO9eTcu2E+j4qT+OH0xgfB19&#10;6dxZ9/TmIjN3YXx/Fdvfn039trN558cIqvQZxfp37Z4uIM6HnMpN6lNPFoWXd8GkQE6Fds1oX15K&#10;lIzr0qWVRbZj6teke4fKGKjkVO3QnLYmWQdnkS2rIr+sMn0MpWTLSNqXnXLp4zZ+CqsHWOG3aTnN&#10;mg3HynEEtXp8wqRtN7ivyf10ahPpnAq5pNs8OZSBgT7GLq/zZb9Mtk//AIe2MxmxJZyKvUaybpRG&#10;D8XakVTtckbEntjG613epWLDd3Aef4JHbgNY+o76HLrJoCbJJ5gAVXmauT1d6CwQCP67yFQSmu/P&#10;TULgbs03wT9Cagy+PqGEJagwtrTGoYEtVUzy5qCPCb8eiO8jOdWdHHCyfv4wnhQRxJWAeORV69DK&#10;wYISzgEUTrGy5KDk/q5lNP0shvd2LuGjRk8TifjDX9N41g16fLOOjZ2Lr5kyORpvnzDup8ipWKcu&#10;bjXMtFyCknToE4jfI31quThQ36JgndI58eEUhhxzZMu5yXSKCuLirSRMa9SjeR3zojvOtFt81Pdj&#10;NtuOxmtTZyppE/cfIiXyDp4BD4lXKqigXvxa1wrTguXr3CYFUZIYfouLgcmY2NWhWb3yz9hJsXaU&#10;kUSw720Co9Mxs62Fm4MVefK1LIqW4QnHFkxj2JnG7Dg2gR4FfywQCF44ytkP1nwrHSKBEbzgZOK7&#10;Zj4dNsmZte8z5tXPSWBSubziE3ptkTFz7+fMK/LunLIkbwIzlb7FTmXlJRO/dR/S8Xtzlh2dy6h/&#10;M4P5r5N8lUk9VnC+63wufuSE+tGGAoHgxeZ5ExgRQQUvOHo49O5EJ6s7fDlsBp3HfMU7076ib7/p&#10;vP7DI5qMGcF79i/Lik09GgzqQTcDf3757b6UzgjKBiVRJ05xOLEu7wx3FMmLQPCKIGZgBC8FmXFh&#10;nDh2lcu3Y0lI16NcpWo069CCrg7FXLYpc5TcPvYrG/2rMmZym1Lcpq4k0t+XQP3atKlnJkYQZUTi&#10;nQCuxFWgdWNrkcAIBC8J4hKSQCAQCASClw5xCUkgEAgEAsErh0hgBAKBQCAQvHSIBEYgEAgEAsFL&#10;h0hgBIJiUKalk5b/yXOCF4xXt42UpKWp31cuELx6iARGUDIykgi99YDo4p7g/x8g895FPhg6nqrO&#10;I6jkNp15F9I1ewQvCq9uGykJO7aFbu3ewabRCGx7buOvEvhkhv8R3n37K76+pu2VH4LSkhEXhX9Y&#10;Aq9AeHwhEHchvTCkc27lp0w6GEOauklkMuT6BpiWt6JOAwd69OvMm80qFv8KgFIQ98f3vLbkKo8y&#10;VFKxMvQURlhVqopzi2a8/WZbmlnnPGdFyYOfv6Dxpzdwm7eKIyOtNduLIDmSS1ejsWjcgPrlX6Z8&#10;+TG/z3+foUcsGPvpm3RTxKG0b0e3Oi/LM2f+AV64tnyF2yjlKpO6L2efdXdWTXdF8VBJwz5Nnr2t&#10;v5A2e3J6E40nXKLt1xvZ3L3Mnq/9aqOMZfOYKcy8XJcvjn3ExGpifqA4xF1I/xnSuO0fQuiDR0TE&#10;pPL4SRrJcY8I8rvBkb37mPrWbLp+epGwMn/6mZLEu+EERKRh174jIwZ0ZHDXhtgbRPDbhvV077OI&#10;JRcTNVPUciycW/LOwC4MciuXtaU4nlz/H2PGL+Pzcy/ZyDgjEs8bCcgd2zDxNRe69Oz4aicvEi9c&#10;W77CbZQRFsz1GDmNX+vNwHYu9H9DS/Ii8dL638uI3BS3Hp15Sxr0tbQSXeu/gdDyC4hBk8GcvbCZ&#10;0KvbCfl9Dh93qYRClYL3zxsZtyUs623BZY7cDLf+A5g/dTALPxjNd1u+4soPA2ihDGD57B/YL43w&#10;1Bg5debLz9/l3UYF5oIykgm7GYznrWjitFSwsHm+jMRoAnyD8AqOIbnIC/npPLwdindwLCmaLc+g&#10;fMz9oNt43owiVpuS0hIIDgjGKyiGpOIWDUjnSk5VSTHJhPKF9YkpMdzwDSOiYMUlXYTfkurhH0Fk&#10;SjEFpcZK8ocSEpc3M80gJiyU67fjeKzZUhzK5BjpPMH43U3Sbh86y168noucsy1MJyXRfS6ZxEWE&#10;4+UTyq2Hj59d56FLGz3DEx5INnI9PL+e0mIf4CO1V9QTzYYCFG+nUl3vheHpE0541huz81LUvsIo&#10;WnZlyhOSVTJMzUy0vM/rWYqeZ08jKjikaN+S7CL6Tiievne5X7SjFk+pbaQ4Pepex+TIMLxulsQW&#10;NRTp2wpcB7/LNx92oYmxZlNeCpNbUGrEJaQXhmS2jx3HlDMZGLR4h2tbe2Gbk16mhbJ02Id84ZOO&#10;vEoXfj02lk5ldi1JSfjWz3D9Mo5xP37FEre8wzgld35aQpvF/tSf/iXH36tG5tVd9Jh1lVaff87n&#10;rdXvJVISdX4PY+Yd4nRk9ihPYePK51unUfWHOUw7FktsYjp6ZmaYG8gwaj6MU6vcqRByjrmf7mb3&#10;1Ujis3oSGSa2LsxcNpkZTbOfUJvm8Qvd54QxeKk7EWt+YOPlWCnUyrF06sqab0bSp0qOgpQ8OLOX&#10;SZ/+j5N3n2S9PVnfsiaDZk/hmwG26Eu69di+mWnfXMI3Xh34pMBf3YX3F09kVstyz2Txj09vpvXc&#10;C0TEJ5MqN8bKzACFfW/2/dCPetey6zTok6Zc/mQL++9mYNlnBqHLm0u/TMVr51ZmrDmH56Ps7lFu&#10;YkOH4W+z5v1m2GWpNoO/V37Eezfbsn7AQz775BiXHkl1MqpE3/mz+bZLImvnb2DFX1HS2fSwadaP&#10;778ZSPtnXiqpITOWE+s2MGvLdUJT1JLrYdWgDYtWjGdE1mxE8bIXr+d0/rdgdqFtaelZlE5Kpvsc&#10;En1PMOeTPezxic9eTyA3pGbL7ixZ/Ca9q+kV2UYNC8xE5Mr3RUfCvv6ebz3jpVZQULv7O/y8vBmP&#10;ftjIpI2ehErZon7FBsxcMYu5LbNtMCO4eDtVRl/ni1kbWP13jJQeSRhY0m3uh+wcYYusiH2FJR5F&#10;y57J8U8+YMLhR8QmpEltYY65Qh/HkfM58F7eN6E/KbLNLM5mX0JqPusdrH/fwVZvtU60+RbEeR9l&#10;5sI9HLiZnJX0yUwq0VWKVRvGO1GxsAYsQE4blNZGitKxWo/F1zHH79qwsnMgMxddJDTdjAETWuO3&#10;148WCz9jTTcz9YFZKGMvMnXYdm72msGJKXWlLbr59sVVHzPmlAPf7HmLjori5BaIS0ivAgo7hvau&#10;S1a68PAm5wLVTl4AZQw7ZkzHudNkGmn5uL6zH89svysBcqr3bEULRQY+l/2JkQYOqqQ4IiKjiUzU&#10;5L1pAXz18UGu1xnEyYs/88hjNb9Oc6WagQEu/QezYIg95eX6OL02mI9mvMmHbzbAUrK6BP8b3LRu&#10;y7LNy7l+dgNXtg6nfdo1vvj8KDc09VQlJ3D//k1WzdjMX9X68uPOReye44Z5wHFmr7pKfPZhZAb/&#10;ztgZ+7hkLgWnzZ9zZucHLOtjztW/bpEgJTd3D2xi6DI/Krz1Adc8d3Dvj7lMqRrE0pnfs1czs5QX&#10;RYN2zH+/G22sZOjXbsEcqd4LRzbJClJZdXpwSxpl7SKk/VgO75zPpmG1pV9JieCB9Qz59Byxrm/w&#10;w49LOLVjBp90NODS5rWM3BSS3RlJ6VVSTAx3PQ8y6rMAHKfO5eRPkxhTO47flq2hz+jV7Dbpxpad&#10;n/HTJAcyPQ4wd0tIVlB+FiWBP61l9IZAyvUeza97lnJi40iGWAZzzEs9ltZN9uL1XHRbFqWTkupe&#10;jTLiNBPGf8+eOHtmrfyYU3s/5ceZbii8DjFm2gG8JUUW1UYFyZHv6xk/8He9QezZ/bFUv2pEHv+R&#10;0SOXMOo3Q8Z8vYjj3wygdWYAK5b8j5y1rcXbqdQxbtzMSv9qzN+zmUd+W/DaPISuldUVKWqfdoqX&#10;XR/nPoP4cFgDqWPWw777AD6aPoRJHa3zJC9qim6zLFQpHF65jUu1+7OjEN9S3j/DlIk/ctqqJzv/&#10;2MZDz7XsHVWRq9+sYebhOKmFdeP5bKRoPepWx2y/u+d9mKmrIumy6GNO/DCJ8d3qUvdxBAcOXiU6&#10;Vxglj06d5eAdJfUb2Wb9ratvJ0Y/IiIilnhNeCxcbkFZIBKYlwI5lapbYy6TvmbGc/+hlgRGboJj&#10;x/YM7aft04EhPepRmjVlcnMbalaQkRkdw31t0Sr1AbcfQFXnRrhY6qFvXpn2A7vTW+pJbJu2ZXjb&#10;qpjJ5Ng268DIwZ0Z1rqyNPYFq9fGcWjFYIa2sqOGjRX2rXoytYcNquBQfPJeN1E9xqLbZA4u6UkP&#10;V3u6j3yHCU30pCB1A7+sqJHBlT3HOZ9ak0lLxzCqXV0au7oxZv6HXFnrjlVGGNu3epDo1p+1k1yo&#10;ZaqPmTS6m/1BFxziPNn1pzrFyY/cpj4D+7tQ31SGvJI9Q6R6j+hkh7lmP8okkmr05bsFHWjr6kx3&#10;14pSNULY+r0UBGt2Z8NXAxjQvA5NmrZgmjRSn2ifgdfuPziXHeWyUKWa0e/LBax805mmzdrzyTg3&#10;LFLCuVf7bfZ99To9Xevz+vhBDLZTEegVSJQ23acFsvVnf5Ib9GbDJ13p4lyL5u7dWLplJT8OlGpb&#10;EtmL1LPUfkW0ZRZadVJy3asvE1zbdYijMVUYu3QKc3o70qSRA33GTOLbd+xI8zvJlivpxbdRQST5&#10;LHtMZp+kp06NHXlzZl96lH+C//2qLPl+KlM62dOi6xvM61MJ1e1ALj/KrlnxdvqY4DuPoFJdOjia&#10;o69vQu2W7ozrUhm9IvdpQxfZM6ncpA3D29tKbSGjsks7qS3c6Vm/4DULHdpMOqbukPf5rVDfysRv&#10;z2GOJDkwa/EAulY3QmFqQ5cJI3i3bhLHDnpQSA6qnVLbSFF6LFkdlXGp1B43hWX9HGneugnNG7gx&#10;oK0ZiRcv8Xus5kBlIsdO+JFcuSkDWxmV2LefQZvcgjJBJDAvCcqMDDKzsnopYGttNSNc+/Rn3tTB&#10;WetY8n8GMXeoE5VK1dqq7Ovncqnc7A35Ma1Layd9bvy4jrGbLuMfX6KIRlx4EH+eOM+u/Wc5H5GJ&#10;SplOat5gIDOiUXMHctfEyctTs6oJJCYRp66XMgYPnyiwdcS99rPdgjJW6oyClJQ3SuT0/lP89Gv2&#10;Z6dPgjRizSAk5IH0b0kxptObnfMtmlRG3eRiiAq7Nk1xy9uXKOzo3NIaWXQInuFPdSMzrkEbt6cv&#10;czSuZkNlPTn2zZyoliOGfkXsbGSokpKJ06JWZVQQXvegRvNGWhdwlkj24vRcLFp0UhrdK2O55BmB&#10;qqozvZzzXifVp2G7htjJ4riubu+SopavWf2n8hlZU8Najl5tRzpUzhUa26qWyFUpxOUMobMoyk6N&#10;adq0NorAo4yffYD/3UqSutQcitqnhX9K9sIo1rcSueR1F2U5BTF/n85tv58OBhMt2WhaeAQhJXKe&#10;0tpIEXosaR3NnBk1uJp07hzM6NrLlYopNzioSaiVMZ78dimNGl1a00pqhpL69rM8K7egbMgxXcEL&#10;TSYht+6TrP6qZ0HVStrHb0mRd/ENkEaGz3zucONuMcGzMFJiiJCCuX5FK6pqc0B9O6aunsHcVipO&#10;rl5B604zGPy1B3eKCWxZ17THTKVB14UMX7iDL9bvZ5uHblPSenoyKa9SZR8rjW5iE6VYbG6GpRa1&#10;qOISpWCsIsb7L77euJ8VOZ8ffEmsZkujGuUKXYtQKNLIV19KNvKijEkgViXDskLB88mpYGmKTPVY&#10;6heKkE46p3qCLT/StqxipCQy6+/8KOOSiJfKtChvplWG55U9n56LQ4tOSlW+MoHoeOl0FuXJvXtf&#10;g56lORYyFUlJhS811R0pIX9W4dK2bBmkamdRvJ3q4Th6OtsnN0J1dhfD+0ym2Xs7OXpX7W1F7dPC&#10;vyZ74eRrc1UijxKk77G32PFtnvbbeIgzydY4OFShQlEGVJBS20gReixhHWUy6WwF6mzephXdKz7m&#10;wnEPopRKHv55ifNPKvN6L/usx1aUhW8XlFtQNgitvgzE+/H9oTtZo1V5xXq00jLTQOYDNk/7gDZ9&#10;59D2mY+0/Z3dnC9qmrMQYi54cyVVj4Zu9Smv2VYQ/UouzF33FdcPzeLDtnLObVrDhO0RRSRMjzm5&#10;aiPLr5jy1vrVhFxcz7UTX/PLsLwjIx2RKTBSSHEsVQoiWnp5mbERxlKnVL3fVC6dWINX3s/x5Wwb&#10;WrVAUCodMmNDjNTXwBNSCsgtjd7jU1DJzLDKXXxQNsiMFVKAVZGc8lhrgvNvyV4YpSpfZogkFqrk&#10;ZLLWc+YhMz6ZBHXCZlHohaIyRkc71bei6+RZXPxzOT+/3xi9ywcYPfcot9T1L2pfQV4o2SWk+pgZ&#10;SUlNtfZsPlyw/VZzYXVX6j2nAelsI4XpUVkGdTRxYmCXiqR6XOZwZBxHT/jzuE4LBjhlt/L/h28L&#10;dENo/QVElf6EmIex3A0P4+KxQ0x6dxU/3FFn+Apch3SlrbY7kPRsGLl8MSd3LeKPZz6L+ePbN2j5&#10;9OK3TmTc/Zv5qy7xyKIJY/oX19nJsajTjJnLRzKkUjo+Pney7xaQy6U96sed53H9zGiuBcQhq9eS&#10;0R1spOCgRkVaeobWjrhI9KxxrG2KKjyIK/kW6WTwMDoJbOxoUFHFvRvBRGjrNMoIPVs7HCxUhF7x&#10;43becjIiOHVZfYmrDs1zL1WUDXpVq2NfTirTO5B8g/q0eKLilMjLWnZtbVkEpSpfak+nemZSe/pz&#10;Jixve2Zy64Ifd7DBzeVfWkNQQjuVl7Ol93uT+bKPFY/9g/DJM2Aoal8u/4TsJWyzfMgtaVjPAtX9&#10;ULwii5hhkMhISSapFAOkktrIM3rM0L2OhaOgde9m1HgSwMG9f/KbRzqNurfKvZvtn/Lt0upM8BSR&#10;wLyAZHjupF378TTsMpvuU3/iJ79kKWAaUKvnu2wYUzPPIry8SAlE9do0dbGn2TOferjVsSjkdxpU&#10;jwm6cI6dB87w8+4jLFv0FR0GrGFndDVGLRrFm4UsoMnwPcK0JSc4E55KpvIJd85f5XKMjJq1qmSV&#10;p29tQUVZBt5nrxD06CHeAdGk6VlQvZIhyjt+HL+lXgn5mFtHtjNzZ1GzNoVhSMd+LamRcYOvP97P&#10;idvxxEQEsfvLJXScdYZ7+g0Y3r8GKo+DTF7nQWDW8yMyiAkJ4Nctv3O81EGvAIaNeKtvVfD9jYlL&#10;z+MZkUjM3UB+Xryedf6GtB3eleYlTCCLxbgRQ3vakH7lINM3XePWo0TCr59j4Zh5jDkYg1JRtrJr&#10;bUvNPq2UqnwFHQe0px63WTNvO3t8oomJjeLK/i1M3BKKSfPujHIt8Txd6dDFTjNus2HhNr6/GEli&#10;ppKUu9c56pWAvHpV6sqK2Ke+pfAZyl72ErdZPgxo/UYHnFT+rFywlyPB2bcop8VF8Pfhw2w6LdmY&#10;+rDUS0zoOJq6444RUVJ30sVGitKxgY51LAaFc2v61Mzg/OaDnMmoQ7+e6scvaPgnfPt5dCbIRSQw&#10;Lwz62NiY55ualukZUN66Cm7t3Zm38nNOrexE/bLuBCWMLcwxI5Zj32zgvTnrmPzZbjafi6FatyHs&#10;2LOIlV2tnhqKQh+F3ABDTT1k5YyIPbGN17u8S8WG7+A8/gSP3Aaw9J3sZ1Lo1WjDKHcLHh5Zj1vr&#10;yXRdepVHSjP6TBhIJ6MbfPjGWOyajsV9dRyDxrWmiqEBRjlTPZqy1JeIniJDoTBALn0UmjUMpi2H&#10;sGGaM/qXdzOw5zhquS9gwv4n9BjsRlW5Pm7jp7B6gBV+m5bTrNlwrBxHUKvHJ0zadoP7hUVz6XdG&#10;UgFZZWk2ZVFA/qcoaDXlfVb0rUjQT2twdx9Drc4Lmbg/ieYTp/PdiKczWArpHHLpBPkm0gz0MZTK&#10;NDTUy1OeHobSdj2FAgMt6zXUC7fbT5vIgjZ6nFv9BU1bj8Fp0Hp+TnVjZCd1m+kou4561t6W0o5C&#10;dVI63Rs1HcSWj9phG/I7YwZOolbLKXSZd5pY1wFsXd796SWBwtqoIFrl08dAIUch2Vve5Qn6htJ2&#10;9bH6aqF1sFOZCabxl5n/zlSqOw2jaucv+SG2PrMX9MLJoIh9heQhusoulzputb0YSTIURXFtVlyb&#10;K5z7s3mRO9UCDzC01yisHYdi02I6Pecf5lxkevZMVEYK8Skq9E2NMCqsOs9jI0XpWNKjTnWUyPY7&#10;qQ6av/OhqM3A12tjmJYhxZN29KuRV5CS+naeMgqTWxedCYpFPMhO8PxkJBHse5vA6HTMbGvh5mCF&#10;iWZXFsokgjwDuZloSC1nBxxzVtUlR3PVO5SHMmtc3WpQ6ZngVjIePwzD40YUyUbWNHapQeUCkSol&#10;8g6eAQ+JVyqooF4gWNcK0zIPHkqSIkLxDIwhWa8c9s51qfOPvzcojcibQXjffYxxtVo0c7DUXO54&#10;SpnJXlhbFkNpyldK9uHtE8b9FDkV69TFrYb2xcr/OMXaaSaxd4LxCo4nzVSyPeeaVMm9W6WofYVT&#10;prKXss3ykRqDr08oYQkqjC2tcWhgSxUTdQMqiTy4ilYLwnhj0xK+apPP80tE0Taigx4LrWNZUVa+&#10;XXY6e9l53gfZiQRGIBAIBKUj7TZLBn/CXtcZnPzYBUvNZkERCJ3lIp7EKxAIBIL/FzLDw4htOIh1&#10;00XyoitCZ2WHmIERCAQCgUDwryNmYAQCgUAgELxyiARGIBAIBALBS4dIYAQCgUAgELx0iARGIBAI&#10;BALBS4dIYAQCgUAgELx0iARGIBAIBIL/EMq0dNJegVcUiARGIBAI8pARF4V/WEIJ3hkkELwYZN67&#10;yAdDx1PVeQSV3KYz70K6Zs9/E5HACP4feEyI5zXOBifp9KK1/xeSI7l0xo+b8eJNa68Uyli2zphB&#10;y14r2XzvJW37f9x2y9B/X2o/e9Hi2GNOrNvKd/4WvL1sHnuW9MW9kJfw/lcQCYzg3yctiHWzljFk&#10;tbfkci8mT67/jzHjl/H5uf/2CEZQALkpbj0689abbWlp9XKGx3/cdsvQf19qP3vR4lhGJJ43EpA7&#10;tmHiay506dmRbnX+X94e9q8hEpgXEGVyDAG+wfjdTcp6NfwzZCQTfus2nv4RRKYUk/unxkrnCiUk&#10;Tv2a+hwyiAkL5frtuKIdLy2RkIAQbtxPJe+vn5JJfMRdvK7f5mbk4yJHIcmRYXjdjCFJc1DW45+L&#10;ewZ0qeqeTvSdUDx973I/uRjdpMVzyz+Em1FPNBue5XmeU52RGC3VPwiv4BgKq0pxbV2sLaQlEBwQ&#10;jFfQU93mJ5O4e2F4+oQTnlCwFYvap6EEtlawjcuUYuWUOsPYB/jcCCOiuHYvEgWug9/lmw+70ETb&#10;SxeL9QkNpfU7HeTMJp2Ht0PxDo4lRbOlIM/3jPWi/ag4/y3WbgtQeF0lG40Ix8snlFsPi44x+VA+&#10;5n6QZLc3o4jVWgFd40TRei5OD2q0+0UJ4lReivJHSebkVJWUg5tQvgR5S+nrV/r4X1aIVwm8SGTG&#10;cmLdBmZtuU5oirpZ9LBq0IZFK8YzIiuTTsVr51ZmrDmH56Nsr5Sb2NBh+Nuseb8Zdlmv6M/g75Uf&#10;8d7Ntqwf8JDPPjnGpUdSEDWqRN/5s/m2SyJr529gxV9R0tn0sGnWj++/GUh7C3Uum/3b8cEd2PDa&#10;AxYvOcH5KGlkJDOiTvdhbP2iO85ZL07NJPBQdj3+DkvJDlAyQ2q068/Gr/rSOusNrTn1aMPKzoHM&#10;XHSR0HQz3hjjhtevV3gQn8JjuTFWZvrSTx35dO/7jLBWPkfdIc77KDMX7uHAzeSsOslMKtF17Dg2&#10;jHeiYtYhT3WzYWAMSz47yrko6Ug9M1zfHMdPC1pgq/eE/y2YzbRjscQmpku7zDA3kGHUfBinVrmj&#10;y4xsRvA55n66m91XI4nPVg4mti7MXDaZGU3NskcNxbV1sbaQjMf2zUz75hK+8epOUoZpdRfeXzyR&#10;WS3LZZWhjL7OF7M2sPrvGLJSNANLus39kJ0jbJEVsS879pXE1vK38YBJbfDf7Yvbgk9Y0yO7LlnE&#10;XWLKsG0E9JzOiSn1NBuLo3g5yXzIoaVrmPFLIGpz1StXgyGzB+PwxzYONpjE79MdpLQknVNL5jHJ&#10;qxlbdgyhRc4bpdOu8UH/TXh0eV86rr50XAYXV33MmFMOfLPnLToqdPWJp7ZVGtvVRc40j1/oPieM&#10;wUvdiVjzAxsvx5Im7bF06sqab0bSp0r6c9uumqL8yOTkRlp/dKkQ/5UKKNZucyjezxJ9TzDnkz3s&#10;8YnPXo8kN6Rmy+4sWfwmvavlPVdelDw4s5dJn/6Pk3efZOUW+pY1GTR7Ct8MsEVttsXFieL1LCfl&#10;RFF6yIlj+f1i8NoNfNdVoUOc0kbR/mhzfjOt514gIj6Z1Kz6GKCw782+H/rRMMtX86Ldb3WvX+nj&#10;f04ZOYhXCfxnUBL401pGbwikXO/R/LpnKSc2jmSIZTDHvNS5v5LwA+sZ8uk5Yl3f4Icfl3Bqxww+&#10;6WjApc1rGbkpRLPoUEVSTAx3PQ8y6rMAHKfO5eRPkxhTO47flq2hz+jV7Dbpxpadn/HTJAcyPQ4w&#10;d0tIthFqfht+cTfDFl7D5q0pHNuzkLWDqhB1bBvjNwZpykjB+/I9Kr8+kn2/reXmmZX8NtuJtHN7&#10;mLs9PN+57nkfZuqqSLos+pgTP0xiXNeOzJ/WheblZCgc2jB/xlA+er+rxuhLX3fl/TNMmfgjp616&#10;slPquB56rmXvqIpc/WYNMw/HaUYHOef/jVEf+2A3dgYnds1hsbsxPr9sYfEptZ4NcOk/mAVD7Ckv&#10;18fptcF8NONNPnyzAZY6ekuC/w1uWrdl2eblXD+7gStbh9Ne6ii/+PwoN7KUU3xbF7f/7oFNDF3m&#10;R4W3PuCa5w7u/TGXKVWDWDrze/Y+VEsrBZCNm1npX435ezbzyG8LXpuH0LWyOpoVtU9NyWytYBuP&#10;71oP+7QIDuy7QlTuiEtJ9F9nORiqpH6j6pptxaGLnEqCdmxg4o93sO4zhv27JduYaMe1Zav54u+H&#10;RDxKlWqZfa746Ec8eBBHQtbfGjJTibofKx2XojlORaJ0XERELPFZG3T1idLbrm5ySiUkJ3D//k1W&#10;zdjMX9X68uPOReye44Z5wHFmr7pKfBnYbnF+ZODUoQj/Lc5u81J0XZURp5kw/nv2xNkza+XHnNr7&#10;KT/OdEPhdYgx0w7gna30Z8gM/p2xM/ZxyVzqODd/zpmdH7CsjzlX/7qV1e66xIni9QyGRepBu1+M&#10;ddLXMU4VpHh/pEE75r/fjTZWMvRrt2COpMuFI5toBhoFed76lT7+q8soS3Q0a8E/TlogW3/2J7lB&#10;bzZ80pUuzrVo7t6NpVtW8uNAc6nPCWHr91eJrtmdDV8NYEDzOjRp2oJp0qh+on0GXrv/4Fwep1al&#10;mtHvywWsfNOZps3a88k4NyxSwrlX+232ffU6PV3r8/r4QQy2UxHoJY1c83iO6rEpvb5YyA/jWtDS&#10;2Ym3F45iVG0VAcfOczWrDHMGLfqIzVM70KG+DZUrVaPDW6/R11bFTf9QaazwFGVcKrXHTWFZP0ea&#10;t25Cq8aODH6jMfVMJEer4siwwZ15p38jaj9NyktR90z89hzmSJIDsxYPoGt1IxSmNnSZMIJ36yZx&#10;7KAHmj4gC1WqKX2/+pB1b7vR3KUJk+b3pKVePJcu38kaadk2bcvwtlUxk0nfm3VgpFTHYa0rS6Nz&#10;3bB6bRyHVgxmaCs7athYYd+qJ1N72KAKDsVHfe2guLYu1hbC2L7Vg0S3/qyd5EItU33MpNH67A+6&#10;4BDnya4/E6RA85jgO4+gUl06OJqjr29C7ZbujOtSWRoTF7VPooS2VrCNmzs0ZVCH8iRfucj/IjWK&#10;VyZy7LgvSZWaMqCVUfa24tBFTumY3b8GkFKnB2skXXVqXJ9e707k4Ip2VNXeG5SK4n0im1L5nU7t&#10;qUH1GItukzm4pCc9XO3pPvIdJjTRkzqaG/ilPa/tFu9HMZUaFO6/xdltPoqqaybXdh3iaEwVxi6d&#10;wpzejjRp5ECfMZP49h070vxOsuWKtjUzGVzZc5zzqTWZtHQMo9rVpbGrG2Pmf8iVte5Y6SBfbpwo&#10;Us+gV6UIPWh4xi+qqEoUp3LRwR8vWNRnYH8X6pvKkFeyZ4hUnxGd7KRIXTilr1/p43/zKmWbcogE&#10;5gVBGRWE1z2o0bwR9lqSVGXUTS6GqLBr0xS3vNfmFXZ0bmmNLDoEz/Cn1i8zrkEbN83lCgnjapKh&#10;6cmxb+ZE7uyrfkXsbGSokpKJy+M4MpO6dG9v9dQ4FDWlxMMc5b17BCRptqnJTCbk+nUOHT7Lz7/5&#10;czdDhfJJWvYliRzMnBk1uFrW1K2ulLjuGYlc8rqLspyCmL9P89Ovp7I/B4OJlo5PC48gJHtYkEX2&#10;+c1zzy+vWInqkqfHxycXMgIqDUriwoP488R5du0/y/mITFTKdFKl4Fd8WxezPzaQy0FKyhslcnq/&#10;Rlbps9MnQdJzBiEhD6R/jWnatDaKwKOMn32A/91KksJ3DkXtK7mtPdvGxnTq25RqT/w5cCI6S6fK&#10;GE9+u5hGja6taW2YfVRx6CRn0m08Q5TYuDnRKLfzkGPTohHOOpajC7r6RGn8Trf21CAzolFzB3LX&#10;F8vLU7OqCSQmEZc9hVR6pCSzJH5UkOLsVmeUsVzyjEBV1Zle+RpRn4btGmIni+O6T5RmWx6UMXio&#10;t9s64l47R9l5KIl8ZaHngn5RSv2W2B915Xnr9w/F/5KQ64+C/1+UcUnEq2RYlDfTrEHIjzImgVhp&#10;v2WFcgX2y6lgaYpMGjEkFrVCSiZDpvn6FGlblgWopP+KQo5FORPp3zSSsxaOKYm6sIcB3Sbg+uZX&#10;TFu+h+WbTnL+4bNnkcn00NMmUEkoru6qRB4lSM4Te4sd3+5nxcaczyHOJFvj4FCFCkXWQY7Ux6BU&#10;lSIIaCFr7cmYqTToupDhC3fwxfr9bPN4Oj1cbFsXs18VlygFURUx3n/xda6s0ucHXxKr2dKohtpG&#10;9HAcPZ3tkxuhOruL4X0m0+y9nRy9q05VitonlV9CW9PWxibN2vF69Uwu/36JkEwlD/+8xLknlXm9&#10;tz265hW6yElCEgmZcspbmGrV1T9HQZ8oBB38Trf2LBw9PakE6ffPbb3P6UfF2a3OKBOIjpe0ZFEe&#10;6wIn0rM0x0KmIimp4CUpCWUSsYnS78zNsNRWgeeUr6R6fsYvSln+c8f+Qih9/f7l+F8EIoF5QZAZ&#10;K6TArpKC4WOtyYTM2BAjaU9iQkq+0bLamOLiU1DJzLDS9UJ3iVESL5WrlBtT3lwqI+U6i+ft47y5&#10;O78c38ztv9bgdfQDxmob9fwbyAwxM5ICTLX2bD4s1eVEns/x1VxY3ZV6/1rVHnNy1UaWXzHlrfWr&#10;Cbm4nmsnvuaXYU9HIcW3dXH7jTCWesDq/aZyKa+sWfIuZ9vQqtmBTt+KrpNncfHP5fz8fmP0Lh9g&#10;9Nyj3FIbUBH7ysTWFPUY3MOWzOsXORASw5HjN3hctwUDn11RWCi6yKlvKOlKpiQ5qZi7gtRJg5RM&#10;SFFaq05LTgGfeA50bs9/muf0o+LsVmekekinQpWcTNZ65jxkxieToE6SLLRcHJEpMFL/LlXq0LU6&#10;zv9znChl+f9a7Ne1fi9Q/P+nejxBCdGrWh37cipCvQPRDISzSYsnKk6Jnq0dDhbS/it+3M67PyOC&#10;U5fV06Z1aF65bJpTlRrBtRt5bvRMu81Zr0T07OxoaCoFkfu38Y2W4dijK91sNfP2ynTSMnQNWzLU&#10;g5mM9HTK5OkPcksa1rNAdT8Ur5w1F8+LXC45h5K0tAIRVAohyQmPNQs3tZAZzbWAOGT1WjK6g40U&#10;eNSoSEvPyA3qxbZ1MfvlNnY0qKji3o1gIgpWTwvycrb0fm8yX/ax4rF/ED55Kq9tX9nYmh7Or7ei&#10;MSEc/Pkw+z0ycO7eOt8dERkpySQVqkipbjrIKbesSt2KEOEbRFjuMUpivW/in28uW4a5qdQNJMQS&#10;kZhjI0qiJRl98h2nneJ84nkoaXsWS2ltV2c/0u6/xdmtVrTVVc8ap3pmqML9OROW93eZ3Lrgxx1s&#10;cHORGr0g0u8ca5tKvwviyv28v8vgYXSSlGyWdZwoYRwrZfn/WuzXsX7PH//LDpHAvCgYN2JoTxvS&#10;rxxk+qZr3HqUSPj1cywcM48xB2NQGjbirb5Vwfc3Ji49j2dEIjF3A/l58XrW+RvSdnhXmueuAXhO&#10;0kNYPWU5i0+E8eBhGAeWb2NbqAGur7fBWeqA9CpUpIqxkuCLXvgnS8cnR7Bv6fdsCdHRKfUsqVRB&#10;RrqfN0dC4gm7cYfwIjqy4jGg9RsdcFL5s3LBXo4EZ9/+lxYXwd+HD7PptKS/7AN1Rt/agoqyDLzP&#10;XiHo0UO8A6KzAn/K8fU0bD6WQTsKOaeeBdUrGaK848fxW+oO7zG3jmxn5s6Ip6On4tq6uP2KBgzv&#10;XwOVx0Emr/MgMOsZLhnEhATw65bfOa4OPhm32bBwG99fjCQxU0nK3esc9UpAXl3q8GVF7DOQTlVG&#10;tqZXqw0DXOR47/ydc5l16dez2tOZhNRLTOg4mrrjjhFRWOPoIqeiPv062aDyOcKczb6EREfjcWAb&#10;A98/xk21EeSih5NrLcyf+LFx1UX8H8bgfWgbg+dc4KFCPTNTDMX4xHOhi5wloNS2q6sfFea/xdmt&#10;+rcF0F5XBR0HtKcet1kzbzt7fKKJiY3iyv4tTNwSiknz7oxy1aZ0Qzr2a0mNjBt8/fF+TtyOJyYi&#10;iN1fLqHjrDPcU5ZxnChxHCtl+f9a7Netfs8d/8sQkcC8MBjRftpEFrTR49zqL2jaegxOg9bzc6ob&#10;IzupFw8qaDXlfVb0rUjQT2twdx9Drc4Lmbg/ieYTp/PdiKfTzAqFPnL11Lrm7ywM9DGUSx9DvTyN&#10;roehtF1PocAgTwyXmbswvr+K7e/Ppn7b2bzzYwRV+oxi/bt22ZdBLFowa5Izxh4/0b71u9i1ns/i&#10;6LZM72WJkVRu/noY5K+HGr3KDHjTjUoxFxjfYxyNhmznaGy28Ze27grn/mxe5E61wAMM7TUKa8eh&#10;2LSYTs/5hzkXmZ47+6H1/DLp3FInZiTty1GDXo02jHK34OGR9bi1nkzXpVd5JFUxPTGFZJUepqaK&#10;QpzHjD4TBtLJ6AYfvjEWu6ZjcV8dx6Bxraki6cIoSznFtXVx+/VxGz+F1QOs8Nu0nGbNhmPlOIJa&#10;PT5h0rYb3FcHUZkJpvGXmf/OVKo7DaNq5y/5IbY+sxf0wsmgiH1ZDVxSW9PSxmqkEXH/Pk6Ul5Ik&#10;A9eW9LPLo7GMFOJTVOibGmFUaBTSQU6p5HZTxjLdRclfKxfh0mYSXT7zodbEN+iRb2ZEjk3vIXzo&#10;Xo7g3atp2XYCHT/1x/GDCYyvoy/Joc7cstEmU7E+IVFa29VNTgnp/Aq5ZEP5OitZVt3l0icnDyu9&#10;7UpF6OJHhfpvcXb7LIXV1ajpILZ81A7bkN8ZM3AStVpOocu808S6DmDr8u6FXuoxbTmEDdOc0b+8&#10;m4E9x1HLfQET9j+hx2A3qkoV0Ek+HfVcfBx71i90jVP50dEfJTszkiqXVc+s3xXOc9XveeN/GSIe&#10;ZPfCkUbkzSC87z7GuFotmjlIRqHZk42SpIhQPANjSNYrh71zXepkPXugLEjnxIdTGHLMkS3nJtMp&#10;KoiLt5IwrVGP5nXMcwN1DknS6OZKQDzyqnVo5WAhuVlJUBIbEsgVKcs3tqtLK/vyz5y/VKTG4OsT&#10;SliCCmNLaxwa2FLFpJT6USYR5BnIzURDajk74GiZyK5ps5gU2Irde0fTqah7FJOjueodykOZNa5u&#10;NaikVTnFtXVx+6VRdeQdPAMeEq9UUEG94LOuFaa54mYSeycYr+B40kytaexcUxo5aXYVuS+H57e1&#10;lAubaT7mDHUXrGTf8IqawKok8uAqWi0I441NS/iqjUnW1qIoWk4JZQoh1wMJiNWnhnMDHE0uM7LN&#10;ai72moP3Ytc8QfQx4T6B+D3Sp5aLA/VzHyRXGCXzieelWDl15XlsV02xflSU/xZvt/koWNc8K1mV&#10;kh95+4RxP0VOxTp1cauh2wLhxw/D8LgRRbKRZNsuNahcsBctszhRyjhWqvL/ydhfAB3q93zxP5vn&#10;fZCdSGAEecgbrKfS959MnV9C0nx303nEBZqvXcyKdmaarYLCSeXI3OkMP2bHV7/PZXTOo2DTbrNk&#10;8CfsdZ3ByY9dsMzeWrak/l1IAlNS/hs+IWxX8CIinsQrEPwrKAkNTKLx1PEsFB2AbsR5svtUHCZN&#10;W9Bb/Zh5DZnhYcQ2HMS66f9Q8iIogLBdwX8TvU8kNN+fmyeP/DTfBC8nMmTpj1FWqU/3lnZUEOlt&#10;HmRUaOBKL9eKRU+HC3LJjH7ArdQK9B7WhbZVFbnri+RWNenWuT7V/8nZDKmwJylyajRvQrs6Tx8s&#10;V3L+Cz4hbFfwYmJYoaHmW+kQl5AEAoFAIBD864hLSAKBQCAQCF45RAIjEAgEAoHgpUMkMAKBQCAQ&#10;CF46RAIjEAgEAoHgpUMkMAKBQCAQCF46RALznyKT69tW8dqkg1wp8p0cAoFAIBC83IgE5j+Fkshb&#10;AVy4fIeIMrs5XiAQCASCFw+RwAgEAoFAIHjpEAnMC0cm8RF38bp+m5uRj8l+t2lZkE70nVA8fe9y&#10;P1n3s6bFReLjE8rtWPWL1YsgJYYbvmFE5Dt3JnER4XhJv7/1sKxkySAm/A7egdEkZmo2CQQCgeCV&#10;QyQwLwyZBB76nte6jqG2+0w6DppH8w7jcBm7nwvx2V1/zLGNuLWbzuh9UdLR2SgjzzOh9wTcVwTw&#10;RLOtIHHeRxnd5z3qd5uD+4CZNGj7PoPW+xJdVEaRGcVvny+kYduptB04B9e2o6nZUqpby7E4f/A3&#10;8dIhaR6/4N55GevPnmTk61NpNeADWn/ikfXzRN8TTBw4gXrus+go/b5p+3G4vruDw/eeZh1PLmyj&#10;VYcFLPbMmxyl88diqY4Dd3JJs44nu5yv+M7jb+aNmIxDlw9o/7r0/15f853/4+yDBAKBQPBKIRKY&#10;F4YUvC/fo/LrI9n321punlnJb7OdSDu3h7nbw1F38VbuXRloE82+lTv4NUrKPpTxHFqxg92PajFy&#10;iL3WN+4q759hysQfOW3Vk51/bOOh51r2jqrI1W/WMPNwXCGzIkruH9jGlB2PaPnhMkL9tnFtTUeq&#10;p6ZQrlkP5g6og/qVcKrkBO4/uMU3H+4ipP1YDu+cz6ZhtVFGnGbC+O/ZE2fPrJUfc2rvp/w40w2F&#10;1yHGTDuAtyYxyUyI497DR0Ql5V2woyQh+hEPIuNJ0GzJKue+L59P/JYTFXuy+efP+W1xJ+o8vMS8&#10;OfvxEAuWBQKB4JVDJDAvDOYMWvQRm6d2oEN9GypXqkaHt16jr62Km/6hpKoPUdRh2oKeOMZdZtGq&#10;q9w+s4uPDz+m3eQRjLDV1pSZ+O05zJEkB2YtHkDX6kYoTG3oMmEE79ZN4thBDx5qzWAyuHzBn6Qa&#10;rZn6Rk0s9Y2o5d6ft13h7iNDWje1QU9zJMok6bi+fLegA21dnenuasm1XYc4GlOFsUunMKe3I00a&#10;OdBnzCS+fceONL+TbLmSrvlxCVClYdl5AodW9qWPW106DBrFiqFVUQZd4tfrxVzeEggEAsF/DpHA&#10;vGhkJhNy/TqHDp/l59/8uZuhQvkkLffykEmT/nwxtDIRB7+j14K/iHbpxxdvVn2aUORFmcglr7so&#10;yymI+fs0P/16KvtzMJho6Qdp4RGEFNL3y9WWkZlJbqqhekyKuhJ6cvRyXiuchTGd3uyMvb7mT2Us&#10;lzwjUFV1ppdz3jkhfRq2a4idLI7rPlGabSVAZoRbRxeq5FqsPo3c6mGlfMjN4BTNNoFAIBC8KogE&#10;5oVBSdSFPQzoNgHXN79i2vI9LN90kvMPC94PbUybtzvRTBbP/WhD2g/qSIOc5KEgqkQeJUgJUOwt&#10;dny7nxUbcz6HOJNsjYNDFSpozXz0adPZhQp3z7Jo1TnOXb/J4c3b+fa6gpbS9qp5rUYmQ19KanJR&#10;JhAdL222KI91gXPrWZpjIVORlFQ2CYe8nAnl5CpSk8U6GIFAIHjVEAnMi0LKdRbP28d5c3d+Ob6Z&#10;23+twevoB4ytXSALUCZyYuMxrphUo4HNY45vPsiFwvIBmSFmRlLiUK09mw9L5zuR53N8NRdWd6We&#10;1gQmg0CfMBIrVCD9zy28MeRj3t0ShdO4qWx8q5DZnhykMo0V6nUrycQXuEsoMz6ZBJUMCwvzrL/l&#10;UvKjnsxRlvKZNcrEFBKUcsylREYgEAgErxYigXlByLx/G99oGY49utLNVsoA1CjTScvI37vHnd/F&#10;/ANJtBw/g71zWlAh+BjzNgehdQ5CbknDehao7ofiFVnULUcFyLjLH2cjsGg/hIO/f88D3595cPEr&#10;dk1rgm2R2YuEnjVO9cxQhftzJixvmZncuuDHHWxwc6mYtUVmZoypKpn7kSm5i4mVMf6cC9CyKlf1&#10;hEDfUJI0f6rvVrp26SYxepVxqm+s2SYQCASCVwWRwLwg6FWoSBVjJcEXvfBPljYkR7Bv6fdsCcmT&#10;BCT5snTJn9yr34vPRthi23MYc9sZcn3LNtYFaFvMYkDrNzrgpPJn5YK9HAlOzrqbKS0ugr8PH2bT&#10;6RjtdyHp29Dc1Zrofatp+to8ur21iH6jl/H2vB/ZcCZSe7KUi4KOA9pTj9usmbedPT7RxMRGcWX/&#10;FiZuCcWkeXdGuWZf8zKob09j03TObt/F/ltx3L9xjrnvrePXaP2smZn8ZOD9/QqGrbqMX1QcN37f&#10;wdzdDzB0asvABsVlVQKBQCD4ryESmBcFixbMmuSMscdPtG/9Lnat57M4ui3Te1liZKhAj0xu/PgL&#10;W+9XY+ycPripJ2n0bHhrzhu0Mwhm7doLqO+sVij0kRsa5N5SrXDuz+ZF7lQLPMDQXqOwdhyKTYvp&#10;9Jx/mHOR6Wi/eqOgci0bLAwtcW7ekBZOdtSrYkzS9VMsGP8xU45qbr+WylLIpbI0E0Y5GDUdxJaP&#10;2mEb8jtjBk6iVsspdJl3mljXAWxd3j33spW8Yms+fL8J1qEnGfXaezgM+J7z9iNY/7atJIeBVIs8&#10;yEzo8nYHlHtX0brde7Sa9ju3KrXlqyW9cSxsDZBAIBAI/rPIVBKa789NQuBuzTdBaUmKCOJKQDzy&#10;qnVo5WCRvxN/HlJj8PUJJSxBhbGlNQ4NbKlioj1/VUb+waCeP3B/xCJOzajz9PkyiRcY2XkNZ91n&#10;4besKUaazYWhTI7G2yeM+ylyKtapi1sNM63rZ5Ijgrl8Mx6FnT0t6zx7zJPTm2g84RJtv97It21i&#10;8bgaTpxpZZq62GIlkheBQCB4KSlnP1jzrXSIGZgXDLOqdXHv5EaHskxe1Bhb4dS8Cb26uOHuZldo&#10;8qJGGRtD1BNQGBhotmSTGBRKsJSM2Npao0veIDetiGtLqcxOLjQvJHlRYyola+7uTWijJXkpiNys&#10;Es07NKVbU5G8CAQCwauMSGAEz6BftzVvtymHz/qPaD54CcOnfc2wkXNo+s7/uNuoL5+9VV2nBEYg&#10;EAgEgn8KcQlJoJ3MJG6cuchRr3s8SMpE38wSe5cm9G1f41+f+cgMu8iX2+9Qb+hABtYpbo5GIBAI&#10;BC8Dz3sJSSQwAoFAIBAI/nXEGhiBQCAQCASvHCKBEQgEAoFA8NIhEhiBQCAQCAQvHSKBEQgEAoFA&#10;8NIhEhiBQCAQCAQvHSKBEQgEAoFA8NIhEhiBQCAQCAQvHSKBEQgEAoFA8NIhEhiBQCAQCAQvHWX6&#10;JF6BQCAQCASCfwMxAyMQCAQCgeClQyQwAoFAIBAIXjpEAiMQCAQCgeClQyQwAoFAIBAIXjpEAiMQ&#10;CAQCgeAlA/4PsGh7j48SBBgAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAKeiB0YBBwAAAQcAABQA&#10;AABkcnMvbWVkaWEvaW1hZ2UzLnBuZ4lQTkcNChoKAAAADUlIRFIAAABQAAAAUAgDAAAAuc8CnwAA&#10;AAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAACClBMVEUAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAACITYxqAAAArXRSTlMA&#10;AQIDBAUGBwgJCgsMDQ4QERITFBUWGBkbHB0fICEiIyYnKSorLS4vMDEyMzY5PD4/QEFCQ0VGR0lK&#10;S05QUVVWV1hZWmBkZWZrbG1ub3Byc3V2d3h5e3x+f4KDhIiKi42Oj5CRk5SVlpianJ2foKGipaeo&#10;q6+xsrS1uLq7vb7AwcLExcbHycrLzM3O0NHS09XW2Nnb3OLj5OXm5+nq7e/x8vP09fb3+Pn6+/z9&#10;/i+2hlgAAAAJcEhZcwAAIdUAACHVAQSctJ0AAAPHSURBVFhH3djpQ0xRGAbwq0QIFYUIkS0iS9bI&#10;UpYskZ1CYyeyR7IkS7bsOxWVqJn/0ZznPDPunXuWqW/8Pp33vM9bd7rNvXfG+S+kLCgPhJUvSOFG&#10;/yXmbnkR8mjZNCWBzb4rfPSbP8aj+0EBA30yro7zSpfHMBavtGZO6gSbhjEaj9QbHIPeT8/rAwEW&#10;LhfjPkdlvzgSdmFeljwJrN26V6NjM/IN86GOuoncC+Oe15M4Xndu5PA6l3JH4m6Mzky2tVYx+WMd&#10;NyK477OEfY0zjFUN5EYUG34HGVCqlJmvY1m7yI5KGRMKR2XiYRJrN9lS2saIzwbZP83SS/bUvKcv&#10;qlB2y1nGkE2N8Qx5pPegpzt+NHW+JzPl9hGtU6x80NW6x5TLPjQaWfmhrbecsagMvOAvqvMrYUyv&#10;azBzEU3YNryR0DcIMEfZ2NzDSgUBk0QGpddiq5WFEoZMGhiESdhaxkoJCZPeEUwK9WKnjYUahoy2&#10;MylgYz4LNUSMepgM2ypq418wnh8YymHUcd6K8iQLDYyYRU/LcJS+S6oXMmbtjDr5KFnoIGMRueic&#10;F8VhFjqYsFjJLJ5gZrHQwYTFTXfWdodFyMaV/ca1FgZsZHSGWL6Uaz0M2MjoerG8I9d6GLCRj0+H&#10;xLIGSwMM2OQhelYs92NpgAGbYkRPiGUVlgYYsNmNaBUrM0QNcFiVWO7FgA2iBrUiJO8hpRiwQdTg&#10;tgiVYFmAARtEDZ6IUD6WKRiwQdTgnQjxto4BGxnV63aFMGDDrE6mO9SKwoJZnUUi847FAUxYMKtz&#10;TWR2sJiJCQtmdZDJZZHUi9KMWY2xItITfbxpwYgZoxrXRaSZheOswYgZo2qJ+KcpZBWGETMm1YpF&#10;IshCuIQZIybVcIDVLISsIIZMmFQqE4HgaFZgPy0MqiR1isB9VlIGhkwYVME9JDSEFTVg04A5hTz0&#10;a1lFpCu/UXFhzi+5XbS7fU8euzCmx5jfK7TXsnJ5j4YWUz5X0X3Myi1VfnjUYSqW/IjdOZSlBy5p&#10;WgzFOC6bk1nG4AdwNWa8rsjeCpY+/H1KjLgl4/NXKFTBWuGITKgw4TK1TXY2s1aqkRkFBqKSz7Fh&#10;/JrFcUoY82E/YmMX9xdzQ2u25i3DNiQU43oV1mH9qspx0j4w7MVu2LSGyNGFHsVcETQqVAeJTsKE&#10;hbhfSj+LsBmHUXc54hI41tDymWupVvn20Mh8ximd4O34Xu1f2bc4qlSbwVifFD1VXi+6Gucw0HeJ&#10;0ytirmrNpTkD2Oy/9MKdgUCgesvcQdz4lznOHzsjSXr/6e4JAAAAAElFTkSuQmCCUEsDBBQABgAI&#10;AAAAIQBbTs7q2wAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyDtUjcqN1fVSFO&#10;hYoQ4sCBwgNs7CWJsNdR7Dbp2+Oc4DLSaFYz35aHyTtxoSF2gTUsFwoEsQm240bD1+fLwx5ETMgW&#10;XWDScKUIh+r2psTChpE/6HJKjcglHAvU0KbUF1JG05LHuAg9cc6+w+AxZTs00g445nLv5EqpnfTY&#10;cV5osadjS+bndPYaerLp6paG6PldjTWZ17ejY63v76anRxCJpvR3DDN+RocqM9XhzDYKN3uRsq7X&#10;IOZ0u9pvQdQaNhu1A1mV8v8D1S8AAAD//wMAUEsDBBQABgAIAAAAIQA3J0dhzAAAACkCAAAZAAAA&#10;ZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yRwWoCMRCG70LfIcy9m90ViohZLyJ4FfsAQzKbDW4m&#10;IYmlvr2BUqgg9eZxZvi//4PZbL/9LL4oZRdYQde0IIh1MI6tgs/T/n0FIhdkg3NgUnClDNvhbbE5&#10;0oylhvLkYhaVwlnBVEpcS5n1RB5zEyJxvYwheSx1TFZG1Ge0JPu2/ZDpLwOGO6Y4GAXpYJYgTtdY&#10;m5+zwzg6TbugL564PKiQztfuCsRkqSjwZBz+LJdNZAvysUP/Gof+P4fuNQ7dr4O8e/BwAwAA//8D&#10;AFBLAQItABQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9U&#10;eXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAAOwEAAF9y&#10;ZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAO/bk/cTCQAArzoAAA4AAAAAAAAAAAAAAAAAOgIAAGRy&#10;cy9lMm9Eb2MueG1sUEsBAi0ACgAAAAAAAAAhAAQ/5ia5VgEAuVYBABQAAAAAAAAAAAAAAAAAeQsA&#10;AGRycy9tZWRpYS9pbWFnZTEucG5nUEsBAi0ACgAAAAAAAAAhAHAbC9o24AAANuAAABQAAAAAAAAA&#10;AAAAAAAAZGIBAGRycy9tZWRpYS9pbWFnZTIucG5nUEsBAi0ACgAAAAAAAAAhAKeiB0YBBwAAAQcA&#10;ABQAAAAAAAAAAAAAAAAAzEICAGRycy9tZWRpYS9pbWFnZTMucG5nUEsBAi0AFAAGAAgAAAAhAFtO&#10;zurbAAAACAEAAA8AAAAAAAAAAAAAAAAA/0kCAGRycy9kb3ducmV2LnhtbFBLAQItABQABgAIAAAA&#10;IQA3J0dhzAAAACkCAAAZAAAAAAAAAAAAAAAAAAdLAgBkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxz&#10;UEsFBgAAAAAIAAgAAAIAAApMAgAAAA==&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:97053;height:27133;visibility:visible;mso-wrap-style:square" stroked="t" strokecolor="#00b0f0" strokeweight="1pt">
+                  <v:fill o:detectmouseclick="t"/>
+                  <v:path o:connecttype="none"/>
+                </v:shape>
+                <v:shape id="Picture 1840301151" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:15000;top:1137;width:47642;height:21808;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAW8lO+xwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fS8Mw&#10;EH8X9h3CDXwRl2SrMuqyMYbC8EF07gMcza2tay6hybr67Y0g+Hi//7fajK4TA/Wx9WxAzxQI4srb&#10;lmsDx8+X+yWImJAtdp7JwDdF2KwnNyssrb/yBw2HVIscwrFEA01KoZQyVg05jDMfiDN38r3DlM++&#10;lrbHaw53nZwr9SgdtpwbGgy0a6g6Hy7OwHvinb7z3X7xNWznXLyF4vU5GHM7HbdPIBKN6V/8597b&#10;PH9ZqIXS+kHD708ZALn+AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABbyU77HAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                  <v:imagedata r:id="rId18" o:title=""/>
+                </v:shape>
+                <v:shape id="Picture 1233021846" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:69972;top:1255;width:26563;height:16555;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC1qYS5xgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4LfYdlCt50k1UkpK5SLKIXD432PmTHJJqdDdnVpG/fLRR6nO9/1tvRtuJJvW8ca0jnCQji0pmG&#10;Kw2X836WgfAB2WDrmDR8k4ft5mWyxty4gT/pWYRKxBD2OWqoQ+hyKX1Zk0U/dx1x5K6utxji2VfS&#10;9DjEcNtKlSQrabHh2FBjR7uaynvxsBqGD6fS4+Gqvk7W7mRxy9xhX2o9fR3f30AEGsO/+M99NHG+&#10;WiwSlWbLFfz+FAGQmx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtamEucYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                  <v:imagedata r:id="rId19" o:title=""/>
+                </v:shape>
+                <v:line id="Straight Connector 1122337362" o:spid="_x0000_s1030" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="19761,17625" to="19761,26060" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBB+8YsyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFLzVjQlGTV2lCIqHQmuUgLchO01is7Mhu2r69t1Cocf5/me5HkwrbtS7xrKCyTgCQVxa&#10;3XCl4HTcPs9BOI+ssbVMCr7JwXr1+LDETNs7H+iW+0qEEHYZKqi97zIpXVmTQTe2HXHgPm1v0Iez&#10;r6Tu8R7CTSvjKEqlwYZDQ40dbWoqv/KrUdC+V5d8sdtt3/xmNsX0XFyKj0Kp0dPw+gLC0+D/xX/u&#10;vQ7zJ3GcJLMkjeH3pwCAXP0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAQfvGLMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                  <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                </v:shapetype>
+                <v:shape id="Straight Arrow Connector 625513651" o:spid="_x0000_s1031" type="#_x0000_t32" style="position:absolute;left:19761;top:25167;width:32776;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAYzY/TywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q5toE0rqKqUgWPWiFmxvj+wzG8y+jdmtxn/vCkKPw8x8w4ynvW3EiTpfO1aQDhIQ&#10;xKXTNVcKvrezlzcQPiBrbByTggt5mE4eH8ZYaHfmNZ02oRIRwr5ABSaEtpDSl4Ys+oFriaO3d53F&#10;EGVXSd3hOcJtI4dJkkuLNccFgy19GioPmz+rYLE97FyTva52x9+v5XKx/7Hm4pR6fuo/3kEE6sN/&#10;+N6eawX5MMvSUZ6lcLsU74CcXAEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAYzY/TywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                  <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 1776005037" o:spid="_x0000_s1032" type="#_x0000_t32" style="position:absolute;left:45967;top:15997;width:3435;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBGlmiVxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/da8Iw&#10;EH8X9j+EG+xNEzfaSjXK2BgIg8H8ej6asy02l5JkWv3rl8HAx/t932I12E6cyYfWsYbpRIEgrpxp&#10;udaw236MZyBCRDbYOSYNVwqwWj6MFlgad+FvOm9iLVIIhxI1NDH2pZShashimLieOHFH5y3GdPpa&#10;Go+XFG47+axULi22nBoa7Omtoeq0+bEawmG/5uyYf8nr/jbcfPZp3p3X+ulxeJ2DiDTEu/jfvTZp&#10;flHkSmXqpYC/nxIAcvkLAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEARpZolcYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                  <v:stroke startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                </v:shape>
+                <v:shape id="Straight Arrow Connector 358751458" o:spid="_x0000_s1033" type="#_x0000_t32" style="position:absolute;left:52483;top:15927;width:3436;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAoZZIRxgAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSgMx&#10;EL4LvkMYwZvNtnZtuzYtUhA8eLDVBxg2083qZrIk4za+vTkIHj++/+0++0FNFFMf2MB8VoEiboPt&#10;uTPw8f58twaVBNniEJgM/FCC/e76aouNDRc+0nSSTpUQTg0acCJjo3VqHXlMszASF+4cokcpMHba&#10;RryUcD/oRVU9aI89lwaHIx0ctV+nb2/gNY5++VkLyuK82rwdNnlynI25vclPj6CEsvyL/9wv1sB9&#10;vV7V82VdNpdL5Q7o3S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAKGWSEcYAAADiAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                  <v:stroke startarrow="classic" startarrowwidth="wide" endarrowwidth="wide"/>
+                </v:shape>
+                <v:line id="Straight Connector 1929136559" o:spid="_x0000_s1034" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="49345,14937" to="49396,18975" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDElpcVyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFHrTjZZEE12lCEoPBdsoAW9DdprEZmdDdqvp23cFocf5/me5HkwrLtS7xrKCyTgCQVxa&#10;3XCl4HjYjuYgnEfW2FomBb/kYL16fFhipu2VP+mS+0qEEHYZKqi97zIpXVmTQTe2HXHgvmxv0Iez&#10;r6Tu8RrCTSunUZRIgw2Hhho72tRUfuc/RkG7r855uttt3/1mFmNyKs7FR6HU89PwugDhafD/4rv7&#10;TYf56TSdvCRxnMLtpwCAXP0BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAxJaXFckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:29929;top:24079;width:10674;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA6PCODywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvlXgHaytxKw5UlJBiEGpBai9U/N238TYJjdeRbSDl6TFSJY6jmflGM5m1phYncr6yrKDfS0AQ&#10;51ZXXCjYbZdPKQgfkDXWlknBH3mYTTsPE8y0PfOaTptQiAhhn6GCMoQmk9LnJRn0PdsQR+/HOoMh&#10;SldI7fAc4aaWgyR5kQYrjgslNvRWUv67ORoF7/n3+FBfrHFfn6t0NV8s063cK9V9bOevIAK14R7+&#10;b39oBYPxKEmHz/0R3C7FOyCnVwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA6PCODywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="22FF4192" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+                        <w:pPr>
+                          <w:spacing w:before="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>Wheelbase</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:55919;top:14937;width:3430;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDUL9KzyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LTwIx&#10;EL6b+B+aMfEmLSJmWSiEiCR6wfC6D9thd2E73bQVVn+9NTHxON97JrPONuJCPtSONfR7CgRx4UzN&#10;pYbddvmQgQgR2WDjmDR8UYDZ9PZmgrlxV17TZRNLkUI45KihirHNpQxFRRZDz7XEiTs6bzGm05fS&#10;eLymcNvIR6WepcWaU0OFLb1UVJw3n1bDojiMTs23s/7jfZWt5q/LbCv3Wt/fdfMxiEhd/Bf/ud9M&#10;mt9XQzUaqOET/P6UAJDTHwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDUL9KzyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="07260E93" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+                        <w:pPr>
+                          <w:spacing w:before="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>D</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:line id="Straight Connector 497019352" o:spid="_x0000_s1037" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="52401,15415" to="52401,25962" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBfDmg8zAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq96UZb/yS6igiKh0LbKAFvj+wziWbfhuxW47fvFgo9DjPzG2ax6kwtbtS6yrKC4SAC&#10;QZxbXXGh4HjY9mcgnEfWWFsmBQ9ysFo+9RaYaHvnL7qlvhABwi5BBaX3TSKly0sy6Aa2IQ7e2bYG&#10;fZBtIXWL9wA3tRxF0UQarDgslNjQpqT8mn4bBfVHcUnj3W777jfTMU5O2SX7zJR6ee7WcxCeOv8f&#10;/mvvtYK3eBoN49fxCH4vhTsglz8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAXw5oPMwA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="val #0"/>
+                    <v:f eqn="val #1"/>
+                    <v:f eqn="sum height 0 #1"/>
+                    <v:f eqn="sum 10800 0 #1"/>
+                    <v:f eqn="sum width 0 #0"/>
+                    <v:f eqn="prod @4 @3 10800"/>
+                    <v:f eqn="sum width 0 @5"/>
+                  </v:formulas>
+                  <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                  <v:handles>
+                    <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
+                  </v:handles>
+                </v:shapetype>
+                <v:shape id="Arrow: Down 1287261726" o:spid="_x0000_s1038" type="#_x0000_t67" style="position:absolute;left:48391;top:11116;width:2045;height:4160;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBEEfXtygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/BasJA&#10;EL0X+g/LCN7qxlBtSF3FSsVS8GDag8chOybB7OySXU38+64g9PAOM2/ee/MWq8G04kqdbywrmE4S&#10;EMSl1Q1XCn5/ti8ZCB+QNbaWScGNPKyWz08LzLXt+UDXIlQimrDPUUEdgsul9GVNBv3EOuLInWxn&#10;MMSxq6TusI/mppVpksylwYZjQo2ONjWV5+JiFHzvPk/7fu1m7uPVHrNjyUU47JQaj4b1O4hAQ/g/&#10;fqi/dHw/zd7S+TQC7p3iAuTyDwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEQR9e3KAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="16291" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                <v:shape id="_x0000_s1039" type="#_x0000_t202" style="position:absolute;left:39958;top:7122;width:8433;height:4948;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDu73wXyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;EIXvC77DMkJvim4aqUp0FakUSmkujD7AkB2TaHY2ZFeT5um7hYKXh/Pzcdbb3tTiTq2rLCt4nUYg&#10;iHOrKy4UnI4fkyUI55E11pZJwQ852G5GT2tMtO34QPfMFyKMsEtQQel9k0jp8pIMuqltiIN3tq1B&#10;H2RbSN1iF8ZNLeMomkuDFQdCiQ29l5Rfs5tRQGn38p1+DTbN5/KS7bsh8Aelnsf9bgXCU+8f4f/2&#10;p1YQR7PF7C2OF/B3KdwBufkFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7u98F8kAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="45AA98E5" w14:textId="20D462F5" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+                        <w:pPr>
+                          <w:spacing w:before="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>15,000kg Load on Fifth Wheel (</w:t>
+                        </w:r>
+                        <w:r w:rsidR="003E74BC">
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>M</w:t>
+                        </w:r>
+                        <w:r w:rsidR="003E74BC" w:rsidRPr="003E74BC">
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:vertAlign w:val="subscript"/>
+                          </w:rPr>
+                          <w:t>Semi</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:rect id="Rectangle 1659212571" o:spid="_x0000_s1040" style="position:absolute;left:39250;top:16637;width:6297;height:4096;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCerEuoygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LS8NA&#10;EL4L/odlhF7EbhL60NhtaQtFDy3FVEFvQ3bMBrOzIbtt47/vCgWP871ntuhtI07U+dqxgnSYgCAu&#10;na65UvB+2Dw8gvABWWPjmBT8kofF/PZmhrl2Z36jUxEqEUPY56jAhNDmUvrSkEU/dC1x5L5dZzHE&#10;s6uk7vAcw20jsySZSIs1xwaDLa0NlT/F0Srw9x8rO8Jt8fl12O2PyUu/n26NUoO7fvkMIlAf/sVX&#10;96uO8yfjpyzNxtMU/n6KAMj5BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ6sS6jKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" fillcolor="#4daed0 [3204]" strokecolor="#091a21 [484]" strokeweight="2pt">
+                  <v:textbox style="layout-flow:vertical;mso-layout-flow-alt:bottom-to-top" inset=",0">
+                    <w:txbxContent>
+                      <w:p w14:paraId="336A8FBC" w14:textId="77777777" w:rsidR="00BD6941" w:rsidRDefault="00BD6941" w:rsidP="004E79DF">
+                        <w:pPr>
+                          <w:spacing w:before="0" w:after="240"/>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:sz w:val="14"/>
+                            <w:szCs w:val="14"/>
+                          </w:rPr>
+                          <w:t>Toolbox</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:rect>
+                <v:shape id="Picture 20456371" o:spid="_x0000_s1041" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:41199;top:17367;width:2553;height:2547;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB/iMt3ygAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BTsMw&#10;EETvSPyDtUjcqNPSFhTqVkBVkUMvpPmAxV6S0HgdxW6S8vUYqVKPo5l5o1ltRtuInjpfO1YwnSQg&#10;iLUzNZcKisPu4RmED8gGG8ek4EweNuvbmxWmxg38SX0eShEh7FNUUIXQplJ6XZFFP3EtcfS+XWcx&#10;RNmV0nQ4RLht5CxJltJizXGhwpbeK9LH/GQVfPwU9Vv+dez32e4306y3xWAPSt3fja8vIAKN4Rq+&#10;tDOjYJbMF8vHpyn8P4pvQK7/AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAH+Iy3fKAAAA&#10;4QAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                  <v:imagedata r:id="rId20" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                </v:shape>
+                <v:line id="Straight Connector 643117165" o:spid="_x0000_s1042" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="42437,16910" to="42437,24116" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAwrcyIywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvuklbY42uUgSlh0I1LYHeHtlnEs2+Ddmtpv/eFQo9DjPzDbNc96YRF+pcbVlBPIlA&#10;EBdW11wq+Prcjl9AOI+ssbFMCn7JwXo1HCwx1fbKB7pkvhQBwi5FBZX3bSqlKyoy6Ca2JQ7e0XYG&#10;fZBdKXWH1wA3jXyMokQarDksVNjSpqLinP0YBc1Hecrmu9323W9mU0y+81O+z5V6GPWvCxCeev8f&#10;/mu/aQXJ81Mcz+JkCvdL4Q7I1Q0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAwrcyIywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                <v:shape id="Arrow: Down 1326350978" o:spid="_x0000_s1043" type="#_x0000_t67" style="position:absolute;left:41415;top:20041;width:2045;height:2336;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAN5SjfygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Bb8Iw&#10;DIXvSPsPkSftNlJajW0dAU2gSYgTsEm7Wo3XViRO1wQo+/X4MImj/Z7f+zxbDN6pE/WxDWxgMs5A&#10;EVfBtlwb+Pr8eHwBFROyRReYDFwowmJ+N5phacOZd3Tap1pJCMcSDTQpdaXWsWrIYxyHjli0n9B7&#10;TDL2tbY9niXcO51n2VR7bFkaGuxo2VB12B+9ga27hJy/t27teJOKv3r1q/OVMQ/3w/sbqERDupn/&#10;r9dW8It8Wjxlr88CLT/JAvT8CgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA3lKN/KAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="12150" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                <v:shape id="Straight Arrow Connector 298882000" o:spid="_x0000_s1044" type="#_x0000_t32" style="position:absolute;left:42355;top:23094;width:10121;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBosEjMygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;EIXvQv/DMgVvuqlUSVNXKYVC1V6qBdvbkB2zwexsml01/vvOQehxePO+xzdf9r5RZ+piHdjAwzgD&#10;RVwGW3Nl4Gv3NspBxYRssQlMBq4UYbm4G8yxsOHCn3TepkoJhGOBBlxKbaF1LB15jOPQEkt2CJ3H&#10;JGdXadvhReC+0ZMsm2mPNcuCw5ZeHZXH7ckbWO+O+9BMHz/2vz+rzWZ9+PbuGowZ3vcvz6AS9en/&#10;+dZ+twYmT3meC1YkREl0QC/+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGiwSMzKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                  <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                </v:shape>
+                <v:shape id="_x0000_s1045" type="#_x0000_t202" style="position:absolute;left:45018;top:21824;width:5175;height:2648;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBJYmZaxwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9dT8Iw&#10;FH0n4T80l8Q36IZGxqQQopLIC0TQ9+t62Qbr7dJWmP56SmLi48n5ni0604gzOV9bVpCOEhDEhdU1&#10;lwo+9qthBsIHZI2NZVLwQx4W835vhrm2F36n8y6UIoawz1FBFUKbS+mLigz6kW2JI3ewzmCI0JVS&#10;O7zEcNPIcZI8SoM1x4YKW3quqDjtvo2Cl+Jremx+rXHb9SbbLF9X2V5+KnU36JZPIAJ14V/8537T&#10;cf70IU0m2X0Kt0sRg5xfAQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAEliZlrHAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="244C26FD" w14:textId="77777777" w:rsidR="00B47E1E" w:rsidRDefault="00B47E1E" w:rsidP="00B47E1E">
+                        <w:pPr>
+                          <w:spacing w:before="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>D</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:position w:val="-4"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:vertAlign w:val="subscript"/>
+                          </w:rPr>
+                          <w:t>Toolbox</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <v:shape id="_x0000_s1046" type="#_x0000_t202" style="position:absolute;left:30279;top:20535;width:8433;height:2559;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA/dKSYywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhf6D2EIvJZFiikmcKKE0FEqJD3X7AYu1sZ1YK2MpseuvjwqFHndndt7sZjfaVlyp941jDYu5&#10;AkFcOtNwpeH76222BOEDssHWMWn4IQ+77f3dBjPjBv6kaxEqEUPYZ6ihDqHLpPRlTRb93HXEUTu6&#10;3mKIY19J0+MQw20rE6VSabHhSKixo9eaynNxsRooH54O+cfk8jKVp2I/TJE/af34ML6sQQQaw7/5&#10;7/rdxPrpavGs1DJJ4PenuAC5vQEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA/dKSYywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                  <v:textbox>
+                    <w:txbxContent>
+                      <w:p w14:paraId="3204AEDB" w14:textId="77777777" w:rsidR="00DC78A2" w:rsidRDefault="00DC78A2" w:rsidP="00DC78A2">
+                        <w:pPr>
+                          <w:spacing w:before="0"/>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>100kg (M</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:position w:val="-4"/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                            <w:vertAlign w:val="subscript"/>
+                          </w:rPr>
+                          <w:t>Toolbox</w:t>
+                        </w:r>
+                        <w:r>
+                          <w:rPr>
+                            <w:b/>
+                            <w:bCs/>
+                            <w:sz w:val="16"/>
+                            <w:szCs w:val="16"/>
+                          </w:rPr>
+                          <w:t>)</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                </v:shape>
+                <w10:wrap type="tight"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25EFF240" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="00304557" w:rsidSect="00304557">
+          <w:headerReference w:type="even" r:id="rId21"/>
+          <w:headerReference w:type="default" r:id="rId22"/>
+          <w:footerReference w:type="even" r:id="rId23"/>
+          <w:footerReference w:type="default" r:id="rId24"/>
+          <w:headerReference w:type="first" r:id="rId25"/>
+          <w:footerReference w:type="first" r:id="rId26"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+          <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="012D45D0" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:pStyle w:val="Note"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40DBF7C2" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51BC93FC" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A860CED" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="13AACCE6" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A833D24" w14:textId="71AC1C52" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="37CD60A6" w14:textId="368B4096" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D01A096" w14:textId="7DF7D053" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="227A83FE" w14:textId="28A86201" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51267785" w14:textId="150CD063" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BC417C3" w14:textId="6124E3AF" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3CD063A4" w14:textId="13ADAB07" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="218B4F37" w14:textId="68332B86" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00ED55DC" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251774464" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="226971AB" wp14:editId="095556D9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5860415</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>104140</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3162300" cy="3228975"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="213864541" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3162300" cy="3228975"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="35331956" w14:textId="77777777" w:rsidR="00C608CC" w:rsidRPr="0048151A" w:rsidRDefault="00C608CC" w:rsidP="00C608CC">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0048151A">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Rearward Axle Mass - RAM:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2BB7CA11" w14:textId="7298C622" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="44CFB06A" w14:textId="1B9C47A7" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> – D) ÷ B</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) x </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00870002">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00870002" w:rsidRPr="00870002">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6EAF9BDC" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((_______ - _______) ÷ _______) x _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="61FB4074" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7EE493F4" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="220CF479" w14:textId="15ADEB03" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00870002">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> – D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) ÷ B</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00870002">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00CF1CBE">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="660B911C" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((_______ - _______) ÷ _______) x _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="64CAC021" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008C3BB1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="51398D7A" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="00FE17B2" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>AM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="27F552D8" w14:textId="7F77A571" w:rsidR="00D0455E" w:rsidRPr="00FE17B2" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00BA05BD">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>3</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>AM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0977F3ED" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="00FE17B2" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="59D57B33" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="00FE17B2" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="226971AB" id="Text Box 2" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:461.45pt;margin-top:8.2pt;width:249pt;height:254.25pt;z-index:251774464;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA/GmjQHAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthxLk2MOEWbLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60vJbtpu2MswPQiiKB2Sh4eb675V5CSsk6ALOp2klAjNoZL6UNDv3/bv&#10;VpQ4z3TFFGhR0LNw9Hr79s2mM7nIoAFVCUsQRLu8MwVtvDd5kjjeiJa5CRih0VmDbZlH0x6SyrIO&#10;0VuVZGm6TDqwlbHAhXN4ezc46Tbi17Xg/ktdO+GJKijm5uNu416GPdluWH6wzDSSj2mwf8iiZVJj&#10;0AvUHfOMHK38A6qV3IKD2k84tAnUteQi1oDVTNPfqnlomBGxFiTHmQtN7v/B8s+nB/PVEt/fQo8N&#10;jEU4cw/8hyMadg3TB3FjLXSNYBUGngbKks64fPwaqHa5CyBl9wkqbDI7eohAfW3bwArWSRAdG3C+&#10;kC56TzhezqbLbJaii6NvlmWr9dUixmD503djnf8goCXhUFCLXY3w7HTvfEiH5U9PQjQHSlZ7qVQ0&#10;7KHcKUtODBWwj2tEf/VMadIVdL3IFgMDf4VI09t0H3WDUV9BtNKjlJVsC7pKwxrEFXh7r6soNM+k&#10;Gs74WemRyMDdwKLvy57IqqDL8DfwWkJ1RmYtDMrFScNDA/YXJR2qtqDu55FZQYn6qLE76+l8HmQe&#10;jfniKkPDvvSULz1Mc4QqqKdkOO58HI3Am4Yb7GItI7/PmYwpoxoj7ePkBLm/tOOr5/nePgIAAP//&#10;AwBQSwMEFAAGAAgAAAAhAGEwezffAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOyoXRNKE+JUVSXEFlLabt14SAKxHWKnDX/PdAXLmXt0H/lqsh074RBa7xTMZwIYusqb1tUK&#10;3rfPd0tgIWpndOcdKvjBAKvi+irXmfFn94anMtaMTFzItIImxj7jPFQNWh1mvkdH2ocfrI50DjU3&#10;gz6Tue24FGLBrW4dJTS6x02D1Vc5Wsr9TDadWO8fx/n3y+51y+935fKg1O3NtH4CFnGKfzBc6lN1&#10;KKjT0Y/OBNYpSKVMCSVhkQC7AIkU9DkqeJBJCrzI+f8NxS8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAPxpo0BwCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAYTB7N98AAAALAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="35331956" w14:textId="77777777" w:rsidR="00C608CC" w:rsidRPr="0048151A" w:rsidRDefault="00C608CC" w:rsidP="00C608CC">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0048151A">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Rearward Axle Mass - RAM:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2BB7CA11" w14:textId="7298C622" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="44CFB06A" w14:textId="1B9C47A7" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> – D) ÷ B</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) x </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00870002">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00870002" w:rsidRPr="00870002">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6EAF9BDC" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((_______ - _______) ÷ _______) x _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="61FB4074" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7EE493F4" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="220CF479" w14:textId="15ADEB03" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00870002">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> – D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) ÷ B</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00870002">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00CF1CBE">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="660B911C" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((_______ - _______) ÷ _______) x _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="64CAC021" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="008C3BB1" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008C3BB1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="51398D7A" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="00FE17B2" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>AM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="27F552D8" w14:textId="7F77A571" w:rsidR="00D0455E" w:rsidRPr="00FE17B2" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00BA05BD">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>3</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>AM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0977F3ED" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="00FE17B2" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="59D57B33" w14:textId="77777777" w:rsidR="00D0455E" w:rsidRPr="00FE17B2" w:rsidRDefault="00D0455E" w:rsidP="00D0455E">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="003B31F3" w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="762803AA" wp14:editId="170AA557">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2955290</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>94615</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2845435" cy="3219450"/>
+                <wp:effectExtent l="0" t="0" r="12065" b="19050"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="714340862" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2845435" cy="3219450"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7092B48D" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="009F15B0" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009F15B0">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Forward Axle Mass - FAM:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6D6CB9AF" w14:textId="26929BAF" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00616BE6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7F1C64A8" w14:textId="2F4F10FC" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00616BE6">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>÷ B</w:t>
+                            </w:r>
+                            <w:r w:rsidR="003B31F3">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) x </w:t>
+                            </w:r>
+                            <w:r w:rsidR="003E74BC">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidR="003E74BC" w:rsidRPr="003E74BC">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7F4E8B6C" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (_______ ÷ _______) x ________</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="03479AF6" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6D10720E" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2AF4871D" w14:textId="5F9C97C2" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>÷ B</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC78A2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00570218">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="01F0300B" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (_______ ÷ _______) x ________</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="766FB490" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="366EFCB7" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5AE1C162" w14:textId="04373A67" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC78A2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>2</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC78A2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="21C4C2B1" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6BE0B3FA" w14:textId="50D4D63F" w:rsidR="00304557" w:rsidRPr="00B15D5E" w:rsidRDefault="00496CBD" w:rsidP="00DC78A2">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="67C88A16" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="00C24D53" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="762803AA" id="_x0000_s1048" type="#_x0000_t202" style="position:absolute;margin-left:232.7pt;margin-top:7.45pt;width:224.05pt;height:253.5pt;z-index:251657728;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAYiTHoHAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthx7TUx4hRtugwD&#10;ugvQ7QNkWY6FyaImKbG7rx8lJ2nWYS/D9CCIonRIHh6ubsZekYOwToKu6HyWUiI0h0bqXUW/fd2+&#10;WVDiPNMNU6BFRZ+Eozfr169WgylFBh2oRliCINqVg6lo570pk8TxTvTMzcAIjc4WbM88mnaXNJYN&#10;iN6rJEvTt8kAtjEWuHAOb+8nJ11H/LYV3H9uWyc8URXF3HzcbdzrsCfrFSt3lplO8mMa7B+y6JnU&#10;GPQMdc88I3sr/4DqJbfgoPUzDn0CbSu5iDVgNfP0RTWPHTMi1oLkOHOmyf0/WP7p8Gi+WOLHOxix&#10;gbEIZx6Af3dEw6ZjeidurYWhE6zBwPNAWTIYVx6/Bqpd6QJIPXyEBpvM9h4i0NjaPrCCdRJExwY8&#10;nUkXoyccL7NFXuRXBSUcfVfZfJkXsS0JK0/fjXX+vYCehENFLXY1wrPDg/MhHVaenoRoDpRstlKp&#10;aNhdvVGWHBgqYBtXrODFM6XJUNFlkRUTA3+FSNO7dHtK8LdIvfQoZSX7ii7SsCZxBd7e6SYKzTOp&#10;pjOmrPSRyMDdxKIf65HIpqLX4W/gtYbmCZm1MCkXJw0PHdiflAyo2oq6H3tmBSXqg8buLOd5HmQe&#10;jby4ztCwl5760sM0R6iKekqm48bH0Qi8abjFLrYy8vucyTFlVGOk/Tg5Qe6Xdnz1PN/rXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAOHMMgXfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNyokzYpTYhTVZUQV0hpe3VjkwTsdYidNvw92xMcV/M087ZYT9awsx5851BAPIuAaayd6rAR&#10;8L57flgB80GiksahFvCjPazL25tC5spd8E2fq9AwKkGfSwFtCH3Oua9bbaWfuV4jZR9usDLQOTRc&#10;DfJC5dbweRQtuZUd0kIre71tdf1VjZZ2P5OtiTaHxzH+ftm/7vhiX62OQtzfTZsnYEFP4Q+Gqz6p&#10;Q0lOJzei8swISJZpQigFSQaMgCxepMBOAtJ5nAEvC/7/hfIXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAGIkx6BwCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA4cwyBd8AAAAKAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7092B48D" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="009F15B0" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009F15B0">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Forward Axle Mass - FAM:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6D6CB9AF" w14:textId="26929BAF" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00616BE6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7F1C64A8" w14:textId="2F4F10FC" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00616BE6">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>÷ B</w:t>
+                      </w:r>
+                      <w:r w:rsidR="003B31F3">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) x </w:t>
+                      </w:r>
+                      <w:r w:rsidR="003E74BC">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidR="003E74BC" w:rsidRPr="003E74BC">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7F4E8B6C" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (_______ ÷ _______) x ________</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="03479AF6" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6D10720E" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2AF4871D" w14:textId="5F9C97C2" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>÷ B</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00DC78A2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00570218">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="01F0300B" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (_______ ÷ _______) x ________</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="766FB490" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="366EFCB7" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5AE1C162" w14:textId="04373A67" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00DC78A2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>2</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00DC78A2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="21C4C2B1" w14:textId="77777777" w:rsidR="00496CBD" w:rsidRPr="00FE17B2" w:rsidRDefault="00496CBD" w:rsidP="00496CBD">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6BE0B3FA" w14:textId="50D4D63F" w:rsidR="00304557" w:rsidRPr="00B15D5E" w:rsidRDefault="00496CBD" w:rsidP="00DC78A2">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="67C88A16" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="00C24D53" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidR="00532A78" w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251554304" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="38EB9453" wp14:editId="2F5792AE">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-7620</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>85090</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2905125" cy="2009775"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="604730459" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2905125" cy="2009775"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="57C17253" w14:textId="18C76926" w:rsidR="00304557" w:rsidRPr="009F15B0" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009F15B0">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Fifth Wheel Offset:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="334BB1BF" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="00B15D5E" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B15D5E">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B17) Fifth Wheel Offset (D): _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="79EEACD2" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="00E91F15" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E91F15">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>If D is further rearwards than the rear overhang line then D value is negative.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5468FC95" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E91F15">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>If D = 0m, (D2) FAM = 0kg and (D3) RAM = D1.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3405E2E6" w14:textId="1ABBDC2D" w:rsidR="00595613" w:rsidRPr="009F15B0" w:rsidRDefault="00595613" w:rsidP="00595613">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Centre of Mass to ROH Line</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00532A78">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> - D</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00532A78" w:rsidRPr="00532A78">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="009F15B0">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="12422601" w14:textId="1D215DF8" w:rsidR="00595613" w:rsidRPr="00FE17B2" w:rsidRDefault="00595613" w:rsidP="00595613">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m): (If applicable)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="398EB1DA" w14:textId="7C98E5C9" w:rsidR="00304557" w:rsidRPr="00C608CC" w:rsidRDefault="00595613" w:rsidP="00C608CC">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="38EB9453" id="_x0000_s1049" type="#_x0000_t202" style="position:absolute;margin-left:-.6pt;margin-top:6.7pt;width:228.75pt;height:158.25pt;z-index:251554304;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDndz7sGQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkqUx4hRtugwD&#10;ugvQ7QNkWY6FyaJGKbG7rx+luGm6AXsYpgdBFKVD8vBwfT10hh0Veg225NNJzpmyEmpt9yX/9nX3&#10;5oozH4SthQGrSv6oPL/evH617l2hZtCCqRUyArG+6F3J2xBckWVetqoTfgJOWXI2gJ0IZOI+q1H0&#10;hN6ZbJbnb7MesHYIUnlPt3cnJ98k/KZRMnxuGq8CMyWn3ELaMe1V3LPNWhR7FK7VckxD/EMWndCW&#10;gp6h7kQQ7ID6D6hOSwQPTZhI6DJoGi1VqoGqmea/VfPQCqdSLUSOd2ea/P+DlZ+OD+4LsjDcwkAN&#10;TEV4dw/yu2cWtq2we3WDCH2rRE2Bp5GyrHe+GL9Gqn3hI0jVf4SamiwOARLQ0GAXWaE6GaFTAx7P&#10;pKshMEmXs1W+mM4WnEnyUUtXy+UixRDF03eHPrxX0LF4KDlSVxO8ON77ENMRxdOTGM2D0fVOG5MM&#10;3Fdbg+woSAG7tEb0F8+MZX3JVwtK5O8QeX6b75JuKOoLiE4HkrLRXcmv8rhO4oq8vbN1EloQ2pzO&#10;9NnYkcjI3YnFMFQD0zUBxL+R1wrqR2IW4aRcmjQ6tIA/OetJtSX3Pw4CFWfmg6XurKbzeZR5MuaL&#10;5YwMvPRUlx5hJUGVPHB2Om5DGo3IgIUb6mKjE7/PmYwpkxoT7ePkRLlf2unV83xvfgEAAP//AwBQ&#10;SwMEFAAGAAgAAAAhABDsG5XfAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj81OwzAQhO9IvIO1&#10;SNxa54/ShjhVVQlxhZS2Vzc2ScBeh9hpw9uzPcFxd0Yz3xTryRp21oPvHAqI5xEwjbVTHTYC3nfP&#10;syUwHyQqaRxqAT/aw7q8vSlkrtwF3/S5Cg2jEPS5FNCG0Oec+7rVVvq56zWS9uEGKwOdQ8PVIC8U&#10;bg1PomjBreyQGlrZ622r669qtNT7mW1NtDk8jvH3y/51x9N9tTwKcX83bZ6ABT2FPzNc8QkdSmI6&#10;uRGVZ0bALE7ISf80A0Z69rBIgZ0EpMlqBbws+P8F5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA53c+7BkCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAEOwbld8AAAAJAQAADwAAAAAAAAAAAAAAAABzBAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="57C17253" w14:textId="18C76926" w:rsidR="00304557" w:rsidRPr="009F15B0" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009F15B0">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Fifth Wheel Offset:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="334BB1BF" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="00B15D5E" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B15D5E">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B17) Fifth Wheel Offset (D): _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="79EEACD2" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="00E91F15" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E91F15">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>If D is further rearwards than the rear overhang line then D value is negative.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5468FC95" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E91F15">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>If D = 0m, (D2) FAM = 0kg and (D3) RAM = D1.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3405E2E6" w14:textId="1ABBDC2D" w:rsidR="00595613" w:rsidRPr="009F15B0" w:rsidRDefault="00595613" w:rsidP="00595613">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Centre of Mass to ROH Line</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00532A78">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> - D</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00532A78" w:rsidRPr="00532A78">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="009F15B0">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="12422601" w14:textId="1D215DF8" w:rsidR="00595613" w:rsidRPr="00FE17B2" w:rsidRDefault="00595613" w:rsidP="00595613">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m): (If applicable)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="398EB1DA" w14:textId="7C98E5C9" w:rsidR="00304557" w:rsidRPr="00C608CC" w:rsidRDefault="00595613" w:rsidP="00C608CC">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="786AB324" w14:textId="1FD27730" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="306754D4" w14:textId="36AF6137" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="072E2076" w14:textId="39843154" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0FA0015F" w14:textId="7FF72DA7" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08615D53" w14:textId="5415FE0F" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1A45FB64" w14:textId="031DF1CA" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09C9F4B0" w14:textId="72F12A49" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="23BCB0BF" w14:textId="48E6984F" w:rsidR="00304557" w:rsidRPr="0087243A" w:rsidRDefault="00304557" w:rsidP="00304557">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="18D55AB1" w14:textId="67B38EA1" w:rsidR="00304557" w:rsidRDefault="00ED55DC" w:rsidP="00304557">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251766272" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7E765A5F" wp14:editId="1ADE989B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-9153525</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>208280</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2209800" cy="680085"/>
+                <wp:effectExtent l="0" t="0" r="19050" b="24765"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1920052123" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2209800" cy="680085"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="536BB552" w14:textId="77777777" w:rsidR="00C608CC" w:rsidRPr="00640161" w:rsidRDefault="00C608CC" w:rsidP="00C608CC">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Wheelbase</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00640161">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6617F051" w14:textId="5849B048" w:rsidR="00C608CC" w:rsidRPr="00FE17B2" w:rsidRDefault="00C608CC" w:rsidP="00C608CC">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>5</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) Vehicle Wheelbase: _______</w:t>
+                            </w:r>
+                            <w:r w:rsidR="003B31F3">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3F6B31FC" w14:textId="77777777" w:rsidR="00C608CC" w:rsidRPr="00CF3281" w:rsidRDefault="00C608CC" w:rsidP="00C608CC"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7E765A5F" id="_x0000_s1050" type="#_x0000_t202" style="position:absolute;margin-left:-720.75pt;margin-top:16.4pt;width:174pt;height:53.55pt;z-index:251766272;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBmEISvGAIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3asZLux4qx2s01V&#10;aXuRtv0ADDhGxQwFEjv9+g7Ym8226ktVHtAMA2dmzhzWN0OnyVE6r8BUdD7LKZGGg1BmX9FvX3dv&#10;rinxgRnBNBhZ0ZP09Gbz+tW6t6UsoAUtpCMIYnzZ24q2IdgyyzxvZcf8DKw0GGzAdSyg6/aZcKxH&#10;9E5nRZ5fZT04YR1w6T2e3o9Bukn4TSN5+Nw0XgaiK4q1hbS7tNdxzzZrVu4ds63iUxnsH6romDKY&#10;9Ax1zwIjB6f+gOoUd+ChCTMOXQZNo7hMPWA38/y3bh5bZmXqBcnx9kyT/3+w/NPx0X5xJAx3MOAA&#10;UxPePgD/7omBbcvMXt46B30rmcDE80hZ1ltfTk8j1b70EaTuP4LAIbNDgAQ0NK6LrGCfBNFxAKcz&#10;6XIIhONhUeSr6xxDHGNXaF0vUwpWPr22zof3EjoSjYo6HGpCZ8cHH2I1rHy6EpN50ErslNbJcft6&#10;qx05MhTALq0J/cU1bUhf0dWyWI4E/BUiz+/yXZINZn0B0amAStaqqyg2gWvUVqTtnRFJZ4EpPdr4&#10;WJuJx0jdSGIY6oEogYXEt5HWGsQJiXUwChc/GhotuJ+U9CjaivofB+YkJfqDweGs5otFVHlyFsu3&#10;BTruMlJfRpjhCFXRQMlobkP6GZE3A7c4xEYlfp8rmUpGMSbap48T1X7pp1vP33vzCwAA//8DAFBL&#10;AwQUAAYACAAAACEAOPXtvuEAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8gzVI&#10;7FLbTYAmxKmqSogtpJRu3dhNAn6E2GnD3zOsYDl3ju6jXM/WkLMeQ++dAL5gQLRrvOpdK+Bt95Ss&#10;gIQonZLGOy3gWwdYV9dXpSyUv7hXfa5jS9DEhUIK6GIcCkpD02krw8IP2uHv5EcrI55jS9UoL2hu&#10;DV0ydk+t7B0mdHLQ2043n/VkMfcj2xq2eX+Y+Nfz/mVH0329OghxezNvHoFEPcc/GH7rY3WosNPR&#10;T04FYgQkPMv4HcIC0iWOQCThLE9ROiKd5jnQqqT/Z1Q/AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhAGYQhK8YAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj17b7hAAAADgEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="536BB552" w14:textId="77777777" w:rsidR="00C608CC" w:rsidRPr="00640161" w:rsidRDefault="00C608CC" w:rsidP="00C608CC">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Wheelbase</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00640161">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6617F051" w14:textId="5849B048" w:rsidR="00C608CC" w:rsidRPr="00FE17B2" w:rsidRDefault="00C608CC" w:rsidP="00C608CC">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>5</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) Vehicle Wheelbase: _______</w:t>
+                      </w:r>
+                      <w:r w:rsidR="003B31F3">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3F6B31FC" w14:textId="77777777" w:rsidR="00C608CC" w:rsidRPr="00CF3281" w:rsidRDefault="00C608CC" w:rsidP="00C608CC"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7972BAF7" w14:textId="77B4A1E4" w:rsidR="0047299E" w:rsidRDefault="0047299E">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E064DAE" w14:textId="4F7E1EE2" w:rsidR="003C05E3" w:rsidRDefault="003C05E3" w:rsidP="003C05E3">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251752960" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C3D28EA" wp14:editId="247D639E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3783965</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>311785</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="5953125" cy="3629025"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1947034080" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="5953125" cy="3629025"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1DBCEC51" w14:textId="6A028F75" w:rsidR="00675C3C" w:rsidRPr="00EB6DC6" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Notes:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3C3D28EA" id="_x0000_s1051" type="#_x0000_t202" style="position:absolute;margin-left:297.95pt;margin-top:24.55pt;width:468.75pt;height:285.75pt;z-index:251752960;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA4vBubGQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJk64x4hRtugwD&#10;ugvQ7QMUWY6FyaJGKbG7rx8lu2m6AXsYpgdBFKVD8vBwdd23hh0Veg225NNJzpmyEipt9yX/9nX7&#10;5oozH4SthAGrSv6oPL9ev3616lyhZtCAqRQyArG+6FzJmxBckWVeNqoVfgJOWXLWgK0IZOI+q1B0&#10;hN6abJbnl1kHWDkEqbyn27vBydcJv66VDJ/r2qvATMkpt5B2TPsu7tl6JYo9CtdoOaYh/iGLVmhL&#10;QU9QdyIIdkD9B1SrJYKHOkwktBnUtZYq1UDVTPPfqnlohFOpFiLHuxNN/v/Byk/HB/cFWehvoacG&#10;piK8uwf53TMLm0bYvbpBhK5RoqLA00hZ1jlfjF8j1b7wEWTXfYSKmiwOARJQX2MbWaE6GaFTAx5P&#10;pKs+MEmXi+XiYjpbcCbJd3E5W+ZkxBiiePru0If3CloWDyVH6mqCF8d7H4anT09iNA9GV1ttTDJw&#10;v9sYZEdBCtimNaK/eGYs60q+XFDsv0Pk+W2+TbqhBF9AtDqQlI1uS36VxzWIK/L2zlZJaEFoM5zp&#10;s7EjkZG7gcXQ73qmK2I5fY7E7qB6JGoRBunSqNGhAfzJWUeyLbn/cRCoODMfLLVnOZ3Po86TMV+8&#10;nZGB557duUdYSVAlD5wNx01IsxEpsHBDbax1Ivg5kzFnkmNq0Tg6Ue/ndnr1PODrXwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAAhr/VjgAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI/IM1&#10;SOyoneZBE+JUVSXEFlLabt14SAJ+hNhpw9/jrmA5ukf3ninXs1bkjKPrreEQLRgQNI2VvWk5vO+e&#10;H1ZAnBdGCmUNcvhBB+vq9qYUhbQX84bn2rcklBhXCA6d90NBqWs61MIt7IAmZB921MKHc2ypHMUl&#10;lGtFl4xlVIvehIVODLjtsPmqJx12P5OtYpvD4xR9v+xfdzTe16sj5/d38+YJiMfZ/8Fw1Q/qUAWn&#10;k52MdERxSPM0DyiHJI+AXIE0jhMgJw7ZkmVAq5L+/6H6BQAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhADi8G5sZAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAAhr/VjgAAAACwEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1DBCEC51" w14:textId="6A028F75" w:rsidR="00675C3C" w:rsidRPr="00EB6DC6" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Notes:</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251649536" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7F86D265" wp14:editId="02AE4773">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-6985</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>311785</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3724275" cy="3609975"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="819776063" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3724275" cy="3609975"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="063258CF" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="00EB6DC6" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00EB6DC6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Total S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5485BADD" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(C1) Front Axle Group Unladen Mass: _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="295E9CEF" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(C2) Rear Axle Group Unladen Mass: _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2DB73ED6" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Front Axle Group S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="69400D02" w14:textId="77777777" w:rsidR="00BA05BD" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(D4) Front Axle Group S10 Laden Mass = C1 + D2 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="69F2728E" w14:textId="616E8DBA" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00BA05BD">
+                            <w:pPr>
+                              <w:ind w:left="2824" w:firstLine="578"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1521911F" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:ind w:left="3402"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="43C91C71" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Rear Axle Group S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="03FD3D81" w14:textId="77777777" w:rsidR="00BA05BD" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(D5) Rear Axle Group S10 Laden Mass = C2 + D3 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1554EE26" w14:textId="593FE9E8" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00BA05BD">
+                            <w:pPr>
+                              <w:ind w:left="2824" w:firstLine="578"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7640EC23" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:ind w:left="3402"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="33AFEDBB" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Vehicle S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7F3FF1E0" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(D6) Vehicle S10 Laden Mass = D4 + D5 = ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="532F2180" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                            <w:pPr>
+                              <w:ind w:left="3402"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003D24A4">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7F86D265" id="_x0000_s1052" type="#_x0000_t202" style="position:absolute;margin-left:-.55pt;margin-top:24.55pt;width:293.25pt;height:284.25pt;z-index:251649536;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCyQAFbGwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthxk6Yx4hRtugwD&#10;ugvQ7gNkWY6FyaImKbGzry8lu2naYS/D9CCQInVEHh6trvtWkYOwToIu6HSSUiI0h0rqXUF/PG4/&#10;XFHiPNMVU6BFQY/C0ev1+3erzuQigwZUJSxBEO3yzhS08d7kSeJ4I1rmJmCExmANtmUeXbtLKss6&#10;RG9VkqXpZdKBrYwFLpzD07shSNcRv64F99/q2glPVEGxNh93G/cy7Ml6xfKdZaaRfCyD/UMVLZMa&#10;Hz1B3THPyN7KP6BayS04qP2EQ5tAXUsuYg/YzTR9081Dw4yIvSA5zpxocv8Pln89PJjvlvj+Fnoc&#10;YGzCmXvgPx3RsGmY3okba6FrBKvw4WmgLOmMy8ergWqXuwBSdl+gwiGzvYcI1Ne2DaxgnwTRcQDH&#10;E+mi94Tj4cUim2WLOSUcYxeX6XKJTniD5c/XjXX+k4CWBKOgFqca4dnh3vkh9TklvOZAyWorlYqO&#10;3ZUbZcmBoQK2cY3or9KUJl1Bl/NsPjDwV4g0vU23UTdY4CuIVnqUspJtQa/SsAZxBd4+6ioKzTOp&#10;BhsvKz0SGbgbWPR92RNZIcuR5kBsCdURqbUwSBe/GhoN2N+UdCjbgrpfe2YFJeqzxvEsp7NZ0Hl0&#10;ZvNFho49j5TnEaY5QhXUUzKYGx//RiBOww2OsZaR4JdKxppRjnFE49cJej/3Y9bLB18/AQAA//8D&#10;AFBLAwQUAAYACAAAACEAN14trN8AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3FrHkKYhxKmqSogrpBSubmySgL0OsdOGv2c5wWm1mtHMm3IzO8tOZgy9RwlimQAz2HjdYyvh&#10;Zf+wyIGFqFAr69FI+DYBNtXlRakK7c/4bE51bBmFYCiUhC7GoeA8NJ1xKiz9YJC0dz86FekdW65H&#10;daZwZ/lNkmTcqR6poVOD2XWm+awnR70f6c4m29f1JL4eD097fnuo8zcpr6/m7T2waOb4Z4ZffEKH&#10;ipiOfkIdmJWwEIKcEtI7uqSv8lUK7CghE+sMeFXy/wuqHwAAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQCyQAFbGwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA3Xi2s3wAAAAkBAAAPAAAAAAAAAAAAAAAAAHUEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="063258CF" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="00EB6DC6" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00EB6DC6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Total S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5485BADD" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(C1) Front Axle Group Unladen Mass: _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="295E9CEF" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(C2) Rear Axle Group Unladen Mass: _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2DB73ED6" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Front Axle Group S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="69400D02" w14:textId="77777777" w:rsidR="00BA05BD" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(D4) Front Axle Group S10 Laden Mass = C1 + D2 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="69F2728E" w14:textId="616E8DBA" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00BA05BD">
+                      <w:pPr>
+                        <w:ind w:left="2824" w:firstLine="578"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1521911F" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:ind w:left="3402"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="43C91C71" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Rear Axle Group S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="03FD3D81" w14:textId="77777777" w:rsidR="00BA05BD" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(D5) Rear Axle Group S10 Laden Mass = C2 + D3 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1554EE26" w14:textId="593FE9E8" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00BA05BD">
+                      <w:pPr>
+                        <w:ind w:left="2824" w:firstLine="578"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7640EC23" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:ind w:left="3402"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="33AFEDBB" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Vehicle S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7F3FF1E0" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(D6) Vehicle S10 Laden Mass = D4 + D5 = ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="532F2180" w14:textId="77777777" w:rsidR="00304557" w:rsidRPr="003D24A4" w:rsidRDefault="00304557" w:rsidP="00304557">
+                      <w:pPr>
+                        <w:ind w:left="3402"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003D24A4">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00C24D53">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t>Prime Mover</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Prime Mover</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14E0D48A" w14:textId="4864FBFD" w:rsidR="008843EF" w:rsidRPr="00D46151" w:rsidRDefault="008843EF" w:rsidP="00F01D56">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="008843EF" w:rsidRPr="00D46151" w:rsidSect="005167EE">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
       <w:cols w:space="282"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="085E891A" w14:textId="77777777" w:rsidR="003A0C8B" w:rsidRDefault="003A0C8B" w:rsidP="008057AB">
+    <w:p w14:paraId="68307F91" w14:textId="77777777" w:rsidR="00695F4E" w:rsidRDefault="00695F4E" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78883689" w14:textId="77777777" w:rsidR="003A0C8B" w:rsidRDefault="003A0C8B" w:rsidP="008057AB">
+    <w:p w14:paraId="7A058081" w14:textId="77777777" w:rsidR="00695F4E" w:rsidRDefault="00695F4E" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="6D5471F6" w14:textId="77777777" w:rsidR="003A0C8B" w:rsidRDefault="003A0C8B"/>
+    <w:p w14:paraId="1E8032E5" w14:textId="77777777" w:rsidR="00695F4E" w:rsidRDefault="00695F4E"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EffraLight-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Effra-Bold">
@@ -11587,342 +19182,254 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...135 lines deleted...]
-  <w:p w14:paraId="16C88946" w14:textId="4DB1E923" w:rsidR="001B1518" w:rsidRPr="00561F10" w:rsidRDefault="001B1518" w:rsidP="00561F10">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16C88946" w14:textId="50A53E00" w:rsidR="001B1518" w:rsidRPr="00561F10" w:rsidRDefault="001B1518" w:rsidP="00561F10">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:br/>
       <w:t>Modification Code S10:</w:t>
     </w:r>
     <w:r w:rsidRPr="00295F91">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00A46CD0">
       <w:t>Concessional Livestock Loading - Vehicle Rating</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> – Version 2.</w:t>
+      <w:t xml:space="preserve"> – Version </w:t>
     </w:r>
-    <w:r w:rsidR="00AB72AE">
-      <w:t>1</w:t>
+    <w:r w:rsidR="007A4587">
+      <w:t>3.0</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00887B7E">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="00410A4A">
-[...19 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr="NUMPAGES   \* MERGEFORMAT">
+      <w:r w:rsidR="00887B7E">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:fldSimple>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="63CA56C2" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="57DF3D8F" w14:textId="77777777" w:rsidR="00B23E80" w:rsidRDefault="00B23E80">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1B940A9D" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="18D185D0" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="65BDE010" w14:textId="77777777" w:rsidR="003A0C8B" w:rsidRDefault="003A0C8B" w:rsidP="008057AB">
+    <w:p w14:paraId="081109E5" w14:textId="77777777" w:rsidR="00695F4E" w:rsidRDefault="00695F4E" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="659B0306" w14:textId="77777777" w:rsidR="003A0C8B" w:rsidRDefault="003A0C8B" w:rsidP="008057AB">
+    <w:p w14:paraId="145F67BD" w14:textId="77777777" w:rsidR="00695F4E" w:rsidRDefault="00695F4E" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="7307B7FB" w14:textId="77777777" w:rsidR="003A0C8B" w:rsidRDefault="003A0C8B"/>
+    <w:p w14:paraId="57293960" w14:textId="77777777" w:rsidR="00695F4E" w:rsidRDefault="00695F4E"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="0A5B05F5" w14:textId="4A296B39" w:rsidR="001B1518" w:rsidRPr="0081794B" w:rsidRDefault="001B1518" w:rsidP="0081794B">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0A5B05F5" w14:textId="44B16DFC" w:rsidR="001B1518" w:rsidRPr="0081794B" w:rsidRDefault="001B1518" w:rsidP="0081794B">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:pBdr>
         <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
       </w:pBdr>
       <w:spacing w:before="0" w:after="240"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Toc451414568"/>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:t>S</w:t>
     </w:r>
     <w:r w:rsidRPr="0081794B">
       <w:t>10 Checklist—</w:t>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
     <w:r w:rsidRPr="0081794B">
-      <w:t>Concessional livestock loading – Vehicle rating (prime mover)</w:t>
+      <w:t>Concessional livestock loading – Vehicle rating (</w:t>
+    </w:r>
+    <w:r w:rsidR="000F489D">
+      <w:t>P</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0081794B">
+      <w:t xml:space="preserve">rime </w:t>
+    </w:r>
+    <w:r w:rsidR="000F489D">
+      <w:t>M</w:t>
+    </w:r>
+    <w:r w:rsidRPr="0081794B">
+      <w:t>over)</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A6C1136" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1C982697" w14:textId="49201256" w:rsidR="00B23E80" w:rsidRDefault="00B23E80">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="279DB585" w14:textId="5B56DC8B" w:rsidR="00304557" w:rsidRDefault="3D2F5790" w:rsidP="3D2F5790">
+    <w:pPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:pBdr>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
+      </w:pBdr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:r w:rsidRPr="3D2F5790">
+      <w:rPr>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">S10 </w:t>
+    </w:r>
+    <w:r>
+      <w:t>Checklist—Concessional livestock loading – Vehicle Drawings</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="68498149" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40B71CEF" w14:textId="77777777" w:rsidR="00304557" w:rsidRDefault="00304557">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="028855DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AB63468"/>
     <w:lvl w:ilvl="0" w:tplc="E39A4CBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -11994,50 +19501,199 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="068136F3"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="7AA8219C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B671EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9776F138"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="762" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1482" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12106,51 +19762,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5802" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6522" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ECB27E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0C2C28C"/>
     <w:lvl w:ilvl="0" w:tplc="EC7CD028">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12220,51 +19876,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11063998"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30EE822A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17746ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6194F782"/>
     <w:lvl w:ilvl="0" w:tplc="30267370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12334,51 +20103,200 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1C116ACA"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0E148F6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E4F3682"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DDA2230"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12447,51 +20365,286 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2FB56091"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E1981A30"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33502F74"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="6CC8C556"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C1B11AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC124B78"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12560,51 +20713,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40622CD0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CAAAC98"/>
     <w:styleLink w:val="Tablenumbering"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -12702,51 +20855,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="452E3239"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE724BCC"/>
     <w:lvl w:ilvl="0" w:tplc="263632A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="361" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12816,67 +20969,216 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="464A4C87"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="40B4CE88"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47042C64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="674C2AFA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
-    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
       <w:start w:val="1"/>
@@ -12929,51 +21231,200 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="48440F72"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="685613A2"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C2F78A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E70182E"/>
     <w:lvl w:ilvl="0" w:tplc="DD28E6D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -13016,51 +21467,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CE07EE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BC4D73E"/>
     <w:lvl w:ilvl="0" w:tplc="84948B1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13130,51 +21581,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BF5A1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ED86576"/>
     <w:lvl w:ilvl="0" w:tplc="81E485CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13244,51 +21695,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="580504B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99609AD6"/>
     <w:lvl w:ilvl="0" w:tplc="FC9C9BC0">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -13357,51 +21808,813 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="593B6467"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="26FCD5C0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5BBB56D5"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="D21C0DB0"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="620058A0"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="79367988"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C403299"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB202220"/>
+    <w:lvl w:ilvl="0" w:tplc="8D3231A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0F4E6220">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FF6C9D08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B2920780">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="35020602">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E1482FAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7C38DAD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6452F634">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F538F494">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7DC965B8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3AA8AE6C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F4254B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C81C78FA"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5B192A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2EC0CA36"/>
     <w:lvl w:ilvl="0" w:tplc="431CF96A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13472,1699 +22685,2351 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1481845364">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="732242265">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1875649369">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="949242092">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1138230816">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1138230816">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="1473407481">
-    <w:abstractNumId w:val="12"/>
+    <w:abstractNumId w:val="19"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1322081005">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="26"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="1896773300">
-    <w:abstractNumId w:val="6"/>
+    <w:abstractNumId w:val="11"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="1815681741">
-    <w:abstractNumId w:val="11"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="1891921613">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="16"/>
   </w:num>
   <w:num w:numId="11" w16cid:durableId="639457108">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1072121810">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="161742933">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1702507966">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1717311666">
-    <w:abstractNumId w:val="9"/>
+    <w:abstractNumId w:val="16"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="937105151">
-    <w:abstractNumId w:val="4"/>
+    <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="1890532388">
-    <w:abstractNumId w:val="5"/>
+    <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1008485719">
-    <w:abstractNumId w:val="8"/>
+    <w:abstractNumId w:val="14"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="643894291">
-    <w:abstractNumId w:val="1"/>
+    <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="20" w16cid:durableId="1628506569">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="21" w16cid:durableId="755597064">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="22" w16cid:durableId="327908320">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="23" w16cid:durableId="440078000">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="24" w16cid:durableId="1892499907">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="25" w16cid:durableId="1626734718">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="26" w16cid:durableId="574970721">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="27" w16cid:durableId="710690790">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:num w:numId="28" w16cid:durableId="2116511392">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="29" w16cid:durableId="107045487">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="30" w16cid:durableId="132256565">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="31" w16cid:durableId="1836604213">
-    <w:abstractNumId w:val="7"/>
+    <w:abstractNumId w:val="12"/>
   </w:num>
   <w:num w:numId="32" w16cid:durableId="1997763380">
-    <w:abstractNumId w:val="10"/>
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="1359308114">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="115489619">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="1849516442">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="1403872802">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1666744198">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="1075934291">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="409276661">
+    <w:abstractNumId w:val="8"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1779832944">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="128986449">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1240989917">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1474176621">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="984356169">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="1911575830">
+    <w:abstractNumId w:val="20"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
+  <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00251344"/>
     <w:rsid w:val="000003FE"/>
     <w:rsid w:val="00000646"/>
     <w:rsid w:val="00001FF2"/>
     <w:rsid w:val="00003BCE"/>
+    <w:rsid w:val="00003F4E"/>
     <w:rsid w:val="00004503"/>
     <w:rsid w:val="00007A77"/>
+    <w:rsid w:val="00010473"/>
     <w:rsid w:val="00011656"/>
     <w:rsid w:val="00011715"/>
     <w:rsid w:val="000143F4"/>
+    <w:rsid w:val="0001513E"/>
+    <w:rsid w:val="00016E0A"/>
     <w:rsid w:val="000208F0"/>
+    <w:rsid w:val="0002101D"/>
     <w:rsid w:val="000226C1"/>
+    <w:rsid w:val="000228AE"/>
     <w:rsid w:val="000229CC"/>
+    <w:rsid w:val="0002369E"/>
     <w:rsid w:val="00023D24"/>
     <w:rsid w:val="000243B0"/>
     <w:rsid w:val="00024B4A"/>
+    <w:rsid w:val="00026417"/>
     <w:rsid w:val="000303C4"/>
     <w:rsid w:val="000307D1"/>
     <w:rsid w:val="00030DC2"/>
     <w:rsid w:val="00031059"/>
+    <w:rsid w:val="0003130B"/>
     <w:rsid w:val="00031D10"/>
+    <w:rsid w:val="00034E02"/>
     <w:rsid w:val="00035A62"/>
     <w:rsid w:val="00035D06"/>
     <w:rsid w:val="000402F2"/>
     <w:rsid w:val="000407FF"/>
+    <w:rsid w:val="00042D19"/>
+    <w:rsid w:val="000436E7"/>
     <w:rsid w:val="00044C21"/>
     <w:rsid w:val="00044E50"/>
     <w:rsid w:val="00046D4B"/>
     <w:rsid w:val="00047906"/>
     <w:rsid w:val="00052DA9"/>
     <w:rsid w:val="00053963"/>
     <w:rsid w:val="00053AE1"/>
+    <w:rsid w:val="0005447A"/>
     <w:rsid w:val="00055797"/>
     <w:rsid w:val="00060906"/>
     <w:rsid w:val="00060E66"/>
     <w:rsid w:val="000611AA"/>
     <w:rsid w:val="00061468"/>
     <w:rsid w:val="00061590"/>
+    <w:rsid w:val="00061595"/>
+    <w:rsid w:val="00064132"/>
     <w:rsid w:val="00065B5D"/>
     <w:rsid w:val="000671CF"/>
+    <w:rsid w:val="00070C5E"/>
+    <w:rsid w:val="0007174C"/>
     <w:rsid w:val="000738CA"/>
+    <w:rsid w:val="00074860"/>
     <w:rsid w:val="00074E4C"/>
     <w:rsid w:val="00076317"/>
     <w:rsid w:val="00076B5A"/>
+    <w:rsid w:val="00076CB7"/>
     <w:rsid w:val="000774BE"/>
     <w:rsid w:val="00081926"/>
+    <w:rsid w:val="00081C58"/>
     <w:rsid w:val="00081CA6"/>
+    <w:rsid w:val="00082B38"/>
+    <w:rsid w:val="00082BFA"/>
     <w:rsid w:val="00082ECA"/>
     <w:rsid w:val="00084492"/>
     <w:rsid w:val="00084657"/>
     <w:rsid w:val="000858D8"/>
     <w:rsid w:val="00086C84"/>
+    <w:rsid w:val="0008759E"/>
     <w:rsid w:val="00090986"/>
     <w:rsid w:val="000933A9"/>
     <w:rsid w:val="00094DA4"/>
+    <w:rsid w:val="00095F5B"/>
     <w:rsid w:val="000968EE"/>
     <w:rsid w:val="000A0208"/>
     <w:rsid w:val="000A03EC"/>
+    <w:rsid w:val="000A0A6E"/>
+    <w:rsid w:val="000A15D9"/>
     <w:rsid w:val="000A1C47"/>
     <w:rsid w:val="000A3881"/>
+    <w:rsid w:val="000A4FE8"/>
+    <w:rsid w:val="000A5905"/>
+    <w:rsid w:val="000A7531"/>
     <w:rsid w:val="000B0985"/>
+    <w:rsid w:val="000B1D89"/>
     <w:rsid w:val="000B2A5B"/>
     <w:rsid w:val="000B3A06"/>
     <w:rsid w:val="000B65B8"/>
     <w:rsid w:val="000C028A"/>
+    <w:rsid w:val="000C51BB"/>
     <w:rsid w:val="000C5781"/>
+    <w:rsid w:val="000C643A"/>
     <w:rsid w:val="000C7ADD"/>
+    <w:rsid w:val="000D0025"/>
     <w:rsid w:val="000D0721"/>
     <w:rsid w:val="000D10E7"/>
     <w:rsid w:val="000D183B"/>
     <w:rsid w:val="000D1912"/>
     <w:rsid w:val="000D2CAE"/>
+    <w:rsid w:val="000D473D"/>
+    <w:rsid w:val="000D5B3B"/>
     <w:rsid w:val="000D64A7"/>
+    <w:rsid w:val="000D7CF6"/>
     <w:rsid w:val="000E03A4"/>
     <w:rsid w:val="000E0911"/>
     <w:rsid w:val="000E0EB5"/>
     <w:rsid w:val="000E1000"/>
     <w:rsid w:val="000E1391"/>
     <w:rsid w:val="000E1DB9"/>
     <w:rsid w:val="000E1F26"/>
+    <w:rsid w:val="000E3D9C"/>
     <w:rsid w:val="000E544F"/>
     <w:rsid w:val="000E695F"/>
     <w:rsid w:val="000F0179"/>
     <w:rsid w:val="000F13FA"/>
     <w:rsid w:val="000F2C50"/>
+    <w:rsid w:val="000F346F"/>
+    <w:rsid w:val="000F3DC6"/>
     <w:rsid w:val="000F3E8D"/>
+    <w:rsid w:val="000F489D"/>
+    <w:rsid w:val="000F4B70"/>
     <w:rsid w:val="000F53E0"/>
     <w:rsid w:val="000F7A0F"/>
     <w:rsid w:val="000F7E29"/>
     <w:rsid w:val="0010042B"/>
     <w:rsid w:val="00100558"/>
     <w:rsid w:val="001006FA"/>
+    <w:rsid w:val="00100885"/>
     <w:rsid w:val="00101AAC"/>
     <w:rsid w:val="0010204D"/>
     <w:rsid w:val="001021D6"/>
+    <w:rsid w:val="00103CB7"/>
     <w:rsid w:val="00103EEA"/>
     <w:rsid w:val="00105586"/>
     <w:rsid w:val="00107CFA"/>
     <w:rsid w:val="001105ED"/>
     <w:rsid w:val="00112002"/>
     <w:rsid w:val="00113491"/>
     <w:rsid w:val="00114A50"/>
     <w:rsid w:val="00115054"/>
     <w:rsid w:val="001156C7"/>
     <w:rsid w:val="0011768F"/>
     <w:rsid w:val="00117B91"/>
     <w:rsid w:val="00122FFA"/>
     <w:rsid w:val="00123008"/>
     <w:rsid w:val="00123ACA"/>
+    <w:rsid w:val="00124937"/>
     <w:rsid w:val="00126A53"/>
     <w:rsid w:val="00126CEA"/>
+    <w:rsid w:val="00126EC4"/>
     <w:rsid w:val="00127423"/>
     <w:rsid w:val="0012792C"/>
     <w:rsid w:val="00130DA1"/>
     <w:rsid w:val="00131C25"/>
     <w:rsid w:val="001332EC"/>
     <w:rsid w:val="001351A1"/>
     <w:rsid w:val="00136079"/>
     <w:rsid w:val="00137DE9"/>
+    <w:rsid w:val="0014042C"/>
     <w:rsid w:val="00141910"/>
     <w:rsid w:val="0014448F"/>
     <w:rsid w:val="00144729"/>
     <w:rsid w:val="00144BC3"/>
     <w:rsid w:val="00150C4D"/>
     <w:rsid w:val="00151C2D"/>
     <w:rsid w:val="0015264D"/>
+    <w:rsid w:val="001529A6"/>
     <w:rsid w:val="00152CF3"/>
     <w:rsid w:val="00153297"/>
     <w:rsid w:val="00154230"/>
     <w:rsid w:val="00154EE8"/>
+    <w:rsid w:val="00155554"/>
     <w:rsid w:val="001557EB"/>
     <w:rsid w:val="001559B0"/>
     <w:rsid w:val="00163099"/>
     <w:rsid w:val="00163E6B"/>
     <w:rsid w:val="00163F0A"/>
     <w:rsid w:val="00166D1C"/>
     <w:rsid w:val="001670F6"/>
     <w:rsid w:val="0017172C"/>
     <w:rsid w:val="0017572C"/>
     <w:rsid w:val="0017698A"/>
+    <w:rsid w:val="00182387"/>
     <w:rsid w:val="00183609"/>
     <w:rsid w:val="001852DE"/>
     <w:rsid w:val="00185696"/>
     <w:rsid w:val="00185A46"/>
     <w:rsid w:val="001861FB"/>
+    <w:rsid w:val="00187246"/>
     <w:rsid w:val="00187559"/>
     <w:rsid w:val="0019215E"/>
     <w:rsid w:val="001929E0"/>
     <w:rsid w:val="001934F9"/>
     <w:rsid w:val="00193EED"/>
     <w:rsid w:val="00193F6B"/>
     <w:rsid w:val="0019513F"/>
     <w:rsid w:val="00195184"/>
     <w:rsid w:val="00195924"/>
     <w:rsid w:val="00195EBA"/>
     <w:rsid w:val="00195EE1"/>
     <w:rsid w:val="00197545"/>
+    <w:rsid w:val="00197EB6"/>
     <w:rsid w:val="00197F08"/>
     <w:rsid w:val="001A00A2"/>
     <w:rsid w:val="001A2097"/>
     <w:rsid w:val="001A30D5"/>
+    <w:rsid w:val="001A4225"/>
     <w:rsid w:val="001A67C9"/>
     <w:rsid w:val="001A684D"/>
     <w:rsid w:val="001A7774"/>
     <w:rsid w:val="001B145E"/>
     <w:rsid w:val="001B1518"/>
     <w:rsid w:val="001B18FB"/>
     <w:rsid w:val="001B34D1"/>
     <w:rsid w:val="001B56AD"/>
+    <w:rsid w:val="001B5880"/>
+    <w:rsid w:val="001B5AB8"/>
+    <w:rsid w:val="001B6443"/>
+    <w:rsid w:val="001B77F2"/>
     <w:rsid w:val="001C1A8A"/>
     <w:rsid w:val="001C2B5E"/>
     <w:rsid w:val="001C38D1"/>
     <w:rsid w:val="001C4449"/>
+    <w:rsid w:val="001C4CD6"/>
     <w:rsid w:val="001C522B"/>
     <w:rsid w:val="001C651B"/>
     <w:rsid w:val="001C6718"/>
+    <w:rsid w:val="001D0E6B"/>
+    <w:rsid w:val="001D2912"/>
     <w:rsid w:val="001D3EF7"/>
+    <w:rsid w:val="001E01BD"/>
     <w:rsid w:val="001E23EE"/>
     <w:rsid w:val="001E372E"/>
     <w:rsid w:val="001E375B"/>
     <w:rsid w:val="001E4176"/>
+    <w:rsid w:val="001E4739"/>
     <w:rsid w:val="001E4A49"/>
     <w:rsid w:val="001E55F0"/>
+    <w:rsid w:val="001E68DA"/>
+    <w:rsid w:val="001E709C"/>
     <w:rsid w:val="001E7414"/>
+    <w:rsid w:val="001E7566"/>
     <w:rsid w:val="001E77C6"/>
     <w:rsid w:val="001E78B7"/>
     <w:rsid w:val="001E7AD0"/>
+    <w:rsid w:val="001F121F"/>
     <w:rsid w:val="001F13BC"/>
     <w:rsid w:val="001F1E16"/>
     <w:rsid w:val="001F24ED"/>
     <w:rsid w:val="001F294A"/>
     <w:rsid w:val="001F2E4F"/>
     <w:rsid w:val="001F3833"/>
+    <w:rsid w:val="001F46C4"/>
     <w:rsid w:val="001F480D"/>
     <w:rsid w:val="001F4D87"/>
     <w:rsid w:val="001F66E1"/>
     <w:rsid w:val="001F6F19"/>
     <w:rsid w:val="002010F1"/>
+    <w:rsid w:val="00201D7B"/>
     <w:rsid w:val="002024FB"/>
     <w:rsid w:val="002026B4"/>
+    <w:rsid w:val="00205585"/>
     <w:rsid w:val="00211740"/>
     <w:rsid w:val="0021240F"/>
     <w:rsid w:val="00212613"/>
     <w:rsid w:val="00213E7A"/>
     <w:rsid w:val="00214E88"/>
     <w:rsid w:val="0022037D"/>
     <w:rsid w:val="0022049D"/>
+    <w:rsid w:val="0022290F"/>
     <w:rsid w:val="0022453C"/>
+    <w:rsid w:val="00224BD9"/>
     <w:rsid w:val="00224E80"/>
     <w:rsid w:val="00225B2B"/>
     <w:rsid w:val="0022604F"/>
+    <w:rsid w:val="00226062"/>
     <w:rsid w:val="00227718"/>
     <w:rsid w:val="00227B01"/>
     <w:rsid w:val="0023129D"/>
     <w:rsid w:val="002334D5"/>
     <w:rsid w:val="00233823"/>
+    <w:rsid w:val="00234795"/>
     <w:rsid w:val="002357F7"/>
+    <w:rsid w:val="00236565"/>
+    <w:rsid w:val="00236672"/>
     <w:rsid w:val="00236814"/>
     <w:rsid w:val="00236C02"/>
     <w:rsid w:val="00240013"/>
     <w:rsid w:val="00240287"/>
+    <w:rsid w:val="0024124D"/>
+    <w:rsid w:val="00241A6D"/>
     <w:rsid w:val="002455EC"/>
+    <w:rsid w:val="002458B9"/>
     <w:rsid w:val="00245FB4"/>
+    <w:rsid w:val="00247D63"/>
     <w:rsid w:val="00251344"/>
     <w:rsid w:val="00251D29"/>
     <w:rsid w:val="00251FA4"/>
+    <w:rsid w:val="00253344"/>
+    <w:rsid w:val="00253831"/>
     <w:rsid w:val="0025625A"/>
+    <w:rsid w:val="002564D7"/>
+    <w:rsid w:val="00256888"/>
+    <w:rsid w:val="002577D7"/>
     <w:rsid w:val="00257B07"/>
+    <w:rsid w:val="00257EF0"/>
+    <w:rsid w:val="00260AC6"/>
     <w:rsid w:val="00263D69"/>
     <w:rsid w:val="0026575E"/>
     <w:rsid w:val="00265E78"/>
     <w:rsid w:val="00266086"/>
+    <w:rsid w:val="002665C4"/>
+    <w:rsid w:val="002671EA"/>
     <w:rsid w:val="002700A8"/>
     <w:rsid w:val="00270FB5"/>
     <w:rsid w:val="00271379"/>
     <w:rsid w:val="00271C64"/>
+    <w:rsid w:val="00272C86"/>
     <w:rsid w:val="0027328F"/>
+    <w:rsid w:val="00275A35"/>
+    <w:rsid w:val="002761A0"/>
+    <w:rsid w:val="00280061"/>
     <w:rsid w:val="00281CF2"/>
     <w:rsid w:val="00282012"/>
     <w:rsid w:val="00282BE8"/>
+    <w:rsid w:val="002831B6"/>
     <w:rsid w:val="00284349"/>
     <w:rsid w:val="002846A7"/>
     <w:rsid w:val="00284FBA"/>
     <w:rsid w:val="0028550F"/>
     <w:rsid w:val="00285DCE"/>
     <w:rsid w:val="00286643"/>
+    <w:rsid w:val="00292386"/>
     <w:rsid w:val="002932A3"/>
+    <w:rsid w:val="00293F39"/>
     <w:rsid w:val="002964E3"/>
     <w:rsid w:val="00296EF7"/>
+    <w:rsid w:val="002A75C2"/>
     <w:rsid w:val="002B0786"/>
     <w:rsid w:val="002B16E9"/>
     <w:rsid w:val="002B18C2"/>
     <w:rsid w:val="002B211D"/>
     <w:rsid w:val="002B2BB3"/>
+    <w:rsid w:val="002B2EB5"/>
     <w:rsid w:val="002B342E"/>
     <w:rsid w:val="002B3B4A"/>
     <w:rsid w:val="002B4807"/>
     <w:rsid w:val="002B4D7A"/>
+    <w:rsid w:val="002B5095"/>
     <w:rsid w:val="002B5D72"/>
+    <w:rsid w:val="002B692D"/>
     <w:rsid w:val="002B6A89"/>
     <w:rsid w:val="002B6AA4"/>
     <w:rsid w:val="002B6E29"/>
+    <w:rsid w:val="002B70C0"/>
+    <w:rsid w:val="002B74CD"/>
     <w:rsid w:val="002B7678"/>
     <w:rsid w:val="002B788C"/>
     <w:rsid w:val="002C0A86"/>
+    <w:rsid w:val="002C376B"/>
     <w:rsid w:val="002C4476"/>
     <w:rsid w:val="002C51F5"/>
     <w:rsid w:val="002C58FD"/>
+    <w:rsid w:val="002C676E"/>
     <w:rsid w:val="002C6EC8"/>
     <w:rsid w:val="002C7308"/>
     <w:rsid w:val="002D03B3"/>
+    <w:rsid w:val="002D11D2"/>
     <w:rsid w:val="002D24E1"/>
+    <w:rsid w:val="002D4593"/>
     <w:rsid w:val="002D4BD3"/>
     <w:rsid w:val="002D4BE8"/>
     <w:rsid w:val="002E35E3"/>
+    <w:rsid w:val="002E5B1B"/>
+    <w:rsid w:val="002F6502"/>
     <w:rsid w:val="002F7269"/>
     <w:rsid w:val="002F73D5"/>
     <w:rsid w:val="00302E41"/>
+    <w:rsid w:val="00304557"/>
     <w:rsid w:val="003053F7"/>
     <w:rsid w:val="0030589E"/>
     <w:rsid w:val="00307672"/>
+    <w:rsid w:val="003077E3"/>
+    <w:rsid w:val="00307F6F"/>
     <w:rsid w:val="003101F0"/>
     <w:rsid w:val="00311B68"/>
     <w:rsid w:val="00312545"/>
     <w:rsid w:val="003206EE"/>
+    <w:rsid w:val="00320BC9"/>
     <w:rsid w:val="00322526"/>
+    <w:rsid w:val="00322B32"/>
     <w:rsid w:val="00323A8E"/>
     <w:rsid w:val="003248FD"/>
+    <w:rsid w:val="00324C96"/>
     <w:rsid w:val="003275B9"/>
     <w:rsid w:val="00331FCD"/>
     <w:rsid w:val="00332664"/>
     <w:rsid w:val="00332672"/>
     <w:rsid w:val="00333B07"/>
     <w:rsid w:val="003376D1"/>
     <w:rsid w:val="0034057A"/>
+    <w:rsid w:val="003409B4"/>
+    <w:rsid w:val="00340F3C"/>
     <w:rsid w:val="003416A6"/>
     <w:rsid w:val="00341BD9"/>
     <w:rsid w:val="0034219E"/>
     <w:rsid w:val="0034431A"/>
+    <w:rsid w:val="0034486B"/>
+    <w:rsid w:val="003454B6"/>
     <w:rsid w:val="003463BA"/>
     <w:rsid w:val="00351717"/>
     <w:rsid w:val="003523A9"/>
     <w:rsid w:val="0035280C"/>
     <w:rsid w:val="00354438"/>
     <w:rsid w:val="003555B3"/>
     <w:rsid w:val="003557D2"/>
     <w:rsid w:val="00355840"/>
     <w:rsid w:val="003571F7"/>
     <w:rsid w:val="003576FA"/>
     <w:rsid w:val="00357E6A"/>
     <w:rsid w:val="00357E6F"/>
     <w:rsid w:val="00361ADC"/>
+    <w:rsid w:val="00361EA0"/>
+    <w:rsid w:val="00362E56"/>
     <w:rsid w:val="0036365C"/>
     <w:rsid w:val="00364C18"/>
     <w:rsid w:val="003671A2"/>
     <w:rsid w:val="00367BD5"/>
+    <w:rsid w:val="00370A0C"/>
     <w:rsid w:val="00370DBA"/>
     <w:rsid w:val="00370E8A"/>
     <w:rsid w:val="003719B9"/>
+    <w:rsid w:val="00372B5D"/>
+    <w:rsid w:val="00373D99"/>
     <w:rsid w:val="003754B2"/>
+    <w:rsid w:val="003801A4"/>
+    <w:rsid w:val="00382ABE"/>
     <w:rsid w:val="003834AB"/>
     <w:rsid w:val="0038365A"/>
     <w:rsid w:val="00383C60"/>
+    <w:rsid w:val="00383CCC"/>
     <w:rsid w:val="00384A86"/>
     <w:rsid w:val="00384C4C"/>
     <w:rsid w:val="00385AD7"/>
     <w:rsid w:val="003862D3"/>
     <w:rsid w:val="003864CD"/>
     <w:rsid w:val="00387FAD"/>
     <w:rsid w:val="00390AE8"/>
+    <w:rsid w:val="00392D16"/>
     <w:rsid w:val="003956C1"/>
+    <w:rsid w:val="00396F64"/>
     <w:rsid w:val="003A0C8B"/>
+    <w:rsid w:val="003A0FA0"/>
     <w:rsid w:val="003A1123"/>
+    <w:rsid w:val="003A18C6"/>
     <w:rsid w:val="003A2E57"/>
+    <w:rsid w:val="003A309B"/>
+    <w:rsid w:val="003A5BDF"/>
     <w:rsid w:val="003A666A"/>
     <w:rsid w:val="003A6B3E"/>
+    <w:rsid w:val="003A6B8A"/>
     <w:rsid w:val="003B049B"/>
     <w:rsid w:val="003B18EA"/>
+    <w:rsid w:val="003B1966"/>
     <w:rsid w:val="003B1E67"/>
+    <w:rsid w:val="003B2E1E"/>
+    <w:rsid w:val="003B31F3"/>
     <w:rsid w:val="003B34B4"/>
     <w:rsid w:val="003B3550"/>
     <w:rsid w:val="003B4B20"/>
     <w:rsid w:val="003B5897"/>
     <w:rsid w:val="003B5CAD"/>
     <w:rsid w:val="003B617E"/>
     <w:rsid w:val="003B7A78"/>
+    <w:rsid w:val="003B7C6E"/>
+    <w:rsid w:val="003C05E3"/>
+    <w:rsid w:val="003C1582"/>
     <w:rsid w:val="003C1C93"/>
     <w:rsid w:val="003C20F0"/>
     <w:rsid w:val="003C2279"/>
+    <w:rsid w:val="003C25E0"/>
+    <w:rsid w:val="003C3495"/>
     <w:rsid w:val="003C3A8D"/>
     <w:rsid w:val="003C400E"/>
     <w:rsid w:val="003D1334"/>
     <w:rsid w:val="003D1F3D"/>
     <w:rsid w:val="003D3541"/>
     <w:rsid w:val="003E0046"/>
+    <w:rsid w:val="003E073B"/>
     <w:rsid w:val="003E09D3"/>
     <w:rsid w:val="003E1AC0"/>
+    <w:rsid w:val="003E1EDA"/>
+    <w:rsid w:val="003E2E21"/>
     <w:rsid w:val="003E356F"/>
     <w:rsid w:val="003E3F95"/>
     <w:rsid w:val="003E41B5"/>
     <w:rsid w:val="003E53D0"/>
     <w:rsid w:val="003E6036"/>
+    <w:rsid w:val="003E74BC"/>
+    <w:rsid w:val="003F0C50"/>
     <w:rsid w:val="003F1D29"/>
     <w:rsid w:val="003F20AB"/>
+    <w:rsid w:val="003F6690"/>
     <w:rsid w:val="003F79EA"/>
     <w:rsid w:val="003F7FBA"/>
     <w:rsid w:val="00402FA5"/>
     <w:rsid w:val="004032C8"/>
+    <w:rsid w:val="004068CE"/>
     <w:rsid w:val="004069A2"/>
     <w:rsid w:val="00407B0B"/>
     <w:rsid w:val="00410282"/>
     <w:rsid w:val="004102AE"/>
     <w:rsid w:val="00410A4A"/>
+    <w:rsid w:val="00412926"/>
     <w:rsid w:val="0041412D"/>
     <w:rsid w:val="004141F2"/>
     <w:rsid w:val="00414F61"/>
     <w:rsid w:val="004159E2"/>
     <w:rsid w:val="00416999"/>
     <w:rsid w:val="0042097C"/>
+    <w:rsid w:val="00422B35"/>
     <w:rsid w:val="00422B92"/>
+    <w:rsid w:val="004230B3"/>
     <w:rsid w:val="0042392A"/>
     <w:rsid w:val="00425D7A"/>
     <w:rsid w:val="00433CC8"/>
+    <w:rsid w:val="00436C19"/>
     <w:rsid w:val="00436E0C"/>
     <w:rsid w:val="004448B3"/>
     <w:rsid w:val="00444A8A"/>
+    <w:rsid w:val="004450A6"/>
     <w:rsid w:val="004452DC"/>
     <w:rsid w:val="0044588F"/>
+    <w:rsid w:val="0044618A"/>
     <w:rsid w:val="00446502"/>
+    <w:rsid w:val="00447E27"/>
+    <w:rsid w:val="004516DC"/>
     <w:rsid w:val="00452D09"/>
     <w:rsid w:val="00453307"/>
+    <w:rsid w:val="00457C55"/>
     <w:rsid w:val="00461599"/>
     <w:rsid w:val="0046277E"/>
     <w:rsid w:val="00462EBE"/>
     <w:rsid w:val="00465784"/>
     <w:rsid w:val="00467A16"/>
+    <w:rsid w:val="004704F0"/>
     <w:rsid w:val="004708F8"/>
     <w:rsid w:val="0047111D"/>
     <w:rsid w:val="00471507"/>
     <w:rsid w:val="00472831"/>
+    <w:rsid w:val="0047299E"/>
     <w:rsid w:val="00472ED5"/>
     <w:rsid w:val="00473348"/>
     <w:rsid w:val="00474456"/>
     <w:rsid w:val="00474DD4"/>
     <w:rsid w:val="004754BA"/>
     <w:rsid w:val="0048291D"/>
     <w:rsid w:val="004841DF"/>
     <w:rsid w:val="004845E8"/>
     <w:rsid w:val="00485B9A"/>
+    <w:rsid w:val="00486F74"/>
     <w:rsid w:val="004920C1"/>
     <w:rsid w:val="00492450"/>
     <w:rsid w:val="004925E0"/>
     <w:rsid w:val="0049264F"/>
     <w:rsid w:val="00492DB2"/>
     <w:rsid w:val="00494AC0"/>
+    <w:rsid w:val="00495B8F"/>
+    <w:rsid w:val="00496CBD"/>
     <w:rsid w:val="00497AAC"/>
     <w:rsid w:val="004A17D7"/>
     <w:rsid w:val="004A40B0"/>
     <w:rsid w:val="004A4659"/>
     <w:rsid w:val="004A6224"/>
     <w:rsid w:val="004B2677"/>
     <w:rsid w:val="004B3515"/>
+    <w:rsid w:val="004B4E2F"/>
     <w:rsid w:val="004B556E"/>
     <w:rsid w:val="004B5719"/>
+    <w:rsid w:val="004B5C83"/>
     <w:rsid w:val="004B62E4"/>
     <w:rsid w:val="004B69F6"/>
     <w:rsid w:val="004B6A9A"/>
     <w:rsid w:val="004B785A"/>
     <w:rsid w:val="004B79CA"/>
+    <w:rsid w:val="004C0269"/>
+    <w:rsid w:val="004C257C"/>
     <w:rsid w:val="004C305F"/>
+    <w:rsid w:val="004C3CF0"/>
     <w:rsid w:val="004C5147"/>
     <w:rsid w:val="004C5E4D"/>
     <w:rsid w:val="004C60AB"/>
     <w:rsid w:val="004C7980"/>
+    <w:rsid w:val="004D0EC5"/>
+    <w:rsid w:val="004D1637"/>
+    <w:rsid w:val="004D2ACE"/>
+    <w:rsid w:val="004D3054"/>
     <w:rsid w:val="004D3AB5"/>
+    <w:rsid w:val="004D762C"/>
+    <w:rsid w:val="004D7F5F"/>
+    <w:rsid w:val="004E1BC5"/>
     <w:rsid w:val="004E296F"/>
     <w:rsid w:val="004E3951"/>
+    <w:rsid w:val="004E40B2"/>
     <w:rsid w:val="004E5F80"/>
     <w:rsid w:val="004E6A87"/>
+    <w:rsid w:val="004E6E32"/>
     <w:rsid w:val="004E70ED"/>
+    <w:rsid w:val="004E79DF"/>
     <w:rsid w:val="004F0C8F"/>
     <w:rsid w:val="004F115D"/>
+    <w:rsid w:val="004F13C3"/>
+    <w:rsid w:val="004F3C39"/>
     <w:rsid w:val="004F49D9"/>
     <w:rsid w:val="004F52D7"/>
+    <w:rsid w:val="004F61BE"/>
     <w:rsid w:val="004F6275"/>
     <w:rsid w:val="004F707D"/>
     <w:rsid w:val="00501A12"/>
     <w:rsid w:val="00501DF5"/>
     <w:rsid w:val="005028A5"/>
+    <w:rsid w:val="005040AF"/>
     <w:rsid w:val="00505042"/>
     <w:rsid w:val="0050595C"/>
     <w:rsid w:val="00506334"/>
     <w:rsid w:val="0050642D"/>
     <w:rsid w:val="00507835"/>
     <w:rsid w:val="0051125E"/>
     <w:rsid w:val="00511990"/>
     <w:rsid w:val="00511F8E"/>
     <w:rsid w:val="0051320B"/>
     <w:rsid w:val="00514058"/>
     <w:rsid w:val="00514C0F"/>
+    <w:rsid w:val="00515D09"/>
     <w:rsid w:val="005165CD"/>
     <w:rsid w:val="00516600"/>
+    <w:rsid w:val="005167EE"/>
     <w:rsid w:val="00524239"/>
     <w:rsid w:val="00524D99"/>
     <w:rsid w:val="005260A8"/>
     <w:rsid w:val="005270D4"/>
     <w:rsid w:val="00527C3E"/>
     <w:rsid w:val="00527D37"/>
+    <w:rsid w:val="00531E7B"/>
     <w:rsid w:val="00532011"/>
+    <w:rsid w:val="00532A78"/>
     <w:rsid w:val="0053375A"/>
     <w:rsid w:val="005343F1"/>
     <w:rsid w:val="00534A98"/>
+    <w:rsid w:val="00534D3D"/>
     <w:rsid w:val="00535F6A"/>
+    <w:rsid w:val="0053777A"/>
     <w:rsid w:val="00540308"/>
     <w:rsid w:val="00540A24"/>
     <w:rsid w:val="0054226D"/>
     <w:rsid w:val="005426B6"/>
+    <w:rsid w:val="00542D05"/>
+    <w:rsid w:val="00543133"/>
     <w:rsid w:val="005432E6"/>
     <w:rsid w:val="00543469"/>
     <w:rsid w:val="0054350F"/>
     <w:rsid w:val="00544122"/>
+    <w:rsid w:val="005441E6"/>
     <w:rsid w:val="0054526C"/>
+    <w:rsid w:val="005470DE"/>
     <w:rsid w:val="00550C50"/>
     <w:rsid w:val="00550EC3"/>
+    <w:rsid w:val="00550FE8"/>
     <w:rsid w:val="00553142"/>
     <w:rsid w:val="00553709"/>
     <w:rsid w:val="00553A84"/>
     <w:rsid w:val="00553AF2"/>
+    <w:rsid w:val="00555F01"/>
     <w:rsid w:val="005568F6"/>
     <w:rsid w:val="00557456"/>
+    <w:rsid w:val="005575B5"/>
     <w:rsid w:val="00561F10"/>
     <w:rsid w:val="0056339A"/>
     <w:rsid w:val="00563D00"/>
     <w:rsid w:val="00565882"/>
     <w:rsid w:val="00567AB6"/>
     <w:rsid w:val="00571200"/>
     <w:rsid w:val="00572DCA"/>
     <w:rsid w:val="0057426F"/>
     <w:rsid w:val="00577335"/>
     <w:rsid w:val="00577E26"/>
+    <w:rsid w:val="005807CE"/>
     <w:rsid w:val="00580CED"/>
+    <w:rsid w:val="0058128E"/>
     <w:rsid w:val="005854ED"/>
+    <w:rsid w:val="005855C5"/>
+    <w:rsid w:val="00585946"/>
     <w:rsid w:val="00585C45"/>
     <w:rsid w:val="00586B29"/>
     <w:rsid w:val="00586FE2"/>
     <w:rsid w:val="00587617"/>
     <w:rsid w:val="0059013D"/>
     <w:rsid w:val="00590517"/>
     <w:rsid w:val="00592593"/>
+    <w:rsid w:val="00592B4E"/>
+    <w:rsid w:val="00592C6C"/>
     <w:rsid w:val="00593069"/>
     <w:rsid w:val="00594518"/>
     <w:rsid w:val="00595259"/>
+    <w:rsid w:val="00595613"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00597784"/>
     <w:rsid w:val="00597D38"/>
+    <w:rsid w:val="005A1090"/>
     <w:rsid w:val="005A2252"/>
     <w:rsid w:val="005A304E"/>
     <w:rsid w:val="005A3410"/>
     <w:rsid w:val="005A371F"/>
     <w:rsid w:val="005A40F1"/>
     <w:rsid w:val="005A4326"/>
+    <w:rsid w:val="005A53C2"/>
+    <w:rsid w:val="005A5408"/>
     <w:rsid w:val="005A7158"/>
     <w:rsid w:val="005B0C9D"/>
     <w:rsid w:val="005B1616"/>
     <w:rsid w:val="005B5FD9"/>
     <w:rsid w:val="005B608A"/>
     <w:rsid w:val="005B6AD1"/>
+    <w:rsid w:val="005B6BC1"/>
     <w:rsid w:val="005B709C"/>
     <w:rsid w:val="005C0223"/>
+    <w:rsid w:val="005C034C"/>
+    <w:rsid w:val="005C0742"/>
     <w:rsid w:val="005C0E57"/>
     <w:rsid w:val="005C1C0B"/>
+    <w:rsid w:val="005C3BF7"/>
+    <w:rsid w:val="005C3F07"/>
     <w:rsid w:val="005C3F31"/>
+    <w:rsid w:val="005C43DE"/>
     <w:rsid w:val="005C4868"/>
+    <w:rsid w:val="005C5157"/>
+    <w:rsid w:val="005C532B"/>
+    <w:rsid w:val="005C6039"/>
+    <w:rsid w:val="005C64B3"/>
+    <w:rsid w:val="005C65B4"/>
+    <w:rsid w:val="005C65D6"/>
     <w:rsid w:val="005C6C47"/>
     <w:rsid w:val="005C6F33"/>
     <w:rsid w:val="005D157F"/>
     <w:rsid w:val="005D22AD"/>
+    <w:rsid w:val="005D24E7"/>
+    <w:rsid w:val="005D3758"/>
     <w:rsid w:val="005D3F82"/>
     <w:rsid w:val="005D451A"/>
     <w:rsid w:val="005D5214"/>
     <w:rsid w:val="005D535D"/>
     <w:rsid w:val="005D538E"/>
     <w:rsid w:val="005D5BB0"/>
+    <w:rsid w:val="005D6510"/>
     <w:rsid w:val="005D74D9"/>
+    <w:rsid w:val="005E09B8"/>
     <w:rsid w:val="005E1353"/>
     <w:rsid w:val="005E17EE"/>
+    <w:rsid w:val="005E371A"/>
     <w:rsid w:val="005E3E0E"/>
+    <w:rsid w:val="005E425A"/>
     <w:rsid w:val="005F18E1"/>
     <w:rsid w:val="005F1F5A"/>
     <w:rsid w:val="005F2A62"/>
+    <w:rsid w:val="005F37CE"/>
     <w:rsid w:val="005F4273"/>
     <w:rsid w:val="005F4F34"/>
+    <w:rsid w:val="005F5064"/>
+    <w:rsid w:val="005F52A4"/>
+    <w:rsid w:val="005F5E74"/>
+    <w:rsid w:val="005F6140"/>
     <w:rsid w:val="005F6F37"/>
     <w:rsid w:val="005F79BE"/>
     <w:rsid w:val="00600278"/>
     <w:rsid w:val="00600A51"/>
     <w:rsid w:val="006023D3"/>
     <w:rsid w:val="00602AFB"/>
     <w:rsid w:val="00602F7F"/>
+    <w:rsid w:val="006031E7"/>
+    <w:rsid w:val="00604978"/>
     <w:rsid w:val="0060597A"/>
+    <w:rsid w:val="006059C8"/>
     <w:rsid w:val="006061C8"/>
     <w:rsid w:val="00607615"/>
+    <w:rsid w:val="00607662"/>
     <w:rsid w:val="006103C3"/>
     <w:rsid w:val="006107EB"/>
+    <w:rsid w:val="0061154D"/>
     <w:rsid w:val="00612833"/>
+    <w:rsid w:val="00612896"/>
+    <w:rsid w:val="00612E6D"/>
     <w:rsid w:val="006140ED"/>
+    <w:rsid w:val="00614130"/>
     <w:rsid w:val="006145CF"/>
     <w:rsid w:val="00614CC4"/>
+    <w:rsid w:val="006161AD"/>
+    <w:rsid w:val="00616BE6"/>
     <w:rsid w:val="006171B9"/>
     <w:rsid w:val="00617217"/>
     <w:rsid w:val="006179E8"/>
+    <w:rsid w:val="00621176"/>
     <w:rsid w:val="00623B8F"/>
     <w:rsid w:val="006241B3"/>
+    <w:rsid w:val="00624C66"/>
     <w:rsid w:val="00626BD5"/>
     <w:rsid w:val="006274BB"/>
     <w:rsid w:val="00627C86"/>
+    <w:rsid w:val="00630A48"/>
     <w:rsid w:val="00630BE1"/>
     <w:rsid w:val="0063109A"/>
     <w:rsid w:val="00631F6D"/>
+    <w:rsid w:val="00632102"/>
     <w:rsid w:val="00633EFE"/>
     <w:rsid w:val="00635AB3"/>
     <w:rsid w:val="00640C40"/>
+    <w:rsid w:val="006410C0"/>
     <w:rsid w:val="006414A9"/>
     <w:rsid w:val="0064370B"/>
     <w:rsid w:val="00646221"/>
+    <w:rsid w:val="0064722D"/>
     <w:rsid w:val="00651CB1"/>
+    <w:rsid w:val="006521B6"/>
     <w:rsid w:val="00652478"/>
     <w:rsid w:val="00652550"/>
+    <w:rsid w:val="00652711"/>
     <w:rsid w:val="00654293"/>
+    <w:rsid w:val="006553DE"/>
     <w:rsid w:val="006554F2"/>
     <w:rsid w:val="006555C2"/>
     <w:rsid w:val="006600B1"/>
     <w:rsid w:val="0066058E"/>
     <w:rsid w:val="00664A37"/>
+    <w:rsid w:val="00665075"/>
     <w:rsid w:val="00665673"/>
     <w:rsid w:val="00666448"/>
+    <w:rsid w:val="006677F8"/>
     <w:rsid w:val="00670743"/>
     <w:rsid w:val="0067082F"/>
     <w:rsid w:val="00670FA2"/>
     <w:rsid w:val="00672288"/>
     <w:rsid w:val="00672421"/>
+    <w:rsid w:val="00675C3C"/>
+    <w:rsid w:val="00675E51"/>
     <w:rsid w:val="00676338"/>
     <w:rsid w:val="00676FF4"/>
     <w:rsid w:val="00677AC4"/>
     <w:rsid w:val="00681249"/>
+    <w:rsid w:val="006822C8"/>
     <w:rsid w:val="00682538"/>
+    <w:rsid w:val="00683223"/>
     <w:rsid w:val="00683867"/>
     <w:rsid w:val="00686193"/>
     <w:rsid w:val="00686BFD"/>
     <w:rsid w:val="00687287"/>
     <w:rsid w:val="006877F6"/>
+    <w:rsid w:val="00687F15"/>
+    <w:rsid w:val="00690604"/>
     <w:rsid w:val="0069065A"/>
     <w:rsid w:val="006917D2"/>
     <w:rsid w:val="00691D6E"/>
     <w:rsid w:val="00691E32"/>
+    <w:rsid w:val="00691FB5"/>
     <w:rsid w:val="00692173"/>
     <w:rsid w:val="00692951"/>
+    <w:rsid w:val="0069334D"/>
+    <w:rsid w:val="00695F4E"/>
     <w:rsid w:val="00696AA3"/>
     <w:rsid w:val="006A14FB"/>
     <w:rsid w:val="006A18A2"/>
+    <w:rsid w:val="006A1D12"/>
     <w:rsid w:val="006A2A69"/>
     <w:rsid w:val="006A4D48"/>
     <w:rsid w:val="006A51E0"/>
     <w:rsid w:val="006A6449"/>
     <w:rsid w:val="006A6573"/>
     <w:rsid w:val="006A68DF"/>
     <w:rsid w:val="006A6D47"/>
+    <w:rsid w:val="006A7D5D"/>
     <w:rsid w:val="006A7E16"/>
     <w:rsid w:val="006B0D77"/>
     <w:rsid w:val="006B1A9F"/>
     <w:rsid w:val="006B4CF8"/>
     <w:rsid w:val="006B5C0C"/>
+    <w:rsid w:val="006B5F0C"/>
     <w:rsid w:val="006B7FC3"/>
     <w:rsid w:val="006C29E6"/>
     <w:rsid w:val="006C51F3"/>
+    <w:rsid w:val="006C6C13"/>
     <w:rsid w:val="006C6F10"/>
     <w:rsid w:val="006D073F"/>
+    <w:rsid w:val="006D1A3D"/>
+    <w:rsid w:val="006D2F91"/>
     <w:rsid w:val="006D5CEF"/>
     <w:rsid w:val="006D5EC2"/>
     <w:rsid w:val="006D60B0"/>
+    <w:rsid w:val="006D6C5F"/>
     <w:rsid w:val="006D761C"/>
     <w:rsid w:val="006D7BE0"/>
     <w:rsid w:val="006E189C"/>
     <w:rsid w:val="006E3AF3"/>
     <w:rsid w:val="006E454A"/>
+    <w:rsid w:val="006E6DBE"/>
+    <w:rsid w:val="006E792E"/>
     <w:rsid w:val="006F110F"/>
     <w:rsid w:val="006F11CE"/>
     <w:rsid w:val="006F16FB"/>
     <w:rsid w:val="006F3087"/>
     <w:rsid w:val="006F37E5"/>
     <w:rsid w:val="006F4BE7"/>
     <w:rsid w:val="006F5BEE"/>
     <w:rsid w:val="007016DB"/>
+    <w:rsid w:val="00701AD6"/>
     <w:rsid w:val="007032BE"/>
     <w:rsid w:val="00705FD9"/>
     <w:rsid w:val="0071007B"/>
     <w:rsid w:val="00710549"/>
     <w:rsid w:val="00713A56"/>
     <w:rsid w:val="00713A8D"/>
     <w:rsid w:val="00714402"/>
+    <w:rsid w:val="0071523F"/>
+    <w:rsid w:val="00715A77"/>
+    <w:rsid w:val="00715F49"/>
+    <w:rsid w:val="00717E6C"/>
     <w:rsid w:val="00720290"/>
     <w:rsid w:val="007212F7"/>
     <w:rsid w:val="00721F6C"/>
     <w:rsid w:val="00722D5D"/>
     <w:rsid w:val="007239F8"/>
     <w:rsid w:val="0072420E"/>
+    <w:rsid w:val="0072619B"/>
+    <w:rsid w:val="00726340"/>
+    <w:rsid w:val="00730474"/>
     <w:rsid w:val="007307FF"/>
     <w:rsid w:val="00730A2D"/>
     <w:rsid w:val="007328B1"/>
+    <w:rsid w:val="007337F9"/>
+    <w:rsid w:val="00734453"/>
+    <w:rsid w:val="0073474C"/>
+    <w:rsid w:val="0073730C"/>
     <w:rsid w:val="00737FE0"/>
     <w:rsid w:val="00740027"/>
     <w:rsid w:val="007405BA"/>
     <w:rsid w:val="007406FB"/>
     <w:rsid w:val="00746068"/>
     <w:rsid w:val="00746F5F"/>
+    <w:rsid w:val="00751A54"/>
     <w:rsid w:val="00751ED9"/>
+    <w:rsid w:val="00752EAD"/>
+    <w:rsid w:val="00753C53"/>
+    <w:rsid w:val="00754BCF"/>
+    <w:rsid w:val="00755444"/>
+    <w:rsid w:val="00761098"/>
+    <w:rsid w:val="00761910"/>
+    <w:rsid w:val="0076243A"/>
     <w:rsid w:val="00762BF6"/>
     <w:rsid w:val="0076314E"/>
     <w:rsid w:val="007634A3"/>
     <w:rsid w:val="00764716"/>
     <w:rsid w:val="00764D68"/>
     <w:rsid w:val="00764E98"/>
     <w:rsid w:val="007655FC"/>
     <w:rsid w:val="00767E48"/>
     <w:rsid w:val="00770712"/>
     <w:rsid w:val="007713CB"/>
     <w:rsid w:val="00771424"/>
+    <w:rsid w:val="00771C3B"/>
+    <w:rsid w:val="00771DF9"/>
     <w:rsid w:val="00773F45"/>
     <w:rsid w:val="007767A1"/>
+    <w:rsid w:val="007771B1"/>
     <w:rsid w:val="007815D2"/>
     <w:rsid w:val="00781C72"/>
     <w:rsid w:val="007837DC"/>
     <w:rsid w:val="00785673"/>
     <w:rsid w:val="00787AF3"/>
     <w:rsid w:val="00790D5D"/>
+    <w:rsid w:val="00790F8D"/>
     <w:rsid w:val="0079115C"/>
     <w:rsid w:val="00792978"/>
     <w:rsid w:val="00792C8C"/>
+    <w:rsid w:val="007935A6"/>
     <w:rsid w:val="00794ED5"/>
     <w:rsid w:val="00795780"/>
+    <w:rsid w:val="007957B4"/>
     <w:rsid w:val="00795A6E"/>
+    <w:rsid w:val="0079782A"/>
+    <w:rsid w:val="00797EED"/>
     <w:rsid w:val="007A1EFB"/>
     <w:rsid w:val="007A36F5"/>
     <w:rsid w:val="007A3A92"/>
     <w:rsid w:val="007A3E86"/>
+    <w:rsid w:val="007A4587"/>
+    <w:rsid w:val="007A4D44"/>
+    <w:rsid w:val="007A4D95"/>
     <w:rsid w:val="007A5929"/>
     <w:rsid w:val="007A5DCE"/>
     <w:rsid w:val="007A5E96"/>
     <w:rsid w:val="007A6282"/>
+    <w:rsid w:val="007A6BC7"/>
+    <w:rsid w:val="007A77BF"/>
     <w:rsid w:val="007A7D86"/>
     <w:rsid w:val="007B1569"/>
+    <w:rsid w:val="007B1B6D"/>
     <w:rsid w:val="007B3384"/>
     <w:rsid w:val="007B349B"/>
     <w:rsid w:val="007B3E2E"/>
     <w:rsid w:val="007B667F"/>
     <w:rsid w:val="007B7039"/>
+    <w:rsid w:val="007B74B3"/>
     <w:rsid w:val="007C0D8A"/>
     <w:rsid w:val="007C23F4"/>
+    <w:rsid w:val="007C4519"/>
+    <w:rsid w:val="007C6E07"/>
     <w:rsid w:val="007C7257"/>
     <w:rsid w:val="007D0766"/>
+    <w:rsid w:val="007D0C4C"/>
     <w:rsid w:val="007D0F65"/>
     <w:rsid w:val="007D195B"/>
     <w:rsid w:val="007D2B6F"/>
     <w:rsid w:val="007D3C18"/>
+    <w:rsid w:val="007D3DCE"/>
     <w:rsid w:val="007D5360"/>
     <w:rsid w:val="007D53CD"/>
     <w:rsid w:val="007D561A"/>
     <w:rsid w:val="007D76F2"/>
     <w:rsid w:val="007E1B70"/>
+    <w:rsid w:val="007E2658"/>
     <w:rsid w:val="007E269D"/>
     <w:rsid w:val="007E2F21"/>
     <w:rsid w:val="007E3023"/>
     <w:rsid w:val="007E63A8"/>
     <w:rsid w:val="007E78AC"/>
+    <w:rsid w:val="007F18C0"/>
     <w:rsid w:val="007F2BAB"/>
+    <w:rsid w:val="007F479A"/>
     <w:rsid w:val="007F5CAF"/>
     <w:rsid w:val="007F64EF"/>
     <w:rsid w:val="007F6690"/>
     <w:rsid w:val="007F6969"/>
     <w:rsid w:val="007F6CB1"/>
     <w:rsid w:val="007F7C98"/>
     <w:rsid w:val="008018DE"/>
     <w:rsid w:val="00801B81"/>
+    <w:rsid w:val="0080209E"/>
     <w:rsid w:val="00802B4B"/>
+    <w:rsid w:val="00802F49"/>
     <w:rsid w:val="008031D4"/>
     <w:rsid w:val="008036B9"/>
     <w:rsid w:val="00803E28"/>
+    <w:rsid w:val="00804750"/>
     <w:rsid w:val="00804E8D"/>
     <w:rsid w:val="0080564D"/>
     <w:rsid w:val="008057AB"/>
     <w:rsid w:val="00806362"/>
+    <w:rsid w:val="0081274D"/>
+    <w:rsid w:val="008127E8"/>
     <w:rsid w:val="00813720"/>
     <w:rsid w:val="00814D7E"/>
     <w:rsid w:val="0081794B"/>
     <w:rsid w:val="008204D7"/>
+    <w:rsid w:val="00820790"/>
+    <w:rsid w:val="00820877"/>
+    <w:rsid w:val="008216E6"/>
+    <w:rsid w:val="00821AF2"/>
+    <w:rsid w:val="00831799"/>
     <w:rsid w:val="008328AC"/>
+    <w:rsid w:val="00833D4E"/>
     <w:rsid w:val="00834B81"/>
+    <w:rsid w:val="0083615D"/>
     <w:rsid w:val="00836EAD"/>
     <w:rsid w:val="00836FEE"/>
     <w:rsid w:val="00837281"/>
+    <w:rsid w:val="00840BAC"/>
     <w:rsid w:val="00840E6E"/>
     <w:rsid w:val="0084191F"/>
     <w:rsid w:val="00841CD1"/>
     <w:rsid w:val="00842F0C"/>
     <w:rsid w:val="008431C5"/>
     <w:rsid w:val="008432D3"/>
     <w:rsid w:val="00843705"/>
     <w:rsid w:val="00844AA9"/>
+    <w:rsid w:val="00844EF9"/>
     <w:rsid w:val="0084531D"/>
+    <w:rsid w:val="008455C3"/>
     <w:rsid w:val="008462E4"/>
+    <w:rsid w:val="00847C37"/>
     <w:rsid w:val="00851FE7"/>
     <w:rsid w:val="00852691"/>
     <w:rsid w:val="008532E1"/>
     <w:rsid w:val="008540BF"/>
     <w:rsid w:val="008559D4"/>
     <w:rsid w:val="0085647A"/>
     <w:rsid w:val="00856C34"/>
+    <w:rsid w:val="00857CE6"/>
+    <w:rsid w:val="0086021E"/>
+    <w:rsid w:val="008609FA"/>
     <w:rsid w:val="00861987"/>
     <w:rsid w:val="00861A5B"/>
     <w:rsid w:val="00861B36"/>
     <w:rsid w:val="0086415A"/>
+    <w:rsid w:val="00864471"/>
+    <w:rsid w:val="0086501D"/>
     <w:rsid w:val="0086626C"/>
+    <w:rsid w:val="00870002"/>
     <w:rsid w:val="00871C13"/>
     <w:rsid w:val="00872CBA"/>
+    <w:rsid w:val="00872DE2"/>
     <w:rsid w:val="00872FCA"/>
     <w:rsid w:val="00873627"/>
     <w:rsid w:val="00873691"/>
     <w:rsid w:val="00874D06"/>
     <w:rsid w:val="008754A4"/>
     <w:rsid w:val="00877169"/>
     <w:rsid w:val="008801FE"/>
     <w:rsid w:val="008813CD"/>
     <w:rsid w:val="00881CB3"/>
+    <w:rsid w:val="00881F25"/>
     <w:rsid w:val="008838AC"/>
     <w:rsid w:val="008843EF"/>
     <w:rsid w:val="00884645"/>
     <w:rsid w:val="008846BF"/>
     <w:rsid w:val="00884C0B"/>
     <w:rsid w:val="00885DD3"/>
     <w:rsid w:val="00887B7E"/>
+    <w:rsid w:val="008913A0"/>
     <w:rsid w:val="00891AC0"/>
     <w:rsid w:val="008925B3"/>
     <w:rsid w:val="008936F1"/>
     <w:rsid w:val="00894673"/>
     <w:rsid w:val="00894CA3"/>
+    <w:rsid w:val="00894CB8"/>
+    <w:rsid w:val="008A0075"/>
+    <w:rsid w:val="008A0996"/>
     <w:rsid w:val="008A143D"/>
+    <w:rsid w:val="008A1FA6"/>
     <w:rsid w:val="008A2036"/>
     <w:rsid w:val="008A2683"/>
     <w:rsid w:val="008A3C88"/>
     <w:rsid w:val="008A4357"/>
+    <w:rsid w:val="008A453A"/>
     <w:rsid w:val="008A4982"/>
     <w:rsid w:val="008A7835"/>
     <w:rsid w:val="008B1833"/>
     <w:rsid w:val="008B20EB"/>
+    <w:rsid w:val="008B2C30"/>
     <w:rsid w:val="008B6DA1"/>
+    <w:rsid w:val="008B7914"/>
     <w:rsid w:val="008C52FE"/>
     <w:rsid w:val="008C59E8"/>
     <w:rsid w:val="008D1AC1"/>
+    <w:rsid w:val="008D1BBD"/>
     <w:rsid w:val="008D3F62"/>
     <w:rsid w:val="008D3FF5"/>
+    <w:rsid w:val="008D45A4"/>
     <w:rsid w:val="008D5A02"/>
     <w:rsid w:val="008D5CC3"/>
     <w:rsid w:val="008D5D02"/>
+    <w:rsid w:val="008D6480"/>
     <w:rsid w:val="008D71F1"/>
     <w:rsid w:val="008E07BB"/>
+    <w:rsid w:val="008E0B85"/>
+    <w:rsid w:val="008E0EAD"/>
+    <w:rsid w:val="008E221D"/>
     <w:rsid w:val="008E284F"/>
     <w:rsid w:val="008E4A32"/>
     <w:rsid w:val="008F12C5"/>
+    <w:rsid w:val="008F138F"/>
     <w:rsid w:val="008F1FC4"/>
     <w:rsid w:val="008F22C2"/>
     <w:rsid w:val="008F29DE"/>
     <w:rsid w:val="008F2BE2"/>
     <w:rsid w:val="008F3DC1"/>
     <w:rsid w:val="008F4C53"/>
     <w:rsid w:val="008F73AC"/>
+    <w:rsid w:val="008F79FF"/>
+    <w:rsid w:val="008F7F4B"/>
     <w:rsid w:val="009010BD"/>
     <w:rsid w:val="009019ED"/>
+    <w:rsid w:val="00901A66"/>
     <w:rsid w:val="00901DA5"/>
     <w:rsid w:val="0090487F"/>
     <w:rsid w:val="00906971"/>
     <w:rsid w:val="0090733F"/>
+    <w:rsid w:val="009105A1"/>
     <w:rsid w:val="00910FC5"/>
     <w:rsid w:val="00913309"/>
     <w:rsid w:val="00914157"/>
+    <w:rsid w:val="00915ECE"/>
     <w:rsid w:val="009164C7"/>
+    <w:rsid w:val="00916BD9"/>
     <w:rsid w:val="00917701"/>
     <w:rsid w:val="00917F86"/>
+    <w:rsid w:val="009204AE"/>
     <w:rsid w:val="009216D7"/>
     <w:rsid w:val="009246BA"/>
     <w:rsid w:val="00924D4D"/>
     <w:rsid w:val="00924F20"/>
+    <w:rsid w:val="00925770"/>
+    <w:rsid w:val="00926943"/>
+    <w:rsid w:val="0092709F"/>
+    <w:rsid w:val="00927575"/>
     <w:rsid w:val="0093077C"/>
     <w:rsid w:val="00930A76"/>
     <w:rsid w:val="00931706"/>
+    <w:rsid w:val="00931EAE"/>
     <w:rsid w:val="00932C2F"/>
     <w:rsid w:val="00932E05"/>
+    <w:rsid w:val="00936016"/>
+    <w:rsid w:val="00936146"/>
+    <w:rsid w:val="00936924"/>
     <w:rsid w:val="00937563"/>
+    <w:rsid w:val="00937A99"/>
     <w:rsid w:val="00937FDE"/>
+    <w:rsid w:val="00940C62"/>
+    <w:rsid w:val="00941C75"/>
     <w:rsid w:val="00941FBB"/>
+    <w:rsid w:val="00942F87"/>
     <w:rsid w:val="009444E2"/>
     <w:rsid w:val="00944D30"/>
     <w:rsid w:val="00945321"/>
+    <w:rsid w:val="00946633"/>
     <w:rsid w:val="0094684F"/>
     <w:rsid w:val="009478EA"/>
     <w:rsid w:val="00947BBF"/>
     <w:rsid w:val="00951AE5"/>
     <w:rsid w:val="0095208B"/>
     <w:rsid w:val="00953555"/>
     <w:rsid w:val="00953702"/>
     <w:rsid w:val="009556EF"/>
     <w:rsid w:val="00955868"/>
+    <w:rsid w:val="009559C6"/>
     <w:rsid w:val="00955C89"/>
     <w:rsid w:val="00957BFA"/>
     <w:rsid w:val="00960244"/>
+    <w:rsid w:val="00960F49"/>
     <w:rsid w:val="0096101E"/>
+    <w:rsid w:val="009610ED"/>
     <w:rsid w:val="009618D1"/>
     <w:rsid w:val="00961A35"/>
     <w:rsid w:val="00961C3B"/>
     <w:rsid w:val="00964F7A"/>
     <w:rsid w:val="009705A2"/>
     <w:rsid w:val="00971612"/>
     <w:rsid w:val="00971B8B"/>
     <w:rsid w:val="00971E8B"/>
     <w:rsid w:val="0097364D"/>
     <w:rsid w:val="0097575C"/>
     <w:rsid w:val="00976BEA"/>
+    <w:rsid w:val="009770C3"/>
     <w:rsid w:val="009771F2"/>
     <w:rsid w:val="00977A7B"/>
     <w:rsid w:val="00981180"/>
     <w:rsid w:val="0098259C"/>
     <w:rsid w:val="0098330D"/>
+    <w:rsid w:val="0098376C"/>
     <w:rsid w:val="00984402"/>
     <w:rsid w:val="00984459"/>
     <w:rsid w:val="00984BCE"/>
     <w:rsid w:val="00990EA5"/>
     <w:rsid w:val="009911B6"/>
     <w:rsid w:val="009911F0"/>
     <w:rsid w:val="00991E78"/>
     <w:rsid w:val="009923D1"/>
+    <w:rsid w:val="00993A95"/>
+    <w:rsid w:val="00994DEA"/>
     <w:rsid w:val="00996D8C"/>
     <w:rsid w:val="00996EDC"/>
     <w:rsid w:val="00997DC0"/>
     <w:rsid w:val="009A0F85"/>
     <w:rsid w:val="009A15D3"/>
     <w:rsid w:val="009A1E76"/>
     <w:rsid w:val="009A2833"/>
     <w:rsid w:val="009A3887"/>
     <w:rsid w:val="009A53FF"/>
+    <w:rsid w:val="009A5BE8"/>
     <w:rsid w:val="009A71D4"/>
+    <w:rsid w:val="009B18C6"/>
     <w:rsid w:val="009B3B2E"/>
+    <w:rsid w:val="009B4C7D"/>
     <w:rsid w:val="009B5444"/>
     <w:rsid w:val="009B5C98"/>
     <w:rsid w:val="009C16E2"/>
     <w:rsid w:val="009C26F4"/>
     <w:rsid w:val="009C2BDD"/>
     <w:rsid w:val="009C2D85"/>
     <w:rsid w:val="009C4BDB"/>
     <w:rsid w:val="009C4CD4"/>
     <w:rsid w:val="009C5AF3"/>
     <w:rsid w:val="009C5B4F"/>
+    <w:rsid w:val="009C5BC5"/>
+    <w:rsid w:val="009C6FEB"/>
+    <w:rsid w:val="009C78E5"/>
     <w:rsid w:val="009D05DB"/>
+    <w:rsid w:val="009D28E4"/>
     <w:rsid w:val="009D355E"/>
+    <w:rsid w:val="009D396C"/>
     <w:rsid w:val="009D4373"/>
     <w:rsid w:val="009D4481"/>
     <w:rsid w:val="009D4EBD"/>
     <w:rsid w:val="009D6B6F"/>
+    <w:rsid w:val="009D6CE6"/>
     <w:rsid w:val="009D77B7"/>
     <w:rsid w:val="009E5210"/>
     <w:rsid w:val="009E57FC"/>
+    <w:rsid w:val="009E73CA"/>
+    <w:rsid w:val="009E73DE"/>
     <w:rsid w:val="009E7918"/>
     <w:rsid w:val="009F26CE"/>
     <w:rsid w:val="009F2C6A"/>
     <w:rsid w:val="009F2F82"/>
     <w:rsid w:val="009F6BE1"/>
     <w:rsid w:val="00A004C9"/>
     <w:rsid w:val="00A00A54"/>
     <w:rsid w:val="00A00A9E"/>
     <w:rsid w:val="00A01CAD"/>
     <w:rsid w:val="00A01FEC"/>
     <w:rsid w:val="00A02581"/>
+    <w:rsid w:val="00A03347"/>
     <w:rsid w:val="00A036CC"/>
     <w:rsid w:val="00A03D79"/>
+    <w:rsid w:val="00A05F22"/>
     <w:rsid w:val="00A10574"/>
     <w:rsid w:val="00A1219B"/>
     <w:rsid w:val="00A129E8"/>
     <w:rsid w:val="00A139EE"/>
     <w:rsid w:val="00A14432"/>
     <w:rsid w:val="00A16575"/>
     <w:rsid w:val="00A172AC"/>
     <w:rsid w:val="00A175B8"/>
     <w:rsid w:val="00A179B4"/>
     <w:rsid w:val="00A2027D"/>
     <w:rsid w:val="00A25F68"/>
     <w:rsid w:val="00A26855"/>
     <w:rsid w:val="00A270AA"/>
+    <w:rsid w:val="00A30609"/>
     <w:rsid w:val="00A347E1"/>
     <w:rsid w:val="00A3482C"/>
     <w:rsid w:val="00A34D02"/>
+    <w:rsid w:val="00A3536D"/>
     <w:rsid w:val="00A36758"/>
     <w:rsid w:val="00A36CB9"/>
     <w:rsid w:val="00A37CFE"/>
     <w:rsid w:val="00A403A8"/>
+    <w:rsid w:val="00A404A0"/>
     <w:rsid w:val="00A406A2"/>
+    <w:rsid w:val="00A412F8"/>
+    <w:rsid w:val="00A41722"/>
     <w:rsid w:val="00A41803"/>
     <w:rsid w:val="00A4227F"/>
+    <w:rsid w:val="00A423DF"/>
     <w:rsid w:val="00A43551"/>
     <w:rsid w:val="00A43B46"/>
     <w:rsid w:val="00A45315"/>
     <w:rsid w:val="00A463B4"/>
+    <w:rsid w:val="00A50980"/>
     <w:rsid w:val="00A50C81"/>
     <w:rsid w:val="00A5204C"/>
     <w:rsid w:val="00A52E77"/>
+    <w:rsid w:val="00A53612"/>
     <w:rsid w:val="00A54E67"/>
     <w:rsid w:val="00A56666"/>
     <w:rsid w:val="00A5667C"/>
     <w:rsid w:val="00A567D8"/>
     <w:rsid w:val="00A601F2"/>
     <w:rsid w:val="00A62EDC"/>
     <w:rsid w:val="00A633EE"/>
     <w:rsid w:val="00A63B53"/>
     <w:rsid w:val="00A6535F"/>
     <w:rsid w:val="00A66099"/>
     <w:rsid w:val="00A66F52"/>
+    <w:rsid w:val="00A70E7D"/>
     <w:rsid w:val="00A71BF7"/>
+    <w:rsid w:val="00A730E3"/>
     <w:rsid w:val="00A73B74"/>
     <w:rsid w:val="00A741AD"/>
     <w:rsid w:val="00A74BFF"/>
     <w:rsid w:val="00A74CB9"/>
     <w:rsid w:val="00A7557E"/>
+    <w:rsid w:val="00A7585A"/>
+    <w:rsid w:val="00A770A5"/>
     <w:rsid w:val="00A7770A"/>
     <w:rsid w:val="00A77EBA"/>
     <w:rsid w:val="00A803EF"/>
     <w:rsid w:val="00A805B0"/>
+    <w:rsid w:val="00A807A0"/>
+    <w:rsid w:val="00A81516"/>
     <w:rsid w:val="00A819EF"/>
+    <w:rsid w:val="00A833F4"/>
     <w:rsid w:val="00A83900"/>
     <w:rsid w:val="00A85CC4"/>
+    <w:rsid w:val="00A867EC"/>
     <w:rsid w:val="00A87F50"/>
     <w:rsid w:val="00A907BC"/>
     <w:rsid w:val="00A922CA"/>
+    <w:rsid w:val="00A9265B"/>
     <w:rsid w:val="00A92AE6"/>
     <w:rsid w:val="00A948BA"/>
     <w:rsid w:val="00A94B4B"/>
+    <w:rsid w:val="00A96843"/>
     <w:rsid w:val="00A97F56"/>
+    <w:rsid w:val="00AA12D9"/>
     <w:rsid w:val="00AA1683"/>
     <w:rsid w:val="00AA6A1A"/>
     <w:rsid w:val="00AA74A2"/>
     <w:rsid w:val="00AA7CDA"/>
     <w:rsid w:val="00AB0DC7"/>
+    <w:rsid w:val="00AB18BD"/>
     <w:rsid w:val="00AB29EA"/>
     <w:rsid w:val="00AB322E"/>
     <w:rsid w:val="00AB32C6"/>
     <w:rsid w:val="00AB5667"/>
     <w:rsid w:val="00AB72AE"/>
     <w:rsid w:val="00AC0707"/>
     <w:rsid w:val="00AC1759"/>
     <w:rsid w:val="00AC204B"/>
+    <w:rsid w:val="00AC2949"/>
     <w:rsid w:val="00AC4670"/>
     <w:rsid w:val="00AC59C0"/>
+    <w:rsid w:val="00AC5F65"/>
     <w:rsid w:val="00AC5F98"/>
     <w:rsid w:val="00AC6313"/>
     <w:rsid w:val="00AC7F71"/>
     <w:rsid w:val="00AD024E"/>
     <w:rsid w:val="00AD089C"/>
     <w:rsid w:val="00AD1845"/>
     <w:rsid w:val="00AD2962"/>
     <w:rsid w:val="00AD296B"/>
+    <w:rsid w:val="00AD32BE"/>
     <w:rsid w:val="00AD351E"/>
+    <w:rsid w:val="00AD38C7"/>
     <w:rsid w:val="00AD4161"/>
+    <w:rsid w:val="00AD67D6"/>
     <w:rsid w:val="00AD6963"/>
+    <w:rsid w:val="00AD7A5D"/>
     <w:rsid w:val="00AE0E97"/>
     <w:rsid w:val="00AE2D3E"/>
+    <w:rsid w:val="00AE321B"/>
+    <w:rsid w:val="00AE67A2"/>
     <w:rsid w:val="00AE72D8"/>
     <w:rsid w:val="00AE750F"/>
     <w:rsid w:val="00AE7574"/>
     <w:rsid w:val="00AF1BC4"/>
     <w:rsid w:val="00AF1DF2"/>
     <w:rsid w:val="00AF32AB"/>
     <w:rsid w:val="00AF61CA"/>
     <w:rsid w:val="00AF6AD8"/>
     <w:rsid w:val="00AF6E83"/>
     <w:rsid w:val="00AF6F08"/>
     <w:rsid w:val="00B03AD5"/>
     <w:rsid w:val="00B0469E"/>
+    <w:rsid w:val="00B05656"/>
+    <w:rsid w:val="00B05C22"/>
     <w:rsid w:val="00B05CCA"/>
     <w:rsid w:val="00B05D33"/>
+    <w:rsid w:val="00B0688D"/>
     <w:rsid w:val="00B06AEE"/>
     <w:rsid w:val="00B076A2"/>
+    <w:rsid w:val="00B0776A"/>
     <w:rsid w:val="00B114D2"/>
     <w:rsid w:val="00B115DF"/>
     <w:rsid w:val="00B11A4F"/>
     <w:rsid w:val="00B11E3A"/>
     <w:rsid w:val="00B143CE"/>
+    <w:rsid w:val="00B1498B"/>
+    <w:rsid w:val="00B165F9"/>
     <w:rsid w:val="00B2029D"/>
     <w:rsid w:val="00B20332"/>
     <w:rsid w:val="00B23B39"/>
     <w:rsid w:val="00B23E80"/>
+    <w:rsid w:val="00B25CE7"/>
     <w:rsid w:val="00B25E79"/>
+    <w:rsid w:val="00B25EE3"/>
     <w:rsid w:val="00B25F3E"/>
     <w:rsid w:val="00B26B71"/>
+    <w:rsid w:val="00B3038C"/>
+    <w:rsid w:val="00B306EF"/>
     <w:rsid w:val="00B32D3F"/>
     <w:rsid w:val="00B34D2C"/>
     <w:rsid w:val="00B36496"/>
+    <w:rsid w:val="00B36DDE"/>
     <w:rsid w:val="00B376D5"/>
+    <w:rsid w:val="00B40C37"/>
     <w:rsid w:val="00B41B00"/>
     <w:rsid w:val="00B42573"/>
+    <w:rsid w:val="00B42CC7"/>
+    <w:rsid w:val="00B438E6"/>
     <w:rsid w:val="00B444CA"/>
     <w:rsid w:val="00B44E37"/>
     <w:rsid w:val="00B4754A"/>
+    <w:rsid w:val="00B47E1E"/>
     <w:rsid w:val="00B51DB8"/>
     <w:rsid w:val="00B530C5"/>
     <w:rsid w:val="00B53A6C"/>
     <w:rsid w:val="00B54CE4"/>
     <w:rsid w:val="00B634EB"/>
     <w:rsid w:val="00B6367E"/>
+    <w:rsid w:val="00B63C7D"/>
     <w:rsid w:val="00B66124"/>
     <w:rsid w:val="00B66C40"/>
     <w:rsid w:val="00B7039E"/>
     <w:rsid w:val="00B71C1A"/>
+    <w:rsid w:val="00B722D2"/>
     <w:rsid w:val="00B72D35"/>
+    <w:rsid w:val="00B7349B"/>
     <w:rsid w:val="00B73AA9"/>
     <w:rsid w:val="00B75E60"/>
     <w:rsid w:val="00B75EFC"/>
     <w:rsid w:val="00B77C6D"/>
     <w:rsid w:val="00B8055C"/>
     <w:rsid w:val="00B81FF5"/>
     <w:rsid w:val="00B837E4"/>
+    <w:rsid w:val="00B83AF1"/>
     <w:rsid w:val="00B879F6"/>
     <w:rsid w:val="00B901FF"/>
+    <w:rsid w:val="00B9123B"/>
     <w:rsid w:val="00B9211D"/>
     <w:rsid w:val="00B93C9C"/>
     <w:rsid w:val="00B94705"/>
     <w:rsid w:val="00B95EFD"/>
+    <w:rsid w:val="00B973B9"/>
+    <w:rsid w:val="00BA05BD"/>
     <w:rsid w:val="00BA31F7"/>
     <w:rsid w:val="00BA396A"/>
+    <w:rsid w:val="00BA4027"/>
+    <w:rsid w:val="00BA42E9"/>
     <w:rsid w:val="00BA54B1"/>
     <w:rsid w:val="00BA6BDF"/>
     <w:rsid w:val="00BA71E8"/>
     <w:rsid w:val="00BA736F"/>
     <w:rsid w:val="00BB1657"/>
     <w:rsid w:val="00BB1E2B"/>
+    <w:rsid w:val="00BB25AC"/>
     <w:rsid w:val="00BB29BC"/>
+    <w:rsid w:val="00BB2E44"/>
     <w:rsid w:val="00BB4F35"/>
     <w:rsid w:val="00BB651F"/>
+    <w:rsid w:val="00BB6AB4"/>
     <w:rsid w:val="00BB79F6"/>
     <w:rsid w:val="00BC15AF"/>
+    <w:rsid w:val="00BC29A4"/>
     <w:rsid w:val="00BC2C60"/>
+    <w:rsid w:val="00BC378F"/>
     <w:rsid w:val="00BC407F"/>
+    <w:rsid w:val="00BC4254"/>
     <w:rsid w:val="00BC567C"/>
     <w:rsid w:val="00BC6A90"/>
     <w:rsid w:val="00BC6C4D"/>
     <w:rsid w:val="00BD0A20"/>
     <w:rsid w:val="00BD0D1D"/>
     <w:rsid w:val="00BD1AC6"/>
+    <w:rsid w:val="00BD20D5"/>
     <w:rsid w:val="00BD2656"/>
     <w:rsid w:val="00BD46CD"/>
     <w:rsid w:val="00BD5256"/>
+    <w:rsid w:val="00BD5B0E"/>
     <w:rsid w:val="00BD6178"/>
+    <w:rsid w:val="00BD6941"/>
     <w:rsid w:val="00BD7B4A"/>
+    <w:rsid w:val="00BE0104"/>
     <w:rsid w:val="00BE1073"/>
     <w:rsid w:val="00BE2D04"/>
+    <w:rsid w:val="00BE2F5E"/>
     <w:rsid w:val="00BE525F"/>
     <w:rsid w:val="00BE589E"/>
     <w:rsid w:val="00BE6A4E"/>
+    <w:rsid w:val="00BE703F"/>
     <w:rsid w:val="00BE72AF"/>
     <w:rsid w:val="00BF1185"/>
     <w:rsid w:val="00BF1C82"/>
     <w:rsid w:val="00BF233E"/>
     <w:rsid w:val="00BF23F4"/>
     <w:rsid w:val="00BF2E10"/>
     <w:rsid w:val="00BF4BA2"/>
     <w:rsid w:val="00BF7082"/>
     <w:rsid w:val="00BF7AA4"/>
+    <w:rsid w:val="00BF7E40"/>
     <w:rsid w:val="00C00CBC"/>
     <w:rsid w:val="00C00ED8"/>
     <w:rsid w:val="00C02509"/>
+    <w:rsid w:val="00C07C3D"/>
+    <w:rsid w:val="00C12123"/>
     <w:rsid w:val="00C1277E"/>
     <w:rsid w:val="00C13036"/>
+    <w:rsid w:val="00C1404D"/>
+    <w:rsid w:val="00C14121"/>
     <w:rsid w:val="00C14763"/>
+    <w:rsid w:val="00C15147"/>
     <w:rsid w:val="00C15CE7"/>
     <w:rsid w:val="00C16C96"/>
     <w:rsid w:val="00C17002"/>
     <w:rsid w:val="00C23B68"/>
     <w:rsid w:val="00C25D0D"/>
+    <w:rsid w:val="00C269F2"/>
     <w:rsid w:val="00C276D0"/>
     <w:rsid w:val="00C27F09"/>
     <w:rsid w:val="00C3221B"/>
     <w:rsid w:val="00C326FB"/>
     <w:rsid w:val="00C3337E"/>
     <w:rsid w:val="00C33849"/>
+    <w:rsid w:val="00C340B0"/>
     <w:rsid w:val="00C3423F"/>
     <w:rsid w:val="00C3433A"/>
+    <w:rsid w:val="00C34F71"/>
+    <w:rsid w:val="00C352FC"/>
     <w:rsid w:val="00C3570E"/>
     <w:rsid w:val="00C36E7B"/>
     <w:rsid w:val="00C36FFE"/>
+    <w:rsid w:val="00C37659"/>
     <w:rsid w:val="00C43A3B"/>
     <w:rsid w:val="00C43CE2"/>
     <w:rsid w:val="00C4513E"/>
     <w:rsid w:val="00C45CD9"/>
     <w:rsid w:val="00C45F08"/>
     <w:rsid w:val="00C46A73"/>
     <w:rsid w:val="00C501DB"/>
     <w:rsid w:val="00C50593"/>
     <w:rsid w:val="00C51546"/>
+    <w:rsid w:val="00C544B4"/>
+    <w:rsid w:val="00C608CC"/>
     <w:rsid w:val="00C60D9C"/>
     <w:rsid w:val="00C61D6A"/>
     <w:rsid w:val="00C64DFC"/>
+    <w:rsid w:val="00C6603F"/>
     <w:rsid w:val="00C66D47"/>
     <w:rsid w:val="00C67557"/>
+    <w:rsid w:val="00C675B6"/>
     <w:rsid w:val="00C704EC"/>
+    <w:rsid w:val="00C724FE"/>
     <w:rsid w:val="00C7258B"/>
+    <w:rsid w:val="00C72657"/>
     <w:rsid w:val="00C751F0"/>
     <w:rsid w:val="00C762C5"/>
     <w:rsid w:val="00C823FA"/>
     <w:rsid w:val="00C829B9"/>
     <w:rsid w:val="00C841CE"/>
     <w:rsid w:val="00C86E94"/>
     <w:rsid w:val="00C8700C"/>
     <w:rsid w:val="00C92EFD"/>
     <w:rsid w:val="00C950DA"/>
     <w:rsid w:val="00CA095B"/>
+    <w:rsid w:val="00CA0AFD"/>
     <w:rsid w:val="00CA1B6B"/>
     <w:rsid w:val="00CA365E"/>
     <w:rsid w:val="00CA3AE0"/>
+    <w:rsid w:val="00CA4F09"/>
     <w:rsid w:val="00CA63AD"/>
+    <w:rsid w:val="00CB02E5"/>
     <w:rsid w:val="00CB1AFA"/>
     <w:rsid w:val="00CB1F30"/>
     <w:rsid w:val="00CB33E8"/>
     <w:rsid w:val="00CB503D"/>
     <w:rsid w:val="00CB5287"/>
+    <w:rsid w:val="00CB5A9D"/>
     <w:rsid w:val="00CB7AA7"/>
+    <w:rsid w:val="00CC1E4A"/>
     <w:rsid w:val="00CC3611"/>
     <w:rsid w:val="00CC5103"/>
     <w:rsid w:val="00CC7399"/>
     <w:rsid w:val="00CD1D74"/>
     <w:rsid w:val="00CD303F"/>
+    <w:rsid w:val="00CD3077"/>
     <w:rsid w:val="00CD3946"/>
+    <w:rsid w:val="00CD3A10"/>
     <w:rsid w:val="00CD3B3B"/>
+    <w:rsid w:val="00CD4206"/>
     <w:rsid w:val="00CD5BE0"/>
     <w:rsid w:val="00CD61A2"/>
     <w:rsid w:val="00CD667F"/>
     <w:rsid w:val="00CE0586"/>
     <w:rsid w:val="00CE09EA"/>
     <w:rsid w:val="00CE223C"/>
     <w:rsid w:val="00CE2E49"/>
     <w:rsid w:val="00CE46D7"/>
     <w:rsid w:val="00CF0330"/>
     <w:rsid w:val="00CF09CC"/>
     <w:rsid w:val="00CF1F34"/>
     <w:rsid w:val="00CF227E"/>
+    <w:rsid w:val="00CF2DFA"/>
     <w:rsid w:val="00CF480E"/>
     <w:rsid w:val="00CF53E2"/>
+    <w:rsid w:val="00CF722F"/>
     <w:rsid w:val="00CF7454"/>
     <w:rsid w:val="00CF7AFA"/>
+    <w:rsid w:val="00CF7B59"/>
+    <w:rsid w:val="00D00481"/>
     <w:rsid w:val="00D02EB4"/>
+    <w:rsid w:val="00D0455E"/>
+    <w:rsid w:val="00D0542D"/>
     <w:rsid w:val="00D06A07"/>
+    <w:rsid w:val="00D1018E"/>
     <w:rsid w:val="00D10DC3"/>
     <w:rsid w:val="00D12337"/>
+    <w:rsid w:val="00D131A3"/>
+    <w:rsid w:val="00D1427A"/>
     <w:rsid w:val="00D15249"/>
     <w:rsid w:val="00D16931"/>
     <w:rsid w:val="00D177ED"/>
     <w:rsid w:val="00D20F4E"/>
     <w:rsid w:val="00D21325"/>
     <w:rsid w:val="00D233B8"/>
+    <w:rsid w:val="00D24022"/>
     <w:rsid w:val="00D24C3F"/>
+    <w:rsid w:val="00D25DA9"/>
     <w:rsid w:val="00D262E5"/>
+    <w:rsid w:val="00D27EC1"/>
     <w:rsid w:val="00D303A2"/>
     <w:rsid w:val="00D307A4"/>
     <w:rsid w:val="00D318B7"/>
     <w:rsid w:val="00D32A4D"/>
+    <w:rsid w:val="00D32E6E"/>
+    <w:rsid w:val="00D353B8"/>
     <w:rsid w:val="00D35746"/>
     <w:rsid w:val="00D37E35"/>
+    <w:rsid w:val="00D41C00"/>
     <w:rsid w:val="00D4280A"/>
+    <w:rsid w:val="00D440EF"/>
     <w:rsid w:val="00D445D5"/>
     <w:rsid w:val="00D44D4E"/>
     <w:rsid w:val="00D4534D"/>
+    <w:rsid w:val="00D46151"/>
+    <w:rsid w:val="00D46C98"/>
     <w:rsid w:val="00D50CEF"/>
     <w:rsid w:val="00D51A8B"/>
+    <w:rsid w:val="00D51D2C"/>
     <w:rsid w:val="00D51F90"/>
     <w:rsid w:val="00D55767"/>
     <w:rsid w:val="00D5601D"/>
     <w:rsid w:val="00D56E5A"/>
+    <w:rsid w:val="00D607DC"/>
+    <w:rsid w:val="00D610EA"/>
+    <w:rsid w:val="00D61570"/>
     <w:rsid w:val="00D61DBA"/>
     <w:rsid w:val="00D63D4A"/>
     <w:rsid w:val="00D64B48"/>
     <w:rsid w:val="00D65FC6"/>
     <w:rsid w:val="00D6604A"/>
     <w:rsid w:val="00D67692"/>
     <w:rsid w:val="00D71CC3"/>
     <w:rsid w:val="00D73BE6"/>
+    <w:rsid w:val="00D74092"/>
     <w:rsid w:val="00D74312"/>
+    <w:rsid w:val="00D7491D"/>
     <w:rsid w:val="00D76CDE"/>
     <w:rsid w:val="00D8055C"/>
     <w:rsid w:val="00D80FDA"/>
+    <w:rsid w:val="00D81343"/>
+    <w:rsid w:val="00D83DE0"/>
     <w:rsid w:val="00D84029"/>
     <w:rsid w:val="00D84A5E"/>
     <w:rsid w:val="00D84E48"/>
     <w:rsid w:val="00D85DDB"/>
     <w:rsid w:val="00D87188"/>
+    <w:rsid w:val="00D8782B"/>
     <w:rsid w:val="00D87AE7"/>
     <w:rsid w:val="00D87B26"/>
     <w:rsid w:val="00D90EDC"/>
     <w:rsid w:val="00D913DC"/>
+    <w:rsid w:val="00D91821"/>
     <w:rsid w:val="00D936A5"/>
     <w:rsid w:val="00D9377B"/>
     <w:rsid w:val="00D951EA"/>
+    <w:rsid w:val="00D960ED"/>
     <w:rsid w:val="00DA0623"/>
     <w:rsid w:val="00DA0DA3"/>
     <w:rsid w:val="00DA113D"/>
+    <w:rsid w:val="00DA14EC"/>
+    <w:rsid w:val="00DA1AE7"/>
     <w:rsid w:val="00DA1DC7"/>
+    <w:rsid w:val="00DA2D3B"/>
     <w:rsid w:val="00DA2FD5"/>
+    <w:rsid w:val="00DA3129"/>
     <w:rsid w:val="00DA56F0"/>
+    <w:rsid w:val="00DA699C"/>
     <w:rsid w:val="00DA6E9C"/>
     <w:rsid w:val="00DB0420"/>
     <w:rsid w:val="00DB33A3"/>
+    <w:rsid w:val="00DB4EED"/>
+    <w:rsid w:val="00DB5CE5"/>
     <w:rsid w:val="00DC292B"/>
+    <w:rsid w:val="00DC3323"/>
+    <w:rsid w:val="00DC3D5C"/>
     <w:rsid w:val="00DC4AAA"/>
+    <w:rsid w:val="00DC6E1F"/>
     <w:rsid w:val="00DC7394"/>
+    <w:rsid w:val="00DC78A2"/>
     <w:rsid w:val="00DC7EE8"/>
     <w:rsid w:val="00DD11C4"/>
     <w:rsid w:val="00DD16D7"/>
+    <w:rsid w:val="00DD17C7"/>
+    <w:rsid w:val="00DD1E6F"/>
     <w:rsid w:val="00DD367D"/>
     <w:rsid w:val="00DD387D"/>
+    <w:rsid w:val="00DD3970"/>
+    <w:rsid w:val="00DD3A47"/>
+    <w:rsid w:val="00DD45EF"/>
     <w:rsid w:val="00DD491A"/>
     <w:rsid w:val="00DD67C2"/>
     <w:rsid w:val="00DD6C83"/>
     <w:rsid w:val="00DD6CFB"/>
     <w:rsid w:val="00DD6FD8"/>
     <w:rsid w:val="00DE1FFF"/>
     <w:rsid w:val="00DE4225"/>
     <w:rsid w:val="00DE43F6"/>
     <w:rsid w:val="00DE472F"/>
+    <w:rsid w:val="00DE517E"/>
     <w:rsid w:val="00DE5E76"/>
     <w:rsid w:val="00DE6704"/>
     <w:rsid w:val="00DE672D"/>
+    <w:rsid w:val="00DE713A"/>
     <w:rsid w:val="00DF0413"/>
     <w:rsid w:val="00DF094C"/>
     <w:rsid w:val="00DF1805"/>
+    <w:rsid w:val="00DF188C"/>
     <w:rsid w:val="00DF46CF"/>
     <w:rsid w:val="00DF4873"/>
+    <w:rsid w:val="00DF50A4"/>
     <w:rsid w:val="00DF5BF0"/>
     <w:rsid w:val="00DF5ED4"/>
     <w:rsid w:val="00DF66E2"/>
     <w:rsid w:val="00DF695B"/>
+    <w:rsid w:val="00DF6BF3"/>
+    <w:rsid w:val="00E0189D"/>
+    <w:rsid w:val="00E030BE"/>
     <w:rsid w:val="00E04AAD"/>
     <w:rsid w:val="00E05208"/>
     <w:rsid w:val="00E05382"/>
     <w:rsid w:val="00E072A2"/>
     <w:rsid w:val="00E0765F"/>
     <w:rsid w:val="00E13086"/>
     <w:rsid w:val="00E131D4"/>
     <w:rsid w:val="00E14E28"/>
     <w:rsid w:val="00E160F0"/>
     <w:rsid w:val="00E17077"/>
     <w:rsid w:val="00E17079"/>
     <w:rsid w:val="00E22620"/>
     <w:rsid w:val="00E231B1"/>
     <w:rsid w:val="00E23C3F"/>
     <w:rsid w:val="00E24163"/>
     <w:rsid w:val="00E242E1"/>
     <w:rsid w:val="00E25142"/>
     <w:rsid w:val="00E260BA"/>
+    <w:rsid w:val="00E27A76"/>
     <w:rsid w:val="00E30D89"/>
     <w:rsid w:val="00E35BDB"/>
     <w:rsid w:val="00E36794"/>
+    <w:rsid w:val="00E36C16"/>
     <w:rsid w:val="00E37A58"/>
+    <w:rsid w:val="00E413E8"/>
+    <w:rsid w:val="00E42241"/>
     <w:rsid w:val="00E4379C"/>
     <w:rsid w:val="00E43985"/>
     <w:rsid w:val="00E43CAE"/>
     <w:rsid w:val="00E445DF"/>
     <w:rsid w:val="00E470BD"/>
     <w:rsid w:val="00E473DD"/>
+    <w:rsid w:val="00E50948"/>
     <w:rsid w:val="00E51651"/>
     <w:rsid w:val="00E5210D"/>
     <w:rsid w:val="00E523FB"/>
+    <w:rsid w:val="00E52AE4"/>
     <w:rsid w:val="00E53000"/>
     <w:rsid w:val="00E551B0"/>
+    <w:rsid w:val="00E55FF7"/>
     <w:rsid w:val="00E57340"/>
     <w:rsid w:val="00E60599"/>
     <w:rsid w:val="00E613F2"/>
+    <w:rsid w:val="00E61406"/>
     <w:rsid w:val="00E616B9"/>
     <w:rsid w:val="00E61AB8"/>
+    <w:rsid w:val="00E62FCE"/>
     <w:rsid w:val="00E65120"/>
     <w:rsid w:val="00E66A6C"/>
     <w:rsid w:val="00E67141"/>
+    <w:rsid w:val="00E67CA0"/>
+    <w:rsid w:val="00E67FE7"/>
     <w:rsid w:val="00E70083"/>
     <w:rsid w:val="00E704E6"/>
     <w:rsid w:val="00E7064D"/>
     <w:rsid w:val="00E72E9C"/>
+    <w:rsid w:val="00E74AF9"/>
     <w:rsid w:val="00E75AE8"/>
+    <w:rsid w:val="00E76811"/>
     <w:rsid w:val="00E8118E"/>
     <w:rsid w:val="00E813AD"/>
+    <w:rsid w:val="00E8279F"/>
     <w:rsid w:val="00E83A35"/>
     <w:rsid w:val="00E85092"/>
     <w:rsid w:val="00E8509A"/>
     <w:rsid w:val="00E855BF"/>
+    <w:rsid w:val="00E8566E"/>
+    <w:rsid w:val="00E86C11"/>
     <w:rsid w:val="00E92404"/>
     <w:rsid w:val="00E9377A"/>
     <w:rsid w:val="00E94B1F"/>
+    <w:rsid w:val="00E94B77"/>
+    <w:rsid w:val="00E94E2B"/>
     <w:rsid w:val="00E96D69"/>
     <w:rsid w:val="00E96F2D"/>
     <w:rsid w:val="00E97615"/>
     <w:rsid w:val="00EA071D"/>
     <w:rsid w:val="00EA12D0"/>
     <w:rsid w:val="00EA17F9"/>
     <w:rsid w:val="00EA309A"/>
     <w:rsid w:val="00EA38AC"/>
+    <w:rsid w:val="00EA58A0"/>
     <w:rsid w:val="00EA7A0F"/>
     <w:rsid w:val="00EB0AC4"/>
     <w:rsid w:val="00EB0B48"/>
     <w:rsid w:val="00EB0F61"/>
     <w:rsid w:val="00EB3D4F"/>
     <w:rsid w:val="00EB5EC3"/>
     <w:rsid w:val="00EB6BA4"/>
+    <w:rsid w:val="00EB7562"/>
     <w:rsid w:val="00EC0B75"/>
     <w:rsid w:val="00EC349A"/>
     <w:rsid w:val="00EC4184"/>
+    <w:rsid w:val="00EC507E"/>
     <w:rsid w:val="00EC523D"/>
     <w:rsid w:val="00EC5618"/>
+    <w:rsid w:val="00EC6034"/>
     <w:rsid w:val="00EC6C0C"/>
     <w:rsid w:val="00EC7E48"/>
+    <w:rsid w:val="00EC7E84"/>
     <w:rsid w:val="00ED0A60"/>
     <w:rsid w:val="00ED0EFE"/>
     <w:rsid w:val="00ED1828"/>
     <w:rsid w:val="00ED19F9"/>
     <w:rsid w:val="00ED2E53"/>
     <w:rsid w:val="00ED30DF"/>
     <w:rsid w:val="00ED31BF"/>
     <w:rsid w:val="00ED353F"/>
+    <w:rsid w:val="00ED4195"/>
     <w:rsid w:val="00ED44CB"/>
     <w:rsid w:val="00ED4A7E"/>
+    <w:rsid w:val="00ED55DC"/>
     <w:rsid w:val="00ED5633"/>
+    <w:rsid w:val="00ED5CEA"/>
+    <w:rsid w:val="00ED6639"/>
+    <w:rsid w:val="00ED7AB6"/>
     <w:rsid w:val="00EE0083"/>
+    <w:rsid w:val="00EE03A8"/>
+    <w:rsid w:val="00EE0E3E"/>
+    <w:rsid w:val="00EE1059"/>
     <w:rsid w:val="00EE1BBB"/>
     <w:rsid w:val="00EE213F"/>
     <w:rsid w:val="00EE4389"/>
+    <w:rsid w:val="00EE54CE"/>
     <w:rsid w:val="00EE5BF6"/>
     <w:rsid w:val="00EE65B7"/>
+    <w:rsid w:val="00EE77A1"/>
     <w:rsid w:val="00EF04FD"/>
     <w:rsid w:val="00EF0E34"/>
     <w:rsid w:val="00EF137B"/>
     <w:rsid w:val="00F0042B"/>
+    <w:rsid w:val="00F00521"/>
+    <w:rsid w:val="00F00942"/>
     <w:rsid w:val="00F01459"/>
+    <w:rsid w:val="00F01D56"/>
     <w:rsid w:val="00F02434"/>
     <w:rsid w:val="00F02834"/>
     <w:rsid w:val="00F053ED"/>
     <w:rsid w:val="00F0699B"/>
+    <w:rsid w:val="00F10A81"/>
     <w:rsid w:val="00F1311F"/>
+    <w:rsid w:val="00F161A3"/>
     <w:rsid w:val="00F167BD"/>
     <w:rsid w:val="00F173CB"/>
     <w:rsid w:val="00F208F3"/>
+    <w:rsid w:val="00F20C0D"/>
+    <w:rsid w:val="00F20F3E"/>
     <w:rsid w:val="00F213BD"/>
     <w:rsid w:val="00F21CD5"/>
     <w:rsid w:val="00F2360D"/>
     <w:rsid w:val="00F2373B"/>
     <w:rsid w:val="00F25E1A"/>
     <w:rsid w:val="00F26578"/>
     <w:rsid w:val="00F27257"/>
     <w:rsid w:val="00F275F4"/>
     <w:rsid w:val="00F27AEA"/>
     <w:rsid w:val="00F30786"/>
     <w:rsid w:val="00F31BD7"/>
+    <w:rsid w:val="00F33130"/>
+    <w:rsid w:val="00F350C6"/>
+    <w:rsid w:val="00F3712B"/>
+    <w:rsid w:val="00F44415"/>
     <w:rsid w:val="00F44984"/>
     <w:rsid w:val="00F4537B"/>
     <w:rsid w:val="00F456C7"/>
     <w:rsid w:val="00F464AE"/>
+    <w:rsid w:val="00F46763"/>
     <w:rsid w:val="00F47F77"/>
     <w:rsid w:val="00F50351"/>
     <w:rsid w:val="00F50356"/>
+    <w:rsid w:val="00F5076C"/>
+    <w:rsid w:val="00F5191A"/>
     <w:rsid w:val="00F52003"/>
+    <w:rsid w:val="00F52849"/>
     <w:rsid w:val="00F537BA"/>
+    <w:rsid w:val="00F54835"/>
     <w:rsid w:val="00F55A22"/>
     <w:rsid w:val="00F55AAA"/>
+    <w:rsid w:val="00F56DA9"/>
     <w:rsid w:val="00F56DFB"/>
+    <w:rsid w:val="00F573F3"/>
     <w:rsid w:val="00F62AD7"/>
     <w:rsid w:val="00F63C94"/>
+    <w:rsid w:val="00F655E6"/>
     <w:rsid w:val="00F65E5A"/>
     <w:rsid w:val="00F71E92"/>
     <w:rsid w:val="00F73768"/>
+    <w:rsid w:val="00F73C43"/>
     <w:rsid w:val="00F73F46"/>
     <w:rsid w:val="00F778AF"/>
+    <w:rsid w:val="00F80F2C"/>
     <w:rsid w:val="00F848C5"/>
     <w:rsid w:val="00F86239"/>
     <w:rsid w:val="00F86969"/>
+    <w:rsid w:val="00F8725F"/>
     <w:rsid w:val="00F876EA"/>
     <w:rsid w:val="00F879C4"/>
     <w:rsid w:val="00F90A13"/>
+    <w:rsid w:val="00F914EA"/>
     <w:rsid w:val="00F91E1D"/>
+    <w:rsid w:val="00F92583"/>
     <w:rsid w:val="00F95D2F"/>
+    <w:rsid w:val="00F97690"/>
     <w:rsid w:val="00FA10A0"/>
     <w:rsid w:val="00FA30C4"/>
     <w:rsid w:val="00FA325A"/>
+    <w:rsid w:val="00FA4543"/>
     <w:rsid w:val="00FA559E"/>
     <w:rsid w:val="00FA69A1"/>
     <w:rsid w:val="00FB1232"/>
+    <w:rsid w:val="00FB4385"/>
     <w:rsid w:val="00FB57B8"/>
     <w:rsid w:val="00FB58D9"/>
+    <w:rsid w:val="00FB6A6E"/>
+    <w:rsid w:val="00FB6A84"/>
     <w:rsid w:val="00FB6D60"/>
     <w:rsid w:val="00FB70F0"/>
+    <w:rsid w:val="00FC0BA7"/>
+    <w:rsid w:val="00FC31AE"/>
     <w:rsid w:val="00FC49E2"/>
     <w:rsid w:val="00FC4CAA"/>
     <w:rsid w:val="00FC5639"/>
+    <w:rsid w:val="00FC6979"/>
+    <w:rsid w:val="00FD1165"/>
     <w:rsid w:val="00FD1509"/>
     <w:rsid w:val="00FD2684"/>
     <w:rsid w:val="00FD5019"/>
     <w:rsid w:val="00FD6669"/>
     <w:rsid w:val="00FD7B67"/>
     <w:rsid w:val="00FD7C9B"/>
+    <w:rsid w:val="00FE0457"/>
+    <w:rsid w:val="00FE1677"/>
     <w:rsid w:val="00FE1F86"/>
     <w:rsid w:val="00FE1F9A"/>
     <w:rsid w:val="00FE3927"/>
     <w:rsid w:val="00FE7494"/>
+    <w:rsid w:val="00FF09E2"/>
+    <w:rsid w:val="00FF0B40"/>
+    <w:rsid w:val="00FF1303"/>
     <w:rsid w:val="00FF187B"/>
+    <w:rsid w:val="00FF32FC"/>
+    <w:rsid w:val="00FF3EC6"/>
+    <w:rsid w:val="00FF4100"/>
+    <w:rsid w:val="02798AC3"/>
+    <w:rsid w:val="10491709"/>
+    <w:rsid w:val="12F3ABCA"/>
+    <w:rsid w:val="339A0F85"/>
+    <w:rsid w:val="3B012BA2"/>
+    <w:rsid w:val="3D2F5790"/>
+    <w:rsid w:val="440A5ABD"/>
+    <w:rsid w:val="54530FAB"/>
+    <w:rsid w:val="56587048"/>
+    <w:rsid w:val="5ABA162C"/>
+    <w:rsid w:val="654A13DC"/>
+    <w:rsid w:val="68E82159"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="64220526"/>
-  <w15:docId w15:val="{78F32601-B816-43CD-8A3C-484AF018C2D0}"/>
+  <w15:docId w15:val="{ACCF679E-EC07-4057-A2C9-3C794A5DE1B8}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -15873,59 +25738,58 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11text">
     <w:name w:val="Table11text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Table11textChar"/>
     <w:rsid w:val="00B34D2C"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11Heading">
     <w:name w:val="Table11Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00061590"/>
+    <w:rsid w:val="005C3F07"/>
     <w:pPr>
       <w:keepLines/>
-      <w:spacing w:before="80" w:after="80"/>
+      <w:spacing w:before="40" w:after="80"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB651F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="4678"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Table11textChar">
     <w:name w:val="Table11text Char"/>
     <w:link w:val="Table11text"/>
     <w:locked/>
     <w:rsid w:val="00B34D2C"/>
@@ -16603,55 +26467,98 @@
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005C6F33"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AB72AE"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
+    <w:name w:val="Table Grid2"/>
+    <w:basedOn w:val="TableNormal"/>
+    <w:next w:val="TableGrid"/>
+    <w:uiPriority w:val="59"/>
+    <w:rsid w:val="00726340"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:tblPr>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+      </w:tblBorders>
+    </w:tblPr>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="004F61BE"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="004F61BE"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="004F61BE"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="6299485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="16202918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16702,50 +26609,63 @@
               <w:marBottom w:val="0"/>
               <w:divBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:divBdr>
               <w:divsChild>
                 <w:div w:id="1884052845">
                   <w:marLeft w:val="0"/>
                   <w:marRight w:val="0"/>
                   <w:marTop w:val="0"/>
                   <w:marBottom w:val="0"/>
                   <w:divBdr>
                     <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                     <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                   </w:divBdr>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="99225236">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="101187783">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="183130072">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17677,50 +27597,533 @@
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1031608066">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="93284483">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="365956450">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="135337771">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="592201069">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="215774441">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="512113875">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="244387766">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="548492671">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="354113986">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1319186482">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="439567018">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1025523917">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="459686592">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="709959149">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="488448751">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="430050135">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="621036174">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1784495730">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1011876804">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="746070036">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1190681534">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1207521357">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1325859260">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1844936441">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1456407396">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1247760502">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1457525921">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="920484314">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1527987035">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="836725696">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1766805447">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="613369947">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1817911390">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="244068495">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2063018741">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1817643475">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1033921303">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="936132267">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -17954,50 +28357,63 @@
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1222137385">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1251041365">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1268271572">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -18925,89 +29341,102 @@
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1651446783">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1691487605">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1696808019">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="589042289">
+        <w:div w:id="80487152">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="216"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="80487152">
+        <w:div w:id="589042289">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="216"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1761103879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -19115,63 +29544,63 @@
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1775861002">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1067151500">
+        <w:div w:id="951472226">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="951472226">
+        <w:div w:id="1067151500">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1810514949">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -19642,50 +30071,533 @@
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1845388940">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1970012815">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="113601955">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="636953643">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="184565607">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1719622109">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="309600826">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="270209169">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="490757111">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="493035623">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="525411261">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1845780984">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="576598125">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1519467268">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="610939887">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="109320071">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="742533567">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="504824286">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1101144681">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1861040110">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1185636446">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="465009241">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1343511727">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="47464127">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1345353344">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1113280920">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1362633263">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="692609406">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1428455156">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="924847794">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1706297508">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1357461701">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1812752575">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1590966592">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1977445406">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="294530938">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2002811065">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="511913627">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="2030524693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2063746851">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -19720,126 +30632,126 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2077851364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1996911750">
+        <w:div w:id="597561889">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="597561889">
+        <w:div w:id="1996911750">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2096628909">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="815613566">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="144"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1420057907">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1492991055">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2114982362">
-          <w:marLeft w:val="547"/>
-[...10 lines deleted...]
-        <w:div w:id="815613566">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2141265799">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -19955,51 +30867,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2141805455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hv.policy@tmr.qld.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="NHVR">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="408287"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4DAED0"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C6462B"/>
       </a:accent2>
       <a:accent3>
@@ -20259,231 +31171,206 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="80e757b3-a384-43c4-b221-94b3fd11984a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f32d0472-dedd-468f-903e-695ac5d98c9a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100188134B2972AA042B6259ED0075654D1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="28f73640a9411ff1f47db314d2228ec5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f32d0472-dedd-468f-903e-695ac5d98c9a" xmlns:ns3="80e757b3-a384-43c4-b221-94b3fd11984a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47d3faf306c66a54b9e5b4ed10002565" ns2:_="" ns3:_="">
+    <xsd:import namespace="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <xsd:import namespace="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Inside" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="646e6e12-1eed-4a0d-9865-54bcae2a0fe8" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f32d0472-dedd-468f-903e-695ac5d98c9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Inside" ma:index="8" nillable="true" ma:displayName="Type" ma:format="RadioButtons" ma:internalName="Inside">
-[...10 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f9ec6a42-900c-40b9-95df-acf57bf21585" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="13" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
-[...20 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d882f032-dad1-41cf-a60f-97869fdaafaa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...30 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80e757b3-a384-43c4-b221-94b3fd11984a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0d89b106-7a1c-4f16-8716-f38fddf45850}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19">
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ceb07750-2175-4945-957e-25925177fb66}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="80e757b3-a384-43c4-b221-94b3fd11984a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -20550,123 +31437,124 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{841DB34E-3072-4EF6-BC59-7D7D60B22489}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{DF044B9C-CA9A-44A8-AD6E-EF4E3788654D}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{4D316FB6-D673-4648-B778-588EC82D50E7}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{760FD2B6-6ECA-4850-A0ED-B892DD50F9C0}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{7BEECCCF-1635-44D4-93F3-7E9FCAB9FADD}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{668C5D8A-6A8B-4DD2-AB1A-5E129D44C91F}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="646e6e12-1eed-4a0d-9865-54bcae2a0fe8"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>8585</Characters>
+  <Pages>8</Pages>
+  <Words>1578</Words>
+  <Characters>8996</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>429</Lines>
-  <Paragraphs>343</Paragraphs>
+  <Lines>74</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-[...13 lines deleted...]
-  </TitlesOfParts>
   <Company>National Heavy Vehicle Regulator</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>9955</CharactersWithSpaces>
+  <CharactersWithSpaces>10553</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>S10 Checklist—Concessional livestock loading – Vehicle rating (prime mover)</dc:title>
+  <dc:subject/>
   <dc:creator>National Heavy Vehicle Regulator (NHVR)</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100188134B2972AA042B6259ED0075654D1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>