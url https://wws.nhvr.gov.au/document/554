--- v0 (2025-10-19)
+++ v1 (2026-02-04)
@@ -1,10109 +1,22279 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="519F9CBD" w14:textId="2A35721E" w:rsidR="00F27AEA" w:rsidRPr="00266086" w:rsidRDefault="006A4D48" w:rsidP="00F832E2">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4944" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10080"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003F758C" w:rsidRPr="003F758C" w14:paraId="0E7946F8" w14:textId="77777777" w:rsidTr="6F34ABA9">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43682C53" w14:textId="77777777" w:rsidR="000774E1" w:rsidRPr="003F758C" w:rsidRDefault="000774E1" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003F758C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Completing This Checklist:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000774E1" w:rsidRPr="00C03E44" w14:paraId="238D000F" w14:textId="77777777" w:rsidTr="6F34ABA9">
+        <w:trPr>
+          <w:trHeight w:val="718"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="11E0C7CC" w14:textId="77777777" w:rsidR="002F17F3" w:rsidRDefault="002F17F3" w:rsidP="002F17F3">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Please follow and complete this checklist in the order below.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7834557A" w14:textId="77777777" w:rsidR="00774B6A" w:rsidRPr="007E2790" w:rsidRDefault="00774B6A" w:rsidP="00774B6A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2790">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle units being certified are to be weighed and inspected in an operational ready configuration to ensure accurate S10 calculations.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E2790">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5DFEBF74" w14:textId="77777777" w:rsidR="002F17F3" w:rsidRDefault="002F17F3" w:rsidP="002F17F3">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>There are particulars in this checklist that have reference numbers e.g. (B7). The data from these particulars will be used in other areas of the checklists to complete the necessary calculations as part of the S10 certification. Please follow the references.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="53C5CB8B" w14:textId="7C123E76" w:rsidR="002F17F3" w:rsidRDefault="002F17F3" w:rsidP="002F17F3">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6F34ABA9">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For further information regarding the use of this checklist and calculations please </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidR="4310CA1E" w:rsidRPr="6F34ABA9">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>email TMR</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="6F34ABA9">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33F9BE3A" w14:textId="77777777" w:rsidR="000774E1" w:rsidRDefault="002F17F3" w:rsidP="002F17F3">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Refer to Appendix 1 of the S10 code for a glossary of terms referenced in this checklist.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="10DDAEF1" w14:textId="1CE59843" w:rsidR="00B93213" w:rsidRPr="00B93213" w:rsidRDefault="00362F36" w:rsidP="00B93213">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Note:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DE6B98">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">A </w:t>
+            </w:r>
+            <w:r w:rsidR="00622C54">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>converter dolly and semitrailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93213">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="004E59B8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">with a fifth wheel coupling </w:t>
+            </w:r>
+            <w:r w:rsidR="00BA3A1F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">being used as a dog trailer </w:t>
+            </w:r>
+            <w:r w:rsidR="00B93213">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r w:rsidR="00622C54">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> be certified as </w:t>
+            </w:r>
+            <w:r w:rsidR="007F04E4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>individual</w:t>
+            </w:r>
+            <w:r w:rsidR="00622C54">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> vehicles – Converter Dolly and Semitrailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00B93213">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B8679D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Refer to the checklists</w:t>
+            </w:r>
+            <w:r w:rsidR="00E331C5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> for the relevant </w:t>
+            </w:r>
+            <w:r w:rsidR="00063292">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>vehicle type.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A094341" w14:textId="32402B68" w:rsidR="00F27AEA" w:rsidRDefault="006A4D48" w:rsidP="0029095A">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="69CACFD4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Part A</w:t>
+      </w:r>
+      <w:r w:rsidR="00E42D1E" w:rsidRPr="69CACFD4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="69CACFD4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E42D1E" w:rsidRPr="69CACFD4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001E2482">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Owner/Supplier &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90661">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="001E2482">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Details</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257A5560" w14:textId="14C92A4F" w:rsidR="00387F31" w:rsidRPr="00420F2D" w:rsidRDefault="00F90661" w:rsidP="007D1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Part A</w:t>
+        <w:t>Trailer</w:t>
       </w:r>
-      <w:r w:rsidR="00423B7F">
-[...9 lines deleted...]
-        <w:t>details</w:t>
+      <w:r w:rsidR="0029095A">
+        <w:t xml:space="preserve"> Owner/Supplier Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4944" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3782"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1686"/>
+        <w:gridCol w:w="3757"/>
+        <w:gridCol w:w="4647"/>
+        <w:gridCol w:w="1676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="0838FB7A" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00F27AEA" w14:paraId="6F468F17" w14:textId="77777777" w:rsidTr="001E2482">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="734CF292" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="00660BD4" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6A02CB2A" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="65E0771D" w14:textId="73B1B3B5" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company/business:</w:t>
+              <w:t>Company/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34456">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:t>usiness:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="2319F75B" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="2F14C4BB" w14:textId="77777777" w:rsidTr="002949F7">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0D143C68" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+          <w:p w14:paraId="00EC61BE" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C5E2763" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+          <w:p w14:paraId="076E5738" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="20FCCEE1" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00F27AEA" w14:paraId="5BD62857" w14:textId="77777777" w:rsidTr="001E2482">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="3633113C" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="4ACC008E" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="602906F5" w14:textId="42BB4498" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00FF3952">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F3E15C7" w14:textId="386BFC62" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="1E08C137" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="654779B4" w14:textId="77777777" w:rsidTr="002949F7">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="1D995A78" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41D68286" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="1F306112" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D5A1E41" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="50E90E02" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="003754B2" w:rsidP="00F832E2">
+    <w:p w14:paraId="0214E348" w14:textId="71FE33F6" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="00F90661" w:rsidP="007D1AE6">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00266086">
-        <w:t>Vehicle and modifier details</w:t>
+      <w:r>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="508075CC">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000774E1">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="003754B2">
+        <w:t>etails</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4951" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3318"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1385"/>
+        <w:gridCol w:w="3189"/>
+        <w:gridCol w:w="1832"/>
+        <w:gridCol w:w="1762"/>
+        <w:gridCol w:w="3260"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003754B2" w14:paraId="4CC52301" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00627265" w:rsidRPr="00627265" w14:paraId="3F886580" w14:textId="77777777" w:rsidTr="0022799D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3319" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F529E1C" w14:textId="19CFC372" w:rsidR="001678E1" w:rsidRPr="00627265" w:rsidRDefault="00F90661" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="001678E1" w:rsidRPr="00627265">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Details</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003754B2" w14:paraId="3900903E" w14:textId="77777777" w:rsidTr="0022799D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="17CB30F4" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7660026A" w14:textId="054ED96D" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="00F90661" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-              <w:t>Vehicle make</w:t>
+            <w:r>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44510">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t>ake</w:t>
             </w:r>
             <w:r w:rsidR="008A3C88">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3617" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6921CC64" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C49A4BA" w14:textId="0BB63496" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="00F90661" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-              <w:t>Vehicle model</w:t>
+            <w:r>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="003F0D44">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44510">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t>odel</w:t>
             </w:r>
             <w:r w:rsidR="008A3C88">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3222" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="50AB0AAB" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10416D08" w14:textId="06988AEE" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Month and </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>y</w:t>
+            <w:r w:rsidR="00C34456">
+              <w:t>Y</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t xml:space="preserve">ear of </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>m</w:t>
+            <w:r w:rsidR="00C34456">
+              <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t>anufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="144F3139" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="7D9A05BA" w14:textId="77777777" w:rsidTr="002949F7">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3319" w:type="dxa"/>
+            <w:tcW w:w="3210" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="41DCB1E2" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65AA672C" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3617" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4AA100BF" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5544FC38" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3222" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3281" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="1DA66A78" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="528CC623" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9674B" w14:paraId="6A7DE15B" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00AB0593" w14:paraId="0A13BA04" w14:textId="77777777">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5051" w:type="dxa"/>
-[...82 lines deleted...]
-            <w:tcW w:w="4239" w:type="dxa"/>
+            <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="39C96C58" w14:textId="20BF271F" w:rsidR="00DB317B" w:rsidRDefault="00DB317B" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EEB30A4" w14:textId="6668DB29" w:rsidR="00AB0593" w:rsidRPr="00DF46CF" w:rsidRDefault="00AB0593" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Issued </w:t>
-[...18 lines deleted...]
-            <w:gridSpan w:val="3"/>
+              <w:t>VIN</w:t>
+            </w:r>
+            <w:r w:rsidR="00CA1821">
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5054" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="7F4E3804" w14:textId="77777777" w:rsidR="00DB317B" w:rsidRDefault="00DB317B" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1785FBA5" w14:textId="17861BF4" w:rsidR="00AB0593" w:rsidRPr="00C3570E" w:rsidRDefault="00AB0593" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company (if applicable):</w:t>
-[...26 lines deleted...]
-              <w:t>no.:</w:t>
+              <w:t>Trailer Chassis Number (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DB317B" w14:paraId="6663A722" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00AB0593" w:rsidRPr="003B617E" w14:paraId="61B3A1C8" w14:textId="77777777" w:rsidTr="002949F7">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4239" w:type="dxa"/>
+            <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="5801AB68" w14:textId="77777777" w:rsidR="00DB317B" w:rsidRDefault="00DB317B" w:rsidP="00DB317B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C67EDCB" w14:textId="77777777" w:rsidR="00AB0593" w:rsidRPr="003B617E" w:rsidRDefault="00AB0593" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:rPr>
-[...121 lines deleted...]
-            <w:tcW w:w="4239" w:type="dxa"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5054" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="78B6779C" w14:textId="77777777" w:rsidR="00DB317B" w:rsidRDefault="00DB317B" w:rsidP="00DB317B">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2B2FBEB3" w14:textId="36D1098B" w:rsidR="00AB0593" w:rsidRPr="003B617E" w:rsidRDefault="00AB0593" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:rPr>
-[...52 lines deleted...]
-              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="75B31BBA" w14:textId="77777777" w:rsidR="00F464AE" w:rsidRPr="00266086" w:rsidRDefault="00E5210D" w:rsidP="00F832E2">
+    <w:p w14:paraId="5123D27A" w14:textId="5572667E" w:rsidR="00DD2427" w:rsidRDefault="00DD2427" w:rsidP="00DD2427">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00DD2427">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part B – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90661">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00DD2427">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dimensions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2711DDD7" w14:textId="55675159" w:rsidR="00DD2427" w:rsidRPr="001E27C0" w:rsidRDefault="00F90661" w:rsidP="00DD2427">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Vehicle design</w:t>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="00DD2427">
+        <w:t xml:space="preserve"> Layout &amp; Dimensions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4971" w:type="pct"/>
-[...1754 lines deleted...]
-        <w:tblW w:w="4950" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="261"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="3051"/>
+        <w:gridCol w:w="1127"/>
+        <w:gridCol w:w="731"/>
+        <w:gridCol w:w="1663"/>
+        <w:gridCol w:w="3401"/>
+        <w:gridCol w:w="70"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E160F0" w:rsidRPr="001E27C0" w14:paraId="08C598AC" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00312323" w:rsidRPr="003758A8" w14:paraId="77B05C8C" w14:textId="77777777">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8912" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08888058" w14:textId="1B744938" w:rsidR="00DD2427" w:rsidRPr="003758A8" w:rsidRDefault="00F90661">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2427" w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D3548">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Manufacturer</w:t>
+            </w:r>
+            <w:r w:rsidR="005440AA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>'s</w:t>
+            </w:r>
+            <w:r w:rsidR="009D3548">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2427" w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Ratings</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD2427" w:rsidRPr="003B617E" w14:paraId="19DF29EB" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="43DB69FC" w14:textId="7E9AD9A0" w:rsidR="00DD2427" w:rsidRPr="00B87A1D" w:rsidRDefault="000857E4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B1) </w:t>
+            </w:r>
+            <w:r w:rsidR="00601F4C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Aggregate</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2427">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2427">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="00601F4C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>AT</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2427">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>M):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5167" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="537DBD97" w14:textId="4C6D9E72" w:rsidR="00DD2427" w:rsidRPr="00B87A1D" w:rsidRDefault="000857E4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B2) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2427">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gross </w:t>
+            </w:r>
+            <w:r w:rsidR="00601F4C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2427">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass (G</w:t>
+            </w:r>
+            <w:r w:rsidR="00601F4C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="00DD2427">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>M):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DD2427" w:rsidRPr="003B617E" w14:paraId="00DFFEE9" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2157CA9B" w14:textId="626331F6" w:rsidR="00DD2427" w:rsidRPr="00B87A1D" w:rsidRDefault="002F3EC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5167" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4004528F" w14:textId="3CD4D4FD" w:rsidR="00DD2427" w:rsidRPr="00B87A1D" w:rsidRDefault="002F3EC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00643014" w:rsidRPr="003B617E" w14:paraId="3382CB8E" w14:textId="77777777" w:rsidTr="00643014">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="28C142B0" w14:textId="56AFEBA2" w:rsidR="00643014" w:rsidRDefault="00643014" w:rsidP="00643014">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Front Axle Load Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5167" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="192820E6" w14:textId="19974938" w:rsidR="00643014" w:rsidRDefault="00643014" w:rsidP="00643014">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="0044517E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Axle Load Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00643014" w:rsidRPr="003B617E" w14:paraId="2F044C05" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="341"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4941" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3DFC0BF0" w14:textId="4B07A4FE" w:rsidR="00643014" w:rsidRDefault="002F3EC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5167" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0962D14E" w14:textId="1D88F98D" w:rsidR="00643014" w:rsidRDefault="002F3EC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00312323" w:rsidRPr="003758A8" w14:paraId="383F169E" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="317"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5FA0D603" w14:textId="203F2B30" w:rsidR="00995C97" w:rsidRPr="003758A8" w:rsidRDefault="00F90661">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00995C97" w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dimensions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00995C97" w14:paraId="0AE05EB0" w14:textId="77777777">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="70" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10038" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="675389F5" w14:textId="77777777" w:rsidR="00995C97" w:rsidRDefault="00995C97" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00747095" w:rsidRPr="003B617E" w14:paraId="39279195" w14:textId="77777777" w:rsidTr="00817398">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C9D41E1" w14:textId="386CC855" w:rsidR="00747095" w:rsidRDefault="00957E94" w:rsidP="00747095">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B5) </w:t>
+            </w:r>
+            <w:r w:rsidR="00747095">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Overall Trailer Height:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="17F53A92" w14:textId="1150B27B" w:rsidR="00747095" w:rsidRDefault="00747095" w:rsidP="00747095">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Internal Stock Crate Loaded Deck Width:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35D4A0BF" w14:textId="0F3F668B" w:rsidR="00747095" w:rsidRDefault="00747095" w:rsidP="00747095">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Internal Stock Crate Loaded Deck Length:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00747095" w:rsidRPr="003B617E" w14:paraId="4878ED90" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3071" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E08E4EF" w14:textId="41CB3942" w:rsidR="00747095" w:rsidRPr="00015557" w:rsidRDefault="00747095" w:rsidP="00747095">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3544" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76437C90" w14:textId="280DBC07" w:rsidR="00747095" w:rsidRPr="00015557" w:rsidRDefault="00747095" w:rsidP="00747095">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">m </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160E950E" w14:textId="6230841D" w:rsidR="00747095" w:rsidRPr="00015557" w:rsidRDefault="00747095" w:rsidP="00747095">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00817398" w:rsidRPr="003B617E" w14:paraId="4E9D2BCF" w14:textId="77777777" w:rsidTr="00817398">
+        <w:trPr>
+          <w:trHeight w:val="361"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4205" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56007478" w14:textId="517C6342" w:rsidR="00817398" w:rsidRDefault="00817398" w:rsidP="008808F9">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Number of Decks:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="70F3A8BC" w14:textId="7FCA6142" w:rsidR="00817398" w:rsidRDefault="00817398" w:rsidP="008808F9">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Trailer Wheelbase: </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00817398" w:rsidRPr="003B617E" w14:paraId="613C2456" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4205" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...15 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EA6733F" w14:textId="74E768F3" w:rsidR="00817398" w:rsidRDefault="00817398" w:rsidP="008808F9">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5903" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-[...42 lines deleted...]
-              <w:bottom w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1B5E3936" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6575549E" w14:textId="3269C23C" w:rsidR="00817398" w:rsidRDefault="00817398" w:rsidP="008808F9">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:jc w:val="center"/>
-[...42 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Is the overall deck length of the vehicle less than or equal to 12.5m?</w:t>
-[...2798 lines deleted...]
-            </w:sdt>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="36BC354A" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRDefault="00E160F0" w:rsidP="00F832E2">
+    <w:p w14:paraId="7CA9DE6F" w14:textId="655FC2A6" w:rsidR="004A7FC1" w:rsidRDefault="00F90661" w:rsidP="007D1AE6">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Advanced braking systems</w:t>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="004A7FC1">
+        <w:t xml:space="preserve"> Components</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4948" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="260"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="402"/>
+        <w:gridCol w:w="2512"/>
+        <w:gridCol w:w="399"/>
+        <w:gridCol w:w="282"/>
+        <w:gridCol w:w="35"/>
+        <w:gridCol w:w="1794"/>
+        <w:gridCol w:w="705"/>
+        <w:gridCol w:w="704"/>
+        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="960"/>
+        <w:gridCol w:w="870"/>
+        <w:gridCol w:w="1641"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00403F00" w:rsidRPr="001E27C0" w14:paraId="259EABCD" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="003758A8" w:rsidRPr="003758A8" w14:paraId="605318D2" w14:textId="77777777">
         <w:trPr>
-          <w:tblHeader/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8911" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4DA57A56" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="003758A8" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Component Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00312323" w:rsidRPr="003758A8" w14:paraId="65F7D169" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FDD4047" w14:textId="28282609" w:rsidR="004A7FC1" w:rsidRPr="003758A8" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Axles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="008C323C" w14:paraId="2AD71E14" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6F299F74" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="008C323C" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front Axle Group:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w14:paraId="5E487C49" w14:textId="77777777" w:rsidTr="000E3CCC">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19A99F56" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B527751" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3403" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45B8266F" w14:textId="752A65C4" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E3CCC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00AF0400">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>x</w:t>
+            </w:r>
+            <w:r w:rsidR="000E3CCC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>le</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="0002593A" w:rsidRPr="0002593A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44A73928" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Number of Axles:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="003B617E" w14:paraId="28D70349" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1DD4E4AC" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00EA4186" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0B556065" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00EA4186" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3403" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="655FC839" w14:textId="528DE34E" w:rsidR="004A7FC1" w:rsidRPr="00EA4186" w:rsidRDefault="009674D7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26912221" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00EA4186" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="008C323C" w14:paraId="4B084E3F" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A57F2BE" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="008C323C" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w14:paraId="78913BE5" w14:textId="77777777" w:rsidTr="000E3CCC">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18AE9DF5" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DEE7606" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3403" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4032C2F5" w14:textId="669278D6" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000E3CCC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Axle </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="0002593A" w:rsidRPr="0002593A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766E17BA" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Number of Axles:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w14:paraId="185F1AE4" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3248" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76B3ADCF" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1806" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="661FD482" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3403" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E28783C" w14:textId="53C48287" w:rsidR="004A7FC1" w:rsidRPr="00A63A45" w:rsidRDefault="009674D7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1651" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21997D0D" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE735B" w:rsidRPr="003758A8" w14:paraId="1264890B" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="640AEE4A" w14:textId="7D840D6F" w:rsidR="00AE735B" w:rsidRPr="003758A8" w:rsidRDefault="00AE735B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE735B" w:rsidRPr="008C323C" w14:paraId="71803B0C" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35EA1DA6" w14:textId="77777777" w:rsidR="00AE735B" w:rsidRPr="008C323C" w:rsidRDefault="00AE735B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front Axle Group:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w14:paraId="26097096" w14:textId="77777777" w:rsidTr="00805508">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F664214" w14:textId="77777777" w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7101E9E1" w14:textId="77777777" w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="64E0FAFC" w14:textId="70441A1C" w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00805508">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="0002593A" w:rsidRPr="0002593A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D72CE5" w:rsidRPr="003B617E" w14:paraId="6092F629" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5330F891" w14:textId="77777777" w:rsidR="00D72CE5" w:rsidRPr="00EA4186" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18BCB6DC" w14:textId="77777777" w:rsidR="00D72CE5" w:rsidRPr="00EA4186" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49C6896D" w14:textId="35F3D933" w:rsidR="00D72CE5" w:rsidRPr="00EA4186" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE735B" w:rsidRPr="008C323C" w14:paraId="1F90AC4D" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="00FA5B64" w14:textId="77777777" w:rsidR="00AE735B" w:rsidRPr="008C323C" w:rsidRDefault="00AE735B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w14:paraId="401BBAC1" w14:textId="77777777" w:rsidTr="00805508">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C2EB675" w14:textId="77777777" w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="771A531F" w14:textId="77777777" w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6D0DA910" w14:textId="59D47ACF" w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w:rsidRDefault="00D72CE5" w:rsidP="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00805508">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="0002593A" w:rsidRPr="0002593A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w14:paraId="52EB480B" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="02D86658" w14:textId="77777777" w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3260" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42DAE47B" w14:textId="77777777" w:rsidR="00D72CE5" w:rsidRPr="00A63A45" w:rsidRDefault="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5075D14D" w14:textId="1C888F31" w:rsidR="00D72CE5" w:rsidRDefault="00D72CE5" w:rsidP="00D72CE5">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00312323" w:rsidRPr="003758A8" w14:paraId="2FA5A9DD" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="13975507" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="003758A8" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tyres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="008C323C" w14:paraId="16F079E7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01723F3B" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="008C323C" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Front</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="00A63A45" w14:paraId="023149F0" w14:textId="77777777" w:rsidTr="0002593A">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="228140A1" w14:textId="798FC7E9" w:rsidR="007E2875" w:rsidRPr="00A63A45" w:rsidRDefault="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="539917D2" w14:textId="2A5049DF" w:rsidR="007E2875" w:rsidRPr="00A63A45" w:rsidRDefault="00EA6B30">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2875">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Load </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating/</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2875">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Capacity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="0002593A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>P</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">er </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2875">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tyre</w:t>
+            </w:r>
+            <w:r w:rsidR="00296E23">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2875">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6435E223" w14:textId="4DC37039" w:rsidR="007E2875" w:rsidRPr="00A63A45" w:rsidRDefault="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) Total Axle Group Tyre Load </w:t>
+            </w:r>
+            <w:r w:rsidR="0002593A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>apacity</w:t>
+            </w:r>
+            <w:r w:rsidR="00296E23" w:rsidRPr="00296E23">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="003B617E" w14:paraId="6B9E91B5" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EE1AE9" w14:textId="2F00807A" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="448B2241" w14:textId="414D9DBD" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="002966BA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="360EAA0D" w14:textId="413AE249" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="004A7FC1" w:rsidRPr="008C323C" w14:paraId="29902B59" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="271"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3D48B68E" w14:textId="77777777" w:rsidR="004A7FC1" w:rsidRPr="008C323C" w:rsidRDefault="004A7FC1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00296E23" w:rsidRPr="00A63A45" w14:paraId="4482ADFD" w14:textId="77777777" w:rsidTr="00296E23">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1ADBACEE" w14:textId="0660B65B" w:rsidR="00296E23" w:rsidRPr="00A63A45" w:rsidRDefault="00296E23" w:rsidP="00296E23">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7885F7C1" w14:textId="624507D3" w:rsidR="00296E23" w:rsidRPr="00A63A45" w:rsidRDefault="00296E23" w:rsidP="00296E23">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Load Rating/Capacity Per Tyre</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="045B7ACD" w14:textId="1D1D8BCB" w:rsidR="00296E23" w:rsidRPr="00A63A45" w:rsidRDefault="00296E23" w:rsidP="00296E23">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>19</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Total Axle Group Tyre Load Capacity</w:t>
+            </w:r>
+            <w:r w:rsidR="008B53D0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="003B617E" w14:paraId="5EF897E5" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6459A07E" w14:textId="5F5540BA" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3402" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D6EFCF4" w14:textId="64A10ACA" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="002966BA" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="258AF57E" w14:textId="13F31A11" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="003758A8" w14:paraId="731612F3" w14:textId="77777777" w:rsidTr="00E11F66">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D560CE" w14:textId="218B7A6A" w:rsidR="00EA6B30" w:rsidRPr="00EA6B30" w:rsidRDefault="00EA6B30" w:rsidP="00EA6B30">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NOTE:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The limiting factor is the lowest value of  B</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4681">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>12</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4681">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4681">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="11EF8678" w14:textId="402997DA" w:rsidR="00EA6B30" w:rsidRPr="00EA6B30" w:rsidRDefault="00EA6B30" w:rsidP="00EA6B30">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NOTE:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The limiting factor is the lowest value of  B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4681">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4681">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and B</w:t>
+            </w:r>
+            <w:r w:rsidR="00CE4681">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>21</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0A4ACFE4" w14:textId="039B3D5A" w:rsidR="007E2875" w:rsidRPr="00EA6B30" w:rsidRDefault="00EA6B30" w:rsidP="00EA6B30">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00EA6B30">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Minimum dual tyre load rating. If more than one load rating is fitted, list all different load ratings. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="003758A8" w14:paraId="41BCDEB8" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="281"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01E82415" w14:textId="77777777" w:rsidR="007E2875" w:rsidRPr="003758A8" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003758A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="00A63A45" w14:paraId="6E4B083F" w14:textId="77777777" w:rsidTr="002717A9">
+        <w:trPr>
+          <w:trHeight w:val="275"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7EDB882F" w14:textId="29BD12F2" w:rsidR="007E2875" w:rsidRPr="00A63A45" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="024A89B4" w14:textId="558CA5F4" w:rsidR="007E2875" w:rsidRPr="00A63A45" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1E651C46" w14:textId="67187B90" w:rsidR="007E2875" w:rsidRPr="00A63A45" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A63A45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="228F4B5E" w14:textId="44D997F6" w:rsidR="007E2875" w:rsidRPr="00A63A45" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B2</w:t>
+            </w:r>
+            <w:r w:rsidR="00957E94">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) D-Value:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="003B617E" w14:paraId="0D30EE5F" w14:textId="77777777" w:rsidTr="002717A9">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E19E822" w14:textId="142B6797" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Drawbar Tow Coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42EB59E3" w14:textId="77777777" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="59E424EB" w14:textId="77777777" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...4 lines deleted...]
-            </w:pPr>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="27C6B595" w14:textId="2196D3E2" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t xml:space="preserve">Braking </w:t>
-[...11 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="003B617E" w14:paraId="5CFD73A0" w14:textId="77777777" w:rsidTr="008A3618">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62C62087" w14:textId="102FB71F" w:rsidR="007E2875" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Tow Coupling (if fitted)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DABAA6" w14:textId="77777777" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="133769D2" w14:textId="77777777" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4FE345E6" w14:textId="23FD6E1D" w:rsidR="007E2875" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="003B617E" w14:paraId="0C123567" w14:textId="77777777" w:rsidTr="00545E2B">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49B3C9D0" w14:textId="1B6C2535" w:rsidR="007E2875" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Fifth Wheel Coupling (if fitted)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11520F80" w14:textId="77777777" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14295A4C" w14:textId="77777777" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1179E350" w14:textId="4C76198A" w:rsidR="007E2875" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007E2875" w:rsidRPr="003B617E" w14:paraId="58BA5702" w14:textId="77777777" w:rsidTr="008C793C">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2929" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AE64175" w14:textId="1C2AC245" w:rsidR="007E2875" w:rsidRDefault="00E015A2" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B21) </w:t>
+            </w:r>
+            <w:r w:rsidR="007E2875">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Fifth Wheel Offset</w:t>
+            </w:r>
+            <w:r w:rsidR="00100A63" w:rsidRPr="00100A63">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="007E2875">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (if fitted)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2835" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0E69E14D" w14:textId="31987E86" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="008C793C" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7C3A8451" w14:textId="77777777" w:rsidR="00403F00" w:rsidRPr="001E27C0" w:rsidRDefault="00403F00" w:rsidP="00724674">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EF4F881" w14:textId="77777777" w:rsidR="007E2875" w:rsidRPr="00EA4186" w:rsidRDefault="007E2875" w:rsidP="007E2875">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:jc w:val="center"/>
-[...8 lines deleted...]
-            <w:tcW w:w="416" w:type="dxa"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6BF30006" w14:textId="77777777" w:rsidR="00403F00" w:rsidRPr="001E27C0" w:rsidRDefault="00403F00" w:rsidP="00724674">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="66EE22CF" w14:textId="69BEB9FA" w:rsidR="007E2875" w:rsidRDefault="007E2875" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00545E2B" w:rsidRPr="003B617E" w14:paraId="28E730EC" w14:textId="77777777" w:rsidTr="008C793C">
+        <w:trPr>
+          <w:trHeight w:val="349"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5764" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FA27BA4" w14:textId="1F519AD4" w:rsidR="00545E2B" w:rsidRPr="00EA4186" w:rsidRDefault="008C793C" w:rsidP="008C793C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="34"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Fifth wheel lead is a positive value. Fifth wheel lag is a negative value.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1817" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="376E01AB" w14:textId="77777777" w:rsidR="00545E2B" w:rsidRPr="00EA4186" w:rsidRDefault="00545E2B" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2527" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1242D4B7" w14:textId="77777777" w:rsidR="00545E2B" w:rsidRDefault="00545E2B" w:rsidP="007E2875">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="0EE062D1" w14:textId="1F190413" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="007D1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Assessment</w:t>
+      </w:r>
+      <w:r w:rsidR="0022799D">
+        <w:t xml:space="preserve"> – </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90661">
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="0022799D">
+        <w:t xml:space="preserve"> Design</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="5139" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="312"/>
+        <w:gridCol w:w="3558"/>
+        <w:gridCol w:w="5069"/>
+        <w:gridCol w:w="564"/>
+        <w:gridCol w:w="487"/>
+        <w:gridCol w:w="487"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00AB75B7" w:rsidRPr="001E27C0" w14:paraId="577C8A51" w14:textId="43009FDC" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8998" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="513BA9E4" w14:textId="1EC50808" w:rsidR="00AB75B7" w:rsidRPr="001E27C0" w:rsidRDefault="00AB75B7" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Assessment – Trailer Design                                                                                                        </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB54ED">
+              <w:t>Check Yes, No, N/A as applicable:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="78F171FB" w14:textId="77777777" w:rsidR="00AB75B7" w:rsidRPr="001E27C0" w:rsidRDefault="00AB75B7" w:rsidP="002E35E3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001E27C0">
-              <w:t>No</w:t>
-[...5 lines deleted...]
-            <w:tcW w:w="402" w:type="dxa"/>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6454D5E5" w14:textId="77777777" w:rsidR="00403F00" w:rsidRPr="001E27C0" w:rsidRDefault="00403F00" w:rsidP="00724674">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="61AEA870" w14:textId="5AD210E2" w:rsidR="00AB75B7" w:rsidRPr="001E27C0" w:rsidRDefault="00AB75B7" w:rsidP="002E35E3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001E27C0">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A0192E4" w14:textId="63FCD16C" w:rsidR="00AB75B7" w:rsidRPr="001E27C0" w:rsidRDefault="00AB75B7" w:rsidP="002E35E3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r>
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00403F00" w:rsidRPr="001E27C0" w14:paraId="2918092B" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00AB75B7" w:rsidRPr="001E27C0" w14:paraId="66389335" w14:textId="32B2A657" w:rsidTr="7C674098">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="260" w:type="dxa"/>
+            <w:tcW w:w="10055" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="1D6C2365" w14:textId="02FB67C4" w:rsidR="00403F00" w:rsidRDefault="00403F00" w:rsidP="00724674">
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="36BF5BFC" w14:textId="007DC5D5" w:rsidR="00AB75B7" w:rsidRDefault="00AB75B7" w:rsidP="003872ED">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MUST NOT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+          </w:tcPr>
+          <w:p w14:paraId="0AA42EAD" w14:textId="77777777" w:rsidR="00AB75B7" w:rsidRPr="00AC0233" w:rsidRDefault="00AB75B7" w:rsidP="003872ED">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006515B2" w:rsidRPr="001E27C0" w14:paraId="6C65D7C6" w14:textId="70F1AB52" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="18A6833E" w14:textId="65881D0C" w:rsidR="006515B2" w:rsidRPr="00122103" w:rsidRDefault="006515B2" w:rsidP="006515B2">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
-            </w:pPr>
-            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00122103">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="589699D4" w14:textId="7D5DCCEC" w:rsidR="00403F00" w:rsidRDefault="00403F00" w:rsidP="00724674">
+          </w:tcPr>
+          <w:p w14:paraId="47059EF7" w14:textId="0BE87CEA" w:rsidR="006515B2" w:rsidRDefault="003A7689" w:rsidP="006515B2">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...8 lines deleted...]
-            <w:tcW w:w="425" w:type="dxa"/>
+              <w:t xml:space="preserve">Is the loaded Internal Stock Crate Loaded Deck Length </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB2676">
+              <w:t xml:space="preserve">(B7) </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of the trailer less than or equal to 12.5m?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="24984670" w14:textId="77777777" w:rsidR="00403F00" w:rsidRPr="001E27C0" w:rsidRDefault="00831E63" w:rsidP="00724674">
+          <w:p w14:paraId="3DB04179" w14:textId="294C7D7F" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="621888421"/>
+                <w:id w:val="40876246"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00403F00" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="006515B2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="490" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00D30A29" w14:textId="77777777" w:rsidR="00403F00" w:rsidRPr="001E27C0" w:rsidRDefault="00831E63" w:rsidP="00724674">
+          <w:p w14:paraId="2DCC8D55" w14:textId="29504CE0" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1766034535"/>
+                <w:id w:val="-319967377"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00403F00" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="006515B2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="490" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3B3987B5" w14:textId="77777777" w:rsidR="00403F00" w:rsidRPr="001E27C0" w:rsidRDefault="00831E63" w:rsidP="00724674">
+          <w:p w14:paraId="02466A1F" w14:textId="48103C47" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1315101103"/>
+                <w:id w:val="280239108"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00403F00">
+                <w:r w:rsidR="006515B2">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="006515B2" w:rsidRPr="001E27C0" w14:paraId="0348C2ED" w14:textId="401414AE" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BE5BAAE" w14:textId="45777967" w:rsidR="006515B2" w:rsidRPr="00122103" w:rsidRDefault="00BD5BED" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7952FC27" w14:textId="4748E922" w:rsidR="006515B2" w:rsidRDefault="006515B2" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the</w:t>
+            </w:r>
+            <w:r w:rsidR="001E24A5">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">overall height </w:t>
+            </w:r>
+            <w:r w:rsidR="00A57A22">
+              <w:t xml:space="preserve">(B5) </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of the truck less than or equal to:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FA05502" w14:textId="377584D3" w:rsidR="006515B2" w:rsidRDefault="006515B2" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="44EA283C" w14:textId="568A8FD7" w:rsidR="006515B2" w:rsidRDefault="006515B2" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5D6A2942" w14:textId="77777777" w:rsidR="006515B2" w:rsidRDefault="006515B2" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006515B2" w:rsidRPr="001E27C0" w14:paraId="761009E3" w14:textId="5248C3C4" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0F1AD2" w14:textId="77777777" w:rsidR="006515B2" w:rsidRPr="00122103" w:rsidRDefault="006515B2" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D84C28E" w14:textId="7F3669DC" w:rsidR="006515B2" w:rsidRDefault="006515B2" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>4.3m for single deck crate; or</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79289A5F" w14:textId="7C729A8C" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-105734214"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006515B2" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="25B73815" w14:textId="76C30F93" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1455987391"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006515B2" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4C8B16EF" w14:textId="5E9594A8" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="797731174"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006515B2" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006515B2" w:rsidRPr="001E27C0" w14:paraId="77C579B2" w14:textId="65EAF678" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:vMerge/>
+          </w:tcPr>
+          <w:p w14:paraId="60584685" w14:textId="77777777" w:rsidR="006515B2" w:rsidRPr="00122103" w:rsidRDefault="006515B2" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="359647B1" w14:textId="1D6913A3" w:rsidR="006515B2" w:rsidRDefault="006515B2" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>4.6m for multiple deck crates?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61490FF0" w14:textId="60AB6C3F" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1489013571"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4AF564B2" w14:textId="5CA69DCF" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1752316378"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006515B2" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01FE3AA1" w14:textId="47F0F8F0" w:rsidR="006515B2" w:rsidRDefault="00C57A83" w:rsidP="006515B2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1458141095"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006515B2" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="151E001D" w14:textId="77777777" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="300"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6B6FCB15" w14:textId="03A2B104" w:rsidR="00A71EAF" w:rsidRDefault="00053EAC" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CE38E93" w14:textId="2105E1E7" w:rsidR="00A71EAF" w:rsidRDefault="00FC0E1B" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00FC0E1B">
+              <w:t>Are all other vehicle dimensions unchanged, and do they continue to comply with relevant ADRs and regulations?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0362D44B" w14:textId="263E5413" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1137184981"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A42E908" w14:textId="4F91BA65" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1565706327"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4A73482A" w14:textId="24A89BDF" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:rPr>
+                <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1682886475"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w14:paraId="29D019A5" w14:textId="1D3205F3" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="196AABBB" w14:textId="6E18F83E" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00053EAC" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C4AF02A" w14:textId="46BBB51A" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00F465D2">
+              <w:t>Are all axles fitted with dual tyres?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51EC53D3" w14:textId="3015A269" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1033105992"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="725893F3" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1625690206"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="231B0515" w14:textId="4BF45813" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1969508444"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w14:paraId="2B4525CD" w14:textId="3C2309CB" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F7489D6" w14:textId="2957F23F" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00053EAC" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24D8A7BE" w14:textId="2CC042E4" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the trailer fitted with a tandem axle front axle group?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26A7E510" w14:textId="4D2CADDB" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1172873044"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="120B63C4" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="148102228"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="273B953A" w14:textId="5523499F" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-272175497"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w14:paraId="7CF1A0C7" w14:textId="34929D53" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F930510" w14:textId="3336B245" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00053EAC" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26360E68" w14:textId="2D0C5CEF" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the trailer fitted with a tri-axle rear axle group?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="02D36C39" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1228110173"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="03EB8247" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRPr="001E27C0" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1050571651"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="77AA438E" w14:textId="30AE33E5" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1952935311"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="1945562F" w14:textId="6548C0CA" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="16C803FD" w14:textId="4651C7E6" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00053EAC" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72EE2039" w14:textId="0E733B38" w:rsidR="00A71EAF" w:rsidRPr="00094C38" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Is the kingpin rating (B20) equal to or greater than the following?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34571C73" w14:textId="75F6E524" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0CEB42D2" w14:textId="79266BBD" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3318F40E" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="6AEDC8E1" w14:textId="00E83816" w:rsidTr="00BD5BED">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FFAACB4" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24912F94" w14:textId="4957618A" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Dog trailer with a rear coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4EC070B9" w14:textId="77E80C47" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>162kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47B1424C" w14:textId="0DFA6891" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-477771593"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="76493652" w14:textId="588362D2" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="173770808"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="67BC5BD0" w14:textId="2DC986A0" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1195887448"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="29850F36" w14:textId="7A1AA8EA" w:rsidTr="00BD5BED">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F4055C0" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="34B8D2AF" w14:textId="13AB05B0" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Dog trailer without a rear coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="222683E3" w14:textId="5C872A26" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>135kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A9E6CD6" w14:textId="7113E376" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1257044064"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AC2319F" w14:textId="7303C92A" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="145794389"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BCF146A" w14:textId="3A33B090" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1316765889"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="315E0A3E" w14:textId="27A22671" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B1EAF23" w14:textId="0DB2600D" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00053EAC" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2331AD5B" w14:textId="025BDBFF" w:rsidR="00A71EAF" w:rsidRPr="00094C38" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Is the fifth wheel (B20) rating equal to or greater than the following?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="43D43527" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3F0802BE" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="12A99744" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="660934D3" w14:textId="4FC8DF11" w:rsidTr="00BD5BED">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7FBBB07B" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E6E5538" w14:textId="27147A54" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Dog trailer with a rear coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="49C82CF8" w14:textId="34B51660" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>162kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F7207F4" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="5651371"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="74A7D7A8" w14:textId="5C30CCC0" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1577318160"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68226FAE" w14:textId="4C8A26E0" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-737485675"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="7E996E19" w14:textId="24B84ABA" w:rsidTr="00BD5BED">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A3C78F8" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4CF96E4D" w14:textId="0CBF1300" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Dog trailer without a rear coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="18096042" w14:textId="42EDE7C6" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>135kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3ABE871D" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1628300907"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3A5233C9" w14:textId="4799B58E" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1441534574"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4D1786CE" w14:textId="64D0CBD9" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-704404354"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="73E835C3" w14:textId="419E24E4" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B03C35A" w14:textId="2FBB6FE5" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00053EAC" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A6A0F69" w14:textId="05BE91F4" w:rsidR="00A71EAF" w:rsidRPr="00094C38" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Is the drawbar tow eye rating (B20) equal to or greater than the following?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="51DE266E" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="52752A65" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6AFA13F2" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="531F88C5" w14:textId="59817209" w:rsidTr="00BD5BED">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E636836" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="36A1A886" w14:textId="099853A8" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Dog trailer with a rear coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="72CAEC67" w14:textId="6A4E81C4" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>186kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6DDC0F72" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1102949530"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2E497523" w14:textId="4765627D" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1082055188"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5600A8F2" w14:textId="0B7A3242" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1815135247"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="369694B8" w14:textId="561BAD42" w:rsidTr="00BD5BED">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BCECB39" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3582" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="47574BDB" w14:textId="04363E8E" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Dog trailer without a rear coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5103" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7B05FE07" w14:textId="3172117E" w:rsidR="00A71EAF" w:rsidRPr="00DB07C2" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>135kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2FEF3AD8" w14:textId="77777777" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="386540756"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="07B14451" w14:textId="2E0E5FFD" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="532621835"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7ED2A2BA" w14:textId="69E6BDEE" w:rsidR="00A71EAF" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-533500252"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="001067A6">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A71EAF" w14:paraId="4A0E1B22" w14:textId="60AD2ACE" w:rsidTr="7C674098">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="313" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="47D643F9" w14:textId="414F7844" w:rsidR="00A71EAF" w:rsidRPr="00122103" w:rsidRDefault="00053EAC" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8685" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="01FA704B" w14:textId="7CF79031" w:rsidR="00A71EAF" w:rsidRPr="00094C38" w:rsidRDefault="00A71EAF" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Is the rear tow coupling rating (B20) equal to or greater than 186kN</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7FB28FA2" w14:textId="71085159" w:rsidR="00A71EAF" w:rsidRPr="00136BB4" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-2044123795"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="00136BB4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="003D485F" w14:textId="6725B6F2" w:rsidR="00A71EAF" w:rsidRPr="00136BB4" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="490597277"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="00136BB4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="490" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6E5004F0" w14:textId="3583270C" w:rsidR="00A71EAF" w:rsidRPr="00136BB4" w:rsidRDefault="00C57A83" w:rsidP="00A71EAF">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1433863526"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A71EAF" w:rsidRPr="00136BB4">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5E587465" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00EC0B75" w:rsidRDefault="00423B7F" w:rsidP="00F832E2">
+    <w:p w14:paraId="1C574CB5" w14:textId="77777777" w:rsidR="00276B65" w:rsidRDefault="00276B65" w:rsidP="0029095A">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="49917B96" w14:textId="77777777" w:rsidR="00276B65" w:rsidRDefault="00276B65">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Cambria"/>
+          <w:b/>
+          <w:color w:val="4AB1D0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4EC8B02C" w14:textId="1EDB7896" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="0029095A">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00312323">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E0C" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E0C" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90661">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F5497B">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Equipment</w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DFE">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="005F00F0">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Unladen </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DFE">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0078E0E7" w14:textId="7987ED26" w:rsidR="00122B51" w:rsidRDefault="00F90661" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Part B - Unladen mass</w:t>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="00122B51">
+        <w:t xml:space="preserve"> Equipment</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4867" w:type="pct"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9923"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="0080423A" w:rsidRPr="00122103" w14:paraId="79B6C222" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="130"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EAFB48" w14:textId="51BEE8FC" w:rsidR="00122B51" w:rsidRPr="00122103" w:rsidRDefault="00F90661" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00122103">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B1503C" w:rsidRPr="00122103">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00122103">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>quipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="00C3570E" w14:paraId="6FC7299E" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20238CA4" w14:textId="45BCB4B7" w:rsidR="00DD342D" w:rsidRDefault="00DD342D" w:rsidP="0080423A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The trailer must be ready for service with all accessories </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB483E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>and equ</w:t>
+            </w:r>
+            <w:r w:rsidR="002D6F39">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ipment </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fitted </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD342D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the vehicle is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="625CD93D" w14:textId="1B658171" w:rsidR="0080423A" w:rsidRDefault="0080423A" w:rsidP="0080423A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List all equipment that </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fitted to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F16C4C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>railer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the time of weighing to determine the </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nladen </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ass. This includes all fuel, water</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and fluid reservoirs</w:t>
+            </w:r>
+            <w:r w:rsidRPr="15B03101">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, accessories</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and readily removable equipment carried on or in the trailer during operational use (e.g. spare </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tyre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(s), toolbox(es), OH&amp;S equipment etc.).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1F06F2C5" w14:textId="1FA7EAEC" w:rsidR="0080423A" w:rsidRPr="008515A6" w:rsidRDefault="0080423A" w:rsidP="0080423A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It is recommended that detailed photographs are taken of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the time of weighing that capture all the equipment fitted.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B3F4E8" w14:textId="70F196C0" w:rsidR="00122B51" w:rsidRPr="00D01AE0" w:rsidRDefault="00525675" w:rsidP="0080423A">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attach all photos in the space provided </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>at the end of Part C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="49482EF8" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="46947B3A" w14:textId="0B279C90" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00F90661">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00982469">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment </w:t>
+            </w:r>
+            <w:r w:rsidR="00982469">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ist</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="0FF9A5C8" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="713EC432" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="458060EB" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7759A79E" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="158BB38E" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C4C379" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="2886134F" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AFA1F0D" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="346A4D7D" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FDDA0B0" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="542E2427" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D64EEE8" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="11EC9D36" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B9FF0FC" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="5E7E77D8" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="135FD516" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="03630BBE" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="605A4DAF" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="2DC3A346" w14:textId="77777777" w:rsidTr="002949F7">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9923" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58C58D1E" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DE4641C" w14:textId="718B1CC2" w:rsidR="004328CF" w:rsidRDefault="00F90661" w:rsidP="00312323">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="0098614E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81119">
+        <w:t>Unladen</w:t>
+      </w:r>
+      <w:r w:rsidR="0098614E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004328CF">
+        <w:t>Mass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4749"/>
-        <w:gridCol w:w="5388"/>
+        <w:gridCol w:w="4756"/>
+        <w:gridCol w:w="5316"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00423B7F" w14:paraId="0C06ADD6" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="0020314B" w:rsidRPr="0020314B" w14:paraId="32A407F6" w14:textId="77777777" w:rsidTr="3F542406">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0276361D" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00B95EFD" w:rsidRDefault="00423B7F" w:rsidP="00F832E2">
+          <w:p w14:paraId="48F32374" w14:textId="7581F0A5" w:rsidR="0092156D" w:rsidRPr="0020314B" w:rsidRDefault="0092156D" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
-            </w:pPr>
-[...1 lines deleted...]
-              <w:t>Weigh vehicle</w:t>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0020314B">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Weigh</w:t>
+            </w:r>
+            <w:r w:rsidR="0020314B" w:rsidRPr="0020314B">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="2CC13315" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="0092156D" w14:paraId="13BC39F0" w14:textId="77777777" w:rsidTr="3F542406">
         <w:trPr>
           <w:trHeight w:val="772"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7747A02A" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="008515A6" w:rsidRDefault="00423B7F" w:rsidP="00A4536D">
+          </w:tcPr>
+          <w:p w14:paraId="0D9868DA" w14:textId="77777777" w:rsidR="002717A8" w:rsidRDefault="002717A8" w:rsidP="002717A8">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Effluent tanks, if fitted, must be empty when the trailer is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2AFB3330" w14:textId="77777777" w:rsidR="002717A8" w:rsidRDefault="002717A8" w:rsidP="002717A8">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All other fluid reservoirs must be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>filled to capacity</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> when the trailer is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01E77090" w14:textId="52001181" w:rsidR="002717A8" w:rsidRDefault="002717A8" w:rsidP="002717A8">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weigh vehicle at a registered public weighbridge and record quantities of fuel, AdBlue and water at the time of weighing. </w:t>
-[...2 lines deleted...]
-          <w:p w14:paraId="11D86FA6" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="008515A6" w:rsidRDefault="00423B7F" w:rsidP="00A4536D">
+              <w:t xml:space="preserve">Weigh </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at a registered public weighbridge </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to determine the Total Trailer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00E30C21">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Unladen Mass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1B6870CE" w14:textId="77777777" w:rsidR="00007D82" w:rsidRPr="007C0B95" w:rsidRDefault="002717A8" w:rsidP="00727410">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-            </w:pPr>
+              <w:t xml:space="preserve">Attach a copy of the weighbridge ticket in the space provided </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
             <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ensure </w:t>
-            </w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D8DCB48" w14:textId="0AE12F61" w:rsidR="007C0B95" w:rsidRDefault="00DE458B" w:rsidP="00727410">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
             <w:r>
-              <w:rPr>
-[...31 lines deleted...]
-              <w:t>Attach a copy of the weighbridge ticket in the space provided at the end of Part B.</w:t>
+              <w:t>An a</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0B95">
+              <w:t xml:space="preserve">dditional toolbox that will be fitted after the vehicle weigh-in will need to be applied as a simulated mass of 100kg. Refer to the </w:t>
+            </w:r>
+            <w:r w:rsidR="55DAFD9A" w:rsidRPr="3F542406">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>V</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0B95" w:rsidRPr="3F542406">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>ehicle Checklist Drawings</w:t>
+            </w:r>
+            <w:r w:rsidR="007C0B95">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="00C23B68" w14:paraId="634C7A3F" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00B9486D" w:rsidRPr="00C23B68" w14:paraId="5BC0C666" w14:textId="77777777" w:rsidTr="3F542406">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+            <w:tcW w:w="4787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A985779" w14:textId="25C03CF5" w:rsidR="00B9486D" w:rsidRDefault="00082611" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...18 lines deleted...]
-          <w:p w14:paraId="236B37E8" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00046586" w:rsidRDefault="00423B7F" w:rsidP="00A4536D">
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002717A8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1828">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="006727B7">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Front Axle Group</w:t>
+            </w:r>
+            <w:r w:rsidR="00AC6941">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="20AB03E2" w14:textId="4BF1D698" w:rsidR="00B9486D" w:rsidRDefault="00AC6941" w:rsidP="00AC6941">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00046586">
-[...3 lines deleted...]
-              <w:t>Kg</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="00C23B68" w14:paraId="78085DAA" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00B9486D" w:rsidRPr="00C23B68" w14:paraId="2139BFE2" w14:textId="77777777" w:rsidTr="3F542406">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+            <w:tcW w:w="4787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF028F4" w14:textId="26491B83" w:rsidR="00B9486D" w:rsidRDefault="00082611" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002717A8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1828">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-          <w:p w14:paraId="39D33E43" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00046586" w:rsidRDefault="00423B7F" w:rsidP="00A4536D">
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00AE250A">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Rear Axle Group</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96DA2">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7204122A" w14:textId="1A044EC0" w:rsidR="00B9486D" w:rsidRDefault="00AC6941" w:rsidP="00AC6941">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00046586">
-[...3 lines deleted...]
-              <w:t>L</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="466FCC95" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00AB5CA5" w:rsidRPr="00C23B68" w14:paraId="146E1FE2" w14:textId="77777777" w:rsidTr="3F542406">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="4787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="56979EC5" w14:textId="3DF4BFB4" w:rsidR="00AB5CA5" w:rsidRDefault="00082611" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="002717A8">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="005E1828">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00804A55">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00804A55">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00727410">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5388" w:type="dxa"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="7936CD52" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00046586" w:rsidRDefault="00423B7F" w:rsidP="00A4536D">
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B2D3A5" w14:textId="0D1428B7" w:rsidR="00AB5CA5" w:rsidRPr="00AB5CA5" w:rsidRDefault="00AB5CA5" w:rsidP="00AC6941">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00046586">
-[...3 lines deleted...]
-              <w:t>L</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="3A7AFE68" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="008B665E" w:rsidRPr="00C23B68" w14:paraId="66069B45" w14:textId="77777777" w:rsidTr="3F542406">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="205E8AFC" w14:textId="316E984E" w:rsidR="008B665E" w:rsidRPr="000A67FA" w:rsidRDefault="00F90661" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...30 lines deleted...]
-              <w:t>L</w:t>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00896E57">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0653">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Weigh</w:t>
+            </w:r>
+            <w:r w:rsidR="008629AE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>bridge Ticket</w:t>
+            </w:r>
+            <w:r w:rsidR="00674E21">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Attach a copy of the ticket below:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="00C3570E" w14:paraId="666C4D8B" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="0092156D" w:rsidRPr="003B617E" w14:paraId="411C708B" w14:textId="77777777" w:rsidTr="00D455CF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="130"/>
-[...202 lines deleted...]
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="3879"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="6CE9AC46" w14:textId="1CB9B64E" w:rsidR="00423B7F" w:rsidRPr="003B617E" w:rsidRDefault="00423B7F" w:rsidP="00A4536D">
+          </w:tcPr>
+          <w:p w14:paraId="6BE4BC65" w14:textId="77777777" w:rsidR="00FD35F2" w:rsidRPr="003B617E" w:rsidRDefault="00FD35F2">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CF09CC">
-[...10 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="003B617E" w14:paraId="0EB25D0A" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00B20994" w:rsidRPr="00727946" w14:paraId="135C9EC2" w14:textId="77777777" w:rsidTr="3F542406">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="4B4AC69D" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="003B617E" w:rsidRDefault="00423B7F" w:rsidP="00A4536D">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEB4902" w14:textId="72E66847" w:rsidR="00B20994" w:rsidRPr="00727946" w:rsidRDefault="00727946">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photos of </w:t>
+            </w:r>
+            <w:r w:rsidR="002717A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the </w:t>
+            </w:r>
+            <w:r w:rsidR="00833376">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ti</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">me of </w:t>
+            </w:r>
+            <w:r w:rsidR="00833376">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>eighing</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="003B617E" w14:paraId="272C0816" w14:textId="77777777" w:rsidTr="00046586">
+      <w:tr w:rsidR="00727946" w:rsidRPr="00727946" w14:paraId="7D57AD63" w14:textId="77777777" w:rsidTr="00D455CF">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="13094"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-          </w:tcPr>
-          <w:p w14:paraId="6BA8009A" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="003B617E" w:rsidRDefault="00423B7F" w:rsidP="00A4536D">
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B76F311" w14:textId="77777777" w:rsidR="00727946" w:rsidRPr="00727946" w:rsidRDefault="00727946">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...394 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4619163F" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="007B741B" w:rsidRDefault="00423B7F" w:rsidP="00046586">
+    <w:p w14:paraId="7B41716D" w14:textId="77777777" w:rsidR="00D455CF" w:rsidRDefault="00D455CF" w:rsidP="00C31775">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00B94705">
-[...1 lines deleted...]
-        <w:t>Additional equipment</w:t>
+    </w:p>
+    <w:p w14:paraId="5535FD63" w14:textId="77777777" w:rsidR="00D455CF" w:rsidRDefault="00D455CF">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:eastAsia="Cambria"/>
+          <w:b/>
+          <w:color w:val="4AB1D0"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:br w:type="page"/>
       </w:r>
     </w:p>
-    <w:tbl>
-[...475 lines deleted...]
-    <w:p w14:paraId="301AA0AA" w14:textId="7DD4BC6E" w:rsidR="00423B7F" w:rsidRPr="001979B1" w:rsidRDefault="00B90CE0" w:rsidP="00046586">
+    <w:p w14:paraId="450626CE" w14:textId="73D63886" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="00C31775">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00CD632E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F90661">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="00C46CCB">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Layout &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aden </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC75D64" w14:textId="383D0673" w:rsidR="00C31775" w:rsidRDefault="00F90661" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Trailer u</w:t>
+        <w:t>Trailer</w:t>
       </w:r>
-      <w:r w:rsidR="00423B7F">
-        <w:t xml:space="preserve">nladen mass </w:t>
+      <w:r w:rsidR="00C31775">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C46CCB">
+        <w:t xml:space="preserve">Layout &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:t>S10 L</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31775">
+        <w:t>aden Mass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6041"/>
-        <w:gridCol w:w="4053"/>
+        <w:gridCol w:w="4875"/>
+        <w:gridCol w:w="5154"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00423B7F" w14:paraId="728C873B" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="0083572C" w:rsidRPr="0083572C" w14:paraId="615FDAB9" w14:textId="77777777" w:rsidTr="00003F45">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:tcW w:w="10029" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0892607E" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRDefault="00423B7F" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D214BA5" w14:textId="231CF1E4" w:rsidR="00E42D1E" w:rsidRPr="0083572C" w:rsidRDefault="00E42D1E" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Calculate S10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00351BA7" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="00351BA7" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="0083572C">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ass </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00152CF3" w14:paraId="5D0E8C50" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="469"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10029" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="35E2A30E" w14:textId="60F624C2" w:rsidR="006567FB" w:rsidRPr="003B444A" w:rsidRDefault="2B253790" w:rsidP="006567FB">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
             <w:r>
-              <w:t>Calculate the unladen or wet mass (with fuel/AdBlue/water added to dry mass of the steer and rear axle groups(s))</w:t>
-            </w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="006567FB">
+              <w:t>accredited</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidR="006567FB">
+              <w:t xml:space="preserve"> Approved </w:t>
+            </w:r>
+            <w:r w:rsidR="26830E6B">
+              <w:t xml:space="preserve">Vehicle Examiners (AVE) </w:t>
+            </w:r>
+            <w:r w:rsidR="24C221F6">
+              <w:t xml:space="preserve">are encouraged </w:t>
+            </w:r>
+            <w:r w:rsidR="006567FB">
+              <w:t xml:space="preserve">to complete S10 calculations using the </w:t>
+            </w:r>
+            <w:r w:rsidR="006567FB" w:rsidRPr="78413079">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Vehicle Drawings</w:t>
+            </w:r>
+            <w:r w:rsidR="006567FB">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="13273B5D">
+              <w:t>AVE</w:t>
+            </w:r>
+            <w:r w:rsidR="006567FB">
+              <w:t>s may use their own drawings to complete S10 calculations provid</w:t>
+            </w:r>
+            <w:r w:rsidR="00FA7C2E">
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidR="006567FB">
+              <w:t xml:space="preserve"> that all assumptions and methodology are clear and concise.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="334E4169" w14:textId="758F6503" w:rsidR="00137A47" w:rsidRDefault="00BA06AC" w:rsidP="003D5372">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="002375D6" w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">omplete the calculations </w:t>
+            </w:r>
+            <w:r w:rsidR="0056304F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>and rec</w:t>
+            </w:r>
+            <w:r w:rsidR="00BE58F9">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ord the results </w:t>
+            </w:r>
+            <w:r w:rsidR="002375D6" w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>for the weight distribution and Trailer S10 Laden Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00957161">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> below</w:t>
+            </w:r>
+            <w:r w:rsidR="002375D6" w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="1D4CF814" w14:textId="77777777" w:rsidR="0080158A" w:rsidRDefault="0080158A" w:rsidP="0080158A">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080158A">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>If each deck is an identical layout to the lowest deck, then one drawing can be used for all decks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3556C69F" w14:textId="31616B0F" w:rsidR="00AB4E0A" w:rsidRPr="004F6C1D" w:rsidRDefault="0080158A" w:rsidP="0000253D">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="170" w:hanging="170"/>
+            </w:pPr>
+            <w:r w:rsidRPr="0080158A">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Complete a new drawing/calculations sheet for each deck that is a different layout to the lowest deck.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0042792F" w:rsidRPr="003C6DE1" w14:paraId="21AAA549" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10029" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF33E52" w14:textId="302D6764" w:rsidR="0042792F" w:rsidRPr="003075F0" w:rsidRDefault="0042792F" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:tab/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Total Internal Usable Deck Space</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="09D0B685" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="7B4D271F" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69968632" w14:textId="1C4C596A" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D1) Deck #1 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EA717E9" w14:textId="679DF85F" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="196401E7" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6684862A" w14:textId="3292921A" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D2) Deck #2 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="051BDFC3" w14:textId="324E4521" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="40A485D8" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7239FB8C" w14:textId="464E9CB7" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D3) Deck #3 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3574105D" w14:textId="7FBEDD0C" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="18D3F331" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="10A795C0" w14:textId="15A99274" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D4) Deck #4 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="08289B21" w14:textId="14110DCB" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00264778" w:rsidRPr="003C6DE1" w14:paraId="3B30DAB8" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="39453339" w14:textId="0E401503" w:rsidR="00264778" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D5) Total Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2ECAF54A" w14:textId="5F0C0D14" w:rsidR="00264778" w:rsidRPr="003075F0" w:rsidRDefault="00264778" w:rsidP="00264778">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D17629" w:rsidRPr="003C6DE1" w14:paraId="71DD462E" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10029" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A094D0A" w14:textId="645D7BD3" w:rsidR="00D17629" w:rsidRPr="003075F0" w:rsidRDefault="00D17629" w:rsidP="00D17629">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Imposed</w:t>
+            </w:r>
+            <w:r w:rsidR="00B10228">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Load</w:t>
+            </w:r>
+            <w:r w:rsidR="000043A2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from Livestock</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D17629" w:rsidRPr="003C6DE1" w14:paraId="48ADD87B" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0488450E" w14:textId="7F1F2520" w:rsidR="00D17629" w:rsidRDefault="000043A2" w:rsidP="00D17629">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>6)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C55E31">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Total Trailer Imposed Load:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7ACDEA99" w14:textId="3F19ADFE" w:rsidR="00D17629" w:rsidRPr="003075F0" w:rsidRDefault="00E479D7" w:rsidP="00C55E31">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C55E31" w:rsidRPr="003C6DE1" w14:paraId="3BAD0600" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10029" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C6F7A20" w14:textId="70951D69" w:rsidR="00C55E31" w:rsidRPr="003075F0" w:rsidRDefault="003500ED" w:rsidP="003500ED">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Weight Distribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w:rsidRPr="003C6DE1" w14:paraId="4451AA3E" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="12ED16BA" w14:textId="2D150E89" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00C87692">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) Forward Axle Mass (FAM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BB75C02" w14:textId="78081512" w:rsidR="00C07936" w:rsidRDefault="00E479D7" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w:rsidRPr="003C6DE1" w14:paraId="0042CA67" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DAA6A87" w14:textId="6E87588A" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) Rearward Axle Mass (RAM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0132430C" w14:textId="64E8A930" w:rsidR="00C07936" w:rsidRDefault="00E479D7" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w:rsidRPr="003C6DE1" w14:paraId="55C4839B" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10029" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57A45101" w14:textId="25C259A2" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S10 Front and Rear Axle laden Masses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w:rsidRPr="00C81E95" w14:paraId="1B263AC7" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F0AE26" w14:textId="5305586F" w:rsidR="00C07936" w:rsidRPr="00C81E95" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) Front Axle Group S10 Laden Mass:</w:t>
+            </w:r>
+            <w:r w:rsidR="00A0539F" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">C1 + </w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D7</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6955C9A9" w14:textId="4763B3AD" w:rsidR="00C07936" w:rsidRPr="003075F0" w:rsidRDefault="00E479D7" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w14:paraId="649ACDE3" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A9AABA" w14:textId="51557FD0" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>) Rear Axle Group S10 Laden Mass:</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (C2 + </w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D8</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C077185" w14:textId="624D067D" w:rsidR="00C07936" w:rsidRPr="003075F0" w:rsidRDefault="00E479D7" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00C07936" w14:paraId="13C841B7" w14:textId="77777777" w:rsidTr="00003F45">
+        <w:trPr>
+          <w:trHeight w:val="312"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4875" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D95DC0" w14:textId="2C3EBBC0" w:rsidR="00C07936" w:rsidRDefault="00C07936" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00CD632E" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Laden Mass:</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D9</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D10</w:t>
+            </w:r>
+            <w:r w:rsidR="006B17B3" w:rsidRPr="4AA3E5FC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5154" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEE51E3" w14:textId="4E786932" w:rsidR="00C07936" w:rsidRPr="003075F0" w:rsidRDefault="00E479D7" w:rsidP="00C07936">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7B9F8E05" w14:textId="6E94380E" w:rsidR="00FA2A4B" w:rsidRPr="001E27C0" w:rsidRDefault="00FA2A4B" w:rsidP="00FA2A4B">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Assessment – S10 Laden Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid2"/>
+        <w:tblW w:w="4927" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="279"/>
+        <w:gridCol w:w="8867"/>
+        <w:gridCol w:w="423"/>
+        <w:gridCol w:w="476"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="002D498F" w:rsidRPr="00E42D1E" w14:paraId="7C9452EF" w14:textId="77777777" w:rsidTr="005C073F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:tcW w:w="9146" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
-[...16 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0FC66AAB" w14:textId="6AB361A6" w:rsidR="002D498F" w:rsidRPr="00E42D1E" w:rsidRDefault="00FA2A4B">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment - </w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S10 Laden Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">        </w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                                                    </w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Check Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00B71C1A">
-[...56 lines deleted...]
-              <w:t>A copy of weight distribution calculations must be attached to the end of Part B.</w:t>
+            <w:r w:rsidR="002D498F">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="002D498F" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o as applicable:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="49F6D2E6" w14:textId="77777777" w:rsidR="002D498F" w:rsidRPr="00E42D1E" w:rsidRDefault="002D498F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D05A4E9" w14:textId="3A58E652" w:rsidR="002D498F" w:rsidRPr="00E42D1E" w:rsidRDefault="002D498F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+              <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="00C23B68" w14:paraId="4882A091" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="007842C4" w:rsidRPr="0058409B" w14:paraId="3590F934" w14:textId="77777777" w:rsidTr="005C073F">
+        <w:trPr>
+          <w:trHeight w:val="305"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10045" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F7C107A" w14:textId="77777777" w:rsidR="007842C4" w:rsidRPr="0058409B" w:rsidRDefault="007842C4">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification MUST NOT proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00800A30" w:rsidRPr="00E42D1E" w14:paraId="7D909604" w14:textId="77777777" w:rsidTr="005C073F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...4 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="7483A6D9" w14:textId="393AF43D" w:rsidR="00800A30" w:rsidRPr="00800A30" w:rsidRDefault="00037FB3" w:rsidP="00800A30">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...38 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="79A4BCA1" w14:textId="2258DFDA" w:rsidR="00800A30" w:rsidRDefault="00F967A9" w:rsidP="00800A30">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Front Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:t>D9</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) less than or equal to the trailer manufacturer’s Front Axle Load Rating (B3)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3FE5589C" w14:textId="1731714A" w:rsidR="00800A30" w:rsidRDefault="00C57A83" w:rsidP="00800A30">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1378356328"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00800A30">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C8536B5" w14:textId="76611B45" w:rsidR="00800A30" w:rsidRDefault="00C57A83" w:rsidP="00800A30">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="884686405"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00800A30" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="5A214706" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="00BF4BD8" w:rsidRPr="00E42D1E" w14:paraId="0ACEF9FE" w14:textId="77777777" w:rsidTr="005C073F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="70E8FEBA" w14:textId="133528C5" w:rsidR="00BF4BD8" w:rsidRDefault="00BF4BD8" w:rsidP="00BF4BD8">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...30 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="358110F2" w14:textId="2E55BA42" w:rsidR="00BF4BD8" w:rsidRDefault="00BF4BD8" w:rsidP="00BF4BD8">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Front Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:t>D9</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) less than or equal to the Axle Manufacturer’s Load Rating (B1</w:t>
+            </w:r>
+            <w:r w:rsidR="008D0E6A">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3373D2A1" w14:textId="4467445E" w:rsidR="00BF4BD8" w:rsidRDefault="00C57A83" w:rsidP="00BF4BD8">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-534498643"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BF4BD8">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D644599" w14:textId="48B696F3" w:rsidR="00BF4BD8" w:rsidRDefault="00C57A83" w:rsidP="00BF4BD8">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="2012937721"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00BF4BD8" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="79988C55" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="00805508" w:rsidRPr="00E42D1E" w14:paraId="75EFFACC" w14:textId="77777777" w:rsidTr="005C073F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6041" w:type="dxa"/>
-[...6 lines deleted...]
-                <w:b/>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A9EF75D" w14:textId="03264B37" w:rsidR="00805508" w:rsidRDefault="009D614D" w:rsidP="00805508">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F84A537" w14:textId="4212AE23" w:rsidR="00805508" w:rsidRDefault="00805508" w:rsidP="00805508">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Front</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:t>D9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Suspension Manufacturer's Load Rating (B</w:t>
+            </w:r>
+            <w:r w:rsidR="00D716B2">
+              <w:t>12</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4EC3278A" w14:textId="748B45FC" w:rsidR="00805508" w:rsidRDefault="00C57A83" w:rsidP="00805508">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-866986075"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00805508">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FD0BD03" w14:textId="1E08B86E" w:rsidR="00805508" w:rsidRDefault="00C57A83" w:rsidP="00805508">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="746614967"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00805508" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00805508" w:rsidRPr="00E42D1E" w14:paraId="61AC1A82" w14:textId="77777777" w:rsidTr="005C073F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AFC86CE" w14:textId="43796CF3" w:rsidR="00805508" w:rsidRPr="00800A30" w:rsidRDefault="009D614D" w:rsidP="00805508">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...22 lines deleted...]
-            </w:r>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="24CC7A75" w14:textId="1ABF0DC8" w:rsidR="00805508" w:rsidRDefault="00805508" w:rsidP="00805508">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Front Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:t>D9</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) less than or equal to the Total Axle Group Tyre Load Capacity (B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00D716B2">
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5382AA60" w14:textId="031E91E3" w:rsidR="00805508" w:rsidRDefault="00C57A83" w:rsidP="00805508">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-631480820"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00805508">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56CF16D7" w14:textId="18B81A1A" w:rsidR="00805508" w:rsidRDefault="00C57A83" w:rsidP="00805508">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1338969458"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00805508" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005F3FA0" w:rsidRPr="00E42D1E" w14:paraId="2205DBC1" w14:textId="77777777" w:rsidTr="005C073F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E105C84" w14:textId="01A32EFC" w:rsidR="005F3FA0" w:rsidRDefault="00BD4A7D" w:rsidP="005F3FA0">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="14B9FD3C" w14:textId="3F96794B" w:rsidR="005F3FA0" w:rsidRDefault="005F3FA0" w:rsidP="005F3FA0">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Rear Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:t>D10</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) less than or equal to the trailer manufacturer’s Rear Axle Load Rating (B4)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E34B300" w14:textId="393E68D8" w:rsidR="005F3FA0" w:rsidRDefault="00C57A83" w:rsidP="005F3FA0">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1655490406"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="003F250F">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06C3D66E" w14:textId="2807E2BD" w:rsidR="005F3FA0" w:rsidRDefault="00C57A83" w:rsidP="005F3FA0">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-102953442"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00CD6F78">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD6F78" w:rsidRPr="00E42D1E" w14:paraId="184E8CA6" w14:textId="77777777" w:rsidTr="005C073F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D372D6D" w14:textId="0BAC8D2E" w:rsidR="00CD6F78" w:rsidRDefault="00BD4A7D" w:rsidP="00CD6F78">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68D67F25" w14:textId="4EB4FC32" w:rsidR="00CD6F78" w:rsidRDefault="00CD6F78" w:rsidP="00CD6F78">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:t>D10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Axle Manufacturer's Load Rating (B</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72355">
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="07D89266" w14:textId="6645D367" w:rsidR="00CD6F78" w:rsidRDefault="00C57A83" w:rsidP="00CD6F78">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-929887348"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00CD6F78">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1A75125F" w14:textId="715A28AE" w:rsidR="00CD6F78" w:rsidRDefault="00C57A83" w:rsidP="00CD6F78">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1390995519"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00CD6F78">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00CD6F78" w:rsidRPr="00E42D1E" w14:paraId="582D52F4" w14:textId="77777777" w:rsidTr="005C073F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5CFA7814" w14:textId="1A47BC45" w:rsidR="00CD6F78" w:rsidRDefault="00BD4A7D" w:rsidP="00CD6F78">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0FDD924D" w14:textId="62C101E4" w:rsidR="00CD6F78" w:rsidRDefault="00CD6F78" w:rsidP="00CD6F78">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:t>D10</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the Suspension Manufacturer's Load Rating (B</w:t>
+            </w:r>
+            <w:r w:rsidR="00E72355">
+              <w:t>13</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="42425130" w14:textId="5323FCAB" w:rsidR="00CD6F78" w:rsidRDefault="00C57A83" w:rsidP="00CD6F78">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1882124404"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00CD6F78">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="053187A4" w14:textId="6B370F4C" w:rsidR="00CD6F78" w:rsidRDefault="00C57A83" w:rsidP="00CD6F78">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-235019529"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00CD6F78">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E72355" w:rsidRPr="00E42D1E" w14:paraId="1BA4011A" w14:textId="77777777" w:rsidTr="005C073F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5AEBC6AA" w14:textId="3A995E7A" w:rsidR="00E72355" w:rsidRDefault="00BD4A7D" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="22314F76" w14:textId="3CEB855A" w:rsidR="00E72355" w:rsidRDefault="00E72355" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Rear Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:t>D10</w:t>
+            </w:r>
+            <w:r>
+              <w:t>) less than or equal to the Total Axle Group Tyre Load Capacity (B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00E64E18">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58C22454" w14:textId="0BF9B126" w:rsidR="00E72355" w:rsidRDefault="00C57A83" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-393898268"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E72355">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AF888C7" w14:textId="050DC098" w:rsidR="00E72355" w:rsidRDefault="00C57A83" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="209228951"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E72355" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E72355" w:rsidRPr="00E42D1E" w14:paraId="7B9D2D5C" w14:textId="77777777" w:rsidTr="005C073F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F35CFF3" w14:textId="105FE76B" w:rsidR="00E72355" w:rsidRPr="00800A30" w:rsidRDefault="00BD4A7D" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E777671" w14:textId="3588B26E" w:rsidR="00E72355" w:rsidRDefault="00E72355" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">Trailer </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>S10</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:t>D11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">) less than or equal to the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Trailer Manufacturer's ATM Rating (B1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2807ACBC" w14:textId="15CABCBD" w:rsidR="00E72355" w:rsidRDefault="00C57A83" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1706784134"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E72355">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="497A806A" w14:textId="77777777" w:rsidR="00E72355" w:rsidRDefault="00C57A83" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-821510793"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E72355" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E72355" w:rsidRPr="00E42D1E" w14:paraId="49E9BE16" w14:textId="77777777" w:rsidTr="005C073F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="279" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="15999686" w14:textId="3A55527D" w:rsidR="00E72355" w:rsidRPr="00800A30" w:rsidRDefault="00D54FB0" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD4A7D">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8867" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="40305943" w14:textId="10043A99" w:rsidR="00E72355" w:rsidRPr="002C24C0" w:rsidRDefault="00E72355" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the Trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve"> S10 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:t>D11</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>) less than or equal to the</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Trailer Manufacturer's GTM Rating (B2)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="423" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19DD3D3A" w14:textId="062BFE87" w:rsidR="00E72355" w:rsidRDefault="00C57A83" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1326587621"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E72355">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="476" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5782A466" w14:textId="4A9ACE10" w:rsidR="00E72355" w:rsidRDefault="00C57A83" w:rsidP="00E72355">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1183328394"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00E72355" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="6C4C91D0" w14:textId="61AE631E" w:rsidR="00423B7F" w:rsidRDefault="00423B7F" w:rsidP="00F832E2">
+    <w:p w14:paraId="0852CCBF" w14:textId="60B0D2AA" w:rsidR="005945FB" w:rsidRDefault="005945FB" w:rsidP="005945FB">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="001B52D8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>S10 Livestock Loading Modification Plate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6B856831" w14:textId="5546FADF" w:rsidR="005945FB" w:rsidRDefault="00F90661" w:rsidP="005945FB">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Additi</w:t>
+        <w:t>Trailer</w:t>
       </w:r>
-      <w:r w:rsidR="00231ED9">
-[...3 lines deleted...]
-        <w:t>nformation</w:t>
+      <w:r w:rsidR="005945FB">
+        <w:t xml:space="preserve"> Manufacturer's Plate</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10094"/>
+        <w:gridCol w:w="5015"/>
+        <w:gridCol w:w="5014"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00423B7F" w14:paraId="41FA200B" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="001A0D67" w:rsidRPr="001A0D67" w14:paraId="70B83685" w14:textId="77777777">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-[...5 lines deleted...]
-                <w:b/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="353C98A1" w14:textId="06B88E63" w:rsidR="00790F24" w:rsidRPr="001A0D67" w:rsidRDefault="00F90661">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00790F24" w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="6CE98AF0" w14:textId="77777777" w:rsidTr="00423B7F">
+      <w:tr w:rsidR="00790F24" w14:paraId="150B2257" w14:textId="77777777">
         <w:trPr>
-          <w:trHeight w:val="2823"/>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-[...11 lines deleted...]
-            </w:pPr>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="66108AF1" w14:textId="50CC6D1F" w:rsidR="00790F24" w:rsidRPr="004F61BE" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Record information from the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> manufacturer’s rating plate, affixed to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00430246">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by the manufacturer. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="23AF3EDB" w14:textId="41B0EA06" w:rsidR="00790F24" w:rsidRPr="004F61BE" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has been assessed/modified/re-rated and approved in accordance with VS</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00430246">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, use the information from the </w:t>
+            </w:r>
+            <w:r w:rsidR="00430246">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSB 6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>modification plate. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="00A175B8" w14:paraId="235C13AF" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="00384F04" w14:paraId="4E589A6B" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5859529A" w14:textId="194879B2" w:rsidR="00384F04" w:rsidRDefault="00384F04">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...12 lines deleted...]
-            </w:r>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Manufacturer Make/Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="75C2D454" w14:textId="77777777" w:rsidR="00384F04" w:rsidRPr="0098376C" w:rsidRDefault="00384F04">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="2E8F7066" w14:textId="77777777" w:rsidTr="00423B7F">
+      <w:tr w:rsidR="00790F24" w14:paraId="6623E9D6" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="2827"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="1E6BF47F" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00AC35A3" w:rsidRDefault="00423B7F" w:rsidP="00AC35A3">
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="673121B8" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-            </w:pPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Maximum Front Axle Group Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62E77FEF" w14:textId="223B6E95" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00156052">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="00A175B8" w14:paraId="22BD2FA7" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="00790F24" w14:paraId="20C0DC2A" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ACE93CF" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...51 lines deleted...]
-            </w:r>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Front Axle Group Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3209103E" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="19B5FB88" w14:textId="77777777" w:rsidTr="00423B7F">
+      <w:tr w:rsidR="00790F24" w14:paraId="543877EC" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="2701"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="4ED9EF16" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00AC35A3" w:rsidRDefault="00423B7F" w:rsidP="00AC35A3">
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21CAEF3B" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-            </w:pPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Front Axle Group Tyre Capacity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="01487837" w14:textId="45D5ABF2" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00156052">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="00A175B8" w14:paraId="303C112D" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="00790F24" w14:paraId="6C10CFA6" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="155D7D71" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...11 lines deleted...]
-            </w:r>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Maximum Rear Axle Group Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EA21BC9" w14:textId="4370EB5F" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00156052">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...18 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="40C350BF" w14:textId="77777777" w:rsidTr="00423B7F">
+      <w:tr w:rsidR="00790F24" w14:paraId="6FFF57B9" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="4530"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="0B6BC723" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00AC35A3" w:rsidRDefault="00423B7F" w:rsidP="00AC35A3">
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5BFB0724" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="484DE963" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w:rsidRPr="00A175B8" w14:paraId="5DA5BACF" w14:textId="77777777" w:rsidTr="00A4536D">
+      <w:tr w:rsidR="00790F24" w14:paraId="0ED7EB68" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...8 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D54F77" w14:textId="77777777" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...9 lines deleted...]
-            </w:r>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group Tyre Capacity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5F565A6D" w14:textId="65F34C6A" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00156052">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...33 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00423B7F" w14:paraId="25F38E03" w14:textId="77777777" w:rsidTr="00423B7F">
+      <w:tr w:rsidR="00B676F7" w14:paraId="692B60F7" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="2823"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...2 lines deleted...]
-          <w:p w14:paraId="39FC7A7B" w14:textId="77777777" w:rsidR="00423B7F" w:rsidRPr="00AC35A3" w:rsidRDefault="00423B7F" w:rsidP="00AC35A3">
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4F00A3C6" w14:textId="7E412819" w:rsidR="00B676F7" w:rsidRDefault="00B676F7">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-            </w:pPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tare Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6697D09F" w14:textId="275B5416" w:rsidR="00B676F7" w:rsidRDefault="00156052">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00790F24" w14:paraId="0E79CDC2" w14:textId="77777777" w:rsidTr="005F502E">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C6EA62A" w14:textId="028CBB05" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00937D3D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Aggregate</w:t>
+            </w:r>
+            <w:r w:rsidR="00790F24">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00790F24">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>ATM)</w:t>
+            </w:r>
+            <w:r w:rsidR="00790F24">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B1)</w:t>
+            </w:r>
+            <w:r w:rsidR="00790F24">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0BE94146" w14:textId="2736C6B5" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00156052">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00790F24" w14:paraId="570AE0CD" w14:textId="77777777" w:rsidTr="005F502E">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="71D74F36" w14:textId="03C6B8F4" w:rsidR="00790F24" w:rsidRPr="00E9216E" w:rsidRDefault="00790F24">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gross </w:t>
+            </w:r>
+            <w:r w:rsidR="00937D3D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass (G</w:t>
+            </w:r>
+            <w:r w:rsidR="00937D3D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>M) Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00937D3D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C06AC3F" w14:textId="6241A133" w:rsidR="00790F24" w:rsidRPr="0098376C" w:rsidRDefault="00156052">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1F1D672E" w14:textId="538CD30E" w:rsidR="00806E66" w:rsidRDefault="00806E66" w:rsidP="00F832E2">
+    <w:p w14:paraId="33A822A1" w14:textId="4CF0804C" w:rsidR="008E7978" w:rsidRDefault="00430246" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...8 lines deleted...]
-      <w:r w:rsidR="00423B7F">
         <w:t xml:space="preserve">S10 </w:t>
       </w:r>
-      <w:r w:rsidR="007276FE">
-[...15 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="008E7978">
+        <w:t>Modification Plate Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="261"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="368"/>
+        <w:gridCol w:w="5015"/>
+        <w:gridCol w:w="5014"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00806E66" w14:paraId="5ADF60B0" w14:textId="77777777" w:rsidTr="00155850">
+      <w:tr w:rsidR="001A0D67" w:rsidRPr="001A0D67" w14:paraId="00BB8378" w14:textId="77777777" w:rsidTr="5A2D5D0F">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...13 lines deleted...]
-              <w:t>Stock body/crate plan</w:t>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="544546D7" w14:textId="530DC536" w:rsidR="008E7978" w:rsidRPr="001A0D67" w:rsidRDefault="008E7978">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C97B21" w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Livestock</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Loading Plate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806E66" w14:paraId="2FD1E591" w14:textId="77777777" w:rsidTr="004F6C1D">
+      <w:tr w:rsidR="008E7978" w14:paraId="0A62E7CD" w14:textId="77777777" w:rsidTr="5A2D5D0F">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
-[...10 lines deleted...]
-            </w:r>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="14C5AC11" w14:textId="694DFF2F" w:rsidR="00772EB8" w:rsidRPr="00CE1577" w:rsidRDefault="00772EB8" w:rsidP="00772EB8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
-              <w:t>s</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">tock </w:t>
+              <w:t xml:space="preserve">Record information below for the </w:t>
+            </w:r>
+            <w:r w:rsidR="00423173">
+              <w:t xml:space="preserve">relevant fields of the </w:t>
             </w:r>
             <w:r>
-              <w:t>b</w:t>
-[...2 lines deleted...]
-              <w:t>ody/</w:t>
+              <w:t>S10 modification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F7C98">
+              <w:t xml:space="preserve"> plate</w:t>
             </w:r>
             <w:r>
-              <w:t>c</w:t>
-[...9 lines deleted...]
-            </w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7E66CD08" w14:textId="77777777" w:rsidR="00772EB8" w:rsidRPr="00AF2BB6" w:rsidRDefault="00772EB8" w:rsidP="00772EB8">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Duplicate the below information on the livestock loading S10 plate (maroon in colour). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="44FD1CBE" w14:textId="44911F89" w:rsidR="008E7978" w:rsidRPr="00AF2BB6" w:rsidRDefault="008E7978">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Affix the plate to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E07E1A">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>cabin of the truck</w:t>
+            </w:r>
+            <w:r w:rsidR="001D6352">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> i</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>n a location that is easily visible and accessible.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3D44905C" w14:textId="68A60F06" w:rsidR="008E7978" w:rsidRPr="00BF2FE7" w:rsidRDefault="0013590B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> including t</w:t>
-[...9 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7978" w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ll </w:t>
+            </w:r>
             <w:r>
-              <w:t>In the plan, m</w:t>
-[...10 lines deleted...]
-            <w:r w:rsidR="004013DB" w:rsidRPr="00FF1215">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>unused</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7978" w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fields on the Livestock loading (S10) Plate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-          </w:p>
-[...8 lines deleted...]
-            <w:bookmarkEnd w:id="0"/>
+            <w:r w:rsidRPr="0013590B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7978" w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blanked out with three (3), or more, ‘X’ (For example: ‘XXX’)</w:t>
+            </w:r>
+            <w:r w:rsidR="008E7978" w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806E66" w:rsidRPr="00C23B68" w14:paraId="45182A47" w14:textId="77777777" w:rsidTr="00F70E3C">
+      <w:tr w:rsidR="00681AE1" w14:paraId="03C564E4" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="9004"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...3 lines deleted...]
-          <w:p w14:paraId="25839C84" w14:textId="77777777" w:rsidR="00806E66" w:rsidRPr="007F0A4D" w:rsidRDefault="00806E66" w:rsidP="007F0A4D">
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F6356CD" w14:textId="0BAEB909" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="4D80663D" w:rsidP="00681AE1">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Identification Number (VIN)/Chassis Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7105BA35" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806E66" w14:paraId="5A6D7016" w14:textId="77777777" w:rsidTr="00155850">
+      <w:tr w:rsidR="00681AE1" w14:paraId="39D1CC0C" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:highlight w:val="yellow"/>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="46BC2604" w14:textId="7E934CF9" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...7 lines deleted...]
-              <w:t xml:space="preserve">mposed (S10) </w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approved </w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
             </w:r>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...5 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Examiner Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3B0B4138" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806E66" w:rsidRPr="00152CF3" w14:paraId="3137B699" w14:textId="77777777" w:rsidTr="004F6C1D">
+      <w:tr w:rsidR="00681AE1" w14:paraId="2C08F290" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="469"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-[...13 lines deleted...]
-            </w:r>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="408DC5DF" w14:textId="0C9CB5C3" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t xml:space="preserve"> </w:t>
-[...16 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19ECC9DD" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806E66" w:rsidRPr="003C6DE1" w14:paraId="286C6737" w14:textId="77777777" w:rsidTr="001653DC">
+      <w:tr w:rsidR="00681AE1" w14:paraId="087300A4" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="313"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4907" w:type="dxa"/>
-[...39 lines deleted...]
-              <w:pStyle w:val="Table09Heading"/>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E4E3887" w14:textId="556E74F3" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9216E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="49DB986A" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...15 lines deleted...]
-            </w:r>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806E66" w:rsidRPr="00C81E95" w14:paraId="3E86E76F" w14:textId="77777777" w:rsidTr="001653DC">
+      <w:tr w:rsidR="00681AE1" w14:paraId="7D8FEA97" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="313"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4907" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EEC36CB" w14:textId="39F5CD84" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00F90661" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D11</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06FEF1D3" w14:textId="16B1E814" w:rsidR="00681AE1" w:rsidRPr="006D0C70" w:rsidRDefault="00156052" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...52 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806E66" w14:paraId="5E5ACA3C" w14:textId="77777777" w:rsidTr="001653DC">
+      <w:tr w:rsidR="00681AE1" w14:paraId="1D202E24" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="313"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4907" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="152792E0" w14:textId="10A8C486" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00124A14" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...8 lines deleted...]
-            </w:r>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Front Axle Group</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="00003F45">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D9</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A3A6422" w14:textId="568EC6F7" w:rsidR="00681AE1" w:rsidRPr="006D0C70" w:rsidRDefault="00156052" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...28 lines deleted...]
-                <w:lang w:val="en-US"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00806E66" w14:paraId="6FBBC0C3" w14:textId="77777777" w:rsidTr="001653DC">
+      <w:tr w:rsidR="00681AE1" w14:paraId="22575179" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
-          <w:trHeight w:val="313"/>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4907" w:type="dxa"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-US"/>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7696E0FC" w14:textId="4E6A9ABE" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00124A14" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...26 lines deleted...]
-              <w:pStyle w:val="Table09Heading"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Axle Group S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="004C7B6D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D10</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="15420F72" w14:textId="004BAFFF" w:rsidR="00681AE1" w:rsidRPr="006D0C70" w:rsidRDefault="00156052" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
               <w:rPr>
-                <w:lang w:val="en-US"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000959B7" w:rsidRPr="008F4C53" w14:paraId="526CE2BB" w14:textId="77777777" w:rsidTr="00A4536D">
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00681AE1" w14:paraId="6B71C173" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9015" w:type="dxa"/>
-[...105 lines deleted...]
-              <w:jc w:val="center"/>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADD4642" w14:textId="1C9C9352" w:rsidR="00681AE1" w:rsidRPr="00E9216E" w:rsidRDefault="00421AD4" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Front </w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">S10 Tyre Size/Load </w:t>
+            </w:r>
+            <w:r w:rsidR="6C4D1063" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F904A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F904A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="65DD0766" w14:textId="77777777" w:rsidR="00681AE1" w:rsidRDefault="00681AE1" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="000959B7" w:rsidRPr="008F4C53" w14:paraId="2674F5DA" w14:textId="77777777" w:rsidTr="00A4536D">
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00124A14" w14:paraId="2EFB1D0C" w14:textId="77777777" w:rsidTr="005F502E">
         <w:trPr>
+          <w:trHeight w:val="284"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
-[...9 lines deleted...]
-              <w:pStyle w:val="Table09Heading"/>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F28C196" w14:textId="5F60DA9A" w:rsidR="00124A14" w:rsidRDefault="00421AD4" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear S10 Tyre Size/Load</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF29C4" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="4FD98F3E" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00883B4E" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F904A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="00883B4E" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="009C72E4" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00F904A8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>18</w:t>
+            </w:r>
+            <w:r w:rsidR="00883B4E" w:rsidRPr="5A2D5D0F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29975DED" w14:textId="77777777" w:rsidR="00124A14" w:rsidRDefault="00124A14" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00681AE1" w14:paraId="2BD02DDE" w14:textId="77777777" w:rsidTr="005F502E">
+        <w:trPr>
+          <w:trHeight w:val="284"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5048" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="06173A1D" w14:textId="176934BD" w:rsidR="00681AE1" w:rsidRDefault="00F90661" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>1</w:t>
-[...16 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00681AE1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass: (C3)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5046" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="441D1C36" w14:textId="287AB468" w:rsidR="00681AE1" w:rsidRDefault="00156052" w:rsidP="00681AE1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
             </w:pPr>
             <w:r>
-              <w:t>Are the calculated S10 laden masses less than or equal to the vehicle</w:t>
-[...89 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="65C2F082" w14:textId="1B72B2E7" w:rsidR="00E85B60" w:rsidRDefault="00E85B60" w:rsidP="00F832E2">
+    <w:p w14:paraId="062FD17C" w14:textId="4C3828A4" w:rsidR="005C6F33" w:rsidRPr="008043AC" w:rsidRDefault="005C6F33" w:rsidP="008043AC">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
-[...1 lines deleted...]
-        <w:t>Additional Information</w:t>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="001B52D8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3FE1" w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="008C1BB3">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Authorisation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007D4384">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00D70A39">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>eclaration</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...100 lines deleted...]
-    <w:p w14:paraId="5181F623" w14:textId="52C7999D" w:rsidR="00764716" w:rsidRDefault="006A4D48" w:rsidP="00F832E2">
+    <w:p w14:paraId="73843346" w14:textId="03D9A531" w:rsidR="00764716" w:rsidRDefault="006A4D48" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">AVE </w:t>
       </w:r>
-      <w:r w:rsidR="00231ED9">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00764716">
-        <w:t>uthorisation</w:t>
+        <w:t>Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4141"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1460"/>
+        <w:gridCol w:w="4114"/>
+        <w:gridCol w:w="4507"/>
+        <w:gridCol w:w="1451"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D49EE" w14:paraId="1CBBEDF3" w14:textId="77777777" w:rsidTr="009D49EE">
+      <w:tr w:rsidR="001A0D67" w:rsidRPr="001A0D67" w14:paraId="44E0185D" w14:textId="77777777" w:rsidTr="00EE2BAF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="01CC7BF4" w14:textId="77777777" w:rsidR="009D49EE" w:rsidRPr="00F70E3C" w:rsidRDefault="009D49EE" w:rsidP="00764716">
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="31AFEB3C" w14:textId="77777777" w:rsidR="009D49EE" w:rsidRPr="001A0D67" w:rsidRDefault="009D49EE" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00F70E3C">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Declaration by certifier (AVE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="684B21F9" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="5DB3AE06" w14:textId="77777777" w:rsidTr="00EE2BAF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="70A4407E" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="64139122" w14:textId="278F4F62" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00764716">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>I am the Approved Person who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
+              <w:t xml:space="preserve">I am the Approved </w:t>
+            </w:r>
+            <w:r w:rsidR="00430246">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle Examiner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00764716">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="2FE2F214" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="1C0C8FC4" w14:textId="77777777" w:rsidTr="00EE2BAF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="25634592" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00F832E2">
+          <w:p w14:paraId="512812DE" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Issued </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3A8D">
               <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="6C70AC08" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00F832E2">
+          <w:p w14:paraId="09689DB4" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="39849F60" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00F832E2">
+          <w:p w14:paraId="0D76A7B5" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">AVE </w:t>
             </w:r>
             <w:r>
               <w:t>no.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="51909718" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="0935F637" w14:textId="77777777" w:rsidTr="007E1B70">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="306DB8B1" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="28F410D8" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7C532674" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="3637029D" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1CF72D46" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="776C1A32" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="5E654E0C" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="6C214C6C" w14:textId="77777777" w:rsidTr="00EE2BAF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="33014431" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+          <w:p w14:paraId="76334DCE" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="52A1E8C9" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+          <w:p w14:paraId="293CD006" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="286C50D2" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="1D053725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="6BEE6885" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="455805A8" w14:textId="77777777" w:rsidTr="00B23240">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6F700051" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
+          <w:p w14:paraId="547DBE19" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="36C91B16" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
+          <w:p w14:paraId="76F2B074" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5C20F7FA" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
+          <w:p w14:paraId="57683725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="77D61B9E" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
+          <w:p w14:paraId="54185A96" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="342C945A" w14:textId="1879813D" w:rsidR="003B5897" w:rsidRDefault="006A4D48" w:rsidP="00F832E2">
+    <w:p w14:paraId="5CDDDDB7" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="006A4D48" w:rsidP="00312323">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Owner/supplier </w:t>
       </w:r>
-      <w:r w:rsidR="00231ED9">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="003B5897">
-        <w:t>uthorisation</w:t>
+        <w:t>Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4946" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4138"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="4506"/>
+        <w:gridCol w:w="166"/>
+        <w:gridCol w:w="1300"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B5897" w14:paraId="28814E08" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="001A0D67" w:rsidRPr="001A0D67" w14:paraId="0C37F170" w14:textId="77777777" w:rsidTr="00B2590B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10084" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2D44190A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRPr="003B5897" w:rsidRDefault="003B5897" w:rsidP="009D49EE">
+          <w:p w14:paraId="468F8D99" w14:textId="78F70B08" w:rsidR="003B5897" w:rsidRPr="001A0D67" w:rsidRDefault="003B5897" w:rsidP="5E6DB276">
             <w:pPr>
               <w:ind w:right="-33"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...3 lines deleted...]
-                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">As the </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
                 <w:id w:val="299198410"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="5E6DB276">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Owner</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
                 <w:id w:val="2041322485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
-              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="5E6DB276">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Supplier</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (select applicable) of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00C94BBA" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>railer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> described in this form, I declare that the </w:t>
+            </w:r>
+            <w:r w:rsidR="5E62AE44" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>railer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...25 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">pecifications and </w:t>
             </w:r>
-            <w:r w:rsidR="009D49EE">
-[...13 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="06E711DF" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>railer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> mentioned above to complete the S10 approval of this vehicle in this build state/configuration.</w:t>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment detailed herein are representative of the </w:t>
+            </w:r>
+            <w:r w:rsidR="43A62F3E" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>railer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as it will enter into service and that I have enlisted the services of the AVE mentioned above to complete the S10 approval of this </w:t>
+            </w:r>
+            <w:r w:rsidR="00B299AE" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00F90661" w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>railer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="5E6DB276">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in this build state/configuration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="64AA442A" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="28FEF528" w14:textId="77777777" w:rsidTr="00B2590B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="039B41A2" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+          <w:p w14:paraId="59361AC5" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6011" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5972" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76318438" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+          <w:p w14:paraId="0BADE38B" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="5B438939" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="7D88B3E6" w14:textId="77777777" w:rsidTr="00B2590B">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7305E7C8" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="580FD912" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6011" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5972" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4499CC68" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="730763B3" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="59C55336" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00B2590B" w14:paraId="0E9980BB" w14:textId="77777777" w:rsidTr="00B2590B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
+            <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="48F42892" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+          <w:p w14:paraId="0E648F42" w14:textId="5EC3455B" w:rsidR="00B2590B" w:rsidRDefault="00B2590B" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Address</w:t>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="006A71B9" w14:textId="10852403" w:rsidR="00B2590B" w:rsidRDefault="00B2590B" w:rsidP="00312323">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="26EB58B3" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00B2590B" w14:paraId="4D973780" w14:textId="77777777" w:rsidTr="00B2590B">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
+            <w:tcW w:w="8784" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="02162739" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="3DF6C14E" w14:textId="77777777" w:rsidR="00B2590B" w:rsidRDefault="00B2590B" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1300" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31EC3417" w14:textId="29D07A76" w:rsidR="00B2590B" w:rsidRDefault="00B2590B" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="4F6EFE53" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="6B85970C" w14:textId="77777777" w:rsidTr="00B2590B">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="2DB69E34" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+          <w:p w14:paraId="3D39033A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4506" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="51DFECD5" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+          <w:p w14:paraId="4F3DA26F" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-[...1 lines deleted...]
-          <w:p w14:paraId="168D8D36" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00F832E2">
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D586A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00312323">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="07B23F6E" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="2375D114" w14:textId="77777777" w:rsidTr="00B23240">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:hRule="exact" w:val="454"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4112" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="701F8859" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="7F009E91" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="04BEA224" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="55D02094" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcW w:w="4506" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="205EF075" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="2C7EAA01" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:tcW w:w="1466" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="753B86E0" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="124CB2D8" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5C3822C5" w14:textId="77777777" w:rsidR="008843EF" w:rsidRPr="00785673" w:rsidRDefault="008843EF" w:rsidP="006A4D48">
+    <w:p w14:paraId="2D4EC6DA" w14:textId="77777777" w:rsidR="0062472D" w:rsidRDefault="0062472D" w:rsidP="008C062C">
       <w:pPr>
         <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:sectPr w:rsidR="0062472D" w:rsidSect="00B23240">
+          <w:headerReference w:type="even" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="even" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="102" w:right="851" w:bottom="680" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:sectPr w:rsidR="008843EF" w:rsidRPr="00785673" w:rsidSect="00BA31F7">
-[...5 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+    <w:p w14:paraId="6CFF3644" w14:textId="5D1665F1" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t>Dog Trailer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00EC284D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dog Trailer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15D1AD0A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpc">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="6ED868BD" wp14:editId="63BE5D1D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2540</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>24765</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9705340" cy="3067050"/>
+                <wp:effectExtent l="0" t="0" r="10160" b="19050"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21600"/>
+                    <wp:lineTo x="21580" y="21600"/>
+                    <wp:lineTo x="21580" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="1406840496" name="Canvas 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
+                    <wpc:wpc>
+                      <wpc:bg>
+                        <a:noFill/>
+                      </wpc:bg>
+                      <wpc:whole>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wpc:whole>
+                      <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                        <pic:nvPicPr>
+                          <pic:cNvPr id="290702772" name="Picture 290702772"/>
+                          <pic:cNvPicPr>
+                            <a:picLocks noChangeAspect="1"/>
+                          </pic:cNvPicPr>
+                        </pic:nvPicPr>
+                        <pic:blipFill>
+                          <a:blip r:embed="rId19"/>
+                          <a:stretch>
+                            <a:fillRect/>
+                          </a:stretch>
+                        </pic:blipFill>
+                        <pic:spPr>
+                          <a:xfrm>
+                            <a:off x="399074" y="15511"/>
+                            <a:ext cx="5944575" cy="2611768"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                        </pic:spPr>
+                      </pic:pic>
+                      <wpg:wgp>
+                        <wpg:cNvPr id="1153572333" name="Group 1153572333"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="1989750" y="39868"/>
+                            <a:ext cx="7673367" cy="2975846"/>
+                            <a:chOff x="1989750" y="39868"/>
+                            <a:chExt cx="7673367" cy="2975846"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="824497782" name="Picture 824497782"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId20"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="7006824" y="39868"/>
+                              <a:ext cx="2656293" cy="1655440"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="452442544" name="Straight Connector 452442544"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="2492405" y="1809750"/>
+                              <a:ext cx="0" cy="1145590"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="274224095" name="Straight Arrow Connector 274224095"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="2492405" y="2893245"/>
+                              <a:ext cx="2409842" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="261911787" name="Straight Arrow Connector 261911787"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3680187" y="760512"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="none" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1204826047" name="Straight Arrow Connector 1204826047"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="4892722" y="754277"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="none" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="405502848" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3209946" y="2777589"/>
+                              <a:ext cx="1067435" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="2E3BF320" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Wheelbase</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="270590933" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3143377" y="646847"/>
+                              <a:ext cx="600710" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="4CEAF1A2" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00A37484">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Load</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="974798786" name="Straight Connector 974798786"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="4902867" y="600501"/>
+                              <a:ext cx="0" cy="2362155"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1464674443" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3019552" y="1176599"/>
+                              <a:ext cx="843280" cy="477272"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="6C44B9FA" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Imposed Load from Livestock (M)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="401502174" name="Straight Arrow Connector 401502174"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="1989750" y="273072"/>
+                              <a:ext cx="4044475" cy="35886"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1685480858" name="Straight Connector 1685480858"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="6034225" y="125593"/>
+                              <a:ext cx="0" cy="488950"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="476277983" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3236181" y="116068"/>
+                              <a:ext cx="1478942" cy="274457"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="239F9BC4" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Internal Stock Crate Length</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1918887344" name="Picture 1918887344" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId21" cstate="print">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3861362" y="841904"/>
+                              <a:ext cx="333375" cy="332740"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="653024397" name="Straight Connector 653024397"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="4029212" y="571926"/>
+                              <a:ext cx="0" cy="990677"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="347441358" name="Arrow: Down 347441358"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3924291" y="1214699"/>
+                              <a:ext cx="204470" cy="415925"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="827621287" name="Straight Connector 827621287"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="1989750" y="125593"/>
+                              <a:ext cx="0" cy="474908"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1328041140" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="7190400" y="2503805"/>
+                              <a:ext cx="2374900" cy="476250"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="C00000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="2D03090E" w14:textId="7FABFA2F" w:rsidR="003E5828" w:rsidRPr="0032296C" w:rsidRDefault="003E5828" w:rsidP="0032296C">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Note:</w:t>
+                                </w:r>
+                                <w:r w:rsidR="0032296C">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> </w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="0032296C">
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>The centre of mass of the single load area is taken to be at the geometric centre of the stock crate.</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1965123307" name="Rectangle 1965123307"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3352927" y="1869811"/>
+                              <a:ext cx="529590" cy="452652"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="687F1F7F" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                                <w:pPr>
+                                  <w:spacing w:before="0" w:after="240"/>
+                                  <w:rPr>
+                                    <w:sz w:val="14"/>
+                                    <w:szCs w:val="14"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:sz w:val="14"/>
+                                    <w:szCs w:val="14"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="t" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="406456711" name="Picture 406456711" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId21" cstate="print">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3488817" y="2010789"/>
+                              <a:ext cx="255270" cy="254635"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="1389117848" name="Straight Connector 1389117848"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="3612642" y="2042974"/>
+                              <a:ext cx="0" cy="623570"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1343815251" name="Straight Arrow Connector 1343815251"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3610002" y="2549707"/>
+                              <a:ext cx="1292865" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="2096404472" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3988462" y="2422707"/>
+                              <a:ext cx="517525" cy="264795"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="6FE83AED" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:position w:val="-4"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="857882261" name="Arrow: Down 857882261"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3510407" y="2277489"/>
+                              <a:ext cx="204470" cy="233680"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1979337617" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2631489" y="2371374"/>
+                              <a:ext cx="843280" cy="255905"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="3B29969A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>100kg (M</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:position w:val="-4"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="792201856" name="Picture 792201856"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId22"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="7209450" y="1751625"/>
+                              <a:ext cx="2324886" cy="715350"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                      </wpg:wgp>
+                    </wpc:wpc>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="6ED868BD" id="Canvas 1" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;margin-left:.2pt;margin-top:1.95pt;width:764.2pt;height:241.5pt;z-index:-251658237;mso-width-relative:margin;mso-height-relative:margin" coordsize="97053,30670" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQDF6oCOZwsAAEhPAAAOAAAAZHJzL2Uyb0RvYy54bWzsXF1zm0gWfd+q/Q9d&#10;POxbxnTTQKONM+Vxxq5UZTOuSXbmGSMksYOABWzJ8+v33G6+JEuWnWhiea1UxQbTNE33/Tj33Nu8&#10;/XE5T9ltXFZJnp1a/AfbYnEW5eMkm55a//5y8UZZrKrDbBymeRafWndxZf347u9/e7soRrHIZ3k6&#10;jkuGTrJqtChOrVldF6OTkyqaxfOw+iEv4gwXJ3k5D2ucltOTcRku0Ps8PRG27Z0s8nJclHkUVxX+&#10;+t5ctN7p/ieTOKp/mUyquGbpqYWx1fpnqX9e08+Td2/D0bQMi1kSNcMIv2IU8zDJ8NCuq/dhHbKb&#10;MrnX1TyJyrzKJ/UPUT4/ySeTJIr1O+BtuL32NudhdhtW+mUizE47QBztsd/rKY07yy+SNMVsnKD3&#10;Ef2Nfi+wPjFdTjO2wPIK37b1a1Z5mozpDrpYldPr87RktyFNsv2TfaHn9QRX+mY4S7Om+6bbIolG&#10;+N9MO47uvdXu5cdd9U0ZW00n80f1MQ/LP26KN1iBIqyT6yRN6jstTXg3GlR2e5VEV6U5iT7dXpUs&#10;GZ9aIrB9W/i+sFgWziHMaEUPZ/0FTCB1QPeYHkJ6w4959EfFsvx8FmbT+KwqIJaYTRK+k9Xm+nTl&#10;8ddpUrQTTcfNi0KEd6uKEa/3eXQzj7Pa6EsZp3jnPKtmSVFZrBzF8+sYL1d+GOsBYdHqMq6jGa3s&#10;BCv8KwZLAx1c0KPsB0avUBU0X+FoOSnn9BuPZstTywkwZ9Jid3hd1+XNE+JlzSJcdQMpXd+1WITr&#10;wuPc95SelL6foqzqyzifMzrAKDEYLYDh7ceqGVbbpJlMMxI9RAyM5Hg6WkzbecPZvZl7kk5elvlN&#10;gSFQt71ocO46ri8cx2llQ7djg79jDpt7LsviM6ar+cPUnG2YPB6owHdhtTA7TqDM3ISjdvZ8z3cc&#10;z29mDy2V9Iw9i2YwejT9W3qIZj83K7CtD6y2WUmYgynsox6wkW1M6ovRWCWkDHxf3dPY/gJWYVUF&#10;X5LGCrPe+9RYWHgPs7NN6ITneiKAlJPKcs91pWyNfav6rT5+i8oCDFS9ylbfprKfZ2ERa5WtBior&#10;XQiHwPhbjf1cl2EyndXsPM8y2Jm8ZH0braz69vOsUd1qxeixCYzzb2TVB+ZPyEBIGwaOJkvZWpvR&#10;U6/DUG49kVy6brBjItMko7cIRxttX+ejAxsmg5oNnC9Ohj764sLGv8bSDpr1Prp9t0WBo/quBQG/&#10;xhN4QjIs5gmE0uLO9YdRBDdj3BoNB61pHMaJNDc2Q3voxqa9niaN4LqnPuLmuL1DPznP6u7meZLl&#10;5aZh18t2yBPTXqOU7r1pCq7z8Z1edZhDLZpky7+DjApfCghQAAkyiKOT0bOyzBcDSe1b7pRUmpnG&#10;PQ/lU6jAEdI1FqX1MfRwJWE+SUpbidmi6LBCWn869TFC8pdJaziaxeH452zM6rsCaKyq4zCtZxYh&#10;1XRqsTRGRDKPx+aN6jBJH9f2qAVaaw5ICzweABsqQJ1dWtC1fIoWOJ6yOfUOGfc92+WNW22VwJEO&#10;0N2L0IEMQfZRAeBf/6/cABe2VMKz5W4NGDR9igpIFQhfwM6TCrgSQe6qH3hBKvAUN7BVXY4+4MB8&#10;AFC0awslQScaH/CFrPNP+ZJpY01oDNE4hdWsXuLPHUQt1sgXwk2EGxBTGNg3uNWgOiIQ2PXiX/kY&#10;oCK8qXMNGlvQ0xIbwg4CxNukMNAWBN/BqsZw2/PhN4zXEI7iQkOrLrBGmPkUauNhOH+Bf/R49D6A&#10;8/sICcLRPKnB0KbJ/NRSFDZoFNhhLzw0HDXYygygYfmGEUS9vF421sggaVbmIHMQ/IA5xsEsL/+E&#10;1wILCxT335uQ+Lz0Q4YlCjjFl6zWJ+CKBE7K4ZXr4ZUwi9DVqVVbzBye15rqpTFm+RmWcpJo0ojW&#10;3IykQTmINr8bpLcR6QU9UfTcgsyl48DckyB70lPwMXpNW/Dj2bbPmzD1KMZLTQRrw9HL0CuW5sCX&#10;fqB8BUO4Bs27KJD1bRobAEP9FBJFBjD8xHOShNpgN/T03+NQhOMJcMyNGWzN9ZqRPXIor45D4RJm&#10;zZdSdtT8c1tcmweua7A2pTzcYA06KOkI1ZhciXQTEk7GtW4R6oeTImuQYI0I3AdyON9IJu4NOZjc&#10;G03B0eQiUSdtDiTMKau2ZnLXOcG+5U7DO+AEhzkj4Tu2kb7e3EobutQm7RxXwfY/KJ1HWlDnxY/k&#10;+Ephx5NyrpsTONxTrlS2cruYsGPHe/AxaLRTCTamcDzbAQePOA7oAzGci9wXOurVobXTSgXIuzyo&#10;CUfw8erAh/Q9sAOBOhjsAZTMFTfSzD2kelelmUtfBW2+BzklhNwPy/RzY4+WkFhnPvbEWmjsoTX+&#10;0LEHFTG8pNIMpHSUUr7T59+vmmqq4ZVxXEWgcM6RVwYJ9cuEXZbhLaq12IcIJUzsDbso45h9/u2S&#10;/SOcF/9kV58u2YbG83AaU+tP+U3G2FWZ/4fqiGCsX27pB5VgoLCyBkdZlEmm34bS/FFTr4Xjr63j&#10;2k1+Ko8j2tZWREke2HLViqAMyukQogMzssMx7jIifXEirdf9Aq/vkIn3XMcW0gnuZ2B6rNG3+Tqo&#10;IW0RCCQfCWq4Pg9EU87VUnEN1EBJnWfyM9vJ5CPUeHVQw5Fw1xwBWRsX6nBwxN7ni4z1F3vR7GoQ&#10;W6q+rfnrykMcVC+JoEELAkTKOlOBvKT0WwTM3WBXjmOMsehh6ZTKlsqQlQzGGl2xjWqgpMM60bFa&#10;Y9RX+Qz6hwJtSFdsKngSmyqH2phOP3sWjmNTAo34vK+uakehkzOba6IeUUz1vWui0q6Ma0dNVMd9&#10;V0V0kSCj9TGs6quwRBE95GK/6Z3sZn6eo8QcAomn6UM8o6zT9nBS5vPfsR/gjJJKuNTmg6K6bE/O&#10;TUaIYUdBFJ+d6WamDvxj9pnq6s1iEG38Zfl7WBZNFWMNI/wpbwPRezV4pi3JwaHkmZRA6MHFhqKZ&#10;3mH1bXqr8BRmfkgVPRQb+6DwdxR2Hx3Wq3NYnFhuyTkleA8ipw/IZUtYbsJfwrUdhcpdKEbP9QiH&#10;JBkNqBqSQvtdjM8uYDtwRYTdB9toiJd/KKcfuPC1933esAvylb0f6nfi7JeY19D/0INjGt9fXlDO&#10;Aw+lgw4Y81aeKRTDjp80ZoNrval9BABzXIQEJvXJlReoeztoREB140YgXRTnf1OqSFc3m/CKZuyI&#10;g6xH4CAqbtE0kTYWGzThkJHReqXMs+IiCu7x/8XsLpK2J13Ph042/uuqYbAGF44E1rbdhs9KYElw&#10;j9zYVdp3C9J7zdMjQd8Gttgj5KGQD3Z7O9+yy9EfAIPFHaWr6PsSyk3psr5R76eeEhIgvSA8SiAQ&#10;hrLBHiBPvYKhGmflCeyX3EELHmOCVxgTSJTKAtt2NrUT0vXqBo6a9KbpTlEloNwW7nocqLgRUBe7&#10;QwHXVgSUA3Eprync3SGh1XHLE+35b3kwzKNm1I4b/x7/jYeWUiLg2O8nR3W5R4U2/bcGnrtoLVDY&#10;Xt6oDQoi7qmNy30KSXUkAg/gY8+iEYcDLVr7HrGxzt9siAj2S4u2LOc6lj8oNtL1lRL4xEMLlYfJ&#10;CdVd7A35I2Jjl4OtaTAciiywhWnVkA+TEwjLscnvYYk8Jic22e1jcmK4w2T73pNjcmK86RNGm90b&#10;D3zsgPE9CsEOgvoVnsPJgOiwxfE5iN5VYzKsyaYqQEMNf31A+PXML0jqR3zgYVuidJ91URo4H7p7&#10;e2mkkh8IMBLK7XbUtKRSfwFekt6K0OLL+8hUo1eInPb2kSnsCgwkdIKUFyiUIy+zqrwCH7agOnUN&#10;Tn36VNMOKPAwnaO/LWVo8v4zU/pDSfjOlN5QGNHX2nQw1Hxajr4HNzzXrfoP4L37HwAAAP//AwBQ&#10;SwMECgAAAAAAAAAhAIm2B4WRFAEAkRQBABQAAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ4lQTkcNChoK&#10;AAAADUlIRFIAAAFzAAAAowgGAAAAePP+CQAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAA&#10;CXBIWXMAAA7DAAAOwwHHb6hkAAD/pUlEQVR4Xuy9BZhVx5b3DQESPMSVhIRASEJICCGBeIK70+7u&#10;3afd3d3d3Ztu2nB3iN9cm2szc+/cke+VsfedmXv/33/VOaf7dPeBkATm5n2erocfe/fe5bVq1ap9&#10;ateeMukm3aSbdJNu0k26STfpJt2km3STbtJNukk36Sbdj9hh0k26STfpfqDTqZNJ95d0uraYdJNu&#10;0k267+106mTS/SWdri0m3aSbdJPuezudOpl0f0mna4tJN+km3aT73k6nTibdX9Lp2mLSTbpJN+m+&#10;t9Opk0n3l3S6tph0k27STbrv7XTqZNL9JZ2uLb6T+4//+A/867/9q5Z//Vf827/9m+LfDRj/t+H1&#10;CTCOf/2XmyD3JvAvOkb//peRv7Xn//IvY/lXI4z3M4Z//mf88//+37fF/74l/0t7/F8GjLmn5X/9&#10;Ly3/83/+T/yvb0H86DF2/3YwjOOHcDfj/kH8j/HX/gev6ZDzMffGMlIWXZt8Z6Q9RzBs71vzL/8s&#10;cjcOY7J5C4z2IUPYR/7tX8f2v381yr/inxnfv//7v+PPf/6Truff3OnUyaT7SzpdW3yr+/Of/8z/&#10;gD/+8e9QXl0D9/BohVtYNPxiEhSamHhoorX4RcfxOIo/rwmaKP4tRMaOEhHDI4mI1hIWBQ3j9ue5&#10;Hk14FPx11+Rc+3cUAug3IDwSgSRA/c0jCQwLJxGKgFAeifbI6yHhCAgJUwSGhBI5kmBBey8wOBQB&#10;/DsgOEQH/w7iURGsjv5yHshjQBD8A4VAaAIC4ce/BY2/oLvmHwBfjQ459/eHj2YUXz8NfHx57ucP&#10;bz8/ooG3rx7+rcPLxw+exEvO1d++PBI5Ct7j0N8fx0h8Co0O7d+ePhrjME+ezJv26K/w4rkWOdei&#10;vzcBlu9meDB9Pe4Cy6jHzVsH8zAWue4LVy8tLsTZU4uThy8cFT7EG/YeXrBz1+M5cm5LbNyIqyds&#10;XDxhLfBcjxX/tuLRkljw3NLVg8exmAnOnjB39YI54zIXvwovhSWvCeoe82JBLJkvC2Lp6afDF9Ys&#10;oxYNbFg+W9aLrV8A7PwC4eAXBAcN8Q8ewSkgFM6BYSQULkFhOsLhFhIB99BIhUdo1Aie7D+e7Gve&#10;EbHwZn+Tc0+ee/DooY6E/VFw4zVbxhWelIbzFy/gz3/6k4KKQMs4p1Mnk+4v6XRtcUsnVsORY8dR&#10;VVuH9Jw8vLXfAgt2WSvu3+eAh/ba4uE9ZJ89Ht7viIcPOOLRAw6Kx/dreYLXn+T1p3jtaYUjFgoH&#10;HfEMefagE5GjI54TTBzxvIkTXjB1JE5YonDGUh6XHbBXvLLPFsv322LFfju8dkDHQTu8TlaZ2OFN&#10;E3sddlhtaoe3zBzwloUL3rJ0w9vWrlhD1go2bop3bNzxro0H3rP1wPt2nvjAXo8XPrQjclR44iNH&#10;Ly0OXvjYwRufOBInOXphnaPPKLynjk6jrHfWsk7HemdfbOBxw8jRGxtdfLDR2Q8bXHx57otNrlrk&#10;7w28LteEDS7iR4v+2lj8GE6H4XVXjWIT09zMPG+x99Di4IHNPG62G4dc471NDu7EAxsZRvKq8i55&#10;1SHn65l/Q9bpz1k/64zBulvH+KTuhI9VnXpqkbpWeLANPBUf2Opxx/vkXWs9bEOy1soNa8jblq5Y&#10;zfZ+08IZq8ydsXIEJ7xu5ojXTB3wqokDlh+0x3KRJ8rPy+QlypOwlCyhjC3ZZ4PFe63x/B5rPLfH&#10;Cot2W+HZXaMs3GmpeHqHBZ7eboantpniya2meELYIpgoHttyEI9sNcHDPD5EHtxsooX3HuD1BfQv&#10;3L/VjEeyzRwLtmt5gOcP6M+3W+iwxAM7rLCAaT+wQ3uu2GmFB9k3tdho2U3YRx9kfh9iPh/Zxfyy&#10;3z7PfraEdfKiuYsWC1fFUgs3LDR3x4ssrysHjpraWpRVVmP46FHFP/3TP+m0g9bp1Mmk+0s6XVvc&#10;1MkU62c/+xmsOLI/S8X5HBt5zgEXzHCPVUzzz8QMtzjMdAjDfW6xuM83FTN9UzDbJwVzyDz+Lcwn&#10;C/xS8QB5SJOKh8kjmjQ86p+Gx8kT5MmAdMVTZCF5JjADi8hzQRl4XgjJxAuBaVjmHaN4KSAZL4Xl&#10;YFlwBl7WJGKFfxJWBiVjFXkzKAWrQ9MVq6Lz8WZMPt4OTcPa0FSsjcrBu/z73Zg8vE8+iNXyYWwB&#10;PoorwMfxhYp1CSSxEOsTi7A+oQgbkvQUY2NyMTaNUILNQkoJtpCtKaVjSS3TnZdhW2opdiUWKHbw&#10;XNiaVo7taWVEfyzDjhHKb4ud6UbI0LKL51oqRtiZWanYzXztZpl2yrWsauxOK8We5ALsSSrA7uRC&#10;3tPB812Sn+waFffupHzsSinCjoxKxc4Mhic7DMmswHYet/H+zdg6QoVii6ISW9JH2cy/hY1phH9v&#10;ZF6FTcz7lrh8bGT7COtYvx+nlOMTdSzDR8ll+DCpFB8kleD9xBK8p+PdhGK8w/ZcG1eENXGFeIvt&#10;vjqmAG9STt4gK6PyFK+TFZG5WBGRi+XhOXiFsvZyWBZeCs3CiyGjLCGLKYMv+MZjMVkUkIpnA9Kw&#10;yJvnntF41kPLMx5ReNo9Ek/x/DGfBDzMvvCIWzQecYnAg55xuN8nWTHfK5EkYB6ZS+Z4JGC2Rzxm&#10;ecZjJrnPfZR7eW867+mZpuMeXteSOIp7HO61D8F9NgGYy3SfDUzHyugCfJBcik/SKhTrWL/Chzxf&#10;nVzBMiVhsTkVPA2k59j/d7t5Ky7f+FSnIbROp04m3V/S6dripu5P//VfuHThAlZ7BGOKSwym+Gdj&#10;ml86pnslKaY5RmCeqTse3WuHh01d8ZCNBg9b++FRHY9b+yqeIE+SpwQbPywkz9j64VmyiDxv54fF&#10;PCrs/fCCvQZLdbxIlpGXHDRYbueNV2lBCC86BuA5v0Q8H5qtFP1zQel4ITQTS8OysZSdbyk7obCE&#10;5y/5J2KVcwDW0KJ729kfa9yCsMY1AO+4BuJdNz1BivfchWC8r+MD9xAtHjo8tXw4jo/Ix4JXqOIT&#10;TwO8Q7HeJxzrvMLwsXcE4bn8TTb4RWGd+juURyMwLgmnMLj+iaShQ+snZASVptxjfoSPme+PPfR/&#10;G4RzC1B5fickGatFsVEBrmHnXkMFuIaK7+3EUi1Uim+R1Rzs3glKxEeso48Y9gOfSB0RBuiu+Ubi&#10;ffKebxTeYxkVmhjFuyNEG5xrWauJHcMafyEOb/P4tvwdEIe1gfF4JzAB7wUlMT9a1vDvt/zjsZp+&#10;3mI8wmrBLwZv+o6yykeIxkqfKKz0jsLrglcUXvOKxKueQoRiuUcEXlGE42X3MLzkpmUZedE1lIQo&#10;lriE4gWXECy19sISWx8sosJ+msp8IQ2QhTQ+nvZP0ZGKJ3l8gsdHNSl41CMGC6288Az7zVNWPnjM&#10;LlCLrQaPCuxLj7CfPEQeZF960FqDB3i8X4+Vr2K+pS/mkblkjsJnFN7Xcz//XnDACbMtfGh0Mf3g&#10;bCyLKsSbCWVYS8VtyNuJZVgRW4yFUUWYxwHmHun7TpFYuJczEdJz9LhOQ2idTp1Mur+k07XFTZ0o&#10;8wvnz+NtUea0BKYE5mGKbxpmWGkUi3dZYL+DC7xDwuAZFAa3oNBRAoWQMbjr8NBheO4RYAD/9gwM&#10;JkEjePOab9Ao1p6+WGNmi1dcAqm8c3G/f4ayTu7lLGAGZwyz7IMVi2hR7HTygBfDaBiPTwDjEvwD&#10;tccAOepQ13THm2Hg34d/K+Rcj/6aDm9NAILCIxEZHYP91vZ4Yq89p9om2GBiqYiNT0RASLjKl8ob&#10;w3j5BSi0z5Q1Y54tu8vzYoNnxc6e3nD28IKTuyec3DwUjq7usHcW3GDv4gY7Z1fYOrrAxsFZh5MW&#10;eydYO7lit70zXjloi/n2QZjJepypSccsduL7NBlaaEUusPTCChNb7GF7m9k5wsTSGget7HDAynaE&#10;/Qo7LdZ67LHvJuylvzHQ/x5eN8ZusouYOrpiv40DVuw2x4OmHnhsq5niE1MrWLq4Y7eN1u8INo7Y&#10;Y+uEPTY65Fz9Ldd16M/V0UEL09hNRvyQvQy3146w3vaxzhR2Wg7yninrZp25LRYesMdM1yjMYN3d&#10;652sxSsZ0/0yOKONw4P7HbHW1A4W8uze0wdW7sTDV2HtpXtu7u0PWx9/2PkGkEDY+058bu6onp2H&#10;6AjVPUcffYbuGhSu8AiLRFBsAj62dMC8vQ6Y5hyF+0y9MOuAG2YfcOdseyyz1XU3zLTwxUxa8ve6&#10;xeAezrwX7rVWdB85ptMQWqdTJ7fndGEm3X+z0yrzc3iP1t40nxRM8aEwbreBW1yK4vLVa/jrv/5r&#10;/OM//D3+4e//Hn//xz9+Z/6o5+8M+Tv8vTEMwkm69Q2N2O3uh61JhXgjqZJCGo0pnkmYwo4za6uF&#10;wszFE19++dVoWMYj8Y/yh7vLH/6g6ub3v/st8iurMZ/T6qk7bOAUEq34J9ad5Evv/+/of5Tfj+EP&#10;v9fxt7/H7//2b0f5m7/B347jb1g/wt/qjn/9u9/p+K0B2mvf/ORrxKSm48GdVrTAojCFykfVo3ea&#10;Fl57bP0uJKZn4le//jV+99vf4jc8/ubXv9EdDZFr5Dd6eM0Iv6bf78PvmO+rF8/DPDweU+1CMHfj&#10;PkVWWQVl4ncTw4zk487wW5bdGL/7rbYuz54+hQNUzvfuc1ZyOMUnVYs3+w+V+TQqyFU79qH7UK9q&#10;p9+zPf+Wbajn99K2+nYWKAd6lEyIjCj+TjFWlsf2ET0if//fP/4jfBPS8ADr6rGtplj68qt44aXl&#10;eP7VN/D88pVaXtWymLzwygo8v2KVaveZjmGYykFo4R5a5qRnnDK/mdOp77FOd2/S/Te7//rP/8T5&#10;s+fwgX807mHnnmHpD5ugSHz1xReKv6STpVjO4TF4YocV3ua0eH1UJh4OzsFU5nHKFitM3WqteN3a&#10;A53d3fjzn/5LF/Iv4/7j3/8N9Z09uN85DFM2mcMtKlHxY3Bf//RneN/GGdO2UpnvsMU9VJLTvJMw&#10;/aC74p7NlhzEbbHPLxSf3riuC/WXc//w+7+BW2ouplgGYNb6vYpa1u2PwTUwH89uN2M92uOenYQW&#10;rTDNldbtHhdMoUw+Qus4PDUTf6Sy/u90/uk5ePCTnVix/QC2rVqBratex8a3V09gE9n61hvY8Pab&#10;WLZxB2bah2CKWzwW7qYyJ93Dk8r8/zknlrko87UBcZjqEo1Flu7Iz83B0cF+xeHDh9FDRdnV1fWD&#10;6f42mM7g4T4c1RGXlYvHdtri3p1OWOfsh4MRiXgkogAPmnnR8jHFQms/xRRTX7xv5YLa6iocHxxA&#10;X28v0+tW8f0QpNy3QzfTOtzXh/5DPYil9fuQhQ9m7rSDuW+wYphlGejvx6FDh3Co57+DHvSyDoTj&#10;g4M41N0F29AY3LfNFk9Z+uItE1s8bcM8ciq+5KC9Ys0+S8y1C8XMfa6w0QSjr7Mdx4cG0cv4erp7&#10;jKRxl2BaQ/0D6GxphokmjAONFx7dY6+ITsvEqeEh1b5SRqPhvxMSx7fTQ7+He/twcqAfdQ31eM/B&#10;F9N2OOEFK2+8ud8KC2jVCvPsgrGCVu0KEydMtQ3DU/vsEZuSpmR5aGBgVK5UnIKcG8JrLP/NGe+f&#10;6GRQ2nqQ2AZH4ikq49f2WcFk6xaYbN+GvTt3TWAfMd25E3t27MSre8y1ytw1Fk/vslJ0DR/VaYhb&#10;O632Hud09ybdf7v7M5X5WbzhHsIGDcJmTQTqKsrR1tioqK6uRnl5OcrKbkJ5xQjlN6OiAhWk8hbI&#10;/ab6enSxs6SlpiqWm7thxgEfrAtKQmlpOYIzCzGfQrfcOQgZeYUIyC5WPOYYgbl73bDPOxCtNVXo&#10;aW1BXV09qqprUVNTh9racdSNUncL6keoR8MtkLTamlvR29GBzIJiLLL2x2M2/vBLz1MMdrShraUV&#10;DQ1NaNTTqKfRCIb3b03TOLTXG9HDwVHoamqEb0QMHt7jhAdsQuGXVYKqslJs9AzF3H3u2BsSryiv&#10;qsbehFzMsgjE0wddEBgbjyPMd3dbB+NrZp6ZLzI+vdE0x2G0rIKujLr4xtNQ34BDHZ3oammBa3Qq&#10;5h30xnKPSEVOaYWqy6amJtZlg9HwQsP4a/VjkTQmUo96A+qIXl6kDIfa21FXWoKdLn6YudsFSz3i&#10;kFRQiuzcPLxoF6B43MIbfompyKPMvxGYQtn1xSrOGrOzstFPmdTHXc26riLVVVWKKkMqb0WlolJH&#10;hVCuReJsra1GcFoOljsFq8Hvzb3meOuANd7k4G2Mtw7a4A0TOzxj6oL7HEIxxSUaT3MwEiaV+f8D&#10;Tt7uFL78+mucu3gJ//iP/4irly7hTScNFtho4JKWj8/49+fXrivOn79ELurg+YVLuHATLiou4+LF&#10;cVy6gkvjuXwFl3XI+fXrn+K3P/kJLp0+DcfEHMVsswA84xiCspZ2/O6z60gpqsb8bTZY6xOJExcu&#10;4tOL5xX2MRm438QPS92iUNfWid98/RX+6mc/w/Ubn+PGjc/w6aef6/gCn342ymd6Pv8Cnyu+nMgX&#10;X+ILxVc35XPy85/+FL/7xS/QPXAEyxxD8bRTGHI7ehV//OUv8M3XP1F+vxS+vDuo/Hz5NX7x85/j&#10;D7/+leLQ0DA2cDCcutcHH/F4+cIF/OrTazALiMH8zVZwySlX/IJ57O0fxMfeMZi53wfbIjJx4fQZ&#10;/P1vfo1f/vwXI2U1lq5Rvq2s+vvj4b3f/tVf4ZeUz7jSeiww9cOqwCTF4Ikz+Ltf/hxffvX1SH6M&#10;o223ESa0q769Cdtf+Oyzz0f4lNz4lHLD68IvKUu/okxlVzdisSzRPegLt/Qi1uN1nDp+Aq/b+Cme&#10;MnFDXnsXfvuzr5FRWo0ltsGYb+YPDQfQLyinv6GMCNev3aDMX8XlK0SOI+j6BPuHMKHPXDLSt3Rc&#10;YfifXL+GsrZDeNMnBtM2WeD+j3bgoQ178eCmAxN4aNN+PLRxn1oDP3+fo3pmfo9LlLLqhc6hIzqN&#10;cWunU99jne7epLvL7m/khzNi6+2HtQesMHDiFH7xzTf4ICgO97tGwiYlH5dPncLVc+cVJ0+exkn6&#10;GeHkeHhfx6nvgTbcGXxx5QqunjqJ0Kwi1YGF+2mVB6bl4SeXLuBnVy9Dk5qHObTAV3lHobO3H3/8&#10;4oaik5bcBq9IzN/liQ88I9HW3omfXrmMSxyATp06M8Lpu8hlGVw4CNY0teEFKvPHHYMRX1mv+Ib5&#10;v3D2PE6fPosz9Hs3kDxIGSWdn7JTH+W0XtgbTgtxjyeW2gWhvKYef/3l5zh75Cg2e4dzNuMK86Q8&#10;xWcXL+DX1y4js6QCL1kH4BEqdBsOkpdOHMdX167gPGVB0NejsTzcKT6lLFw6cwaBVILzzTVY4Run&#10;aO48RFm4iLNnzo2p++/OaSOM3pcyilxepbEjfH2Z7crZyWtuEZi+2wMb/WJxpLcPf/vV52ii8bDU&#10;PlDxmLUvYstq8Nc0PK6dOgHPxEw8QRl+ztIfsfll+OrCOcV1ysnpU2fZnyb2h+/LWcrWDdZZTmMH&#10;VnqEY96a9XjhxWVYtnwFlr7+Jlk1hhfJshWvY+nKN/Hk+t2YKZa5exye3Gml6BgY1mmMWzud+h7r&#10;dPcm3V12n9JSEZYetMd0m0Ck1jXjlz/5Gpvjc3G/VwLMaBGfGRrEhRMnFEc4Qh+hdXc3GB4cwjCP&#10;F2kBXj12BLE5RXjCyp+WIaeyxCY8Ccd7e/FX164qBeSVnIu55n5Y6RON+qZW/JQdQ/js7GmUVNTg&#10;VVrxs3Z7Y6dfFKfpzfiMwn3s6DEMDQ4rhu8SEvepY9r6Kq2ux/PMx6P2wYgsqlBcP34MJ5h/Y2Hv&#10;FIMDQzjKqfE1lvlkbw+sIpMVM6lMnrEORGxWAT47fRI/vXoFXW0dWO8dibmmPjgQn6U4TcUvivIy&#10;2yGAA+gjHEwf3u8N37hUnO7vw5XTpxTDTONu1qVwgcr1JOXCl4P3fAt/LOdsQahubMW1E8dwhHkw&#10;Fu5OMdg/hJNszxtnTilaGxvxrlcE7tnjhXfcwlFdU4dfXObgff48SmsasMQ5TPEIFXpIbgm+ZD1/&#10;xcFxqKcHe0KSMHufN162DUJmfpHiOgfIcydPUvaPqPSM9Y3bZpj9k5ygnF88egQp1U14wz0Uiz/c&#10;hK2rX8eOd97C1vffNcrO99Zi83vv4OVNuzDTTrs0+fFdlop21sHtOJ36Hut09ybdXXbXOH0UFps4&#10;4h7XGMRU1OFnX36BHckFeNA3Efti0nC0pxsn2LmFXlogfYd67zi9OoYHB3H56DBKK6rwtnsE7tvn&#10;g/dpWQgtdfW4RAG9QMEf7O6Ge2IW5rBzv0bLvJId6txgv+L88eM41X8YwanZnNb6Ya6JH5xi0jHc&#10;2cFBYJjpSRn6cKhnNN07ySEyzLo6xbIUlFbiOVrlj9kHITS3WHF+4DAG+/rpt29C2DuBlKtPfqBj&#10;5z5DxRualoNnrAIUMruxi0zB8Z4uZWWfO34CzQ0NWEflNMfMF3tZT8JAZydOcRC/TD+HWluwLzge&#10;U/Z64XnbQCTlFOLsQJ/i5NAQeu5SPeo5SeU03HsInknZmGcRgFe8ohSlnFmcG+jH4d7DRsPdEVi2&#10;frbV+SNHcLijXWEeloj5lKlFVn5Iyi7ABcqcyOQJ1ld+WdWIMn/YLhD+mQU4d7gXp4aHcfn4UZRX&#10;VmGFaximcCB4n3Uu1FfX4MLwIIb7B7Vtx3S/L9I/hcHD/TjR14v4kiq86RmOl3aZY/eO7di7Zw92&#10;7ds/gd1k//792LF3P5bvs8RMGh9TqA8eoyIX2mgc3I7Tqe+xTndv0t1l9+nnnyteNnXALMdQxFOZ&#10;f/P5Z9idWoyHNcnYGhyHtpoadDU1KeTHofq6O09tbT2aOXU9QiVTW1GOHb5RnPZ74RXbACSkZSiG&#10;2uUHuDZ0tbajpbYW9lFJmGMZgFfdw5BTUITepgZFS3MLBqm422ursVMTgdn7ffAEp7b+iWnop4Uu&#10;P14J9SxLXa32B807TVtTM3qam5CSlYdnHILxMJW5T3KW4rDkkdadpG8s7A+C9Sh12cV6OtLVjtTs&#10;HLxOC3H2Hk/FJo9QlBcX4WhXp/oRtrutHWVFxXif1tscc1/sCE1UtFZXoYN5bGtpw9GONuTnFWCl&#10;UyCm7fXBSpdQ5NCiFIZ5r53x1NbIj8Tj8nKH6GptRVtdLRyjkjHXKggvcpAXstjmh5u1P3AaC3dH&#10;YBsNdHWhl23pG5uieJIGwkMHfeAQGoNO5muwq0Nbl5S7lOw8PO8UqniIsusen4behjq2dxO62zsw&#10;1NoM//hUPMW6vo9yKezURKGhqooy24lmyo3UpbE+cjvof8BtbmB/ratDZGYeVnHW9aiZO17eZ4UV&#10;B22x3NTeKCtM7PGKmSOeMnPFLIcQTHWOwsLdloqG7l50cdYQnZmDwWNj3wY1dDr1Pdbp7k26u+z0&#10;ynyFuSPmO4cjvlKrzPeml+ARTSo2B8SgqbwcrVR6QnVVzc2pNE7VGKonUEkrvLa6Fl0U+ObyMpj6&#10;R+KBg9542sIP3tGJONxQr2hjp5Vf/cVCr6+ogHVYPGZTSS93DUEGO1FnTbWiktZPPZV9HxV3dUE+&#10;FVgIZuzzwhIqtehk6Vz1iibGI2lXVsiqgCpU8bxKzm+C+Buh/NY00Npq5SAYn5qpVea00tzjUhVd&#10;VZWolXIbCfdDKS+rQB2VwSFa28V5+XjHJYjTei+stPdXpGVmo5+DifiRMktdFubk4l3XYMw298PW&#10;oFhFfUkJmlnX5WWVaKVyOFRfjxTW3TJrf0ynAvrQM0xRlF+AXir9GrZ/BdM2lqcfiuSxgTJoG56A&#10;udZBWOoWrkjJykVXDdtMVoPo2kjbhrLS4weii6eF5e6tr0VEYiqes/RTzDvgi23eEagrLcMhKvna&#10;mlo0kDbmMyE9G4uoyIUHbPzhHJ2MrupK1FG+Rf5F4XdzoPSKiMfDpr6KeaZ+sAyJRUtlJbpZl1VV&#10;4ldWt7D/fE/qmJ9mxheVkYc3fSIxa6cNFry7EQ99sAUPf7KT7BjLx9vx8Ifb8NC6XXhgtw1m07Cb&#10;5hKNxfusFSV1jdjPPM57fyscgsJ12mOi02rvcU53b9LdZScrN4Q3LJ3xkHsUkqrq8c1nn2IPLfNH&#10;/FOxKyIZ/bQohjl1E7q6etDV2a2jywD9tYl0j6EH3YxDUHHJefch9Uji5KEeeEQl4jEK+P20uF2S&#10;stSjEbknHKI/CXeM5/3d3XBLyMQcWkmve4Sjgh3g9OHDCpkay1rgAU6PLx8ZZOeowSd+8ZjJTvi2&#10;czDKS0oVF44M4wjj6h6z1lj7mMIYEu8IMqW9CeoxS/8ATg4OcNotj1lC8YhdEIKzixTn+jkNHnnM&#10;Mor+8c/3QcJLHvs5vb587CgHvgbs8AnD7AM+WOIaibSSCsXZwX4cHxpWj0b6+1hfR4+ihYOkesxi&#10;6o190WmKYVqjx1kGFS+RxynnGTYhtwgvOoVjLuMVzKn4e1uacPH4CfU4QtWTLj/fj4n1KY+Lhg4d&#10;gmdiNuZx8H7ZM0pRQgV5buCweqQ02k6GbWmI9r6Ue+Qa5ckYPZSxHlqiQ4cHcHFoEFl5hXjDIQAz&#10;DvoqPgiIVxb7WbbvQF8fOinXA6zLY/39yGMdv+AcpniQytwnJQenD3XjMMshstvD+M8xzr62VjjG&#10;pCkesAzEExa+CE1Mx7HuLpxgXXd2GPatb+9jI+j6lLwPIJZ+YmkN3uHA8/T7m7B8yQt4/eWX8dqK&#10;18lrY3ltBVYuX44VPH/2k+2YYx+MqW6xeJ7WvJBbXoWDKYWYb+KGXb7BOu0x0enU91inuzfp7rL7&#10;/IsvFGts3PCYZzRcOAWUNbufRKbh8cB07I/LxCnpyCdOKoaHj6kfvRTyIx45ojiGI0dHOXr0+AjH&#10;BE7Njh07geMCO76cHzt+UnHl4kV8cf4cymsb8Bw7wYx93tgTFI9+duBvrl/FubPnFLKq4MyZs/js&#10;2jVcPnsGAVnFmGvijdWymoWd9JtrVxWyLPLcuQs4f+EiPr9xAz9nHHlVdXiJCvUhKiCr6HTFdcbx&#10;V199gWvXr6tlXtqlYFdx5Yoxro1w9epNYL6EK9eu46svvsQvvv4KLczXUlppsqFScm2z4ndffY4v&#10;Pvuc6d5QaQvXef59uKFD4rpx41P85uc/w8+uX0F4YQVmclB8lINdVF4pfnrjmuLXaonmZ7h27QY+&#10;Zx5+/Yuf4/TJk9geEId5+z1gk16k+Ir1+POvvqLfT1Xcn332GX7102/w02uXockoxOMmPorFVv5I&#10;LqvG37Aef/6Tn+BT+Q2G/iVv+rKNwHq5GVeNwTq9dvU6fi7LOK9fQ3hBJe5neV7zi1N09Q/iV198&#10;rvzq22lkOR+RJa4K/VK+kaV7lxTaJbQXKSciK+T8BZwjZ8+dxxXKw88+/RQnONhvCUvBlL2eeNUp&#10;RFHMQeTrK9qVLSd1K10uMvynly6iuqkNL7qEKx7kLCaYdf/Z6VM4e/oMjrP/HKXcn+H5Z+fPo6ej&#10;U7HBNxrz93tjrXs4auqb8MW5s2oVjfStIV0fG0Hf926C/BgsHGd/O0NjJa2mCR/6RmHFxu3qDc+d&#10;763B9g8/IO9PYPeH72Irj8s378Zs20D10tAzuy0V2aUVcMkuw7NWntjpHaDTHhOdTn2Pdbp7k+4u&#10;uy+//FLxkZ07nvCMwUObTbFqvyWW+8erXeD2RKbiKJWqWEdCX2+/FlphfbQCb8ZhWjWj0JIW2PlG&#10;4HWl5MkNCntDYxPWeIThvj2e+MAtDHW19bhx6hROUPgHZUUBGVIraY6o9c4nefROyVcrMFbRqmxo&#10;acM1+hckThlchmVgYfhr7GgXjmpXZTxMBfQEp7VCWHoerpw4js8vX1KDynFyQjjBdL+FMcsz9eiW&#10;Z54gFzmYXKeiqGpsxWJa5o+yc0SXVCm+PH8W58+coyI4PYIMVKfU8bsxsgyU4a9RAX1DhZJaXoPn&#10;aVnN3eOlVgCdGhjAl1euKM6dPa8UkISV88+vXkV/by82+UVj7kEvmCXkKi6eOMH8X8Ap1rUs1ZM0&#10;zlHJ/YT+B2ll7g6OV8ymknvTJQKlNXX45splXNMpOMmPYfkUurx+O7q61NXrtUuXcP7USfhnFqul&#10;icu9oxX1bZ34nEbAyZNnRttG14bSlqOI4aAzIASd3GmNDQMjRGRGFCH9XqeyPXdkCLZx6ZhHa3yh&#10;hT+iM/MVl48fw3nK7BD9Dg4cUbIpq13E2CmprsdSlzCF7HgoL4ldHBzCMfodGBhSst9H2T/OtC4d&#10;01JaUY03XMNUe23ziVIzpU/PnFH+Dxn2MznX97+bIm88D2CQ/e0oZyxJZbX4WBONN/aYYteGddi7&#10;ZTN2b98+gT3kwPZt2Ll9B1bsMsUcGj6ya+rTOy0UmcVl8MuvwDJbL+zy9Ndpj4lOp77HOt29SXeX&#10;3Ze0vgT5WMCz3nFYttcSO6zt8YY/G5LKfHdEMoY45ZYppCCPEMZOX40jjzlkqjqCboqr5zAFU6ab&#10;gjxr3BsYi1kH/PCyvSzZKub1AZwYPoJu+h2dQnPazXhPcFAZ5NEtIUutwFjpHqoes5xh/gSZruun&#10;1EJ/3wAu0FLpbW/HwdBETDfxUyy0DkBcRi5O9zLO4WFt2cj4ab62zLePpDnETnuCnTiPVutzjiF4&#10;2DYAgZkFirP9fRhg55THF4ZMfORwM3T5kvT4t3BkYBBnB/qRW1hCxRCO2Qf9sME7Es2s2wtHaeFR&#10;MQgSRh9eHotoH7NwJsYBUWY5+6JSFUNdnSOPWUbSIsOM49IxWZVRrVjtGYmp+3zxFgfg2opKtbpk&#10;mHnp0eXrW+kxxmh6wnG2jXrMIqtZLAPwMtMUSjjbkjL39X37apbxbWs8L7zee1i129HuTgQlZeBJ&#10;y0A8aKqBc3QajvWwH5DzVMCHmaa0s4TRtjfllVZ8gaxmoVUuLLDyg1dyFk4z77K6RJ9Gd5f0j171&#10;OEWQR19RWfl40jYYszhwmIQkqB92ZTWRNh1tfzLWz8ajL5+s8Blkv00vLsfHwYlqi13Z2XGRqROe&#10;s3CdiLmr2sf8WUsPPGLhidkOIbjHKQJP7TBTpBcWw58zo5ftfCaV+Y/VfUVFLsgXY5ZoEuEZn4Km&#10;mmpsjMrAE1Tm2ylYPU2NI8uyWltab4sWoXksrfojrejBnm4camxQuEQl4SEzDRaY+cM9OhmHW5sx&#10;fKiHcbShpamZYVpGaCV98lp6cxMco1Mxx5zTbtcgFBaVqNUugkq/if51NDU2q7XUshyvtLQUb1L5&#10;C1P2+uA15xBk5RfhODtvF5W9rCYQVLo61DXGcbto02tHH+NLzy3EIlrmD9kEwDspUzHY0owO5rGZ&#10;eTMW/ttpUnmS1+FlJYkw3NWB6vJyKvAIzNjvg2UcQJKzclmuLhzq6EAT/QsqrI421mU/67KqrAwf&#10;ymoWznJ2sb0FWaXR2yr1NxqmqUH7uv7hTiq1zjZFaFoWnrTyxz1Mc4cmEg3VVTiiW90h+dPXp/Fy&#10;3B59nWwbyqBzTCrmWgVimXu4IpsKZqhNJ29M47sxKh8jckIOMa0jlPPUzFy8Yh/IuvTFJp9IVFeU&#10;41Rfr6KDbWsok0I327q/s0MZIoudwxXzqcxdY5LZ3k2UrQ6tPOv6gLR9O/8WhtkXZBWWaXgC20CD&#10;hy0C4BmbgsH2ZqWQ22Q1DxHZN+xjxpB6FySP3exb8qWwj0NTtTugyg6jrjGY4hZ7czwTMcM5Uv0A&#10;OoMK/akdpopU9hHf/HK8NKnMf7xOr8w3uvripaAUpNc24QantXvTStQz8098wlCZl4fakhJFcWGR&#10;liI9xbdNEcMVsQPWlVegtawEmqgExSJO6WZSiNe5B6A8JxstVZUoLy1DYcHE+EtILcNXFhbAIihG&#10;u5rFUYPklFQ0lZYoSoqZz3HhCpl2bQXTrShDVHSc4gV2tnuZrnw8Ij8rC22VFagoKVN51JZxbBzf&#10;hUrmv44DR1RCCp6mYpUfw5zCYxVNRQUoN5LH20XqQMpTWlKqViwIsmrHLCASCywC8ZC5L+yCItBa&#10;WqyWvKn6kPKMK1MZ27OBYXPS0/GOc6Ca5WzRRCgq8nJRy7os5iBpGEZPE+MVagvyYKcJwwMcCObT&#10;irUJjUMty9fEeG+W7ndBylrHQUra2yokRq1mecE5WBGXnIrmEtbDD6hLQSuXRWyzciUD2RmZeM8t&#10;BPeZ+mOprR9i4hPRQbmpovwI4nd8mSrZ1vXS3ompeNY5VDHf0g9WQRzgCvMoV6Vj/AvShkIZ77Vz&#10;ECzMSMN6lwDcd8AHi6hIw+OT0FJWquRdUOH06erzMB5d3GWsk/LcHEQzjo9DUzAzKEdtcTzVKxn3&#10;eKfclCmyHzsVvl6ZP7ndTJGcWwDXrCI8b+WBXV6TyvxH6b7+6mvFZjcNlgenIqO2GVfPn6cyL8YT&#10;VObvuwciPzUFRdlZiszMLGQROY6SOUIWO4IhmToydOTn5KA2Pw9BEdFYZqNR3HPAF6upTNITE1BT&#10;mI+87Bykp2cgg6iw6Xrk7wwUMY681DTs14RjthWn3XZ+6kMQpVkZCpWWLrye9LR0FWdJbi5qcrMV&#10;zgHBWEgFNne/N7Z7BCE/LRUV+fnIZFpp9J+hQ4X9juSwXopYHwEs51NU5rJMzco/VFHK+hSFIfkx&#10;FvbbkLwJpVS4FRz8BGtNKB6mQr3voDf2+QShKC2FZclTZRe/xuLJYl0Ws8MnxsZitZM/Zlv4Yb1n&#10;sCInKREFmVJ3zKeRsPr2rGIa+amp2MmBWJbsPWnmA5fgSJRTVkpoBKSlMq/EWBy3g9R/IeUhl+19&#10;gO09xyYEix0DFSGR0SijAhQZSU+TutQyvu1vhfjPzKAMk9qCAmSmpGC9KxXqQXk3QQPf0ChUUVZK&#10;KBeqvXTh9HKtl22R2WK2Q1BkLJ5xClXMozI38Q1CaVoy8rKydelow2RJf9GH53ledi6Vfj4SYuOx&#10;xsEfMw/4YQXlOjomjnWcqyig7OrDSh+8FTms/+zkRIRS/j4J44wmOJfKnIqcynwalbZRaL1PlQ+T&#10;uEarxywzHELx9E5zRWJ2HkziMtQ3f/d4B+q0x0SnU99jne7epLvLTq/Mt1CZvxqcRmXehCvnzmJX&#10;cqFS5ut8I1BdVKh2ThRKaXEqaMFqKf1WSopLUUQLT9YBt9VUI4udf7VrEKabBypecw5DTEISOivL&#10;UC0WCP2LRai1sA3RWea0jioLC2ERTAvCgvm290MSrbRGWpJCsYGlJla2FlpBBYUqzgZaX0Jdfg5M&#10;qSAe4rT2SU7fHcSKolUp8Ut+xb9QxBmCzBL0x4lo/RkilndNSTEiEpKVZf6AtT/sQ6MV9bRmS5k3&#10;ZZkZCftt5OUXooZ1KbOQ4Kg4xdO2AWqHw02eIcjLSEcLLUmphwIj4fWUcGYlL2hlpaVhjUsgZtOi&#10;3+wbrpAZUlXxaL2NR+IVZAYl7wbkpafhHddgzGN7LrcPQERMPJo5+6ooK1fo/RuLayKjdSt1Xs00&#10;yvM5E2N7z7EOxhLnIEVsYgoaigtVO+utXEFvaU9EKwvFgpKNItZBCZqrqxU1VJjm/hwwzP3xmG0I&#10;7EPYVoy/kbJSTDnWh5cwo/Aa67mqjDJFuZH3GBZRngX5tJtlYLhS0pW8X3KT/lKi4EyuqpozgFJE&#10;0Jp+kTIzzzIY69yCVXsKrdWV6h0H8V+m74fjkOtCJWcz5RxoYyl/GyLSMSesEFN8MxRTNZnG8c/C&#10;lKA83OseT8s8BPdSoS+kIhfiMnOwPjgBM7ZbTSrzH6vTK/OtHv5YEUprqKYRl86cxo7EPDwemIZt&#10;IYnoaWpGX1enorW1TUuLDvV3+whtbR1jaCetpLOrBycHBjDY0Y79wXFqV8PnbQIU0Rl5OHGoW+2/&#10;LGt29Rium1Xr0Yns43x0cAj9PT1wTcjUrmahIqqoqlH7iQi96vVuIkfSJ8hKACI/cA0MDCounzih&#10;nifvDU9V25O+YhuIDE4nr588iTMnTqJPVh4QWVUge53ojwrm4VacPHYM508cR7HszcKO/bC1BsFZ&#10;BYrLR4bVaoYhWT89wpFvR34IHDyCE8dO4vOzp1FX14C3XIIVczi7+NgvVj2XvXb6BE4cP4ZBXbyy&#10;58eEuIjsU3Pp7Fn1e4L8WDr3oCdMYtIUsle3vOo/NHR0QjgF8yHISo7Tx0+qVUTVzM+b3jG4d68X&#10;NnmFo7WhUe1JIhw7ol3NoV+ZpGVivY3Urw4Jc/bkKbUPu3dqHuZZ+OMV93CFbBR28ehRhhtGf/+A&#10;4rBweGCkvUfRyYFOJnrkh1bKyDHW6ZUjg4rwjBwsojW94CCVcEQKBiirUg89hyiXXWNl0VBO2zu6&#10;IK/SD1N+s4vL8YJrhGKeuQ+cohMx1NYC2Zdd/LW3a/uEYR/R950WMsQ4+ttaoUnMwP2W/mopplNE&#10;kkLW8584fBjNLeJX3/fG0iZ9kHS2d6JDnpnnFWFLZAbmu8diqpk3Zsje+pRF4/jhXrsgzOJseY5D&#10;MGY4heGZXRaK2IxsvB8QiylbzbHXZ3Jp4o/S6ZX5NgNlfvH0KWxPzMHjAWnYHpaEvjYKGYVVEOHt&#10;GIdSvErYJypfdX6oD2fYmWUlQGBCOp6i5fOouQae8RmK4e4unKFi6R3XAQ/3aTun4ZJGUcJnqWzl&#10;xSGvlFy1AuNNWvn1DZxRnDqpOHLkuHbNrax91yHrexWyHE13LrvtfUlFU9/Ugne9otSbje/4xKC3&#10;s0vtsnjl4iWFLDWUJXpqmd4IZ3H6DJGdD3k0RK5fZrhPL19GdUuHeoHkISs/RBSUKWSnvEsXLuHs&#10;2XMGnP9WTjO/suXwLz/7TH10wzoqDfP2+SiWs/MVVtTgK9nw6do1nFFhbh6v3Jctir+68alaibHZ&#10;Lxrz9rvDIiFLcYXK+dNLl3H23AWj4fWcYZ7Onr2AT69cxdeXLiCxqByLbIIw/6Af7BKycfXkccVP&#10;btxQ2yafPCV1dG5Mfak6k/qcgLbObzDui2fkvQLtromveoQr6qnUvrig3X1S2ki/PFGWI+rfYRC0&#10;7a1bhkhZENkYGj6Gs6dO49OzZ0ZW5rztFsFB0YczkxgORFp5Okq5PaxkTztYqAFj3GAhg8MQByJ5&#10;sSq/ohpL3CIVc6nMXWKScZxGkKxekhU+8oKaYR/Ro/qVvCjU04vj/fTb3AKz8ETGEYCnrbSEJWfi&#10;BPuKvPSlBgYyvj92dkpcNHpk1UxLC9JLq7EzLBnPbjuIJ19agWdXvIHn3lxL1ozhebL4jbewaPW7&#10;eGzjHszlTE++lPTMLktFTHoW3g+MozK3wJ5JZf7jdIbK/DWdMr9AId4Wn4PHRJmHJtIiaMUALQuh&#10;gyN+e9tE5Lq6Z4D6mwI3QCE+1tWBxMxcPG/tj9kH/LAzIGbkgxdnhwbR3d2r/ItwdnZwUNDDv8cL&#10;/lEq9H4OHK4cCGQFxhtOASivqMIpdgJBLCl5024MFO7xdPH6CXbs87S+UnMK8Rytkhmm/tjP2Yh8&#10;DEHeEBUO65aVTVgi2CuMzgD0iPUvu9+dYqfLL6/G87RwHqQy90/LUcjSRFm+Z6gQvo3eXlm7368U&#10;hqzK8eCs5BGLAA6KMjD6wychAycP9+IsZwR9HAQlf8bi0SMD5wCV1Jnjx9Ha1KR9A/SAJw5EJCtk&#10;hYUs0TMWdjxi4crxPGc6sqTPKToVCyRfNsHwT8lWnOzrY30cUWugjdXZGMbVs+wwKRarZ3KOdmmi&#10;W6iimIpTlibKMldD/2p5oxx1jLa5VhZE1vpZn7IZW2tdHTZQeQv3Ui6XO4Uiq6AE52ksyHJCJY9K&#10;Bg2QvymbIqd6ZSqW+RGWMaekHIs5KAhzzL3hGJmA4dYW9DFNeauzo12scyP9RNePWjhAyRuokrfG&#10;6hqs841Ws0Y1c3QMQUpOgVpK20c/2jBi6Y+Gl/gFedu6s7EJSVTme0ISsGbDNny8+Fmsf2kJNrz+&#10;Kja8tnwCm199CeteX46XPtyEObTUp7rGYeFOS4V81em9gEll/qN2emUuj1mUMq9uVJ1ye3yuUuab&#10;A2N1G201Kxrkyyx1N8dw0x95DCBLvmQpXmZWDla7hmKqSSBeZ0fMzsnHABWm0Nqo3VxIXhT6NmQj&#10;qU5aLc3VtbALT1IrMF5z8EN2di56OK0UZKOp2uo6A2pRY4yqWlRX1aG7mWVjGT1lKwFaQDNN/GAZ&#10;FIPG8jKF3K9hPMb2wLgZTcxDu9qrIwfPUJk/QGXuEhGv6KysQD3LayycMbT7dNSipb4BHdVV8I6M&#10;UxuHyWqLHRwUBdk/5xDrRepR9psxFs94pF7aqciL8vPxnmsIB0YvbPePUjSUlanNzIyFM0ZlZY2q&#10;U9kPp6akBDs10axHDZ601BIRn4xOxtdGi1e2V1D79oyLwxiy54uEkZUzdpFJamniUqcgRQqn/t2M&#10;U8osbTkGw3bWIbJQzWN9bQMOsdzypaD9fhGYZRaoeNg6EB6xKWofoO6WNp0c1RqVQ0PEXyv7hshJ&#10;anY+nnONUIgytw6KQnd1JdrYD6TvGPYPPQ0Kwz7UiHa2pWwKl56eiZWuYYrpZgGcQUaipKAAA21t&#10;TLNF+TUM21jfpJAlnQ0VlYihkbKHs+tPzB2wd8NGHNi2Dft37Sa7xnCAmJG9vPfaLjPMtqIyd5aX&#10;hiwVYplPKvMfuRtvmadVNeAsrTX1zJzK/EPPELUqQ36AEvJy85F7K3LyRijIL0RdSTGy0lLxkVc4&#10;plEYn7b0Q0BYFOoKC1FRXKLIoSI2GpcRJP3yomIUZ+fAJCBK/QD6io0X4uIS1PI8IS+vQOufA8Yo&#10;o/kaTz7LVVdSisKMDGx3D8BcKkl5ocg9LFZRQ2UnaaqyGwlvjOIClo+dLiQmAU85hqoXSKz9wxTV&#10;2VkoZN1o82g8/EiZeZ5DShifrLYIZ3xLnEIw9aAf1jj6Iz0xUdFI5VtEPzKoTYjrJshOiJWs/7Sk&#10;ZLzN2c0cMx9s8gpRFLEuylju71Jmyaf8YCk/zMbHJ+JNew1mHfRXvOkUiPiEJNQWFaq6+bY20ZOX&#10;mzfS3maB0ZhjE4TF9gGKyJh41ORJOSQ+4+FH0JeDx+riYlTm5sAuOJqDbCBmc/AWDnoHozQrE/Vl&#10;5arcUp6RdvgWpEyVJCwuCc+6hCtmUZnv9wxARUYaSijvUt8S77ch+czLLVB9o4715RYSoXjGwk+9&#10;i7HNO4x9Mgs1rBclR1KXrCfJhz6OAqaVk5qG4LgU7AxPxirXQLy5zxJvm9hgDRW7Md41t8dqSyc8&#10;Z+LMevbHNMcIPL3DXBGfmYMPg+IxZZsl9vlM/gD6o3Q3V+b5tMzT8a6LPzLiE5RgCCkpJDn1piQl&#10;aUmlv0IqrazEBGylgpxNIXyclo+NXzBK0tNQQGFMTk3XYiSem5KSihxZzpWURAshFLNk4yUrD4SG&#10;haOAg4YgeZQ4bxfJb2ZaBkqyspAUF0fFE4BZJgFYxqmm4BcUhtLMDGTRStKWL8VoPIbIkrrctDT4&#10;hUXiCU7d76elY+odqMhPjEe6rtw3RdIgiYnJailcCZVMdGQUXrf3wwwOisvt/BEUFoFKXhcy6UdW&#10;9NxO3vRIG+VxoI5lvKscNZht7oN1rv6KjLh4ZKeKv9uvS0lb8iDLLqWNfUNpoVIpCHM4QL7PGVR8&#10;TAxKKBepqczvbeY1hwNLRmIS9vmGYrZtMJ630ygCQtjmyUm3195SlySXbVyckQ73wFA8RcNipkWg&#10;WooopMbHo5z3U9k2Km/fgQz2DVk+6RcahYVU5MJsKvOdLj7IiY2hfKV/J7mUehT/+VnZKEhJUhzw&#10;CcaDNF4eYl866BGAvORkFEo/kniZB23/0PZRWQ6aGB2NwKh47IhMwTMOgZi/fi8ekM/DbTMnZuMw&#10;xUNbTfDADkss2OeIObYBmOEUgSd4T3APCMGb7sG4Z7s19vsG6bTHRKdT32Od7t6ku8vu66+pzIlS&#10;5iGjynx7Qh4e80/Fu+zYmQlU5hRGQS8sNyOVfoRcKokiCqC1JgRPyLcP2Wl2uAUgNyGOSj4baVSe&#10;SVQUgrzwM4KBQE9ElEUKlWqGskaVMqdwv2TpjpCQMOSlJCuk04oSvBkJ46HFGM+jdMhCDgY+mgA8&#10;Z+mDe6iAhLecgxATGY2idOnkSYil1SmW561IobUrA44XB4InaJnL24D7PTSKrNgoJFM5xdGfzCiM&#10;ERurJT4hGflUjGnxcdjgHoS5VsF43NQL9p5+yE2MQybzLMTGJRLjcd0MKbesq44IDcMbHCRkaeJH&#10;zn6KZCr4dLa7lMVY2JvCPMsxhwNBFvNs6uarmGXqo5ZO7qb1m8nrubyvyjg+vBHSRWHGxKmws21D&#10;8Jytn8I3IBjZHHylHMbC6ZE0BFHQxWzfkPBIrHAMxH1mgXjZ0guhwSGKfMpOKmVQ5cmgLW8Hae8s&#10;4h1Ma9Y5XCGW+Q5nT2RGRzJerUxOkD0yXj71yD3pE8UcrIUkKuePnDWYwsH8KbtguAaGoTA1GdmU&#10;y0T2C8O+IgN1QlQ0/GOTsDssEct2mmHh4hex6KVX8Pzrb+L511aNZcUbWLz8NTzHe49/sgPzbDS4&#10;1z0OD241V7zyxtt4khb6jB022Ofhp9MeE51OfY91unuT7i67scqcSqOqXv2ItjU+W22B+zGndPKi&#10;jf6RSH5hMQo4ldbCaZ6OgsIi5PKarH8WOmqqEBIZg5dolc00DcA67whlscmzXVl3XlBYisLCEi2y&#10;pnscss5bz8g1Wa9OaiqrmJdimIfE0uL3xas2XhTgNDRVVCjky/2yblcLz/l3aRmvK2StvPjR/z1K&#10;WVklaqur0VldiYCEVDznFKaQZ9MbPUM4jc5Hd3MTqmtqUUL/8qNrxU2Qj160kNi0LCxkHPdb+sIh&#10;LEbRWlmunvPKcsqKympF5TjKK2sUh1pa0Uz/dv7heNRMg0ftQuEWy7JWVqCtvkHtSSOMhGWcgjyX&#10;/jZqmAf5iEZhfgHecw3GHBNPbNdEKOrLytBcV4eqauNhb0VlVbWqo476eua9QiErM+bbhNCq9IFT&#10;cCQ6qirQ2dqKSsZfIfuHG4lHj2w8VU8/NhHaZ+ZLHAMUiazbjpoa9dk2bbnH1qEeaaca5megvR1F&#10;2TnY4ByAOQf9sNwtEvHpEke1ooHtJataJD/adpnYroLEN0olykgty9HEvMQyvkWMV5jFQdeEM1FZ&#10;C1/D+2X0P17mtGjlU+RUyapOfotJUUkpysspa6S9qhKZmdlY6yGPLAPxAmcnMVT48vZoDcuez75U&#10;VCTvdMj69TIU0KoPScvBvrAEfLxrHzYtX4qtK1/F1jWrsfXtN8ew7a03sfOtldjM81fWbcE8Cx9M&#10;94jDA7tsFIteeg0PfrILs3dYwypgcj/zH6Ubq8w5olfW48yxo9gcm4mHNSnqB9DGqir13UOhprbe&#10;gIYRquvq0dTcjN4WLWVU7O+6hWEmrYjXXcKQlp2HwfY2tea8vrEZ9Q3NaJAfaXQ0NragsUloVTQ1&#10;62lDc4uO1ja0tHbgsKxQaGuHU2w6FZA3Xrf3peCX42hvr6Kz+xA6unrU2vaurkNq1Yps2KWQsIcO&#10;K2TViUI2apJVGbLrXP8gzstSxMO98EvJVTxsGYiHLAPgnZipVt7INykHjxzDgKzjHjZYe62WvGk5&#10;xTgunD6NkromPO8SgQXsHAEZeQr5fNipU6fUjo5HZIdH/Q5+x7Tnx46dVB9iFj49dQLZReV4wUb7&#10;LN8kKhVHBvrx2aVLOHHqLONgGFl2d/yEjrHL8mTbVWMcI7Jz4vXLV9TmZZt8ojBvnxvMotMUZ48e&#10;waVz53CM5RC/35UjzMvZM2fx5eVLCvn+5a6wFLWn/HLnEBRUVOOri+fVR6GPn2Aa9C+o/Bnmn1y+&#10;eAFnT5yAJrMI88398bJLiKKaMnTj7BnWw2ld2XX1OFKXUr8n1LLFq+fP4eLwINziM/CAiS+etA5C&#10;aHaRWjZ56ew5hbSHtN0w23ZIMdqeWqSNj2CQbS0MDA4r+onswigzWnmvYIl7tGKWiQccIhNwnGWX&#10;bWllt0SRNb3c6eVQL5sip0InZVZkV2S4vbMbre1dClneeKK3Bzl5BXiFBsJ0M39s8ItSL+MdO3QI&#10;bW2daGppV8i69cbqWsTmlmB/VArW2bpg59at2Cs/cu7bP4F9xITs3ncAr+0xx1wLb0x3i8EDe+wU&#10;i19bjQXvbsH9u+zgHpei0x4TnU59j3W6e5PuLruJyrwOp6nMN0Rn4CG/ZGwJjlPLt+TTXYIoXlnT&#10;LcrYEFHEA53tqKXlLez0CVeKXB4xhKXnYLCtFT0UTPnwcuN4JS3W58h5u0KWaMlLFKK8W/VQWOVL&#10;+7KsTD7B5RSboZT5SgdfZdGMUeZqva0sHROlru0kY5Q6kXW/erTL2NjJeOztG8BFdkxZnigcDI7H&#10;PCpSsdIzi8qUQj9F5SGK/3C/bGuqY0DLYSL7SZ89cRxF8tIQlfkDVOaalGzF+UHtfb1S0CIv0VBB&#10;DB1ViuHGqZMKGSTf943FPQc1eNMrArW0Hq+cPImTVHoDDKdXMGNe6DFEf98Issf8pfPn0SV7antH&#10;qnXmppHJihMcMOQjwzJoDY4LJ38bMv6eOj/CslAZSj6FT8+eRimVzlr3CFqsAdgQnETLvA1XOOCd&#10;lHQMwwoG+T9/+gxOHhmGb3q+emlIr8wraurVN0qHWV9j65LIC02sS0FeALsoHwjPK8KzjuG4l0pw&#10;f0QyBro6cYkDgaw7F6Td9Mq5n22k0LWpIdLmgihn9WIZj/IR5dMsb0FlLRV5lEKrzOMhn+iTj16L&#10;waCXt+4eYawSV4pc0Mmufu24fk15a0c3BjkYyPsawckZWGTH2RQHN8tw1iVnQbI0so1+FOwnTZSV&#10;ZJZ5X0w6XnULxsv7bbDC1B6vW7gYwVl9oGaFlRsWmrlgjpUvZrhE4kFa5cILK1bhoQ93YP5OOziz&#10;TDdzOvU91unuTbq77PTKfKuHBq8FpyClohanaJWti0zHAz6J2BgQjeqSEtRzGieUlVfqpoZy1CLT&#10;zRZOY+uKi2ATFq+YySn1Ak6Jrfy12wE0U7BKy3XTTP1jDt2UUo9+mqmmmrS09ahHJYLOX508Vigu&#10;hQUHGu1jFk/tYxZORYUSxq1/zCJTVUWxntIR9I9tRu9xWsspqjz6KZfPlVVUKFKTU9Vz8zkWQVjp&#10;GISExBReL0MFy15o+LhohGJUMJ81pWXqc2PqMYuFL2w4PRXqCvLVK9eGYQvU46sSVd5GlkH/G8W7&#10;nuG4xzwQz9sHISQmnuUrQ5W8Hk//kk4Rw2rRvmouyPXbQeqglm0nP/7K6/zypaEt3iGKstxcVHGK&#10;X1CkzZthOJVXA8bf05+rR3ISnoj1KKtcfKgIZD3/As52tngGozgrS70Gr293CWMYn1DNtijnTM8i&#10;JE6tZnnB3l8RE5+E+mKWne2r9WtQlzxWUg4E8RMZl4BFDsFqRdV77iHIYt22yiZkDCt+BcPHfFr0&#10;eeD5eMb5LWfexYiJTErHs64RillmXjjgHYSaPNalyCXbdlTmxqOTQZ286uXXEClnmch4dY3a/G6/&#10;bxgetA7B0/ahcAmPR4tsrMZ+KMjy1CK2YUxaNvZEpWOhtY/65Nv9H+3AAxv344EN+8axBw+u340F&#10;mw9iwS5bzLXS4F6XKDy000qx7LU38cR2c8zcYQNT98ln5j9KN6LM3TVYEZRCy7wWJ4eH8ElEGu73&#10;SsCHHsHISkg0+AF0/I+g6epZuPyw5BIcgWdsAxWzzYOw0cUf6fEJKMnMQmpaplK48h3J74s+fG56&#10;FjITk7FX/QDqh5ct3RAaGoGC1DSF5Ck5KfVb0a+8mQCVtfyImpOeqShOT4NnUDietfJTz/8/dPZH&#10;XFQUitIzVH4SxT+RcHrSmYccDgI+rBNZzTLf0gcHOWAKefFxSGPdqbQS6J+o8PxbVkRkxsWxPQIV&#10;c2lFytuyVmrzrHSWXVbU0H9C8kjYW5F4C6QOcliG6PBIrHLQYI6ZN9a5+CnSY2KRxXSSOBjdKt5b&#10;3ZM8JuiQOsmnHOQmJ1PBBeN+cz88YB4AU88AZCckII9lE2SgHKlLiY/HrNQMylGiam9ZzfKcja/C&#10;PzAUeUlJSi5G0teFT+W1/JRURWRENN5g+e49SKvexg+BoZEoz8pEBgcx9QOkLr8qze9JOtszh/gy&#10;7qddwhUzWZ87nLyQHROtBkyVT52MjZfFW6L/YZPnElY2IJOVVwlso7XOAZjJwX4ZB0jfoDCUZGQo&#10;ctknEyLlB9AU7A1Lwms79mPxs4vw4gtL8PKrr+Gl5SsUL4/wKpa/9DKW8d7CD7dgLmeSM9xi8ehu&#10;a8UrK1fjiZ2WmLXPCRaaEJ32mOh06nus092bdHfZ6ZW52mgrUCzzOqXMPwxNxjyPOHzixQ6TkqJ+&#10;TBEyMrKQQWWqyMhGTnYO8pMS4e7ti6V2/pjvFKP4wDcGaYlJyoKQHeHS6D9dH+4HIDvPFcqaWioh&#10;tWsilcIrlu6IpOCWZmcrMjNzjIb9LsjLGhmZLC8pZhlkaaJrWAwe80jAHLswbHT0QVJYKAplB7us&#10;HIVh+FyWuZh5CYyKw5O0zOezc5h5BypKUmWJXA7Lwvh1/uWlKlmGlhkThYOu3uqHTuEx1xiYBsWo&#10;wbI0Px9ZzE+6YRv8ACSuYsaZSKt1taMsH/TGRvcARV5yCgolPxk/vC4Fqc8stksF6zKH8rQjIBaz&#10;XOPxuG0QrN19kB0XoyigPGVI++nLqG9vKsOD/pHKMn/e1lcREh7FdtHWv2FaWax7eWcgOiRU8QHb&#10;ar5DFF70iIEmIg6VVIRFefmqHu+ETArSnvLjqrT3QtdwxSwq812uvihk/8jLyVU/XhoL+12Qekxj&#10;vqVPVdLyjuZs7Q3fWNzrGM2BSoMAjb9C5CWL/U8Tn4YD4QlYt+cAPl62GJtfX44d767BznffVux4&#10;5y3Fznfext61q7GN915dt5VGhBemucbi8b22itdXvYUnd1hg1n4XWAVF6LTHRKdT32Od7t6ku8vu&#10;KypyYaMrlWJAMpLLa3BiaBDvhyRijnss3qN1HRMcjPjIKEVkZAwiIqIQzo4UFhqOuJAgBPn4YrVL&#10;EKbZ0SqhQAmOrh7IiI2h9RCHcPqXMHeCSOZBLJLo0DBsc/fHLEsNXjR3gQ8Hk+SICEVUlDaPPxTJ&#10;txDJ+FKZZkJICN63dcO9NiF42DFCLTOMDwxEZGCQIjQkfCRsDMMkREbC1S8QjzvKdqi+2O3kqUgM&#10;DuL9aDUARdJvWFgkIkPCVFzOnn5qx72pthGKN2w8EeTrp5b5RdH/naxLiS8xJgZB/gF43c5HPbL6&#10;0MFbEcO8GLb3nUDyHhNNiz86Ghpffyy19MBUuygsdQqBO/8WEihPoUEhqk5UOF17x7C9d3gEqKWJ&#10;i6y9Fe5ePkgOCxtpb6lLmaHFhIYiJsAfez20zGdb3cc22+bgjkTeS4+Pv6P1KMSwnvTt/STbT5hp&#10;7oNNti6IZ15io2NUexsL+13R513qJSMyAuauXnjY0g/THWPwnnuQIlxk0sMNTv4htMwTsd3FGw5m&#10;prDavx+7d+5Sn4cTdu/cqdhDDpAdu3bj1Z0mmGsuyjyGitxG8caq1Xhquxlm0jKXnSBv5nTqe6zT&#10;3Zt0d9npP06x3tkHyzSJSCqrUZs4fRSRhlnOEVi+3xr+3j4I0mgUXuxAHh6e8NMEICQgUAnI2+aO&#10;mO+Tyg4ThI/NbBXhnm7076f8e3p6Eu87gBfj82ZnD4afhwfWWjpgpl0wFu4wg7WtA8LZaQRv5td4&#10;+O+PLweLMF+eu7rgxQMOmEZL72m3SGzZexABXl6KMCpkHypeqR+xjkL8/bHfyg4POMgPVZ748ICF&#10;ItjbC/5+2rqUMgUEhiCI1w4eMMFL9hrM8E7Dg6ZuClNrO0T6aP2LX2N5+354wdfHD+HBIXC0s8Ni&#10;czc1MMpKBkHDMgSzDNo8Ggv//Qnk4B/GMpnbOeIhWnr3eibhFVsvhZmJKcJoPASxjaWtJZ8hPNdQ&#10;ht6xcMRMpwg8tt9BYWpjjzCNL3xZ53rZCKEl7uvkgM0HzLHQPUpxj0scXjhgB08XJ4RTJv1Y7jsn&#10;kwLbkHUVGhCg2vshtrcw09wbb+8xhb+bK+8HUC59lV/jcXx3pG1CfH0R5OnBPmeHezkYz/dJUaw9&#10;aA1nSwvY0ajaoInCB9HZ2BGejA85037F0g1LTZ0UL1m4jrCcLLP2xFPm7phD42OGcxQe3WOjWPnG&#10;Kjy9zUQ9ZplU5j9Sp/8G6MeOXnjBN47KvFop80+is3CvtT/eMrXF9c8+x69++UvF5cuXce7cOfzq&#10;r/4KP/3mG+ykpTnNOghTnaKxwTMIx4aGFL//27/FjRs3cOnSJRXmTiBxXblyBb/97W9x+cI57A2M&#10;wAz7EDy+bidKqmvx+9//reLqVflKu/E4vi+S9heff45/+Pu/R2Z+IZ6x9sEUh2haLXaoqG9U/PEP&#10;f8BPOMuR+vmGdfOrX/wcCVm5WOAShmm77XHQy1/x85/9VPmTeM+fP49/ZJx9hw/jVRN7TGE9zrEN&#10;hFdMguKrzz7Fb3/zmwn5+aFIeeSL+7//279BU0MDXnEKwHROrVfvNVNcunIVv2YbS30bC/9DkLR/&#10;/atf4a8oT3aaYMym4ptirlG8a++Jcxcu4A+//71qx4sXL+J3bO9rly5iX2Ak7nGOxP2bDyoySsrx&#10;+7/5ayVnFxhG/P+Pf/onJGVm4ZGDLpjiGq94zs4PBaVl+C3TlHaROI3l6/si5ZF4f83yJGXn4UFa&#10;5cI9HKg2cTZw4/p1/OynP8W1a9eUX2NxfF+kff74d3+HI0eO4H0bVyU/wrQ9zvBLzkB8fAI+cA3E&#10;4owmzA3Jw72+qZjmIfUSq8Wd53o84jBFjDIOmHOs/TCTM8pH9tgqVq56E89Qmc/eT2U++Zjlx+m+&#10;+PIrxfv2HljkFYNEUeZDg/ggPA3TOXX72M4Vf/37P+h8A3/+858V/+ff/w01PX140NpXCc+bzhp0&#10;dffgT//1nwq9E793w/3hr38Hp5RsTLXhtHbDbrT29Oru3B1nWI5/+ed/Rnh2AeaYemKqSwzWuWkU&#10;l9ix8Kc/8d+flL//+Pd/R117Jx5yjcSUHbawD4tRMDJ1Xx/n37MzuqbmYaqFP2Y4hsPEPxRfUNEK&#10;/x3uzOnTeNMnElMPuOE9Dt7Cr3/3O93dO+8M6/KvqGC3+wRjqq2WeQ4h8IhJxN/+zd/w7p9H6vIP&#10;VNrOKTkcQMOwYLOJorq9S92T+IQ//dd/4TPK8lrvCEyxC8cjjsGKuMxcNWDqnWH6d8Lp4/vP//Pv&#10;qO/oxsOuEYopu+xhognDf/7Hf6j7d8PpSyL1NHTyNJbR6hakT77IQWyfmQXWewTgueQaTOcMRb4B&#10;OtVLPh+nJ9GAJEzxS8dMDphzLX1wHw2lhw84KVa//Q6Wbj2AubttYU4j6mZOp77HOt29SXeX3Rdf&#10;fqlYY+2Gp9wjkVBajWMDA3g3LBVTzX3wgZUTfvnrX1NY/ksLO8x//t//i8buXiy1dMcUx0gssfJE&#10;SU09/r9/+Af853/+p+L/0s9/UIjvBhL/b37xCzgkZmKqdQAe+2QH6lvbR/JoLMydQsoldfBrWsuu&#10;SVmYftATM6iEBLOAMFy/egV/Zh7+i37++X/+D1S3tmmV+TYrWAeFK/4Plfx/yaDHDvjPHBg0qVm4&#10;X964s4/ARjd/9dLN//m3f1VIenerLqUeJS/Hjx7FKlGA+12x5oCl4qc//4Uqp7FwdwJ9uf7EPJy5&#10;eAnveYQopphp8JhdgNql749/+D3r8k/4T9bVb3/5CzglZStlPn/jAUVZY4vKo9S1HH/y859jk2cg&#10;ptuF4n7KhWtkguLntIpFod7tuvzn//k/2d7teNglXDFlpx0O+Abj3//t3/BfvG8s3J1AX6Z//Zd/&#10;QRUHE2GhpSem7HbGK+YuWB8QgyUJ5ZjuGoeptManUXEbh8pdKfOIEWX+iLmHYu0H67Bi0y48uNUU&#10;ZpPK/MfpPvviC8Wbli54jAIYV1JJZd6PtwI57aIyX2Vig4aGRhwZHFAcGx5CcXEx3rLzwj0OkXhY&#10;dgP09EVXawv6+/vRKl8RJ23t7SO0t7dpadMdjSH3DLnJvQ7GN8B0GmurscVdg3ssNXiClnlEbAKO&#10;cUYhiJ82gzA/GJUPKYeWlpYWnKU1W1VZiddN7DDNnR2BzKJit/ULRl9HGxXkEfR1dyEgKgbzHYI4&#10;7XXAVltnxaGuTgwzn8Os58j4RDzF2c105zgOil6IiY3DcL+8vHRIocphkPadQuLt7u7GIAfujLQ0&#10;LLXxwtSDHli5y1RRW1uLIeajQ76MYyT8nUC+OC9tdeHcWYRERSseN6NV6RqPJw44IzElFcN9vThx&#10;7Jhqb3mxbap9KB7YZq4IiIzFUeb/6NAQujraYcm6n2kTjFmOEXjfzgPlhQUKqeuODvmqz3epS127&#10;62XgFki8vWyrPtantPf99oGKqXtd8JGFvdq24LB81Z95MBb+lujzYSwvBvdEJgcOH1ZfuBL2Obpi&#10;5i4HvOAehXUxuViSXInpfpmYosnC1ADOaI0RyJlPaCHuc4/DHBoX99kG4VHKpvDe5p1YvXkHHt+w&#10;Exb+YTrtMdHp1PdYp7s36e6y+5SKXHjN3AkPOoaOKPNVHmGYYe2PD900aovUipwcRXpSEtbZe+Ce&#10;/e6Y4xwNU+8ApCQkIDc7W+30lpCQqCUxaQyJehg+ifFpSRlhzC50BpsG6XdK1JOamor8vDz1HdEd&#10;ngGYaeaDZQftEBwWqfaQEdLSx3/EWPshXi3yIWUtIx+Kll35DMmUZYlZGP1gtSBLHoksz+Tf8mJK&#10;dWkx4hIT8a5vtGKaWRAeP+AKr9BwtJaXoZ74R8TQ0gzEvIPu2Ofmq6ihgmmtqmRdJOPlAw6YclCD&#10;ZT4JCOGAVFVSrL6rqd3SNA/ZObnIGUMecnj95tDPCMbu68lFQX4BqsvLWedJWGnny8HIA+ucvBWF&#10;OdkoLypS26oaD/9dMZYn7d8VFRXqxTLBJzoBSzyiOUvww+tWbkhLTcGh+jqllPf6hKhdMp8zc1EE&#10;hkejraoc9WUlcAsMwYO0hKfYRGCdf4ySoRqWTZB9hLIpn1my1PJ20Lc121naehSRCwN50cmPyFUu&#10;+4YsYVW7ZDqGKO7j4L6FfSUvOQl50ncYRr8RXWpq2kREvg1kXdD2A32fILo+Mtp3tH1JNhuTTbkK&#10;8/MVqQnx2OjoidecA/BOWDqWhWTgPnNfzLDw44DHfnMT7uPMZw77vezFfq9dCB611Sje22eJd7bv&#10;wzMfbeKgOblr4o/S3aAiF14xdcB8+yDE6JW5ExvXOggH4jJxuKUZwy1NiqCkTCxyj8Usu3Bs8ApB&#10;WX4eOhsb1X4rNfWNqKtvmkjDWNTeLIoWRYMgm/crtK/7a2lTr/03tYwir/zLXiLyKrhTnLzO74lV&#10;9j7qrbrBnh5Fa3un2gNmFP7Na/KKc1tH1wTaO7V0jKB7lVq3P4bskzFCt5aO7kMY6DuMoc4OJMkL&#10;QGQ562+ObQS2RmSgs7kZ148fQ2l1HZ6388eCvY7QJKYpPh0exJGebjgm5uB+x2g8ZhMId/WtyFZa&#10;6wNq3w7ZQ8ZwHxk9atuB3lsxuveH8ftaeoh8uejU0eNoZr3Ll4bm7XeDSXiiYpBWpnxrVbuXiPE4&#10;vhvG8qS91tPbrz6FJvQ2N8EjPF7tnfKwSwx80wtwjvJ48egw/JKzMW+fK1628VZUVtXiyxNHKGON&#10;WB+cjBk24VjmGIS0rBwc5axIvW5P5FNsY16XvxXj2lvJgMGr9YJeXuQVe70M9dAyH+jtRVZJBa3h&#10;aMVMyqZ1SDT6mhrUF45EBmV7Ci367Sra0axHJ9+G8i59YLQ/tBr0E6L6jrYvNci2Gjzq/XXTck+h&#10;8WSqCcXHHNxeN3PE46+uwtOvr8aza97Hs2+/N4FFq9/BwrUf4bGNezHX1AMznMLxqF2AYi1n7h/s&#10;2I8X17wHWy8fnfaY6HTqe6zT3Zt0d9nd+JzKnLx40B6zbAMRXVyhVebOQVTmwTCLzcBQQ616W054&#10;0TEY080C8R4t0TJaIt1NVOB19aiQV4yra+86VaSliYJbXQ3riETMNvXBazaeypLqbGhQVNXWK3/G&#10;whsifgz96f/+tusj92rq1Y5+hxrqFH6xyXjWLlTt3W0SHIvu6ipa0vl41soH9+9xgF9UvGKgugIe&#10;UQl4wCoIs6xDYBuZiNbKMvUFpepqybt8Eecm1Nw55EtQHa2tKC4swntuIZhLy3yHJkIhX6SXshkL&#10;d6epIjXMi9DTwgG+ohIHg2Iw3zIYT1r5IzQxHX211fCOScLcfS543tpbIR/CaCktwRbfSEwzD8ST&#10;VD5xqRnooSUvX6+qYBsJlaw3wzqVcy3G2/bb0MuFXjbk2FDfgDbWl6xe0u+aONPUk8o0BM1lpWjk&#10;PZFLw7B3A6lLQQa42mLOHLPycTA0Ae9t3o53Fz6GD59fiI9eXoqPXloyho9fegHrX3wOH/Desvc+&#10;wVwTV9zjFIlHaKAIb9j74p0dB/HKG6vh5Oam0x4TnU59j3W6e5PuLrvrn32hkHW4MzjNiiosU8r8&#10;DZcgWuqhsI5OQRGnuut9oxT32YbjVadg9ZWXDnZ4+aSZ7IVys/0k7jSytWedbI1aUqr26hBlvsLK&#10;k1PSNDRXVirUdqLjwt0pRvZ6IbJXhuzh0lRTq6jhLGWfXxjmcxB83i0GHmHR8AoIxTNUMvPtQ2Du&#10;pyWEU/GlHtGYw9mNbK2bz6l7e0212oL3v6sehXLWUyPzncOBcK1LIDuwJ7Z5hyqq8gtQq9tPxFjY&#10;O41+b5Kqimq1Z0puejpWu4pBEYK1PrGIiI6FTWAk5jiE4wkqSsGX9WgfHIWHnaJoPYaofW+aSorV&#10;3iUluro0xFi6d4pKDkD1lL3olIwxyny/d6CSi6rKKrVt8vg83QnG5EW3x420bQmNrYiMXJhGpmCr&#10;pR0OfPgeTDd8AtMtm8mmMZgRq60bcWDrZryxjZb5QVdMY10/YBeokI+BPGfujic/2gw7D0+d9pjo&#10;dOp7rNPdm3R32emV+eL9dphOZR6plPlhvOERigUOodjiE4rd7v54wiZYi4Uf7HzkazkJyJKvmcgm&#10;+glJSLwJcm8iuufqxu7Ffwv0Ix9jkK/C7PIKxixzX7xs5ozgoBDkJiUp1Kb/8Yx/XLhR9OkbMnrf&#10;WDluhvhPSZavvKSoL9jERYTjHWd/3Gfuj0Umblhr64mlwZm43zcFi6y8FC+bu2E+6/JVe3+EhWo/&#10;MCB7e9wsbcPr+jx+XwzjTWY9yX47UeER6uMUam8WZ19FWnSM+thCktq7ZGy4u4nkMYvtW5yWAh//&#10;ADzHOppnE4hXOWC/bOeDGV5JmOcRq5BtHJ4x98QC60BscNEwz1HIT5P9e1ImlNWQW937vqQlpyI7&#10;ORm+IRFj9mbZ5uCBzKhIpKemqvpOot+7iqRBJK3YsHD4hkdjf1Qq3vUKw5oDVnjX1BbvWzjifcuJ&#10;fETesXbGCyaOmGfmiXvZ/+8/4Kx4cv1OzNvngPt2WE8+M/+xOuPKvB9veYerX7MX2vjiUSvNyAZa&#10;pq4+SA8JRHZ0pHptOio4WEsQrXUSERikCA+SV4oDERagJVRg55S3IoN51CLnRDNKkB4/PZqxaDRM&#10;Kwhhvj7YKK/W7/fE8zst4OboiDh/jULiHgmvi88wjRFUfrRI3iSPklfJt7wOrS+LEMk0pXzRLKsQ&#10;ExKCWB1xrAchJToaRVFh8PP0xAoLF7zAGcz62FysTCrDPL80TLUKUtx3wIMdxgWuLu7IjwxT+7HE&#10;sePFSzy6OPXpSFklbVWnhnUZoMvztyH+iL4dJA59eSSdtMhwhPt4Y6WNF+aa+WC9rbsiLcAPmeGh&#10;SGS+EsJC7zqJOhJCQ5DIATErlnUZHgJrV088aeKMew644z67IEz3SaFCT1BMt/LH7H2ueNvCGREs&#10;QxHrMYWKM54DZHyI1KUWKae0l6pTXX0qpB5U+0qd3Bq9XwXDSrsoOdDJQlJ4GDKYX3nL82nnMIXs&#10;zbLd0gGZGm9Vz4n0Y6zsd5LEsDBFMtOK8fGEf0AQ9lCZL3aPxIItpnhomwUe2W1HbMdhg0d32eCh&#10;/Y544IAT5ln54l7HUDyw1Vxh6u4Dy9BoDpqUC856buZ06nus092bdHfZ3UyZr/UJxxTpPJa+mHnQ&#10;HW9auSk0vn6IowAHBQYj0D8QwRTuUEUIwqjswmRfDSKviYezI0UKovTZwWQ/lRgqh5jwcMQqIkaI&#10;0xEboSWOxI/ADmpAWkyMElZzT38ssdXgfSsXhGgoZOzIQkIklSP9SRwj8enjF8K0SD4UzJPkTfKo&#10;8ksiBJZBkPLIfiGhLHMIyxrCDhJEAkkA68Bfo8XPL4B/B8CbR4ugKGxLLcEnOfV4JjQL93okqCV3&#10;wgy7MLxk7QkHbz/WYxA0jMOXA49G4uG51KvEL0h6Uq9Sn5In2cNFn8coVa9a9HWsPRqg86vKo0Pi&#10;krJIvNFURD6eXhx8XDF3nzPes3BSBHh5q8HOj3ny1QT8NyN1wQGI+bT28MULnM1MsQvFFI9ETPdM&#10;wDTPRIW8tShvy66194In6y+QZZJtJvwYXupR2kaQegwWVPsFa/d+0cuotK8O/d+GGF7X+9PLg2wz&#10;IHEGBUicYsgEws7NSy01Febsc8InZrYI9vJUsuLH+jRe3juHtJcgMuXh4qL2ZtkdnoRXDtrj8ZdW&#10;4MnlK/H0qnfw9Btrx7EGC19/C0+ufg+PrN+t9hKa7hyJB7eZKcqb29QbzfKC2S9+8Qud9pjodOp7&#10;rNPdm3R32RlX5oex1jsMU+xDMJ2dZY6Zh9qzQfjQLRgf02r/wCscH/tEYL1fFDZqorE5IBbbAmOx&#10;IzhesTs0AfsoRAcikmESnQLzmDRYxWXAJj4T9glZcEjIhmNSjsIpOQfOyblwEVLyFPJGpJsiH25p&#10;BSO4E6+MQnik5cM8PgvrI9KwKzIVzozHKyNf4c57rgwncWjj08YtaThJmolaJB92RPIkeZM8mkSl&#10;qDxL3qUMgpRHyrYpIEbtcyFlVnVA3vMMxTvuIYq1jj5Y6eiHVX6x+DguH2sTS/BoQAamu0Rjmtvo&#10;yxrTqYQecI/BEu8YvOkciLftvfGWkz/WuIfiXc8wfMR63eBPK4hsC4pTGyWZ0bqSPNqq+suGfWI2&#10;HIhjkh7Wo0L7t4Me+tGXUbCMTYdJZDJ2hyRgC+OWtnvXIxQLOSjOMffCM9beirdcArDGNUg9t/5v&#10;hfWo0rbzwiqXQLzgEYl5rKupHvG4xysJ03nUcw8V+gz3ODzsGYuXPKOw2lGj6vJtxrOW9SjtI6xj&#10;m4l8bmeZ97BdpY3No9NgGZMOK9aHNetVsNHVryH6e+LPkvIhSFsciEzBLrbLtqB4bPSPwSeUiQ+9&#10;I7CS7fkAFbkwy8wTz1l7YQ3L8zb7jdHy3nEknWC8SV6zcFf9dJfI7559WL9kITa8tBgbVy7Hxtdf&#10;mcCWFcuwfuWrePmD9Zhn5qXebr5/u7miorVTpzFu7bTae5zT3Zt0d9ndVJl70RKyDcZMpzDc5xLJ&#10;zsNprbIuaRHRupzqnsAOloipnsmY6p2Ce3xSMcM3Ffdp0hWz/DMwxz8T8wKzMD84GwvIQ6G5eCQ0&#10;D4+G5eGxsHw8HqHlCfJkRIHiqcjCEZ6OLMLTUaMs1PF0FO/xuDSmGG/EFeGV+FI8G1OKp3hNUP4l&#10;LDGM78mIQjwRXoDHw5kukTwIjzA/krcHQnJwf1A25gVkYW5AJssg5dCW517fNExjGe/xSsFUL5bZ&#10;M0lbfnfipmW6VSCmWYdgmjfrwj8L01xiMdUxEtOocMSinOERp5hOJTTVLwNTfDMxjVb6dEt/TKO/&#10;qR7aOO/xTsa9fkyTzGf9PRKSi6eY32dYrudiSvBCbCleiCvFUpZ7lDK8qEPOlyi0/hbHljBcseIZ&#10;1t3jLPODwTmYzTJOlzIxv/dRUd4nVi/TF6a6sX2lnb8n9xi5dluwDu6hErnX3BfTbEIoW2mYouGA&#10;KI9WpB4NlLkgg+NUTSbbJJX1KDPJALWx1lS20zTWoyDtJ/X4MGXvScrBougivMB6XBqnra+XEvWU&#10;42Xyiu4ovJRQhmXkRaljqXPyPOtR5PAxtsmDlBmRlRmUD5V3ysMMN7YzkUH7Hn1dOjNPkq+7ja4e&#10;1SzQIgiL3GgQhCbCwskVppvWwXTrZpju3EV2jsGMWO/aAZNdO/HGjgNaZe4Uhfu3UZmTspYOnca4&#10;tdOp77FOd2/S3WV3S2VOy3yWI7ELUBtaCVMcInSI5U6ojLTQv2Crw45+bW+CTfAtkPu3gn6stf6m&#10;83yWlT/uY5z3SB70ftR9Q/RhmS9hfH70eZbzMWUwRFdGKbN9OMuvg0p4ihPrg9zDDnCPpR+msCNP&#10;8U1XHVkpcr3ykXMiCmgKFdAUHw4Q1qxbCWfHfDpHMz5dvJKGQpcu8zNVYDnuYRkUzO8E5P74v8lU&#10;nusZKY/ELWmx0053DMVMh2DMcIpUTHGO0pZL8vPfCetgqn0o7jVxZ934YwoNhak0CtSMRgZCA0Uu&#10;f0/zTsIU/2xMoVExnQPAdDNvrWzq61JQ7aQ7ssxTyT0C62EsYZjG64bItRHkbzKV58JIHSp50NUV&#10;605+OBTEEJruIvXI+pQ86fPhyHNBXRuPxPUd0ZdzPKY+WOwUjC1hKfiEs7zXTR2w0twJq6zcidsY&#10;3rR2w1vWrlhp54lnzVzVB52nMT/3bzNTlLdOKvMfvbu1Mg/FfRS6WaYeeHaHiWK/XygOBEXiQ1tX&#10;fGTvho/t3IkbPuLfH9q4jPCBtTPet5Lnr454z9wB75K1pnYjrDGxxdsHbXRY460DVorV+y2xap+F&#10;4o295li5xwwrd2t5fZep4q19lli50xRPbtqHebvt8eC6PXhxy168sdtU8fLWvXiZf78kbBb2YNkW&#10;HZt3j57r/n5xk55d6riUx6Ubd2GJAS9s3KmD5xsE7d+L6XfxJjnuxJKPN2H5lt14aY8FHjnorL6h&#10;OM0nRVnlonymUTEJ011jsMDUDUv32WDJum147t1PsOjDTXjmo6145sPNWPjBZjz9/iYt723EU+9v&#10;wFPvrseT76zHE++sw+Nr1+ExxSdjeFxYQ97+eJQ1gu66jicYVsH4JO4n3t2AhzfuxcOcTj/68XbF&#10;Mx8xDx9sxJPv0c97TF/P+5KfmyB51fGk5Jnhb8XTLPNCHVJuVfYPt+AZxvXcOx/hxQ3b8fwuc8w3&#10;96TFS6vThwpb6lE9N0/QzgapNB854IillIvFH23CYqb73Cfb8Oz6HXhu3XYdrGOB15/7hHGq41aF&#10;nE+AYYTFjENYwnYWedAjMiJyo+Rr2z68vH0/XqPcicwu2XYAD+1zUCzYa4+nt+6nXFviLRMbrD5I&#10;+T5AWef526a2WGPGfkDWmtsr3rEQHPCerC5h33nfyln1ow9t9LBvST8j0u8+IfI29joHT6xz9MR6&#10;J09scPJSbHb1wWZHD6y3dcF6v0i86kUre8Nesg8PbTUjphPZYoIFO61UvuWZ+QxR5vQrlLe06zTG&#10;rZ1OfY91unuT7i4748q8H+/40pqw1GDGfjfcc8ADj281UeSXV+FnX36JM6dO4exp4TTO8lz+Pn3y&#10;JE6dODHK8eNqXw3F0WM4duQIjg1rOTo8jCNDWoYHBzGkGMDQwAAG+g8r+g/3ob+vT+1rIfT1ajlC&#10;v02yV4eLN+4zcaMiW4+wiCgcYVihq6MDne3t6DDcx0KH7Acylha0tWhpbW5GS3MTWpq0NDdqaWps&#10;RGNDg5Z6oR4NOuS8vq5O0VBbq9JMTEjAazsPYKoprURneVaehOlijbsnKKaa+WLhln2ISkhSYaoq&#10;KtQ3IivLyxUVQpmeMv4ta8JLUaandJSSkpJxlKK0uOT2oP+ykmKEBQfhxQM2mLnFTD0vFVJTU1Bd&#10;WYGSomKUFBvCNG4HlZdilYZKxyDPI7Bs5YpSbZn15S6VddvlqK2uhou7O57YchBTrAIgW7ZOpyUu&#10;9SnIo4Rpux3xJgf9/IIC1NVUo6ayiuFqUFszkTrWdb2g2kt/HEtDfR3bme3Ktm5qaFSILIhs6OVE&#10;aKfsKNjesr9Mb08Peil3geGReNjcQzFjkwk+PmCBwz3d6s1ekecByvPg4cMY6u/Xyfygkv/hoSHV&#10;J44eGVb9RDY/OyHIXivsR4L0J33fkr6m7YPsf+TcmTM4f/YMLpw9q7h68aLCLzIW71Hpv23pgmeX&#10;voRFL76C519bhedXvDGBF5a/hkUr38LjH23HfPk6v2w3rLPMK9smn5n/6N3NLPO3/aIxw9yLlsVB&#10;PLLLFtP3eyg+9o3Aof4B/OpnP1Uftfj8s89uj891jP9bf2383+Ov6fjiiy/ws2++wZljR3EwiFPY&#10;g5547MNtyM4vxG9++UvFl/Tz+eefj0H2Ir99vjCC7t4XhhhcJ7/4+c/w5fVrCI5PxePbLdXX2Rew&#10;U8hKlnupzOfZaBRz9jlj/h57OEQm4hI73F/9/Of4kgOksfJqkTKM/VvSlnL+EL5m+/3sm5+gtakR&#10;rzpqMGWHPd6khSkcpeL4q1/8Al8xX8bC3i2kHr/5+mu1cuL0iePY7eaH+TttMZ+zwwVWvuoZv2wE&#10;JdzPup25xwnPmDgjpagM33z5hdpjX9pGKz/69jc81937zPDcAEN/BvUt6Nt5rB8t3/zkG3z16Q2k&#10;5xVigV2gYspmC2ykRf3ptavafBkJpxifhx+CLs+yX/5nzI9PTCI+oIW/3dQKW15egq2vLsO21Sux&#10;7c3Xx7Cd7Fr1Kra+uRLLP9qonpnf4xI9qcz/X3I3s8xlo605Vn7Y4ewFF28NnncOV0zb5YxNjl4o&#10;Ky5EZ2MDrSlabyW0rmhNyRfn5ailXAstre+Kss70lto45E27ZqZbSatvn1cw7t3jghf3WSMmPgFt&#10;tKiEKlp0sqOhMaonUPXtVAnVRtBeb6YVJ/S2NCIsPhHP7nfGXDMNNvjHYr9/GB51jcIcWjkfe8tK&#10;oGDs9o/AAvtwPLDTHu6hUehorEd3m7zKXzMS5wRYpu+LWLiG1BC5LpZoJ2cmuVnZeMOGinGnIz5x&#10;8FBU0lpuo0VaW1M7IfytkHglfjnXp3Nb6MopuzV2tdAKrq+FpSYEcylvCx3CcTA4Flt8wjHLORoP&#10;u9H6Jbs1YXjfLwYzTP2wdJ8DEtIz0NvWiha2RWWlxGfYdvrz74e8wWkcrVxJXTYz7+FxSXjCNlAx&#10;fZcjNtm7oaa4CA11lEv6F/mt5ExMNhcbwYicl9+McX1lAjp/VVWVKOesyjcqHtv9wrDJ2gm7132E&#10;fZs2YN/2HWT7GPZv3wYzsof3Xtu+X700NNUpgorcVDGpzP8fcDdT5vJG4ALbYPgVVOHKQB+8EjMV&#10;D5oHYBH9xWQX4LNTJ3D2xCkMDh3B4OAQGTbgCKeQhPfGMzw8nqMTOHJEODaBo+Qip5HnTp5AQFYx&#10;5nO28K5rINraOnD93FnF0WMncPToccWxY7eA1uex4ycUx7+Vk2M5cVKFO3fmHL66elVxrPcQNoem&#10;YOoBP7zjHUcF36Q2sVrmGIL72Tlic4sUQ+0d2BSYiLkH6c8rEh0dXfirG9dw/twFnGR9njh5Gifv&#10;IKfGIdckjbNnzuLzq9dwhG23VROL+/e5qmWMwpXTp3D1/HmcPDUx/K0wTFN//m2cUGXWcvXSZXx1&#10;6QLqGpqx2D0K9+73hU10ltqYLLWwAgsOemGxW5iiqbkV5dX1eIlGxgMmGlhEpeIqrfmvr1zFabaL&#10;ipdo05HjOHT3b87JESa0vwEiB2dPn8U11lddWxde9opVzObMzCMxA5c5i5T7yq/InU42J0L5Jsbk&#10;Xo+xvqJlbJ+SfnJqaAhVja0wi8/BSw4avLLLDK/tt8brJg7EfgwrySqywtwZzxx0MvgBdFKZ/z/j&#10;bqXM51gHwqOgGn/92Q1cpEAK28LTMGOvrEMOR219I371+af4/PoNnL9wCRfuCBe1nDfORd776tPP&#10;cOPSJQTllmEelfk7LoHo6enFT298qrhw8fK4OG+CkfhvxvlxnDvHvFy6gp9ymvzZ2TMK58QsPEhF&#10;/pxVIDIr6/A3X9xQ+Vpq7YsFO22QmF+i+MONq2hg53jVIxoz9/vALDQZJ1jnv/nqK1xinOfOG8nr&#10;d0Xi0HF+HPprVy5fxTdffIljVAZKme91HVmPfv3cOXxx7RrrcmL4W2GYpv58DEbyeo71ee3adcWv&#10;vvgM/b19WO9HZbjHBx94RaudD0UGY/PKMH+HvXqtXzjcexi/uXoR4VTyD1kG4HFTDSIzCvDFhfP4&#10;xZdfKplUqHTZjuMZ16a3Yrw8GHL+/AXcuHINP7lxA41dh/ASFbkgL9t5JWXiC8rGDZbt4rfKJePT&#10;5euWjJRhbHjJp6QhfP7p57h26hSKikuwNTJNLW+91yEa9zrF4D7XuJtyr1cKZlOJz7X2w712Qbh/&#10;q4lCPnhxO06nvsc63b1Jd5fdTZW5g1aZ22eV4MuLF9iZriuq6pvwhls47qFC/0gThz5aTD+5cgmX&#10;KVynaMWdPn1GcYaWyPdDwt6aT2l5XTx9GpqMIszd7441Thq0t7Xjq8uXFGJx6vNxS059F1g2HVLO&#10;U8zrp7Qib9CCTcovVSyyCsCC/V5wik3HtdMn8ddff4GG9k4sdgqhRemG4Iw8xW+uXsJPaH3GMMxj&#10;Fv6Yc9AHTrSGLx4ZxueXL6v8663H07QqDdO+U0gZzp09h8+vXVXKc5NvNOZTmVtEpyouHj+G61SK&#10;2noyHsed4JT8iMd8fMVyCycGBuAQk4H5HBSft/JHZkklfv3pdXxz/SqCOBObd9ATr4iVSWSL2D9+&#10;+SlOHTkC88gU3LfPG0/ZBiGjtAqfU4Fe54AvqPa6S/UoSNyXqdA/Y1o1zNMyzxiFKHO3uBRcPXYE&#10;lzko3kwujcn47aPtN1oZPavSEb66chll5ZUw8QvF20GJeDq2VL0LoX6Elx+PjZKMKX4ZuFc+GyfK&#10;3DYQC7aaKao7enQa49ZOp77HOt29SXeX3U2VuROVjE0QLJNzcazvEEf5E4qLQwOIzszD05ZsbHYe&#10;88hk9Hd1svMfxWD/AHqpGIT+vsM4fBeQeE8f43S0rw+eSdmYe8ADq+19UVNdgwtHhhQDh/uNhv2h&#10;SNpCLzlJBXLp6DCKSitYV6GKaXs9scUvSj2z/eLcGVygQiyoqMZzbhHqs3Be8amK8/19uE5lf6yn&#10;B1bhCZizzwuPU6mHpOfi3OAAzhw9in6WQTh8F+tSvjJ07sRxtDc1j+5nHhqvONrdrabpKg9Gwv5Q&#10;DMt0TlZp9PUqglKy8biZH5W2Lzzj03CitxdfXzyPY/398ErJxTxa4C85BiqKSspxjXJ3/eQJ9Uz6&#10;fY8wTNnliVVuYSiprMHV40cU8oFxqcfx6d4p+jhDkL3fz3AwLmK6siOmMNPEAw7hsTjR3cHZz/Bd&#10;rcveQ30Y6h/EJdaF0N3ail0ewXjJ0gtvhaXhhdgiTHeLo0KPG1naOZFETPVNw0yncMy1EmUeNKLM&#10;azjjuB2nU99jne7epLvLzrgyP4xVzoGYTWV+MCYdnfX16GlrVQz1HkJPYz3cIuLxMC3Kx8w1cI9O&#10;Rjev9Xd1oampRdGolvTdeWSpYG9Hp/oghkN0Cq1ab/XjXUFeIQaYP0GeUxsLeydobGhCJ2cBw53t&#10;kKV6okDkua6w3CkQOfmFONHTif6eQ+rHuNTcAjzrEob55t5wiYhT9NbX4VBnF44eOoS68jJs8QrH&#10;LCr0ZQ7BSMrMVR+p6GnvUDRS0d6tumxtblFtVlVWjg/cQzGPA+OegChFR10NelrbWJfNRsP+ULRl&#10;amY9dGKQ5Y1MzVQ8TxmcfcAHm30j0F5bqwa8QdZlOwdIp5hUKpkALLX3V2Rk56K/pRmHu3twtKsD&#10;GVk5WG7tj1mcNW7wiUJlaalimMZGO8vSyPSM5eWHImWRT8P1tbUhPa9IPesX5OMUlgHh6KmpQhdl&#10;5m7JpciktOUAy9lN2RJsaCQ8sNsFSyy8sS6K9ZpQDnkzWb2EJZu+GSUDUwJzcJ9rtFaZ29Ay30Zl&#10;TuoOHdZpjFs7nfoe63T3Jt1ddrdS5rOozPdHpaC1plptvC/I10wGqcgaKyux3z8K9x/wxXO00sMS&#10;09Db1Ki+ACTU1NahtrYedUSOd4o6xtvRQoXNjm4bkYQ5Jtod/3LYsXuo4IXaugbU1jD9O0gNqa6W&#10;tckNGGhvQzWV8FbfcMzY74WFVv6KmNQM9DU3oYv5k/Xo7ayvRCrnZ0SZs1M5hEYrOqsq2QEbVUcc&#10;amuhUsrBW05BmLnXC++4BCE/rwCHW1sU4kc+gCDp32mkLJ3Ma0lh4cjHKXZqIhRNFRVoZRn0Zb+T&#10;SD0KTVRCQ6zLVCrhFY5Biimsg7VuoSjJL0A/yy8/IsuHJppqamAXmUQlE4gl9hpFcnqm+hCFfIih&#10;s4X11dwITWwSnrXQYD7b5WBgjKKJ9d1HmZSPccjHKSQP49v3hyDxNbM9u9hWSVl5eN4tUjGLytxM&#10;E4p2ykoL70n6tapf6DEu47eL6luSBx5l4O1j//OMTlQ8RnmcudcN61wCsCc6DQtDsjCD/Xm6bTDu&#10;daABontLdTwzqMhny2cOdZb5wzssFHU9ffjNr3+DS5cv43e/+61Oe0x0OvU91unuTbq77G6pzK21&#10;lnlXQz26W9oUjY0t6KBlfKSzAxW0TNew48020eBt11Dk0jo+xutCR1sHLXSxhIj+qEf+HnetWYfh&#10;NWMoy5zWXIdY5hxolDK3pWVOi3iAlpEgFtDtxWfc0hll1G8jFYYcB2kF9nIW4hSdhPvNNHiS0343&#10;WttCX2MD+lk3UkfyQskh5iU1t5CWeTiVuc+IZd5HBdQmCp91IJbpcGszIpPT1Sqh+80CsM8/Gq3V&#10;VYohWlut4pdKzXgedch9Y370143Qynrq4wyhsqQUH9Iyl0dWewJpmZMODpbdVJDGwt0UY2mPuyZW&#10;bD0HiQ4qn+HuLjUzkY+ezKQMCSs4O0mghX6USr6ztZ1hWEcdlCfWrdYyD8RSB1rmRAbB/lbGS6u0&#10;pblNzTL6ZEljSBwWmHOAtQlW+MYmY6BFO6NTs0aV3+8iB+MxDCszp2ZVnj5a32KZjyhzU7HMw5Rl&#10;LrO5ZubzVvEYopffCTI8pu9orXKZ5Q11tHNmkoulTiGK2eaBWE9FHhKfBOvYdDx/0BEPr1yLJ976&#10;AE+/twFPv7t+HOuwcO3HePKDzXhk80Elr9MdwvHUbmtFCdOLz8nHelNLZBeV6LTHRKdT32Od7t6k&#10;u8vOUJnLl4ZGnpk7ap+ZWyTlYLinG0f7+xU9HKHlW4ryjPDC0SPILS7DEtnTY5cHtvtFo6OpSfHp&#10;mdOQb0x2H+odeY7e23tYS99h9I1D+/xPnikSebZ4eGCE/v5RBgYGcfbkSRwbHIBnci4VkCdWO2jU&#10;p+sunTiukKVaQ0PD47jJski1BNKQYziiWyKmXzIm1+R44ex5/PTSBSQWlGCxhS8e3OMFOw52544O&#10;K25cOI+TzJuElzfyrpw7i4r6Zix2icACMy8EpOUorh0/hrO8f0y3vFF+OJMfTCPzyzDfzA8P7PVA&#10;QFKWQn5g/ebGDRw7dgLHj53EieOjy+V+CLK0Un5A+/TyFRzuOYRNVKjz97mp5X3CuWNHmP9z6kfY&#10;0XBjl+t9H6S8J0+fxpdXLuNTltkuOgUP7XbHYnM/RUpxJb48fw6Xz5+HWhLKcl+9cBHnTpyAJrMI&#10;82h1v+wUqKikpXv9rHbZ4dFjx1Xdf331MuX0MPZGpGDqTnfFy9YBKCgtxzeXL+LyufMY0rXn6BJB&#10;fXtr214hcmAgF8aWAeplapDydZJ5vXDyBEpqGkaemcsHsh0jE3C6twcnmD9ZwivyK/QLBnJtKO9K&#10;/vV9YVw/EaT/SD+S76gODA7i+qkT6nHY+5xdzWM/FN5xC0MFB+kKDloH2Z5vbNiG1YuewjsvPo93&#10;V7yCd199eSzLX8IHL7+Itby35IP1lEMvtfnbc3tsFJmlFdjAOp22xRImk1/n/3G68co8qrAcJ4YG&#10;sMpJg7k2gbBJL8TpoSGclbW0ZIjCLOvI5XienfLS8aOIzCnCM5y+zTHxhRWndMLpw724cvasUkKD&#10;Q+wA7ByG6JXmKFSa+s5FwVdrxQWmKQpAj6zVvcLOfZad24d5m7vfA28xr2KZfXbhguLkqTMj65b1&#10;q0LGr20egQpNODXCWcVphXa1wUmeX7l0BT+5ckV9QPc9jyjM2eeNrf7x6Onqxk9vXFdcplI+LSsW&#10;zpyj/8v4/OoV1LR04AWdMg/OKlB8TiV/mffPnr+g/Muysp8wvLzVahWdjrm0UBfahygyK2o5gFxU&#10;yz/Pnr2gOHfuO8A0jHGGXGIefvL55xgeGMJmvxi1msU6NkNxhYPxZ1ev4pwo0nFhb4qx9A1Q+T9/&#10;EV9xcPr0/FmkFpVjkXy4+aAvvGQLY3Lp5HF889lnKt0zrBtZ6SJlv0LlrpaiUuG/4hykqGtuVStg&#10;xK/UuXCZbfSz61fRSEv5fe9ohfye8bZPNLppwX5z7QqucgATGdG28Vj07a9FKxNKRk4aMlaGRM4u&#10;cJC4fvEiqpra8CIVuTDroDtcY1Nw6cgQzvO++DNcn65/h0HkekTeFdp+oO8TYwcY6T80Vtj/jnFw&#10;v8EB9zBnb5bhSZh3wBcvOYYqckqrcGV4AMVN7dgTloh1u/dj/5qVMP1gDUzWfQiTTz4Ygymx+uQ9&#10;HOC9NzZuxzzOKqbSMn9+n40ii8r8g4g0TNlui13ek18a+lE648p8kMqclrk1lXkqlfmArLA4phgS&#10;RU4GqADEOrlCC/MkFbdTbBrms1M+ZhWgCE7PU19Uv0gBHqIyVwPAeIxYzqPorg8L/FvHMO+dl87F&#10;616pecoyf8vRDw11jbh66pTiyBFa5/Q3Yn0rxKISxl8fjXskDXJEnWvTl30xrtFC7m3vwJaAOEzf&#10;50PLMBQF5VWcgZxUe9MIKj6V7lGcphV6kddKaxuVZX6/mTc0KdmKy8NDOCUdWDom/YrFdpL+r7Mu&#10;2zkVX+cXi2lUQMIqj0iUVdfhc1qgp2kZDw9rwxy5XQysy/EcZ7lESXa3d6ofDOfRMjeLTFac4szn&#10;vG6WYSysUYylr0Nf/+coD1dPyCqfGix3CcU9rMutgXHo7uhQfEar/DgHam07aMNckAHyyBH4cfA2&#10;tMwrWC9X6ffY0RO6NMRKPoILlA95eSizuFzxgswcKZv7w5PR39ODT89yVkSFOVFGRjEmExPRpin3&#10;T1E5Xzx1EmVsb0PL3CkqCWcP9+EU21cpYaYpGKatl7Nv7Qu6fiN9SdUL6/IMZ8u+KTl4kIPcPFMN&#10;fFJzFfJOiCyJzCirxo6wJKy288SHuw9g/X4zrDe1Mspm8omZDZZRec+V1/ntQrCY50JOZTU+CU/B&#10;lK0W2OMdqNMeE51OfY91unuT7i678cpcvs6vlDktH1nNYhafhb6WFvR3dira2zrQ3to+Qndnt1o+&#10;Vldeju0+kVSuPopltA4ycwtxvKcbg4cOoc0gzA9lgPH1tLbCKSaNVqwXVtl6o7iwBEe6uhTyvF7v&#10;V9KdSNu3Is+pO6m8haOHetBeXwez0ATMMvXHI5Ya+Cakqee6Q4d6x4Rpa5Fjm3qOOcC8ZMj6c+dw&#10;3G/uDbeoBMVQczN6OrpU/sSv0NLSjr7uHlVf6Tl5eN0xSDFrvzc2eEeitqJCvWHaxXAtTEfSGos2&#10;nlGM+RlLR1u7yn9NRSU+9Ahju7ljX1C0QlYnHe7o1JXHePibMz4vLB8HqW7Gd6KnS73IstYzAvcc&#10;8MNy52DkFhTi5KFuRS/roIUWt2HYAV47xHhd4zhrsfTHiw5acnLzcaRDNlTT5lPllWGljYdZVyK3&#10;gndMMp7kIPAAlZ1LVAp6mxtxtK9XvZsg8Ru2+3dDK0utPEp7D3Z3I4tyaLiaxTooCv0N9ejlDM5Q&#10;Lr8vkqb0QelTR7o6EJGeg+dke2oTP86uotBeV6c4TSV/iHKWnF2ArRzEnrTzw4ObD+KxbWZ4cpeV&#10;ESzxFHl8nz0e2ueIuRa+mGEXjCX7bRUFHDjXhadiyhZz7PEJ0GmPiU6nvsc63b1Jd5fdRGVeiZOc&#10;Fr7pGqJWs+ylldZQVobm6mpFVUUVKssrx1BfU4fDTY1Iz8xWqzKEWfJKu0sIsnmtq7YG9dU19Dsx&#10;7HelijTX1qnBwyosHrPNfPCatScy0jLQzvwJlcxjBf2NRfbAIGXfjnzZXMK0sVMIzeVlcAyPw3xz&#10;DebSwrMOjEZjWSm6GhuVP/GvwhhQR0umuaoKcamZeMY5TClz+6BIRUtJCWp5X+VL51+fZktdPbpq&#10;quEdGa9YaOaH+Rwc92kiUMtwslyvmuUr47TXML3vg7RlK9PLz85Rq2jk6/w7fEIVtUVFaKxkPZaN&#10;5vG7ImWSfAqS5666WpTm52OTTwSmH/DFsxZ+iIhLQg+vt9bXK8pKyyfE01xTi7rSMrXcbi5niy9Q&#10;MQmJyalor2Q5pC4N/Eu6sjdLV0ODoq60FPv9wjGfM51nacH6RSeis5pyxHgrKJNa+dBiTOa+DQlX&#10;X1WD1upaxKdl4Tm3SMVMUy+Y+gajqagQDUxL8mks/HeC9ShxSZ9KSM3gDCVEzeDedwtFYXYuDstS&#10;TdLMdq0oKEA0lf3m4Hg8vdsSDy5fhUdff1v9CPrE6vcnsupdPLb2Yzy8YS/mWfqoLXCXHrBVFNU0&#10;qK96TSrzH7Ebr8yjiipwangIq92ClTLfHZaIGnbsurJyRVlJGUqLZZvVsTRUVaOjshzB8cmKp9Xn&#10;5gKwyT0IRZmZaKNik45WQr9Gt0wl47do1fodi6RVLxscFRfDPCRGKfMVVh5ISUpGExWsUMo8lhQx&#10;/Heg2IAiUss0mstKFEFR8Vhk44/ZpgHY7BGC4pxsdFRVqnSKCosZRovaLlZ3Xsl79VRAUYmp6uO+&#10;sjrA2j9MUZefhwreL2YZZUahp6hAyl2qln3WFeYrDgZEYp65Px6zCIBjYATqqRjqaaUXFZXq0tbl&#10;2yCeW8MwCkmLeWQ5s9MzsMY5UCnzbV7BiorcPNRQCX63uA2QemQ6+nZrkk20CvJh5h+B+Wb+eMIy&#10;AA4sT3NJsSqv3p/kzbAe5VjH8lYWFsIqNA5zrIOw2NZPEROXgEa1zS7rUl8POiTtSg4iQisVfkFW&#10;plp5dZ+JP162C0BkbLxaMlhNmSxiuoKEMyYbWvkcK4djKVFr9RtoLMQkpWGRa4RilpkXDngHoi4v&#10;l4NZBUopD/owhn3ndpG8VHEW1UaDJTctHe9yAL7PLBCvUqFHJ6Sgu7pKGQnKUGC5S3NyEZyShc3+&#10;UVi1aQfeWbII77+8FB+sXIEPXnt1HMvx0YpX8B7vLf1wg3bXRMcILKEiF4rrGyeV+Y/dGbPMlTJ3&#10;D8VMm2DsCI5FCZVxWW6uIpdW3HhysggFp4YdqyI7S2HtE4hZpr6YZRkIi8AoVOfm0EIqRnZOHnIZ&#10;Tx6VhSH548nLVxSMozC/ANWyFzYVohnjnW3ui1etPZAYn4D64iJFUWERCjl1LxJGlFfRKAaKYgTd&#10;Xt3SoSvZKWU5WTo7jLDaJVgp8jc4tc9OTUMHrTpR9qpTyv7hOsp0yHkNO28jlUhMcjoWimVOZW4X&#10;FKFoZh6r2SnLZJe7kV0mtchgWcnr3fW1irK8HGySD4WYaPCsXRBCYxM4aDJudmj9bpXfF9lDvZUW&#10;Xn5WFt5xpWVu6ontvqGK2sICNLAMxsLdDlIO2cWvkTMyobuqQu3g96xtsFLme5hGfWEe2pi+1Pf4&#10;OtTXoxwbZOdCto91WJz6UV5vmccmJHGwLVXplMq+6Ww/QSnfkXYvRjVnce00NOLi4rDEzh/3mARg&#10;jXs4stPSlGVfyrgFWd4qclMoxxEKJlAgGMikyGkpB5sq1pnsmvisS4RCvs6/z0ODivQ0lDDe/DyR&#10;dZF9HewzhuQKtK61GPavbEUu+0WtyE5utpqpPWAVjEdMveHsH4LaXPY7lkEfV4HElZICr9gkbPCL&#10;wPr95rD44G1Yr3sfFpvWwWLjJ2OwJLabPoYZ763avBNzzTwhXz568aC9oqyxBRsi0yeV+Y/ZGSpz&#10;WWeuHrMMD6oPws6iMpcP4MqUW2+ZSwcrMUD+1l+TKblYDUI9FftuWgRz2XEfocL1iIjj1JbKo6GR&#10;SoxTb8alncKPTnHHTHOpLAW1zahsQarQbpPa1thIBVGlpt2zKcyv2XmpAeVQU4OinlNMebmovrZe&#10;vRgjNOihhdHQ0KSQNbry8k6jxNfIa6S1tQ2nBw4rRbzbO1wxe583ljmFqeePRzs70NfVheaWVt2z&#10;69Fnu/pnqRJHD/0MdHcig8pkkUu4UubuMUkKWVfe09mFtjZ5/jkWeSba2tqB7q5uxdnDvajg1Ppd&#10;zwjM2M9ZiFMgLfpStVro8KE+5kGetzNdI3F9G10dnRjuO4w61ulH8sz8oAf2cvAWepqa0M/01W8k&#10;RsJ+Gy0sR/+hXpzt71fkcBBfZR+Ie/f5YL0mFrVsz5N98htAJ/1KnbEuiapDKY+uTgV5w1PWvLvE&#10;pak3QF900JKZk6/eHpU6U+8WNBmuy2Z7SlsTaduutjYca29GSIq8ZUqLlnW53S8SLWzn/g7mlYgs&#10;yDbE2peB5EUtHbymtifWw/oSWdRvgytyKo8+WmtqEJ+WPWqZq8csIeoxi2wJLPKtfySn7QM6Sjnj&#10;JaUCB0F9n9L3q2Id7Q31aCkvhXtgOJ408cYDnLFZh8ShprhQvZNQWqIPX6ZmwWUcPAI5S/7EPxbL&#10;HTR4+4AV3jGzxTsWjkZ539IBb1s5qzXpcy28Mc0uGMsO2ikqWtqxMSpjUpn/mN1YZR6IGCrz44Pa&#10;vVnkB1DzhBwcbqew9/Qo2uWHOwNk+1Y9re2dao8I4fTgABoowFv8Yji11WC5c4jauF9+2e/r7UNH&#10;ZzfDjKcLnXp4X0GFMgo7NTkyMITD/NslIQNzDnqpTcHK2VFODfQrDlGJdHcfQg/p7uG5AbKL4Sh9&#10;2qP457Gvtx8nh4ZxtKsTzjGp7CwaxWPWgdAkZ1OB9uHUkaPo7etX/g+ptb6j6NfR95DhwWG14iZf&#10;9mahMl9AZe6TlKE4TSUmX5fpYzwSlyFy7RCROITTx0/g/NAgsvKL8YpDCGZycNwdkqhWvciKhf6B&#10;YcX4eMYj8Roi1/r7B3Hm+Em0UBHK3izyA+jBsETFEBXocZahr29gQly3Qp//4cEjOMfyy1uwwnpf&#10;2avEDytcwpBTXK42FTs6fFSVUdZLj7yDYIC+Xo/LKhDZiyc5B/Ms/bHMMVBRVFqJM5Qz2VXxEGVO&#10;wTYVeniub2fVVvxb9oCR1/6949JpYNDIsAqER3wajnR3KU4MDqGb/rooN12UMy1ybvj3KHoZFVmW&#10;vV+OcGDMKanEC25RitkmnrALjcUgB6LDhw4r+TXsL4aM9Kd2HfI3j3Ktn3UgnOjuRqK8YWobgPtM&#10;NdgWEItmDlYnKfMi79L/9PEo2We6iTmF+CggHg9a+WK+fBpupwUe2W1tnF1W6nN3Dxxw0n42jrOo&#10;ZSb2iqq2TmyIypxU5j9md/2zzxWL99tqlTmFcbivF6/b+3FKGwzrlHwcpaAep6ALqtNSsG6GdGRB&#10;llCJEiqgFfmWRyQtaH9spEXWUleLc0eOYIgKWXU46YAUdC26DnkLZKCQLVsHqIDdErIwR1azUJmL&#10;9XqaClKQuAw7siE93eNhR9Up/WMDgzh+6BACEjPwJDv6fVScgllUCg7TYjzF8kuc0nmNdW490mll&#10;86Ojh9m5SytGlLlXfJriGAcLGdCU0uhkmFvQyTwe7R/A0Z5uBKZk4xk72RvdD05RyeijJXtKlsUR&#10;yX+HkfCjMM/jOMS4RWE3cgbzsWe4djVLSLziMK3rYcmjKDKj8Rmnk0gdnWbby8tjB4PjFPcd1OBx&#10;KofwzHycOMQBmWWSehKM1aEhR9guh6nI3JKy1UZby5yCFAXFZbTuKUOUO1WXN6Gb5RTE37nhIXQ2&#10;NcIkNFE97nnePhipVHjCqX4qTF1dKlkRKG+jcmocuTfEPJ4YGkJ+eQ2WuEcp5HV+h4h41d4yuKtB&#10;1KCv3BLKcC+NC+knl44eVZRVVuMd72hMkUd+PJZWVOIsB7NhDubS59RgyoFNGGS4IRpfKezPH/pF&#10;49FN+/HoK6/jiRWr8OQba0Z4Sli1FgvffAfPyPnb7+PRDXt0P4CG4mUqcqGGA8TGGFHmZpPK/Mfq&#10;xihz2yBEF3HaSStlBRXkbHY+k9gMdMoKC1qCQmOD9tV2YzTUy6vajQp5jNHDKXpfUwM0ccl4xiYA&#10;D1kGwiQoRv0Y2k9rX5arCcq/Lvy30Uh6qGja6htgH5mMOaY+eN3WG3m5+SNL0RqYR/0U+3aoZ5yy&#10;n4ysAkjLysUS5zAqHz+s8whVlBYUYqijQ1mwo3m9OeKnjeXqYV5ScgrwLONbQEvHhR1bOCSrNxiX&#10;tkzG49Aj+3nIK+gyO2pi55X9cBaYB2Axp8BBCekYYP0K3awTKfft5E+PPJKQ71aWF5fgA/cQ9QPo&#10;roAoRWt1DbpuM4969O3ey7x01dXBIy6NFmGgFlqStkGxjLcah5mmetQ1LvzNkLJJeztGp6rVLEsd&#10;AxTpbCtZRSWv0xsLNx6py7aWdgy2tVFeCrDGlWU2C8A77mGKvLwCtclZe0sb6uuM5U8rg+MR+ZGZ&#10;0iEOrrJ9w/NuEQr5AdQyMEL9MClxymM9Y+Enoq1LkRHpJ7LlgbAtMI4zswC8QKMrMjFVyavUjaQv&#10;YVQ/lP5JRFblsU9oViE+8ArFa59sxrpli7Hh1Rex7o3XsG7lqzpWYD3ZSLa8vpz3XsfLH27EPHMv&#10;THUKx8tmjopaDv6bYrO0ytx7Upn/KJ0xZS67/b1q74tZVOaymqUyvwDVtLAFWXFRWFD8rRQUyA+R&#10;JWigxVxdWADToGjM59T2ITMN7APCUFNQgPryCkUh/RmLwxhFRFYglOcXwpwDw2xzP7xq7YnEhGTU&#10;l5QqiotKjYY1RgGRZ4xNZWVIT0nD204BmHnQHysdAhGbmKKQH8/kE3ji11gcxihnnDUkIiEVTzuF&#10;4X4qcxt2bEFWs5SxLm+33CqPtEKbKyqQl5GlFM8MDjYvcYAMj45XyPLJCqb3XfJYwnqq5QCRmZaO&#10;tS6BHBi9scUrRFGek4Mqae/v0DaSdiXrSVaY+EfF4zlrfw4QWrZ5hqAkJw8tHMhl5cjt5lPau0bX&#10;3hbBsWqLicX2GkVUPNu8qFj9hmAsrDHySTVlTuorND4Ji+SRBetSWO8WhOzUdLSwnqVubjeP4q+c&#10;7VND2Ytkez/rGqGYbe6NA95BqMnJVvJwu3Up8akVVWXlqMrPh4kmXPGAqR+esPCHQ1AUmkpLqOAr&#10;lQwZ5lPSECT/pWxDz9gUrHULxjt7TGCz6RO4798NT0szeFmYKtzMDsJ+7y6YbdkEy03rcWDzRryx&#10;hZY5ByL5AfQVKnKhjjOuTTGTyvxH7QyV+Qwq86iicnS1NOIVOx8q8xDs4JS7ODsbpfKLPclhh7wt&#10;svOQTcTaqSsuZidJxTpZlWEVhsfsguAZFI6KrCxFCRW/rHIxGo8Bej+lRUUoYAc5SAtytrkGr1CZ&#10;x8TEc9DJV+TSShe/Y8mdQFZ2LnKYP1mFkJWYiC3ugbT8QtUHDnzColGbn6soo+UqfoXs26SA8ZYx&#10;LyExCXhKp8zlm5ZCRWYGCvR5NBLWGJJ2ERVabWEhIqJjsdQ5FFOtQrHCKUgRHx2jOr6ke7v5zMvJ&#10;V9+JTElMwlscxOaYeWOjZ7CiMD0dJXm6ejcSdgKsT9mGuJphIiKi1AtPM61C8JpzsCIlIRF1RbK6&#10;qOg71aMgK0EKKSemgVFU5sGclVCZk/CoOFTm5mjb20g4Y2TRmpd6r6AMVTCsY2A47rcLVdxrGcRB&#10;JxgFyUmoZF4l3qxxMmMM8SOrXMpooITEJuIZl3DFbHMf7PMKRFlGOhVtkXrJaaxMGkf8ldJ/eVaG&#10;WqmykHkT5lmzP/qEoiQ9DdUcOPIoD1nsY4Z9JJdtKsjOm9KGXuGxeIOzrmetffCRg5faP989JRee&#10;aXkKx/h07PQNxWpLJ6w0scUKCyc8a+KEuRY+mM7Z36tU5EJ9V++kMv+xu4nKvALyUeSXbX0x0y4E&#10;G/0ikBYbg3QqOyE+Xki4beLiEpCclIzClEQEBAZhibk77jENwCuOgQiLjFGUpKciJZlWMP3GSbgE&#10;7VGdGyE9JQUp8bHY5RWMWfKDmKUbgoKCkZOYoEigclJ+GY8x9HFLernsGHnJibDwC8UCy0D1ceBd&#10;Lt7IiItBflqaIj6B8VEZGSPBAMPrsu49IykRXsFheNwxFPOt/HDAQ6PIjo1W9w3Dfhv6tDKSU1GQ&#10;lAALL388TEv6XvMghSjg9MR4FKSlIpHll3ofn7/xJNGfDLJRYeHqM4GyzPMjV40iNToKGWzvBJbd&#10;WFhDpC4lzWIOUsmxcfiIymO6mT8ep2Xq5KNRFKQkITMl9VvzZIwMtndqfByVSAhm08BYZOun8AsM&#10;QU5CvErbWDg9+jbRE0cSk5KQk5aCtJhopeSEe0188ZB1EKw5cyxKS1ZLF8WvksMJcjQ2zhTGl0m8&#10;2d7yXoEwmwpxB2UpMzpypL3Hy/J4ZO18GvtCEdsxKDwCyxyCMIUzG2GFjRdCQ0LUvSTGFyd9UdrZ&#10;IHwCrwnStilRkXDxC8SrnhGY6ZOKB7yS8GxgBpaE52FphJbnQ7PxuF8q5rrHYrYbZ7reSZjrGIa5&#10;Vhrcx5nfa2YOiubefmyJy55U5j9mN0aZ02KOpDJvrKnmFN4bs2gNyAsHmRTeTHYoITEpRQlSkjre&#10;HokUztyMDNVB/INC8aJ9MOaaB+IDJz9FQnQ0SrOzkJqWgSQqKyGZHV9LGlLGkZuZhSzmZa8fOwyV&#10;+cu0zMMjIlFEC0hITc9gXDyOI00d09RRKKIlW5qRBldNsPpy0kxa5R97UkFQCZfTasvK1iLxpWdk&#10;jZDB9L8NWR9cxNlDQFQsLXNaflTm5n4hilIOIHI/MzObZN0m2SrezCxO2WkBljDfNgEReJTKR8EZ&#10;iimtQCl/OWcamYw/PTPTSDx6smmp5tDqLUASlYDWMvfBBs8gRT6VfBGn6ZKeNp/GkfoQ67RcrG62&#10;7y6PAFp1AXiEhoB1YCQqs9IVxQW0crNykEH/2rDj83NzCtlOeZQfeYFqjm0wnrfXKEIio1GWlani&#10;HR9mfHuMJy0jk/nOQQVnXukcEIR18oEOi0C8YKOBL5WyWO7yzkNqOv1TNtPSMw2Qv0fJZl0XEP+I&#10;GPVegTCHynwPB+8CGhhZLLfEkZqapkgZD+Va5D6L9V3GWUhcZCTetPfFDMtgvGDPPBG/0HBa+fTD&#10;/Kt+Iv2LfcuQZOk7JJXxZcTFwV0TiOWekZjiT0XsmaL9bJwbcY3XIuceSZgiH67wScOUgBzc6xLN&#10;Gao/ZtkE4pmd5gpbdy8sd/DFtB3W2O87udHWj9IZU+b1leV40dwNc+xDsD8mHU3V1WiurVdUVtei&#10;qrruu1NTrz6EID/a+Man0bIKxv0mPgpzTp8bysvURx3kQwPVTKdGT12D9mMTBsje0fK6sl1kMmab&#10;+uI1Bz/1uORQS4tCvuxe19DIuJomUC9ryXXrl2WZWkqm9sMI0w5q8L5PDCpKyzDco10DXke/gvra&#10;T1PLGGQPbaGxuXUE+Vq8IOcd7R041NmBtPwiLHIKwwMcLNxjUxXydRy13zvzoA/TxLIbQ9azN9Of&#10;Fu3fsi77RP9htDU24GBQrGKBiR+epSUVlZ6N/rZWHOrqRqPEPxKHIdr42piH/t5e9Vq/7M0yx8QT&#10;u0PiFPIlJ9n/W9aLj6Y/isq7oh19XT3qgx2yb/jj1to3f60iktHF/B3pkyV7fWhmPFIvE+MynjfD&#10;e4e6e9DBdnWSvVmsAvGic5Aii3U7ID+kS13q61GHsXYZc59t2MB2bWP4k329iryiErzrHo7ZB3zx&#10;jluoeulMfoCUvVfqGuhffmgl8oEWkSNFA2WEiDx1s11ScgrxvEukYq65D2zCYtFVW4uWJso2/dXW&#10;ycdTxtOglXPKp6RXy76wyy8c97FNn7YLRmhypqKH9dnR2orKGulPdag2Sr2irr4BTZWVCIlN0ipz&#10;z2Qq7Xjc4xk/8ok4LdpPxk0XvBLVF4fuc4rAPMrrLKat/9LQoldew4Ob9mPmXkeYceZyM6dT32Od&#10;7t6ku8turDIPpjIvV8K01NQF8+xDYZGUqzZc6u8+pGjv6P5etLV3qeVh8pJKR30dTMMScb8NLVYi&#10;yi4wKRNHOzow0Mv7VA769bLG4hqUdcW85xyXoVazrHTyR0lZJY5RMQna8BPDtZFDPb04frhf0VRV&#10;hU2B8ZhlFYpXXSORmJGj1pjLssH2Lpa1k+Fuglonr2P8NTmX/dtlbXRWcTmeo5X2IDuHD8soyFK1&#10;3kPafBrGc7u0d3apZW7HDh0aeetxrVckZrMu13jHqOWgJ1kPsm5elisai0OQtcmyL319bR0+8gxX&#10;ynwv20XobWvDIONQa6PHh5X65FGQtpB8ZOcXY5l7FGZbB2OzXzQqOSgeZ/junj7FhDi+A0P9A+pF&#10;LbfELO3SRJcQRX5JuVpKKssPx4fR50/P+PsKlqODg94AyyDIB1ciU7OxyCEEC1iX+0IS0E6j4Rjb&#10;Udafi/wISp4YXqH7W32Dk22eXVyBxa7/f3vfAV5XdWVN70wYSEijY4N7VbEkW5YtW7ZVbFmyZPXe&#10;e++9WpK7jXs32BTTew+dhCQEEkISSAKBJDOZycxkZjL/pMysf61975MlW4ABm4SMzvet75X73n37&#10;nXvuOmvvs885TYaLSebZbb14hAR9H9udroXn80Ohcx454qRrPkiyLu5agy/y3rs8rR5ZTd22baPw&#10;iNu2dS+NdB7B89/uvof3KwVFW/9aTC5qcci8hMq8dBVO/yCUUZ1XrcW5uS2WZ34B+eDS5WmG66b7&#10;4rLQOJwflYmk6lEy/6ssI5H5vh3bMTYhDxexUa9o7cfNu3YPTsvepXUfqOQ+CXYSmlGnrd020J30&#10;y68znB5XiSl5jehZtRp3Hzhgec87P+B3du+il0DVcYA2JTd0WTaL0igHVq/DHfv3GfbsoZ3HfVez&#10;9vZZitthfldIqGvH5UnV+GpCBXLq23Hrrp2m+Hfvdr+/+0Nw3PmH4wBVkhYEa+fNdFV2Pf4+uRzZ&#10;TZ2GO3btwoE9+/m5T16XO3buxSGquTup+oTajm5cmVqJsxOqEVrZhu2bNuPum6n4+J9V7yOdY6/q&#10;gx7M5g0bEZBXax1jWGWr4cC27fTI9ll9H/fdnbyOtF+4++aDNtg2r7gRF8XTpc+oRAfd/Dt5HTQD&#10;1/mPn/x/Cof5Pw/u3I20xm4nNTG7xtDDuj1iMzFVlyN/90Swk/YJd1Jp37x9O8mqGRcmVuDStDrk&#10;NnfZFnryVKzte9rlkHag+tX1vpXXu4OekeYVCCLElLpW3EZxdIDt/oPund279uFmqul72Pabeldj&#10;ItvLRXFVWFhQa4PQR9gmBd07H3QtPdACY8I+bcu3cydq2rsxIb8Rp+dRlWe34MwcIrf1A3FGYRfO&#10;Y0dyEW0/n/f/pctSDWOm+eBLYXG4IDprlMz/WouHzK+LSSeZ11mYZd+ObbghMR8X8KJG1HbgpoHV&#10;2LJ2vcHinSTOT4a1WM1Hkce+TZvQ2NZp0OzQM0kEE9PK3KyMjdi8fhMGeGMce461a9ZjK8lj48Aa&#10;rKhosgHQCWmlaGntwI516w3r1m447nur12zAjk03Yfua1cgorTJ8OaHSBj1XlDdZrHkX3ep1PP+x&#10;3/0k2LRuI7at24Ca5k58Lasel6RUIqmy0bCT9blRNn6K31o9oNjwetsrU9i5bh2ySEKXp9XaLNHF&#10;BdU26LiL/1n1oXoXhp5jPd/fzuM9vOF9siqtY1xQXGfYqJg5r/da1tvQ7wjKCFG6qjDQ2YVFOZWW&#10;r31VajVKGtosw2Qbr9Hqk1CXa4mtGzbZ9V7pxsyvz6wy1De3Y+fatSNe748DxfEFnWcP28DG/gEs&#10;Ka7HeUlUpkkVyK1qwG62m22bthj0v46ty4263ut5vdkOryQZC9pHc2VZHbb39/P48dd7Ne8lYdP6&#10;jdjLNt/Y0ISpaRU4X5OCeE90d3bzXtg8uF7Rsb85EnR/CBv4X7YM9CO/sd1y8i8MS8RXZs3H1wIW&#10;2tZwI2J2CL46LxxfDIu3bBYp9C8uSzbcONULl/P981dkI6mm0WWP44tL38OLe2y0nOIyIplv30pl&#10;7pB5eE07NvX1Y9OatYYB3lSfBv39zuNNvEE9i3IV1jbjyoxanJHaiKC8Kqxqo7Lkb6nxH/t9QYsI&#10;recNEl3eMEjmTbyxtSCYYAOVns/b760leZIUVvWipLoOV2VUG05Lrsecgjr0dXfzZtrEm3m9DVIN&#10;/a1PCq0Vs4VEU9XUPkjmiRUNhu39fVg31MZPCNWlZyByhxZ9WtWHyJI6XJjK30uvR0JpDW7q6cFN&#10;7OA8ZD70++pct1D5dbV3wktknliO4KI6w4beVdhs13u4nTrHFtblhq4OQ3RxLS5OqcX5aQ2IJ3Ep&#10;HU62qCM+WXXpud6x7LwvpFr2kHltUxu2sRMedr0/BfpYn9oYfLdbJ7451TgjpRFjMmpQVlvPTrjf&#10;sIHX9tjf1EJYN7FDrWY7PErmFYgtrcXWvlW2FPSx31nL94Rtq9egp7nFliE+k23yKirisrom7GGn&#10;uJlE368BWBuEPfrdj4J+7ya2syx6gmN5f1wRGAK/cTcgYNIE+E6dRkwdhllTpyBgyiT4TJ+O64MW&#10;s3Muxlm5rfjq8lTD5Bk++HJ4As6PJplXj5L5X2UZSuZnkcyVmrhv+zaXzOtcMu+zG9u5uUduPB8b&#10;JIWt66myiU093UisasJl+Z24NLMZKwoqMdDWik1s5GrAUqGCvreauIk3t9LGVlQ0OmSeXkYy543t&#10;kvlQ0lLmwRqeQ7nDNdW1tlDVWbmdhhsLmqjuqCSpurRSnT47aN+nhMhcudHKbvi6YrCmzBsM2/pH&#10;vrk/GXQOqUoSOsmkh57N3NIWXJjTgWtJKEXl1djI/67OQxj6H5X1sYWKT8Tlbcq8AvOpSIX1Pb3O&#10;9T6WtOhViMTT6dkIX83mNcjtQGBJI9Z2dVpWkrJLTmZdesg8prIJFyjPPKvGUKcOnGQudTvS9z4J&#10;+vl/N7Lz287z1tQ3YXxhK87Lbocviba1rs6wmbaoHQ7t6Dxkrs77KnbegshcylwiYqTrvZHnEfpa&#10;WhBWQPWc04Yv5rUhgffC9r5e64T1HSd75uj3PgyDXgZ/bzPv29T6dlyfUoKJCyMQ6+eNlXP8EBU0&#10;h5g9DNF8b+Xc2VgeFIhpIRG4MK4QZ+a04sqoNMMMHz98bWkSzhsl87/e4iHza0XmJG+tmrh/x3aM&#10;s9TEOvhnlKCisBAVxcWGwsISQo+fDgUFRSguLjE0lpWhKDcXU+KybOLGFSS/mKx81Bbko7K84uh3&#10;CotQxMfKsnKU8lhQWh4VYQ2ujc9FWmY2aoqKDUVFsrHIvlNaWo6akhIUZOfAL6cSp2e12LR1ISop&#10;HQ38TzU8X76d/3g7PynKSkpRxf8Wl5GDL6bXWJ754tRsQzVtL+Gxkb73cVFQ4ILPy0rYqZUWIz4t&#10;E1eszMc5aU3svKqQnZWN2pJig+pDn1f9FLOeqlm/OVlZGJ9UgPOTq+CVkm8oy8sfvN66VqrTCtZT&#10;TXER0rJycH1eg+E0KvKrY7ORmZaOpvIylBWXWl2OZOsnha53WUEB5qXl47yMBlyRXGJIzspFbRFt&#10;42+O9L1PAv3XQtUL22R9UQFCEtNs39GLM5oQlKmJN6UozclFVWkZinmN1Sb1PbvebGfxvN5fppIX&#10;LuI1X5DC652fh1L3elsbpr1VPH8F24EQmVWAv89rxWmJlfBZmYGy3Bw0VrDd045P2ibVvip57iVp&#10;ubgioQDjYjOxNHI5lkWtQGj0yuMQRiwjFq+Iw8SoJFwYX4Szs5tI5KkGb5L5FUsTR8n8r7kcJfO0&#10;QTI/QDL3KmxgA67DhIhYVFVWopGKRCjnzX9yUD74vLqqCq31dSjkDXFlTAbOLOjGpTG5WLYy3iYq&#10;VVdXG0p1A/DzTfX1KC8qhFdsKs7JacLloStJYBloa2wwVNLeUt5sOncvVX95YQEmL1tJhdVigztB&#10;8amG1oYGtDTU85xHbTlZqKutRUNNDSITknFxei3OX1mAOdHxhubaGvvP+i8jfffjQbY7qKioRC3P&#10;28a6XJ6Zi4v5m2exLq8OjUE+yVno6ehAWVkFUYaqqmq0NDUiIzUVV8Xl4JzUGtzIzwrlPK7rXUFS&#10;KeF1qWedr+ruQkpSkim1s/K7DF9KKEJcZha6W5pRy2s09LqeDDjXuwEVJG1dbw3SXRqZZohNzeA1&#10;rEcl//fJqUvBsV9tqIHXsL6mGj7x6baC4PlZTYZpi5fRJnqxzc3WJsvY2eh6N9ZWu9e7ynBefCH8&#10;ouLQxHPUsK517pLSUrS1taGd7XSxyJP4QnwxzszrsHXDi0n0XazLStb78bZ9NHS9BP1eI9vf/JgE&#10;1lUqLk2txNXLEnC18sYjk0fE1cuScEV0Or60IhMXJpXiXHpd2kpO8JrphSvC4y01cZTM/0rLB5H5&#10;/Kp2fD23AYHJ2fjmK9/GL99/3/Czn/3spOPnP/+5nfutN99E+7qNuEyz3jKbMTWvGnfdcy9+/rOf&#10;OuDnhPfeew/feuF5xDd14YysBly+JAY37d6Lf/j1rwye877zzjv44Rs/QEljGy6hSjqdqi4wpwxP&#10;PfOs4de//CV+8YtfODa43zlZ0Hnf/vGPsG7bTlya14Szl2cilTeB8C7tkm0jfe/TQvXz61/9Ei+9&#10;8AISG9pZj41Uz/R0atsMzz/3rP2+Pisb9PyO227DlMJ6nJ5QCm8SpvD8Sy/jV6wfnU+ffY//5xtP&#10;fwMhmfk4K7MB5yeWGbJbuvAmr9s//OpXeMf97MmsS8/1fuXFF5HY3I3Tcprx9+GJhnU799jvemw8&#10;2dA1/OUv3mUbvBu+RfU4LYvqmbg4pQJt6zfjjddfH7yO+uxPf/JjrNu+E5fxegtnRWYhsaIW79K+&#10;X7z77uB533v3Hezauw/j43MMp+W0m3reuGc/fvHOz63ePZ/9pHiXv/fuO++igNfnkiUrcUlUBr7u&#10;E4ivaXs4v3kj4mu+QfjK7BBctjjWGQBlXX81MsUwc6Y3rgyPw/nRSk0cJfO/yjJI5itE5vVo3bYH&#10;B3fuQHhjD24sbkVIVhHe//U/uJ8+9UWNPr+9xyYsSYWF1rbj7bffNgwt//jL95HXvxGnUfWKzG+9&#10;7wH3yNHyX7//T2zcshXXslM6LbUek3Kq8TAJ6bMqf/7Df+OWu+7BZflNOCMiBQVt3YbPqjxPApyb&#10;X2FkofoU6jduw+9/9zv3E0554bnn4FXWgtNiC+CXlGl457333aNOeftHP0JeYzsuUjggqQJxTT2G&#10;H//kLfcTp7boeucP8HqzjV4SFmc4cNd97tFTW3Qddx+6bXC7utPyu3FtViVuvf9B4H/+7H6KT//4&#10;Bxy++358iUQunBaeipzmTvfo0fLko49gQUn9YDrgxYkl6Nq2G//+u39zP3HyStXqjbgkJArXhcUg&#10;QIOc06ZglpfX8aDy9p8xHb7ePrh+fji009DZuc34Smy2wdtvNq6JiMMFy9OROJrN8tdZPGSuAdAz&#10;M+vRs/sg7jqwDzFtA5hY1oEFGfnDyPwPf/gD/t//+3+nBDq3yps/fAPLyqiEEitxDt3blNoWw29+&#10;8xs7rvJLqpv0zgGqzlp8cVE0Dt87nMz/8F+/x21HjuC6lBISQAu+mFyKdbv22rE//elPhv/6r/8a&#10;0Y6Phr73wdB5//d//xd/5PPdh2/HJexMTg9LRn5rl0FFx//7w84l246B2XvM6w/Cn//8Z5LQH3D3&#10;Aw/ihoQ8nJbC+iS+mlyGtTv2mA2e8uQTT2BaETu82EL4xKcZfvaL99yjwG9//Us0rN6Ai+NVl62Y&#10;nlGKJ5973qAy0u+fKIb+n6H/yV6zHlRHKoPXO70OFy+JNey/2yFzXcvj6u8TY/i1li0qv/uX36J7&#10;8zbDxTG5rIcmeGWU4OnnXrDjKn8i6e+99Xb8fU6D4bSwFGQ1tLlHnfLG917F0opGnJFC7zOdnyES&#10;2LblfajYfz/Gho+D//7v/zZ4SsmqtfjCguXwjklGcvBcJC2Yi9iQ4OOwkkgiVoQswPTQ5bgwNp9e&#10;L5V5UrEhICgY40Oj8XcRiUioaXLPfnxx6Xt4cY+NllNcvvMayZwYE5uOM6jcQkvrkFNUiuCqdkyr&#10;60dgeqFteXX3kTsMN998C3HzcbhlhPc+Dg4edHDkyJ24/9570VxXh+mphTg3swWXLM0wNA6sw8M8&#10;9tTDD9u+kBEltTgrrQ5fX5GBtr7VeOLhhwyPPXA/du3YgdmZRST7Flye3YQVBWX0OLbj3nvute3e&#10;PNAWb8fCti67/cRwxzDcwfcc3Mffuf/uu9DQ2YPLMmpxfmweEivrDY/cfx/tuBt33DHylmsGHfuE&#10;MLv4+PBDD+GuO25HXn4hxpBcBC2ANTk+H3sO3oJnH3sUT1Elrl+7FpOzK3F2Yjl8U/INh265Bd/g&#10;8SdYl539q3FVIusypwtjM6tRUddga7UL2tVJ270da8NJgdXDETz4wAM4fPAAlpc3WPrs5VSKQuvA&#10;GjzxCP/jXXeNXG+e9wjPdRGc95xrNvx6OnU3FPpvapOPPPwIdm7ZbAhLzbSsk7OW5Vp67J13HsGz&#10;jz6MB3hNazu68MUsCgziPHo60cVVeOjee/D4gw/i3ttvQ2aNQlQVOC+vC97pJYaBnh7cc6eWTriN&#10;94LWZz80CG1laFsbunDuv5HvQeEW2wLxFrP9Pp4zoZy2RKZiTGIhFsXEEwmYvzIJwSNgETEvLhU3&#10;xqThgpX5OJNe0NfTKgxzFy/F9MWRuCwkGvFVo8r8r7J897XXDTdQmZ+WVoOLF0bj6wELMCm7Ct7N&#10;67CsrgsbBwawad1agxYp8uQ2D2KtJpJ8HKw/Hus2GrQEqDa23bVxA1o7u+Fd0IRzk+sNE6iytdTt&#10;kZ07sOemmxBf24YLqN4n5tWhu38N7t6727Cb302oqLfsjC+kNyG52klb3KO1zrftsPWvDdt2GrZ5&#10;sN3Bdu1sTuzwwLNX4yD2YMcuB5qRNxL2awbe/v3oZAd0dUYNvphejYLuAcMdtHGf9oTUjMCPAc3s&#10;O/b1h0EzFLVx9OFdO1HZ2We4LqsJ2px6UUE1DmzbiodIMFpSeLZmgMaXIqy+26Ad8x86fAhbeC0C&#10;FS9OrMZ1OU22hvgtO7bj4N59ht17Rv7tE8XQ/zP0fw2+3rMPh9jxHOB/SW/qsen8NxY2GXrZVu7Y&#10;x+tNGz5qZu5I10iw67jTxQ5tsn30Om8X1BZ2sJ1s34F927cbtrN9xVS14hJ6Ol9MLENGTSPuoFC4&#10;Y98+tK5ajaszaw2X8ZpntvbgyK4d0N6dDS1tuCq9HGcm12J2cQsGunsNezZvtqWB1290lt1dv/4o&#10;bFlc3RcuPPeJLQJ33H109N5SvvwO3q95zV24IqOSHU8mvkJv5mvhcfjK0sTjEZGAr4bH43INlq7I&#10;wgXxhbYE7hX8H8L8FUmYFRaFr8wNRXxFncsexxeXvocX99hoOcXFE2YZG5tmZH7NsgTMWBiGaSkF&#10;8K3pQUrHaiqw23GP9hUkDt92hAriBHC7QLUxBLd9GO7QHqIOtPbEvXffiwdIJo2r1uCK3EbDeZnN&#10;iKzvwV2HDuNZqlvtZHPh8hzMyK22BY9eeeBeQ9eGmzC+uB0XU9UvrWixG/AxqiZtBXbnXffiTp7b&#10;AV8Tdw0FP2MY8p5tO8b3jsJZb+TD8NCDD+PJhx7BRhL/tVlUkyT0mg3bDM8+9CAeeOAh3H3vAyeM&#10;e455PBZ6fyTce9+DVIUP4+6DBw2JJMQLM5rw5fx21Axssq39tLjTgrxqXEjvZ2Vrn+EFbcF3793I&#10;792AL+e14+vsBAqaOnE/r4nWELn3fgcj/eaJ4oP+x7GPtk3gfbzetm1cJSaQCIVt+w462wTe/yA/&#10;y3oXRrgWHw/ONR56/dUe7iQ8e5I+Sq9L68AHlLXgzPRmTC7txIatO/AtqvPtu/ZhTGqZ4XISYsP6&#10;LXj1MXqS7PgW1XbjouxWTCtsRlffGjxC9Sxo+8I7bN0Wtv2hcO+FoffGUYxwDw2B1p155M67UL9x&#10;B64hmZ/rvwRXTpiCqybPwBXTfW2LOOFqLz8HM2fhmuneuNJ7Nr68MAoXKhMqsx5XZDuYRy959rJY&#10;XBMwD8mj28b9dZbBmLkbZsmmeuvr7kFwXjlmVHZiZUMnbt61i41xv0FrWGhtjg9UOcfCo3r0nUHs&#10;/kDs8Dzn79x24AD2UTWmVjYY/s6UdgMKutbg0PatyG1ox4WR2fDKLDN1s2vjJkNgaSsuSq7D5Kxq&#10;DPT24bY9ztoZg+d2odcj4hi7R8YI3yM8594vRUn13U6ldiWVjXLN89n5CHfs3oW9VJ07qZqH2vNp&#10;MJItDqhM+VtH6CUIWj54fmEdzkyoxtj8FvSu24QDmzciRBtzrMhDVHWz4e5d29HcO4Ab85pNDWt6&#10;+67163F4337s2b2PanW3YeTfPDGM9D9Gwi37D2D/zp1IaezERSk1tLvR0L1mPe6gKtc6PiN974Mw&#10;3I6Rru0IGNKmD/A+uGPfXjS2d+GGjGqckViLeTXd2LN1K9azfscmlxi+FFeAmq5VuHf3dqQ2dOHy&#10;tAZ8mW24gO32MNuv1iDyrEOk3xjJ1hPH0PuLHhnPeRu9q6JV63FVWhm+4h+MgPFj4T9pPHynTUXA&#10;zBmGOd5emOMzE4HeMxHkNR0BPt64YUEYLozNszG0r+U0GgIomOZExmKcly8yCotd9ji+uPQ9vLjH&#10;RsspLoNk7g6Adu2mgrv5IBbTjRxbuxrzypqwQVPC6cIJNk2bqsKmyROaofnxsfoj0UcS1FoTOzZs&#10;wKZVqwyhJJyLk2owJqseCUUV7HAqcEFmE6blVKO4pBxheVWG8+jGXp1Zg9K6Juxatw6b6ZL20ea+&#10;VQO0nefnuQX9xifHwIdi7cBabF69GhUNrfhaRi0upTJPqW01bOvrwxra0dc38ndPJlYRvYTWnBH2&#10;rF+HttZ2TMustLVHvHNqUFBWicW1Xfh6RS9m51YYiopKMZVEdRbre1ZeDTrb27Fn40ZbAkDn9GCk&#10;3zypYB1tXLMO61b1Iaa8ERek1+G6HAe1ze3Y2t9v7XDE754wjr22I2PwP/P3Nq3fgN3r1iC3ugFX&#10;pFTaKosRRTVILyof3JziMnpkywtKkZ5fgq+m1eLi1DpEl9RjI9vyzo0bBmdt9qktjHAPfHwcvcfU&#10;/raxbpLrO/D1pCJMWLIc+eGLULoyCjmx0UgKX2LQ4GeMOwCaGDIfKxa5A6ArcnFGei09uGbD1JJW&#10;zIxOxo3TvJGdl++yx/HFpe/hxT02Wk5xGSTzFQ6Zt+3Yh9v278PCcrri1WtwbX4TKiqqsLmr3bCa&#10;N1VXzyp0dfei+xSjs7OH5NuPrWvXGjqaW6gQanBRXCm+GpODK9MqcE5ZP5VDPW6Mz8UlCWWGy+hh&#10;xJXXYpOmsQ+sRncPbe7qGfE3ThX6WU/aQEMdylepzC8lEqubDFq+YJU27Rjhe6cKnV0O1rGD2dy3&#10;CiXaJIQd3t8lluGG5ELcUNGNy+vW4evpFYbr4nJszOEGejdldY22u80ACaOT5/osrv1QrCWh93d1&#10;Iaqs3tYLuja3zlDZ2Gp12fsZ16X+f1dPr40hrevqRFxJDb5iG5aX4vrEAlxU2OGgqAPXsG6/Gptr&#10;OyTNzq9Bd1u7rV+zqtezg9WpaZdqXxu7u2z5iK8kl+KKxEIkV9ajrHsAmS3dWJRdbPCOTYFXTAp8&#10;41LhR3jFZ+Ca2CxctLIA56RV4zK2W+GK1HJ8OaUMly6OQTKF0wcVl76HF/fYaDnF5Vhl3rZTy8Tu&#10;R2BeJS4s6cV5hZ2YnVmC+spKw5qWRvS1NKO7mbDHpmNA95foaWoi9HgUzrFjP/8haGxAN88zoG3r&#10;iM0tTcgrLIFPRinG5Dbiy8VdOLO4F+fktuCMJK0tUmIIyS5Bf20lNnW0oqelBV08h85zKjDsfzYe&#10;xWrWzzr+X80O/Gp6NS5Nr+JNUGm4qbEWfZ7vDfnOqUS3B7RrQ1srNjbRu6FivJw3+elJFTgrvx3n&#10;8HprCrdwBkn+y0nFSC8owcbGOqxra0MnO9OuT3IdPyXW6frThqiCckeZs4MRqqqqsKmlntd45O+d&#10;KvQQXURvays2tzajtaoCczMKcR7b3hmpNTijqNtwdnG3ZYScSYExIb0UNWVl2NTWjH7VJdul3T9D&#10;oXvqGHR9XKi9E6tom65xRnEZPcMqnF3Yg7EN6+HVuRWTWjbhy2XdhgtymwwX5jbjwrwWXFDUiQvJ&#10;Axcla0P3anwxKsswNS4TX0soxBcikpDXNDzdcmhx6Xt4cY+NllNcjiXz9p37cdfhW+CdVYrT8ztw&#10;WtkanJ/djICcCkNOQTFK8/NRkJ2F/CwiMxMFGRlHkc7XRGF6BpHuIMNBQSaPZ2YNAT97LLKGPLfz&#10;8TxZ2YaK/AKUa42Lli6E9u/E1xs34/S8DrtxTs9tx1epQISo9BzUFRagLDeX58t2zklbnedDMdJ7&#10;I0Gf+2AU0VYD7fWglL9ZkZmOhMQUXJ5Ugr8nwpMzDLXpKShmXRz7nY+DwgzW8QdCx4+BXY8M5PN6&#10;lLJe6oqLkZpTgKuSi3FaTitOL+6xjvH0klWGM7NbMC6lEJm5BazLQhTn5By9Jno8GbDr8hHg58pz&#10;slGSnorghHRckFyJq5OKDCkpKajKSOHneB2GtasPgnO+E8OHfz6f1091Wcu60dpCy7MLbf2d0wop&#10;MEpZfy60KcSFJPSAVK3DUoCq/DwU8tzOdXHuC7umuk/S0o6Cr/VeQdonQwmvdU1KIqJXJlJVl+KM&#10;wl6ckd2GM9Ma2ME04Uze2wb3up9Z1IMz+HhG+QDOY2d+UWolzk2txjVhKw2bdu1B94bNWJlXhH2H&#10;bnXZ4/ji0vfw4h4bLae4fJtELlwTm8GL3UwyP4D7j9wBbxL3WXntuLB6A84pXY3zSJbCpWmVuCI6&#10;FdcujsTVi5fj6ghe7HDnghtC444izEWEBytxbXj8II6+z+dLEx0s8yAJ10Qm4Wqde8Eyww383eC6&#10;bkRuPIDJvXtwdtkAbx6qHyrK0/n87BKqIeKS7HpcFZeL62nPdeE8//JkXBOVyseUkRHJ4/wt53Eo&#10;HBs+HLQ1MmFkLI3DFTzPRXS/Lya+RhuE61RnI33eg2UfjatZR1ezvo7FVUuTcNWyZBd67uBq2iFc&#10;y/q8jrg6JstCP1KPp/EGPqO0j/XIG9slodP53rlUaXKxr47JxJjQGFwXGkv79J9ZN7o+Hnjqwq4b&#10;7VvK63mMvcdh6QmCbeM6tRe2oy8vT8f5yRX4+7gCw9U8dr1sUvs5IXja20fD2miEfj+Rj8Mhu67m&#10;Z77GNumfkIWwqlZMqu7FWdpLs6yPdbnKgbXLPpxV0oeL6T1eyQ5oLOv+hgURGLtwGcYsjjLcEBLJ&#10;95ZiDN+/nhgTHE6EYez8UIwJGglLhmCk46EYOy8UN85dhGuCI3BZVDouZEdzUUKxzey8iB6ENp8w&#10;pFQQ9MLTquj1VONcbeacWGKzUs9Jq8FVvIeEOx96BP/+7/+OX/361/iP//gPlz2OLy59Dy/usdFy&#10;iotn0tC1RuYt6Nx9Mx69/z4EF1RiYnkHgto24pr8JpyTWG7QVO6zV+TivKWpOJsN44ws9vLsBM7U&#10;Yyahx6FgL3889HlCj8QZ7DTOyO9yUOABXdViEgtV4zmxhYbzFMOr7MOXKvpwAc9zelo9Tk+nG5vR&#10;gLNyeN78doMIXv/lHNp6Dr2NM0X4Uh96HAaSF39Lv3Gmvq9dWD42aP+IaDFouvbZ+W04lzibrwX7&#10;zyN+58Sh39Z/HAa9J09Fdcf/N7wuSTLE2aoXEuKZ6bU4LY9KLY/26ZqwDk9Pp2rLdKD6PIMEdBo7&#10;cC0ydV5CKc7OaKSCo3pjvdk5j8GZvI6qD7vGZuNHwL3+JwzaczbtVVhNOIv/RR7EiJ/9xFD7dNsC&#10;69LaR37ncLj1ejq9hEuV7VHdj78rlzfD72c24gy2SUH1eRZfn5PVSFt53fScRHpuvOqSx3LbDGfz&#10;XlDdnmVoch5Ta3EWz39W0kig0BrESMcJfvdsPp5Lor6ARK39PM/X5DUhs46od9HgILvR1mI5q6Dd&#10;wisXpfB+J5lfwc5HuOvhx1zG+PDisPcxxT02Wk5xeevttw0LkjJMwR285348/cQTCMoqxo359fCr&#10;6cY1aVSWMbkGrf53YWwBLogvxrlqvHTJzyjtpwqREhkCUyYnBhHtWXRPz+INYo+GTpxFF/Bs3lDn&#10;sWEK51NJnKtd9PX7y7NwTngGTluYijPCs3FhTB4upvIQLqDaOJ+NWN85hw30bM85C3jOIThbbqbi&#10;m7ThdCrTY+06WdBvnEXIgxDOoFIb6XMnA/qdY/+ngSQsnE3yOC+lChdSef0dO+NLVmThC+yYz1qY&#10;iNOCEnDu4hTDJZFptjjT363Mx8X83AXsAPTds+iOD14fD3j+s0V6Vpf6byfz/3nOJ89B/4G/TW9C&#10;UNs7fcjxkwPP7zqdv/6X8z/dNiTIBh4TSZ+ntuaq3kuis3BxONvj/HjDafMTcUFoKi6zuszE38Xm&#10;4SJ6FOeRJFVng5sq63mBOg439KHOgvV8ujwk/UeKmqOg2j8O7jGrj+Gwe4j2n81zn1XowZBrNxT8&#10;X2eUrcJ57MgvTK/BOcQV4bGGOx9+xGWMDy8ufQ8v7rHRcoqLXCbhyN334KZde/CTn7yFRx56CNPT&#10;Cql+G3FJaa8NjGg5TA8UUztXCokNRA1lxIbxEThDsTq3AX8poQBa92Fy6HJMDFvhIhoTwldgAp9P&#10;Co0yTFy0DOMXhGMc3duZEbGIy01FY2s2skpiERC9AuMXLjdMWBiBSYuXYeISnS962DkFz/mmhoTh&#10;quUpOD+XKrSsn3Z5btzPEdyd1c/gdTqb1+mKFemYtCQSU6wunf9rCI8xqE4n8tjkRUsxma785Pnh&#10;CIhYhpyiJDQ0pCApM9rgu2QZJtONnzqfCGF9qv7tHPy+MHjuFZii3+O1+UpcLs6hTbJlRFs/DygW&#10;kfaaelXYSPU42f2fg3DrcpLaJ9vZ+AVhmDg/DNMWLkVwdDRKqjINVTXJWJ4YiWk8PiVoMaYGL2E9&#10;sS55vgkRMRjvYoJdFwdTeb5xYTG4LKnEEUokaeugPwHOZrs4h9CjZxf+D4ND5n2m0D1kfmVYrOHO&#10;hx51GePDi0vfw4t7bLR8xuVPf/wj7iGxT0ovNhf7tIo1OJ1ENxxUMFQNZ0ohDfb2Hwd0UaWCqEKE&#10;qyMSMM/HG0t8ZmLhLB8smOXrwgfz+Tjf398wLyAAgX5+8PMNROiiJdjYmoqfPFiGO1cvQ0LkQvj6&#10;BBrmzJqFIH4+yN8P83x9DEGD4Pm8vQyLp4zDhKCFuICN9rTSAZye347T89pwOhXoB6P1eGgA8Rho&#10;UPF4tJw4sk8QtMlA91+LN10ftAhzpk1B0PRpmO018yhmzjD4e3nB38eXdTgL3l6+mOE1BxGhC3Fo&#10;bRpeO5KLDfXhhvnz5mPGTD9bRU+f1XcCeB5nsgkf9dxeeyFoyiTMnTQeV4ZEWqjhtIKekW39S2Ok&#10;ej4WeWzzeZ04L64YE/0CMW8663LmdMxhvQ0H65RtNoDt059tytd7Fvz85iI1LgKPH6gwvHwoBy2F&#10;S+AfMBezfPwR4BeAOWyXgWyfc/ldD4KGYMm0iQjkubWG+OmKwSukxXb5seEKpbPcx+PAjktwOjHn&#10;c/IW1BGfS2WunfnPIa4MW2kYDbN8Dsuf//RHKvOHMS2rzBr26ZVr3fAAlfRQ2Cj4JwTPZ50Cnwtf&#10;jC+gwok0VTJJalqq0gO9XkJVSGjiw3h+7oZFVNVU5oklmVi1rhSFNUmYRWU+JiTKoM/oexMWH8V4&#10;vTY4Cl+YOn8RroxMoufRhnMq1uJc2nUu7TmXqmYY9B5xnsDXwvke8L3B50NwwSB6hjwfii4XfM5O&#10;UY8XDjl2ITu8o+Axwf2M85rv6zndbOGC0n5cTFK/YnkqvZNwTCTG8T/eSIxjfXgwXnVhj5G4keQ7&#10;dmEUZkTGILc+B20DhUgoTjRIPY5ZsNTO4fn8MOh999gk/tYEqnzlU3+B9XFh2QAuoo0X0b6L+NrA&#10;ejAMPucxfeaDjnu+z+cX8r0L9aj/K9j/HwL3c/ZZz+c89WNw32M9O+fSe5764+tB8DXbwAUUKl/I&#10;qMc14XGYRK9kotS32p4HVgf673rfqY8bFy1nu4xGwMp4VHSWGuq787A0cyWPRVldq/6d9sjHRUfr&#10;0F7zvGqzU4NDMS5kKe+JQpxDwXNWKSHRZHDvH/6fwRANX8vLPYPHDTxm8Lx2vzP00Y6z3gz8jO5n&#10;CyvpviwfwDn0ui/Iqjcyv4p1IIyS+eew/PlPf8JTTz6BaXlUq2xMp9VvwelVa0nqVOgnFTqng7N4&#10;8yvHWYR5Dl3Lc3kzCecRF5QJfYaLyoV+XFRB8PkXCntxaU4PLinoxyUVA7i0erXhMuJLVcIALq9e&#10;g8tr1uLLtevwlbr1+JomxtSuNVxZsxpXNm7CVR07cHXnTlzTuQPX8vF6vh7Tvg1j+VoY070bNxA3&#10;9uzGuN69GN+7B5O6d2Ji725M7N+HSS4mD+zHlIEDmMrHaX37MIPvTV99EDPW3GyYufYWFzfDe81+&#10;eK/eZ89nrjsE73W3wGcd3197kO8fgM/q/Q7W8Dk/48vjvhsOw3fjYczi52atPYBZ6w9ill4Tfhtv&#10;hZ+O8/Peq3bCp2c7vHt3YEb3dnj17sSsgb0GP57Tb2Af/Pt2E7vgv3ovvPv2YEIr/2/jFkxq32nw&#10;7eUxfk+P3qt2wYef91nlYBZf+/M3BD133ucjzy07ZZ8//4cefex/DYc+47/uIPz4Gf23Y+FL6Pv+&#10;a5zj3qwzb3vka9aVH89rcD/vxfcHwe+o/lQPVnfETA/4/gzCy61bL16n6bpWw3CA12w/ZvbtZd3t&#10;wJTObZgsdGzDpI6tLrZgCjG57SZMaNuCcXwc17oZY1s34ZqGDfhq+WrDV8rXsI1twLWNRNMGXNe8&#10;mbgJ1zdtxLV1bH+1PE6oTX6Vj1+3x7X4CtvvV/n8K0034fKWLfgSvyN8ka8va9qMS9lmL61dT2zA&#10;JfWb8IWGTfi7+o24uG4jLnJxcfVaXFi1BhdWr8f5/Ox5NetwbrWwnsJlNc7m/SQovKhsJmXhnMZ7&#10;6DQdZydxfm6zS+YrDaNk/jkrWk/85Zdftu3EsvIKqXibUNLUhZLGDhQ1CO0o5vPixna+x+d8rfeK&#10;6o+isL5tCFoNBXVD0XIUtUIz8vg7hmo+N+g5UdWIXKHSBZ/nVTeigJ8trGm2Xf2LeJ5i/kaJocUB&#10;3yupa0YJjxv4+eLqBhRV16OoiqisR2FFHVFL1KCgXFPaq5FfVoW8UqJEj5XIK65AbnE5covKiFLk&#10;FJY4KHBhz4uRnV9kyMovtHrLyitAVi6RU4DMnHwiz5CRk4uM7FykZwk5SMscimykZrhIzxp8TBHS&#10;hMxjkIFkF3o+iFS+9wHQseHgeUZ8rcejSBb4m87vpdvvpBIZGVnIpN16TE1NQ2JiMhISkpCQmMTn&#10;SUhKSkZScgpSUlIN+kwav5+enmHIzNL3s5DF+shm3eQKefnIyy9AfkEhCgrZBm3PzGLbK1bb1xlK&#10;ywah7QFLy8oNmqDlgb3nOT7kM8d+bvDzQz/rwn6jZAjstWsDIZuKNO+hSPtuFiFfdhO5uXnI4fXO&#10;5rXOzs7h/8u2/5mRkWn/W3UgpLA+VC+qo2RC9ZVIWB0Sqk+9n56ezvMWDv5n7SFaYCg7Ctp3HPQ+&#10;221ldS06u3vQ2NSMyqoqohqVlYQeqzX5qsYeKyqrUF/fgJ6eHmzYsAHf+ta38Pvf/95lhxMrLn0P&#10;L+6x0fIZFm2YoIv36quvIrOoAv4rcxCU34ygvEYE5tQjUNvI5dYjiM/n8nGuHj8E9h1D3fHIHgEj&#10;vD/Hhee1fjs4vwEhhU1YUtSEsJIWRJS2YGlZCyKJ5UJ5C6LKmhFVSpQ0Ibq4EVHF9YguqkNUIZFf&#10;g+V5VYjMqUBkdjmWZZVhaVYJIjKKEZ5eiLDUfIQl52FJUg4WJ2RiUVwGFq1MQ0hMChYKK5KxIDoJ&#10;wcsTMX95POYtW4l5S2MxN2IF5oZFI5Du8hy63wGLlhIR8F8YToRiVvASYjF85y+C77wQeM8VFsIr&#10;MBjecxZg5uz5xDzMCBCCMN1/Lqb5EbMCiTmY6oHvbMMUHwdTPXDf/0D4BHwiTPHxxxRvf0zjo9es&#10;APgFzEFg4FwEBc3D/PnBDuYFY968+ZjneT0EwcELBrFgwUIsFBaGICRkkWHRosWGxYuXGJYsCR1E&#10;aGgYwsLCDeHhEcchzMWx70e4OPb9E4HnnGFhgvPbI0G2eSBbPfZ7/o/B/Y/6vwb+d9WBYUi9HFtn&#10;gupTj8HBwYPf0WeD+H5A4Dx4s33McDHTP8jgNQQz/diG2C4Wh0ZYZ6SNnm85dAg/+MEPeY+/hle/&#10;9zq+J7z2Gl4jXn/9dfz4xz+2LfB+/etf22YX4oSPU1z6Hl7cY6PlMy7aoebxxx5HWk4hIklwK8tb&#10;iWaiBXEVLYgnEirbkFDVjsTqDiTVdCG5rhsp9T1Ire9FasMqpDX0Ib2xDxkuMpv7DVnNA4PIFlpW&#10;DyKndQ2yWgaQ2aTvrLLP6L3hWIuctrXI71iHgs71KOpaj+LuDSjt2YCyXoKP5XysEHrWO+heh4qu&#10;tQ461qC8fTXK2gZQ2tqHkuYeFDd107vopAfRjvzaNvMMcugFZFc0ILOsDhklNUgrrERyXhlWZhZg&#10;SWIWglakYs7yJMxeloCApfHwD4+FX3gMfEOj4bt4OXxClsE7ZClmLojAzOBwzJgXihlBizFt7iJM&#10;DQwxTCOJTwskSOJTSeJTA+Zjit88TJkVhMm+QiAm8kYUJngHYIIXH738HcwU/DCej+Nn8NGF3juZ&#10;0DnHzZiFCTN8Mc3LDz5+sxEwJ9BIXBChBwQEYNasWZjlK/g6zz3Qa4Pn+Edglt8w+H0Ocex/GPF/&#10;HothdTW0DnlOP3/4+wdg9uw5mMO6nzs3yDCHdT/Lfw5msIOdNNMX46YLs3jNjkKvb5zihXnBixzP&#10;gd7O8y8c3RlppPL73/8n3n///WG7FX2c4tL38OIeGy2fcfneq99DeXklMuj6ltc0oKKuGRX1dM/q&#10;W1AlNLahurkDNS1dqG3pNNQ1t6Oe79W3CJ1obOtGU0cvmrv60dJN9BB63tVHrDK08nlr91G06XOd&#10;vXy+is91nHDfbx0CvW6z9wmeV2jvGSDcY/a6D+1DPmfnEnR+oqWjBy3tXWhu60IT0djaiYZW2q7/&#10;0NSOOv7HusZW1DS0GKpqG1Fb34TC0gpEJaQgLiMX6YVlSCsoRXJOERKzCog8xPP9mJQMRCemE6mI&#10;Ipbz84b4FETGJyMyLhEhS6PgNTcYU/2pwKnOZwYtwkw+zghcgBkk9xmzgzGd5D6NCn0qFdYUKq8p&#10;VOhTZgmBmEx1bvB1QcKfJHjPtucnC1L906noZwWQRAZV+HwjcT8/P9uxfdqUKZg8cSImTZiAiePH&#10;jwwdG4rxpwIj/O4xmDBu3IiYOF4Y+TsORvq9T4nj6uT431WdTpo4CVNYx9OnTYOXl7fV+5w5c0y1&#10;exT97DlU4mwPU+hFTWbH77l+ag8TSeoLFoVaSEjK/JlnnnXv9JHLCyT79es3ULl/D//zPx9Plau4&#10;9D28uMdGy2dQ5Epph/PDdxxBeV0DsnLyUFBRi+zqFmRUtSC7ppVoQy6Vaw4fcyqbkF1aiyySWWZ2&#10;HtLTMpGemoG0lDSkEmmKjWZkIzO3EFlF5cgtq0FuRT3yKhv4WIccvs4pq0ZOaTXPU4Xs4koL62QW&#10;lqK6tgENDc0kTnYoeSXIyC9Bel6xg9wiopBeQwFSswuQkpXvIDPPkJyRY0hMy0FCWjYSU7PcWG8m&#10;UtMJPabRztR0szOFSCISktMQlySkY+VxSEN8cgZKyqpQWlaJZVExSM/MRmdXF/ZqO72778ZDDz2E&#10;hx4k+Pjoo4/i8ccfp3fzGB4bATqm7cGaWtsQTYL3m0elTsKeNpskTrVumBNshD4tQHAJfZDM5w4n&#10;8mPI/OQQukIrAZjJ3wmYM9dx9YlAkoiPtzemklwmkGxuGDsWY6+7zsH11+OGMWMw7oYbhoOf0fuC&#10;53OfFcbw94ZiJPtupH03euwb4RynEsfZRlvG33gjxg+zcay9b3bytTqfKZMnY+aMGfCnag+aO4/X&#10;ZoF1tr4BczBtCKGrLcirClu6HO3tHairq8fzz3+wMteu/r29fRa3b2vrsG3ofvSjH5m3fqLFpe/h&#10;xT02Wk5xef+993Dv/Q+ggmpUceDwxAxUUommVLZiUUkHFlf0IKyyF+EV3YgobUN4bjUi0goQHpeK&#10;0MgYi8ctCFmMBQtCqBQW8sZXTC8Yc+fxccESzA+NxMKoeIs9h2cUY2l2hSE8qwRh6YUI5bkWp+Qh&#10;JDEHi/iZApJmRXU9YtPzMS86mUjCvKgEBC1PwNxlcQhcuhJzwlcYAkKj4L9kOfwXL4PfoqXwXRgO&#10;3+Aw+M5fAr/gxQhcyN8PCaUyWeLYuHARggftXIigoGC6q0Hwmx0Ib/9AzCB5TZ1FMhNZSulQBU/k&#10;jTFTu6uwc6iorEHwkqWY5u2PuXRdNYjZ3tGBjRs3Ytu27Th866145513rPF/EP6H0AbEmqgl9dO/&#10;eg1iElMQELwEUwNI2lTk0wNJ6MR0kvp0I/X5puKPKvRATPGlQh9K6MTJInQRuZffbMyhO694bRAf&#10;FQ6YOnmKEYyHiERAIpepJBdvksssHypHXx8++sCXpO89cyZmTp+O6VOnYioVptSmyMpDovq+kdRJ&#10;hoeY9ajfmzJpEu2Yhlm0yc9XOfZH7fOaPgMzpk7jf5hkSlj/R/bdMOZoJzTSb3xSeM55A+3T7+g3&#10;VT+yR/nq/rNmwc/qz8vqdCYV+XR2nvoPHts851J9zpw+00Iwnhi7P70oeVO6jmq746f7YGV8Evbv&#10;229bPH7zm99y7/zhRe1xHz+jAVYNEidT4CyLjKJKX49//Md/dD/10cWl7+HFPTZaTlFRCqIGPBTS&#10;WBiTjJnRGQjOrEQ2VXdRdQOWl7VjQXkvllT3I1SEXtBgJL5sZRKiV8QiOjoakcsiERGxFM5AkYMl&#10;S8KxiOS5kKQ5j2Q5l2Q5m+puNslzHgl4UXwWwjJKEZ5djrCsUoSmF2NxagEWJeVhUWI2sqjSi8pr&#10;EJ2Wh3krUozQg6ISMZdkHjhI5jGYHbaCRB4FP5L5rEXL4LMwAj7BoSTxJZi3KAyh4csQycYYtdxj&#10;57LBga3QQTtDsZAEP4+dj4UO/EliJK1p3rOobvzsZhg3w48EPxcx8anILyrF/MURFk8eO9WHJB+E&#10;sGVRSKPaz6QnogyGl1562a3hEyu/+93v8MYbP8TO3XuQQO/Gj53ENCN1qfX5FnY5SuhuyMVV6IOE&#10;PqjUnZv40xD6FP5nb785CFRYhUSuevGaMdNR4iQhD0lOmjAePl4zMW9uIJYsCsHSsFBD2OLFWLSA&#10;7v+8IAQF8jyz2Sn4+yOA9arPz5g21cIyItmhJHeyYORLiPhE4IGzA7B44UJEhC4x+8KXLMHikIVY&#10;MG8eguhpzPXY5zcLvl5etG/aIHGOdP5PC9knQp7GzkO/uXD+fLNpWXi42Re6aBFCWO/z5s7FXNon&#10;+2f7+5HofeBDchexqwNwOhyno5kyabLF6+fxmsmD8qc4meYbgIle/iRzb8QlJOPmgzdj3br1H0jm&#10;UuVr1q7HqlX9tplJeUW1ea3KehFPnGhx6Xt4cY+NlpNcpA7/8z//E8+/+CJScgrgF5UKn7RqBOS3&#10;IKa8FZV1LYgrqEJICZV6VR8W8zE0vQjL45UylYDkxEQk8TFuZTxiY1ciJjaOjw5iYlZiBYk+KmoF&#10;e/XlCCdpitjNDQwMtMEy/8B5RupLkvMQkVWG8MwSO/+SlHwSei6WU5GvIEITsxAcm47gFammzo3Q&#10;Iz3qPNYIPUCETnXuJ2VOVR60mDcEfzchnnYqLS4xCXFxCY5tQ+xcMdTOZctJ8EstC0HZAnPZ8ch9&#10;9fYRqfuRFP1JmnMwm53EgtBl8J4zn+9R8ZDkvQMXICEjBy1NrLf8QlQVFuHV73zHremPVzTw9Pbb&#10;P8UDDz6EkvIKBMwPITlTgdMrEKlPFxRHp0IXqU8dEkcfTugOPkkMXf9LijzQVeQacFOsdvwNNxpx&#10;CCJhHypaEeTKFdFIjFuJuJgViF62lIRJMgoJwWKSeUjwfCPMYJLSPJc0jZRmkZRImlKjQ0ld5PRp&#10;4SHKGTx3MDuTFcsjkbhyJRJiY+25hyxl+6LgBVgo+4KCMI9tc+4ch9T9RepUxTOnTzVSH++q4U8L&#10;D5mLiOcE+JO8w8wu2RcbFYXlEREk9cVYwo5m0YJghJCUrf6CWH/sFOeK1Gmbn48vPYoZNlYhZe45&#10;t87rS0XvySaSt6lMJCnzyOiV2LhhIzo7Oi31eKQiMh+gl6hNXDo7u1FWXmkiJT09Ew88cL8pd6Uu&#10;f1Rx6Xt4cY99oqIY8P/8z//gf4X/Ff73I+D53AfAPZfO+ZeA5/ePtcuO0X7+Y/zxj3/Ee++9h5/8&#10;+CfEj/GTn7jQc+Ktt35iaUePPPII6tu7EJZZDL/EIvjnNMKvqBMLS9qRVd1iOdnhJNkFObVYlF2J&#10;iORsxCemID0lFempqXS/ki2HOCGRZKm4s+XLOkjma8Xb4uITEUOyl4KXOg4nWSpNa97ceTal2XcW&#10;lVDwYiyISrDwS0hsGuZbKCWOZB2LuSTqQBL1bBL1bIVRqLz9QpZi1oIwzKL6VhjFZ75S/BZTjS9G&#10;wAKqrYhI/m4CMmhPRjrtSU41G+PNTuU4H2NnwlGij6KdcinNzpDFmB80HwFU6T7evpg20weTZ/hi&#10;Im+K8VO9cOOUmbhh8gxcP2EqplPBFlfXY9+efegqq0BVSgpefuYZpxF+wqLOVjfWY48/ga7ePiyh&#10;8pfinkTSnuqvQVGH0AVP2EWkP1kDo8eQ+sdS6CTyGbNIaPSkROSBJHKpVJGFh8inUE2KXFaSvNNT&#10;kpGcEI+YqOWOIqc6F5GHU5lLaeoxlO8ZsVN96ntS6h5Scghzup3TEz4YN/Z4EjwRiMxkn84jQo6O&#10;jERaUhJSkxKxkh6kiNNjT9jiRY6NHvsWuh0PSX0+ST1ojkuaVMJeJM2pUyabF+IJD30SeDorhU3C&#10;KBpSEhOs/hJWUlCoE2R9hbGTEUTog/VnHWMw1fuQTpGCSIpeHaLjRRztEEXoPiR0Z6A6GL7+gdZu&#10;QyOWWwxcMfPnnn/O2tlQ/hOPKJRy001bbDeqnp4+VFCRZ2XlICkp1fLlN23ajB/84Af23Q8rLn0P&#10;L+6xEYvHiH/913/Fd6iEHnjgAdx1113Yu3cftm/fjgMHDuDQoUO45ZZDuPmWW3Dw4EG+d5Cvb8Gt&#10;t96K2267DYdvdXCr4dYPwbHHD+PWw8KtFiMVDvG9T4vDBud8zvkJ+72hON7Ww4cP2cbALb2rkVbV&#10;iriyJiSWNyOlogmp5fXIqtCEmwZklVYhNb8Ey5LS4bcsHt5JJZhNEp9d0ouAwg6sKG9DUUUt4pLT&#10;MT8iGgtJrMvjkmxCQ3ZGOjIzMkjkmvyRhpzsPJsooYkMGZmZVOzJWBnHG1uqVyGYFTFUv7GuCo7F&#10;8uXRiFi6zEIbwfOCEUAy95XC4GNg8CLEp2QgIzcfqTxvSlauDWKmGLL5PAvJVAdJApWCkEhCFmIT&#10;EhHI8y1aEmaTK3KyspGlz8tOHlfYo6Cw2CahaLKGx05T6rRrEHw92PFESKWH8mZYQCUpQvfBpElT&#10;MH2mN1V/lHVSQtSKlVi6PMomZ2zasAnNrI+63Fx895vfdFvppy//9E//hIfZ+XaS1KPZ+XgFBFma&#10;4qRZVOZ+Iyn0Y+PoJHMS9UeSOs8pFRdANSc3XTFyDbCJJESSIgrFbqVqRZJZaewM4+IQGRGOZYQI&#10;M4XeWiqPJcXH8zWVOgl1+dKlJNIIKvYw+67CB0bqbuhAMXavGdOpMicPxtM/LhyyvMFITWpcnkK2&#10;OnPaE71sGZaSyNXhJMXH0T527OyA4mJiEL18Oe1bxv8Qwc4obDA8tED2SaVTPfuR0KWCp09VaMMh&#10;zY8L1Z06Gb9ZsxAVuQxZ6WnIoCiKpVezNCIMy2ljAusylSJJnU8ClXpMVLS9v0y2hYcj3PV41CnO&#10;V/iF9WdhIesQnXi/dYgi9IkT4M8OzQasg+ZhBj3MkMVhqK6uRVlZJYl6FXaRL/bs2Wv8cccdd2D/&#10;/gPYvWsPVXk3+levtf1Iq6rrkJtXYIItnuJs3bp1Nh70UcWl7+HFPTasfPe7rxop7969lwbtwfr1&#10;G9HUTDXJG0oz0eT2a8bVqlV9ll6zbv16rFm3Hv22DyR7HN4UzgaqfVi7ugdrBmh8fz/WruNnDeuH&#10;YIOdfz3dkw0bNxk2uti0SdiMTZtvMmwWbvqUcM+1aTPPq3PzNzYK9tu0gXasE2iTY+sGx3Xq7kV8&#10;Xhl8otMRkJSHBVnFmJteCu/kMvillGJ+ejkWpBVjdlwOfJYnwzc6FQHJRZiTXoHZBa3wSqvG3LQy&#10;JBVVobS0HBUVlQgLDefNt9huzlzN0svQTMA0kmKhxdCqiIKCQlPokSJpkl/IwhAsCF6IBZoMwu8u&#10;oQJRDH3pskhEkvRElBFLI0noYTYAKeUrV1vqrKysFM8/9yy+88or+OZLL+Pll176UKgDf+Yb30Bt&#10;TQ3CeSMmktTzcnJppzMTUeRdWVFldmpGnmbTLT3GTk3gkLewRCqIdi6jbep0zM6IZVhMO6VuZOe0&#10;KVPNhW1tbbHUrW9/+9v4Jklb2SzFbHu1NfUoZd1Ul1fgte99z22tJ6/8v//6Lzz33PPoYzteSaU0&#10;a+4CTPQSUZOwSeKTqMoNPspNn+Pkp5O8FfMXJngRMx1M5POj8LfjU0j6PvQybJIK4UuPROlyIkoR&#10;kohcIRSReBaJUuQtok6mwsxnB1ZSWIg83ncKwa2IYv3xs0tI3osWuhOEgheQKBdiiZQmlfBCkq5C&#10;B7P9/FivDqFLAU+UAiYpHUuIHwbZqM5A6jqNajdH4oKEGEX79JibnYWSoiLamcfjKYhZsQIRJMgl&#10;Im8RJG0MIYnL1iUhi8xGxbEVerGwi6+vhZUU1pDyFWmOZMdIGHfDjfb5ABJ5LOssl7ZJkS+nGlcH&#10;k0liL2bdFRUWUIRkIH4lO0i20zBNQGLbDJEtqj/at5jPTalbhxh0jIdzlND1u1PZXmfPnm3t159K&#10;XoP9IubKqhrUsK0qW2yAbWn37t0GDd4rvCKi37J1OwZWr0NNbSPy8gopfhLQ1t5BVf59E9AfVVz6&#10;Hl7cY8OKiHzlygSqKSmrOMTzJi0sKqVLUMubtthiPNU1ddi+czcOHLwF+/n5fcSeffuxbcdObN22&#10;w45t2bIFB3atx97ta/lHtmLvvpuxbz8/62Kvi337b+Y5brZzHTh4CAduPoSDxM23HDbccoiqXDh8&#10;2yA8iv9EMfS7h6j2hVsO8fwCf+MgYb9N7Nd/IvbRJkGDGms2b0VcTbfFvJcW1yCtpgrLy+oRkNeC&#10;oKI2hJa2YVGBZnA2kMSpxlOKEUiC949Og9/KbERklSA2PRcrE5NtKu9h/m4cG1VMdIxNr86gIs4g&#10;Saoh9PCCN9Q3Ij0tHRFh4Tbgohjz3MC5NgNQGS0LeFNIFShOLtIWaSoerYFHkXm4iNKULxuanz9V&#10;L113NtD77rvPsjzA9uLxvD4ImtDw8EMPI5oKZmVsLBtdntmYQSWvzac7OjpJsLWWIhnu2hmouCjt&#10;lF0anHWyb9xZibKTr2WXQi1Laafi6Ir3zwuaD396EJMnTcYyqqVnnnlmMLz18svfRG1tPdtcA+un&#10;DlkktGef/fA83k9a+HMWStNMvU2bbrJp/vMWhsF79jzMDJjrgCp9BlW6Zo46CHTgR8ya44Ck7cEM&#10;9/2Zs0gMvI66brMDZhsZTLjRIQZ1uOGhS0xRisxFQvGxMSgvKUZzUxMqysqRznqOoRpfSq9G9R3F&#10;zltjFmmpKUigUo9mJxlKggomSS4gpNAVr9YApBG6t/cgIUkBj5iXfQwmCCQvpektmD8PackSHpmm&#10;umOi6TGxk2lqaEBNdTWyMrPYTlYiktcvnESuAXGN/6RSISeyA4qhJ6n2LNIMZmemjmcooSu7xONB&#10;nIh9GiyeMI5gHeq7qjMReSpFRzTVuQi9rroGjbSvMD+fYiQByzXGpHuEdRjHTkihQk3jj6cnGUUv&#10;YjE7R9mm+lvI+lvADlHjEIrx+5DQPQO38nD0295e3pa2qDavCV7ySGvrGnHTlh3klVvxNMWQ0pF/&#10;8pOfUBx9F3fdc69xjDhvzdoNqKtvZgdAwcbreOedd7mt8KOLS9/Di3tsWHn22ecs9lPDG1Vug5Rk&#10;cUkpCotLkZtLlyBJaxykooAur9JrSohifkbrJ+TT3S4oKrHPFhQWoby0AKXF+TYzqqS0gp91wef6&#10;jqHEgdJ1igWqMKHIUGprJBQT9rrYBZ87azno/eEYXONBcNdZsPO68LxXwt+W7Z61JMw+Dzx2ElpT&#10;Iof/S1PQ/VJKEJRRiiW5ZZifXQnf9GoEZFYjJKcawVlVmJPbCP/UcsyKyYRXRDy85y9GYXklvsE6&#10;PXjzzairrUN3dzdKiosRyxsiW2tm2HoSWST5RvMW2lvbrOHP0Ww03vSehhKycBE72Xhk0DuSWtdU&#10;55AQKh+SodSvoy5CTJWLLJVNouNqbAq3aGKEiPKNN95wr/SHFyljNXR1ODk5ObbuRTrtFLGuWb0G&#10;9XzUzWF2ErJThK7fjI9PQmZWDoVAIj2QMLNPnY2OeRR7KD0Ts5OP+m/KyNHNIeLIoIJ69913zY7v&#10;f//7aGGd1NU3oamlHWn0YB597MTWff405b+o1N/+6du486676W32o72zEx1dXYb2D0KnC/d1B11q&#10;7TKfTcWq2YRz6b7rWmoi0KSJE42QlE8eTNLNTEt1FTlJmuTc0tiIdWvWoIxtVR6P6iiS9a1rn0MB&#10;0NTQaOmaW27agr5Vq0hajRRb+bwmkaxjdvRGSnp0CEnKdTDThXU8maQkyI4RIdIiqeozypZRyCeP&#10;HqSIXAq4qqICa6k8G+rrrb2q/SnMF0fbFRasIZGu5vFtW7dh9erVaKZ3X6x2T2EgQp/PelhI+xbQ&#10;zqEdzgzF+Nmp6/cNbLcj2SevRo/yaJSlkpORbp1NDEk5m+1nTX8/VvX0mMe7WLFxejIK92mdFvGJ&#10;wh3btmyz+tM9WV9PocA2ruUJ5mtQ1CX0+XMDLdtF3oPi8dPZCRuh8/fVIQewI9I1lSCR55mTm882&#10;0I31GzaR0G+2ORH3338/7mI7umnLVstm2bJ1h5F5PdV7fn6RhSQVulZIW+M5H1Vc+h5e3GPDihTZ&#10;P//zP1uwXvjVr36Ft99+21zfJ554wtzetrZ2XpxmtLe3G+QiKGFeaq2TjVmTPbqOgd77KAz7vM7z&#10;aeGe99PAsacbTa2tyKCHEhybhjkrUjE3Jh2BMamYH5OCJfHpWMjnAQmF8InNhveCMMzhxc0rKHDJ&#10;83/xL//yW3uuuJjczjQqluysbBs0rK1twHa6Yd20WaETTS8O5s0hYtbaEmosy6nEqniDKKWppq7e&#10;4uRS3lqvYqVUfsxK+7ypXxK8kxrI7/M8swOoEqdNtwa4hgTx29/+1rnYH1CUyrdxwwY7T2Z6BtVw&#10;tg3CVrMzUnisnr+vUIpUv9R3qIVLaCc7jhUk/xoSfc+qfgsXifDn8eZQ56PB0BUrVhqxi9AVkgnl&#10;+4tNUS5EADuvKZOnGIEcuuUWa4taw0IhPXmDzS1tSOcNp4lBn1X545/+iH//93+3Ovm4sE1J+N0t&#10;W7dYjFVTxPUfp5GARET6n7P5vjIupHhXrlhBRR6L7o4ObCXJ5GTnOiRBlZubk4d8uvEalygqKEIX&#10;77U1/av52IXK8gpUEN3dcuN7kEXSVfggiJ2HVKZiwIEBAUMGHJ06Vsc5hUp4RLjXQQSrkEV2ZgY7&#10;mTgsXxrBjryWRLjVHhdRzS5ReEibclO0aaGrPHZerU0t6Gcb6O/pQ01VNUVhqXHFqt5VFGTFbDNL&#10;HPtI5gppGGHO8rUOZ9rUKY5thGwdyT7Zps8tCKbHkKIxhlRT5LLzpo2bKDhWUzDFmkeqRcmKKD41&#10;vqP7TaHBXnayA7yXWmhnUUEhqquq2Cn2oZXCQZ6EPCiJE9kn70GdjcYfZvI+Us7/ZHo4sk8TvJRa&#10;qvtM4kRtvIZtVR3EKnayGkM8cuQIent7bfBTHKm2rE5fqYkSZ1H0uCorK22y20fdmyoufQ8v7rET&#10;KnJ71bD/7V//zTI6FKiXenLwC95079n7773/vkFrD3genec69mE4+tlTCY99I9twPN43vM//967N&#10;1Hr+5W/h6edfwjMvCC/iWeI5Pn/wkUfR3LUK5XSdtu/ajWefeQZvvfWW1ZunPP/880ilMoiOijIV&#10;oIHOUqr/jezFe3kTRrAx+PsFGNEpS6SIXo5nxbl23rQb6fpv274T69lYm5tbqTB4vKLSXLsSejeJ&#10;9JoUvghZKMWuRZTCeFMvctX5LHNfRazqlD+sqFHJZdbNkMXGpli+7FQMsKG+wWKNWstCpCwvTUqn&#10;mB6TPKX29k5TJTdRkQ2sWYu6ugbHS6uoop0N5mkpvq6Gr/zzRSR0kbmeS51rMFSdjhSmZ0W5TRs3&#10;o5Rk1djEDtXI/HHX0r/+8q//8i8mfFT/WrzJ13eWpSKKLL1mzkQYSU1EpEHFFVHLLWyxmYo7LzfX&#10;1K6UuMJa7RRQIqD+vgEe34StVJVr16xDd1cPv9OMahJUI727XhE6P6e2ERERYbnUUpqD8XOpX/t9&#10;hyhly7Spx4DvTZ0yzY5JnaaS3DRwKLJU6GfL5s3mZUpIRLEt6/q3trRSjHSjr7cPG9ZvYGe0FevX&#10;baA9fWhhW5V99TX19pmenl4KmDp2/CtImEFU6UFmpyfc4oSDaB/raCT7pk6dysepNjlJHWCmBjvp&#10;0UiZ95E05TkqbCL7NM7XQK9F9dTf1491a9eZt7BVKpmf6+R9JS+zmsTa1txmnU0r61orTEqwyD4n&#10;fj7bJhups/FMMHKuoZd10J5woq7Xfffdj3fJjz/72c/xm9/8xghaXCBhLE9TpK7kBnV84gB5LRok&#10;VXv/5S9/5bacDy4ufQ8v7rHRcpLKOz//GX5Cwv/9f/6n+87Roljs5k2bzQVOSU625TkVXlG+6QBd&#10;QsXt/JR5wl5ebrVU7fYdO9mr34mHH34Ejz72BO6+934bZ9jEG6V/YA1aqFQ7Orqxes16Izo1DOV1&#10;L12q+F/oYAhGsXZ1EroRxo4Zywbba6pxpKL3RdoKh6Qmp5idInSF3kQoUVHR5jlIZUZRhSvssoXE&#10;cssth3EvG/EDDz6MW2+7wzqdtes3UqH30bYWdkb8nyQfdTxadlR2ahDUsdEJwWhwUOeW+3rjjTdi&#10;7549FsfWYHwhO7aGxpbPHZkr5zg5KYmd32yrM3VWMzUjktDUfeWRK76rrJWi/HwS9BpTieqE5X5r&#10;sFwK/MC+/bY71ROPP2Frf9x++xH0kdibWLetrR0k03Y0NTZT1XfZuEtjY5OpZQ1ei5BEllK/ps41&#10;GOqSpWwRIQ3FzBleZp8/Ox4NwqazvSpPW1kqG9evQyvJZ7nmDtD7U6fRS3Les3M3jtCmRylqvvGN&#10;Z3D3Pfdirby4+ibHPkKdTmdbJ1b1rCLBUxGT0JaTdBVyERTOkTpXOEODoWbfNNpHe4baJ9u8vbzY&#10;0cynbUlIomcqMq+vrcE6CogUtlvVn4cob6IIuvXQYdx3731Wd4+zDvexPnXvqf702Kx6ZKejuuui&#10;atYS1RIxFhJi3XnU+dHOkJ4B2+nMGTPN65L3rFmiNTU1+OlPf+Ze/ZGLvM2nn3p6cOmJH/7wh/in&#10;f/pn/CuF8n/8x/HccWxx6Xt4cY+Nls+gvPnDN9nwiy2MInWusQeNR2iEuyC/wHKO58yhOpkdaIOj&#10;yqx5+uln8OJLL+OFF1/Ct7/zXTzNm2Tv/gOW2tS/ep3dzCJZxWXrG5oQH59gg2BKXZTy1WCjSFKD&#10;pDqv10xvjLtxnA1ofvMDJjZ897vfNTdZsUMNbkp5l1OVt7LjUPxRDVYdjuLkGoDbQMJ+4IEHjWCf&#10;evobePmbr+DBhx7Bps1b0E2VtqpvNTp4szSQaJRfKxdzxYoYy+ZRaEh2eshcykYhId0gWpOktKTE&#10;PL9DvBE1UFTfQDInQX2eyPy2W2+zDjWQ11bXWFP2fby86bL7WvaE0vlsQhBVbxvVbTNJWESpgToN&#10;9moA9Jabb8Gj7NBvu+12G9DX2h8PP/IY28gmtLS2s34VXumzcKBIXPHz0pIyy2HWIKQREtW5Ju1o&#10;CzZPKMOWCCA5DltdkJAXIRulSBUjVxhIZFlRVkrh0WftczE9Ck/IYhdFx+OPPmZxYaUqP8rr8yTb&#10;wpZt240sdf1XrVqN7u5V6GB7bWZb0FiAsrWSeR8os0RkHmSE6WSPKLav7Bt1NhrzGWqfQhsKT0WG&#10;hyMtMcHqLjMtDZ3t7XZehUiU6qe0XnkK97Fjeeihhy1ZQ2MgGhe8ix2jwndS4Wqjvav6LVSsdl7L&#10;NlpYUGS53woTOrHzY0JVJHMNXKtzUbhxbtBcy27RHJGnn376hGLfn7S49D28uMdGy2dQFDeLjIxE&#10;VKSThaBJNoqtlZdXGHGKHBcuWIQlJDa5sPdShb/6vdfw/Asv8ia5B88+9zyeeOIp7N1HMh9Yi3W8&#10;kTWQ0kQ1UUY3XGEMqVYNktlEnZXxli3iDDqGWAhDS38q1ihVs2fXLtey4UVzB2RPNJWzbjSpm+rq&#10;GlNR6ohESgqJ6LmyWe48chc7mxfxEMnmIEnnG1Q+UufyHjRwuJpqfICdTzkVpgaXZafOGbk00iYV&#10;KWPKBkFF5gtC7PyWdz5xosU777nnHrqgR5Cdl2+DoCJzkcXnoWgQVapVy6yqAxSZKw1TXpJU6DKq&#10;ZmdSyzJkpKagsb4eKWwbqltdS5HdxvUb8Czr9CV26Lt377FU4HupMO9gvSult4sEKaLsZV2LOEVg&#10;2gihhIo5Mz3LFmjTwPcCqlhNKDJ1qdmhLlmqLcgmdaLKshHMRtqsvPV4kvkKtltNXmpubEROVpZ1&#10;xHEUDiXFpSTQTjzEzvz111+zxc1WUxnfTEK/n+8p1NbF/69xntVsAwrBaXMGtQWltWZr8xB2CArp&#10;KbbvCbVYbHq64z1oQFQeq8c2wZ//QaGZGHoL6gg1Kai0qAhVPO/yZUp/jbKBSLXbPayzV771Cgn2&#10;G5Z+rIFGhUEkEPr6B9BNL6Gvf409r2Z7VjhRG0poXEIL2ykN17K1aJum/pvnYGmUTphKg/aySaFM&#10;XeOZPKZxtn/8hxNfa+XjFpe+hxf32Gg5xUUpdlpMRwMqSvVTXC0tPcNi4ZoOrwkkGkiUoi7lDbJ9&#10;+0488ugT+O6r38P3f/ADUxIvvfRNKvNncd8DD1n6ppSvSFKzyJQVVMEbWM+VqZPPhqhskuUkZJGk&#10;BkXV2LS2hIUwbrgBnR0drnVHi+L7q1cPWDhAA5kKhygUpFi4BllFRjqf3H/ZLmUo4pbX8M1vfcvU&#10;zzPPPm8zK4/ceRd2791vrnYH3VaFSZTiWlVdazeLMpYKaKcGgJR3rmyNBezMnE5nlsUj1fGo3pQN&#10;oM9qoPjzROZyp+Xl+FBZam0aXWddB/3HYLaF5ew0lVKnUEZhXh5yqcSX6r2YWGcQraPLUmOf4/XX&#10;zECtSXP77XdgCzvKRqpb28mG0IBzXT3VODvL7Jw8S3HV8geKUReS3OPZuSv+Pk8dyuwAlyynYcqU&#10;SVSWM+262sYXtE1tVHYGUlxo1qkyV9TZKH+8qqLcOprlbMNa6lUqe/fO3RZaefPNN/EdenX33ncf&#10;tm3fYbvu2C47tEXemDxHtU/lYpeWV1qIUApYHYJmEocuZmcu74GdnGLhXjOkfidbzFxkKc9C+fka&#10;ENayFUq9lLegupONyiVPo0DSRhWKd9ewnW1g27vzyJ3QWinyjJXyevCWm9FP4lbMvkwDx7TJ7GP9&#10;afKbMvJkq+L8VbRTnaPGuDydjSZiWWeoQVq2TwkPpQ4rRChIqRcVFtks8VNVXPoeXtxjo+UUF7lc&#10;GskP8J9Nty3acvc1MCNlokFPrZ2s+HEeG/rateuxa/deKvCDePLJp/HrX/8D/uVf/sXicG+9/VP8&#10;7Ofv4Huvv2758VVshCJux9V2QhltHZ2GMt7YIt3FGgQlUeomkMJR3Pz6666jMqo4bnF85aC3trZa&#10;KCWaZK4sgMxsbVmWaeEbeQ+RtF+kLDtv2rINO3ftwVNPP4Nf/frXNnjz+vd/gB+88UP8+Cdv4WXe&#10;RJo5qzUoNBmqsbHFPAkLuXT30sXtsBRShVsUEpLiF9lJyarTGTtmjNXbU089hYryKnYE9eykPj9k&#10;/uMf/diylkTmjjLXTe+QutLyFCbQxBspy0J6Hppsoxi3xig6qGK3brrJ1PhOelEicuUsa1ahQgix&#10;rDN5S+pUtbaHwmEiSnk+ag+9VJyK/2pwT+pSOdQiRMXpFSrw5JxL+SreqyUWVP+CMjPm0UbN2hSR&#10;G5kns2NPSzPbJUAaSXhrKSZ2kcx30cZHSOjvsvNSh67USYXSctiRSYnrmiXRvsysXOtwlJWkOLVs&#10;bGWno88vZT0oHVBErYFGzQoVmWugU+1RdpmXuTDESF1rv3jWgtHEJaUjRlORK2uqgu2th+fXQOeO&#10;HTtx+PCt+P7r38ebP/qRTYBUZ5SizqmqyoSKQp5p9GDyC4ptTEf3kib3qP50LgkZZQdp7GFOQICF&#10;gRRi8ZC57i1llmkdegmRkpISyy0/VcWl7+HFPTZaTnHR1lBK55N7LRWqbA4pXj2KaHWTa9EsEV7f&#10;wBps27ELW6nONYj0YzaKd959Fz9mT/+L997DP/7mN/jlr35tg0waWJSakELXrNX6xiZTaVIWZXQX&#10;dYNbdgtvAs/golIUr7/2WnYkWfiHf/gH10Kn/Nu//ZulSGl0XjM1lVEjd18utZSdFKVIXhkpitdv&#10;2LjZlvzUYNwbb7yJ1157Hd959VW89dbbtPV9vPXTt02p6YYu4I0il1uzhKUiG5qa7VFehTo3TXhy&#10;Oh3Hg9BNfB07nYaGBrzyyito4ucrqmpNyX9eYubKgqquroa3tzcJk94OyVpemaWbkrRERFrTRFPQ&#10;NatSRL6UxCm12k5C3rB2g81OVlx3x86dJPI97PDzkc7Ota+v35bMuO22O4wYVYdar0fpq0p/08Cf&#10;BvWUeiey1IzM4GCS5VyHLJ1B0CnWuWt3o1mB7ETn0CuareWKNUkt0CYyOYS+FMkJCdbZiOiV4if7&#10;BtgGZF9//2p27uuw/8ABi9knJCRSebeaV3Hkzrtt9rcmmymkps6mi/bW1TeYjcogKabXtoLqWrNY&#10;VU8KBTmhDKUlTrEF2WbN8dg319Z/X7RwgS0ToHVWEuJWIjEh3uovht6tZgvLq9nA31X7XLNmrc3C&#10;VJhFe4DKy9u6dSvuvvse7KNo0iC+2nsaO0WJDdW3Ju518D/W8ZjuI4kZT2fopCjSsyGZT9dgLOvP&#10;h0LNl/AiuRcWFVnm26kqLn0PL+6x0XKKi5FkRSXJfLatICgSV8ORIlXWiAhMikKKq4VqddvOXbid&#10;7uEr3/ku1cSbuPPOO7GTN/OOHTuognabUtNglzJNlI6o0EVbe5fFlKXutYaKllxQh6GME6kuh8z9&#10;HDK//noqk2RTekOLUqe0we/s2YEOmSck20YTWgdGg5NSRJqWr/BLCxv8lm07bFbtCy++jG996xW7&#10;QTbxhlHq1ZYtW22pBLu5SWBaeEt5tcq60Y1cwAZvdpJoFENXvVinIzKnulFM1zwIdi5Kg9U5NTFN&#10;M5A1EePzULQCnpZFuP3223HvvffiueeewwsvvEhFXUQvZ7YtQqVlY40sExNN/SnEorZSV1NrJKk1&#10;PrSux/79+y3FMYVKv6+/n0r4MXpu38Cttx1BJxVkMtW3rpnSBNWh19TWkZCaeJ565LAtKNVT8xsU&#10;Kgjw85C58qWJ6V6Y4jWL8MPkmXyc6WsZGpp2rwWplFuuFEDFjpXzro2Y1UlIuW7dut0yQ47cccTy&#10;3JXj3tDYYG1WA/Z33X0f1qzbiKzsXLbFFRYG0vUXqTewbTRReGiwMS4ungQt1T3PBjc90/sVaps8&#10;jSrdtW/SDB9bQjl4/jxb0kCLZck2dYhhfK3kgpqqGhtkVWqkPBmNuXg6Qk2s2kGh9MSTT7EOH+f9&#10;tN9EhdS6OkSNP6n+FHpRqKWMYkOezbIIeg4KA3nInB6NyHzSpKmsPx+rv6levphB6N779ivfdlvB&#10;yS8ufQ8v7rHRcorLP//zb22gU+lpS0lacWw0lkbIxi0yl1JTLFIpifVshFLlIvNXqXR/+Oab2Lpl&#10;C2/KapJ9vH1GN5QyJCzOTrLWoE0b3XLNKBP5KhNCk0t048TErrTPOmEWh8zHkMyTk5OOI3Pl0qvB&#10;K6tGxKDGLRLWgNKCBc6UfOWYa6abQiWyUwNx3/7Oq5Z100qyKSsuplu60pS27PBstKuQj+Nid6CO&#10;N7DGDDTQqvQ5zSzV78lOi+1TiU13w0HFJD5NwHn44Ycte0JegnYb+jwXC7mxY1XcV4OMUpixbAsa&#10;8NUU80aSXUlRMXp7Vw1mr9z/wANG5hUVFZYx8sQTT9uUcQ2Aamd4zTKV16RQixFRawc/32bZHZq9&#10;K1WttVw0cBjg7+eS0USMGzcOsXEJ6Kd6tSypNeud5YFpnxbs0gqIWuhLsWlde6X9NdNLUphFZLd3&#10;735bqExbIWqSjEIMuyg2Hnn0MVPlGqzXdoCyS9PdFW6ppIelTr2dAkSD6BpXUMeu82vmqkIZlnFD&#10;MtfU+TmBc9Dc2ob1G29CE9VyGDsX2bckZCHC+J1oerWhun9Yj0UUI3W1taiurLG1o5S98uKLL/Hx&#10;LvNQ1OHcd+/9ePChR639NvN8IvAEKnZ5NoqZq223ttG7aWlDvjwhiiYtn6C4uQaRPWSudWSkzNV+&#10;127YZDN+Q8OX2riVcsZPVXHpe3hxj42WU1xERlKYigVryrMW1lGjdshcJLnAUvREeGrkmhykNW4e&#10;ffRxG1jStmmbNqxHWVmZdQJS4/ruIjZgTfH3TCiSi6iGJeWsWKrCNpopqs9J8SqbRQNKIvPUlBRL&#10;+xtatFu4VKM6HSllZcUonqjQkGxUqEV26jf1W8ojV6jlQZLrt7/9Heyk59Db3W1ZGFLj8jS07K1S&#10;D/VcucbKj6+lEtIArc5dXl5pz/UbmnGqmKxS0RQzv+7a68weZYW8887P7ebU2jbffPmbrsWfv2Lj&#10;Ei0tNsgnshQhWSiDhKT0vAIqx+6uLpSTEEQ8u6ksReiKS9drHRQS1aFDt9n6QUr1FJHX1DWQhIrM&#10;g1IITGEXLXjXQjKv5XHlgsfExFgqpH5DRKiYucho7NgxtizA0PLiiy/YQKkU8hKqeYWDZKOUc3pa&#10;ms2UbKcH2UiS3rFtp61zpLREjbdUU3RonOTQrXfwWq8z+0TmGvDW8g661horUTptB9utJjopl17i&#10;w1kbZZ6RuSfMorVhYmNj8LOfO7nbv3z/fZTzPlAu+iKSq7wb62j437Ruje4zrSleRYLW2uF76TUo&#10;pVPxc7VLzaE4fCtf79hNr5H2UoWrPSayM1GbrayusbpTHaqzUtaN1iVS4oKWR1B4TGSuXHPZpjra&#10;v2+fLewjz7asvJz10IZXX33V7D0VxaXv4cU9NlpOcdFAY319vQ2EKZyilSediTMKX2jRrAX2XHHF&#10;5pZ2uqUbsGPnbnNT33vvffzgB29YLrfSEhV/1M2gm0Pph+oUNOCluHmthS9KeMM32I2ikItIUtPm&#10;g6jMNVijdCopXjVQLf86tGjaemVlFXxnzUI4Ox11LgoJSTXbYlkkc2XcKP+2hXZqGU+RubJXfkaV&#10;r3x4DTZpYFR5u4rhS5EpnKROqLHZyTlWhoO8Cbm3GqzVDa5OTjNKReaeNVquu/ZaG6RSuEIZQZpN&#10;pxl0GhD+vBaRuSZtiVC1JskiqnEnlLGM/30u6zbbZioqTKDZiVpJtJOKT7FpLaWgdDsjaraBcmVi&#10;KCRQW4dUkqGWGVZ2i+YuaIaw4r6a7q8ZkFLmzpooVOZG5lNJ5tpjdIyl6w0tr776XQRSgWo2prwH&#10;hTIU0li0cJHFtvv7+tBHr0FELJuUdqi4tDKPtNSHBhm7e/pIjHWWZSVPTF6i2qvWYVInpRCL7NOM&#10;UE1G07IRi9lZOMpcMXMnDCRlrsW6NP6gotmUdXW1FrPW+ugaCNW4g7wOxbXlGWiWp9aG0UzTNXwu&#10;2xSm0zhDA22xZAGKJgupsCNUPa7gPSmvViJF2VeauawlCTTBSTn7lm+uKf68Rr5snwoDisx1zW6/&#10;7TazTcufVNfU8Pudo2T+t1qUzdLR0QFv3hxSyQqNSKlqNx6FIOReiyRF5lU19VhFkrzr7nvxxg/f&#10;hJYeeOsnb1ue+W23HzEFLvdPZKh0P5G6NkHWQKLi0IpFKlNE8VaRpG0zx9/UQlhKm1IMUmSupW1t&#10;BcUhRa81cOXl7Wu537IvLl5b2MUYkUudi+AV/1RcUcvF3nn3Pfj+D36In7/zDl577fuWb65VMKXa&#10;NchpC7AVFLm2lqOw0HmtUIAIv5cqT3Fw/Z4UvDJmNGlIdo4dOxYd7e2udU4RqX+ei9I/NfYxj6p8&#10;jr+fzWJUqEWLRYkoNMmnm+SteHQLCV2rN26jl6Y86ZdeftkmuqSlpxvxqOPWYnHyxhR+UraIQhga&#10;Q5HHI+Ws9VE0bhEV6SzAJTJXrrQm5WjHfK3aePDgQdc6p2jwTm1ScWutbCjvQWRuypmEpqn7/bRD&#10;mTKrqX4V11fuu7wzZd9ogFZjQpropfYoIld7l81lFdXWiatdVJPoZZ/IPImqXSspSv06YSBngFE7&#10;JVVQ7Xr2yFTH3t3Thekkei1RoPXR1RlqWYQQfl+eg5atlkei1Ekte610zm9981uW4qvBeA3sa8Nw&#10;Z0HAYlu10AZG+VzL11ZU1lisXAOg69dusAFaW/GRdSJlLq9BU/rHse4Up1e2lcovf/lL84Ka6XmN&#10;kvnfaBEBbd682bJEFOdW6EEqSsSo9SOkehXWUIxaDV43oybgPMPGJ3LUNPlXeKNoZuW27btMESu0&#10;IjUuZax0KmV5aJMLyzRo77TFz/Q61F21MMDP39LQtLC+GqEW/jm2yM61a9daOEipYIqVy0YnddDZ&#10;mk5KX+6yLYVMRXjo1ttsopCW8FRno0lOd99zn6lzj4LUxAw9V06vOhhlB8hr6Gan09TcbOo/XGQe&#10;sgizfJ24vrMq3RTcxHr7Wyuawi3y1ubHWtXQQ0iKyYaFhTorDvIaV5VXmcp86smnjGA1OUtZLcoC&#10;yc3NY11m2yxPhdPUZhTr1WMFv68cbmV0SOVrwFKZHsoWUXqdpqRr0ssEkrmI6d577nEtc4oGnDXN&#10;XqEMzQLVFmvhvP5an3x2QADJrdg6nHpe/56uXtx//wOWiqfZw4rnayal0iaVfiv71CadAc9mW5/H&#10;k3uuQVSFbJTp5cy01I5ECywEpRCLPAe1Wd072obRU7Zu3WKOIeeQAAAUdUlEQVRhDk0w0g5B2h9V&#10;pKo9UbUmizyfZirwBnY2u3buwiuvfBs/fPNHvH8etowW1Y3Ghsy23HwLTUmxK9dcYSHZpzEBW2uG&#10;9WcrL4aEmH1z5wQ6HQ07E+3VqoHrt996y+zS+lQa/NRuQ6qLU1Vc+h5e3GOj5TMomviidZQDA4Ns&#10;ZqZ23dHgpPLLReYKhUidawVCqZj2jk7cfOiQ5e0+/8ILlr99+x13ujnoB4zI5S528WaSOrdFtrSG&#10;NBVaKxWFFumKjo41Za6BS4VYlO43ftx4+FP53Hzzza5lw8sdVDGKXc8Nmmf2yiYRugYzZWfoEin2&#10;WFP7ChWJpLUuvOL6Tzz5pE0g0nr0mtSkbJdum5lIl7/RSaNUXFIDqBrwUihIYRiFcTSrUHnGml6u&#10;CUOyU67zw5/zwc6RikIGmkk5jYSgATXtbqNNEbR5g9S5cqAVfy4sKEQdieeB+x+0QdAdJCZtAqPd&#10;sPYdOGi5/r09fc5UfjdvX21BqlyEpdmZSlOU6rRNIthpKLXOk8kiMtes5Jdeesm1zCkKZ0kNq7PR&#10;Bg1GmPy+roeyObTkrWYpa/CynAr24P4Dtga8YvsiP8261PN16zeY96U2sqpvwMI/8ujkVUqVSzlr&#10;dVNlmGgAU2SpmL62a9PsVO1upPi51gUf6pEpUyZobqCFgTTNXp2NZ9KRMnYUG1daZjHbWw87naef&#10;fJrq+Wlb+G0z26WyW5SB0z8w4NrXT/vkwTRbp6OFzZRlI+9Ik4ssREXb5NnMDpDYUI75RIy97npb&#10;y10bm6gogUBzMmpra0fJ/G+5vPvOz20AU6SqXYKkzkXoUr9KHRThSp0rU0VkJ8VgREml8+ILL9GF&#10;/S4OH74Ne/but408enlz6KbIzslHNj9re26SKMtKS01haGRe27NJ+WuG38zpbuhizBiLQSr2PFL5&#10;ERWMllv1pUJW2ENKXISuR8tMoWeh55rspF35CwuKaUu/Ebg6nZdf/pZ1Ns4g7k52OD02yUiKPJdq&#10;SIOeslOxed3Y8lDCw5xMCc30m2GqfCLGXD+GZFEz6F7/LRUtuqYp35p4orVINBCq2LkIU2SuutAa&#10;8lr3JI/XQuuL3K51WQ5rC7IjNqPxAXZy6jA1VV4ZI52sZ4UQtExuJclcoYuu7m6q8lJoWzSFCASl&#10;JWr2om30PG4cO4Me/OaYOta8CHXOCslotqPW9NYuQxoMVRhEg+lat0fxeWV7tDQ1W2qiwhmyUcT5&#10;JLF123Zrw7LPlm4mMWrmqCbiKN7eRyKtrXPIUiESEaa2EbSFrNhWtR2cBm6PzbpS283KzLS4uTob&#10;bSKh3ZXk4Wiyk2Lnal/K1y8jtNCWBmg1hV+Tm17g/aQF7LQj2iq3/tQRaq0kfUfhIy0xLO9D/3MJ&#10;r4c6Ql0b62jYEU6m1+DtNQM7tm8f7GiUUJCWpuUvqkfJ/G+5/M+f/2y54pohpunyUsyRJEOtHqgM&#10;EZG5yFJ5xlLmioMqxqztp6TANMVfg5+6OaTIFbJQjD05Oc1i0NpPUGpOLrjel0rXji+Kc9umyVOn&#10;mRITmW9Yv94IZaSimOSGDRucmW3z6PbTNtmppQFks9S5Oh/NQEyiMs/KyrU1VzSBSWuFaOBW63PI&#10;RuWil5dX2X9RWqHlQNfUm+fQSALQHqJLIyLtvMph954p95/ew/jxtjGB1on5Wy3aU1cxaLnsmsLu&#10;CWdox/igwLmW061QRXVVtWVmrOrpxeFbDttqe9p9ScsleFak1MqZyoLSbNpKdvAKD6xW1hDJM9Yd&#10;+JRideK9zsxKxcq1B6kWhRqpKLNJu/FIAGiBKW12rMFQxbWlzhUSkwq1JQVonzqPvbv22IQupak+&#10;8OBDNvBY39BoKYjKZNKs5LLiMrS1tNkxxd6VFy6vQTZq8FNhHxv4ZEcjBTxA9XzsCp/Kbtq2bZvF&#10;rZVZoti5vAdNJHJywQOtEyhhR6YOsZ5eygbeQ3exzuThaMLdnr37rB1qoFj1p+UTtJSGiLyfBK/Z&#10;qap/T6xc0J6lM9yZn+poRNyvvf66axWs09GYh0SbNnc5VcWl7+HFPTZaPqOiCSRa/tab5KosFpG4&#10;VK4UuUIbmhKsGLdiyFKyGmhUFogIXnFmqRq50Xpf6Y3qCLJJpor3KY7e1d1jYQvN+lSIRArP9gGl&#10;2tWWbGqAip2++OKLrkUjFx1XrrhWz1OMXwpfe4zKTstZ500n25VJo8yWrJxcs0/hGE0tdwZly+k1&#10;5LJjSrB10RUj142jzAeFVxRPXRqxzBS+iEELOym3XAts3XDDDeY9vP4B3sPfQtHsW6Xx2ebAPj5G&#10;6MrOEGGK2EW82oJNKaZSsiKapvomrNdyDzt3Yfu2HRZi0+JaCg9opqIzkUdLKjvrzifExZuiNDJi&#10;R6FYtGZ9SpUrE0Pq9pe/Gnn9bA3UaoMH7cuqgVDtWC8PQvYptq9wjXaRUuxZZF5cWGJhl4H+Aezc&#10;sYvYaWuvK71PS/M21DXYgGw3PQgpcmXoKH9boRsRuUIYCql4pskrHh0eFopvv/KKa9HwojzuZUuX&#10;2kCuZoxqV30RuuybT7GkJTIS4uOt/jSYWcY2KVs0K1S2aV2hDnYyCsfIS1B8XbNa5QWJyNV+leq4&#10;cD47QnZgjipXR+NsGyfBoUlyQ/crkDJX56R6+N4p2KfWU1z6Hl7cY6PlMypSw/v27bM8as0GlcIV&#10;KTrk66ztbYS+hIQe70z5j1sZb+pA64jn5uabIhepa8q01ozQZCRNkVc6mCbiaFKS4tu60Sy8MoMN&#10;0B1516CipjUPHUwaqSiVcvv2HfDy8oFW05Nd4eHL3HM7KzHKTilqxeplp2zRa63JkV/gDMhp2rQm&#10;Omn/RaXUaRKMQkBJSan2f0XkcoktvDJ9utmpRcAU29cYw7HZNn9rRf9RWSNSmNrWTamKGhAVKSnE&#10;IYWp7c40A1GkKZdfG2vnsgNXtoYW01Jst7aqxgYRe9iZK+1P641o4wcnzuuQuanKIeEL5Uc/+OCD&#10;H1rHP3zjDRMf1uGwI9CO+iL0hezMTQGzw5HiT+JntCCVBgplXyY7dHkTSq9Uep9mswpKtewlWUoF&#10;2zK67MQVtpGd+u+exbWkyjUAql2TtDnJSOXffvc7S6nUd+TdaDBUa44r5KIMHKUMysNR2DKTnqoG&#10;YbUKaBK93kItp0wPUfaJxLUTktZoV/tUNpcmsmn5A08nqP9qHeGUydYR6l7SuMaxGSvaoU1e7cED&#10;B4+bw3Eyi0vfw4t7bLR8hkVb8GmLL6UJiii1HolIUOQmorSZnVTti0KWWExaMWZt+CyVq5ie8l/r&#10;bPJIna0poWU7c3LyLePEzsFzaTBVRK71y0WM2pFdDVBu4c9+9uEL53uKFswXgegcmhEqArcNo/kb&#10;slev5V1ogSwtGZBMRaJ1XBTr18JaSj/TtG25+nqUnVpASrMUReL6r/IctM+pNh8QkWtPTHU4WgRM&#10;bv7fetEyD9ofU2rPi4QkhSmFrhi1yFxqUJtka/atFqJSR6nBR405FJA8pYi1V69WCFQ4QWEBdfIK&#10;0YggRUZa+lYTgDyDnlKVIvSGhnojnw8rIvoDBw6QtOcYuWotdMWoRZrqdOaT2EWaCo9oNq9SbjW+&#10;omynnNxcU8Uibmc/4RrLqlHHpN3x1QlI4ctGTyxavyGylCrXTNiPWqzqZz/9qaUiTpk80VSzVjRU&#10;yEWDovJudF5BYRxly3jqTzZoCQHVn/Y51kYUmlmrbRzVCSpG7nQy2jRdawX5Oh4Dr9M4ig0tG6wl&#10;JY7tCJWCrDx4XdcPCmOejOLS9/DiHhstn2GRW6aFoyJ5c06fOh3aNEKhDK1u6Nm3U0Sp94xA+Z6y&#10;PWI0QYjErpRAhTL0qPxYkbgUsz6njBBN7JgTICKXIp9qMU/N+NSmttq27kTztNUwX3zhBctamTZt&#10;unUOWrFOduq3htvJDok3s8I+mh0qO1PpQstTUFxceb26yZe5nY3SEDWQqhCQl+s5iMS1IYUGw147&#10;hS7qX1t54wc/QG5ODq/TRBL6dFPoilEry2UeSV3EqcwNpRQqHKE4u0JlyyOjjJgUworlY9TySHtf&#10;s3SD5ykU4oRDpMg9RK4Zn6rjpMRE66xPpPwTCV970+r706dNoUL1oX3+ptJlm8hSClj2KVQi4gwz&#10;+yLNPtt+MDbWZlBqeV9l7GhfTX1WZKn/aURug7K0b8z1bFuLzWv4qKJ7SZk4CrcoZ1476IvQ1SEe&#10;tU3152ydp7pZsniRqW4jdxK3bFxB29Q2FfJR5+d0Mk783Yh82lTrcDXOIHGkQWMR9l+quPQ9vLjH&#10;RstnXNSja/svhUK0+7jCDFoaVbndUrqCQhvOcqQhg+87O9o7a54oJq7NkJcsZifA97WphQYRA/wC&#10;LHNFRK5za4VEucN33H77x979ROri/vvutxtUMXd5EvOCgs2bGG5niBG9yN2x0yF8DZ4KoaEi/1Dr&#10;bDxT9jUQPENuNYlcbrwmMilXWPuTnmiH87dQdE20tZz20lQcW2t++JMwRUoiYu0OJGVspERIsYuY&#10;lMYp0nFI21GQUsimyBdI7QZaaEAhCBGRFK/qWPnj3/jGN9xfP7HyU3qT8pbGkzClUP18vC0LZ9C+&#10;OY59amciUNnn2OaQtiB7HfucsIqIUv9RYRLlvFv454ax7OD9cZDegAY5T7Ro4xf9Z0c1z7SQkMIu&#10;8khk29D6U6fjqT+nDhVGmT9os86jR20eonx8hcDUkYnIJTik4I/Nrvmsi0vfw4t7bLT8hYpW0lOe&#10;70TeaD5eVDxUvyJ1D4E7cNaZFlFKAQsKxYgU9Si1IRLXzElloGiw01G6E21tE6m5w4cOWbrZJy26&#10;WaRmdE5lxmg2qTYz0A5GH2ynNpV27TQFr9Uh2dn4z7bp+rYxL+1UaEWegyZ7aDGtoQNK/1eKOven&#10;nn7KMiFUHyJfXxKmVLBSCY3YSUyBJE6HkFj/IiWpYRGQyJGPTpzd2U3INh62reEmWRbTmOuvQ1xc&#10;nM1W/CR1rDWClHKnyTJS+BoUHWqfvAkRoNknQnftE2nLPhG6JvXo+Gx2AkaUagMk8cnyGMaMQRD/&#10;1/79+05oh/qhRXH12269lcJmsXUIGhRVlotI3Tod2WfEPqT+2Pk5dafORWSujUMC7T+oE/Sa7sTv&#10;1cnINrVV7c2qTUL+0sWl7+HFPTZa/oLlkUcescEgkbAmy4gspYA1uUgrCCpzRMRpi9/zUa+FIB4X&#10;gWvDCe2J6AwgKj7uuNJ6lAq7+6673F/6dEWpdAqBOJ3FVBvEnUM7tcb5oJ2y0ex0bBR03LGTKmym&#10;tivz2Kl1QcYaOSTS7X/qySfdX/q/W7RErtZmmc5rOWHcjUbGCkGI2Gf5+Jhi17oqUsRG7iQeRxnP&#10;JqH6G7kqVOPs7znJSFeDnXqdlpaCl14ePjno4xYtJFVfV2froTudzmQjdU0u0gQes4/HZIsyUwSP&#10;cheZahkBdTJK73NIfKKpabWFZcuW2rIC//2HP7i/9vGKPJz77rsP0dHRRsDqIJSHbvXn2jfY+bD+&#10;rO7YLj226X3l1GuQWAOdmhQkT+nGsWMoQPzQ1t6Gn/70p+6v/WWLS9/Di3tstPwFi0IKr7/2Gmqr&#10;ayyGrHDGZJK6slCUFiYS1Iaxgohb4QkRqdStPuMhR880fUHkrslDmpWn85+MovMo3aqqssrWRRcJ&#10;S60o5n28nX5mpzYtdux0SFydlUhAGSuasDKbN7ty4zXQdbLs/LwXEYaWkpV6VBxdA5YiTYVfFPtW&#10;nvhQ6D2RlohfA4giMpH4eHYG+q5Iq6WlxdYN4VV0fuRTFIU/du/aZXFxtQFlnoj4RIIfaN902TfV&#10;7NN/sQlLbAMT2FbVdrRsrcZnPu2goTyO1773mrV9P3Yq+v/qKBTGOa7+Znhsm262W/15bGPdjbvx&#10;BvvesogI3Hr4sK18+tdSXPoeXtxjo+UvXERkyjt+8IEHbad+D6kr59rInRBha0KNHj37Y0p9ixQF&#10;kaRIXJsDaLqztnE72QSpm+VXv/6VKaC83FwSt5+zuYFr5xTXTpG88pk9dk4YP8Hsk50KKQWQxDWx&#10;QhkBH5VR8X+t6JqJOL7xzDMWn5VydAh6vAPVtdX3JHtfz0XeIi4pST1OouKdPdvfSO0R1vE//dPJ&#10;reP//P3vbRC/u7vbslJkh/O7sm8CbZto73ns08Cm2eexkZ+TYta+ogqPqO1/WIrkxymqP3kQd/Ee&#10;yKGXo5CJbNC9onqy+iIc+463TSEpKfPwiHD09/fbQPGnCVGeiuLS9/DiHhstfyVFDfqdn//cSE6r&#10;BWrSiLJSNIlGy8Fee/XVuFq46ipce801GDNmDBXvNGimZ1Njo+UtS9lpFuepLLJTg0CKcWujBWUu&#10;ePHmlOK+jnZdQxsNfC479b46GoVp+vr6LG773nvvfewB2f9LRaSkNVxefuklrB4YQFxsLGZRbWoz&#10;CQ1qW92yjq+9+hpcd921piSlclXHWmjqiccfZx3/4pTWsWLbGrzV5ikZaWkWTptAwtR2f9eZbYTs&#10;pL033DDW2qoGuWtqaqztqK2eKqLUPaA2+tCDD6Kjrd3GZFQ/8lw1EKw6vJ72XU/7NCtaAkRxfa0n&#10;r12J5IX+9rd/nUstu/Q9vLjHRstfYdGNosEWpRNqlT01fqVrKXYtaLedxx57zOKsr7/++nFrk39W&#10;RXa+8cYbjp1P0E7aJTs9kN3KUNGsUm2o+5dM6fq8ln+nUv8x605peE+yLh9x24IgsnrkkSF1/Oab&#10;n3kdK/QiYtasTHXUGgeSXUPbwOOPP4Znn33W2uqxe8+e6uJpo6of1ZPsk02PsK2qLnUfaed+rafy&#10;i1/84hPH7T+r4tL38OIeGy2jZbSMltHyOSkufQ8v7rHRMlpGy2gZLZ+T4tL38OIeGy2jZbSMltHy&#10;OSkufQ8v7rHRMlpGy2gZLZ+T4tL38OIeGy2jZbSMltHyOSkufQ8v7rHRMlpGy2gZLZ+T4tL38OIe&#10;Gy2jZbSMltHyOSkufQ8v7rHRMlpGy2gZLZ+T4tL3kHLaaf8f5L2lC9vCW98AAAAASUVORK5CYIJQ&#10;SwMECgAAAAAAAAAhAHAbC9o24AAANuAAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoK&#10;AAAADUlIRFIAAAIwAAABXQgGAAAAHXNXdgAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAA&#10;CXBIWXMAAA7DAAAOwwHHb6hkAADfy0lEQVR4XuzdBXwUx9vA8d/dxYM7BEKwAAGCJAR3L1a8WKG4&#10;e4tLC6VICwVeCrS0lELxAoUCpWixEiEJrkESEggS99zdvHvJBZIQQ//IfPs5mpvd252dnd19dlZG&#10;JRRIkiRJkiS9Q9TG/0uSJEmSJL0zZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSZIk&#10;vXNkACNJkiRJ0jtHBjCSJEmSJL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QA81LiODm3HY0/WYq31pj0&#10;WmnxXvIJjTsu4HScMUmSJEmSPkCvPoAJ+ZPhVUtgW6wYxZJ9bEs0YrbHGznKv0Fa/M/+y7ET57mn&#10;MyZlKJIjk+tQ2q4MdaceJcqYmnU67l04wfGjZ/HXG5NeROgexjiXVNZJBZpN3c/jdKcVzOEZTSlv&#10;Z0vpRrNxlUGTJEmS9JZ45QGMPuwWFy/5Em3Xks/69aNf0uezrtSx+cAbfEL2sfoXdx4E38f159Xs&#10;CzWmv2H60Ot4n79DeFgARxbN5pfraUdfOp9f+WrRSQLDgrh15jy337f4U5IkSXpnvaaIQk0el75M&#10;+/JLvjR+Zs0YSuPCqWanDcH34hk8vK9yPzLjJoXIgAucOe9PxMu0PCTQEup7iTPuZ7gcEElGk0tz&#10;nrEPueF9hgt+4Rn+Ni0P/9rIvjAXxn/diQKP97Hxr8fGIa+AIV9nPThzKSCLZaTBtn1naqjcWPvr&#10;GZ5tXInDY/XPnLL+iB4tcqEypqaUWVlqCblzHg+Pi/iGpBH9KOv/znkPPC76ktZgSZIkSUrP/6hJ&#10;JJwzq/rhUrQQdhWdqV61PEULlaH5pD+58+RAFseJqS6UbPs9+1d3w7GUI85VKjN41WLaFrej1eLL&#10;PGk30Afye68yFK02gcMxxjSF9uJ3tChekl4bggzfuLJhBI3L5Ce/XQWcXZypUKwgpVvP5Xhw0qE3&#10;7XkO/dMwUR13to+hdvGi2Fd1xrGELZV7reZSsvllSB/Azo0HianRid59u9OmSBgHN+3kXrKjftAf&#10;AyhXtDw9fr31ZNn0/pv4rGIxXKacINaYllIIrkt7UKWIjZIvF6or4xa2b8OcIw8zDbA0RbvyaWMr&#10;rm5YzeFIY2KS8P38uO4axboOpFl2Y9oTmZelPvAAM5qWoHCJyri4VMKuUHHaLE9aZ3oCD8ygaYnC&#10;lKjsgkslOwoVb8Pyy1m6DidJkiRJ/4sARo/vb31pO3wDQbWmsvGoO+7Ht/FNG3NOLexJ12+8jK0B&#10;gvAHAdw9vYiB03xoueoIp/avZURzJ+wt/Dn8x1/cSjrehR9l196b+J/bwc7TSYd5HTf3bOfovXyU&#10;r5JT+R6K17+XKdxjCX+fvUXA3cscnN+YuP2zGLPkgnJINkh7nsOcTdFdW06/fss4X7AXP/xzmhPb&#10;Z1D13HTm/BWe8MvM6H23Kcuqo3bnTthla0j39rZEHtnIH3efhhl52gzhk8K+bJkyic2GyEb/gB2T&#10;v+D3wKoMGlQLc+N4T+nxWzeAjyccJt+oXdwIiyHMZy/jbd34ssdwNt3PJIRR5adj39bkDdjOz38m&#10;D3j0BGz5ke0PK9FrQN005ptZWSqB4NyhzPMuz5enHxIXF8z1fbNpVdQs8edxJ5g7dB7e5b/k9MM4&#10;4oKvs292K5IGS5IkSVKmxCumu7NYNDBTi+xl6os2bduKtsZPu56LxOlYZYR4dzG1kqkwKTdOHI9M&#10;/E2CWA8xtbKp0BQbLP6JMSTEiL0DbIRGnUs0WnxZxCeMZBAjDg8vIUwsm4hlvrqElOi9/YWNWS6R&#10;O4epKP/FaWGYjdD5imWNLYVp1RnC++mPU4r9V4wubSIs268VYQkJ6c0zXnjNqCJMTSuISa4JmUug&#10;u/+XGGSv5NlmgNj7NDkNWnFlXm1hka2FWHk3Mc+xJ8YJexMLUXfhdWXoU5EnJ4nK5ibCrt9OceOv&#10;QaKUaW7RbNlV4ziJ+TPJ3UNsi1a+xnuLGVVNhVWjJeJW4mQTxHtMFY6mVqLlqnsiWfITievIVFSd&#10;4S3iIw+IoXYmIluTZU+nob0gvq5hYUyLEfsGKmWSvYvYlHx9pZaiLIPE6o/MhanjVOGRVtkHrRYf&#10;mZsKx6keycpYkiRJkrLutbXAqFQaTExMnn5MTRKae/QBJzl5VVC8eTtcrBLHTWBWiRaN7FDd98L9&#10;SdOKIkdzhgwsh4nxK5hTo3VTCsW58vd+Q6tBHGcOHuex42DGNrHmxsF9XNEq83n0D/vdtZRt2YYK&#10;T38MuhBuuh1gx6b1rF1/DN94gT4mmhRXgp6ZZxhnPK6iL1iXxpWftkeoCzaiSRVL47cMaC+ycYsH&#10;Zg270N54H5BZjU/oVFaH25ZNCflNYlV7CouHlMZ/3RAaDFjDw1qTle/2aIzDk9M/OsV/l/TksnrM&#10;obVrWLMm8bPO/aGS9zhuXvUxtixlwKohfT8pS+zxX1l7IXHsmBM/8atndj4a0B27jGpIumWZnRr1&#10;nDC7sJQ+veax82Lw08t9BtlrUM/JjAtL+9Br3k4uBstLR5IkSdLzeU0BjJpCbWazeft2ths/f6wZ&#10;SXUz5aD78CFBQkWeAgVSHZQ15MuXC5WIICz06QFNpTJBk+robVW/DU3yR3Ny30FCtVc5+K8vtg3a&#10;0rdVLeWg+Q/7bmoJO7SfkzElaN66sjEQ0RN4cBatyhSlTJ0ODJ44iznf/MSxNC6zPDNPXTBBoVrU&#10;ufKSO61IIhNxnhvYek5H9oj/+GbcGMaMUT4T1nHd1BKt9xY2nk0eZmSn/qgB1FQH4h9oTeP+fVMG&#10;YMmIx48I1ut5fPpX5s2dy9ykz3eHCbdzoHKZfGkGPimZ4NSnF86qs/z+y0li9EHsWrmR20U7M7Bd&#10;XuM4qWVWliZUnLCFbTObIvZPp2PlEji0ncbupMeYTCoyYcs2ZjYV7J/ekcolHGg7bbd8ykmSJEnK&#10;stfWApMelbUVFoZ7TUJCUp6VK9+Cg8MQqtzkzZfJYde6Aa0b5Sb8+D4OXj3IkUt5qNeoKkWaNcNZ&#10;7c3+v29w5O9jRBRrTltn440Vkf8wvd/XHMvVn53XH/Hgzg2uX/6TYeXSiQ6SU1liaa5CHxFC2HM3&#10;FsTy3+9/cM2kEPl11/H28sIr4XOWB9ZFyKO7zNYNrsb7fhT6x+ybu5zT1uWpWCSCvQsXcDz1DbZG&#10;KutsWKk0FP/0dy5ev871ZJ9r186yZUjZLAQwSuho35NPG1pyc/PP/HXhd378K5gKvQbSMHkLWXJZ&#10;KUsTG1rO2M75W+fYMbs5mqPf0KPvUq4ay8/EpiUztp/n1rkdzG6u4eg3Pei79GqqOiFJkiRJaXvj&#10;AYzGzpEKeQU3jx3hRvKjlaEl5egtKOFCrWKZHXZz0qR1fbIHH2Hz/H14mtekUW0rNMVa0LSiFvfd&#10;89h4OIhCzdpR03jFR+d7hrP3VVTsPISP7CwSE/WxxMWLxL8zos5LOftC4O+Ja7LLW/pgV05djDZ+&#10;S0fUEX7fcRurZl/x99F/+fffZJ+jWxhRVYXP9g0cN17DCjkwnfG/PabO1K1K8NKJfJeXM3aBe8pL&#10;XEbqwkpZFhL4eXng/zJHfnUxuvRtRe6HO5n16RKOibp89pljsktoKT1PWapzlaf95HUs7WVDjLcb&#10;Z1M8SqUmV/n2TF63lF42MXi7nU3nSStJkiRJSumNBzBYNKVf77LgsZB+4zfi4fuYx7dPs3bUZyzy&#10;tqLB8MHUysLTKLmataGe1X12bjiM1qkxDQ0PGmnsad7Untgj69l+Lz/N2tTGeHhFU9AWG2s914/s&#10;5WKEkhBxlS3jh7MqqUkgQ+bU7tIWO+HO0jELOXwzED+3dYz9qCs/+mRchKH7N7A7QFmuDq3Jn3pU&#10;Ewe6fFwFtd+fbDyoZCr8CF+O/Rk/xzEsGO5Asa7fMLOlFd6LxrD4XBqvwTWvx2d9HBHH59H/q11c&#10;SXiZShxB106wefH/sfc5Xtebt21fPi4SxcWzt8jZagDdi6cfRGZaltozLBk8lpVHbhKu0xN1+wC7&#10;/nuIumRZ7JV1qz2zhMFjV3LkZjg6fRS3D+ziv4dqSpa1Rz6IJEmSJGWJ8WbeV0bnv1K0zGYuKk9z&#10;T/8Jk8hz4qc+jiKXRmU4ZVc+KqG2KiFazvxH3Hvy2EyMODS8hDAr3E/sNjxxk5ouQPzycV5hosku&#10;6i+8/ORJntjjnwsHC7UwtR0gdocbExNECo9FLYWNmUqYWOUSuaxyCPvO34l5PWxEzva/iqCEcTKY&#10;p+6RODStrihgkphnlTqbsO/yvdg0vaawLjlCHErzKaTEp4ZM83cW6wPTeh5ICO2Vb0WDbKai6OA9&#10;4sycGsLK2lFMOPI04/GXFosmeUxF3g6/ifu6NPIXfUmsHeAk8pmqhEqlESYmauX/amFl20n85JP8&#10;+aandP4rRAtrC1Fz7sVkT0DFilOTHYWlub0YeTDCmGYQI46MKiXM8n8qdjwpk0zKUntDrO5cXFiq&#10;lPWq0Qi18n8zmybiq3+DEp6K0t5YLToXt0zIp0ZjyK+ZsGnylfg3KO0ykiRJkqTUVIZ/EiKZN05P&#10;hK8X7oY33Zrkp7yLC6Vf5A7Z5xTh687ps4GoiztT17HQc57x6wm/6capS0FYlKxOHYf86V5medOi&#10;As7h7n2bEL0V+ewcqOJQBOvX3L6WcVlqCb7hgcflQGKz21HNpTJFkt9Tow3mhocHlwNjyW5XDZfK&#10;RUjvlhtJkiRJSu1/GMBIkiRJkiS9mDd/D4wkSZIkSdJLkgGMJEmSJEnvHBnASJIkSZL0zpEBjCRJ&#10;kiRJ7xwZwEiSJEmS9M6RTyFJkvQa6Hmwewp9F54gVGd41ZMKtcYMy5wFKFG5AR1696alfTbjuJIk&#10;Sc9PBjCSJL0mEWzraUe3zdb0XrubLypF43/+IOu++44NV/PTbfku1vQtK9++LEnSC5GXkCRJypQu&#10;0Bf/tDrkypCOmOhYsHKiSWtHHBxr0KznVH47tIWhxW6xacxIVifrWyxzcQTcCXja8akkSR80GcBI&#10;kpShuGvr+KxZBxa7RhlTsijuAl4XY9A4VMcluzHNIHcjRvR1QhN2jG27/Y2JWRB3jp96NKP7yvM8&#10;Z04kSXoPyQBGkqT0BR9mcrepPBy0jq8bPF9nD/p7bpy5LSjiVAO7FL2EaChe3p6cKh1+N28b07LA&#10;zJmp675AtaArY3YHkvWuSiVJeh/JAEaSpLTpA9k+pj8bik7nh6EOmBuTsyrKzY1zWiuq1qj67G81&#10;GiWMUXZAyv+fh0nJ3iz7pgp/DxnKOl8ZwkjSh0wGMJIkpSn00FdM2lmEMfP7UeK5+1mN45yrJ+Ga&#10;8lSvnsOY9lTkvfuEChUFihQxpmSVmsKdv2FypaNMn76ThzKGkaQPlgxgJEl6lvYsS6b8SnTHLxjk&#10;8AK9xOvv4eZxG1G4Gi4lU/8+Bje3c8Sri1HV2caY9hw0dnw6sScWW6az8PRz31ksSdJ7QgYwkiQ9&#10;I2TP9/x4zo6eQ1qR25j2XKLccD2vxbJKDaqlvn4UeoCt++6jKtGGTjVf7CFq6/pD6ON4kzWLthEo&#10;W2Ek6YMkAxhJklLS3eS3pdt4WKkbvZxeLMCIO+eKV5iG8tVdyGlMSxTHueVz2XIvOw1HjaTu895Y&#10;k0RTjh7daxK1ZxmrL2uNiZIkfUhkACNJUgraKxtYfyKWKh27UN7EmPhc9Nxz9eCWKES1GqUSbtZN&#10;pOfhgYl8+rUH2Vp8zdKhpZMNe14ainfqRC2VFxvWnZHvhpGkD5AMYCRJSkbHtZ278BblaNaizIsF&#10;GPqHHDrijdaiCjWM14+i7nmw7cvO1OmwitBmC/hzw7AXDI6eUhdpTrMqcG33DrxkBCNJHxwZwEiS&#10;9JTenwMHz6EvUIM6FV4kwgjm2ILezPo7DBFziAkVi1C4YF6KVfuEef/lpudPp/DcPpYauYyjvwyN&#10;HXVrlYDrhzhw43ne6CtJ0vtA9oUkSa+aLoaIiHhMsmXH4sWvkfxvhG+iq21Pdrss5/a+IRR8y09x&#10;Qjd0pnjvfdReeYu/BhaQZ2SS9AGR27skJad/wK6JH1G/bh3q1EnrU4+P5502jpyWWNxn1SZf3rKM&#10;+PvZR3z193YyoVV96hqmVbcFM4/GGockp+XSit40UPJQt0E7Rm+6xptqX4i75MWFCDU25RzI/Q7s&#10;HawdHLDTxHLR8xzxxrTX6W1ff5L0QTG0wEiSlEzYVtE9r1poivURv1+4Iq5cMXwuidOrewg7E3PR&#10;eNld44jP0t5YJprlNhEalbXo+HukMTWlkE1dhRIcCDATjZbeFTpjehLtrVWitTJ/0Igin+4Qwcb0&#10;NyH413bCSpV2vt5KIb+KdlYqYdZoqfB/Qxl+m9efJH1IZAuMJKWmjyZGObG2rNaIlhXKUras4VOe&#10;Gj270aBAaZyr5zeOmIr+ATtmLSGsfTcqmsQTFhqeZn89+ugYqPMRTXII7vn6KufryRimMX0e1wqW&#10;xlKdg3qtm/AqbhfJGi13bvoRr8qGTdG870bzrEVRbPKp0d+9ic8bepr67V1/kvRhkQGMJKUSd96L&#10;izGGd5hUT/kOE7MGzPhrC2PTeTdK5MkFfOXelJnDy2OunKCHBwcbTtNTieOc52XylK9L2QJw/+7d&#10;FAfA8COzmX6qNh2d44gzcaRGDWvjkDdBR0DAA/TqfOTP/47sGjT5yZ9Xje7hPe5nOYDREep7gQt+&#10;EcbvifShtznrcZnAtK4KPfE2rz9J+rDIAEaSUtDh7+rBbcM7TFyS3mESw41//+ZsSHZKVnWgUFoP&#10;52gv8cO0rdh9Pplm+a2wUAnCQkOevfdB58vpM4GUrtIEu4IQFeDHg6Rmmlh3Fk7cgf3EXphf8Edl&#10;50yNwplsonodWq1ysIzLwkery6QHZx3Bj4PRq7KT+124AcZAnZs8OVWIqCAeR2TllbzhuM5rQbnS&#10;jjja12HyqcRoJdJrCe0qlqVq/XH8GZLBdF71+pMk6YXJrUuSUojC1fV84jtMnBLfYRLqOo8+3X7g&#10;jC69zUVPwMbpLIvsy8zetphkz4aVIYAJDnm2BSb8NK6Xi1HFyZ7iNlaIe374JZzC67jyw0R+yTaG&#10;uW3v4nFFR/aqLjhm8iLcqO29yW9mjrl5Fj5WTszyzqCZQh9BWIQWobLG2vpdCWCyYW2pAhFBaNiz&#10;7V2pxbktYMaZrhz0Xkwjk0ts2fQfMY/3MqH3/6HuN5eZEz+jcb4Mlv0Vrz9Jkl6cDGAkKbk4L057&#10;RSDiTvJl7XKUK1uCUg2/wt22BrXyGMdJLfQQc+Z40XTGGBKuLlkoB1VTQXho2DMtMLFepzlrWpnq&#10;FaywLV4Y7vtxN16JHfzWMWVxGJ8tGEEpZRzvWBMca9TAyvi79Fg0/Zqj7u64Z+Xz3waG2mf0bpcY&#10;YhIe5TFVAp6EhHeAGeZmKlTEERuTeQBj5jKZ7WsHUaFsO1pXU3PX+xA/jZ3K1V4b2fjleGbO7Erp&#10;DB59f9XrT5KkFycDGElKRufniscdPQU/WcGp48c5fvwA37YtjG2N2jzTqXKCOLy+n8q2IkMYXVdF&#10;SEgIIeEaLCyVg11YCNHGsRLpuH36DA8q1MDF0gQ7OxtUMffw83/A7pmzudRuHhNcTLjm5sVDlR3O&#10;NQpnuoGqc5WgspMzzs5Z+Dg5UDijI6rQodMZggA16nRmrFIpwcL/6JM2lZJXQ2b1St4TUzJmhbWh&#10;DDQ21Kxuh/70dyxjCuu+cCbzu1Ve/fqTJOnFye1LkpKJcHXlgs6CavUbUih/fvIXKEGD7iOY0N2F&#10;tBoldLfXMHXpVUz8fqJzjepUr6586o5nT4hArwQwwSkOqmG4ul3BtroLBZWDbi7b4uQhgGt/zGbq&#10;0dp8PaMxOQnGzf0KuuxVcXnT1x9UGjQaQ6CgR5/ObSBCiP/ZJ21KOSdkVq3kPTEla8yoUKUCFiI/&#10;TT9th02W9oRv+fqTpA+MDGAk6YlYvE57EaEpT42aeYwbh4YSHSYzpHYa5+f6x/z15Td41vse12vX&#10;uX7d+Lm4jUGG6xBhoShxzFOxnpz2NqOqSyXl8AkmxW2x4S6/z9lOqalz+LiAMsdYD1zPxmLiWIMa&#10;Wbj+ELNvNFVKlqBEiSx8yrRm0aWMHtUxx9zU8P944jJ8EudtEkdcvBLgGC4lWaTXSpOGGG9WrXVV&#10;QrX7XDx3L5Obm41ew/qTJOnFyQBGkpLo7nDa3Q8KVKV6mcz7AYo6vYBpW3MxYFpPiiXfktTWWFup&#10;0IcFEZKsBUbn8x8eD8tRzcky4buJrR1FTfWYOY/lmz7FE5540l49zZkHKopVdiIrD7CYVujC5K++&#10;4qusfGYNo2lGE1VnI0c2E1QiiojIzO8neSvoI4iIVvKqUvKePYsBjD6Qv8YNZG/tLxlsLzh3+jTh&#10;Cen6DAOZ17H+JEl6CUKSpAS6W0tEYyuVMHX6UpyPNyamJ9JDfFUzmzApMVwcjjGmJYk5JIbZaYTK&#10;sqVYdT/pPa1a4bOogbDM3llsTHpBr/aK2Dp7plh/NmkCWnFlfm1hrjIVtedfV769aTFi7wAboTGx&#10;F2OPxxrT3nLxZ8XMaqZClbOb2JL2i4+fCjkl1iz7TaydWF+UavytOB8TJjZ3yy1MCvcS2wJvirW9&#10;Ooi56a74d2H9SdKHRQYwkqTQBf4pRlfOZXg1tVCZ2Yh60/5O/xXwIcfE3KbFhKlKGdeksGg455gI&#10;Mw4S8d5iWfuSwkoZhspMlOiwSgmGdOLejuHCMZdaoM4pKgzYJO48c3TTCf+tg0WFnIZX0KuERfGP&#10;xBLPzKKoVy1eeM2oIkzVeUWv7dHGtLdczEExrLhGmJQeI45lEnPF/DNYFNOohKX9Z2JzwgrQiQdb&#10;eooiGrUwtyooak37N511/q6sP0n6sMjeqCVJeiLk13bY9NtPzaW3ODCiSBrXmOPw/qE/EzbcJFqo&#10;UFuVpc+SVQxwMF5y0/vy+7A+/Bjdgx9/GUjZhBtr43D/rgcTdtxDazi8W5RnwKpV9DXcJ6R/wK7J&#10;ffn2ZCgJD0ApVCo1GjNr8tpWpG6nAQxqW45siYOeFfobHxfpy74aS7h5cGSGN+Nq/d34+0w0ZerX&#10;o2yupBEjuXXqGDfMHanvZJPmjdqSJL2d5FVaSZKesCpbDluNHt8bPin7+HnCjCqDvqBejDunTt+g&#10;6IB59EsKXhSxp/+Pr3/5l/+8fYl6cmpkRvXhX1A7zJ3/vCKoPvkbPk162Yq6AO2mfUbRK6dxvVuG&#10;oT+sZvVPK/huWk8qBG5h0sd16brS55n36STR3vLhTryaAvblyOj9cwYmNi60adcgWfBiYE2J2q1o&#10;JoMXSXrnyABGkqQnzByqUMFaj/+Vy6T7Rn2TMjiWz4FaY0elyklPayn0gWxd9Bs3SOtm2nDCItTY&#10;D1rC7Kb5U+549LEJnWdaOzWlTeXylCtfEefGvflyzWQamAZxeMdBHqeTl+jLl7ilM6NCVUcSHqCS&#10;JOmDIQMYSZKeyl6bOlVMiLtwBq+Et/KmRUX27NbKv8LwGpYntBdWsdStNh3rpn7/iZ7AbSvYFt2W&#10;6ZPqP3M5KO5CYueZDi7VyW5MS2S4Rw/Ms2XDPM09VRznPc8TqXGgdp13pPdsSZJeGbnNS5L0lLoo&#10;zRpXQv3AlZOX03tnjAorK0vlX23CO1gShbBn8a/E9x5GffNkUY1B7BmWfXuIEiNm0K1Q6l2Onntu&#10;Z7gtbHCqYWfsPNMghgtrNuKmL0qH3i1TBTZGOj9O/ncLSjWiWYZdJEiS9D6SAYwkScmYUO7jtjhy&#10;mYP707v3RI21tSGAiSc+LjFFd2MNSw5WYuQQB3gS1BjoCdj0DT+Fd2HmiErK1FOLws3tHFrzUhTP&#10;fpurVy5y5th2lo1sxUcLH9B84VaWfJx264r+/j8c8BKUatMhsQ8qSZI+KDKAkSQpBZMKvehZxxTP&#10;7du4mmYEo8LSyhKEEsDEG25OieTYkpXc6ziOT2wEOkNS0m0wMaf5/tsTOH0xheY5jWnJxZ3D1TMc&#10;zO+wZfinfNqrO1079mDM2mA6rD3CljE1SOtnhsDIb/sfnNI50qO3S8KbcSVJ+rDIAEaSpJQ0pegz&#10;ogN5vDfxu1dal5FUZEtogdESpwzW+29k8c5iDB1d92nvyyq1MlwJMtZ/w2+a/szok/zy0FP6e254&#10;3BbY9viRE66uuHqcw8f/Er+3D2dVzw7M8UinTwPdNTZuPIl5q5EMrCgvH0nSh0gGMJIkPSNP2zEM&#10;rODD+pV/E2JMe0qNdcI9MAKhj8Nj+XIutRhLn+TddWvUaKJPsGjRWZpMHYeLhTE9lSg3V85rrahc&#10;vcrTx5jNS9KhbwsKR3ny+6YzGK9SpRB1ahVrvGzpM7abfGW/JH2g5KYvSdKzzJwYM6c3JlsXsPrK&#10;s9eRTJUAxnDZRgT/yeINlvQb2yLlpR4TEwLXzmVL/lFM65jqsekn4jjn6kWYpizO1XMY0xJpQ0KJ&#10;EMoOSp3GI9l6X9bP+43IDl8xsW46kZEkSe89GcBIkpSm3C1nMbfNbRZP/o07qWIYtZU1FirBnXVL&#10;+K/WaAaWT3UZR+vJD0tv03HmEMqnde3IQH8PV49biAJVcS6VbCQlfefmw4SoClOvkWOq+1v0BO6Y&#10;xlzPOsz6ujMF5R5Mkj5YcvOXJClt6sJ0WfYznXy+ZOTP11JcylFZWWKpv82ePbH0HNeB/Kn2JFqv&#10;XZxwmMgXDdPtBAD9w0Mc8dZiXtkFJ+P1I23wRbZO7MLo7aHY913MzBbWiQOMdL6bGfOFK42Xr6Jf&#10;ifQiI0mSPgQygJEkKV3qPM1YuHkm1st6MP14lDHVEMAYWmAgR/PRDEvrGWazygyd2ZNi6e1hgo+x&#10;oPcs/g4TxB75nEpFilCkcEGKOLRhzpniDF5znJM/dkrZt1GcF9/0nE3UmM0s61hY7rwk6QMnO3OU&#10;JClT2ns38c9ZkuLGx4z0IRc5dOgqFtVaU69E8l6EYvA5tgdvrQPNG5dP+wV0LywWv5sPKFCymOy3&#10;SJIkGcBIkiRJkvTuka2wkiRJkiS9c2QAI0mSJEnSO0cGMJIkSZIkvXNkAPOmxJ1kbrvGfLLUm/T6&#10;+H11tHgv+YTGHRdwOq3XmEqSJEnSO+7VBzAhfzK8aglsixWjmK0txUuWpXLd9gxZuBefGOM4HyKt&#10;P2f/PcaJ8/fS6eE3uUiOTK5Dabsy1J16lKcPr2aVjnsXTnD86Fn8DR3rvajQPYxxLoltiQo0m7qf&#10;x+lOK5jDM5pS3s6W0o1m4yqDJkmSJOk1e+UBjD7sFhcv+RJt15LPPvuMPl2bU0HtzW8T21O/51pu&#10;Z370lkL2sfoXdx4E38f159XsCzWmv2H60Ot4n79DeFgARxbN5pfraa88nc+vfLXoJIFhQdw6c57b&#10;r7+JSZIkSfrAvaZLSGryuPRl2pdf8tW8ZWw4eozvmltzb/dy1qfVP3/sQ26c9eDMpQAi0jnL14b6&#10;cumMO2cuBxCZUatCZAAXlIOof3oTeg4vO8/YhzfwPnMBv/Dny8vDvzayL8yF8V93osDjfWz867Fx&#10;yCuQhbJOSYNt+87UULmx9te0OtaLw2P1z5yy/ogeLXKRRs81Ci2hvpc4436GywGRPDtbLSF3zuPh&#10;cRHfkDSiH20Id8574HHRl7QGS5IkSR+eN3MPjNqG6k62mIhgHj1KHsCE4Lq0B1WK2GBf1YXqFYtR&#10;2L4Nc448fHKQ017ZwIjGZcif344Kzi44VyhGwdKtmXs8+Mk4cSem4lKyLd/vX003x1I4Oleh8tDt&#10;+PxfW4rbtWLx5afz1Af+Tq8yRak24TBPr2hpufhdC4qX7MWGoJeZ55+JA3V32D6mNsWL2lPV2ZES&#10;tpXptfpSsvllQB/Azo0HianRid59u9OmSBgHN+3kXrKjftAfAyhXtDw9fr315HKU3n8Tnynl5zLl&#10;BLHGtJQyL+v0aIp25dPGVlzdsJrDkcbEJOH7+XHdNYp1HUizZ95apuXKhhE0LpOf/HYVcHZxpkKx&#10;gpRuPZfjwYlz1QceYEbTEhQuURkXl0rYFSpOm+WXjculJ/DADJqWKEyJyi64VLKjUPE2LE+2PiVJ&#10;kqQP05sJYGIusf+oD7ocjjg/6fRNj9+6AXysBBL5Ru3iRlgMYT57GW/rxpc9hrPpfuIBLtTrXy4X&#10;7sGSv89yK+Aulw/Op3HcfmaNWcIF49m4CH9AwN3TLBo4DZ+Wqzhyaj9rh9WgWFV7LPwP88dfTw/0&#10;4Ud3sfemP+d27OR00pFed5M9249yL195quR8mXk6GybGteX96LfsPAV7/cA/p0+wfUZVzk2fw1/h&#10;ib/NiN53GxuP6qjduRN22RrSvb0tkUc28sfdp2FGnjZD+KSwL1umTGKzIbLRP2DH5C/4PbAqgwbV&#10;SuMtpVkr63Sp8tOxb2vyBmzn5z+TBzx6Arb8yPaHleg1oG4a8w3F69/LFO6xhL/P3lLK6zIH5zcm&#10;bv8sxiy5oIQ3cZyYO5R53uX58vRD4uKCub5vNq2KGl9NH3eCuUPn4V3+S04/jCMu+Dr7ZrciabAk&#10;SZL0ATO8ifdV0t1ZLBqYqUUe5+5i5OjRYuTgXqJ5+VzCJLuD6Lvuuog3jifivcWMqqbCqtEScUtn&#10;TFPEe0wVjqZWouWqeyJZcjKx4t/RpYWJZXuxNiwxJWbvAGGjUYtcjRaLy09moIg5LIaXMBGWTZYJ&#10;34SJRYu9/W2EWa7cIodpefHF6diE0XS+y0RjS1NRdYb30/yl8BzzjPcSM6qYCtMKk4RrjDFNWZL7&#10;fw0S9qYaYTNgr3iS/AytuDKvtrDI1kKsvJu49LEnxgl7EwtRd+F1ZehTkScnicrmJsKu305xQ5l2&#10;KdPcotmyq8ZxYsTeATbCJHcPsS1a+fqCZZ24Lo3lEnlADLUzEdmUsnwyDe0F8XUNC2NajNg30EZo&#10;sncRmyKNw9MS+68YXVpZJ+3XijARJFZ/ZC5MHacKj7QKPmi1+MjcVDhO9UhnvUiSJEkfqtfUAiOI&#10;vOPGoQN7+WPDJg5ct+Kjb/9gVa/SPGl/eXSK/y7pyWX1mENr17BmTeJnnftDZZw4bl71Uc7Qk+gI&#10;uenGgR2bWL92Pcd84xH6GKJTXJPJQfMhAymXvFd/8xq0blqIONe/2f9Qr5zRn+Hg8cc4Dh5LE+sb&#10;HNx3RZmHnkf/7MddW5aWbSo8yd8LzzPsDB5X9RSs25jKT5ok1BRs1IQqlsav6dFeZOMWD8wadqF9&#10;4cRVY1bjEzqV1eG2ZRNXkt3/YVV7CouHlMZ/3RAaDFjDw1qTle/2pNU/7/OVdTqsGtL3k7LEHv+V&#10;tcZmqJgTP/GrZ3Y+GtAdu4xqki6Em24H2LFpPWvXH8M3XqCPiSaG7NSo54TZhaX06TWPnReDn7SU&#10;Jcheg3pOZlxY2ode83ZyMVheOpIkSZKMjIHMK5N41m4i7MedEIb2DV3Qf+LrRnmExtJJzHB72vag&#10;vfCVcDZVCfO8tqJ06dIpPmXKOIouK64ktCbo7h8QM1uWENZqE2Gd31aUUobb5jUXKvMWYuWDxGkl&#10;tIaY5BY9EpobUor4s48opMklOq4PEvHnZgknC3sx/oSv+LGVtTCrNU9cjQ8WG7rkFqb248SJxAaZ&#10;l5qn9sYCUcfUVFSc4p6y1SBys+iaI+MWmFjXicLBRBmnYX8xavRoMTrhM1J0rpJDqE0riampmim0&#10;Pt+KeuYqgSqX+HitMWMJUrbAZLWsU0vRAqN8117+RtQyNxFlRh8V0brHYvMnBYRpiaHiQEKLS1ot&#10;MDpx/8BM0bKEtVCbWIv8tqWUedqKvEqezVusFAk5jr8r9n3ZQTjkMhEqTU5h32aq2HXr6XLG390n&#10;vuzgIHKZqIQmp71oM3WXSDZYkiRJ+kC99ntg1LlrMnH5F9TAix/mb+OB8QYKlXU2rFQain/6Oxev&#10;X+d6ss+1a2fZMqQsGiL5Z3o/vj6Wi/47r/PowR1uXL/Mn8PKJWspyZh1g9Y0yh3O8X0HuXrwCJfy&#10;1KNR1SI0a+aM2ns/f984wt/HIijWvC3OCfdWvNw8VZaWmKv0RISEpWxNyFQs//3+B9dMCpFfdx1v&#10;Ly+8Ej5neWBdhDy6y2zd4Pr0KSD9Y/bNXc5p6/JULBLB3oULOJ76BlujrJV15jT2Pfm0oSU3N//M&#10;Xxd+58e/gqnQayANjT0UPyPyH6b3+5pjufqz8/ojHty5wfXLfzIseZOViQ0tZ2zn/K1z7JjdHM3R&#10;b+jRdylJD6uZ2LRkxvbz3Dq3g9nNNRz9pgd9l159zrKVJEmS3jdv5CZeTdm+DGqZk6B9q/n9VuKh&#10;R13YkQqFBH5eHvindzTS+XLm7H1UFTsz5CM7LBIS9cTGxZPlLrRzNqF1/ewEH9nM/H2emNdsRG0r&#10;DcVaNKWi1p3d8zZyOKgQzdrVTLwJ9SXnqc5bDvtC4O/pinFRFXqCXU9xMdr4NS1RR/h9x22smn3F&#10;30f/5d9/k32ObmFEVRU+2zdw3HgJK+TAdMb/9pg6U7cqwUsn8l1eztgF7mk+6ZSlss4KdTG69G1F&#10;7oc7mfXpEo6Junz2mWO6gZ3O9wxn76uo2HkIH9klliT6WOLiny1Jda7ytJ+8jqW9bIjxduNsikep&#10;1OQq357J65bSyyYGb7ez6TxpJUmSJH0o3kgAg7ogHft1oHDsSdb84pV4v4V5PT7r44g4Po/+X+3i&#10;SsILPuIIunaCzYv/j72GV8hqCmJrY43++hH2XoxQhkdwdct4hq96njPwXDRrUw+r+zvZcFiLU+OG&#10;5FRSNfbNaWofy5H127mXvxltahsPsC87T/PadGlrh3BfypiFh7kZ6IfburF81PVHfDIo7dD9G9gd&#10;YEWDDq3Jn3o8Ewe6fFwFtd+fbDyo5Cn8CF+O/Rk/xzEsGO5Asa7fMLOlFd6LxrD4XBqvwc1KWWdR&#10;3rZ9+bhIFBfP3iJnqwF0L55+242moC021nquH9lLYlFeZcv44axKal7RnmHJ4LGsPHKTcJ2eqNsH&#10;2PXfQ9Qly2JvZhi8hMFjV3LkZjg6fRS3D+ziv4dqSpa1Rz6IJEmS9IEzXkp6ZXT+K0XLbOai8jS3&#10;lPeAxP4npjhaCNOKk4Wr8V4TEX1JrB3gJPKZqoRKpREmJmrl/2phZdtJ/OSTeFdGpMci0dLGTKhM&#10;rESuXFYih31n8d28HsImZ3vxa1DCKCLm0HBRwqyw6Lf72XtgDHQBv4iP85oITfb6YuHlpLs9YsXx&#10;zx2EhdpU2A7YLcKNqQYvO0/do0NiWt0CwkRlaLRRCXU2e9Hl+01iek1rUXLEoTTugUm8Z8U0f2ex&#10;PjCt54GE0F75VjTIZiqKDt4jzsypIaysHcWEI09zHX9psWiSx1Tk7fCbuK+LEYeGlxBmhfuJJ9nL&#10;QlmnpvNfIVpYW4iacy8mu0cmVpya7Cgsze3FyIMRxjSDGHFkVClhlv9TseNJkUQKj0UthY2ZSphY&#10;5RK5rHII+87fiXk9bETO9r+KIO0NsbpzcWGpUspIoxFq5f9mNk3EV/8GJTwVpb2xWnQubpmQT43G&#10;kF8zYdPkK/FvUNplJEmSJH04VIZ/jLHM/0xUwDncvW8Torcin50DVRyKYJ28FSLCF/fTZwlUF8e5&#10;riOF3sTp98vOUx/OTbdTXAqyoGT1Ojjkz+pdO69XpmX9GkT4unP6bCDq4s7UdSyUqvVES/ANDzwu&#10;BxKb3Y5qLpUpkvyeGm0wNzw8uBwYS3a7arhULkJ6t9xIkiRJH463IoCRJEmSJEl6Hm/mHhhJkiRJ&#10;kqRXSAYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSZIkvXNkACNJkiRJ0jtHPoUkSR+EOLx/6M+EDTeJ&#10;FirUVmXps2QVAxyMj/frffl9WB9+jO7Bj78MpGzC+wnjcP+uBxN23ENreKORRXkGrFpF39LKQP0D&#10;dk3uy7cnQ9EZ9yAqlRqNmTV5bStSt9MABrUtR7bEQW+WkrfdU/qy8ERi3hLzZUnOAiWo3KADvXu3&#10;xP5/kjFJkl4pQwAjSdIHIP6cmOVkKlAXFJ9sepDwssAkMSc/F+VNVcLUcZrwTP4GymhXMamSqVBZ&#10;OooxB1L+RoRtEd3zqoXGto9Y531JXL50Xrgf+k1Ma1lMmKrzilYrbqTZSegbEb5V9DDmbf3Zi+Ls&#10;6X/E+jm9RdXcGmFl30OsuZL0Nk1Jkt5V8hKSJH0oTMrgWD4Hao0dlSrneXr9WB/I1kW/cQOVMSG5&#10;cMIi1NgPWsLspvlTXnPWxxITC9ZOTWlTuTzlylfEuXFvvlwzmQamQRzecZDHWe+l4tXSxRCt5M3K&#10;qQmtHR1wrNGMnlN/49CWoRS7tYkxI1cn66tMkqR3kQxgJOl9pgvE1z+pi08V2bNbK/8KkvdMqr2w&#10;iqVutelYN/XrpvUEblvBtui2TJ9U/5nLQXEXvLgYo8HBpTrZjWmJBIYL0+bZsmH+P9rDPMlbdZcU&#10;ecvdaAR9nTSEHdvGbmMfYHEBdwhIowsxSZLebjKAkaT3Vdw11n3WjA6LXYlKSFBhZWWp/KtN1iN4&#10;CHsW/0p872HUN08W1RjEnmHZt4coMWIG3Qql3lXoued2htvCBqcadjzt0jOGC2s24qYvSofeLVMF&#10;Nm9KUt6KpMqbQlOc8vY5Uen8uHk7sVPTcz/1oFn3lZxPLCRJkt4RMoCRpPdSMIcnd2Pqw0Gs+7qB&#10;sf8oNdbWhgAmnnhji4PuxhqWHKzEyCEO8CSoMdATsOkbfgrvwswRlXi2J68o3NzOoTUvRfHst7l6&#10;5SJnjm1n2chWfLTwAc0XbmXJx3n/RzsYY96sqlKjqrkx7SmNxhDSqJX/G76Z4Tx1HV+oFtB1zG4C&#10;/1eXvCRJem4ygJGk946ewO1j6L+hKNN/GIrDk2O4CksrSxBKABNvOFJHcmzJSu51HMcnNgKdISnp&#10;NpiY03z/7QmcvphC85zGtOTizuHqGQ7md9gy/FM+7dWdrh17MGZtMB3WHmHLmBqk9bM3wpg3Tfnq&#10;VM9hTHsiknv3QxGqAhQpYmybMSlJ72XfUOXvIQxd56uUniRJ7wIZwEjS+yb0EF9N2kmRMfPpVyL5&#10;BRQV2RJaYLTEaZUwx38ji3cWY+jouk97+FapleF6/NZ/w2+a/szok+oSjJH+nhsetwW2PX7khKsr&#10;rh7n8PG/xO/tw1nVswNzPGKNY6Ylhj/725IrZ05yZuGTt+7XnDNc7cmipLwVruZCydSZj3HD7Vw8&#10;6mJVcbZ5OlBduDPfTK7E0enT2flQhjCS9C6Q74GRpPeKlrNf1aL2TxXZcG4N7XMbk41Cf2lDwcFX&#10;GHzQm57769HjwRzOrG5NTr0/y5qWZHzYFM4cacQvNXrx4MszrOuS6skjo4it3Sn+yR7q/XKHnX2e&#10;ziT20DDsW/yExZh/Of9tbVLfFpxIT+DZI3gFxCW/lzhd6hxlqF2ndJbvp0nM21/U/fkOf/bNY0xN&#10;FLq7HxU6rMNy+EEuLGlAigtMkUcYWfUjDn98iDMLamNhTJYk6S2V8DC1JEnvh+Cdoq+NmXCYeFqk&#10;9aaTyI2dRXaTUmLkjvXik+K1xNcXjC990d0VSxuZCdMac8SBZS1EkfoLxaV0X+ISK06OLytMTJ3F&#10;7IspR4rY1kPkUZuIcp+fSnP+r19S3qo/kzcRe1Z8XdNaqHM1FUuvp7VwWnFhjouwyNdJrLuf4o03&#10;kiS9heQlJEl6b+i4+dtStj2sRLdeTmm2fqitrLFQCe6sW8J/tUYzsHyq23O1nvyw9DYdZw6hfFrX&#10;jgz093D1uIUoUBXnUslGUtJ3bj5MiKow9Ro5ptP68pol5a1QNWqkyNtDDkz8lK89stHi66UMNbxN&#10;+BkayvXoTs2oPSxbfZnnuGolSdL/gAxgJOl9ob3ChvUniK3SkS6pAxMjlZUllvrb7NkTS89xHcif&#10;ag+g9drFCYeJfNEw/Xft6x8e4oi3FvPKLjgZr8Fogy+ydWIXRm8Pxb7vYma2sE4c8IYl5c2iSg2q&#10;JeQtinse2/iycx06rAql2YI/2TCsfBpPVSXSFO9Ep1oqvDas44x8N4wkvdVkACNJ7wndtZ3s8haU&#10;a9aCMum0nqgSWmAgR/PRDHNKo43ErDJDZ/akWHp7huBjLOg9i7/DBLFHPqdSkSIUKVyQIg5tmHOm&#10;OIPXHOfkj52w+V/sWZLlLebQBCoWKUzBvMWo9sk8/svdk59OebJ9bA1yGUdPk7oIzZtVgWu72eEl&#10;IxhJepvJm3gl6b2gx3dJE+zHX6f37hv81CrtW1D1IRc5dOgqFtVaU69E8ltYY/A5tgdvrQPNG5f/&#10;H72A7u0Qd3I8lRouI8dMb05Pc0jzKSxJkv73ZAuMJD2hIyYilPCYd7GTnEhOnfQm3rQCTtXSv/tE&#10;nasCzTp1TBW8GFhQqn4nOn3gwYuBWUUnKlnruHTq5P+uLydJkjIlAxjp/aB/wK6JH1G/bh3q1DF8&#10;6lK3XgOafNSFAdN+5Jh/5rdkxrrPona+vJQd8TdJvQc9YbhBdUIr4/Tr0mLmUdJ604n20gp6N6hL&#10;nboNaDd6E9feVCwUdwmvCxGobcrhkFtu1i/F2gEHOw2xFz05F29Me8X093YyoVV96hrqat0WzDya&#10;Zm3i0oreNFDqXN0G7Ri96ZoSYkuS9ETCs0iS9D4I2yq651ULjU0P8YvnRXHpvJs4+NtU0byoqTAr&#10;PUjsfpzBo7HaG2JZs9zCRKMS1h1/F5HG5BRCNomuudWGS67CrNFScTf15LS3xKrWeQ2P9glNkU/F&#10;jmBj+psQ/KtoZ6VKO1/ScwoRv7azEiqzRmKp/+srzJBNXYUSayr1yUw0WnpXPFudVonWSn0GjSjy&#10;6Q7xJquTJL0L5Kma9P7QRxOjnMhaOjWjfVUHylesTpPeX/HjuFrgs5Ff9oQZR0xNz4Mds1gS1p5u&#10;FU2IDwslPK1LB4bpU4ePmuRA3PPFN0WjjmEa05l3rSClLdXkqNeaJhneLfpqae/cxC9eRTabouSV&#10;W/VLsqCoTT7U+rvc9Hl9D1Pro2Ogzkc0ySG45+ub8rFt/QN2TJ/HtYKlsVTnoF7rJhnffCxJHyC5&#10;q5PeG3HnvbgYo6F8dZdk/fCoyZM3FxpiiYhI5/X2kSdZ8JU7TWcOp7w5iPBggtO4tT3unCeX85Sn&#10;btkCcP8ud5MfccKPMHv6KWp3dCYuzgTHGjV4kw8S6wICeKBXky9/2m/OlZ6Hhvz586LWPeTe/YwC&#10;GB2hvhe44Bdh/J5IH3qbsx6XCcyoNwVDL9iel8lTvi6J1eluigAm/Mhspp+qTUfnOOJMHKlR43/z&#10;WLokvc3kvk56T+jwd/XgtiiMU81SyZ4cieTUqbPKQcAeZ+e8xrTktFz6YRpb7T5ncrP8WFmoEGGh&#10;hDxzs4EO39NnCCxdhSZ2BSEqAL8HSc00sbgvnMgO+4n0Mr+Av8oO5xqFM9249Dot2jjlAJWFjzah&#10;p8X06YIfE6xXkT13brlRvzQ1ufPkRCWiCHqcMjh5KhzXeS0oV9oRR/s6TD6VGK1Eei2hXcWyVK0/&#10;jj9DMlhnOl9OnwmkdJUmJFYnPyUANQ6LdWfhxB3YT+yF+QV/VHbO1Cgs16okpSa3Cuk9EYWr63m0&#10;VlWpmfR2NSU4CdgzmYnr7lOi95eMdHr29WX6gI1MXxZJ35m9sTXJTjYrQwATTMgzLTDhnHa9TLEq&#10;TtgXt8FK3MPPL/GcWXflByb+ko0xc9ty1+MKuuxVcXHM7D20UWzvnR8zc3PMs/CxcpqFd7qNAXoi&#10;wiLQChXW1tZyo35pamOnl4KI0LQvO8a5LWDGma4c9F5MI5NLbNn0HzGP9zKh9/+h7jeXmRM/o3G+&#10;DNZE+GlcLxejipM9xW2sEPf8SKxOOq78MJFfso1hbtu7eFzRkb2qC5lWJ0n6AMl9nfR+iPPitJdy&#10;tmx+j39mjWHU0H50aeKI04Bj2E/ZyaFVHXn2JDaUQ3Pm4NV0BmMSXupmoRy4TBHhoYSlboGJVaZ/&#10;1pTK1StgZVucwtzH7268Ejv4sW7KYsI+W8CIUso43rGYONagxpPundNjQdOvj+Lu7p6lz38bhmKf&#10;3utjFTExiY/LmCrBTlpUKpX8pPNJi5m5mTJMqVaxzzyPlsDMZTLb1w6iQtl2tK6m5q73IX4aO5Wr&#10;vTay8cvxzJzZlTR7KzCK9TrNWdPKVK9ghW3xwnDfj8TqtI4pi8P4bMEISinjeMcmXo7MtDpJ0gdI&#10;BjDSe0Hn54rHHT35qjamXsWyFNFd4sjxKJou3cOmqS2xTePgH+f1PVO3FWHI6LqoQkIICQlHY2Gp&#10;HF3CCIk2jmSku32aMw8qUMPFEhM7O2xUMdzz8+fB7pnMvtSOeRNcMLnmhtdDFXbONdIIllJTk6tE&#10;ZZycnXHOwsfJoXAGBzGBTqdL6NlZrZab9KugUsrRUJJ6pVzTZoW1YYVobKhZ3Q796e9YxhTWfeGc&#10;hXufdNw+fYYHFWrgYmmCnZ0Nqph7+Pk/YPfM2VxqN48JLiZcc/PiYRYvR0rSh0huF9J7IcLVlQs6&#10;S6p3G8eQgUOZ9MMqhlcMYOPEefyb1s2UutusmbqUqyZ+/NS5BtWrV1c+dRm/JwShVwKY4JQHrjBX&#10;N67YVseloHJgy2VL8TwQcO0PZk89Su2vZ9A4JwS7uXNFl52qLm+6I0MVGo1G+Vc54OrTvu9CCCE/&#10;6XzSIpRyNJSkWinXjJlRoUoFLER+mn7aLotdKITh6nYF2+ouFFQCpVy2xclDANf+mM3Uo7X5ekZj&#10;chKMm3tWL0dK0odJBjDSeyAWr9NeRGjKU6OmElkYmJSjUZ2icPdfDp5PffOInsd/fck3nvX43vUa&#10;169fN34usm1QaTTKASY0xU0wsXie9sasqguVDMcSk+LY2iiT/n0O20tNZc7HBZQNKRYP17PEJjwx&#10;kpUG/xj2ja5CyRIlKJGFT5nWi7iU7j0wYG5umvD/+LgMH32RsiguLl4JbgyXktLukuGJGG9WrXVV&#10;atR9Lp67lxD0ZCrWk9PeZkqgWykh0DUpbosNd/l9znZKTZ3DxwWU3XKsB65ns3o5UpI+TDKAkd59&#10;ujucdveDAlWp/uTGA3McnSthqb2Bh8ejlAeWqNMsmLaVXAOm0TNFr4VqrK2tUOnDCEr+GJLOh/88&#10;HlKumhOWhu8mttgVNUVv5szYb/pQ3DBL7VVOn3mAqlhlnLL0xIgpFbpM5quvvsrSZ9awphlcllKT&#10;LUc2TFSCqIjIhEtJ0svQExERrZSjSinXDDpW0Afy17iB7K39JYPtBedOnyY8IT2x9SY9Op//8HhY&#10;jmpOCbVJqU52FDXVY+Y8lm/6FE94gk571XDJUkWxyk5ZuBwpSR8oIUnvON2tJaKxlUqYOn8lLmiN&#10;iQrtxdmiuqla5O7wq7j/5DWnkcLjq5oim0kJMfxwjDEtSYw4NMxOaFSWouWq+0/ejKr1WSQaWGYX&#10;nTcmvZ9XK65snS1mrj+r/MKYcmW+qG2u5KH2fHE9WR7elJi9A4SNxkTYjz0uYo1p0ouKF2dnVhOm&#10;qpyi25Y03skcckqsWfabWDuxvijV+FtxPiZMbO6WW5gU7iW2Bd4Ua3t1EHPPxxtHTk0rfBY1EJbZ&#10;O4un1emK2Dp7plh/9kltElfm1xbmKlNRe/515ZskSWmRAYz0TtMF/ilGV86V8Pp+lZmNqDvt76ev&#10;XI89KcbbmwiVSQFRc9gGcUUbIo7NbSqKmaqUk2sTUbjhHHEszDiuctDyXtZelFQCIUMn7WYlOohV&#10;ykFId2+HGO5omL5a5KwwQGy68+zhROe/VQyukDMxDxbFxUdLPJWpvVnxXjNEFSVYy9tru4g2pr1e&#10;scJreS/RpE5tUbt2HVG3aT/x08VkS627I9YPbijqf/qjUu7GNOU3bt92EvUTflNb1GncX6xJivZ0&#10;geLPL1qJesZhCcPr1BX1G7UQHfqMF9/tuizCE8d8A2LEwWHFhcaktBhz7NlwMOafwaKYRiUs7T8T&#10;mxPqg0482NJTFNGohblVQVFr2r/pvPZfJ+7tGC4cc6kF6pyiwoBN4tnqpBP+WweLCjkNXQiohEXx&#10;j8QSzzddmyTp3SADGEl6HwSvEW0NfSE1XiZeY/c9KcWfE7OcTJWDcUHxyaYHKfryiTn5uSivBIqm&#10;jtNEiuNvtKuYVMlUqCwdxZgDKX8jwrYk9mVl20es874kLl86L9wP/SamtSwmTNV5RasVN95Qa0SI&#10;WNve2BdSGh1Lxd91Fbv/PCquBCcfFiFuntwr/vG4+6RVTpKk10teXZWk94FVWcrZatD73uA1dt+T&#10;kkkZHMvnQK2xo1LlPE9vqNMHsnXRb9xIeC4qtXDCItTYD1rC7Kapuj3Qxyb0ZWXt1JQ2lctTrnxF&#10;nBv35ss1k2lgGsThHQd5nKW7ZF+S9hY+d+JRF7CnXBovozOxcaFNuwaUzZV8mDUlareimZMNab+J&#10;R5KkV00GMJL0PjBzoEoFa/T+V7ic0SvsXykV2bNbK/8Kkt85rL2wiqVutelYN/Xjv3oCt61gW3Rb&#10;pk+qTzZjapK4C4l9WTm4VCflrbOGlmIwz5YN8zexx4q+zKVbOswqVMUx8eEuSZLeQjKAkaT3QnZq&#10;16mCSdwFznglvpX39VNhZWV45b6WuPikCCaEPYt/Jb73MOqbJ4tqDGLPsOzbQ5QYMYNuhVLvevTc&#10;czvDbWGDUw27ZH1ZxXBhzUbc9EXp0LtlqsDm9Yg778n5SCWQql1H9uwtSW8xuXlK0ntBTdFmjamk&#10;foDrycspejZ+fQyPnRsCmHji4xJTdDfWsORgJUYOcYAnQY2BnoBN3/BTeBdmjqjEsy9GjsLN7Rxa&#10;81IUz36bq1cucubYdpaNbMVHCx/QfOFWlnyc9w3ssHT4nfyPW5SiUTP7NPIpSdLbQgYwkvSeMCn3&#10;MW0d4fLB/fik9wb8V0qFpZUlCCWAiTdctork2JKV3Os4jk9sBAkdaCfdBhNzmu+/PYHTF1NontOY&#10;llzcOVw9w8H8DluGf8qnvbrTtWMPxqwNpsPaI2wZU4O0fvbK6e/zzwEvRKk2dEjoH0uSpLeVDGAk&#10;6X1hUoFePetg6rmdbVffRASjMvbarCVOqxz7/TeyeGcxho6u+7TfJpVaGa7Hb/03/Kbpz4w+yS8P&#10;PaW/54bHbYFtjx854eqKq8c5fPwv8Xv7cFb17MAcjzfzhmG933b+OKXDsUdvXGT8IklvNRnASNJ7&#10;Q0OpPiPokMebTb97vYHLSGqsE+6BEQh9HB7Ll3OpxVj6lEwWomjUaKJPsGjRWZpMHYdLOm/mj3Jz&#10;5bzWisrVqzx9ise8JB36tqBwlCe/bzqD8SrVa6Tj2saNnDRvxciBFeXlI0l6y8kARpLeJ3naMmZg&#10;BXzWr+TvEGPaa2SqBDCGhgoR/CeLN1jSb2yLlJd6TEwIXDuXLflHMa1jqsemn4jjnKsXYZqyOFfP&#10;YUxLpA0JJUIoOyp1Wo9kv2JRp1i1xgvbPmPpJt/fL0lvPbmVStJ7xQynMXPobbKVBauv8LovJKmt&#10;rLFQCe6sW8J/tUYzsHyqdgutJz8svU3HmUMon9a1IwP9PVw9biEKVMW5VLKRlPSdmw8ToipMvUav&#10;u4dvPb7r5/FbZAe+mliXTLpwlCTpLSADGEl63+Ruyay5bbi9eDK/3Xm9IYzKyhJL/W327Iml57gO&#10;5E+1R9F67eKEw0S+aJj6rS9P6R8e4oi3FvPKLjgZrx9pgy+ydWIXRm8Pxb7vYma2sE4c8JroA3cw&#10;ba4ndWZ9TeeCcrcoSe8CuaVK0ntHTeEuy/i5kw9fjvyZa6/x5hFVQgsM5Gg+mmFpPbVjVpmhM3uS&#10;otPv5IKPsaD3LP4OE8Qe+ZxKRYpQpHBBiji0Yc6Z4gxec5yTP3bC5nXuqXS+bB7zBa6Nl7OqX4k0&#10;bzKWJOntozL0J2D8W5Kk90nsZdb07cpy2x84Nr/e0yeDXiF9yEUOHbqKRbXW1CuR/CX6Mfgc24O3&#10;1oHmjcu/kRfQvZg4vOY0oad7VzZsGEmV19vQI0nSKyQDGEl6n2nvcdM/JyWLv47w5f0Q63eTBwVK&#10;Ukx2YiRJ7xQZwEiSJEmS9M6R98BIkiRJkvTOkQGMJEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ7xwZ&#10;wEiSJEmS9M6RAYwkSZIkSe8cGcBIkiRJkvTOkQGMJEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ75xX&#10;2pVA2LUtxr8kSZIkSZLSl8O+q/GvFyNbYCRJkiRJeufIAEaSJEmSpHeODGAkSZIkSXrnyABGkiRJ&#10;kqR3jgxgJEmSJEl658gARpIkSZKkd86bC2DigrjlH2f8kpqe4JAo5V9JkiRJkqTMvZkAJu4+m6fM&#10;otYn3/Pj1VhjYnLR7Pn6W+a6hssgRpIkSZKkTL3+AMYQvEz9hhG7A4l+cIbJA5ey+tqzQYwIvcq3&#10;IxbwjVtExkFMmAdfdBhBhRYzmXwoJNW4Oq6snY9TuzX8k1aclIkIv6sccL1LsIyiJEmSJOmt9toD&#10;mLibbvx6JJCki0faQA8mDlzGmuvPXk4SYddYOHwB89zTD2L0EYFcuP4Q/ztXWTV3C4fCjQMSCMID&#10;73Pr5kMeaY1JWRbPmTXL6DZEmeYLBD+SJEmSJL05rz2AMSvXhnXL2uGUXWVMUYKY++5MUIKYX2+k&#10;FcRcZcGYdZm0oGioWK8SBQKOMefXW0+Co0xpI/G7fhPPywEERqURIhk7VUi3b4W4MHyu+OB1I4gI&#10;2UojSZIkSf8zb+AeGDX5an3ClqVtqZYtWRBzz43xA/+P33zijSlPicgowjIJECycWjO8ugnnftvE&#10;+ruZRRPReG1aQaP6g6jYZjKNPh5LuTqj+fhbd3wNLTXRboxoOoze2x+jiz7DuEYDKFlrGJ/+EZL4&#10;cyLx+G0JdeoOoVr7KTRsPQz75vNYcDrsaUuR1pcfBo6i0idbOJ3liEqSJEmSpBfxZm7iNQQxtbuz&#10;ZVmqICbAlbFKELPe57mv9yBUBeg7uin2UWf57gdPgozpz9Ljt/MHun15guCqHfll3VyO/D6OWQ1N&#10;cV29jL6rbhFnVpIeo7vSt6o1atPidB7VnRlju9GveraE39/duYru8y+St/cXeHv+jv/BSYwscoN5&#10;439m20NjCKMP5/bNB/j53OO+LjFJkiRJkqTX4w0FMAZq8huCmKWtqWKdLIjxP82YQSvZHfh8nWIL&#10;5T+rqu2Y8lEuAnZt4f/OPtuSk0B7i19/PsMjuxas+LYTnVxKUc25BqPnj2CYvRavLQc5octH7bYN&#10;aVLCApWJ8neHJvTt2oCGtiYJLSu//epBuFMHlg2vQglrE7IVq8LnXzSlXIgnmw8bW2HMKjBr43ec&#10;3jWIdpYJc5YkSZIk6TV5gwGMgRLE1OnJ1u8/ShHExN/1ZP+VF2i2UOegzYj21Lfw5afFh7iZxiT0&#10;D65y+pbAto4zTskDCzNbmtTMj+rRLTz90r8EpQ++htsNPTktwvl3xxHW/5H42XQ+DBO03Lp1X/k3&#10;kVUBG8oVtnzThSpJkiRJH5z/wbFWTYH6vZQgphWVkwUxL0pTvCnTe9gS47qT+YcjEKqU09QHhREs&#10;VOTOmwONMS2Rmry5rVGJGMIzuCNXhIQTIgRBZ4+yeOUOvkv6/HKBcJuiVCqeerqSJEmSJL1urz2A&#10;0QV6s+Tr1Yyd+VOyz898cyiOkiWzvYIMmOLcrytdCoawffk+LqdqhVFZmmNheLw6LIqUg/SEhEYp&#10;AU828uROPxcqSwssVWqKfTwK1wNL8Ur++Wcha7sXkQGMJEmSJL1hrz2A0RSsSOsK0Rz94yC/bEr5&#10;2XH+Fb15N1c1Jg6pjNXVf1j6rxKUGJMNNEVtKZdLcNv9YspLTNoAjrg9gKKlcCmUWAxqtUpJ1xKX&#10;7J5idQFbyucT+F/yISCTq1z62ChCol/JEkmSJEmSlIHXHsCACaU/Hsb2+Q0obW5MeuXUFO/YjSHl&#10;47lxMzhlUGReid7ti8CFXQybdxLPgHCC7l5jw5wfWH7ZnLo9m+FiZhhRQ6ECOVFpb3LoUAAP/W9x&#10;IUCJZMzK07NDcYTHn4xY7sG1MEMUoyXo1hX+WPM3/wQa5xZ3jS87DKBk8x/ZL1+EJ0mSJEmv1RsI&#10;YAw0lGg9hB0LG1PuZZ/Q0ZhhYarB0tzEmGBkVpIRU9pSPacGk9w5yfdksBm1Ro7hu/b5uLF+KY0a&#10;DaBEk+kM2xGBy7Cx/NQr6RKQmpIfNaVVvjD+mDiW0o2nM+VwmJJugtOQkSzplIeLqxZSvXpP8jj0&#10;okTLWQxfe4l7Se98UasxtzDBxMwU05e/tUeSJEmSpAyohML490sLu7bF+NfbSE9EwG08rwURqcmB&#10;vWNpSuV8Nn7Thwbg6u1PqEVBnJxsyZ8sTooKvIPnlYeE6s3Ia7iBt3QerN9QCChJkiRJ75Mc9l2N&#10;f72YDyiAkSRJkiTpbfGyAYxsP5AkSZIk6Z0jAxhJkiRJkt45MoCRJEmSJOmdIwMYSZIkSZLeOTKA&#10;kSRJkiTpnSMDGEmSJEmS3jkygJEkSZIk6Z0jAxhJkqT/CT1xcdpX0x+cJH2AZAAjPUN7eS+fffot&#10;33sn69VSeuNe13p4e9avltMrF9Bm7D7OfVBVTY/v/jU0r9eHApV6UbTVWo4mdUmSBUnrb7HcPl8h&#10;HUF+ftwMkmX6LpEBzFtDh+dPc3FqOAyHBsOp1vl7lntHG4clp+XyluU0bjFCGW8Yjm0X87PPqz2H&#10;0z3w4z+PS1xI6qhS+p94XevhhacbGYjrsYtcDX1V+dERcOUSJz18+aCqWpQX8+fs53z+xqxaPYnl&#10;AytRJI09cYTfVQ643iU4Vdkkrb+Lcvt8ZfQPDtG/9QRqjNpvTJHeBTKAeWvEcNH9IjfuPcb//iN8&#10;zv/H198fwzf1Pir8DIuXHOfM7YfKeI+5c+0cJ6/FGwdK0usTe+4vBgyZz9cnZH17GVpfH84Fqanc&#10;pjWd61WhQ8dq2KfqmxbiObNmGd2GbOGQ7N3+tVPnLE37ro34rG05Y4r0LpABzFskqVeqbOVKUErZ&#10;oUV6nGTHneQRjJ6Hh47z92OBWflSVDTu9F5ZZ1YvKi6U65dvcfVBBntabSR+12/ieTmAwKjXcOaY&#10;lTxkxXPkMzLQF6+rQURkNJo+hns3lOldfUBwGq3T2vBHXLlwAy+fICKfo1j0kUHK73y4eDeCV9fo&#10;rSM04C5e525yNTAm3Xsz0u09LS4Mnys+eN3IoEwM41y+yaV70S9w70cs95WyPOeXcpnjgu9zXllf&#10;6a36zMtYR4i/L57n/fAL0xnTklHqhO9VHzyvPyIkS4WtTC/AD6/zt7n+8Nly1EfFEilUWGezMvaE&#10;nw5jOWe8fcfxwOcWZ32CiTKmPCueR3du43nhLveep5KlSanP125yUakfycUGKevg/E2upFtvMilj&#10;RebTMIoK4tIFXwKec1m0YY+4rGwz526GPFsPzEvSd9oQFnQrZUxI5QXnKb1eMoB5C2nsqtO2tLJr&#10;i7/B9j13n+6s9Y/ZsfMcocKMGq2cKawypr9u2gdsmzaFio3msPSaYeej5b9FU3AcvJeTB9bTuskw&#10;nD+ehEvDYTT8ypW7KfZP0XhtWkGj+oOo2GYyjT4eS7k6o/n4W3d8ExZMz83186nQaC7Lk10K0z86&#10;zsBmQ6g374Kyy0yi4/IvX1OhyTK2KEeSrOchKzLLp0HSPPdwcMtiajf9nIbtP2fsobRuYNBz/9gW&#10;OjUbRPnWyvTajaR03YkM+SNxfWp9TjDh01GUrDmcGp2m0vCjYZRuNo9vPSIy3nnrgjmwdC5V6w5T&#10;fjeF2k0GUebj5az3MSxwPEfmTsChy2Zck2cpzpsvWg+l8eKryuEuLTqu7f6ZNs0GULLReBp2mYxL&#10;g0FUGbiDUwmXi2L5a+ooHEYexV8Xx98zhyv5HojDqCPGSz+RePy2hDp1h1Ct/RQath6GffN5LDgd&#10;lmxZ9Pj+8ytNGyrjfDyZWo2HUXvCYa5mEm/GeWykUZP5rHBzZXL3kVRQyrJe06FUH3WQy7GhnFgx&#10;n+oNR1NXWV/lG89i7umn5ZeVMtY/OsfXfUdg3/hzGnWeQMXaw+my/q5SIglDeXByM+0aD6ZSuyk0&#10;ajOcMo3m8WMGl2zDLxxgWOehyngTaNh5Is5Kfar62e/s8TdMMY5/Zo2h/OB/uK3Tcmz+GErWGkKb&#10;Vb4pAjKi3RjRdBi9tz9GF32GcY2U9VJrGJ/+EWIcIVGc/3+M7zqC8h9Nor6ybA6dfmHXvZR5Czm7&#10;j/7tBlO2+UQadRpP+bpj6PLDBR6lvwjPirvCV51H0PVXb9aO+ZzKbSdTp91PicPCrrNy3BeUraes&#10;g86TqaHUm2qD/uBY0NMZZFzGiixMI6ke/HD8EH3bjqJWpy+oPX2rUq+H4DLNlSDjeAn04eycOhaH&#10;T7Ymfo+4yS+Tp1BOmW9NZZup12oIZZrNYebBh0/LXVnGOV2GU3feeWNCOvOc5WEcKr0NZADzNtIU&#10;pl0zW0yUTfzC3yc5a9zKdLdOstlD2eNbladD01yZrDw9AduX4NxkBJUaP/txbPYV357PwlFeH8KB&#10;eQsZuSMIh3696G9vOGcURAQFcddzF/1mnsd24DgObJ7InEaWnN+4hjlHks4F9fjt/IFuX54guGpH&#10;flk3lyO/j2NWQ1NcVy+j76pbyi5dTdHyhTEPvMCfRx482amFu3rwj18wFw6445501NUFsv+fi9zP&#10;bYNj9qzmISuykk+DxHn6n93DqO8DaTp7Jgd+Gc7ApKawZHQ+fzNw3HZcs9dh0eqvObbpC+a3y86Z&#10;o9cJU4aHXb7E1fx1mb96IeeOr8D9157UVwKNb77ex6UUR7Pk9Fxbv4z+K66Ro3V//tg6jwMr+9It&#10;tw/7vQzLqyf00WPu3w9JmMcTumge3Asm4HFUOmfzUZx186dQ275s37WMq8cWsevzisSd2Mqk3/yU&#10;nbwpVTp0ZWo3e3KqTZQAryszxn3CtE/Kk1ut5+7OVXSff5G8vb/A2/N3/A9OYmSRG8wb/zPbHiYe&#10;hHS39jN88t9cylePRb/M4Z//64zj1c0sOJLWfV5Picgw7t27yuJxv/BfmS5s3TKTVT1sCPxnHf37&#10;zqXfLnMGLJ6tTK8TtXVX+G7uXyTd25p5GSsB6crVLLpsw5Stq3l8cQ1eq7vRrJBxfSoHtW9n/sm5&#10;Ul04dHoDjz2W8MfoqtiYJg5OTR/wL0OH/MzWEHsmLJrJkW1fsm68E2Zeuxkweidn40xwbNeFaT3K&#10;k0+twb5FJ2aM7cbwhvmVbT0Zs5L0GN2VvlWtUZsWp/Oo7gnj9auezTiCQkSxZ9FaXEt24PdNs9ky&#10;0YnsV/7h8+/PEGocRX/vGCOHrePfPK3YdHAtDz2Xsa1fPs7831LG7wlRaktWRfMwMAj3NT8y27cK&#10;S9bNZsf8FsoMHrFp6kKmns7O4BVL8T+/lrM/taXouW30//KUMbjNpIyzNA1jPbh/nf+btplb9Qey&#10;Z9MUVvV2wckujut/H+fv5AFT8Bk2/30ffalSCdPfOGk+43dH4DJ0NHu2zeXvZT1oaXaNJRMW892T&#10;jS2awPtB+D2MNH5PZ549ShqHSm8DGcC8ldSUbelCZWUb1950ZZu34Z4DHed2ncTwZ46atWiTP7Pm&#10;FzU57Kvxycf16Z7Wp30tXAplNo1o3FYsZsDGcOpPnsyvve2wNg4xENHWtP92Gss/dcKlSjWGT2lF&#10;TU0orm53Eg/42lv8+vMZHtm1YMW3nejkUopqzjUYPX8Ew+y1eG05yAllRLNK1WhcWHD2hDeJJ5Bx&#10;uJ26SmQ2a6zvn+fA5cSdjP7BOQ5dAof61TA0UBlkmoesyGI+k+hDoik5aCTzP3bApXY1XAqn3oy0&#10;uG/9h5PRdgyfN4B+9UpTuaoTA6ZMw31ZI/IoY+RpM4jd33Wley1bihfIg32tVoxqWQDhc5vzKVvn&#10;n4q7xq8bLhNZvjUrZjWjqWMJXBo1Z96aRazrnN040ovITpfZM1g9qgENyhagUEEbGvRuQ/uigquX&#10;byu1QAkynevSs24RsqmUv6s3oG/XJvSoXQgzrS+//epBuFMHlg2vQglrE7IVq8LnXzSlXIgnmw8b&#10;WmF0XNx9hFMxNgyaM4D+dcpQo0lrVq4ZxafFM7yIkkjEkLvlCLYry9y4sgOfjG9Py5yxXL5XhLk/&#10;j2JkY3tqNOvI5HYFETev4fY48WCWeRnH4HPnMRQsTQOH7JiYWFGyZiMGNS2UeGkn+j4370MRx0pU&#10;ya3BJHsh6nduQWvbtHabOrw372ZfUGEGzhvJxNYOVKtUjnYDhvNjH1viLh5ijbuOQtXq0LN+UaUc&#10;VRSqUk8px0a0KmtpnIaRJh+12zakSQkLVCbK3x2aKOM1oKFt8jBHTeluY9g1txUtq9rTom8fhlbT&#10;KEHKJS4m1FWlzLfuYW9EOSbM6USzYhaYWReg6dBefFY6gv1/emCMLbNIT3BkIcYt7Et3F3saNbRH&#10;e+0wyw9HU2vIYCbWL0g2Mwvs6nVkdreiBB09xt6E9ZBxGWdtGkb6CCKKt+enqQ2oW9WRFlVL0Lx1&#10;ZXJFXmDXkXBjQKbn8VE3TkTn5aPWFdFePMjSI2GU6jWM1cNrU7dSKWo1b8fKhR9RIf4mazcpO5SM&#10;PDPPfMYB0ttABjBvKXWJGrSpqGziuvvs3n2ZqNirbNx7F63KmoatnMk0flFkq1iPCSO7MmXUs5/J&#10;I5pRP39Gq1/P7V3/R+8f7uOiBC9rehXHyjgkicqyOHWcsj+pROp8BSmmHEdDQyMTdib6B1c5fUtg&#10;W8cZp+T7aDNbmtTMj+rRLTz9lDHNytCiVi7iznpzyHAmFXeTIx4RVPykNQ0s73P0mL8SEig7phNn&#10;8dQVoWnDYk/OWDPLQ1ZkOZ9JsjnSr6tNyrPm5PRBeJx/AEUdaFQyowO0nhC/Gxw+cJLNO45zMkCH&#10;0McTnU7kpX9wAy9/KO5SKY2bPl8BXSS3zp1j957jbNh1mbtagT42joyu8uiDlYDhhp6cFuH8u+MI&#10;6/9I/Gw6H6aUj5Zbt+4r/0bjfT4Afd5y1C/3tPlCna8CDcqbGb9lQGVBpeplyZO0ki3yU1ypu5qS&#10;DjQo9GTNU7RIbtQiipDQ5O1MGZWxJc7OJTG7to8hn+/kr+sRT1oAE1iXpnZFEy6tW87AVW5czujp&#10;K30wrp4BiCKOfORobkw0MKFCvQrYqkI4Z6gTr4qhTFzKPS0TdU7siihbaHgEIYbF14fj6nUXfQ4z&#10;gv7798l6Wf+nD4+UKhnnF8CtdFv60pajbjP6lEqqz8r26HmNK3prLEMusCFp+n8cwzNIGSf+AdcT&#10;nkDIqIyzOo0kljT+pEmKup+7fi2a54nhxP4ziQGZPoy//7lEVNHqdHI24Z7nVa6L/DRuXDrF/svM&#10;vjL1bFQEXvIxpqTn2XlKb4+k6i+9bTSFad+sNGYI/A8fZ++hf9l1V48qV2U6Nnx6wM5QZBBXryhn&#10;m2l8Llx7QHAmV5D0sbHE6mN4HBSbxWBAOagoGdOLxLH1QWEECxW58+ZIdbOimry5rVEpZ9bhCXd7&#10;mlO7UUXyxVzlwKkotLfOKweafNRp1IBmVZUDyAlvbmujOXriKjFFlbOgcimnllLKPGRF1vOZSKXS&#10;oMkoC8pZW3C4Ml72bCgn7mky3BfwzYBRlG82nZ7Tf+ebH3aw1iPjZn19SAShSj5z5cyW8c2fz03P&#10;g1Nb6dR8KFU/+ZbRC7eycNUhTj7M+PZRAxESrhwwBUFnj7J45Q6+S/r8coFwm6JUKq6UqU4pD6X8&#10;1DmykeuV7HFUqNMI4NWqxIkn3WSceRlrcOg/lt9GVEIc30zPdiOoPngT+5JuoDKxZdSScUyqJTi0&#10;5DtqNx5H18Ue3EnrwK8cOB+FKjnLlZP8qVaOJnd2cqkEERHPc1nz+Wk0SqEoC5+wfCKcx2HK38HX&#10;+f3HZOtl5W6OReanXLnC5H2uSqRCpUw/+U+CgpWTBCVQct++M9n0d/B/p6OxLV2cUrkN6yPjMs7a&#10;NIxUKkwMG3dyyslEp4a5iPRwZe8jPfrHZ9jlHkfJZrWobiZ4FBSBUGUjf95Uv9NkJ28OFSIqk3WS&#10;1jylt4ZcM28tNXYtaigbobJvfOjOtG9cua9XUaBhHZrlMI6SIT03NyymdvuJ1E3jU6f9V8x1z+hx&#10;WDUlOw1hfgsrvH/8gamHQzM8uKZFZWmOhRKAhYdFpTyzVaYUEhqVsGPJY9xBWbtUo37OaE4dO8/1&#10;Uxe5kks5W3fIQ6PaJVFfPsvBOxc56B5D0TpOVM3CSfvzeJ58ZonKDAsljyJaCXzSjAFiOPT9Sha6&#10;W9P7hyXcOv0D3gcWs7FHBq06CpWlmRLqCSKjYtK5l0U5yCg7XGXO6QxPR9Q55kzezsnsjdj4z2pu&#10;Hl2K174vGJhh61EilaUFlkrgUOzjUbgeUH6X/PPPQtZ2L4LGWB565WAR/ryV6IVlsYxN8tBsxARO&#10;H17IhjGV0bjtpP+kfVxPimEKVmHS8m85t3sC0+qqObFqKUN/C0hVTxQqc5TVg4iMJDTVQF1oJGGG&#10;wDPXy1zme05KfrJZKMdpm/qs3pN6vSzh1JJmlHnJKNjKylwJavLT/dtFKad/YAleu8bSv6Rxm8mg&#10;jLM8jXRZUL91dYrGXGb3oSACj7hzKrYo7VuXUk7+VFhbmho2RELDUlU8XSQhEQJVzje4TqRXTgYw&#10;bzGNTXXaVU3cAO89iEao89Dyo0oku5UvA0oA1G0EB7fM5uDmZz+HNk/i82rp3I2YRJ2PLrMG07/Y&#10;Q36bvop1d57ZbWdIU9SWcrkEt90vcjP5T7UBHHEzXGIphUvSJYDslWjubEmI638sPnYL88oVcLFU&#10;U7ReJRx0N9j340mOheaiUZMyykH8eemIDItJ956Y58pnVig7ZIeS1gi/G7ineCpEy8NHEeh1j/C+&#10;EoKqTE36Nyig7IINBHHx2gwDD02RYtjnUPJ59lrKp6ziQnkQYpiPiuzWSigWFkzAk0hBzyNluc5n&#10;cB1Id+8mFx6pcGjZjOZFjdGhPp44barcqNVKrTK8/v7pzNUFbCmfT+B/yYeA9KqHOjv2drkg8BYe&#10;yS7F6UOv43o9vbXykp6zjNU5itJ68AgWtMtDzOUbnE+RLTW5SlVn/MK+dCsYz/nzd569rKas84pl&#10;sinr/DLHUlz20CUE5HcogFOV57t/Qm1oZtJqlfVgTHge6txUKJMLce82Xpm88E4bFUnEc68GNYXK&#10;FqWgeMS5C0HPBnRpeLaMn38aabFwrk3rovH8t/8Ia/dfIrZcDTomPGygxrZsMfKIQE653k8xfUMr&#10;74m7UNzR3pjynLQxhES+yIqRXiUZwLzNlACidfNyT67dqos40alG1g/f6hwFqVrZnupVnv04Oxal&#10;QBZaMtS5qvDlgo44x3gy9YudnHmeVnDzSvRuXwQu7GLYvJN4BoQTdPcaG+b8wPLL5tTt2QyXJ3mw&#10;onGj8lg9dGPraR1ValYgp5KqsatMQzstx3a5cj9PJVq+QPNL1D8/UMFlIF1+D0q7Fem58pkV5jT8&#10;uCbFtZdYPHMHB26GEhRwgy0L5tJwwjH8VbkoVtAc/Z2L/HPdcDdpDNf3/sb4TWmc2SdnWYnurQoQ&#10;7/4nY1d5c/1xOH7nTjB9wGQG/GlYNg0Vq5Yge+xFVn5/mssPgzi7ey1dJ57ioVn6N01p8uajsKUe&#10;n9NeXDY8hBEZwPZ5P7PmVsrSMsmfi3wqLWePu3Pj8UPOXnlEnFl5enYojvD4kxHLPbiW8I4PLUG3&#10;rvDHmr/5J+HgaUqNlk4UFzdYOXcX//qFcPfcMSYN/J5ffdPP10vRZKGMtTdZMX0tP58OJFynJ+ru&#10;OfZ5haEuVoTSSmyvvbCX0XMPcMwvGp0+ljsnz+AWpMKuRGHl7D41Mxp2qk8ZbrJ08m9sPf+IoOAH&#10;uO9Yw7A1t7FyaUG/qs9zI4WGQgVyolLyeOhQAA/9b3Eh4HkOmKbU7tiAiuIyi6ZuY69PpLJWlFg3&#10;JID/9uxh1b/GbSHalaEN+1N60H4CMo5znmHu3JAeZeHUjyuZf8g/8R05cRHc8DjF8vWeidPLpIyz&#10;NI3MmJWhc/PCxLnv4ntXPVVb1qKssagtajfikxLguXoFU/7ywS84nDve//LF5L84Z+HAoG4vEsDE&#10;smvSMOxqz+OnTIJD6fWSAcxbQ0O2HJaYqE3ImcPCeK1ZjU2zejTLr0GlNsexXX1qJcUvGktyZteg&#10;NrUkh9UrPgiYmWCmNsXcuJe2qvQxKydVJ8fFnXy+1jchzUwZR62MkCKcUpkov1FhoQxLzJEZtUaO&#10;4bv2+bixfimNGg2gRJPpDNsRgcuwsfzUq4hxOQ3U5K1Xnfo5lV9alqZpLeNj4iZ2tGhQCFOhpkgD&#10;F+omuxMva3mA+PAoIoUGa2uzdCp81vOZOE+lbIzf02NdsxsrRjti4raFzq0GUaLRVIbuiKVlVyeK&#10;qLPRbmhnGltcYlrHgdg6D6TRkhC6DKpNYWXaFk9mlnI9JDSXjx7G1DoaTiz5BufaA6jY5Qc2RDvR&#10;t3EeZdnUFGjdjWmNcuCzZQk16w6l4ZeXcfhiKENKKdMyM7a4pZ5urhpMGO6Ipcd66tf+DNvaU5jz&#10;qC5jP8qNhTJSUnY0xevQr1EuHu79AafaI2g27wyP9SY4DRnJkk55uLhqIdWr9ySPQy9KtJzF8LWX&#10;uGc8s7eq0ZUlg+zR/7eRdk0HU6Hrag4W7sgPA0oo68o0jYDAyJhXwyWop0wwNVNjppRV8tsTTMyV&#10;dMO4JoY1n4UyVllhHerGlD6jKFaxB0WaLOCX4LJ8PvWjhJdEqpTtMPjAWto2/Yx8FfrgOOQAj506&#10;Ma+P4RUHz7Jw7sKaGfUoeutvBnQeTomaI2k6+V+Cq3bi14UtnlyyUZsqZa9s5xbKMqRPTcmPmtIq&#10;Xxh/TBxL6cbTmXLY+HB8mmWiSli/akNZGiu+mWMHVs9uhM21nXT/qB/5HbpToMZYWk3Zw4nA+MSW&#10;KG0UoVECE2sLLNLNjqGuqDBXyi0Fs9KM/24gvQr58t2wcRSv1J08jv1x6rWCH1yDiTXMIJMyztI0&#10;DJ7ZFpIzoUqbulQxiyfOsgLdWhqfIjMwL8fkxf35pEgAP46fQsWaA3DstoINofZ8sWQkg55cokpj&#10;GdOdp46w8FiExoJs5hmtQ+l1UwmF8e+XFnZti/EvSUpOT0TAbTyvBRGpyYG9Y2lK5XxDG74+hM2j&#10;JzD8Wi22bOtP4wwveb/6fMY89MXj0gMiLfJTuUpxCiWPfCIfcebsbR6q8lPVqTgF0z2KpxZH4NUb&#10;nL0bg6VNCaqXUwIN45BEMfidv8bFxyaUqFKOslm8czYi4AbuV0JRFylFrXK50g4q9MrZsec1roab&#10;U8KxHA7J7gSNCryD55WHhOrNyGu4gbd0HqxTzFpPuN8NXG9EYFGsNDVL58jwnp9XItMy1hF8xwcv&#10;n1DirJV15GhH4eRPomkj8Llwk2uP4slWtARO5fI88zReanplnmfP+3IvSk2+UqVxKv7iN13rQwNw&#10;9fYn1KIgTk625H+RAosO4sL52/iGCSxz56dc+aIUtjKsGD2Bf35Pram+dFw1l2/rZLZk6Ynl3hUf&#10;zvtHorfMjm0pO8oVtEh2spBJGSfIbBovSa9sE5ducCkwBk2eojg5Fkr3BvvM6B8ep0/bFVz8aBJH&#10;ZjgmtBRLLyaHfVfjXy9GBjDSey3uwhaa9DqFy7I5fFcva3cPSdIHIe4mc7vOYlvVcRyaWYXcxmQp&#10;I1q8lk7loz32rNvSn6YyenkpLxvAvLIAV5LePnpuX4ug8qghTJfBiySloPPzJbhCF5aPlcFLlukC&#10;uRRSgilffyKDl7eAbIGRJEmSJOmNky0wkiRJkiR9cGQAI0mSJEnSO0cGMJIkSZIkvXNkACNJkiRJ&#10;0jtHBjCSJEmSJL1zZAAjSZIkSdI7RwYwkiRJT+gI8vPjZpDsqE+S3nYygJH+B2K45enNcZ8I3tau&#10;0CL8rnLA9S7Bsq+2D4r+wSH6t55AjVH7jSnvntdfd9/+7Vf6MMgARnrz4m6wfMJ8ui05q+wK30bx&#10;nFmzjG5DtnAo1pgkfRDUOUvTvmsjPmtbzpjyrnkDdfet336lD4UMYN5C+sggrlzw4eLdiIQu8FPT&#10;hj3isjL83M0QIjM7BYoOVqZ1m1shOmOCgZYg39sJv89oBxQXHMiFS77cjUhnJtoo/G7c5MyFu9yL&#10;yigjMdy7dpOLgU/nlvD650zeAR314C5elwNJ0ZofF87NK7e5/sjYzfEz4nl05zaehjxlUjixjwM4&#10;d+ku96ONCckZ8/Yyr6nWhj9Syv4GXj5B6awnPRGByjKe9+VOaPL1kySz4coyBN3n/PmbXFHKNu2l&#10;1RHi74vneT/8wlJPI6NhibJe155dx69S5ssZn1Cnz14LIr3qmiXmJek7bQgLupUyJqSU6TZh9GJ1&#10;NyvLmSSehzeV5fUJJsqY8sQrqLuZbUcJ0053BpnXW0l6FWRXAm8TXTAHlq9gwppz3I4yrBYNecrX&#10;YfZ3Q+hVSgMRN/nl69XM3e3Dw3jDD1RYF63IwMmDmd40v7FnXy3/LZrB4Kt1+aHTQ76atR/Xx8pO&#10;xKIg7ad8zo9Nw1k2ZQXfHX1AtDL9AtU/5uf/60x9Q4/FcVf4qsdyrnYYRmffzUzecJl7yr5WZV2Y&#10;9uPH8ENPO6wTZuHPlrk/882uK9wMT9xBqSzz03TIcH4aVJ7chrA4YVr/x4U2A2jt/TOf73tAXK66&#10;BMwxpfYMV+6HRhGjtiRPNhNU5g58uW0MvXJeS/xN22H0CtjEuPVXeagcACxta/DNDyNoE/wXwyfv&#10;YP9dJVMmOakzeBTrR1QkjzEMDzm7j/HTt7LzamRC4KeyKkizgYNYMaQi+ZLnSZn+p4FbmfDbJe4p&#10;5ajJVZL+s8czr3k+NNFujGj7E7seRhAaqyZHLktMVWbUnTCX3zrlSphPZrQ+J5j05Ra2nAkkNOEA&#10;psKqaBXGzx/BOOdsCWcNugfezJ/yM/934gGRhlVtkh3HNj1Z/XUjyiorMrPhhF1n5ayfmLf/DsEJ&#10;C2tOifrtWTqvA/WNBaJ/dI5vJqxgyX9BJJyMm+am+aRpbOpVFFUGwxI66c1KXUtnHQcuzkHDiWdx&#10;mjqLpS1zPD1LCnFlZI+1XGk1lgMjyxgTM5GF5dT5uzFl/Gp+9gpVDrtqcpWrx5ejirJn7mkcF3zF&#10;dCclt3HnmNRpJW5NRvP3mLJPetqOPb6G+lOv0+Z7ZbxqhvGuMKfnMv52GsKJSZWMy5iFbSJZ3XqR&#10;upuV5Yzz2EiLib50ndeIgKW/sNItmDhleXNXbMbS/+tLu1weL113DTLajqwOrUx/+82vzrzeSlIy&#10;siuB94aea+uX0X/FNXK07s8fW+dxYGVfuuX2Yb+Xco6lf8TGSfMZvzsCl6Gj2bNtLn8v60FLs2ss&#10;mbCY7y4ZdjUGgoigIO56/km/r67gMGoSh9YPZ0DJEHbNX0q7/kvYYtWcNZu+Yv3wcug8djJpzS1j&#10;S080DwMfcWzpQkYfy8ng777k0K+D6VM8hD+/Wc5354zzCL/NSZ9cdJk2hVPKDu3y3ul8VVPLoWVr&#10;WXkt6YzLMK0g3Nf8yGzfKixZN5sd81tgXrEBU0Y3xSWHCrNydZgyrjszxjSjdk5DVTT85jGuPy1h&#10;gkcxpvw4h73zm2P/yI1p4+fQcdwJrHuO5sDG8Ux01nNq1VqWX0ycn/7eMUYOW8e/eVqx6eBaHnou&#10;Y1u/fJz5v6WM3xNiPJs1Tn/1Usacys+YZbM5uKoXrazvsHr2Zv4OV0YxK0mP0V3pW9UatWlxOo9S&#10;8je2G/2qZ70zyLDLl7iavy7zVy/k3PEVuP/ak/px3nzz9T4SVpPOnx8/X8JCTys6zZrMoR2z2Ty1&#10;HnnPeeFmyENmw5W6sGnqQqaezs7gFUvxP7+Wsz+1pei5bfT/8hSBCQurBLIrV7Posg1Ttq7m8cU1&#10;eK3uRrNChqNIRsMUWa5r6azj8qWxjwtg53Z3Hjw5edfz6Ohx/rytp2ylYsa0TGRlOXUB/DTlB1Zd&#10;zUm3WVM5pNSNL8reZPq4rfwbEMSDCOP5mS6Kh/eCCXgUnaLhQBcegv9DZbzwpNRoAu8H4fcw8sn3&#10;LG0TL1F3s7Y+lS07Mox7967y/bjVHLVpz7pNs9ky0YnsV/7h8+/PEPoK6m5m25FpRttvZvVWkl4x&#10;GcC8LeKu8atydhdZvjUrZjWjqWMJXBo1Z96aRazrnB3txYMsPRJGqV7DWD28NnUrlaJW83asXPgR&#10;FeJvsnbTJeOEEonobHy8YCqLPnHEuXp9Zg1yIleUH/4lP2X7t21pVbUsbYd0oaut4JrXtWQHGkFU&#10;juos/3U0Y5uXw7lWYxbObIa9/i4799xIHCV3HZasHcWUjytSoWhuipSqyJD+NbETdzl3JXnzuJ7g&#10;yEKMW9iX7i72NGpoj6Zwebp2rEwZKxUmhR3o0bUJfTpUomTSKbEy/8icNfnx5/70q1OGOh/3YGxD&#10;ayKvP8J+8hRW93PGpZoLE0bWo4Twx1U561b2nFzcuoe9EeWYMKcTzYpZYGZdgKZDe/FZ6Qj2/+nB&#10;w2TLF5mjBj+tGcKQRvZUb9iabz4ti8njqxy/qhyMNPmo3bYhTUpYoDJR/u7QhL5dG9DQNuunj3na&#10;DGL3d13pXsuW4gXyYF+rFaNaFkD43OZ8jLKqvQ/xk3ssjp8NY/EnVXB2sKdljz7s3DeO3rkzH669&#10;dpjlh6OpNWQwE+sXJJuZBXb1OjK7W1GCjh5j72PDwsbgc+cxFCxNA4fsmJhYUbJmIwY1LYQmw2HK&#10;9J+rrj27jsldjS4NchLpfpq/ko6++nD2/3OBiILOdKplkZiWiawsp/baCdZ7xFG212AWdVfqejVn&#10;hs+bxup2eZVa8apkYZtI8CJ1N6vr00jEkKv5CP6c24qWVe1p0bcPQ6tplEDjEhd1L1t3M9+Oggqm&#10;v/1mVm8l6VWTAcxbQv/gBl7+UNylEvbP7G/03PO8ynWRn8aNS2NlTDUws69MPRsVgZd8jCmJVJbF&#10;qeOUeLnCwNKmAIU0auyrV8Qm4RqBQtnJ2RZQISIiCXmyj1SRzbEqzQo+rRpm5cvinEvgd+OuMSWR&#10;LiwQj5NubPvzXza7PyJeCGJjEq43PJGjbjP6GC5/ZZkK63LlqWm4pJXADFslSNJobKhdM0/i5Q2F&#10;SeF8FFZGCQ+LSDg4unrdRZ/DjKD//mX9H0cSP3/68Ej5QZxfALeSTpSN06+VcJ3LQE2BYvnIQRQh&#10;ockOFC9NT4jfDQ4fOMnmHcc5GaBD6OOJjlPW5dmb+FKAOrVtjJf9kst8+GPPa1zRW2MZcoENScv6&#10;xzE8g5SFjX/AdV/Dclji7FwSs2v7GPL5Tv66HpHsgJ7RsOeva8+uY0sat3fGJvYyOw88UqaoTDXI&#10;k12n4yjerDa1zRPHyljWljPswk2u63NSq2ZxnkxWnYt6tYoruXhVsrpNvEDdzfL6NFJZUMml3NNL&#10;T+qc2BVR1lJ4BCHJm5ZexHNtR6llVm8l6dV7ukVK/1P6kAhChYpcObM92dE9JXgUFIFQZSN/3lSr&#10;TJOdvDmUICTqmVv5UlKplN1rakpawuSE8l8GlPnmzK7MI8Z4g6Y+hCPL5lK1/miaD/+Rmcv+YNGW&#10;y0+aup9Spq9RpbE8zycxj6moVYmV15BxEc7jMIE++Dq//7iD71YmfXZzLDI/5coVJm9GmVACO7Uy&#10;If0ril8S7j0ZMIryzabTc/rvfPPDDtZ6JF3GEgSFRirr0orcTw50yWU2HIKCI5W8huO+fWeyZd3B&#10;/52OxrZ0cUolBGcaHPqP5bcRlRDHN9Oz3QiqD97EvruGUCWjYc9b19Jex1bV69G2mA63v125pdPz&#10;8LArJ2IL0ba1/dNAIxOZLydK0BmFVm1Nnhxpl9Vrk3qbSEemdVeRtfWZPo1S/ignDy9dfV9qO8q8&#10;3krSqyZr2ltCZWmm7NgFkVExSfu1ZJQzO0tTZR8RTWhYqt2ULpKQCIEqZ3ZjwmsgIgkNF2iyJdyu&#10;SOSJzQxfcZmcnSfg5bqaiweX4r6ieRotR2+IypxsFsqO3KY+q/csxetAss8/Szi1pBllXjaKyrIY&#10;Dn2/koXu1vT+YQm3Tv+A94HFbOyRdFaqwsrCsC5jiUy4yzG1zIYrwYGVuRI05Kf7t4tSLuuBJXjt&#10;Gkv/ksbN2iQPzUZM4PThhWwYUxmN2076T9rHdUOcku6wV1TXzMrQtWVRdOdOs/NWEHv/uURM6Rp0&#10;rpD1SpKV5bS0MEGljyEss8fxlCJRYnjlOP/Sh/lEqbaJl5Hl9fm6vdR2lHm9laRXTQYwbwlNkWLY&#10;5xDcPnuNhBPhJHGhPAgB27LFyCMCOeV6P8W1fe2t85y4C8Ud7Y0pL0sQdfMW55LuYVTEXriEa4ia&#10;EmVtlW967l68Q6CqGO27V6O48XRaH6clPsv7LeWMXTmYaOPjSXnB6QWpc1OhTC7Evdt4PdsM9ELU&#10;ylkyWi3KYqWkjSEkMt12dOUg/wjvKyGoytSkf4MCJN7tIYiL1xoDUzXFytiQS1mXHl6PU6zLuMch&#10;BOkzH16obFEKikecuxCUYnh61DmK0nrwCBa0y0PM5RucT3ab0rPD1K+ormlwbFuLytzizw172OGh&#10;xbFFbZLHL9qoSCKS3zKVQlaWU02ekoUpSBBeZx8+HUcfoZTdXVI8Ha+yIpuVIPRBME/iMn0YJ93u&#10;pBwvTZltEy/j+ddnZl647mZ5O0pr+82s3hq/SNIrJAOYt4VlJbq3KkC8+5+MXeXN9cfh+J07wfQB&#10;kxnwZxBmtRvxSQnwXL2CKX/54Bcczh3vf/li8l+cs3BgULdXFcAoO5xLu+g1fDO7rwYTeO00M+Ye&#10;wsesJF3b2ClD1eQvnAdr/X2O/+uH4Sp+xM3/mPrlwcQz+6zQ5KZgXhXxF8+y91Yovpfu4JfugSwr&#10;TKndsQEVxWUWTd3GXp/Exz/jQgL4b88eVv0b9JzN6xoKFciJSnuTQ4cCeOh/iwsBhinGsmvSMOxq&#10;z+On9HbwmlwUK2iO/s5F/rluuLwQw/W9vzF+U8CTnbpV7fp0sNFx8qef+O6YMv3gR3jsXk/HTsvY&#10;fF+f6XBz54b0KAunflzJ/EP+hCQsbAQ3PE6xfL0nAYasKXlfMX0tP58OJFynJ+ruOfZ5haEuVoTS&#10;qgyGKSfRFq+ormlK1KFTFTVnN/3NCV1pPm5l8/RSU7QrQxv2p/Sg/Yn5TUNWltO8ai1a2Qg8f/uV&#10;Jf8F8uDeDTbNnUef3/2NT9YZmdjiUsGSmNP7mLPPj8DAW2yZO58he0IxVw7Gmcl4m3g5WVqfWfYS&#10;dTer21E6229m9VaSXjUZwLw1LKg/ehhT62g4seQbnGsPoGKXH9gQ7UTfxnlQm5dj8uL+fFIkgB/H&#10;T6FizQE4dlvBhlB7vlgykkHJmpnNzEyU8Q2XpJIxNcFcrXzMNclWugZzJV1jZobpk524ipz1W9FD&#10;f5i+7YZg33Yxq27loeuMoQy3Tzz85GnRkYl1zDg5fxKlnT+jdOfNBLb5mE4FTJXpJ01d+dtMpXxX&#10;joipaQrR6RMnCgadYkjLQVTq9hv7Et57bvyNoSk6GTNTUzTKx0KTrLpqTDEzUWOmLI+BmWMHVs9u&#10;hM21nXT/qB/5HbpToMZYWk3Zw4nAeGPrR9rTV5kp6erEYYnUlPyoKa3yhfHHxLGUbjydKYfDlHQd&#10;YeGxCI0F2Z4sZ2rZaDe0M40tLjGt40BsnQfSaEkIXQbVprBSFhaG7FpVYOq8rjTWXOLrgcr0aw6n&#10;yaR/iWrUlJaGG0UzG25WmvHfDaRXIV++GzaO4pW6k8exP069VvCDazCxhoVVWWEd6saUPqMoVrEH&#10;RZos4Jfgsnw+9SMqmmYwzNBCkuW6lsE6NtDkp0O7iuRUgiTTqjX52DZZmWmjCI0SmFhbYJFeUWZl&#10;OS0dmPJVe6rrzvNl31GUaTiN8ScLMHFoNVJc6FLnotPoT2iZ9x6/jpuAff3JTHArxuxvWlFW2QYs&#10;njwFl9YyZb5NvEzdzdJyJoxngplST5/m1UClbO+mqJVPYvV9mbqrzCIr21F6229m9VaSXjH5Iru3&#10;ThyBV29w9m4MljYlqF4ut/EyhJE+Br9LN7gUGIMmT1GcHAuRO2kf+rLivBipHMx2uYzm6sLK3Dt7&#10;hSthFpR0tKfsMzNR8nHuGhceq5WDYDkq5n/eG2D0BN+6hrtylmdpW5pa9jlfzZML0UFcOH8b3zCB&#10;Ze78lCtflMJWL7bz1IcG4OrtT6hFQZycbMkbfJw+bVdw8aNJHJnhSE7jeGmKfMSZs7d5qMpPVafi&#10;FExx0DGKDeHi2ZvciTLH1qEMFQukGimz4cpZ9b0rPpz3j0RvmR3bUnaUK2iRLEDVEXzHBy+fUOKs&#10;81PZ0Y7CTx7NyWiY0Suoa1GnVuMy4Bilpy5ie898xrzpCfzze2pN9aXjqrl8Wyf5s05pyWw5lSmG&#10;B3LG24/HpgVwcrbF+p/F2I+/SoeVy1jWIFlQEfUIT+87PDQtSPVqRcmT2fI81zbxsjJfzqx6qbpr&#10;kOl2lMH2m2m9laREL/siOxnASE8l31l/VzNl4PTB0+K1dCof7bFn3Zb+NM30CCAZXu62d9JYeu63&#10;5du/J9E/6Sw87iZzu85iW9VxHJpZhdfxipCovekEMM/rvdgmZN2V3k7yTbyS9CboArkUUoIpX38i&#10;DwBZFeLJliMhWDnXoHX+p7sanZ8vwRW6sHzs6wlepFRk3ZXeU5pZCuPfLy328UXjX9K7SUV8lKBo&#10;tWrUt0/Wh42khPo5cGzgTI0isjk8q3SP7nM9Oi+tezSlrlJuT+4wymNH8yZlKZbVF8K8ABVaItUF&#10;qNOoAmVzZuEu3XS9B9uErLvSW8o8bwXjXy9GXkKSJEmSJOmNk5eQJEmSJEn64MgARpIkSZKkd44M&#10;YCRJkiRJeufIAEaSJEmSpHeODGAkSfof0BMXp018Nb0kSa+cPi6euPd8A5MBjPQaaDm9cgFtxu7j&#10;XFKHNNoIbl+/z6OX6vPo7ae9vJfPPv2Wxd4peuKRntDju38Nzev1oUClXhRttZaj73mdeBck1dvv&#10;3/p6m8a+RUpB53+aL7oPoYhjLwo6jWXyqVfSZe5bSQYwbwUdnqtmU7XRMKp03cjxFDv0CPZ8NZmq&#10;jUdQtfMa9oYakxPoOPfzPJwbD8dp3FEC9PGcWDSNyg2GUb7+UMor/6/QZAy1un7DkO+P4RXypsJx&#10;HQFXLnHSw5fEfuP03N+yhBptxvPphocJY2Qmwu8qB1zvktBF0jtE98CP/zwucfEV9Yr9rpZDuqK8&#10;mD9nP+fzN2bV6kksH1iJIm90LxTDLU9vjvtEvP2tP5GBuB67yNXQ15/TpHp74RXV29cn9b7lf+1t&#10;q08xHFj+Kz9dzsWn8yezdW57Gr3H/VDJAOatoKKQNfgHPObWxTMcuZqsW+foK/z19y1u+j/k5oX/&#10;2OURaxyg0D3kyMFzXPd/TJhZNnKp47h5+Ra37z8mICiamNg4wh894NJZbzauWE6bAX/g8T8521WT&#10;y7EmfTo3pYtTDmNaRuI5s2YZ3YZs4VCyxf3wvH/loPX14VyQmsptWtO5XhU6dKyG/SvpBCuL4m6w&#10;fMJ8ui05q+zq326x5/5iwJD5fH3i/T2Dfue9bfVJG4jnpTDUDnUY1qYKTVs1pHmpV91n19tDBjBv&#10;BTUFazrgYNiRa+/hfjb0STQfd+UK7iHGdw2KcNzcb/MkBom8jltCsGOBS61yJO8Sz6xGT9xPr8b3&#10;zAr2DSmdMCzi0nG2vK4m4rgwfC7f5NK96DTPRCwqNmHB15/xWaWUr1/Vhj3k4nkfLgckdt3/RNIi&#10;J/7vGdrwR1y5cAMvnyAiMzz1iefhzduc9QkmypjyDH0M927cxPPqA4LTKJ7YoPucP3+TK4Exz3mW&#10;Fc+jW7fxuvaI8GQxaUrKOHdu43nhLvfSWpBMyuHFZDJPo6wvdxbK2EgfFUukUGGdzYr0dquRgb54&#10;XQ0iIsVMdYQE+OF1/jbXH75cfhLK8nkLNDpYqW+3uRWSfEVqCfK9zbmbIekfvLSR+F1X6tblAAKj&#10;0sq1slz+vnie98MvLO1KktVXjWZ9m3hOhm37ig9eN1Kvk/S90u0zk31LujLZrrO6HbyK+pR2nc7q&#10;/FPJqE4pyxwZLVBbW5Hz/Y1bnpABzFtCY1uB2kUNq0PHec9rxg1Fj7/y923Dfi3hbeh67nhe5o5x&#10;Pxd74Sre0cofZiWp75JOj74mOXGuX5bChsostMTFP++eOzN6fP/5laYNh1Dt48nUajyM2hMOczVV&#10;i0Hcmc00bvQFU5Oux+pDOLxkNpXqjKB25ynUbDSICoP2czXCjRFNh9F7+2N00WcY12gAJWsN49M/&#10;QhJ+pvU5wYRPR1Gy5nBqdJpKw4+GUbrZPL71eNqEG+exkUZN5rPC3Y3pvUfi0Goi9ZXxHDr9wq57&#10;yTd4PfePbaFTs0GUbz2ZRu1GUrruRIb8cTcxmAq7zspxX1C23mjqdp5MjQaDqDboD44FZb6z0Qa6&#10;M6XnSMq3nEjDtiMo13oxP19JWSghZ/fRv91gyjafSKNO4ylfdwxdfrjAI8Pko9MvB53v33RtOJxO&#10;a+4qtcVIKc/NE0ZR7uN1/JtsNtrru+nQcAQDd0ckfM9wnkmysNxZL+MkcfwzawzlB/+j1Gctx+aP&#10;UZZnCG1W+SplreW/RVNwHLyHg1sWU7vp5zRs/zljDyWG6uEXDjCs81DKNJpAw84Tlfo8iKqf/c4e&#10;/6cH/KzkJ+rASqo0+I7f7+uJOvITFWsOoFSDRax/mFZ+k/K0lxP/rKV5E0N9m6j8fiyfbvYj5vEl&#10;Fg4ei0OzidRrNYxKvbZwLMUl2mi8Nq2gkZLXim2UuvXxWMrVGc3H37rjazyY6h+d4+u+I7Bv/DmN&#10;Ok+gYu3hdFlvWKex/DV1FA4jj+Kvi+PvmcOV+j4Qh1FH0rxskuk2EXKaES2H4DzuaOK+xEAfxLZJ&#10;yvrvvJH/0m2VjcTjtyXUqats2+2n0LD1MOybz2PB6bAn21pqr3r7zMq+5VmZbNeKzLaDl69PGdfp&#10;LG2Hz8i4TsX8u5pqDebzs5+euP/WUU2pM2U/3cnFNIO394MMYN4WZiVo4JRTiVMEYUpgcj6hnkdx&#10;2tNXidNNqVG/IrmUIEZ77Qr/Jewodfh43kDZdjCxr0CDAilXpYgJ5/bNAOUsyJMVq09zS9lxWZSp&#10;Q5eqafXMqydg+xKcm4ygUuNnP47NvuLb808PFsnpbu1n+OS/uZSvHot+mcM//9cZx6ubWXDEEFk9&#10;JSJCCAh8RGB4YgAVd2YH4368TdlRX3Pr4gZ8D0xmWv08mCrBWI/RXelb1Rq1aXE6j+rOjLHd6Fc9&#10;W8Lvwi5f4mr+usxfvZBzx1fg/mtP6sd5883X+7hk3FBFZBj37l3l+3GrOWrTnnWbZrNlohPZr/zD&#10;59+fIek2Ip3P3wwctx3X7HVYtPprjm36gvntsnPm6HXC9I/YNHUhU09nZ/CKpfifX8vZn9pS9Nw2&#10;+n95KuPr7yKKvxas5nCh1qzZ8DW75jSm1ANXJk3cyRnjwUJ/7xgjhynBRp5WbDq4loeey9jWLx9n&#10;/m8p4/eEoM+gHDSF7ChtHsS//3g+PSBFXmLfvw+4d9WNPd5Jlxz03D7qxvGHObAvb5X5PBN+krXl&#10;zmoZP2WCY7suTOtRnnxqDfYtOiUsz/CG+ZUhgoigIPzP7mHU94E0nT2TA78MZ2BFE/QB/zJ0yM9s&#10;DbFnwqKZHNn2JevGO2HmtZsBo3dy1lieWcmPecUGTBndFJccKszK1WHKOKVMxzSjds60doOJebrr&#10;+Sf9vrqiBA+TOLR+OANKhrBr/lLa9V/CFqvmrNn0FeuHl0PnsZNJa24ZD5B6/Hb+QLcvTxBctSO/&#10;rJvLkd/HMauhKa6rl9F31S0lnFMOcCtXs+iyDVO2rubxxTV4re5Gs0KGZlhTqnToytRu9uRUmygH&#10;q67MGPcJ0z4pT+40sprpNpHLiX6tc3N330Zm7Q1Wcqfn4YENzNgdimPXJrik2UWSnrs7V9F9/kXy&#10;9v4Cb8/f8T84iZFFbjBv/M9sSzPoe8XbZxb3LalluF0rw7OyHbx8fcqgTmdlO3xG5nWK8vWYMqY5&#10;dfKoMClZg4lKnZnetxq2b/IS7RsmA5i3hjkuNcpguENE538DV0NkEnudU+dilH1/URr2dcHJcPUl&#10;xoeTnspeWx+B21l/ZTeoxs6lIiVTNRfGe2ymSauxylnQfGYcfozIZkfv4c1wTrOhRk0O+2p88nF9&#10;uqf1aV8Ll0JpdYin4+LuI5yKsWHQnAH0r1OGGk1as3LNKD4tnnH7ZeTtQPzJg1OtEuQx0ZDTtiK9&#10;e1WnpFk+ardtSJMSFqhMlL87NKFv1wY0NG6FedoMYvd3Xeley5biBfJgX6sVo1oWQPjc5nzydnwR&#10;Q67mI/hzbitaVrWnRd8+DK2mUXYWl7iYcNDT4r71H05G2zF83gD61StN5apODJgyDfdljchx7TDL&#10;D0dTa8hgJtYvSDYzC+zqdWR2t6IEHT3G3sdp72YSqSnWbig7F7aljVNpGnTpx3fdi6C7/h9/nDfs&#10;xZVy27qHvRHlmDCnE82KWWBmXYCmQ3vxWekI9v/pwUNVBuVgVoqWdfKiv3iWgw8S8xHjeY7T0Zbk&#10;snzMkWPGy4zKWfahE7cQZarQ0k5kPk9lUtrnWe5Myzg5NYWq1aFn/aJkU6koVKWesjyNaFXW0jhc&#10;yW5INCUHjWT+xw641K6GS2GB9+bd7AsqzMB5I5nY2oFqlcrRbsBwfuxjS9zFQ6xxT3Z/SCb50RQu&#10;T9eOlSljpezgCzvQQzl49+lQSalzxt+nQURn4+MFU1n0iSPO1esza5ATuaL88C/5Kdu/bUurqmVp&#10;O6QLXW0F17yukbA6tLf49eczPLJrwYpvO9HJpRTVnGswev4Ihtlr8dpykBNxMfjceQwFlfrhkB0T&#10;EytK1mzEoKaF0ChlVdS5Lj3rFlHKSvm7egOlrJrQo3Yh0spq5tuEKdUG9OX/2zsPuCiO74F/74Cj&#10;K6BgQ+yIiAhi79hLYoktliTGFruxxRbTNEZjNJbYEhNLYmKLJf7UqDHGGguCCAgiCIKiINKLUu7+&#10;e3Ag4AEHkvw1zjefM8fu3s68N++9eTM7uzu+XhK/fb2To2HXWLz8AsnNB/L5ABvtl/Iywti+1YNE&#10;t/6sneRCLVN9zKq7MPuDLjjEebLrT+2zMGXnn6WNLUX7tZUuvpcjWBnYkzab1rn8vOhgUxcs6jOw&#10;vwv1TWXIK9kzRKrPiE52mGtO8V9EJDAvEOWbN8RFbfwZ4VzxTCEtMACPGBVy67q0dmlIq3qS46qS&#10;uOIhdVBPgrh8Qwre8vK0blnrmcAmt65F9y7N6N2hIY1tFNLPQvlu+kLe3hUhufCzmDm1Y9aUwcyf&#10;+uxn3uSutLfWZiqpXPOJQFnBgfYOT2d25BUb0qFBEb2ChHljB1wMwtk4Zy0rT4QTq32CpxCUxIUH&#10;8eeJ8+zaf5bzEZmolOmk5u00ZUY0au6AVU61JT3VrCplb4lJZC0pkjp3D58osHXEvWD2J53/kWcg&#10;AUpTjON8+fnXU/yU9TmDZ4x0bHoUt8K0RRkNUtluHVyonKsyfRpJiYyV8iE3g1Kk0ydyyesuynIK&#10;Yv4+rTm39DkYTLR0+rTwCEI0o1XtGNC0QyMqpd/ij7PqjiSDa38HEFO/CxNbGXL7wjUCpd8rY69z&#10;0kdJvXZNaCDXpcwSyl2cjkuKmTOjBleTtKVBGcslzwhUVZ3p5Zx37ZQ+Dds1xE4Wx3V1G+ZQ1vWR&#10;kBnXoI2bWW6gNK5mQ2U9OfbNnKiWYzZSgmlnI5N8LBn15Kgy6iYXQ1TYtWmK29P8TEo87ejc0hpZ&#10;dAie4YY0bVobReBRxs8+wP9uJWn1S90pxieM6zNzfldqR57l/eEb+SnGnhnS33VzZCiAMjaQy0FK&#10;yhslcnp/jh2cYqdPgqT9DEJCHkj/FkYZ+GdpY0uRfi1REt8rC3t6xqZL5/u62VQRMek/Sk7TCF4A&#10;5DYNaWOvdrrHeHkFES51JkGSMZs7N8DVpDLtmqpHS9nrYIICA/GUvEhmVp8OTZ51aP36nVm/bhY/&#10;f/sRZ44uZHoD6byZcZzYfJyLeQNJDskx3AyQRklaPr6BUdoTjMwkYpOUyMup74DSbNMRffvX2bZm&#10;IB1V3iyePBvnXstY9GdUEUExG/W6gS/GTKVB14UMX7iDL9bvZ5tHYdOu+dHTk0kJoCr7WKVU90Qp&#10;RpmbYaklzsXEJqOUgs2VfQdYsXF/7uebi6nY1a1BHW1z+UUgL2dKObmKlGRpGKpK5FGCVI/YW+z4&#10;9um5V2w8xJlkaxwcqlBBS53yYtLMjQ5WaVw640N8RgSnLkdLI3U3hnewR3HLmxPhmST87c2lJzZ0&#10;6lgTfR3LfF658+m4hMhketLvNX+oUSYQHS9ttyiPdQF96FmaYyFTkZRU6NLPLJ6nPlqRybKXo+VD&#10;2palFpX0n1TtmARiVTIsK5QrMLshp4KlKTJpZJ+YJMNx9HS2T26E6uwuhveZTLP3dnL0bsnTGF19&#10;wrxZT95pLCMqKh7TVu4MVw+ICkEVlyh10ipivP/i6zx2sOIHXxKr2dKoRkHZsikz/yxtbCnGr5/X&#10;90pqT8/YdCnL182myszKXxpK2O0I/lH0qtChmTpJURF53Zfdl9WXAvRxdquPufr/zeyxkvwn45Y/&#10;/ztzi2CptzdydqKtqeb3hWFWi46ullmNnRkdgzQgKoCS2z9/Teu+c2ir5dOm72csyTtVn4NMgZGU&#10;OylTUkgsse/oUbX9QHb87xv+XjeETnI/Vsxcz8bbRZ3oMSdXbWT5FVPeWr+akIvruXbia34ZlmeE&#10;oyuauqtSJcfXMpoyMTFEpmfN0K9W4nViTZ7Parx+m87o2iVzHWWiWkdyzMpJIziZIWZGkgaqtWfz&#10;4bznlj7HV3NhdVeK6FuyMXGkewszEj2u8VeID2eDzLJm4qq0dsZVFsrJsw84e8afpMrO9GwkaUfH&#10;Msta7udCqrOxuo2Sk4kvYLOZ8ckkSAHdwuLFmyCXGRtiJPlwYkJKgVkVJXHxKahkZlipE0F9K7pO&#10;nsXFP5fz8/uN0bt8gNFzj3KrRDmMrj6hJObMfr7zNqR+PUuSTh9ilUfeazr5kRkbYSxlZdX7TeVS&#10;PjuQPseXs21oVS0JTNn7Z4ljSzF+XSa+9zyUsnydbeoV49WT+IVGSlJa1KeiOkkJPM0PHqnSpiq0&#10;cMtOPkyaOGavYXkcyPe7g0mXQkjD5g3RenUnD8oYf45cVi/ek05nZ0v9Z9bxyqk5ZDJ/7F7EH7ue&#10;/ZzcNZfZTbQs/pWbY1/TAiJD8MgzfamMv8WlW9qmebQgN6V+l/58u7AdVZ+EcjUgO1GSy9VKyCBN&#10;StJyyYzmWkAcsnotGd3BRnJoNSrS0jOyRr4lQuqkHWubogoP4kq+Ox8yeBidgk19WyqpornuG1Py&#10;qX3VEwJ9Q8m+70dNBj4et3ikVxkne2NJOEsa1rNAdT8Ur2KexqVVD1mY0KFjA8wT/Nj3nRfeinq0&#10;czWUcuDGdLRX4vnnAfZeTKJSm6Y0kwK6bmXKqfw8cpc1Uhs51TOT2sifM/ku2WVy64Ifd7DBzaWi&#10;ZpuuyFAPojPS0yX/+WfQs7XDwUJF6BU/budVYtZMmfryRh2aP72+iLycLb3fm8yXfax47B+kWcCv&#10;3iGXWkT9yoUiWkJXn0i4zuKlZ4hp8gbbv3uLvpZ3+W7Jb1wt5I4euY0dDSqquHcjWMuApxDK0j9L&#10;G1uK9OsklCXwPd0ooT2VsvyS2tSrgkhgXjBMmjiRdcNNRgJRcSrkVvVomZOSl3OkrYP0XZXKg6jH&#10;qKTkpn2rSlpGQpDufZB+b8ylQ7+ZOHVdyqYgyer1rRk4vgtOWoZD8nKVcG1sTzOXZz9NnW2xUXeC&#10;z2BAix5u1FAFsVEKhqfD47h7/Qxzx65ia5jk1YWSide2b5n7iy8hSUqUqVGcOnmLaHkl6tVSV06P&#10;yjblkWXc5uTJCB7eC8E3QurB9SyoXskQ5R0/jt9Sjx4fc+vIdmbu1L6up2gM6divJTUybvD1x/s5&#10;cTuemIggdn+5hI6zzhDdpCPD6sOFbzey7OQ94tQJRFoSQR4XWPeTJxFFxh4lflu+4s2Vl/CNjCPg&#10;xM/M2RWBomEbBjqqW8uA1m90wEnlz8oFezkSnP0MnLS4CP4+fJhNp2Oyks1C9aDBok0TWhnF8b9D&#10;vmQ4OdFOPRmhV4VOravw5NJZfntYDnd3e01HoluZhk2fR+6yRkHHAe2px23WzNvOHp9oYmKjuLJ/&#10;CxO3hGLSvDujXEs4ttezpFIFGel+3hwJiSfsxh3Cdcy1dcawEW/1rQq+vzFx6Xk8IxKJuRvIz4vX&#10;s87fkLbDu9JcfpsNC7fx/cVIEjOVpNy9zlGvBOTVq1JXM1bQt7aQBjMZeJ+9QtCjh3gHRD99BlQO&#10;OvlEKme+2c72+3ZMnN0dhyqt+HiyC8b+/2Pu1jvPnlONogHD+9dA5XGQyes8CMx6Rk0GMSEB/Lrl&#10;d45r63zL1D9LG1uK9ut7Sl19T0dKbE+lLF8Xm9Iao//biATmRcPcidfbWmKobhm5AdXbu9IsZ/2i&#10;XgU6daqPZVbM1qO8Q3N6qhOaXPSxsVFfbJJynMSH+PiFSCOi+8QqrGnapSdfbf2MdT2tyrTRTVoM&#10;ZvU4e5R//0KfLu/RcPBm/qjyBuvH1MJIYfB0cbFCH4Ukj2HWBhnlTZL43xeLcGk6jAquUxiyK4GW&#10;E95hQn21PHJq9+pCz4oJ/DpnOnU7LWT+n+obIM3oM2EgnYxu8OEbY7FrOhb31XEMGteaKoYGGOWo&#10;QlOWeir5KTIUUn3k6jpp4p9pyyFsmOaM/uXdDOw5jlruC5iw/wk9BrtR1aguM1eMZUTlMFZMnEGN&#10;RkOxch6N24gNrL8Uy5PChpQG+hgY1WPqwg5k7F1Nm/bv0WLyYfwrtGLZktdoqOlvFc792bzInWqB&#10;BxjaaxTWjkOxaTGdnvMPcy4yXTNiLUwP2cgtXXi9lakkmSFN2jmR/cRwPZw7uFJHKkdeyZXXm2en&#10;L2p0KlOho9w66rggcgPJBuT60u/yW6FCOp9casP8jzkEo6aD2PJRO2xDfmfMwEnUajmFLvNOE+s6&#10;gK3Luz+dbte1PnqVGfCmG5ViLjC+xzgaDdnO0ULe05BdJ0X+Okntq66/oaH6XqEc9DCUtuspFBhk&#10;laOg1ZT3WdG3IkE/rZGSyDHU6ryQifuTaD5xOt+NqCqN2k0wjb/M/HemUt1pGFU7f8kPsfWZvaBX&#10;7gBDr0YbRrlb8PDIetxaT6br0qs8eqaqxftERuBRPtkVjf3wt5jqrM6O5NQcMIIPWujj+cMe9qkf&#10;PqLRX7Z/qtHHbfwUVg+wwm/Tcpo1G46V4whq9fiESdtucF9rJ122/qlzbClAkX4tNZpufvD89lSY&#10;Tevm+wXRwabUh2X5lqaeWb/7byNTSWi+PzcJgbs13wSvFkoSw4O4FJSEUfW6tKxbTqdr3hnxD/Dy&#10;vUtUmjF2jnVpJI3e8qKMj+DStXvEG1XCzc0O65yTJkdz1TuUhzJrXN1qUKmwSKYjjx+G4XEjimQj&#10;axq71KByvmo84X5AMD73klEam2NXpyYOlYx0Cg7KpEiuXA0nzqQSTRpXx1pbPVNj8PUJJSxBhbGl&#10;NQ4NbKlikv/sheqhtOhQ5vPI/U+glNrc2yeM+ylyKtapi1sNs+yAXSqUxIYEckUa/Rrb1aWVfXmd&#10;7LXkKEmKCMUzMIZkvXLYO9elTr5nzmQSeycYr+B40kwl23OuSZW8d5ioUSYR5BnIzURDajk74FjY&#10;CtMy9om8pETewTPgIfFKBRXUC3jrWmFalCGUaV1KF1vUFO3XEjr5gS6U0p5KVX5xNvVyUc5+sOZb&#10;6RAJjEAgEAgEgn+d501gXt7UTSAQCAQCwSuLSGAEAoFAIBC8dIgERiAQCAQCwUuHSGAEAoFAIBC8&#10;dIgERiAQCAQCwUuHSGAEAoFAIBC8dIgERiAQCAQCwUuHSGAEgn+bjDSelPzZ6oKiUGbwJE37E3UF&#10;AsF/E5HACP5BMrm+bRWvTTrIlbJ+38zLSqovs3uOwn3N7ax3oJSOf1+vGf5HePftr1h1LafWL1Lb&#10;KgnbsYRa7b9m10ORxAgErwoigRH8gyiJvBXAhct3iCiz5z2/zCiJOvY7eyJrM6Rfzed4fP2/r9fM&#10;qHD+9riBb+5L/F6ktpVj26sDHTO8+HZfaV4cKBAIXkZEAiMQ/FtkRvPrPm9SXVrRv4ZwvbJEXsGN&#10;/m0UXDt0ltxJIoFA8J9GRNEXlOTIMLxuxpCUb0Y8neg7oXj63uV+ciFT5RkphAfd5qr6mJSip9O1&#10;l1GQTOIj7uJ1/TY3Ix9L4+6yQgdZniGDmHDpN/4PiCnmsoV22TKJiwjHyyeUWw/LSJa0REICQrhx&#10;P7XYkb8y8iqHvTJp1LYx1crS857EEXgjhJtRTzQbtJCWQHBAMF5BRbV3adpEg3T+IP/bRehBBzvK&#10;SCbsZjCet6KJ05aEFCmDCR3b2qMI8eRIgJiDEQheBUQC88KQwd8r5+P83mH+2P01rbvMpmPf2Uw/&#10;md1Tx3kfZXSf96jfbQ7uA2bSoO37DFrvi/pN+Flk3GP3Z5/h2nIMTr3n0Ul9TOupDNzoj+bt7hJF&#10;l5GfTAIPfc9rXcdQ230mHQfNo3mHcbiM3c+F+OwTxhzbiFu76YzeF5XbaSkjzzOh9wTcVwRQWHda&#10;rCxayLx7iTlvTsS+i/SbftOo13I0tSVZa7eazHtHUqQjipYt0fcEEwdOoJ77LDoOnEPT9uNwfXcH&#10;h+/l1DydU0tm4ThoF5fyqiPtGh9I8nT6+ibZm7PLaTzpGBeObqNX5wm49J1LK/fxNJt2jOvqqhRC&#10;/GU/rmVWxM3VRvMmZSW3f1pGQ/clrAt+Krwy+ixju46n3VJfHmu2qdvD/4fPadh5LbvjNJukuoQd&#10;+Z7O7hNp1n8uzTtOpONnl7ibr/9OxmP7atq0HU+TvvPp2FvSYbelfHkxIV8SUZo2ySaT+ye201PS&#10;g1u/eVl6aP7+CXxSNbt1sCO1HqLO76JPp/do1Gc+7q9NktppKd/m6kQXGeRYudSjPvc4dyk61x4F&#10;AsF/F5HAvDCoSIqJ4Z73YaauiqTLoo858cMkxjrpo7x/hikTf+S0VU92/rGNh55r2TuqIle/WcPM&#10;w3HZQTwxlPPBFgz6cD4XTm7E/8hCPmuZwcm129gYmBPOCy/jWVLwvnyPyq+PZN9va7l5ZiW/zXYi&#10;7dwe5m4Pl7pOsHLvykCbaPat3MGvUVItlPEcWrGD3Y9qMXKIPQXfXq9GJ1kKoozhlyWb+O6+A18e&#10;/J5HXmv48Y2KpCSa0OatQYxwNpIOKkJ/EaeZMP579sTZM2vlx5za+yk/znRD4XWIMdMO4J2VmSiJ&#10;j37EgwdxJKj/zCEzlaj7sUQ8SpFKUJNdTvjF3QxbeA2bt6ZwbM9C1g6qQtSxbYzfGKRJdAqSgf+N&#10;MFLklXGok6NvObYNqmAY6cvBU0+TwMRLHhwPj8X3xJWnC2QzIzl23I8HltVwNs/epEry4NMlN7Ef&#10;P5MTu+aw2N0Yn1+2sPhUThal5O6BTQxd5keFtz7gmucO7v0xlylVg1g683v2aha8lqpNNKiSrrDw&#10;k+tUe3darh4if9/KhE05eijejkgL4KuPD3K9ziBOXvyZRx6r+XWaK9UM1Dt1k0GNnq0t9UyVBPiF&#10;FJo8CwSC/w4igXnBUMalUnvcFJb1c6R56yY0r6LCb89hjiQ5MGvxALpWN0JhakOXCSN4t24Sxw56&#10;kBXDLduwettU5vdzoqGtJVXrODF+dEtqqu5yPSB/l/psGdrMwJxBiz5i89QOdKhvQ+VK1ejw1mv0&#10;tVVx0z+UrAG2og7TFvTEMe4yi1Zd5faZXXx8+DHtJo9ghK22c2bqJktB0gP568pjavd+jREOZuib&#10;VKLHe51oIYvmoVEDWucpS5v+ru06xNGYKoxdOoU5vR1p0siBPmMm8e07dqT5nWTLlXTNr3VH9diU&#10;Xl8s5IdxLWjp7MTbC0cxqraKgGPnuao1g0kjNDwGlYUV1Uw1myQUjZrQSaqj97lr3M+SPY3LF26S&#10;bGaK6QMfTvhnX0tRRl3n5A1wbN+EutnTN1KPXYVRqxey7m03mrs0YdL8nrTUi+fS5TvZyUNGGNu3&#10;epDo1p+1k1yoZaqPWXUXZn/QBYc4T3b9qZ7BKGWb5CCvyOAvFvDtqOZ59KDkxtELeGZVQgc7Sn3A&#10;7QdQ1bkRLpZ66JtXpv3A7vS2k9pVJxk06FlRtaKMpPtRPBBTMALBfx6RwLxomDkzanC1p3eoKBO5&#10;5HUXZTkFMX+f5qdfT2V/DgYTLXVkaeERhORZL5CZEInH+cvsPXiaXVeiSVepePK4QAddsIyiyEwm&#10;5Pp1Dh0+y8+/+XM3Q4XySVruCNekSX++GFqZiIPf0WvBX0S79OOLN6tqLpEUoISyPEWOTCZVJeNp&#10;r6RKfUKqSuqz9KR9mm1ZPKO/WC55RqCq6kwv57xzQvo0bNcQO1kc132iNNt0R2ZSl+7trZ46kKIm&#10;rRqbo7x3j4Akzba8KJOITVAiMzXGPG+FFfXo3sqCNO9rnIyRuuK025zySMLpzd50MH7AX2fukSF1&#10;0Y/OeeOZWZUuHavnyiYzrkEbN/PcOsgrVqK6OcTHJ2d16srYQC4HKSlvlMjp/RpdS5+dPgnSOTII&#10;CXlARqnbJBu1Hrq1t8yvB2e1Hu7in1cPRdmRaV1aO+lz48d1jN10Gf/cS0s6yqA5Fj0TyplKyk1M&#10;Jlbc9SYQ/OcRCcwLhkymJ3XKmj/UqBJ5lCAF+9hb7Ph2Pys25nwOcSbZGgeHKlRQH6+M49TaJbi2&#10;n0a3Sd/y8dpfWbnbn9y7XvPwTBlaURJ1YQ8Duk3A9c2vmLZ8D8s3neT8w4I9gzFt3u5EM1k896MN&#10;aT+oIw0Ky4x0laUgBg3o3c6cO7/tYtGhG3h4XmH1F79z1dBB2p4niZB4RjZlAtHx0naL8lgXOLee&#10;pTkWMhVJSUUsXNEZORblTKR/00jWtnhaUpsyS3Wy/AkXhrR2d6Li45ucuJBCRogP5yMq0sa9A11d&#10;pU793DVCM1L569xNHts6092hqIaTI+VzUjnZ5aviEomTEtgY77/4OlfX0ucHXxKr2dKoRjn0Stsm&#10;hSLpoXxePehgR/p2TF09g7mtVJxcvYLWnWYw+GsP7kiZiU4yaE6TpVtJuSqlUvpoNgkEgv8sIoF5&#10;0ZEZYmYkdbbV2rP58Bq8TuT5HF/NhdVdqSdF8ORzu5i0wZ/yA2fhdWkzfn+s4cqGbtjrNM2ihZTr&#10;LJ63j/Pm7vxyfDO3/5LKO/oBY2sX6M2kEfyJjce4YlKNBjaPOb75IFI/rB0dZXmG9Ht43kzFpnIG&#10;RxYvoeuw1XwTXpMZKyfyXu1iTFgq01ghdWrJycQXuKyQGZ9MgkqGhYV6UYm681OnFirNWpeSoiQ+&#10;IQWl3Jjy5lrqpGeMmYkMVUoqiZpNOZg2b0L78qlcOOPDrQt+BFg40N7RCvfWtZH7e/PHHT/+uPIY&#10;2zZuuEqy6IrM2AhjmZzq/aZyKa+us/S9nG1Dq6JX2jYpFEkPiWo9GFHeTNKDjnakX8mFueu+4vqh&#10;WXzYVs65TWuYsD0CpS4yaM6BKpXkVEluE0nXJaqzQCB4GREJzIuO3JKG9SxQ3Q/FS9t0ShZK7vrd&#10;IVJWnb5Dm1BDc6VEmZZBeul6YzLv38Y3WoZjj650s9X0msp00jLynzDu/C7mH0ii5fgZ7J3TggrB&#10;x5i3OSjP3TN50EmWZ8m4JXXioaZ0mf4hVy9tJ9pvO7f/9wELOlbUfqkqL3rWONUzQxXuz5mwvGVm&#10;ZiULd7DBzaWi9LcMc1MjVAmxRCTmHKck+oofPlpWhKpSI7h2I4+Uabc565WInp0dDfOscXmKEdUq&#10;qa/vxPEg9w4dDeaN6NbUmLhLf/P1mRAMGzekubEc23aNcMwM4ui35zkTb4F753paF0YXhtzGjgYV&#10;Vdy7EUxEYWtCStkmOTyrh1AuZOmhBo5muttRNnIs6jRj5vKRDKmUjo/PHdJ1kSGHTPViayUKmwpU&#10;FgmMQPCfRyQwLzwGtH6jA04qf1Yu2MuR4OSsa/5pcRH8ffgwm07HSN2sHOsqVpgqH3D2dDjqpQdJ&#10;t/9mwad/cKu4oF8IehUqUsVYSfBFL/yTpQ3JEexb+j1bQvJ0ckm+LF3yJ/fq9+KzEbbY9hzG3HaG&#10;XN+yjXUB6loWRBdZnkW/ej1aVE1gx/TptBzwEb1Hfs4b761k4rIjnAjXumI2Dwo6DmhPPW6zZt52&#10;9vhEExMbxZX9W5i4JRST5t0Z5aqeptLDybUW5k/82LjqIv4PY/A+tI3Bcy7wUJH/ok8W6SGsnrKc&#10;xSfCePAwjAPLt7Et1ADX19vgrHXWSw/H+lXRz7hPQHBB3ZjQyb0BJg8vs+diJi4tG1Je2qpXszEd&#10;a2Zw5rdLPLBqRI+STL+oUTRgeP8aqDwOMnmdB4EJamPIICYkgF+3/M7xrISldG2SizKMbyZ/yWfH&#10;73D/4V0OrdzG1hB9XF5rQ2NJD7rYUYbvEaYtOcGZ8FQylU+4c/4ql2Nk1KxVBYVOMmSTGRlBcLyc&#10;mvVskXIngUDwH0ckMC8QCoU+ckODZ0bZCuf+bF7kTrXAAwztNQprx6HYtJhOz/mHOReZnnXJw6r7&#10;G8xpo+D8srnUbfoudQfuIvK1fgywkc5n+LSZCyvjGSxaMGuSM8YeP9G+9bvYtZ7P4ui2TO9liZGh&#10;QuqOM7nx4y9svV+NsXP64KbuW/VseGvOG7QzCGbt2guo76wuWJ4usjyDkRX1bE0xsq5Fuxb1cbGv&#10;SjWzx1z99UeGDNvEfs3DSgqTzajpILZ81A7bkN8ZM3AStVpOocu808S6DmDr8u6aSyRybHoP4UP3&#10;cgTvXk3LthPo+Kk/jh9MYHwdfencWff05iIzd2F8fxXb359N/bazeefHCKr0GcX6d+2eLiDOh5zK&#10;TepTTxaFl3fBpEBOhXbNaF9eSpSM69KllUW2Y+rXpHuHyhio5FTt0Jy2JlkHZ5EtqyK/rDJ9DKVk&#10;y0jal51y6eM2fgqrB1jht2k5zZoNx8pxBLV6fMKkbTe4r8n9dGoT6ZwKuaTbPDmUgYE+xi6v82W/&#10;TLZP/wCHtjMZsSWcir1Gsm6URg/F2pFU7XJGxJ7Yxutd3qViw3dwHn+CR24DWPqO+hy6yaAmySeY&#10;AFV5mrk9XegsEAj+u8hUEprvz01C4G7NN8E/QmoMvj6hhCWoMLa0xqGBLVVM8uagjwm/HojvIznV&#10;nRxwsn7+MJ4UEcSVgHjkVevQysGCEs4BFE6xsuSg5P6uZTT9LIb3di7ho0ZPE4n4w1/TeNYNenyz&#10;jo2di6+ZMjkab58w7qfIqVinLm41zLRcgpJ06BOI3yN9ark4UN+iYJ3SOfHhFIYcc2TLucl0igri&#10;4q0kTGvUo3kd86I7zrRbfNT3YzbbjsZrU2cqaRP3HyIl8g6eAQ+JVyqooF78WtcK04Ll69wmBVGS&#10;GH6Li4HJmNjVoVm98s/YSbF2lJFEsO9tAqPTMbOthZuDFXnytSyKluEJxxZMY9iZxuw4NoEeBX8s&#10;EAheOMrZD9Z8Kx0igRG84GTiu2Y+HTbJmbXvM+bVz0lgUrm84hN6bZExc+/nzCvy7pyyJG8CM5W+&#10;xU5l5SUTv3Uf0vF7c5YdncuofzOD+a+TfJVJPVZwvut8Ln7khPrRhgKB4MXmeRMYEUEFLzh6OPTu&#10;RCerO3w5bAadx3zFO9O+om+/6bz+wyOajBnBe/Yvy4pNPRoM6kE3A39++e2+lM4IygYlUSdOcTix&#10;Lu8MdxTJi0DwiiBmYAQvBZlxYZw4dpXLt2NJSNejXKVqNOvQgq4OxVy2KXOU3D72Kxv9qzJmcptS&#10;3KauJNLfl0D92rSpZyZGEGVE4p0ArsRVoHVja5HACAQvCeISkkAgEAgEgpcOcQlJIBAIBALBK4dI&#10;YAQCgUAgELx0iARGIBAIBALBS4dIYASCYlCmpZOW/8lzgheMV7eNlKSlqd9XLhC8eogERlAyMpII&#10;vfWA6OKe4P8fIPPeRT4YOp6qziOo5DadeRfSNXsELwqvbhspCTu2hW7t3sGm0Qhse27jrxL4ZIb/&#10;Ed59+yu+vqbtlR+C0pIRF4V/WAKvQHh8IRB3Ib0wpHNu5adMOhhDmrpJZDLk+gaYlreiTgMHevTr&#10;zJvNKhb/CoBSEPfH97y25CqPMlRSsTL0FEZYVaqKc4tmvP1mW5pZ5zxnRcmDn7+g8ac3cJu3iiMj&#10;rTXbiyA5kktXo7Fo3ID65V+mfPkxv89/n6FHLBj76Zt0U8ShtG9HtzovyzNn/gFeuLZ8hdso5SqT&#10;ui9nn3V3Vk13RfFQScM+TZ69rb+QNntyehONJ1yi7dcb2dy9zJ6v/WqjjGXzmCnMvFyXL459xMRq&#10;Yn6gOMRdSP8Z0rjtH0Log0dExKTy+EkayXGPCPK7wZG9+5j61my6fnqRsDJ/+pmSxLvhBESkYde+&#10;IyMGdGRw14bYG0Tw24b1dO+ziCUXEzVT1HIsnFvyzsAuDHIrl7WlOJ5c/x9jxi/j83Mv2cg4IxLP&#10;GwnIHdsw8TUXuvTs+GonLxIvXFu+wm2UERbM9Rg5jV/rzcB2LvR/Q0vyIvHS+t/LiNwUtx6deUsa&#10;9LW0El3rv4HQ8guIQZPBnL2wmdCr2wn5fQ4fd6mEQpWC988bGbclLOttwWWO3Ay3/gOYP3UwCz8Y&#10;zXdbvuLKDwNooQxg+ewf2C+N8NQYOXXmy8/f5d1GBeaCMpIJuxmM561o4rRUsLB5vozEaAJ8g/AK&#10;jiG5yAv56Ty8HYp3cCwpmi3PoHzM/aDbeN6MIlabktISCA4IxisohqTiFg1I50pOVUkxyYTyhfWJ&#10;KTHc8A0jomDFJV2E35Lq4R9BZEoxBaXGSvKHEhKXNzPNICYslOu343is2VIcyuQY6TzB+N1N0m4f&#10;OstevJ6LnLMtTCcl0X0umcRFhOPlE8qth4+fXeehSxs9wxMeSDZyPTy/ntJiH+AjtVfUE82GAhRv&#10;p1Jd74Xh6RNOeNYbs/NS1L7CKFp2ZcoTklUyTM1MtLzP61mKnmdPIyo4pGjfkuwi+k4onr53uV+0&#10;oxZPqW2kOD3qXsfkyDC8bpbEFjUU6dsKXAe/yzcfdqGJsWZTXgqTW1BqxCWkF4Zkto8dx5QzGRi0&#10;eIdrW3thm5NepoWydNiHfOGTjrxKF349NpZOZXYtSUn41s9w/TKOcT9+xRK3vMM4JXd+WkKbxf7U&#10;n/4lx9+rRubVXfSYdZVWn3/O563V7yVSEnV+D2PmHeJ0ZPYoT2Hjyudbp1H1hzlMOxZLbGI6emZm&#10;mBvIMGo+jFOr3KkQco65n+5m99VI4rN6Ehkmti7MXDaZGU2zn1Cb5vEL3eeEMXipOxFrfmDj5Vgp&#10;1MqxdOrKmm9G0qdKjoKUPDizl0mf/o+Td59kvT1Z37Img2ZP4ZsBtuhLuvXYvplp31zCN14d+KTA&#10;X92F9xdPZFbLcs9k8Y9Pb6b13AtExCeTKjfGyswAhX1v9v3Qj3rXsus06JOmXP5kC/vvZmDZZwah&#10;y5tLv0zFa+dWZqw5h+ej7O5RbmJDh+Fvs+b9ZthlqTaDv1d+xHs327J+wEM+++QYlx5JdTKqRN/5&#10;s/m2SyJr529gxV9R0tn0sGnWj++/GUj7Z14qqSEzlhPrNjBry3VCU9SS62HVoA2LVoxnRNZsRPGy&#10;F6/ndP63YHahbWnpWZROSqb7HBJ9TzDnkz3s8YnPXk8gN6Rmy+4sWfwmvavpFdlGDQvMROTK90VH&#10;wr7+nm8946VWUFC7+zv8vLwZj37YyKSNnoRK2aJ+xQbMXDGLuS2zbTAjuHg7VUZf54tZG1j9d4yU&#10;HkkYWNJt7ofsHGGLrIh9hSUeRcueyfFPPmDC4UfEJqRJbWGOuUIfx5HzOfBe3jehPymyzSzOZl9C&#10;aj7rHax/38FWb7VOtPkWxHkfZebCPRy4mZyV9MlMKtFVilUbxjtRsbAGLEBOG5TWRorSsVqPxdcx&#10;x+/asLJzIDMXXSQ03YwBE1rjt9ePFgs/Y003M/WBWShjLzJ12HZu9prBiSl1pS26+fbFVR8z5pQD&#10;3+x5i46K4uQWiEtIrwIKO4b2rktWuvDwJucC1U5eAGUMO2ZMx7nTZBpp+bi+sx/PbL8rAXKq92xF&#10;C0UGPpf9iZEGDqqkOCIio4lM1OS9aQF89fFBrtcZxMmLP/PIYzW/TnOlmoEBLv0Hs2CIPeXl+ji9&#10;NpiPZrzJh282wFKyugT/G9y0bsuyzcu5fnYDV7YOp33aNb74/Cg3NPVUJSdw//5NVs3YzF/V+vLj&#10;zkXsnuOGecBxZq+6Snz2YWQG/87YGfu4ZC4Fp82fc2bnByzrY87Vv26RICU3dw9sYugyPyq89QHX&#10;PHdw74+5TKkaxNKZ37NXM7OUF0WDdsx/vxttrGTo127BHKneC0c2yQpSWXV6cEsaZe0ipP1YDu+c&#10;z6ZhtaVfSYnggfUM+fQcsa5v8MOPSzi1YwafdDTg0ua1jNwUkt0ZSelVUkwMdz0PMuqzABynzuXk&#10;T5MYUzuO35atoc/o1ew26caWnZ/x0yQHMj0OMHdLSFZQfhYlgT+tZfSGQMr1Hs2ve5ZyYuNIhlgG&#10;c8xLPZbWTfbi9Vx0Wxalk5LqXo0y4jQTxn/Pnjh7Zq38mFN7P+XHmW4ovA4xZtoBvCVFFtVGBcmR&#10;7+sZP/B3vUHs2f2xVL9qRB7/kdEjlzDqN0PGfL2I498MoHVmACuW/I+cta3F26nUMW7czEr/aszf&#10;s5lHflvw2jyErpXVFSlqn3aKl10f5z6D+HBYA6lj1sO++wA+mj6ESR2t8yQvaopusyxUKRxeuY1L&#10;tfuzoxDfUt4/w5SJP3Laqic7/9jGQ8+17B1VkavfrGHm4TiphXXj+WykaD3qVsdsv7vnfZipqyLp&#10;suhjTvwwifHd6lL3cQQHDl4lOlcYJY9OneXgHSX1G9lm/a2rbydGPyIiIpZ4TXgsXG5BWSASmJcC&#10;OZWqW2Muk75mxnP/oZYERm6CY8f2DO2n7dOBIT3qUZo1ZXJzG2pWkJEZHcN9bdEq9QG3H0BV50a4&#10;WOqhb16Z9gO701vqSWybtmV426qYyeTYNuvAyMGdGda6sjT2BavXxnFoxWCGtrKjho0V9q16MrWH&#10;DargUHzyXjdRPcai22QOLulJD1d7uo98hwlN9KQgdQO/rKiRwZU9xzmfWpNJS8cwql1dGru6MWb+&#10;h1xZ645VRhjbt3qQ6NaftZNcqGWqj5k0upv9QRcc4jzZ9ac6xcmP3KY+A/u7UN9UhrySPUOkeo/o&#10;ZIe5Zj/KJJJq9OW7BR1o6+pMd9eKUjVC2Pq9FARrdmfDVwMY0LwOTZq2YJo0Up9on4HX7j84lx3l&#10;slClmtHvywWsfNOZps3a88k4NyxSwrlX+232ffU6PV3r8/r4QQy2UxHoFUiUNt2nBbL1Z3+SG/Rm&#10;wydd6eJci+bu3Vi6ZSU/DpRqWxLZi9Sz1H5FtGUWWnVSct2rLxNc23WIozFVGLt0CnN6O9KkkQN9&#10;xkzi23fsSPM7yZYr6cW3UUEk+Sx7TGafpKdOjR15c2ZfepR/gv/9qiz5fipTOtnTousbzOtTCdXt&#10;QC4/yq5Z8Xb6mOA7j6BSXTo4mqOvb0Ltlu6M61IZvSL3aUMX2TOp3KQNw9vbSm0ho7JLO6kt3OlZ&#10;v+A1Cx3aTDqm7pD3+a1Q38rEb89hjiQ5MGvxALpWN0JhakOXCSN4t24Sxw56UEgOqp1S20hReixZ&#10;HZVxqdQeN4Vl/Rxp3roJzRu4MaCtGYkXL/F7rOZAZSLHTviRXLkpA1sZldi3n0Gb3IIyQSQwLwnK&#10;jAwys7J6KWBrbTUjXPv0Z97UwVnrWPJ/BjF3qBOVStXaquzr53Kp3OwN+TGtS2snfW78uI6xmy7j&#10;H1+iiEZceBB/njjPrv1nOR+RiUqZTmreYCAzolFzB3LXxMnLU7OqCSQmEaeulzIGD58osHXEvfaz&#10;3YIyVuqMgpSUN0rk9P5T/PRr9menT4I0Ys0gJOSB9G9JMabTm53zLZpURt3kYogKuzZNccvblyjs&#10;6NzSGll0CJ7hT3UjM65BG7enL3M0rmZDZT059s2cqJYjhn5F7GxkqJKSidOiVmVUEF73oEbzRloX&#10;cJZI9uL0XCxadFIa3StjueQZgaqqM72c814n1adhu4bYyeK4rm7vkqKWr1n9p/IZWVPDWo5ebUc6&#10;VM4VGtuqlshVKcTlDKGzKMpOjWnatDaKwKOMn32A/91KkrrUHIrap4V/SvbCKNa3ErnkdRdlOQUx&#10;f5/Obb+fDgYTLdloWngEISVyntLaSBF6LGkdzZwZNbiadO4czOjay5WKKTc4qEmolTGe/HYpjRpd&#10;WtNKaoaS+vazPCu3oGzIMV3BC00mIbfuk6z+qmdB1Urax29JkXfxDZBGhs987nDjbjHBszBSYoiQ&#10;grl+RSuqanNAfTumrp7B3FYqTq5eQetOMxj8tQd3iglsWde0x0ylQdeFDF+4gy/W72ebh25T0np6&#10;MimvUmUfK41uYhOlWGxuhqUWtajiEqVgrCLG+y++3rifFTmfH3xJrGZLoxrlCl2LUCjSyFdfSjby&#10;ooxJIFYlw7JCwfPJqWBpikz1WOoXipBOOqd6gi0/0rasYqQkMuvv/CjjkoiXyrQob6ZVhueVPZ+e&#10;i0OLTkpVvjKB6HjpdBblyb17X4OepTkWMhVJSYUvNdUdKSF/VuHStmwZpGpnUbyd6uE4ejrbJzdC&#10;dXYXw/tMptl7Ozl6V+1tRe3Twr8me+Hka3NVIo8SpO+xt9jxbZ7223iIM8nWODhUoUJRBlSQUttI&#10;EXosYR1lMulsBeps3qYV3Ss+5sJxD6KUSh7+eYnzTyrzei/7rMdWlIVvF5RbUDYIrb4MxPvx/aE7&#10;WaNVecV6tNIy00DmAzZP+4A2fefQ9pmPtP2d3ZwvapqzEGIueHMlVY+GbvUpr9lWEP1KLsxd9xXX&#10;D83iw7Zyzm1aw4TtEUUkTI85uWojy6+Y8tb61YRcXM+1E1/zy7C8IyMdkSkwUkhxLFUKIlp6eZmx&#10;EcZSp1S931QunViDV97P8eVsG1q1QFAqHTJjQ4zU18ATUgrILY3e41NQycywyl18UDbIjBVSgFWR&#10;nPJYa4Lzb8leGKUqX2aIJBaq5GSy1nPmITM+mQR1wmZR6IWiMkZHO9W3ouvkWVz8czk/v98YvcsH&#10;GD33KLfU9S9qX0FeKNklpPqYGUlJTbX2bD5csP1Wc2F1V+o9pwHpbCOF6VFZBnU0cWJgl4qkelzm&#10;cGQcR0/487hOCwY4Zbfy/4dvC3RDaP0FRJX+hJiHsdwND+PisUNMencVP9xRZ/gKXId0pa22O5D0&#10;bBi5fDEndy3ij2c+i/nj2zdo+fTit05k3P2b+asu8ciiCWP6F9fZybGo04yZy0cypFI6Pj53su8W&#10;kMulPerHnedx/cxorgXEIavXktEdbKTgoEZFWnqG1o64SPSscaxtiio8iCv5Fulk8DA6CWzsaFBR&#10;xb0bwURo6zTKCD1bOxwsVIRe8eN23nIyIjh1WX2Jqw7Ncy9VlA16VatjX04q0zuQfIP6tHii4pTI&#10;y1p2bW1ZBKUqX2pPp3pmUnv6cyYsb3tmcuuCH3ewwc3lX1pDUEI7lZezpfd7k/myjxWP/YPwyTNg&#10;KGpfLv+E7CVss3zILWlYzwLV/VC8IouYYZDISEkmqRQDpJLayDN6zNC9joWjoHXvZtR4EsDBvX/y&#10;m0c6jbq3yr2b7Z/y7dLqTPAUkcC8gGR47qRd+/E07DKb7lN/4ie/ZClgGlCr57tsGFMzzyK8vEgJ&#10;RPXaNHWxp9kzn3q41bEo5HcaVI8JunCOnQfO8PPuIyxb9BUdBqxhZ3Q1Ri0axZuFLKDJ8D3CtCUn&#10;OBOeSqbyCXfOX+VyjIyatapkladvbUFFWQbeZ68Q9Ogh3gHRpOlZUL2SIco7fhy/pV4J+ZhbR7Yz&#10;c2dRszaFYUjHfi2pkXGDrz/ez4nb8cREBLH7yyV0nHWGe/oNGN6/BiqPg0xe50Fg1vMjMogJCeDX&#10;Lb9zvNRBrwCGjXirb1Xw/Y2JS8/jGZFIzN1Afl68nnX+hrQd3pXmJUwgi8W4EUN72pB+5SDTN13j&#10;1qNEwq+fY+GYeYw5GINSUbaya21LzT6tlKp8BR0HtKcet1kzbzt7fKKJiY3iyv4tTNwSiknz7oxy&#10;LfE8XenQxU4zbrNh4Ta+vxhJYqaSlLvXOeqVgLx6VerKitinvqXwGcpe9hK3WT4MaP1GB5xU/qxc&#10;sJcjwdm3KKfFRfD34cNsOi3ZmPqw1EtM6DiauuOOEVFSd9LFRorSsYGOdSwGhXNr+tTM4Pzmg5zJ&#10;qEO/nurHL2j4J3z7eXQmyEUkMC8M+tjYmOebmpbpGVDeugpu7d2Zt/JzTq3sRP2y7gQljC3MMSOW&#10;Y99s4L0565j82W42n4uhWrch7NiziJVdrZ4aikIfhdwAQ009ZOWMiD2xjde7vEvFhu/gPP4Ej9wG&#10;sPSd7GdS6NVowyh3Cx4eWY9b68l0XXqVR0oz+kwYSCejG3z4xljsmo7FfXUcg8a1poqhAUY5Uz2a&#10;stSXiJ4iQ6EwQC59FJo1DKYth7BhmjP6l3czsOc4arkvYML+J/QY7EZVuT5u46eweoAVfpuW06zZ&#10;cKwcR1CrxydM2naD+4VFc+l3RlIBWWVpNmVRQP6nKGg15X1W9K1I0E9rcHcfQ63OC5m4P4nmE6fz&#10;3YinM1gK6Rxy6QT5JtIM9DGUyjQ01MtTnh6G0nY9hQIDLes11Au320+byII2epxb/QVNW4/BadB6&#10;fk51Y2QndZvpKLuOetbeltKOQnVSOt0bNR3Elo/aYRvyO2MGTqJWyyl0mXeaWNcBbF3e/eklgcLa&#10;qCBa5dPHQCFHIdlb3uUJ+obSdvWx+mqhdbBTmQmm8ZeZ/85UqjsNo2rnL/khtj6zF/TCyaCIfYXk&#10;IbrKLpc6brW9GEkyFEVxbVZcmyuc+7N5kTvVAg8wtNcorB2HYtNiOj3nH+ZcZHr2TFRGCvEpKvRN&#10;jTAqrDrPYyNF6VjSo051lMj2O6kOmr/zoajNwNdrY5iWIcWTdvSrkVeQkvp2njIKk1sXnQmKRTzI&#10;TvD8ZCQR7HubwOh0zGxr4eZghYlmVxbKJII8A7mZaEgtZwccc1bVJUdz1TuUhzJrXN1qUOmZ4FYy&#10;Hj8Mw+NGFMlG1jR2qUHlApEqJfIOngEPiVcqqKBeIFjXCtMyDx5KkiJC8QyMIVmvHPbOdanzj783&#10;KI3Im0F4332McbVaNHOw1FzueEqZyV5YWxZDacpXSvbh7RPG/RQ5FevUxa2G9sXK/zjF2mkmsXeC&#10;8QqOJ81Usj3nmlTJvVulqH2FU6ayl7LN8pEag69PKGEJKowtrXFoYEsVE3UDKok8uIpWC8J4Y9MS&#10;vmqTz/NLRNE2ooMeC61jWVFWvl12OnvZed4H2YkERiAQCASlI+02SwZ/wl7XGZz82AVLzWZBEQid&#10;5SKexCsQCASC/xcyw8OIbTiIddNF8qIrQmdlh5iBEQgEAoFA8K8jZmAEAoFAIBC8cogERiAQCAQC&#10;wUuHSGAEAoFAIBC8dIgERiAQCAQCwUuHSGAEAoFAIBC8dIgERiAQCASC/xDKtHTSXoFXFIgERiAQ&#10;CPKQEReFf1hCCd4ZJBC8GGTeu8gHQ8dT1XkEldymM+9CumbPfxORwAj+H3hMiOc1zgYn6fSitf8X&#10;kiO5dMaPm/HiTWuvFMpYts6YQcteK9l87yVt+3/cdsvQf19qP3vR4thjTqzbynf+Fry9bB57lvTF&#10;vZCX8P5XEAmM4N8nLYh1s5YxZLW35HIvJk+u/48x45fx+bn/9ghGUAC5KW49OvPWm21pafVyhsd/&#10;3HbL0H9faj970eJYRiSeNxKQO7Zh4msudOnZkW51/l/eHvavIRKYFxBlcgwBvsH43U3KejX8M2Qk&#10;E37rNp7+EUSmFJP7p8ZK5wolJE79mvocMogJC+X67biiHS8tkZCAEG7cTyXvr5+SSXzEXbyu3+Zm&#10;5OMiRyHJkWF43YwhSXNQ1uOfi3sGdKnqnk70nVA8fe9yP7kY3aTFc8s/hJtRTzQbnuV5nlOdkRgt&#10;1T8Ir+AYCqtKcW1drC2kJRAcEIxX0FPd5ieTuHthePqEE55QsBWL2qehBLZWsI3LlGLllDrD2Af4&#10;3Agjorh2LxIFroPf5ZsPu9BE20sXi/UJDaX1Ox3kzCadh7dD8Q6OJUWzpSDP94z1ov2oOP8t1m4L&#10;UHhdJRuNCMfLJ5RbD4uOMflQPuZ+kGS3N6OI1VoBXeNE0XouTg9qtPtFCeJUXoryR0nm5FSVlIOb&#10;UL4EeUvp61f6+F9WiFcJvEhkxnJi3QZmbblOaIq6WfSwatCGRSvGMyIrk07Fa+dWZqw5h+ejbK+U&#10;m9jQYfjbrHm/GXZZr+jP4O+VH/HezbasH/CQzz45xqVHUhA1qkTf+bP5tksia+dvYMVfUdLZ9LBp&#10;1o/vvxlIewt1Lpv92/HBHdjw2gMWLznB+ShpZCQzok73YWz9ojvOWS9OzSTwUHY9/g5LyQ5QMkNq&#10;tOvPxq/60jrrDa059WjDys6BzFx0kdB0M94Y44bXr1d4EJ/CY7kxVmb60k8d+XTv+4ywVj5H3SHO&#10;+ygzF+7hwM3krDrJTCrRdew4Nox3omLWIU91s2FgDEs+O8q5KOlIPTNc3xzHTwtaYKv3hP8tmM20&#10;Y7HEJqZLu8wwN5Bh1HwYp1a5o8uMbEbwOeZ+upvdVyOJz1YOJrYuzFw2mRlNzbJHDcW1dbG2kIzH&#10;9s1M++YSvvHqTlKGaXUX3l88kVkty2WVoYy+zhezNrD67xiyUjQDS7rN/ZCdI2yRFbEvO/aVxNby&#10;t/GASW3w3+2L24JPWNMjuy5ZxF1iyrBtBPSczokp9TQbi6N4Ocl8yKGla5jxSyBqc9UrV4Mhswfj&#10;8Mc2DjaYxO/THaS0JJ1TS+YxyasZW3YMoUXOG6XTrvFB/014dHlfOq6+dFwGF1d9zJhTDnyz5y06&#10;KnT1iae2VRrb1UXONI9f6D4njMFL3YlY8wMbL8eSJu2xdOrKmm9G0qdK+nPbrpqi/Mjk5EZaf3Sp&#10;EP+VCijWbnMo3s8SfU8w55M97PGJz16PJDekZsvuLFn8Jr2r5T1XXpQ8OLOXSZ/+j5N3n2TlFvqW&#10;NRk0ewrfDLBFbbbFxYni9Swn5URResiJY/n9YvDaDXzXVaFDnNJG0f5oc34zredeICI+mdSs+hig&#10;sO/Nvh/60TDLV/Oi3W91r1/p439OGTmIVwn8Z1AS+NNaRm8IpFzv0fy6ZyknNo5kiGUwx7zUub+S&#10;8APrGfLpOWJd3+CHH5dwascMPulowKXNaxm5KUSz6FBFUkwMdz0PMuqzABynzuXkT5MYUzuO35at&#10;oc/o1ew26caWnZ/x0yQHMj0OMHdLSLYRan4bfnE3wxZew+atKRzbs5C1g6oQdWwb4zcGacpIwfvy&#10;PSq/PpJ9v63l5pmV/DbbibRze5i7PTzfue55H2bqqki6LPqYEz9MYlzXjsyf1oXm5WQoHNowf8ZQ&#10;Pnq/q8boS1935f0zTJn4I6eterJT6rgeeq5l76iKXP1mDTMPx2lGBznn/41RH/tgN3YGJ3bNYbG7&#10;MT6/bGHxKbWeDXDpP5gFQ+wpL9fH6bXBfDTjTT58swGWOnpLgv8Nblq3Zdnm5Vw/u4ErW4fTXuoo&#10;v/j8KDeylFN8Wxe3/+6BTQxd5keFtz7gmucO7v0xlylVg1g683v2PlRLKwWQjZtZ6V+N+Xs288hv&#10;C16bh9C1sjqaFbVPTclsrWAbj+9aD/u0CA7su0JU7ohLSfRfZzkYqqR+o+qabcWhi5xKgnZsYOKP&#10;d7DuM4b9uyXbmGjHtWWr+eLvh0Q8SpVqmX2u+OhHPHgQR0LW3xoyU4m6Hysdl6I5TkWidFxERCzx&#10;WRt09YnS265uckolJCdw//5NVs3YzF/V+vLjzkXsnuOGecBxZq+6SnwZ2G5xfmTg1KEI/y3ObvNS&#10;dF2VEaeZMP579sTZM2vlx5za+yk/znRD4XWIMdMO4J2t9GfIDP6dsTP2cclc6jg3f86ZnR+wrI85&#10;V/+6ldXuusSJ4vUMhkXqQbtfjHXS1zFOFaR4f6RBO+a/3402VjL0a7dgjqTLhSObaAYaBXne+pU+&#10;/qvLKEt0NGvBP05aIFt/9ie5QW82fNKVLs61aO7ejaVbVvLjQHOpzwlh6/dXia7ZnQ1fDWBA8zo0&#10;adqCadKofqJ9Bl67/+BcHqdWpZrR78sFrHzTmabN2vPJODcsUsK5V/tt9n31Oj1d6/P6+EEMtlMR&#10;6CWNXPN4juqxKb2+WMgP41rQ0tmJtxeOYlRtFQHHznM1qwxzBi36iM1TO9Chvg2VK1Wjw1uv0ddW&#10;xU3/UGms8BRlXCq1x01hWT9HmrduQqvGjgx+ozH1TCRHq+LIsMGdead/I2o/TcpLUfdM/PYc5kiS&#10;A7MWD6BrdSMUpjZ0mTCCd+smceygB5o+IAtVqil9v/qQdW+70dylCZPm96SlXjyXLt/JGmnZNm3L&#10;8LZVMZNJ35t1YKRUx2GtK0ujc92wem0ch1YMZmgrO2rYWGHfqidTe9igCg7FR33toLi2LtYWwti+&#10;1YNEt/6sneRCLVN9zKTR+uwPuuAQ58muPxOkQPOY4DuPoFJdOjiao69vQu2W7ozrUlkaExe1T6KE&#10;tlawjZs7NGVQh/IkX7nI/yI1ilcmcuy4L0mVmjKglVH2tuLQRU7pmN2/BpBSpwdrJF11alyfXu9O&#10;5OCKdlTV3huUiuJ9IptS+Z1O7alB9RiLbpM5uKQnPVzt6T7yHSY00ZM6mhv4pT2v7RbvRzGVGhTu&#10;v8XZbT6Kqmsm13Yd4mhMFcYuncKc3o40aeRAnzGT+PYdO9L8TrLlirY1Mxlc2XOc86k1mbR0DKPa&#10;1aWxqxtj5n/IlbXuWOkgX26cKFLPoFelCD1oeMYvqqhKFKdy0cEfL1jUZ2B/F+qbypBXsmeIVJ8R&#10;neykSF04pa9f6eN/8yplm3KIBOYFQRkVhNc9qNG8EfZaklRl1E0uhqiwa9MUt7zX5hV2dG5pjSw6&#10;BM/wp9YvM65BGzfN5QoJ42qSoenJsW/mRO7sq35F7GxkqJKSicvjODKTunRvb/XUOBQ1pcTDHOW9&#10;ewQkabapyUwm5Pp1Dh0+y8+/+XM3Q4XySVr2JYkczJwZNbha1tStrpS47hmJXPK6i7Kcgpi/T/PT&#10;r6eyPweDiZaOTwuPICR7WJBF9vnNc88vr1iJ6pKnx8cnFzICKg1K4sKD+PPEeXbtP8v5iExUynRS&#10;peBXfFsXsz82kMtBSsobJXJ6v0ZW6bPTJ0HScwYhIQ+kf41p2rQ2isCjjJ99gP/dSpLCdw5F7Su5&#10;rT3bxsZ06tuUak/8OXAiOkunyhhPfruYRo2urWltmH1UcegkZ9JtPEOU2Lg50Si385Bj06IRzjqW&#10;owu6+kRp/E639tQgM6JRcwdy1xfLy1OzqgkkJhGXPYVUeqQksyR+VJDi7FZnlLFc8oxAVdWZXvka&#10;UZ+G7RpiJ4vjuk+UZlselDF4qLfbOuJeO0fZeSiJfGWh54J+UUr9ltgfdeV56/cPxf+SkOuPgv9f&#10;lHFJxKtkWJQ306xByI8yJoFYab9lhXIF9supYGmKTBoxJBa1QkomQ6b5+hRpW5YFqKT/ikKORTkT&#10;6d80krMWjimJurCHAd0m4PrmV0xbvoflm05y/uGzZ5HJ9NDTJlBJKK7uqkQeJUjOE3uLHd/uZ8XG&#10;nM8hziRb4+BQhQpF1kGO1MegVJUiCGgha+3JmKk06LqQ4Qt38MX6/WzzeDo9XGxbF7NfFZcoBVEV&#10;Md5/8XWurNLnB18Sq9nSqIbaRvRwHD2d7ZMboTq7i+F9JtPsvZ0cvatOVYraJ5VfQlvT1sYmzdrx&#10;evVMLv9+iZBMJQ//vMS5J5V5vbc9uuYVushJQhIJmXLKW5hq1dU/R0GfKAQd/E639iwcPT2pBOn3&#10;z229z+lHxdmtzigTiI6XtGRRHusCJ9KzNMdCpiIpqeAlKQllErGJ0u/MzbDUVoHnlK+ken7GL0pZ&#10;/nPH/kIoff3+5fhfBCKBeUGQGSukwK6SguFjrcmEzNgQI2lPYkJKvtGy2pji4lNQycyw0vVCd4lR&#10;Ei+Vq5QbU95cKiPlOovn7eO8uTu/HN/M7b/W4HX0A8ZqG/X8G8gMMTOSAky19mw+LNXlRJ7P8dVc&#10;WN2Vev9a1R5zctVGll8x5a31qwm5uJ5rJ77ml2FPRyHFt3Vx+40wlnrA6v2mcimvrFnyLmfb0KrZ&#10;gU7fiq6TZ3Hxz+X8/H5j9C4fYPTco9xSG1AR+8rE1hT1GNzDlszrFzkQEsOR4zd4XLcFA59dUVgo&#10;usipbyjpSqYkOamYu4LUSYOUTEhRWqtOS04Bn3gOdG7Pf5rn9KPi7FZnpHpIp0KVnEzWeuY8ZMYn&#10;k6BOkiy0XByRKTBS/y5V6tC1Os7/c5woZfn/WuzXtX4vUPz/p3o8QQnRq1od+3IqQr0D0QyEs0mL&#10;JypOiZ6tHQ4W0v4rftzOuz8jglOX1dOmdWheuWyaU5UawbUbeW70TLvNWa9E9OzsaGgqBZH7t/GN&#10;luHYoyvdbDXz9sp00jJ0DVsy1IOZjPR0yuTpD3JLGtazQHU/FK+cNRfPi1wuOYeStLQCEVQKIckJ&#10;jzULN7WQGc21gDhk9VoyuoONFHjUqEhLz8gN6sW2dTH75TZ2NKio4t6NYCIKVk8L8nK29H5vMl/2&#10;seKxfxA+eSqvbV/Z2Joezq+3ojEhHPz5MPs9MnDu3jrfHREZKckkFapIqW46yCm3rErdihDhG0RY&#10;7jFKYr1v4p9vLluGuanUDSTEEpGYYyNKoiUZffIdp53ifOJ5KGl7FktpbVdnP9Luv8XZrVa01VXP&#10;Gqd6ZqjC/TkTlvd3mdy64McdbHBzkRq9INLvHGubSr8L4sr9vL/L4GF0kpRslnWcKGEcK2X5/1rs&#10;17F+zx//yw6RwLwoGDdiaE8b0q8cZPqma9x6lEj49XMsHDOPMQdjUBo24q2+VcH3NyYuPY9nRCIx&#10;dwP5efF61vkb0nZ4V5rnrgF4TtJDWD1lOYtPhPHgYRgHlm9jW6gBrq+3wVnqgPQqVKSKsZLgi174&#10;J0vHJ0ewb+n3bAnR0Sn1LKlUQUa6nzdHQuIJu3GH8CI6suIxoPUbHXBS+bNywV6OBGff/pcWF8Hf&#10;hw+z6bSkv+wDdUbf2oKKsgy8z14h6NFDvAOiswJ/yvH1NGw+lkE7CjmnngXVKxmivOPH8VvqDu8x&#10;t45sZ+bOiKejp+Laurj9igYM718DlcdBJq/zIDDrGS4ZxIQE8OuW3zmuDj4Zt9mwcBvfX4wkMVNJ&#10;yt3rHPVKQF5d6vBlRewzkE5VRramV6sNA1zkeO/8nXOZdenXs9rTmYTUS0zoOJq6444RUVjj6CKn&#10;oj79Otmg8jnCnM2+hERH43FgGwPfP8ZNtRHkooeTay3Mn/ixcdVF/B/G4H1oG4PnXOChQj0zUwzF&#10;+MRzoYucJaDUtqurHxXmv8XZrfq3BdBeVwUdB7SnHrdZM287e3yiiYmN4sr+LUzcEopJ8+6MctWm&#10;dEM69mtJjYwbfP3xfk7cjicmIojdXy6h46wz3FOWcZwocRwrZfn/WuzXrX7PHf/LEJHAvDAY0X7a&#10;RBa00ePc6i9o2noMToPW83OqGyM7qRcPKmg15X1W9K1I0E9rcHcfQ63OC5m4P4nmE6fz3Yin08wK&#10;hT5y9dS65u8sDPQxlEsfQ708ja6HobRdT6HAIE8Ml5m7ML6/iu3vz6Z+29m882MEVfqMYv27dtmX&#10;QSxaMGuSM8YeP9G+9bvYtZ7P4ui2TO9liZFUbv56GOSvhxq9ygx4041KMRcY32McjYZs52hstvGX&#10;tu4K5/5sXuROtcADDO01CmvHodi0mE7P+Yc5F5meO/uh9fwy6dxSJ2Yk7ctRg16NNoxyt+DhkfW4&#10;tZ5M16VXeSRVMT0xhWSVHqamikKcx4w+EwbSyegGH74xFrumY3FfHcegca2pIunCKEs5xbV1cfv1&#10;cRs/hdUDrPDbtJxmzYZj5TiCWj0+YdK2G9xXB1GZCabxl5n/zlSqOw2jaucv+SG2PrMX9MLJoIh9&#10;WQ1cUlvT0sZqpBFx/z5OlJeSJAPXlvSzy6OxjBTiU1TomxphVGgU0kFOqeR2U8Yy3UXJXysX4dJm&#10;El0+86HWxDfokW9mRI5N7yF86F6O4N2radl2Ah0/9cfxgwmMr6MvyaHO3LLRJlOxPiFRWtvVTU4J&#10;6fwKuWRD+TorWVbd5dInJw8rve1KRejiR4X6b3F2+yyF1dWo6SC2fNQO25DfGTNwErVaTqHLvNPE&#10;ug5g6/LuhV7qMW05hA3TnNG/vJuBPcdRy30BE/Y/ocdgN6pKFdBJPh31XHwce9YvdI1T+dHRHyU7&#10;M5Iql1XPrN8VznPV73njfxkiHmT3wpFG5M0gvO8+xrhaLZo5SEah2ZONkqSIUDwDY0jWK4e9c13q&#10;ZD17oCxI58SHUxhyzJEt5ybTKSqIi7eSMK1Rj+Z1zHMDdQ5J0ujmSkA88qp1aOVgIblZSVASGxLI&#10;FSnLN7arSyv78s+cv1SkxuDrE0pYggpjS2scGthSxaSU+lEmEeQZyM1EQ2o5O+BomciuabOYFNiK&#10;3XtH06moexSTo7nqHcpDmTWubjWopFU5xbV1cfulUXXkHTwDHhKvVFBBveCzrhWmueJmEnsnGK/g&#10;eNJMrWnsXFMaOWl2Fbkvh+e3tZQLm2k+5gx1F6xk3/CKmsCqJPLgKlotCOONTUv4qo1J1taiKFpO&#10;CWUKIdcDCYjVp4ZzAxxNLjOyzWou9pqD92LXPEH0MeE+gfg90qeWiwP1cx8kVxgl84nnpVg5deV5&#10;bFdNsX5UlP8Wb7f5KFjXPCtZlZIfefuEcT9FTsU6dXGrodsC4ccPw/C4EUWykWTbLjWoXLAXLbM4&#10;Uco4Vqry/8nYXwAd6vd88T+b532QnUhgBHnIG6yn0vefTJ1fQtJ8d9N5xAWar13MinZmmq2Cwknl&#10;yNzpDD9mx1e/z2V0zqNg026zZPAn7HWdwcmPXbDM3lq2pP5dSAJTUv4bPiFsV/AiIp7EKxD8KygJ&#10;DUyi8dTxLBQdgG7EebL7VBwmTVvQW/2YeQ2Z4WHENhzEuun/UPIiKICwXcF/E71PJDTfn5snj/w0&#10;3wQvJzJk6Y9RVqlP95Z2VBDpbR5kVGjgSi/XikVPhwtyyYx+wK3UCvQe1oW2VRW564vkVjXp1rk+&#10;1f/J2QypsCcpcmo0b0K7Ok8fLFdy/gs+IWxX8GJiWKGh5lvpEJeQBAKBQCAQ/OuIS0gCgUAgEAhe&#10;OUQCIxAIBAKB4KVDJDACgUAgEAheOkQCIxAIBAKB4KVDJDACgUAgEAheOkQC858ik+vbVvHapINc&#10;KfKdHAKBQCAQvNyIBOY/hZLIWwFcuHyHiDK7OV4gEAgEghcPkcAIBAKBQCB46RAJzAtHJvERd/G6&#10;fpubkY/JfrdpWZBO9J1QPH3vcj9Z97OmxUXi4xPK7Vj1i9WLICWGG75hROQ7dyZxEeF4Sb+/9bCs&#10;ZMkgJvwO3oHRJGZqNgkEAoHglUMkMC8MmQQe+p7Xuo6htvtMOg6aR/MO43AZu58L8dldf8yxjbi1&#10;m87ofVHS0dkoI88zofcE3FcE8ESzrSBx3kcZ3ec96nebg/uAmTRo+z6D1vsSXVRGkRnFb58vpGHb&#10;qbQdOAfXtqOp2VKqW8uxOH/wN/HSIWkev+DeeRnrz55k5OtTaTXgA1p/4pH180TfE0wcOIF67rPo&#10;KP2+aftxuL67g8P3nmYdTy5so1WHBSz2zJscpfPHYqmOA3dySbOOJ7ucr/jO42/mjZiMQ5cPaP+6&#10;9P9eX/Od/+PsgwQCgUDwSiESmBeGFLwv36Py6yPZ99tabp5ZyW+znUg7t4e528NRd/FW7l0ZaBPN&#10;vpU7+DVKyj6U8RxasYPdj2oxcoi91jfuKu+fYcrEHzlt1ZOdf2zjoeda9o6qyNVv1jDzcFwhsyJK&#10;7h/YxpQdj2j54TJC/bZxbU1HqqemUK5ZD+YOqIP6lXCq5ATuP7jFNx/uIqT9WA7vnM+mYbVRRpxm&#10;wvjv2RNnz6yVH3Nq76f8ONMNhdchxkw7gLcmMclMiOPew0dEJeVdsKMkIfoRDyLjSdBsySrnvi+f&#10;T/yWExV7svnnz/ltcSfqPLzEvDn78RALlgUCgeCVQyQwLwzmDFr0EZundqBDfRsqV6pGh7deo6+t&#10;ipv+oaSqD1HUYdqCnjjGXWbRqqvcPrOLjw8/pt3kEYyw1daUmfjtOcyRJAdmLR5A1+pGKExt6DJh&#10;BO/WTeLYQQ8eas1gMrh8wZ+kGq2Z+kZNLPWNqOXen7dd4e4jQ1o3tUFPcyTKJOm4vny3oANtXZ3p&#10;7mrJtV2HOBpThbFLpzCntyNNGjnQZ8wkvn3HjjS/k2y5kq75cQlQpWHZeQKHVvalj1tdOgwaxYqh&#10;VVEGXeLX68Vc3hIIBALBfw6RwLxoZCYTcv06hw6f5eff/LmboUL5JC338pBJk/58MbQyEQe/o9eC&#10;v4h26ccXb1Z9mlDkRZnIJa+7KMspiPn7ND/9eir7czCYaOkHaeERhBTS98vVlpGZSW6qoXpMiroS&#10;enL0cl4rnIUxnd7sjL2+5k9lLJc8I1BVdaaXc945IX0atmuInSyO6z5Rmm0lQGaEW0cXquRarD6N&#10;3OphpXzIzeAUzTaBQCAQvCqIBOaFQUnUhT0M6DYB1ze/YtryPSzfdJLzDwveD21Mm7c70UwWz/1o&#10;Q9oP6kiDnOShIKpEHiVICVDsLXZ8u58VG3M+hziTbI2DQxUqaM189GnT2YUKd8+yaNU5zl2/yeHN&#10;2/n2uoKW0vaqea1GJkNfSmpyUSYQHS9ttiiPdYFz61maYyFTkZRUNgmHvJwJ5eQqUpPFOhiBQCB4&#10;1RAJzItCynUWz9vHeXN3fjm+mdt/rcHr6AeMrV0gC1AmcmLjMa6YVKOBzWOObz7IhcLyAZkhZkZS&#10;4lCtPZsPS+c7kedzfDUXVnelntYEJoNAnzASK1Qg/c8tvDHkY97dEoXTuKlsfKuQ2Z4cpDKNFep1&#10;K8nEF7hLKDM+mQSVDAsL86y/5VLyo57MUZbymTXKxBQSlHLMpURGIBAIBK8WIoF5Qci8fxvfaBmO&#10;PbrSzVbKANQo00nLyN+7x53fxfwDSbQcP4O9c1pQIfgY8zYHoXUOQm5Jw3oWqO6H4hVZ1C1HBci4&#10;yx9nI7BoP4SDv3/PA9+feXDxK3ZNa4JtkdmLhJ41TvXMUIX7cyYsb5mZ3Lrgxx1scHOpmLVFZmaM&#10;qSqZ+5EpuYuJlTH+nAvQsipX9YRA31CSNH+q71a6dukmMXqVcapvrNkmEAgEglcFkcC8IOhVqEgV&#10;YyXBF73wT5Y2JEewb+n3bAnJkwQk+bJ0yZ/cq9+Lz0bYYttzGHPbGXJ9yzbWBWhbzGJA6zc64KTy&#10;Z+WCvRwJTs66myktLoK/Dx9m0+kY7Xch6dvQ3NWa6H2rafraPLq9tYh+o5fx9rwf2XAmUnuylIuC&#10;jgPaU4/brJm3nT0+0cTERnFl/xYmbgnFpHl3RrlmX/MyqG9PY9N0zm7fxf5bcdy/cY65763j12j9&#10;rJmZ/GTg/f0Khq26jF9UHDd+38Hc3Q8wdGrLwAbFZVUCgUAg+K8hEpgXBYsWzJrkjLHHT7Rv/S52&#10;reezOLot03tZYmSoQI9Mbvz4C1vvV2PsnD64qSdp9Gx4a84btDMIZu3aC6jvrFYo9JEbGuTeUq1w&#10;7s/mRe5UCzzA0F6jsHYcik2L6fScf5hzkelov3qjoHItGywMLXFu3pAWTnbUq2JM0vVTLBj/MVOO&#10;am6/lspSyKWyNBNGORg1HcSWj9phG/I7YwZOolbLKXSZd5pY1wFsXd4997KVvGJrPny/CdahJxn1&#10;2ns4DPie8/YjWP+2rSSHgVSLPMhM6PJ2B5R7V9G63Xu0mvY7tyq15aslvXEsbA2QQCAQCP6zyFQS&#10;mu/PTULgbs03QWlJigjiSkA88qp1aOVgkb8Tfx5SY/D1CSUsQYWxpTUODWypYqI9f1VG/sGgnj9w&#10;f8QiTs2o8/T5MokXGNl5DWfdZ+G3rClGms2FoUyOxtsnjPspcirWqYtbDTOt62eSI4K5fDMehZ09&#10;Les8e8yT05toPOESbb/eyLdtYvG4Gk6caWWauthiJZIXgUAgeCkpZz9Y8610iBmYFwyzqnVx7+RG&#10;h7JMXtQYW+HUvAm9urjh7mZXaPKiRhkbQ9QTUBgYaLZkkxgUSrCUjNjaWqNL3iA3rYhrS6nMTi40&#10;LyR5UWMqJWvu7k1ooyV5KYjcrBLNOzSlW1ORvAgEAsGrjEhgBM+gX7c1b7cph8/6j2g+eAnDp33N&#10;sJFzaPrO/7jbqC+fvVVdpwRGIBAIBIJ/CnEJSaCdzCRunLnIUa97PEjKRN/MEnuXJvRtX+Nfn/nI&#10;DLvIl9vvUG/oQAbWKW6ORiAQCAQvA897CUkkMAKBQCAQCP51xBoYgUAgEAgErxwigREIBAKBQPDS&#10;IRIYgUAgEAgELx0igREIBAKBQPDSIRIYgUAgEAgELx0igREIBAKBQPDSIRIYgUAgEAgELx0igREI&#10;BAKBQPDSIRIYgUAgEAgELx1l+iRegUAgEAgEgn8DMQMjEAgEAoHgpUMkMAKBQCAQCF46RAIjEAgE&#10;AoHgpUMkMAKBQCAQCF46RAIjEAgEAoHgJQP+D7Boe4+PEgQYAAAAAElFTkSuQmCCUEsDBAoAAAAA&#10;AAAAIQCnogdGAQcAAAEHAAAUAAAAZHJzL21lZGlhL2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1JSERS&#10;AAAAUAAAAFAIAwAAALnPAp8AAAABc1JHQgCuzhzpAAAABGdBTUEAALGPC/xhBQAAAgpQTFRFAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAiE2MagAAAK10Uk5TAAECAwQFBgcICQoLDA0OEBESExQVFhgZGxwdHyAhIiMmJykqKy0u&#10;LzAxMjM2OTw+P0BBQkNFRkdJSktOUFFVVldYWVpgZGVma2xtbm9wcnN1dnd4eXt8fn+Cg4SIiouN&#10;jo+QkZOUlZaYmpydn6ChoqWnqKuvsbK0tbi6u72+wMHCxMXGx8nKy8zNztDR0tPV1tjZ29zi4+Tl&#10;5ufp6u3v8fLz9PX29/j5+vv8/f4vtoZYAAAACXBIWXMAACHVAAAh1QEEnLSdAAADx0lEQVRYR93Y&#10;6UNMURgG8KtECBWFCJEtIkvWyFKWLJGdQmMnskeyJEu27DsVlaiZ/9Gc5zwz7p17lqlv/D6d97zP&#10;W3e6zb13xvkvpCwoD4SVL0jhRv8l5m55EfJo2TQlgc2+K3z0mz/Go/tBAQN9Mq6O80qXxzAWr7Rm&#10;TuoEm4YxGo/UGxyD3k/P6wMBFi4X4z5HZb84EnZhXpY8CazdulejYzPyDfOhjrqJ3AvjnteTOF53&#10;buTwOpdyR+JujM5MtrVWMfljHTciuO+zhH2NM4xVDeRGFBt+BxlQqpSZr2NZu8iOShkTCkdl4mES&#10;azfZUtrGiM8G2T/N0kv21LynL6pQdstZxpBNjfEMeaT3oKc7fjR1vicz5fYRrVOsfNDVuseUyz40&#10;Gln5oa23nLGoDLzgL6rzK2FMr2swcxFN2Da8kdA3CDBH2djcw0oFAZNEBqXXYquVhRKGTBoYhEnY&#10;WsZKCQmT3hFMCvVip42FGoaMtjMpYGM+CzVEjHqYDNsqauNfMJ4fGMph1HHeivIkCw2MmEVPy3CU&#10;vkuqFzJm7Yw6+ShZ6CBjEbnonBfFYRY6mLBYySyeYGax0MGExU131naHRcjGlf3GtRYGbGR0hli+&#10;lGs9DNjI6HqxvCPXehiwkY9Ph8SyBksDDNjkIXpWLPdjaYABm2JET4hlFZYGGLDZjWgVKzNEDXBY&#10;lVjuxYANoga1IiTvIaUYsEHU4LYIlWBZgAEbRA2eiFA+likYsEHU4J0I8baOARsZ1et2hTBgw6xO&#10;pjvUisKCWZ1FIvOOxQFMWDCrc01kdrCYiQkLZnWQyWWR1IvSjFmNsSLSE328acGIGaMa10WkmYXj&#10;rMGIGaNqifinKWQVhhEzJtWKRSLIQriEGSMm1XCA1SyErCCGTJhUKhOB4GhWYD8tDKokdYrAfVZS&#10;BoZMGFTBPSQ0hBU1YNOAOYU89GtZRaQrv1FxYc4vuV20u31PHrswpseY3yu017JyeY+GFlM+V9F9&#10;zMotVX541GEqlvyI3TmUpQcuaVoMxTgum5NZxuAHcDVmvK7I3gqWPvx9Soy4JePzVyhUwVrhiEyo&#10;MOEytU12NrNWqpEZBQaiks+xYfyaxXFKGPNhP2JjF/cXc0NrtuYtwzYkFON6FdZh/arKcdI+MOzF&#10;bti0hsjRhR7FXBE0KlQHiU7ChIW4X0o/i7AZh1F3OeISONbQ8plrqVb59tDIfMYpneDt+F7tX9m3&#10;OKpUm8FYnxQ9VV4vuhrnMNB3idMrYq5qzaU5A9jsv/TCnYFAoHrL3EHc+Jc5zh87I0l6/+nuCQAA&#10;AABJRU5ErkJgglBLAwQKAAAAAAAAACEAY5zpl24ZAABuGQAAFAAAAGRycy9tZWRpYS9pbWFnZTQu&#10;cG5niVBORw0KGgoAAAANSUhEUgAAAUUAAABkCAYAAAAR8yJ6AAAAAXNSR0IArs4c6QAAAARnQU1B&#10;AACxjwv8YQUAAAAJcEhZcwAAFiUAABYlAUlSJPAAABkDSURBVHhe7Z15rF3T+8a331+ouUFUTW0N&#10;MQulKSoENUSMQUWlKUHboEqVqCAUNWvTGoI0NIYYSkQNFaKloTUrMVQJVcQ8ffGX3/2snud47+4+&#10;w729tz3nnueT7Nyz19577TW861nvWueetdb4t43MGGNM4v9Kf40xxrRhUTTGmIBF0RhjAhZFY4wJ&#10;VPyi5eabb87eeOON0ll7Ro8ene23336ls2IuuOCCbMiQIdnRRx9dCmkP8a+11lrZqFGjSiEdZ8aM&#10;Gdnzzz+fPfDAA6WQ2jz44IPZK6+8kv3888/pfKeddsrOPPPMbOONN07nXOvVq1e2xx57pPOupivy&#10;3VEuu+yyrH///tmIESNKIct58skns7lz52Y33XRTOu/uvHcH1D/5mDZtWinEmJWjoqc4bty4JDYS&#10;HIRQ57UE8fvvv8+++eabbMsttyyFrMjXX3+d9enTp3TWMWgEY8aMSQ16s802K4XWhufmzJmThJp8&#10;XHnlldlPP/2UTZkypXRHlr388svZa6+9VjrrejqSb8oRQePvysA7BwwYUDr7j2XLlmWbb7556az7&#10;8w50ShxdxWeffdZpOzKmiJrDZ7wH2H777dPfevj444/T30oeRz2iWYm33347W7RoUXbooYcm7yc2&#10;6lrwHM/wLGy77bbZqaeemj6LSy+9tNu8uI7mm3JE0OTFdoZPP/00+/vvvws7ssWLF7frVLoz7+LD&#10;Dz8sfeoa8sJuzMpS8/8UNdzMD0/iMHTNNddM3peGygxr33///eSdLFy4MDXK/fffv9zgeG769Oll&#10;LxSxuP/++5NocS/Cde6559YUA7xFBC4O0W+//fb0zsmTJ6/wPGnGUxw5cmShSCC4N9xwQzld3HfI&#10;IYekhoxHgoBcfPHF2dNPP5281Hy+yDf3XXXVVekc4tC1KN+PPvpouYw23HDD7IwzzkidyaRJk7IP&#10;Pvgg3QfkkzgYLj733HNJXPPlDqRBaeO9e+21V7shcuSUU04pT4XEvJPvk08+udx5QMwH7yDN1H1M&#10;M2g4K7tgCoVnFH+EdxE+e/bscl7z0xm1rufzMHPmzGyXXXZZYaqA8txoo42yv/76K00LkbZzzjkn&#10;1YHSm7e7ajZeKZ9AOh5//PFkC0AdDB8+vKY9m8agpqe4ZMmSZCwRDAJjGTt2bDJsjOvhhx9OBgZ4&#10;NxgLw5p77703Gz9+fDZv3rz0DOChxDg1fEXIiI/n7rrrrhRWCd7FO/Je1wYbbJDiLjLAYcOGZQMH&#10;DkzCxJwnRq80w0cffVT2nORhkf/TTjstu+2229L5hAkT0nXSqnzRCIBGkC+rOHTN5xtBZPiufNOw&#10;adSA14YAIExco8FRfg899FB27LHHprBLLrkkNUy9X50R4VxHsLle5EmpLtQ5xLxzPx6YIA7SKUHk&#10;Hap7RGLq1KmlO7OUPsK4Rr4QZOwF0aS8gGsclD3P8j6FMd8qe9D1fv36pWvUAdCBgvLNKIb83H33&#10;3e3EKUJ+KP+99947xUU9EDfiTl6Imzy+8MIL6f5aNl4pn4CIY8Nc48BOqWvTHNQURYypaN4OgWH4&#10;CX379k1/Bc/EXpUGgRFilIBQSBwwbMQEY2W4iCEibNFLKqLSEJ10ISiVwKtjLpHem3ddd911ZUPH&#10;+5KA4B3iBREX+URk8TQQVRod5/l35+fuyBtCqqmHmG8gnyeeeGJZwHv37p3+Csolzpcx57fzzjun&#10;z6T9u+++S2l89913UxgNc+jQoeV6QVDJT1H9ffXVV+3SEvNOOAIBlA2iSLkC76DseDdpWHvttVMe&#10;+QykB6Eh7+QLMdlmm23StSi8gABxfxQx7EAelq7r3cRHeR144IHp/Msvv0zX58+fnzpfPFbZXIQO&#10;DmE6++yzy50AeeXZfP1Gqtl4tXwSD7YukaRTHTRoUPpsGp+qokiDwJi22GKLUshyGIIwhMPbYlh1&#10;xRVXJCPBOPRM3oOjkXEPIJpq7DRohh/EpwNBwkuqRt7r6ggYOgZPuhEDCWwUrZhGQR7iOyUEiGNe&#10;AIFGiwhQLhDjpJz++eef7L777iuXI96HhEmeahReOgrSGMsKUSJO0sL9ccgLCEy+/oB8x/zFvFNP&#10;1CEwVUA4YqJ3UD8xDVzfdNNN0/1ML5AHvDamN0DCwjtjp0E8DHUrUXSduFQmlCcChAfHkD/fSYnP&#10;P/882ZjSAdRl/sunWFbVbByq5ZOOF4+V50kX+aiUNtN4VBVFiYV6V8BroAek92OeivkzvBc1MMQB&#10;ohGop95xxx3Ln9WrAsZFPDqIG4+gGjTivGhVA8NmvjEiAwdEikYrMafBMWwTRemOwiyvJcZJI4si&#10;F59nCEgemMNSOfK8PCkacj4+YOgcywrPMC+EQqId609ELzSfdzxW0kaa8QzzdRHfT/qPO+64JAh6&#10;H54fc9DYBaIh6qkzhubVOsQ4XUD5Y1NHHXVUNmvWrJSPIqjL2JlBzD/Esqpl49XySdooNzxWnmVu&#10;FtEmzDQHVUURo8sPvWjY9M40AoxQk+4SEAwQmK8DjOGOO+5Ihs4zDLuAoSPstttuqbHI0Ln/1ltv&#10;TaJQjeh1CdLChHoRNArSqSEN7+F/BvEg8O7oAPgsMc97WPT2iFT0Nkh3bGx4F8SrcmFCX+WXzzfl&#10;iGAiekoLwrTDDjuk6+SP9EQowwULFpTOlucXMQB5asofDZchZV4MBO9n/g7yeUcY8AjxYvF4lGfC&#10;uQ/RAPLJ3K/+jQfPKM6dEX/MA/nTO0F1IjEjzZwfcMAB6RzB45zyAa4jMOuss046Jz7qCK8fm6w0&#10;Dx07JyA+8k/8Ik4n1LLxavlk5EO5KU948qB6N41PVVHEmPJDjH333TcNPfjWjyEFwkQDkoDwDJ4L&#10;Bss91157bYqDbwwBAUIozjvvvHROQ6RXpaflfgSRxlfJ+wEMDsPND9ERKc2F5aFXp4HToHnP5Zdf&#10;nkSMuSCEiQ5ADSd6DaJIhKO3MXjw4PQ88apcQCKXzzdfguCFkRYakcRTwkRnQblyXR0GZUiaCeMg&#10;v8yTAQ34pJNOSkNwriGe0bvJw7wgjZ28xrwL0kNZxvk+oLyUbr50QjxOOOGEdA2PkXJS+vD64r88&#10;kefYcRE3aSQe7kfg8axU7ogd17EhXecZ8pqvI8qG9KozjuTtuGg4zRdqKqtaNl4tn0ceeWTqPKln&#10;rpEe6iXv8ZvGxUuHGWNMoOa3z8YY00pYFI0xJmBRNMaYgEXRGGMCFkVjjAlYFI0xJmBRNMaYgEXR&#10;GGMCFkVjjAlYFI0xJlD4M7/p7y4tfTLGmJ7J6N3ar5EpCkXxk08+KX0yZjkv/LV2dvBa/yudGdP8&#10;bLfddqVP7fHw2RhjAhZFY4wJWBSNMSbQI0WRhVbZ5MmsHtigikWDf/nll1JIz8R21jNpalFkNeu4&#10;B4hgaf8nnniidNZ10NjffPPN0lnn4PlK6W4mKIvzzz8/5YWDnfQIg3feeSft8fztt9+m866A+Dlq&#10;gRBTxmwv0FGoE/KSp6fame5hb/PYgakc6invlYFN0di9kXdzsMo550qTOhyls6hMCOeQ7YHu5wDy&#10;Qdz10iM9RZbiv+WWW0pnXceNN96Ylpg3y8vi1VdfTfuicLz33ntpqwJgSwH2fdFWDKsSth6gjthH&#10;pbvpKXbGpmvac4bOpNae610FewgdccQRaf8a3s/WDePGjUt7Za+33nppi4l6OzfKTFxzzTWlT8sZ&#10;Pnx4irvekUuPFEV6CHoHeho+q8fROT0JPcvxxx+fzumV6LVAPRbhHHhDhBEfG9+D4iA8ekuxgeSv&#10;EWdRpZAGjqJrzQCbSLHRFPvMsIc2yNOgjNRrM9SknFVO3INXwKGyp4yjd8K98TxCfNGr0LskJniq&#10;epb49W7KWl4FZa665nqtvcbzKH3V7CzaAemVjcR3c6xOO0OYKC/KhT3Rd91119KV/4hpJY0SK9Uj&#10;4bFsKQOVOX9Vx4LnFy1aVN7DO7LnnnumvZoQx3XXXbcUWhnST5lhE6SHuNnbR2gjtGeffTb9rUWP&#10;/qKFwlh//fWzt956K52/9NJLabMrCp3tK/n8+uuvp42F6KGoUDwNehWGRmzG/vvvv6cd2i688MJy&#10;QVNZ7PxGxUVviV0LqRTIXyPOfKVgaFQgGzk1225vbLX666+/JhHC6J955pmKOwfCI488kkQTA6ac&#10;li5dmracpX7wGDoCDZsNwqgz6g+vgrh4P40a2PSKOqNOuY865l7qnLoH6oN64ZmJEyem+uoM1eyM&#10;uGn82BJpJO803kayMzbdYlMxPH3EhbKNIHDEy6ZvpJV75IkjptQpZcse3dpQjC18gREDZc9zEUYW&#10;wAZtwAZklCHvRmTvueeerFevXnW1C3a5HD9+fCpLyoA42DwsQv5IYz30aFEEKmz27NnpM385p/el&#10;QXO+zz77pIqFP//8M9tkk01S5dCQMOiDDz44GT1DQRU0xk5l8Ty9Ktc5KHht95m/hnEwrBSICIbG&#10;u1fHMHNlYdc6DJ0yQpRoqOzAWOSJwOGHH57KTXs6s1cz51tttVUSjY5A2dNA//jjjzTsktdCuHbo&#10;69u3bypXNVLKmbqmXqh7UEOlXqgj7TjZGYrsTJ8ZnmJH8mJJd6PZGWJMOhGXuLUvEC9iQ1nGrV0B&#10;ASf+008/PeVHOztSz8RHh0kHeNZZZ6VwwW6fINEjbWzPi7CxmyJxsssnbbUeeC/vpyywzSLoeOqh&#10;x4si7jmVg/tOY6Bx0gMBFYAR0YOoV8YgqBwMFeh16Nk7ihpeJfAkqES8imYET4Xengb42GOPpa1W&#10;yTMeUHdDQ6HBYORsCZtvxBHtEY0AUtf8pa67miI7A+oYr5V3c/DuoUOHNpydIUqkr2i6grqmw2Db&#10;W7YJjlD3tCO8RDpG5YchPXlVZyHvvBKUG4KLoDE9gAiDtvetBeI6Z86csge9MjS9KNJjUhA68tDL&#10;YRRUFgZC5XPwmWEbDYzKoBfn21IME49i9913L0/e0rMD3gdonocKRxgYXnAwrBg0aFC6J3+NuZVo&#10;9PSkNAR6xPx8SzPApvSUKXkif/LI8IA6C/NHlCHx5euSa5QnZa/N8SU8v/32W/oLej/eCUNnvA5g&#10;OMazNOBRo0alMLwzUB7UEIvojJ2BREF2gJ0x3G0mO2OulTxRlvE/Cihf3kfnxBAdr1HeGEPgmTNn&#10;JnGkU8iLt/Y518hi4cKFyZtFEMm3vtXXffDUU0+Vy7+jeWGfeJVrLZpeFDEQClNHERgOlcJfMXXq&#10;1PQXI6UxMGzAkA877LBUiXgiGC1DFQ0J8IowDp7BIxo7dmwyFHpRDrwl3YshxmvESdwRekXSREPS&#10;BHWzQPmRP/JJ/oByrOa11YIhFsJCfDQuyl4cc8wx6S9lTzlyjTpino7hu+D91AMigNhwjhAiRDzL&#10;UF12onjIw5QpU8oCWkRn7SxvI7KDZrIzDX1JJ+JFHQHtRXN5iCOdE8NwoIwoa8KpC+6JMMwF5lGB&#10;PJJ27lU9EXccCnNN5T9r1qxSaG0QXuIbOHBgKaQ6XhDC1IUXhDBdDd9WM+zGy+xO8KDpMJgm0xwm&#10;eEEIY0xDMXLkyDS1UOnLua6Cb8LxQqMgVsOeoqkLe4qmp2FP0Rhj6qDQUzQmD6uxV1qp2JiehD1F&#10;Y4wJWBSNMSZgUTTGmIBF0ZgmY8mSJdmAAQNKZ6araUhR5GdKa6yxRvlYGa6//vp0dCejR49u99Mq&#10;G23rgH3GX5Bga7Jb7ELwM0iFR9vgWf1Esl74WSr/jFwvd955Z0pXvb/oaHUaThQxEP7Rki/FOfh5&#10;VTSuPNwfjTJ/bkx3gdDod9TixRdfLNsuP0GU4I0YMSLZMuGsJrQyHTXv0M/86oGf6V100UVZ7969&#10;SyGmGg0nildffXX6jaNgnbXp06cn41JPy8E5B78ZZW03wrgvnssgIzGOIvLvEQgt4kxY9ArrQc9x&#10;RIHHYyBewvEuo5ehd0SvuVrnYFYt1BfixO90I3EtQ1bDAdkhtgw8w7N5qGPdqzrXwfuAv4sXL876&#10;9euXzrEh2Refo/1G++e5en/R0eo0nChS4aywkQeDit4j4kkYnzE+wjGOeC4jFAgQP7BXHEUig6jq&#10;nsmTJ6/gdRIe16sTeLcyxrjYKqKGQfIcB8tFSfB4Dx4E4Rj5hAkTyvfxDp6bMWNGOQyioZvVB7bD&#10;wrSVoO7onGWDccjcp0+fZOcRrmOT3E/c2B51zl+cBIlgfuiMDW299dbpXuKQPfEMbQR+/PHHtDjG&#10;tGnT0rmpTlN90UKlIzoIV2fASBEsxYFARRAcBFUGyBAlGm/eK4hghBIvDFXMnTs3GarAoFl3T0SB&#10;5d2x8bAHiLxeDoZj8+fPL101qws6NWwk3+lGELY44qkGtkjnF+NjlRz44osv2tkLKxHlh84MjYE0&#10;SQhxLGS7Y8aMSQvXsnwaYm2q03CiiCgsW7asdPYfDC2Zi0F06FE7i4SLI99br24YeiHUCKC8Seas&#10;YprVAMzqg46ODkqdKx1X7MwQxIMOOqhdhxdtDfuO9+MNxo4ez08jD+xBdY6g8Zw67XrBltiKgHg6&#10;+mwr0nCiiFcVDQRD0DAXY4HOekt4iRKbIhjWYODqTRmqIMQrA2nGCxD09IMHDy6drQhGi4dBw2NR&#10;TBqfaSyYu1YnpekaiZ5sNXZeeICMHjT1wYrUiKbAHhBGPct8o6Zwophij/E50020FXzD0WYgTKCV&#10;D6HzNnH7t80QS6H/pnPC2wx0hXPi4oA2QyvHwdHmhaXwSJsgla8Tj+B9ij8P8fCc4D35ZxWn0gKc&#10;i3zaOId8WVRKQ3cz7Z2vSp9MhPqQLfI51hWHbCzaVbTdaFd8lr0WxYFNyS4E10W0w7wNmvrxghCm&#10;LrwgxKqDIXL0EBlGt4lc8iTzO/WZrqepvmgxphXgyziEUAfTKR46rzrsKZq6sKdoWgV7isYYEyj0&#10;FPEKjDGmJ1Np5OPhs6kLD59Nq+DhszHGBCyKxhgTsCgaY0zAomhMk6HfQJvuwaLYBkYW/1lWy4Up&#10;3Jg8ce1L/WYZYni0nbjOYRQ0bK2jy8F55e3uxaJYon///ukH+PoyXstD+ct5U0TRCtt0onFNzFGj&#10;RiUxAq+83TxYFAvg51Rawy729vTw6u05OtrDm55D0QrbRctysS6i7ETrJXrl7cbGolgAy3tpkU9B&#10;z671HPkt6uTJk6suMmpaA8QmrrCNbUiUWDZOayrGIbNX3m5sLIolMC4ZM0ZXtOWA1nPEi2RFZGMQ&#10;MARIsA4mniNixlBaHl41vPJ2g9HWq7Q81daeUxG1GX76rKPV8HqKK8L6hax9KOLaioDNaL3EaF/x&#10;Pv4SR7QpnXPE57DTGD/E57yeYtdgT7FO8AA0Uc5hWht94xxX2F66dGm7YTEeHt4bHiAjEc3xeeXt&#10;xsaiWCdDhgxJwxwNsfO7/JnWAXHjG2ft08KBoDHlwryewhg+s3UBMMSW/TCEjWIKnBPO3DXCx39D&#10;xLihaOhsuh4vCFEniCAGHr/1Y1Mhnfd0vCDEqgPbih4iwojniDh65e3ux55infCtXuy9+TKmVQTR&#10;rFq88vbqxZ6iqQt7iqZVsKdojDEBr7xtjGlJvPK2WSk8fDatgofPxhgTsCgaY0zAomiMMQGLojFN&#10;Br984R+8TffQsKLIIq/651X9zImfVzXDz+vimnYcK7OgqGlMqNO8fQrOCY9Em4iC5pW3G4+GFcVh&#10;w4aVfxTfTCDm/MaVdOvgB/6dXbKJBuTlnhqPopW3AZHjd/J5vPJ289AUw2f9qF4gFPS40WtEOIp6&#10;4krhfFaPzlEkPHmPT/Ccns0b98SJE5PxR/i9qn4SGD3gfHoULs+DMDoGfl6oMNMYFK28DYTn1+KU&#10;YGq9RK+83eC09VwNidYvZI04wTp0hPEXWC8ufhY8q3XuKoUTD+dAWHyP4J42UUqfuUdr2XFvfl07&#10;Ua1IiSteJ56i95JmvTd+Xp14PcVi8nUqYhg2Gu2FZ2SXhHOdc9kyNiE75a/sFDjXNeA9Oicuxcsz&#10;eucPP/yQ4uSvqU3Deor0tm3pS59jT9lW0eUel2EIa9hxrc3Qyj0kQ28NWYvChXp0hiKseBOhl+Vd&#10;6pG5J65cwnCoFtH7Iy0LFixImxkJPAblK85RkWbTHOCltQlQ6axzeOXtxqLhh88MnRESJper0dZD&#10;JhHVoeFNpfDugvdp2IJR8k7CqoGhxl3gat1vGgMEkZVrirauyBM71GXLlqUOU7R5ekkYBdte0IHT&#10;QdJZS/SwE57r6OpMTNlMmjQpxdPRZ1uRhhRFKj/OoXGe30gqQkXjXcU5FKgULjAWQHDxOiNsLsSG&#10;ROpZi+4pgp46Gnikb9++aVJexBWYJYS8z55i4yP7lGBVwytvNxcNKYrqzTSc5LxWbzxv3rzyysYc&#10;+gKkUjiwxQBhcYVkwTsZFiFW3MOwJX9PEaST5/Q+DiA+GgfGr3AEUL03gksY74ueIv96wXnsJMzq&#10;BXErWnkbNGUC/JW9YROyQ9V7hHPCuR/hk93FuL3y9qqhZReEwNhaNOudwgtCrDoQ1ughYqt4johj&#10;d0//mCb5lxxjWgmvvL168dJhpi7sKZpWwZ6iMcYEvPK2MaYl8crbxhhTBx4+G2NMmSz7f0v/VwIp&#10;AOpfAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQAgvb0V2gAAAAcBAAAPAAAAZHJzL2Rvd25yZXYu&#10;eG1sTI/NTsMwEITvSLyDtUjcqEMpVRriVAgBgiPh5+zGSxxhr4PtNuHt2Z7gODujmW/r7eydOGBM&#10;QyAFl4sCBFIXzEC9grfXh4sSRMqajHaBUMEPJtg2pye1rkyY6AUPbe4Fl1CqtAKb81hJmTqLXqdF&#10;GJHY+wzR68wy9tJEPXG5d3JZFGvp9UC8YPWIdxa7r3bvFRAW962L8il37x+j/S77x+fVpNT52Xx7&#10;AyLjnP/CcMRndGiYaRf2ZJJwClacU3C1AXE0r5clP7Ljc7negGxq+Z+/+QUAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFd98erUAAAArQIAABkAAABkcnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJLBasMwDIbv&#10;g76D0X1xkpYxRp1eRqHX0T2AsBXHNJaN7ZX17WcogxVKd8tREv/3fwdtd99+FmdK2QVW0DUtCGId&#10;jGOr4PO4f34FkQuywTkwKbhQht2wetp+0IylhvLkYhaVwlnBVEp8kzLriTzmJkTiehlD8ljqmKyM&#10;qE9oSfZt+yLTXwYMN0xxMArSwaxBHC+xNv/PDuPoNL0H/eWJy50K6XztrkBMlooCT8bhdbluIluQ&#10;9x36ZRz6Rw7dMg7dI4fNMg6bXwd582TDDwAAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAAT&#10;AgAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDF&#10;6oCOZwsAAEhPAAAOAAAAAAAAAAAAAAAAADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAA&#10;IQCJtgeFkRQBAJEUAQAUAAAAAAAAAAAAAAAAAM0NAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQIt&#10;AAoAAAAAAAAAIQBwGwvaNuAAADbgAAAUAAAAAAAAAAAAAAAAAJAiAQBkcnMvbWVkaWEvaW1hZ2Uy&#10;LnBuZ1BLAQItAAoAAAAAAAAAIQCnogdGAQcAAAEHAAAUAAAAAAAAAAAAAAAAAPgCAgBkcnMvbWVk&#10;aWEvaW1hZ2UzLnBuZ1BLAQItAAoAAAAAAAAAIQBjnOmXbhkAAG4ZAAAUAAAAAAAAAAAAAAAAACsK&#10;AgBkcnMvbWVkaWEvaW1hZ2U0LnBuZ1BLAQItABQABgAIAAAAIQAgvb0V2gAAAAcBAAAPAAAAAAAA&#10;AAAAAAAAAMsjAgBkcnMvZG93bnJldi54bWxQSwECLQAUAAYACAAAACEAV33x6tQAAACtAgAAGQAA&#10;AAAAAAAAAAAAAADSJAIAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc1BLBQYAAAAACQAJAEICAADd&#10;JQIAAAA=&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:97053;height:30670;visibility:visible;mso-wrap-style:square" stroked="t" strokecolor="#00b0f0" strokeweight="1pt">
+                  <v:fill o:detectmouseclick="t"/>
+                  <v:path o:connecttype="none"/>
+                </v:shape>
+                <v:shape id="Picture 290702772" o:spid="_x0000_s1028" type="#_x0000_t75" style="position:absolute;left:3990;top:155;width:59446;height:26117;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCTE9uUzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9fS8NA&#10;EMTfBb/DsYIv0t4Z1GjstfgHsaAU0gq+rrk1Ceb2Ym5tUz+9Jwg+DjPzG2a2GH2ntjTENrCF06kB&#10;RVwF13Jt4WXzMLkEFQXZYReYLOwpwmJ+eDDDwoUdl7RdS60ShGOBFhqRvtA6Vg15jNPQEyfvPQwe&#10;Jcmh1m7AXYL7TmfGXGiPLaeFBnu6a6j6WH95C/eP+7Onk9vz57fXMnyvPjfSlSjWHh+NN9eghEb5&#10;D/+1l85CdmVyk+V5Br+X0h3Q8x8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAkxPblMwA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;">
+                  <v:imagedata r:id="rId23" o:title=""/>
+                </v:shape>
+                <v:group id="Group 1153572333" o:spid="_x0000_s1029" style="position:absolute;left:19897;top:398;width:76734;height:29759" coordorigin="19897,398" coordsize="76733,29758" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA02JkryQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKfRWN3FJLdFVRGzpQQo+oHgbsmMSzM6G7JrEf98tFHqc7z2L1Wgb0VPna8ca0kkCgrhw&#10;puZSw+n4/vIGwgdkg41j0nAnD6vl48MCc+MG3lN/CKWIIexz1FCF0OZS+qIii37iWuLIXVxnMcSz&#10;K6XpcIjhtpHTJHmVFmuODRW2tKmouB5uVsPHgMNapdt+d71s7udj9vW9S0nr56dxPQcRaAz/4j/3&#10;p4nz00xls6lSCn5/igDI5Q8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEANNiZK8kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                  <v:shape id="Picture 824497782" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:70068;top:398;width:26563;height:16555;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC7waf5yAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredOMiNU1dpVhELx4a2/sj+0yi2bchu5r4792C0OMwM98wy/VgG3GjzteONcymCQji&#10;wpmaSw0/x+0kBeEDssHGMWm4k4f16mW0xMy4nr/plodSRAj7DDVUIbSZlL6oyKKfupY4eifXWQxR&#10;dqU0HfYRbhupkuRNWqw5LlTY0qai4pJfrYb+y6nZfndSvwdrNzI/p263LbQevw6fHyACDeE//Gzv&#10;jYZUzefvi0Wq4O9SvANy9QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC7waf5yAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                    <v:imagedata r:id="rId24" o:title=""/>
+                  </v:shape>
+                  <v:line id="Straight Connector 452442544" o:spid="_x0000_s1031" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="24924,18097" to="24924,29553" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQArFJclywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;FITvBf/D8gRvdmPYVBu7LVJo6UGwxhLw9sg+k9Ts25Bd2/Tfu4LQ4zAz3zCL1Wg7caLBt441PEwT&#10;EMSVMy3XGg4fm/snED4gG+wck4YLeVgtbyYLzI078zudilCLCGGfo4YmhD6X0lcNWfRT1xNH78sN&#10;FkOUQy3NgOcIt51Mk2QmLbYcFxrsad1Q9V38WA3dW30s5tvt5jWsHzOcfZbHcl9qfXc7vjyDCDSG&#10;a/i/vTMaVJYqlWZKwd+leAfk8hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQArFJclywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                    <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                    <o:lock v:ext="edit" shapetype="t"/>
+                  </v:shapetype>
+                  <v:shape id="Straight Arrow Connector 274224095" o:spid="_x0000_s1032" type="#_x0000_t32" style="position:absolute;left:24924;top:28932;width:24098;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCLE5+/ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sYQW42uIoVCq16qgnp7ZJ/ZYPZtmt1q/PfdQqHHYWa+YWaLztbiSq2vHCsYDhIQ&#10;xIXTFZcK9ru3pzEIH5A11o5JwZ08LOa9hxnm2t34k67bUIoIYZ+jAhNCk0vpC0MW/cA1xNE7u9Zi&#10;iLItpW7xFuG2lmmSPEuLFccFgw29Giou22+rYLW7HFw9yjaHr9PHer06H625O6Ue+91yCiJQF/7D&#10;f+13rSB9ydI0SyYj+L0U74Cc/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCLE5+/ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 261911787" o:spid="_x0000_s1033" type="#_x0000_t32" style="position:absolute;left:36801;top:7605;width:3436;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAZh8bSyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;FITvC77DcgTv6iaCUVNXEYsgCIX6d33IHpPQ7Nmwu9Xo07uFgpfDzHzDzJedacSVnK8tK0iHCQji&#10;wuqaSwXHw+Z9CsIHZI2NZVJwJw/LRe9tjrm2N/6m6z6UIkLY56igCqHNpfRFRQb90LbE0btYZzBE&#10;6UqpHd4i3DRylCSZNFhzXKiwpXVFxc/+1yjw59OWx5fsS95Pj+7hxjv9aZ1Sg363+gARqAuv8H97&#10;qxWMsnSWppPpBP4uxTsgF08AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAGYfG0skAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 1204826047" o:spid="_x0000_s1034" type="#_x0000_t32" style="position:absolute;left:48927;top:7542;width:3435;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBNXUmoxQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSgMx&#10;EL4LvkMYwZtNuqz9WZuWUhA8eNDqAwyb6WbtZrIk6Ta+vREEj/P9z2aX3SAmCrH3rGE+UyCIW296&#10;7jR8fjw/rEDEhGxw8EwavinCbnt7s8HG+Cu/03RMnSghHBvUYFMaGylja8lhnPmRuHAnHxymcoZO&#10;moDXEu4GWSm1kA57Lg0WRzpYas/Hi9PwGkZXfz0mTNVpuX47rPNkOWt9f5f3TyAS5fQv/nO/mDK/&#10;UvWqWqh6Cb8/FQDk9gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBNXUmoxQAAAOMAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:path gradientshapeok="t" o:connecttype="rect"/>
+                  </v:shapetype>
+                  <v:shape id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:32099;top:27775;width:10674;height:2382;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDnPKjgxwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9NTwIx&#10;EL2b8B+aIfEmLQTIulIIAUnkghH0Pm6H3YXtdNNWWPz19kDi8eV9zxadbcSFfKgdaxgOFAjiwpma&#10;Sw2fh81TBiJEZIONY9JwowCLee9hhrlxV/6gyz6WIoVwyFFDFWObSxmKiiyGgWuJE3d03mJM0JfS&#10;eLymcNvIkVJTabHm1FBhS6uKivP+x2pYF9/Pp+bXWf++3WW75esmO8gvrR/73fIFRKQu/ovv7jej&#10;YawmEzXKxmlzupTugJz/AQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAOc8qODHAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2E3BF320" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Wheelbase</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="_x0000_s1036" type="#_x0000_t202" style="position:absolute;left:31433;top:6468;width:6007;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDxt1wuywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSH0Ha5F6ozatgCTUrar+SHApooX7Ei9J2ngd2W4beHqMhMRxNDPfaKbz3rbiTD40jjXcjhQI&#10;4tKZhisNb/vNTQYiRGSDrWPS8EUB5rPB1RQL4y78SuddrESCcChQQx1jV0gZyposhpHriJP36bzF&#10;mKSvpPF4SXDbyrFS99Jiw2mhxo6WNZXH3clqWJUf+aH9dta/PG+z7WK9yfbyXevhdb94BBGpj//h&#10;v/aT0TB+UHe5yicT+L2U7oCc/QAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDxt1wuywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4CEAF1A2" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00A37484">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Load</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:line id="Straight Connector 974798786" o:spid="_x0000_s1037" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="49028,6005" to="49028,29626" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDwLz5DywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvBb/D8oTe6sbS5l9dRQSlB6E2LYHeHtlnEs2+Ddmtxm/fLRR6HGbmN8xiNZpOXGhwrWUF81kE&#10;griyuuVawefH9iEF4Tyyxs4yKbiRg9VycrfAXNsrv9Ol8LUIEHY5Kmi873MpXdWQQTezPXHwjnYw&#10;6IMcaqkHvAa46eRjFMXSYMthocGeNg1V5+LbKOje6lOR7Xbbvd8kzxh/lafyUCp1Px3XLyA8jf4/&#10;/Nd+1Qqy5CnJ0iSN4fdSuANy+QMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDwLz5DywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="_x0000_s1038" type="#_x0000_t202" style="position:absolute;left:30195;top:11765;width:8433;height:4773;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDU+gNHywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSsNA&#10;EEXfBf9hGcEXaTfVJS1pt6Uogoh5MPYDhuw0SZudDdm1ifl6VxD6OHPv3HNnsxttKy7U+8axhsU8&#10;AUFcOtNwpeHw9TpbgfAB2WDrmDT8kIfd9vZmg5lxA3/SpQiViCHsM9RQh9BlUvqyJot+7jriqB1d&#10;bzHEsa+k6XGI4baVj0mSSosNR0KNHT3XVJ6Lb6uB8uHhI3+fXF6m8lS8DFPkT1rf3437NYhAY7ia&#10;/6/fTKyvUpUulVJP8PdTXIDc/gIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDU+gNHywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6C44B9FA" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Imposed Load from Livestock (M)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 401502174" o:spid="_x0000_s1039" type="#_x0000_t32" style="position:absolute;left:19897;top:2730;width:40445;height:359;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCBSPzsywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvhf6H8Aq91WRlrWVrlFIotOpFLai3x+a5Wdy8bDeprv++EQoeh5n5hpnMeteIE3Wh9qwhGygQ&#10;xKU3NVcavjcfTy8gQkQ22HgmDRcKMJve302wMP7MKzqtYyUShEOBGmyMbSFlKC05DAPfEifv4DuH&#10;McmukqbDc4K7Rg6VepYOa04LFlt6t1Qe179Ow3xz3PpmlC+3P/uvxWJ+2Dl78Vo/PvRvryAi9fEW&#10;/m9/Gg25ykZqmI1zuF5Kd0BO/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCBSPzsywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1685480858" o:spid="_x0000_s1040" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="60342,1255" to="60342,6145" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBsqzSozAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hmYI3u6mYGGO3RQotHoTWKAFvQ3ZMUrOzIbu28d93DoLHmffmvW+W68n16kRj6DwbWMwT&#10;UMS1tx03Bj7et7c5qBCRLfaeycAvBVivrq+WWFh/5jc6lbFREsKhQANtjEOhdahbchjmfiAW7cuP&#10;DqOMY6PtiGcJd72+S5JMO+xYGlocaNNS/V3+OAP9vjmWj7vd9jVuHlLMPqtjdaiMuZlNz0+gIk3x&#10;3/x3/WIFP8vT+zzJU4GWn2QBenUBAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbKs0qMwA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:32361;top:1160;width:14790;height:2745;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD4rNvYywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NbsIw&#10;EITvSH0Hayv1Bk5pRUKKQagtUnsBlZ/7Nt4mgXgd2S6EPj1GQupxNDPfaCazzjTiSM7XlhU8DhIQ&#10;xIXVNZcKtptFPwPhA7LGxjIpOJOH2fSuN8Fc2xN/0XEdShEh7HNUUIXQ5lL6oiKDfmBb4uj9WGcw&#10;ROlKqR2eItw0cpgkI2mw5rhQYUuvFRWH9a9R8FZ8j/fNnzVu9bnMlvP3RbaRO6Ue7rv5C4hAXfgP&#10;39ofWsFzOhqm6Th7guuleAfk9AIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD4rNvYywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="239F9BC4" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Internal Stock Crate Length</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Picture 1918887344" o:spid="_x0000_s1042" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:38613;top:8419;width:3334;height:3327;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDUM7jsyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NTsMw&#10;DL4j7R0iT+LG0sEEpVs2DdBED1zo+gAm8dpujVM1oS08PUFC4ujv35vdZFsxUO8bxwqWiwQEsXam&#10;4UpBeTzcpCB8QDbYOiYFX+Rht51dbTAzbuR3GopQiRjCPkMFdQhdJqXXNVn0C9cRR+7keoshnn0l&#10;TY9jDLetvE2Se2mx4dhQY0fPNelL8WkVvJ7L5qn4uAxv+eE716xfytEelbqeT/s1iEBT+Bf/uXMT&#10;5z8u0zR9uFut4PenCIDc/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDUM7jsyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                    <v:imagedata r:id="rId25" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 653024397" o:spid="_x0000_s1043" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="40292,5719" to="40292,15626" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCntxjKzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq96ab+iZq6ShGUHgpqlIC3R/Y1ic2+DdlV02/fLRQ8DjPzG2ax6kwtbtS6yrKC10EE&#10;gji3uuJCwem46c9AOI+ssbZMCn7IwWr51Ftgou2dD3RLfSEChF2CCkrvm0RKl5dk0A1sQxy8L9sa&#10;9EG2hdQt3gPc1HIYRbE0WHFYKLGhdUn5d3o1CupdcUnn2+3m06+nE4zP2SXbZ0q9PHfvbyA8df4R&#10;/m9/aAXxZBQNx6P5FP4uhTsgl78AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAp7cYyswA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:formulas>
+                      <v:f eqn="val #0"/>
+                      <v:f eqn="val #1"/>
+                      <v:f eqn="sum height 0 #1"/>
+                      <v:f eqn="sum 10800 0 #1"/>
+                      <v:f eqn="sum width 0 #0"/>
+                      <v:f eqn="prod @4 @3 10800"/>
+                      <v:f eqn="sum width 0 @5"/>
+                    </v:formulas>
+                    <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                    <v:handles>
+                      <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
+                    </v:handles>
+                  </v:shapetype>
+                  <v:shape id="Arrow: Down 347441358" o:spid="_x0000_s1044" type="#_x0000_t67" style="position:absolute;left:39242;top:12146;width:2045;height:4160;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCfoSnHxwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L/g/hCd5m6qybVKM4cTgGO1g9eHw0z7bYvIQm2u6/Xw4Djx/f79WmN414UOtrywqmkwQEcWF1&#10;zaWC8+nzZQHCB2SNjWVS8EseNuvhYIWZth0f6ZGHUsQQ9hkqqEJwmZS+qMign1hHHLmrbQ2GCNtS&#10;6ha7GG4a+Zokb9JgzbGhQke7iopbfjcKvg/760+3dXP3kdrL4lJwHo4HpcajfrsEEagPT/G/+0sr&#10;mKXvaTqdzePmeCneAbn+AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJ+hKcfHAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="16291" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:line id="Straight Connector 827621287" o:spid="_x0000_s1045" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="19897,1255" to="19897,6005" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD9kVxGywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81Y2BJmnqKkVQPAi2aQn09si+JrHZtyG7avz3rlDwOMzMN8x8OZpOnGhwrWUFs2kE&#10;griyuuVawffX+jkD4Tyyxs4yKbiQg+Xi8WGOubZn/qRT4WsRIOxyVNB43+dSuqohg25qe+Lg/drB&#10;oA9yqKUe8BzgppNxFCXSYMthocGeVg1Vf8XRKOj29aF43WzWO79KXzD5KQ/lR6nU5Gl8fwPhafT3&#10;8H97qxVkcZrEszhL4XYp3AG5uAIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD9kVxGywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="_x0000_s1046" type="#_x0000_t202" style="position:absolute;left:71904;top:25038;width:23749;height:4762;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCbKC2/zAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RSsNA&#10;EEXfBf9hGcEXsZvEIm3abRFLUVoC2vYDhuyYRLOzIbu26987D4KPM3Pn3nuW6+R6daYxdJ4N5JMM&#10;FHHtbceNgdNxez8DFSKyxd4zGfihAOvV9dUSS+sv/E7nQ2yUmHAo0UAb41BqHeqWHIaJH4jl9uFH&#10;h1HGsdF2xIuYu14XWfaoHXYsCS0O9NxS/XX4dgb223kVdp9Fd1dtNru300s6YpWMub1JTwtQkVL8&#10;F/99v1qp/1DMsmmeT4VCmGQBevULAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAmygtv8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="#c00000">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2D03090E" w14:textId="7FABFA2F" w:rsidR="003E5828" w:rsidRPr="0032296C" w:rsidRDefault="003E5828" w:rsidP="0032296C">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Note:</w:t>
+                          </w:r>
+                          <w:r w:rsidR="0032296C">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> </w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="0032296C">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>The centre of mass of the single load area is taken to be at the geometric centre of the stock crate.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:rect id="Rectangle 1965123307" o:spid="_x0000_s1047" style="position:absolute;left:33529;top:18698;width:5296;height:4526;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmYjkVyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFHoR3USpj+gqpRBoDwGNgngbs9MkNDsbsluN/75bKHic7z3rbW8acaXO1ZYVxOMIBHFh&#10;dc2lguMhHS1AOI+ssbFMCu7kYLt5Gqwx0fbGe7rmvhQhhF2CCirv20RKV1Rk0I1tSxy4L9sZ9OHs&#10;Sqk7vIVw08hJFM2kwZpDQ4UtvVdUfOc/RoHP0iw7f+57OYzvOysvzSm3qVIvz/3bCoSn3j/E/+4P&#10;HeYvZ6/xZDqN5vD3UwBAbn4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5mI5FckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" fillcolor="#4daed0 [3204]" strokecolor="#091a21 [484]" strokeweight="2pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="687F1F7F" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                          <w:pPr>
+                            <w:spacing w:before="0" w:after="240"/>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:sz w:val="14"/>
+                              <w:szCs w:val="14"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:shape id="Picture 406456711" o:spid="_x0000_s1048" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:34888;top:20107;width:2552;height:2547;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCVRE3FygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BTsMw&#10;EETvSP0Haytxo05QCSjUrVpQRQ5cmuYDFntJQuN1FJsk8PUYCYnjaGbeaDa72XZipMG3jhWkqwQE&#10;sXam5VpBdT7ePIDwAdlg55gUfJGH3XZxtcHcuIlPNJahFhHCPkcFTQh9LqXXDVn0K9cTR+/dDRZD&#10;lEMtzYBThNtO3iZJJi22HBca7OmpIX0pP62Cl4+qPZRvl/G1OH4XmvVzNdmzUtfLef8IItAc/sN/&#10;7cIoWCfZ+i67T1P4vRTvgNz+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJVETcXKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                    <v:imagedata r:id="rId25" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1389117848" o:spid="_x0000_s1049" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="36126,20429" to="36126,26665" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC0NgXwzQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PS8NA&#10;EMXvQr/DMoI3u4l/2jR2W6TQ4qGgRgl4G7JjkjY7G7JrG7995yB4nHlv3vvNcj26Tp1oCK1nA+k0&#10;AUVcedtybeDzY3ubgQoR2WLnmQz8UoD1anK1xNz6M7/TqYi1khAOORpoYuxzrUPVkMMw9T2xaN9+&#10;cBhlHGptBzxLuOv0XZLMtMOWpaHBnjYNVcfixxnoXutDsdjttvu4mT/i7Ks8lG+lMTfX4/MTqEhj&#10;/Df/Xb9Ywb/PFmk6zx4EWn6SBejVBQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALQ2BfDN&#10;AAAA4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Straight Arrow Connector 1343815251" o:spid="_x0000_s1050" type="#_x0000_t32" style="position:absolute;left:36100;top:25497;width:12928;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAVSSCNyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKfRWN1FTJHWVUhBa9eIDtLchO2aD2dmY3cb477sFocf53jOd97YWHbW+cqwgHSQgiAun&#10;Ky4V7HeLlwkIH5A11o5JwY08zGePD1PMtbvyhrptKEUMYZ+jAhNCk0vpC0MW/cA1xJE7udZiiGdb&#10;St3iNYbbWg6T5FVarDg2GGzow1Bx3v5YBcvd+eDqbLw+XL6/Vqvl6WjNzSn1/NS/v4EI1Id/8d39&#10;qeP80Xg0SbNhlsLfTxEAOfsFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAFUkgjckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="_x0000_s1051" type="#_x0000_t202" style="position:absolute;left:39884;top:24227;width:5175;height:2648;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1b9E6ywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BSwMx&#10;FITvgv8hPMGbTVyWut02LUUt6KXSVu+vm+fu6uZlSWK79tebgtDjMDPfMLPFYDtxIB9axxruRwoE&#10;ceVMy7WG993qrgARIrLBzjFp+KUAi/n11QxL4468ocM21iJBOJSooYmxL6UMVUMWw8j1xMn7dN5i&#10;TNLX0ng8JrjtZKbUWFpsOS002NNjQ9X39sdqeKr2k6/u5Kx/e10X6+XzqtjJD61vb4blFESkIV7C&#10;/+0XoyFTk3Gu8vwhg/On9Afk/A8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1b9E6ywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6FE83AED" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:position w:val="-4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Arrow: Down 857882261" o:spid="_x0000_s1052" type="#_x0000_t67" style="position:absolute;left:35104;top:22774;width:2044;height:2337;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD2suLpyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvgv8hPKE3zRqpLqtRpCJIT9YKXh+b192lycu6SXXtr28KhR6HmfmGWW16Z8WNutB41jCdZCCI&#10;S28arjSc3/fjHESIyAatZ9LwoACb9XCwwsL4O7/R7RQrkSAcCtRQx9gWUoayJodh4lvi5H34zmFM&#10;squk6fCe4M5KlWVz6bDhtFBjSy81lZ+nL6fhaB9e8eVoD5Zf4+y72l2l2mn9NOq3SxCR+vgf/msf&#10;jIb8eZHnSs2n8Hsp3QG5/gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQD2suLpyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" adj="12150" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:shape id="_x0000_s1053" type="#_x0000_t202" style="position:absolute;left:26314;top:23713;width:8433;height:2559;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB5Nb4bywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;EEXfhf7DMgVfpG5USGrqKmIpiDQPTfsBQ3aaRLOzIbs1ab7eFQp9nLl37rmz2Q2mEVfqXG1ZwWIe&#10;gSAurK65VPD1+fb0DMJ5ZI2NZVLwSw5224fJBlNte/6ga+5LEULYpaig8r5NpXRFRQbd3LbEQfu2&#10;nUEfxq6UusM+hJtGLqMolgZrDoQKWzpUVFzyH6OAsn72np1GmxWxPOev/Rj4o1LTx2H/AsLT4P/N&#10;f9dHHeqvk/VqlcSLBO4/hQXI7Q0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB5Nb4bywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3B29969A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>100kg (M</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:position w:val="-4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Picture 792201856" o:spid="_x0000_s1054" type="#_x0000_t75" style="position:absolute;left:72094;top:17516;width:23249;height:7153;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAXnESPygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gre6sYUU5tmFWkQpL1UzcXbI/uaBLNvl+yq8d93C4Ueh5n5hinWo+nFlQbfWVYwnyUg&#10;iGurO24UVMft0xKED8gae8uk4E4e1qvJQ4G5tjfe0/UQGhEh7HNU0Ibgcil93ZJBP7OOOHrfdjAY&#10;ohwaqQe8RbjpZZokmTTYcVxo0dF7S/X5cDEKsu5cunvp9pcPXZ2+3Kcry2en1PRx3LyBCDSG//Bf&#10;e6cVvLymaTJfLjL4vRTvgFz9AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhABecRI/KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                    <v:imagedata r:id="rId26" o:title=""/>
+                  </v:shape>
+                </v:group>
+                <w10:wrap type="tight"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="27E8267C" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="10193253" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:sectPr w:rsidR="003E5828" w:rsidSect="00B23240">
+          <w:headerReference w:type="even" r:id="rId27"/>
+          <w:headerReference w:type="default" r:id="rId28"/>
+          <w:footerReference w:type="even" r:id="rId29"/>
+          <w:footerReference w:type="default" r:id="rId30"/>
+          <w:headerReference w:type="first" r:id="rId31"/>
+          <w:footerReference w:type="first" r:id="rId32"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+          <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="31AC545F" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="008062C1" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:pStyle w:val="Note"/>
+        <w:ind w:left="0" w:firstLine="0"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B2D9F85" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="0087243A" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="6190"/>
+        </w:tabs>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="604D9771" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BB7B9FF" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="72672D59" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7B4394A2" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AA9FADE" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="160A05C5" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="198C185B" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E8F20F8" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="43F08FA1" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7EC2DC8A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7C6B0BEE" wp14:editId="31B5A8C4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6313170</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>36830</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2070100" cy="680085"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="24765"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1920052123" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2070100" cy="680085"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="45835934" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00640161" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Wheelbase</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00640161">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5B01EFC3" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(B9) </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Trailer</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Wheelbase: _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7457FDCE" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00CF3281" w:rsidRDefault="003E5828" w:rsidP="003E5828"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7C6B0BEE" id="Text Box 2" o:spid="_x0000_s1055" type="#_x0000_t202" style="position:absolute;margin-left:497.1pt;margin-top:2.9pt;width:163pt;height:53.55pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDnPGSLGQIAACYEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtgJkl6MOEWbLsOA&#10;rhvQ7QNkWY6FyaJGKbGzrx8lp2m6YS/D9CCIonRIHh4ub4bOsL1Cr8GWfDrJOVNWQq3ttuTfvm7e&#10;XXHmg7C1MGBVyQ/K85vV2zfL3hVqBi2YWiEjEOuL3pW8DcEVWeZlqzrhJ+CUJWcD2IlAJm6zGkVP&#10;6J3JZnl+kfWAtUOQynu6vR+dfJXwm0bJ8LlpvArMlJxyC2nHtFdxz1ZLUWxRuFbLYxriH7LohLYU&#10;9AR1L4JgO9R/QHVaInhowkRCl0HTaKlSDVTNNP+tmqdWOJVqIXK8O9Hk/x+sfNw/uS/IwnAHAzUw&#10;FeHdA8jvnllYt8Ju1S0i9K0SNQWeRsqy3vni+DVS7QsfQar+E9TUZLELkICGBrvICtXJCJ0acDiR&#10;robAJF3O8kuqnFySfBdXeX61SCFE8fzboQ8fFHQsHkqO1NSELvYPPsRsRPH8JAbzYHS90cYkA7fV&#10;2iDbCxLAJq0j+qtnxrK+5NeL2WIk4K8QeX6Xb5JsKOoriE4HUrLRXcmpCFqjtiJt722ddBaENuOZ&#10;Pht75DFSN5IYhmpguiaA+DfSWkF9IGIRRuHSoNGhBfzJWU+iLbn/sROoODMfLTXnejqfR5UnY764&#10;nJGB557q3COsJKiSB87G4zqkyYi8WbilJjY68fuSyTFlEmOi/Tg4Ue3ndnr1Mt6rXwAAAP//AwBQ&#10;SwMEFAAGAAgAAAAhAL3+1kfdAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMT8tOwzAQvCPxD9Yi&#10;caN20gJNiFNVlRBXSGl7dWOTBOx1iJ02/D3bE9x2dkbzKFaTs+xkhtB5lJDMBDCDtdcdNhLet893&#10;S2AhKtTKejQSfkyAVXl9Vahc+zO+mVMVG0YmGHIloY2xzzkPdWucCjPfGyTuww9ORYJDw/WgzmTu&#10;LE+FeOBOdUgJrerNpjX1VzU6yv1cbKxY7x/H5Ptl97rl8121PEh5ezOtn4BFM8U/MVzqU3UoqdPR&#10;j6gDsxKybJGSVMI9Lbjw81TQ40hXkmbAy4L/n1D+AgAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAOc8ZIsZAgAAJgQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAL3+1kfdAAAACgEAAA8AAAAAAAAAAAAAAAAAcwQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="45835934" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00640161" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Wheelbase</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00640161">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5B01EFC3" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(B9) </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Trailer</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Wheelbase: _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7457FDCE" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00CF3281" w:rsidRDefault="003E5828" w:rsidP="003E5828"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2118320F" wp14:editId="38452E89">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3382645</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>37134</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2880995" cy="1360170"/>
+                <wp:effectExtent l="0" t="0" r="14605" b="11430"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1274698245" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2880995" cy="1360170"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="6EB0AC3D" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00640161" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00640161">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Centre of Mass to ROH Line - D:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0ACC894A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="63BB895D" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2C919871" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m): (If applicable)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6891F0DA" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="41D1D82D" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00CF3281" w:rsidRDefault="003E5828" w:rsidP="003E5828"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="2118320F" id="_x0000_s1056" type="#_x0000_t202" style="position:absolute;margin-left:266.35pt;margin-top:2.9pt;width:226.85pt;height:107.1pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDCieIBGgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X2xnSZtYcao2XaZJ&#10;3YfU7QdgwDEa5jIgsbtfvwtO0qzTXqbxgLhcOJx77mF1M3SaHKTzCkxFi0lOiTQchDK7in77un2z&#10;oMQHZgTTYGRFn6SnN+vXr1a9LeUUWtBCOoIgxpe9rWgbgi2zzPNWdsxPwEqDyQZcxwKGbpcJx3pE&#10;73Q2zfOrrAcnrAMuvcfd+zFJ1wm/aSQPn5vGy0B0RZFbSLNLcx3nbL1i5c4x2yp+pMH+gUXHlMFH&#10;z1D3LDCyd+oPqE5xBx6aMOHQZdA0istUA1ZT5C+qeWyZlakWFMfbs0z+/8HyT4dH+8WRMNzBgA1M&#10;RXj7APy7JwY2LTM7eesc9K1kAh8uomRZb315vBql9qWPIHX/EQQ2me0DJKChcV1UBeskiI4NeDqL&#10;LodAOG5OF4t8uZxTwjFXvL3Ki+vUloyVp+vW+fBeQkfioqIOu5rg2eHBh0iHlacj8TUPWomt0joF&#10;bldvtCMHhg7YppEqeHFMG9JXdDmfzkcF/gqR53f59kTwt5c6FdDKWnUVXeRxjOaKur0zIhktMKXH&#10;NVLW5ihk1G5UMQz1QJRAIvFu1LUG8YTKOhidiz8NFy24n5T06NqK+h975iQl+oPB7iyL2SzaPAWz&#10;+fUUA3eZqS8zzHCEqmigZFxuQvoaUTcDt9jFRiV9n5kcKaMbk+zHnxPtfhmnU8//e/0LAAD//wMA&#10;UEsDBBQABgAIAAAAIQBtANWJ3QAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqNO0tCHEqapKiCukFK5uvCQBex1ipw1/z3KC265mNG+m2EzOihMOofOkYD5LQCDV3nTUKHjZ&#10;P9xkIELUZLT1hAq+McCmvLwodG78mZ7xVMVGcAiFXCtoY+xzKUPdotNh5nsk1t794HTkd2ikGfSZ&#10;w52VaZKspNMdMaHVPe5arD+r0TH3Y7mzyfZ1Pc6/Hg9Pe7k4VNmbUtdX0/YeRMQp/pnhtz5Xh5I7&#10;Hf1IJgir4HaRrtnKBy9g/S5bLUEcFaTMBVkW8v+C8gcAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDCieIBGgIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQBtANWJ3QAAAAkBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="6EB0AC3D" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00640161" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00640161">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Centre of Mass to ROH Line - D:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0ACC894A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="63BB895D" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2C919871" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m): (If applicable)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6891F0DA" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00FE17B2" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="41D1D82D" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="00CF3281" w:rsidRDefault="003E5828" w:rsidP="003E5828"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="51170361" wp14:editId="7AE97042">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-15875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>27940</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3347085" cy="1995170"/>
+                <wp:effectExtent l="0" t="0" r="24765" b="24130"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1638159621" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3347085" cy="1995170"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2A5F0F4A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Load Area – Imposed Load – M:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1BDA54AA" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B7) Internal Stock Crate Loaded Deck Length (m): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="21EEBBE0" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B6) Internal Stock Crate Loaded Deck Width (m): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5EAA4A1A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>8</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) Number of Decks: _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="45E9BD75" w14:textId="43B279B4" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D6) M = B7 x B6 x B8 x SL</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00EF58DC">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="33160E91" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:ind w:firstLine="567"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ x ______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>x</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ______ </w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellStart"/>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>x</w:t>
+                            </w:r>
+                            <w:proofErr w:type="spellEnd"/>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="70399B14" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004A5D90">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D6) M = ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="51170361" id="_x0000_s1057" type="#_x0000_t202" style="position:absolute;margin-left:-1.25pt;margin-top:2.2pt;width:263.55pt;height:157.1pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAVLSMdGwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N7azSZNYcVa72aaq&#10;tL1I234AxjhGxQwFEjv9+g7YyaZb9aUqD4hh4MzMmTPr275V5Cisk6ALmk1SSoTmUEm9L+i3r7s3&#10;S0qcZ7piCrQo6Ek4ert5/WrdmVxMoQFVCUsQRLu8MwVtvDd5kjjeiJa5CRih0VmDbZlH0+6TyrIO&#10;0VuVTNP0bdKBrYwFLpzD24fBSTcRv64F95/r2glPVEExNx93G/cy7MlmzfK9ZaaRfEyD/UMWLZMa&#10;g16gHphn5GDlH1Ct5BYc1H7CoU2griUXsQasJktfVPPUMCNiLUiOMxea3P+D5Z+OT+aLJb6/hx4b&#10;GItw5hH4d0c0bBum9+LOWugawSoMnAXKks64fPwaqHa5CyBl9xEqbDI7eIhAfW3bwArWSRAdG3C6&#10;kC56Tzhe3tzMFulyTglHX7ZazbNFbEvC8vN3Y51/L6Al4VBQi12N8Oz46HxIh+XnJyGaAyWrnVQq&#10;GnZfbpUlR4YK2MUVK3jxTGnSFXQ1n84HBv4Kkab36e6c4G+RWulRykq2BV2mYQ3iCry901UUmmdS&#10;DWdMWemRyMDdwKLvy57ICnmInwOxJVQnpNbCIF0cNTw0YH9S0qFsC+p+HJgVlKgPGtuzymazoPNo&#10;zOaLKRr22lNee5jmCFVQT8lw3Po4G4E4DXfYxlpGgp8zGXNGOUbex9EJer+246vnAd/8AgAA//8D&#10;AFBLAwQUAAYACAAAACEACpG1894AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPQU+DQBSE7yb+&#10;h80z8dYuUEoJsjRNE+NVqbXXLfsEdPctskuL/971pMfJTGa+Kbez0eyCo+stCYiXETCkxqqeWgGv&#10;h8dFDsx5SUpqSyjgGx1sq9ubUhbKXukFL7VvWSghV0gBnfdDwblrOjTSLe2AFLx3OxrpgxxbrkZ5&#10;DeVG8ySKMm5kT2GhkwPuO2w+68mE3Y90r6Pd22aKv56Ozwe+Otb5SYj7u3n3AMzj7P/C8Isf0KEK&#10;TGc7kXJMC1gk65AUkKbAgr1O0gzYWcAqzjPgVcn/H6h+AAAA//8DAFBLAQItABQABgAIAAAAIQC2&#10;gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAG&#10;AAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAG&#10;AAgAAAAhABUtIx0bAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0A&#10;FAAGAAgAAAAhAAqRtfPeAAAACAEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2LnhtbFBL&#10;BQYAAAAABAAEAPMAAACABQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2A5F0F4A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Load Area – Imposed Load – M:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1BDA54AA" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B7) Internal Stock Crate Loaded Deck Length (m): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="21EEBBE0" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B6) Internal Stock Crate Loaded Deck Width (m): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5EAA4A1A" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>8</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) Number of Decks: _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="45E9BD75" w14:textId="43B279B4" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D6) M = B7 x B6 x B8 x SL</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00EF58DC">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="33160E91" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:ind w:firstLine="567"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ x ______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>x</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ______ </w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellStart"/>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>x</w:t>
+                      </w:r>
+                      <w:proofErr w:type="spellEnd"/>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="70399B14" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="004A5D90" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004A5D90">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D6) M = ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="14939E29" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7E274077" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42E11090" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F453D8D" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E5730E0" w14:textId="77777777" w:rsidR="003E5828" w:rsidRPr="006973A7" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="61FAD55E" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828" w:rsidP="003E5828">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="41941BC5" w14:textId="57B15E8C" w:rsidR="00872EA8" w:rsidRDefault="00872EA8" w:rsidP="00872EA8">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78C7840F" wp14:editId="6DBE8220">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-27305</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>344170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3132455" cy="3307715"/>
+                <wp:effectExtent l="0" t="0" r="10795" b="26035"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1008965121" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3132455" cy="3307715"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1D7335B4" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Forward Axle Mass (FAM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="67E00791" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="188F22F7" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B1598A">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B1598A">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>÷ B9) x D6</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="463D16AD" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ ÷ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______) x _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="309BC67C" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="631A6281" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0641D871" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">÷ B9) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00EA0F0C">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="271917E8" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ ÷ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______) x _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="08B6E33F" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6B3891B2" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B04DA5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="743A4123" w14:textId="5985FBCE" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00003F45">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D7</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="79E1D612" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="67DE6234" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="78C7840F" id="_x0000_s1058" type="#_x0000_t202" style="position:absolute;margin-left:-2.15pt;margin-top:27.1pt;width:246.65pt;height:260.45pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQB8wSvmHAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthO4qU14hRtugwD&#10;ugvQ7QNkWY6FyaImKbGzrx8lu2m6YS/D9CCIonRIHh6ub4ZOkaOwToIuaTZLKRGaQy31vqTfvu7e&#10;XFHiPNM1U6BFSU/C0ZvN61fr3hRiDi2oWliCINoVvSlp670pksTxVnTMzcAIjc4GbMc8mnaf1Jb1&#10;iN6pZJ6mb5MebG0scOEc3t6PTrqJ+E0juP/cNE54okqKufm427hXYU82a1bsLTOt5FMa7B+y6JjU&#10;GPQMdc88Iwcr/4DqJLfgoPEzDl0CTSO5iDVgNVn6WzWPLTMi1oLkOHOmyf0/WP7p+Gi+WOKHOxiw&#10;gbEIZx6Af3dEw7Zlei9urYW+FazGwFmgLOmNK6avgWpXuABS9R+hxiazg4cINDS2C6xgnQTRsQGn&#10;M+li8ITj5SJbzJd5TglH32KRrlZZHmOw4um7sc6/F9CRcCipxa5GeHZ8cD6kw4qnJyGaAyXrnVQq&#10;GnZfbZUlR4YK2MU1ob94pjTpS3qdz/ORgb9CpOlduou6wagvIDrpUcpKdiW9SsMaxRV4e6frKDTP&#10;pBrP+FnpicjA3ciiH6qByBpZjjQHYiuoT0ithVG6OGp4aMH+pKRH2ZbU/TgwKyhRHzS25zpbLoPO&#10;o7HMV3M07KWnuvQwzRGqpJ6S8bj1cTYCcRpusY2NjAQ/ZzLljHKMvE+jE/R+acdXzwO++QUAAP//&#10;AwBQSwMEFAAGAAgAAAAhABHbaKDeAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SNxaJ21KQ4hTVZUQV0gpXN14SQLxOsROG/6e7QmOuzOaeZNvJtuJEw6+daQgnkcgkCpnWqoV&#10;vO4fZykIHzQZ3TlCBT/oYVNcX+U6M+5ML3gqQy04hHymFTQh9JmUvmrQaj93PRJrH26wOvA51NIM&#10;+szhtpOLKLqTVrfEDY3ucddg9VWOlns/k10Xbd/WY/z9dHjey+WhTN+Vur2Ztg8gAk7hzwwXfEaH&#10;gpmObiTjRadglizZqWCVLECwnqT3vO3Ij/UqBlnk8v+C4hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQB8wSvmHAIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQAR22ig3gAAAAkBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1D7335B4" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Forward Axle Mass (FAM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="67E00791" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="188F22F7" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B1598A">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B1598A">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>÷ B9) x D6</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="463D16AD" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ ÷ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______) x _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="309BC67C" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="631A6281" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0641D871" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">÷ B9) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00EA0F0C">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="271917E8" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ ÷ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______) x _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="08B6E33F" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6B3891B2" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B04DA5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="743A4123" w14:textId="5985FBCE" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00003F45">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D7</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="79E1D612" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="67DE6234" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="09890FBF" wp14:editId="52DAED10">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3169285</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>344170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3132455" cy="3299460"/>
+                <wp:effectExtent l="0" t="0" r="10795" b="15240"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="2037672695" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3132455" cy="3299460"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="30384F0F" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Rearward</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Axle Mass (</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>AM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7B3DCADC" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>AM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0C9C6704" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006E4EFB">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B9 – D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006E4EFB">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) ÷ B9) x D6</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6728B920" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">____ - </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______) ÷ __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">____) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2052F511" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="29904AFE" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>AM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1F99C67F" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B9 – D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006E4EFB">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) ÷ B9) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006E4EFB">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6960AFE7" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">____ - </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______) ÷ __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">____) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3D4932D8" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3C3060F6" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B04DA5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="270484B3" w14:textId="34F81201" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00003F45">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D8</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>AM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE44B1">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003915B0">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="73639DDE" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4FAC3B7E" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:firstLine="1276"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00FE17B2">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="09890FBF" id="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:249.55pt;margin-top:27.1pt;width:246.65pt;height:259.8pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDZPBLhHAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3acZLux4qx2s01V&#10;aXuRtv0AjHGMCgwFEnv79R1wkk236ktVHhDDwJmZM2dWN4NW5CCcl2AqOp3klAjDoZFmV9FvX7dv&#10;rinxgZmGKTCiok/C05v161er3paigA5UIxxBEOPL3la0C8GWWeZ5JzTzE7DCoLMFp1lA0+2yxrEe&#10;0bXKijy/ynpwjXXAhfd4ez866Trht63g4XPbehGIqijmFtLu0l7HPVuvWLlzzHaSH9Ng/5CFZtJg&#10;0DPUPQuM7J38A0pL7sBDGyYcdAZtK7lINWA10/xFNY8dsyLVguR4e6bJ/z9Y/unwaL84EoY7GLCB&#10;qQhvH4B/98TApmNmJ26dg74TrMHA00hZ1ltfHr9Gqn3pI0jdf4QGm8z2ARLQ0DodWcE6CaJjA57O&#10;pIshEI6Xs+msmC8WlHD0zYrlcn6V2pKx8vTdOh/eC9AkHirqsKsJnh0efIjpsPL0JEbzoGSzlUol&#10;w+3qjXLkwFAB27RSBS+eKUP6ii4XxWJk4K8QeX6Xb08J/hZJy4BSVlJX9DqPaxRX5O2daZLQApNq&#10;PGPKyhyJjNyNLIahHohskOUifo7E1tA8IbUORuniqOGhA/eTkh5lW1H/Y8+coER9MNie5XQ+jzpP&#10;xnzxtkDDXXrqSw8zHKEqGigZj5uQZiMSZ+AW29jKRPBzJsecUY6J9+PoRL1f2unV84CvfwEAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKtn+7zfAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AQhu8m&#10;/ofNmHizCxQtUJamaWK8KrV63bJTQPcD2aXFf+940uPMPHnfZ8rNbDQ74+h7ZwXEiwgY2sap3rYC&#10;XvePdxkwH6RVUjuLAr7Rw6a6viplodzFvuC5Di2jEOsLKaALYSg4902HRvqFG9DS7eRGIwONY8vV&#10;KC8UbjRPouiBG9lbaujkgLsOm896MtT7ke50tH1bTfHX0+F5z5eHOnsX4vZm3q6BBZzDHwy/+qQO&#10;FTkd3WSVZ1pAmucxoQLu0wQYAXmepMCOtFgtM+BVyf+/UP0AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA2TwS4RwCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAq2f7vN8AAAAKAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="30384F0F" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Rearward</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Axle Mass (</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>AM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7B3DCADC" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>AM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0C9C6704" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006E4EFB">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B9 – D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006E4EFB">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) ÷ B9) x D6</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6728B920" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">____ - </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______) ÷ __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">____) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2052F511" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="29904AFE" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>AM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1F99C67F" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B9 – D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006E4EFB">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) ÷ B9) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006E4EFB">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6960AFE7" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">____ - </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______) ÷ __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">____) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3D4932D8" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00BE44B1" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3C3060F6" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B04DA5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="270484B3" w14:textId="34F81201" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00003F45">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D8</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>AM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE44B1">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003915B0">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="73639DDE" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4FAC3B7E" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="00FE17B2" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:firstLine="1276"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00FE17B2">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3073E66F" wp14:editId="5BBF3ED9">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6365875</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>344170</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3371215" cy="3673475"/>
+                <wp:effectExtent l="0" t="0" r="19685" b="22225"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1823702086" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3371215" cy="3673475"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="56492189" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="006E4EFB" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="006E4EFB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Total S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4E986EA5" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(C1) Front Axle Group Unladen Mass: _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="48D97CAB" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(C2) Rear Axle Group Unladen Mass: _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5A9085F5" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Front Axle Group S10 Laden Mass</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="75700009" w14:textId="3E96488C" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00003F45">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D9</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) Front Axle Group S10 Laden Mass = C1 + </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00003F45">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D7</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="64BE5905" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="2160" w:firstLine="1242"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="756A097A" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="3402"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7FFA8667" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Rear Axle Group S10 Laden Mass</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="49030BA3" w14:textId="465D087C" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004C7B6D">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D10</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) Rear Axle Group S10 Laden Mass = C2 + </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00003F45">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D8</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="14E24D8D" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="2160" w:firstLine="1242"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="48C5CBD3" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="3402"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="672940EE" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Vehicle S10 Laden Mass</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="34ACDE27" w14:textId="3C4B2385" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(</w:t>
+                            </w:r>
+                            <w:r w:rsidR="004C7B6D">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D11</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) Vehicle S10 Laden Mass = </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00003F45">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D9</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + </w:t>
+                            </w:r>
+                            <w:r w:rsidR="004C7B6D">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D10</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="66D34306" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="1440" w:firstLine="1254"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="51BF3A9C" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:ind w:left="2694"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008107D9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3073E66F" id="_x0000_s1060" type="#_x0000_t202" style="position:absolute;margin-left:501.25pt;margin-top:27.1pt;width:265.45pt;height:289.25pt;z-index:251658245;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCHWVWbHQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjOpWmNOEWbLsOA&#10;7gK0+wBZlmNhsqhJSuzs60vJbpp22MswPQiiKB2Sh4er675V5CCsk6ALmk1SSoTmUEm9K+iPx+2H&#10;S0qcZ7piCrQo6FE4er1+/27VmVxMoQFVCUsQRLu8MwVtvDd5kjjeiJa5CRih0VmDbZlH0+6SyrIO&#10;0VuVTNP0IunAVsYCF87h7d3gpOuIX9eC+2917YQnqqCYm4+7jXsZ9mS9YvnOMtNIPqbB/iGLlkmN&#10;QU9Qd8wzsrfyD6hWcgsOaj/h0CZQ15KLWANWk6VvqnlomBGxFiTHmRNN7v/B8q+HB/PdEt/fQo8N&#10;jEU4cw/8pyMaNg3TO3FjLXSNYBUGzgJlSWdcPn4NVLvcBZCy+wIVNpntPUSgvrZtYAXrJIiODTie&#10;SBe9JxwvZ7NlNs0WlHD0zS6Ws/lyEWOw/Pm7sc5/EtCScCioxa5GeHa4dz6kw/LnJyGaAyWrrVQq&#10;GnZXbpQlB4YK2MY1or96pjTpCnq1mC4GBv4Kkaa36TbqBqO+gmilRykr2Rb0Mg1rEFfg7aOuotA8&#10;k2o442elRyIDdwOLvi97IitkeRY+B2JLqI5IrYVBujhqeGjA/qakQ9kW1P3aMysoUZ81tucqm8+D&#10;zqMxXyynaNhzT3nuYZojVEE9JcNx4+NsBOI03GAbaxkJfslkzBnlGHkfRyfo/dyOr14GfP0EAAD/&#10;/wMAUEsDBBQABgAIAAAAIQAThUQc4AAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsqN082iqNU1WVEFtIKWzdeJoE4nGInTb8Pe6qLK/m6N4z+WYyHTvj4FpLEuYzAQypsrql&#10;WsL7/vlpBcx5RVp1llDCLzrYFPd3ucq0vdAbnktfs1BCLlMSGu/7jHNXNWiUm9keKdxOdjDKhzjU&#10;XA/qEspNxyMhFtyolsJCo3rcNVh9l6MJu1/JrhPbj+U4/3k5vO55fChXn1I+PkzbNTCPk7/BcNUP&#10;6lAEp6MdSTvWhSxElAZWQppEwK5EGscJsKOERRwtgRc5//9E8QcAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQCHWVWbHQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQAThUQc4AAAAAwBAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="56492189" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="006E4EFB" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006E4EFB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Total S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4E986EA5" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(C1) Front Axle Group Unladen Mass: _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="48D97CAB" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(C2) Rear Axle Group Unladen Mass: _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5A9085F5" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Front Axle Group S10 Laden Mass</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="75700009" w14:textId="3E96488C" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00003F45">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D9</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) Front Axle Group S10 Laden Mass = C1 + </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00003F45">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D7</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="64BE5905" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="2160" w:firstLine="1242"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="756A097A" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="3402"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7FFA8667" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Rear Axle Group S10 Laden Mass</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="49030BA3" w14:textId="465D087C" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004C7B6D">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D10</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) Rear Axle Group S10 Laden Mass = C2 + </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00003F45">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D8</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="14E24D8D" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="2160" w:firstLine="1242"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="48C5CBD3" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="3402"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="672940EE" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Vehicle S10 Laden Mass</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="34ACDE27" w14:textId="3C4B2385" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(</w:t>
+                      </w:r>
+                      <w:r w:rsidR="004C7B6D">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D11</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) Vehicle S10 Laden Mass = </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00003F45">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D9</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + </w:t>
+                      </w:r>
+                      <w:r w:rsidR="004C7B6D">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D10</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="66D34306" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="1440" w:firstLine="1254"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="51BF3A9C" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="008107D9" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:ind w:left="2694"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008107D9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t>Dog Trailer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Dog Trailer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="596A53DC" w14:textId="6EED8249" w:rsidR="004E05B7" w:rsidRDefault="00872EA8" w:rsidP="004E05B7">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F1FF922" wp14:editId="06EF2B53">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="margin">
+                  <wp:align>left</wp:align>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3844290</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9755505" cy="2114550"/>
+                <wp:effectExtent l="0" t="0" r="17145" b="19050"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1219816554" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9755505" cy="2114550"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="51F244E0" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="001C7621" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Notes</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001C7621">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5F1FF922" id="_x0000_s1061" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:302.7pt;width:768.15pt;height:166.5pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:left;mso-position-horizontal-relative:margin;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDv4NAXGAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N74o7u5acVa72aaq&#10;tL1I234AxjhGxQwFEjv9+g7YyWZb9aUqD4hh4HDmzGF1O/aKHIR1EnRFs0VKidAcGql3Ff32dfvm&#10;mhLnmW6YAi0qehSO3q5fv1oNphQ5dKAaYQmCaFcOpqKd96ZMEsc70TO3ACM0JluwPfMY2l3SWDYg&#10;eq+SPE3fJgPYxljgwjncfZiSdB3x21Zw/7ltnfBEVRS5+TjbONdhTtYrVu4sM53kMw32Dyx6JjU+&#10;eoZ6YJ6RvZV/QPWSW3DQ+gWHPoG2lVzEGrCaLP2tmqeOGRFrQXGcOcvk/h8s/3R4Ml8s8eM9jNjA&#10;WIQzj8C/O6Jh0zG9E3fWwtAJ1uDDWZAsGYwr56tBale6AFIPH6HBJrO9hwg0trYPqmCdBNGxAcez&#10;6GL0hOPmzVVRFGlBCcdcnmVLjOIbrDxdN9b59wJ6EhYVtdjVCM8Oj84HOqw8HQmvOVCy2UqlYmB3&#10;9UZZcmDogG0cM/qLY0qTAbkUeTEp8FeINL1PtyeCLyB66dHKSvYVvU7DmMwVdHunm2g0z6Sa1khZ&#10;6VnIoN2koh/rkcgGVV6Gy0HYGpojSmthsi5+NVx0YH9SMqBtK+p+7JkVlKgPGttzky2XwecxWBZX&#10;OQb2MlNfZpjmCFVRT8m03Pj4N4JwGu6wja2MAj8zmTmjHaPu89cJfr+M46nnD77+BQAA//8DAFBL&#10;AwQUAAYACAAAACEAydpNKd4AAAAJAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8g7VI&#10;3KhdkoYQ4lRVJcQVUgpXN16SgL0OsdOGv8c9wXE0o5k35Xq2hh1x9L0jCcuFAIbUON1TK+F193iT&#10;A/NBkVbGEUr4QQ/r6vKiVIV2J3rBYx1aFkvIF0pCF8JQcO6bDq3yCzcgRe/DjVaFKMeW61GdYrk1&#10;/FaIjFvVU1zo1IDbDpuverJx9zPdGrF5u5uW30/75x1P9nX+LuX11bx5ABZwDn9hOONHdKgi08FN&#10;pD0zEuKRICETqxTY2V4lWQLsIOE+yVPgVcn/P6h+AQAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAO/g0BcYAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAMnaTSneAAAACQEAAA8AAAAAAAAAAAAAAAAAcgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="51F244E0" w14:textId="77777777" w:rsidR="004E05B7" w:rsidRPr="001C7621" w:rsidRDefault="004E05B7" w:rsidP="004E05B7">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Notes</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001C7621">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square" anchorx="margin"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="004E05B7" w:rsidSect="00BA038F">
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
       <w:cols w:space="282"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="44A98359" w14:textId="77777777" w:rsidR="005666B6" w:rsidRDefault="005666B6" w:rsidP="008057AB">
+    <w:p w14:paraId="6D00022A" w14:textId="77777777" w:rsidR="00A90DF4" w:rsidRDefault="00A90DF4" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="204F6E23" w14:textId="77777777" w:rsidR="005666B6" w:rsidRDefault="005666B6" w:rsidP="008057AB">
+    <w:p w14:paraId="62A472DA" w14:textId="77777777" w:rsidR="00A90DF4" w:rsidRDefault="00A90DF4" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="2FF5C784" w14:textId="77777777" w:rsidR="005666B6" w:rsidRDefault="005666B6"/>
+    <w:p w14:paraId="277188DD" w14:textId="77777777" w:rsidR="00A90DF4" w:rsidRDefault="00A90DF4"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EffraLight-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Effra-Bold">
@@ -10112,358 +22282,453 @@
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="18E2B65A" w14:textId="77777777" w:rsidR="00305CBE" w:rsidRDefault="00305CBE">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="508CE1D8" w14:textId="77777777" w:rsidR="00003EC8" w:rsidRDefault="00003EC8">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
+  <w:p w14:paraId="2AB9816C" w14:textId="77777777" w:rsidR="00192BFB" w:rsidRDefault="00192BFB"/>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...125 lines deleted...]
-  <w:p w14:paraId="6A5C4526" w14:textId="181DA0C8" w:rsidR="002C5532" w:rsidRPr="00561F10" w:rsidRDefault="00423B7F" w:rsidP="00561F10">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61847BBA" w14:textId="4DDCCA0F" w:rsidR="00E42D1E" w:rsidRPr="00561F10" w:rsidRDefault="00E42D1E" w:rsidP="00561F10">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>Modification Code S10:</w:t>
     </w:r>
     <w:r w:rsidRPr="00295F91">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00A46CD0">
-      <w:t>Concessional Livestock Loading - Vehicle Rating</w:t>
+      <w:t xml:space="preserve">Concessional Livestock Loading - </w:t>
+    </w:r>
+    <w:r w:rsidR="00F90661">
+      <w:t>Trailer</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A46CD0">
+      <w:t xml:space="preserve"> Rating</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> – Version 2.</w:t>
+      <w:t xml:space="preserve"> – Version </w:t>
     </w:r>
-    <w:r w:rsidR="00305CBE">
-      <w:t>1</w:t>
+    <w:r w:rsidR="005D097A">
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="002C5532">
+    <w:r>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="005D097A">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="002C5532">
+    <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="002C5532">
+    <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="002C5532">
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="002B6703">
+    <w:r w:rsidR="00AB4785">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="002C5532">
+    <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="002C5532">
+    <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:r w:rsidR="00831E63">
-[...19 lines deleted...]
-    </w:r>
+    <w:fldSimple w:instr="NUMPAGES   \* MERGEFORMAT">
+      <w:r w:rsidR="00AB4785">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:fldSimple>
+  </w:p>
+  <w:p w14:paraId="270367CD" w14:textId="77777777" w:rsidR="00192BFB" w:rsidRDefault="00192BFB"/>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="58DBADEC" w14:textId="77777777" w:rsidR="00003EC8" w:rsidRDefault="00003EC8">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="0B801AE0" w14:textId="77777777" w:rsidR="00305CBE" w:rsidRDefault="00305CBE">
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1C969B53" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7A910955" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3368DA12" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="17888254" w14:textId="77777777" w:rsidR="005666B6" w:rsidRDefault="005666B6" w:rsidP="008057AB">
+    <w:p w14:paraId="71F452D5" w14:textId="77777777" w:rsidR="00A90DF4" w:rsidRDefault="00A90DF4" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="74B994EF" w14:textId="77777777" w:rsidR="005666B6" w:rsidRDefault="005666B6" w:rsidP="008057AB">
+    <w:p w14:paraId="2B6775E1" w14:textId="77777777" w:rsidR="00A90DF4" w:rsidRDefault="00A90DF4" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="4CD4D5CB" w14:textId="77777777" w:rsidR="005666B6" w:rsidRDefault="005666B6"/>
+    <w:p w14:paraId="231041E2" w14:textId="77777777" w:rsidR="00A90DF4" w:rsidRDefault="00A90DF4"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4C46997E" w14:textId="1B74034B" w:rsidR="002C5532" w:rsidRDefault="002C5532">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="656BAD65" w14:textId="77777777" w:rsidR="00003EC8" w:rsidRDefault="00003EC8">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
-</w:hdr>
-[...12 lines deleted...]
-    <w:bookmarkStart w:id="1" w:name="_Toc451414568"/>
+  <w:p w14:paraId="398001A4" w14:textId="77777777" w:rsidR="00192BFB" w:rsidRDefault="00192BFB"/>
+  <w:p w14:paraId="40E8BA5B" w14:textId="4F8E29C6" w:rsidR="00192BFB" w:rsidRDefault="69CACFD4">
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve">S10 </w:t>
     </w:r>
     <w:r w:rsidRPr="00150C4D">
       <w:t>Checklist</w:t>
     </w:r>
     <w:r>
       <w:t>—</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="1"/>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0EF30311" w14:textId="47361A59" w:rsidR="00E42D1E" w:rsidRPr="00150C4D" w:rsidRDefault="69CACFD4" w:rsidP="69CACFD4">
+    <w:pPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:pBdr>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
+      </w:pBdr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:bookmarkStart w:id="0" w:name="_Toc451414568"/>
     <w:r>
-      <w:t>Concessional livestock loading – Vehicle rating (Dog trailers)</w:t>
+      <w:rPr>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">S10 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00150C4D">
+      <w:t>Checklist</w:t>
+    </w:r>
+    <w:r>
+      <w:t>—</w:t>
+    </w:r>
+    <w:bookmarkEnd w:id="0"/>
+    <w:r>
+      <w:t xml:space="preserve">Concessional livestock loading – </w:t>
+    </w:r>
+    <w:r w:rsidR="00F90661">
+      <w:t>Trailer</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> rating (</w:t>
+    </w:r>
+    <w:r w:rsidR="00EF6D35">
+      <w:t>Dog Trailer</w:t>
+    </w:r>
+    <w:r>
+      <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="296AD3D7" w14:textId="77777777" w:rsidR="002C5532" w:rsidRDefault="002C5532" w:rsidP="005F6F37">
+  <w:p w14:paraId="1BC96843" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="005F6F37">
     <w:pPr>
       <w:pStyle w:val="Note"/>
+    </w:pPr>
+  </w:p>
+  <w:p w14:paraId="759E5847" w14:textId="77777777" w:rsidR="00192BFB" w:rsidRDefault="00192BFB"/>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4FA9B3B7" w14:textId="77777777" w:rsidR="00003EC8" w:rsidRDefault="00003EC8">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <w:p w14:paraId="37CE6272" w14:textId="50E5D047" w:rsidR="002C5532" w:rsidRDefault="002C5532">
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4129FAFA" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1F873995" w14:textId="1CBE6307" w:rsidR="003E5828" w:rsidRDefault="78413079" w:rsidP="78413079">
+    <w:pPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:pBdr>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
+      </w:pBdr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:r w:rsidRPr="78413079">
+      <w:rPr>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">S10 </w:t>
+    </w:r>
+    <w:r>
+      <w:t>Checklist—Concessional livestock loading – Vehicle Drawings</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="21B8BCFC" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4AAC6095" w14:textId="77777777" w:rsidR="003E5828" w:rsidRDefault="003E5828">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="01E7358F"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="0074D588"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="4"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="028855DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AB63468"/>
     <w:lvl w:ilvl="0" w:tplc="E39A4CBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10533,51 +22798,277 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="097753D7"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="408ED592"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09DD0934"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="961C556E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="2"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B671EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9776F138"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="762" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1482" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10646,51 +23137,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5802" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6522" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ECB27E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0C2C28C"/>
     <w:lvl w:ilvl="0" w:tplc="EC7CD028">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10760,51 +23251,277 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="0F20D6AF"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="3822D68A"/>
+    <w:lvl w:ilvl="0" w:tplc="0BA87E24">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="B992A6C0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="BFE06CC4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="28686D70">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="FAD67260">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="2F4AA40E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="2ED632B0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="154E95D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="D16A497E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11063998"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30EE822A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17746ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6194F782"/>
     <w:lvl w:ilvl="0" w:tplc="30267370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10874,51 +23591,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C5E771F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6074B3DE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10987,51 +23704,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EF41CD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9168ADAE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11100,51 +23817,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26194AD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17D6D2C4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11213,51 +23930,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="276E577C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDB4C1FA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11326,51 +24043,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E4F3682"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DDA2230"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11439,51 +24156,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319B3487"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A97A517E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11552,51 +24269,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="340D15AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D8AB2C8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11665,51 +24382,277 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="352162D1"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="9166592C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="3"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="364F2385"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E146D48C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C1B11AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC124B78"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11778,51 +24721,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40622CD0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CAAAC98"/>
     <w:styleLink w:val="Tablenumbering"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -11920,51 +24863,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="452E3239"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE724BCC"/>
     <w:lvl w:ilvl="0" w:tplc="263632A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="361" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12034,54 +24977,167 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47042C64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="674C2AFA"/>
+    <w:tmpl w:val="2892B914"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="492D78F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D4A0D6E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
@@ -12147,51 +25203,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C2F78A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E70182E"/>
     <w:lvl w:ilvl="0" w:tplc="DD28E6D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -12234,51 +25290,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CE07EE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BC4D73E"/>
     <w:lvl w:ilvl="0" w:tplc="84948B1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12348,51 +25404,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DBC659A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BDCF404"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12461,51 +25517,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BF5A1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ED86576"/>
     <w:lvl w:ilvl="0" w:tplc="81E485CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -12575,51 +25631,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="580504B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99609AD6"/>
     <w:lvl w:ilvl="0" w:tplc="FC9C9BC0">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12688,54 +25744,54 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="620058A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="79367988"/>
+    <w:tmpl w:val="17B6E682"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
@@ -12801,51 +25857,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66937169"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30C6A39E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -12914,54 +25970,54 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="78B20D74"/>
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6B6A0677"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BFE071DA"/>
+    <w:tmpl w:val="87903156"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
@@ -13027,51 +26083,226 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="74CE5107"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="94028318"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F4254B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="E8E41530"/>
+    <w:lvl w:ilvl="0" w:tplc="41A60EB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5B192A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2EC0CA36"/>
     <w:lvl w:ilvl="0" w:tplc="431CF96A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -13141,1874 +26372,3019 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="1540849317">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="1" w16cid:durableId="406612757">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="1926458029">
-    <w:abstractNumId w:val="0"/>
+  <w:num w:numId="2" w16cid:durableId="1640456669">
+    <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="352462688">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="3" w16cid:durableId="1429617422">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="1533687798">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="4" w16cid:durableId="759372642">
+    <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1529564342">
-    <w:abstractNumId w:val="2"/>
+  <w:num w:numId="5" w16cid:durableId="1232691094">
+    <w:abstractNumId w:val="5"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="421606536">
+  <w:num w:numId="6" w16cid:durableId="918976140">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="7" w16cid:durableId="1524979860">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="179245216">
     <w:abstractNumId w:val="19"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="883181127">
+  <w:num w:numId="9" w16cid:durableId="695812492">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="887105997">
     <w:abstractNumId w:val="23"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="899750143">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="11" w16cid:durableId="1249268844">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1087072047">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="12" w16cid:durableId="1196427030">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1762601024">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="13" w16cid:durableId="2072842868">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1642032673">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="14" w16cid:durableId="1081097815">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="442112427">
-    <w:abstractNumId w:val="15"/>
+  <w:num w:numId="15" w16cid:durableId="639850761">
+    <w:abstractNumId w:val="23"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1889028521">
-    <w:abstractNumId w:val="8"/>
+  <w:num w:numId="16" w16cid:durableId="675494405">
+    <w:abstractNumId w:val="13"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="2085491727">
+  <w:num w:numId="17" w16cid:durableId="1406759663">
+    <w:abstractNumId w:val="18"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1506556151">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1379744394">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1359308114">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1484812246">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="894852677">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1872960836">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1358043898">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1605533271">
+    <w:abstractNumId w:val="9"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="284770925">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="27" w16cid:durableId="855732618">
     <w:abstractNumId w:val="11"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1588347810">
+  <w:num w:numId="28" w16cid:durableId="740755524">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1469741996">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="29" w16cid:durableId="1805654512">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="130902727">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="30" w16cid:durableId="733313451">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1439177179">
+  <w:num w:numId="31" w16cid:durableId="1474836531">
+    <w:abstractNumId w:val="22"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="115489619">
     <w:abstractNumId w:val="7"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="117535392">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="33" w16cid:durableId="396900695">
+    <w:abstractNumId w:val="30"/>
   </w:num>
-  <w:num w:numId="23" w16cid:durableId="1942225657">
-    <w:abstractNumId w:val="10"/>
+  <w:num w:numId="34" w16cid:durableId="1666744198">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="24" w16cid:durableId="162016796">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="35" w16cid:durableId="1707482650">
+    <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="25" w16cid:durableId="645547800">
-    <w:abstractNumId w:val="4"/>
+  <w:num w:numId="36" w16cid:durableId="2089380979">
+    <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="26" w16cid:durableId="824399498">
-    <w:abstractNumId w:val="5"/>
+  <w:num w:numId="37" w16cid:durableId="843863769">
+    <w:abstractNumId w:val="16"/>
   </w:num>
-  <w:num w:numId="27" w16cid:durableId="1234120351">
+  <w:num w:numId="38" w16cid:durableId="858662586">
+    <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="1673527401">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="270019280">
     <w:abstractNumId w:val="6"/>
   </w:num>
-  <w:num w:numId="28" w16cid:durableId="672143819">
-[...9 lines deleted...]
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="41" w16cid:durableId="1923223907">
+    <w:abstractNumId w:val="17"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
+  <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00251344"/>
     <w:rsid w:val="000003FE"/>
     <w:rsid w:val="00000646"/>
     <w:rsid w:val="00001FF2"/>
+    <w:rsid w:val="0000253D"/>
+    <w:rsid w:val="00002C26"/>
     <w:rsid w:val="00003BCE"/>
-    <w:rsid w:val="000042E7"/>
+    <w:rsid w:val="00003E2A"/>
+    <w:rsid w:val="00003EC8"/>
+    <w:rsid w:val="00003F45"/>
+    <w:rsid w:val="000043A2"/>
     <w:rsid w:val="00004503"/>
     <w:rsid w:val="00007A77"/>
+    <w:rsid w:val="00007D75"/>
+    <w:rsid w:val="00007D82"/>
+    <w:rsid w:val="000113A7"/>
     <w:rsid w:val="00011656"/>
     <w:rsid w:val="00011715"/>
     <w:rsid w:val="000143F4"/>
-    <w:rsid w:val="00017AF8"/>
+    <w:rsid w:val="00014895"/>
+    <w:rsid w:val="00015557"/>
+    <w:rsid w:val="00017695"/>
     <w:rsid w:val="000208F0"/>
+    <w:rsid w:val="000212E6"/>
+    <w:rsid w:val="00021BED"/>
     <w:rsid w:val="000226C1"/>
+    <w:rsid w:val="000228AE"/>
     <w:rsid w:val="000229CC"/>
+    <w:rsid w:val="00022B29"/>
     <w:rsid w:val="00023D24"/>
     <w:rsid w:val="000243B0"/>
+    <w:rsid w:val="0002455B"/>
     <w:rsid w:val="00024B4A"/>
+    <w:rsid w:val="0002593A"/>
+    <w:rsid w:val="0002714D"/>
     <w:rsid w:val="000303C4"/>
     <w:rsid w:val="000307D1"/>
     <w:rsid w:val="00031D10"/>
-    <w:rsid w:val="00031DC6"/>
     <w:rsid w:val="00032ED0"/>
+    <w:rsid w:val="000353AE"/>
     <w:rsid w:val="00035A62"/>
     <w:rsid w:val="00035D06"/>
+    <w:rsid w:val="00037FB3"/>
     <w:rsid w:val="000402F2"/>
     <w:rsid w:val="000407FF"/>
-    <w:rsid w:val="000429E0"/>
+    <w:rsid w:val="00043C35"/>
     <w:rsid w:val="00044C21"/>
     <w:rsid w:val="00044E50"/>
-    <w:rsid w:val="00046586"/>
     <w:rsid w:val="00046D4B"/>
+    <w:rsid w:val="000517AF"/>
+    <w:rsid w:val="000521DB"/>
     <w:rsid w:val="00052DA9"/>
-    <w:rsid w:val="00052F8F"/>
     <w:rsid w:val="00053963"/>
+    <w:rsid w:val="00053EAC"/>
+    <w:rsid w:val="000543CD"/>
     <w:rsid w:val="00055797"/>
+    <w:rsid w:val="0005673F"/>
+    <w:rsid w:val="0005721E"/>
+    <w:rsid w:val="000576D3"/>
+    <w:rsid w:val="00060016"/>
+    <w:rsid w:val="00060126"/>
+    <w:rsid w:val="0006057C"/>
     <w:rsid w:val="00060906"/>
+    <w:rsid w:val="00060CFF"/>
     <w:rsid w:val="00060E66"/>
     <w:rsid w:val="000611AA"/>
     <w:rsid w:val="00061468"/>
+    <w:rsid w:val="00062712"/>
+    <w:rsid w:val="00062E00"/>
+    <w:rsid w:val="00063292"/>
+    <w:rsid w:val="000638AE"/>
+    <w:rsid w:val="00063A65"/>
+    <w:rsid w:val="00064AEE"/>
     <w:rsid w:val="000671CF"/>
+    <w:rsid w:val="00067EB0"/>
+    <w:rsid w:val="00073816"/>
     <w:rsid w:val="000738CA"/>
     <w:rsid w:val="00074E4C"/>
     <w:rsid w:val="00076317"/>
     <w:rsid w:val="00076B5A"/>
     <w:rsid w:val="000774BE"/>
+    <w:rsid w:val="000774E1"/>
+    <w:rsid w:val="000809FC"/>
+    <w:rsid w:val="00080AF1"/>
     <w:rsid w:val="00081926"/>
+    <w:rsid w:val="00081B9C"/>
+    <w:rsid w:val="00081D61"/>
+    <w:rsid w:val="00082611"/>
+    <w:rsid w:val="00082784"/>
+    <w:rsid w:val="00082AE5"/>
     <w:rsid w:val="00082ECA"/>
     <w:rsid w:val="00084492"/>
     <w:rsid w:val="00084657"/>
+    <w:rsid w:val="000853E2"/>
+    <w:rsid w:val="000857E4"/>
     <w:rsid w:val="000858D8"/>
+    <w:rsid w:val="00085A84"/>
     <w:rsid w:val="00086C84"/>
-    <w:rsid w:val="000875BB"/>
+    <w:rsid w:val="00087A13"/>
+    <w:rsid w:val="0009090F"/>
     <w:rsid w:val="00090986"/>
+    <w:rsid w:val="00090C0D"/>
+    <w:rsid w:val="000913BA"/>
+    <w:rsid w:val="00091E5E"/>
+    <w:rsid w:val="00091EF5"/>
     <w:rsid w:val="000933A9"/>
+    <w:rsid w:val="00094010"/>
     <w:rsid w:val="00094C38"/>
     <w:rsid w:val="00094DA4"/>
-    <w:rsid w:val="000959B7"/>
+    <w:rsid w:val="00095508"/>
+    <w:rsid w:val="00096588"/>
     <w:rsid w:val="000968EE"/>
     <w:rsid w:val="00096CD6"/>
     <w:rsid w:val="00097605"/>
+    <w:rsid w:val="00097709"/>
     <w:rsid w:val="000A0208"/>
     <w:rsid w:val="000A03EC"/>
     <w:rsid w:val="000A1C47"/>
     <w:rsid w:val="000A3881"/>
+    <w:rsid w:val="000A3F3E"/>
+    <w:rsid w:val="000A43CE"/>
+    <w:rsid w:val="000A5576"/>
+    <w:rsid w:val="000A5E76"/>
+    <w:rsid w:val="000A67FA"/>
+    <w:rsid w:val="000A683F"/>
+    <w:rsid w:val="000A6B0F"/>
     <w:rsid w:val="000B0985"/>
     <w:rsid w:val="000B2A5B"/>
     <w:rsid w:val="000B3A06"/>
     <w:rsid w:val="000B65B8"/>
     <w:rsid w:val="000C028A"/>
-    <w:rsid w:val="000C2094"/>
+    <w:rsid w:val="000C37E5"/>
     <w:rsid w:val="000C388D"/>
     <w:rsid w:val="000C5781"/>
+    <w:rsid w:val="000C6B39"/>
+    <w:rsid w:val="000C6DD6"/>
+    <w:rsid w:val="000C6FAD"/>
+    <w:rsid w:val="000C75BB"/>
     <w:rsid w:val="000C7ADD"/>
+    <w:rsid w:val="000D01DE"/>
+    <w:rsid w:val="000D036A"/>
     <w:rsid w:val="000D0721"/>
     <w:rsid w:val="000D10E7"/>
+    <w:rsid w:val="000D16B8"/>
     <w:rsid w:val="000D183B"/>
     <w:rsid w:val="000D1912"/>
     <w:rsid w:val="000D2CAE"/>
     <w:rsid w:val="000D38B1"/>
+    <w:rsid w:val="000D4043"/>
     <w:rsid w:val="000D64A7"/>
     <w:rsid w:val="000E03A4"/>
     <w:rsid w:val="000E0911"/>
-    <w:rsid w:val="000E0AFB"/>
-    <w:rsid w:val="000E0D81"/>
     <w:rsid w:val="000E0EB5"/>
     <w:rsid w:val="000E1000"/>
     <w:rsid w:val="000E1391"/>
+    <w:rsid w:val="000E18A5"/>
     <w:rsid w:val="000E1DB9"/>
     <w:rsid w:val="000E1F26"/>
+    <w:rsid w:val="000E3C62"/>
+    <w:rsid w:val="000E3CCC"/>
     <w:rsid w:val="000E544F"/>
+    <w:rsid w:val="000E59D1"/>
     <w:rsid w:val="000E695F"/>
-    <w:rsid w:val="000E70E8"/>
+    <w:rsid w:val="000E6979"/>
+    <w:rsid w:val="000E6E17"/>
     <w:rsid w:val="000F0179"/>
     <w:rsid w:val="000F13FA"/>
+    <w:rsid w:val="000F2000"/>
     <w:rsid w:val="000F2C50"/>
+    <w:rsid w:val="000F317A"/>
     <w:rsid w:val="000F3E8D"/>
+    <w:rsid w:val="000F466E"/>
+    <w:rsid w:val="000F4A7F"/>
+    <w:rsid w:val="000F4A85"/>
+    <w:rsid w:val="000F6978"/>
     <w:rsid w:val="000F7A0F"/>
     <w:rsid w:val="000F7E29"/>
     <w:rsid w:val="0010042B"/>
     <w:rsid w:val="00100558"/>
     <w:rsid w:val="001006FA"/>
+    <w:rsid w:val="00100A63"/>
+    <w:rsid w:val="00100E17"/>
     <w:rsid w:val="00101AAC"/>
+    <w:rsid w:val="00101D4E"/>
     <w:rsid w:val="0010204D"/>
     <w:rsid w:val="001021D6"/>
+    <w:rsid w:val="00102F16"/>
+    <w:rsid w:val="00103240"/>
     <w:rsid w:val="00103EEA"/>
+    <w:rsid w:val="001044E4"/>
     <w:rsid w:val="00105586"/>
+    <w:rsid w:val="00105C36"/>
     <w:rsid w:val="00106461"/>
     <w:rsid w:val="00107CFA"/>
     <w:rsid w:val="001105ED"/>
     <w:rsid w:val="00112002"/>
     <w:rsid w:val="00113491"/>
+    <w:rsid w:val="001142EC"/>
     <w:rsid w:val="00114A50"/>
     <w:rsid w:val="00115054"/>
     <w:rsid w:val="001156C7"/>
+    <w:rsid w:val="00117010"/>
     <w:rsid w:val="0011768F"/>
     <w:rsid w:val="00117B91"/>
+    <w:rsid w:val="00117E54"/>
     <w:rsid w:val="001203F2"/>
+    <w:rsid w:val="00122103"/>
+    <w:rsid w:val="00122B51"/>
     <w:rsid w:val="00122FFA"/>
     <w:rsid w:val="00123008"/>
+    <w:rsid w:val="00123A8E"/>
     <w:rsid w:val="00123ACA"/>
+    <w:rsid w:val="00124968"/>
+    <w:rsid w:val="00124A14"/>
+    <w:rsid w:val="00125F6A"/>
     <w:rsid w:val="00126A53"/>
     <w:rsid w:val="00126CEA"/>
+    <w:rsid w:val="00126F49"/>
+    <w:rsid w:val="00127325"/>
     <w:rsid w:val="00127423"/>
+    <w:rsid w:val="00127819"/>
     <w:rsid w:val="00130DA1"/>
     <w:rsid w:val="00131C25"/>
-    <w:rsid w:val="00132676"/>
     <w:rsid w:val="001332EC"/>
+    <w:rsid w:val="001339DF"/>
+    <w:rsid w:val="0013504A"/>
     <w:rsid w:val="001351A1"/>
+    <w:rsid w:val="00135253"/>
+    <w:rsid w:val="0013590B"/>
     <w:rsid w:val="00136079"/>
+    <w:rsid w:val="00136BB4"/>
+    <w:rsid w:val="00137A47"/>
     <w:rsid w:val="00137DE9"/>
     <w:rsid w:val="00141910"/>
+    <w:rsid w:val="00142E2B"/>
     <w:rsid w:val="0014448F"/>
     <w:rsid w:val="00144729"/>
     <w:rsid w:val="00144BC3"/>
     <w:rsid w:val="00150C4D"/>
     <w:rsid w:val="00151C2D"/>
     <w:rsid w:val="0015264D"/>
     <w:rsid w:val="00152CF3"/>
     <w:rsid w:val="00153297"/>
     <w:rsid w:val="00154230"/>
+    <w:rsid w:val="001542A8"/>
     <w:rsid w:val="00154EE8"/>
     <w:rsid w:val="001557EB"/>
-    <w:rsid w:val="00155850"/>
     <w:rsid w:val="001559B0"/>
-    <w:rsid w:val="00160664"/>
+    <w:rsid w:val="00156052"/>
+    <w:rsid w:val="00157818"/>
     <w:rsid w:val="00163099"/>
     <w:rsid w:val="00163E6B"/>
     <w:rsid w:val="00163F0A"/>
-    <w:rsid w:val="001653DC"/>
     <w:rsid w:val="00166D1C"/>
     <w:rsid w:val="001670F6"/>
+    <w:rsid w:val="001678D8"/>
+    <w:rsid w:val="001678E1"/>
+    <w:rsid w:val="00167AF3"/>
+    <w:rsid w:val="00170365"/>
     <w:rsid w:val="0017172C"/>
     <w:rsid w:val="001733F3"/>
+    <w:rsid w:val="00173806"/>
+    <w:rsid w:val="00173ADD"/>
+    <w:rsid w:val="00174B0E"/>
     <w:rsid w:val="0017572C"/>
+    <w:rsid w:val="0017621C"/>
+    <w:rsid w:val="0017623F"/>
+    <w:rsid w:val="00177AA9"/>
     <w:rsid w:val="00183609"/>
+    <w:rsid w:val="00183E9B"/>
+    <w:rsid w:val="00184FD0"/>
     <w:rsid w:val="001852DE"/>
     <w:rsid w:val="00185696"/>
     <w:rsid w:val="001861FB"/>
+    <w:rsid w:val="00186290"/>
+    <w:rsid w:val="00186D0A"/>
     <w:rsid w:val="00187559"/>
+    <w:rsid w:val="00187D5B"/>
     <w:rsid w:val="0019215E"/>
     <w:rsid w:val="001929E0"/>
+    <w:rsid w:val="00192BFB"/>
     <w:rsid w:val="001934F9"/>
     <w:rsid w:val="00193EED"/>
     <w:rsid w:val="00193F6B"/>
     <w:rsid w:val="0019513F"/>
     <w:rsid w:val="00195924"/>
     <w:rsid w:val="00195EBA"/>
     <w:rsid w:val="00195EE1"/>
+    <w:rsid w:val="00196700"/>
     <w:rsid w:val="00197545"/>
-    <w:rsid w:val="001979B1"/>
     <w:rsid w:val="00197F08"/>
     <w:rsid w:val="001A00A2"/>
-    <w:rsid w:val="001A1347"/>
+    <w:rsid w:val="001A0D67"/>
+    <w:rsid w:val="001A121E"/>
+    <w:rsid w:val="001A1784"/>
     <w:rsid w:val="001A2097"/>
+    <w:rsid w:val="001A20A7"/>
+    <w:rsid w:val="001A2E01"/>
+    <w:rsid w:val="001A3D36"/>
+    <w:rsid w:val="001A52E8"/>
     <w:rsid w:val="001A7774"/>
+    <w:rsid w:val="001B0A17"/>
     <w:rsid w:val="001B145E"/>
     <w:rsid w:val="001B18FB"/>
+    <w:rsid w:val="001B2803"/>
+    <w:rsid w:val="001B3423"/>
     <w:rsid w:val="001B34D1"/>
-    <w:rsid w:val="001B3D21"/>
+    <w:rsid w:val="001B359D"/>
+    <w:rsid w:val="001B52D8"/>
     <w:rsid w:val="001B56AD"/>
-    <w:rsid w:val="001C04BD"/>
     <w:rsid w:val="001C1A8A"/>
+    <w:rsid w:val="001C2494"/>
     <w:rsid w:val="001C2B5E"/>
     <w:rsid w:val="001C522B"/>
+    <w:rsid w:val="001C5728"/>
     <w:rsid w:val="001C6718"/>
     <w:rsid w:val="001C6876"/>
-    <w:rsid w:val="001D4FAF"/>
+    <w:rsid w:val="001D2836"/>
+    <w:rsid w:val="001D4ED8"/>
+    <w:rsid w:val="001D6352"/>
+    <w:rsid w:val="001D7C8F"/>
+    <w:rsid w:val="001E0CAF"/>
+    <w:rsid w:val="001E20F4"/>
     <w:rsid w:val="001E23EE"/>
+    <w:rsid w:val="001E2482"/>
+    <w:rsid w:val="001E24A5"/>
+    <w:rsid w:val="001E355D"/>
     <w:rsid w:val="001E372E"/>
+    <w:rsid w:val="001E398A"/>
     <w:rsid w:val="001E4176"/>
     <w:rsid w:val="001E4A49"/>
+    <w:rsid w:val="001E5010"/>
     <w:rsid w:val="001E55F0"/>
-    <w:rsid w:val="001E5C5B"/>
+    <w:rsid w:val="001E5BFF"/>
+    <w:rsid w:val="001E68DA"/>
     <w:rsid w:val="001E7414"/>
     <w:rsid w:val="001E77C6"/>
     <w:rsid w:val="001E78B7"/>
     <w:rsid w:val="001E7AD0"/>
+    <w:rsid w:val="001E7F78"/>
     <w:rsid w:val="001F13BC"/>
     <w:rsid w:val="001F1E16"/>
     <w:rsid w:val="001F24ED"/>
+    <w:rsid w:val="001F262B"/>
     <w:rsid w:val="001F294A"/>
     <w:rsid w:val="001F3833"/>
     <w:rsid w:val="001F480D"/>
     <w:rsid w:val="001F4D87"/>
     <w:rsid w:val="001F66E1"/>
+    <w:rsid w:val="001F6AE8"/>
     <w:rsid w:val="001F6F19"/>
     <w:rsid w:val="002010F1"/>
     <w:rsid w:val="002024FB"/>
     <w:rsid w:val="002026B4"/>
-    <w:rsid w:val="002047CE"/>
+    <w:rsid w:val="0020314B"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="00204276"/>
+    <w:rsid w:val="00204370"/>
+    <w:rsid w:val="00206DB1"/>
+    <w:rsid w:val="00207645"/>
     <w:rsid w:val="00211740"/>
     <w:rsid w:val="0021240F"/>
     <w:rsid w:val="00212613"/>
-    <w:rsid w:val="00213E57"/>
+    <w:rsid w:val="00213D8D"/>
     <w:rsid w:val="00213E7A"/>
+    <w:rsid w:val="0021420B"/>
+    <w:rsid w:val="00214652"/>
+    <w:rsid w:val="002146D3"/>
     <w:rsid w:val="00214E88"/>
-    <w:rsid w:val="002172E0"/>
+    <w:rsid w:val="00217BF6"/>
     <w:rsid w:val="0022037D"/>
+    <w:rsid w:val="002203E5"/>
     <w:rsid w:val="0022453C"/>
     <w:rsid w:val="00225B2B"/>
+    <w:rsid w:val="00225D8A"/>
     <w:rsid w:val="0022604F"/>
     <w:rsid w:val="00227718"/>
+    <w:rsid w:val="0022799D"/>
     <w:rsid w:val="00227B01"/>
     <w:rsid w:val="0023129D"/>
-    <w:rsid w:val="00231ED9"/>
     <w:rsid w:val="002334D5"/>
-    <w:rsid w:val="00233CE1"/>
+    <w:rsid w:val="00233D63"/>
     <w:rsid w:val="002357F7"/>
+    <w:rsid w:val="00235D59"/>
+    <w:rsid w:val="002368FD"/>
+    <w:rsid w:val="002375D6"/>
+    <w:rsid w:val="002378DE"/>
     <w:rsid w:val="00240013"/>
     <w:rsid w:val="00240287"/>
+    <w:rsid w:val="00240A28"/>
     <w:rsid w:val="002455EC"/>
     <w:rsid w:val="00245FB4"/>
+    <w:rsid w:val="002466E5"/>
+    <w:rsid w:val="00246DAA"/>
+    <w:rsid w:val="00250156"/>
     <w:rsid w:val="00251344"/>
     <w:rsid w:val="00251D29"/>
     <w:rsid w:val="00251FA4"/>
+    <w:rsid w:val="002549E2"/>
+    <w:rsid w:val="0025524A"/>
     <w:rsid w:val="0025625A"/>
     <w:rsid w:val="00257B07"/>
-    <w:rsid w:val="002631EA"/>
+    <w:rsid w:val="00260869"/>
+    <w:rsid w:val="00264181"/>
+    <w:rsid w:val="00264778"/>
     <w:rsid w:val="00265E78"/>
     <w:rsid w:val="00266086"/>
-    <w:rsid w:val="0026704B"/>
     <w:rsid w:val="002700A8"/>
     <w:rsid w:val="00270FB5"/>
     <w:rsid w:val="00271379"/>
+    <w:rsid w:val="002717A8"/>
+    <w:rsid w:val="002717A9"/>
     <w:rsid w:val="00271DC8"/>
+    <w:rsid w:val="00272007"/>
+    <w:rsid w:val="0027241F"/>
     <w:rsid w:val="0027328F"/>
+    <w:rsid w:val="00276B65"/>
     <w:rsid w:val="00277CAF"/>
+    <w:rsid w:val="00280654"/>
+    <w:rsid w:val="0028135C"/>
     <w:rsid w:val="00281CF2"/>
     <w:rsid w:val="00282012"/>
     <w:rsid w:val="00284349"/>
     <w:rsid w:val="002846A7"/>
     <w:rsid w:val="00284FBA"/>
     <w:rsid w:val="0028550F"/>
     <w:rsid w:val="00285DCE"/>
     <w:rsid w:val="00286643"/>
+    <w:rsid w:val="00286D89"/>
+    <w:rsid w:val="00290834"/>
+    <w:rsid w:val="0029095A"/>
+    <w:rsid w:val="0029139B"/>
+    <w:rsid w:val="0029198D"/>
     <w:rsid w:val="002932A3"/>
+    <w:rsid w:val="00293616"/>
+    <w:rsid w:val="002949F7"/>
     <w:rsid w:val="002964E3"/>
+    <w:rsid w:val="002966BA"/>
+    <w:rsid w:val="00296E23"/>
     <w:rsid w:val="00296EF7"/>
-    <w:rsid w:val="002A6C86"/>
-    <w:rsid w:val="002A6EFB"/>
+    <w:rsid w:val="002A0729"/>
+    <w:rsid w:val="002A4F68"/>
+    <w:rsid w:val="002A553A"/>
+    <w:rsid w:val="002A744D"/>
     <w:rsid w:val="002B0786"/>
     <w:rsid w:val="002B16E9"/>
     <w:rsid w:val="002B18C2"/>
     <w:rsid w:val="002B211D"/>
+    <w:rsid w:val="002B2A9A"/>
     <w:rsid w:val="002B2BB3"/>
     <w:rsid w:val="002B342E"/>
+    <w:rsid w:val="002B3E6B"/>
     <w:rsid w:val="002B4807"/>
+    <w:rsid w:val="002B4A24"/>
     <w:rsid w:val="002B4D7A"/>
-    <w:rsid w:val="002B6703"/>
+    <w:rsid w:val="002B692D"/>
     <w:rsid w:val="002B6A89"/>
     <w:rsid w:val="002B6AA4"/>
     <w:rsid w:val="002B6E29"/>
     <w:rsid w:val="002B7678"/>
     <w:rsid w:val="002B788C"/>
     <w:rsid w:val="002C0A86"/>
+    <w:rsid w:val="002C417F"/>
     <w:rsid w:val="002C4476"/>
+    <w:rsid w:val="002C4B54"/>
     <w:rsid w:val="002C51F5"/>
-    <w:rsid w:val="002C5532"/>
     <w:rsid w:val="002C58FD"/>
+    <w:rsid w:val="002C6DDF"/>
     <w:rsid w:val="002C6EC8"/>
     <w:rsid w:val="002C7308"/>
     <w:rsid w:val="002D03B3"/>
+    <w:rsid w:val="002D1587"/>
     <w:rsid w:val="002D24E1"/>
+    <w:rsid w:val="002D311F"/>
+    <w:rsid w:val="002D3549"/>
+    <w:rsid w:val="002D488C"/>
+    <w:rsid w:val="002D498F"/>
     <w:rsid w:val="002D4BD3"/>
     <w:rsid w:val="002D4BE8"/>
-    <w:rsid w:val="002D4FF3"/>
+    <w:rsid w:val="002D5934"/>
+    <w:rsid w:val="002D6F39"/>
+    <w:rsid w:val="002E16D3"/>
+    <w:rsid w:val="002E220B"/>
     <w:rsid w:val="002E35E3"/>
+    <w:rsid w:val="002F05AA"/>
+    <w:rsid w:val="002F17F3"/>
+    <w:rsid w:val="002F3AD3"/>
+    <w:rsid w:val="002F3EC1"/>
+    <w:rsid w:val="002F560D"/>
+    <w:rsid w:val="002F5DCA"/>
     <w:rsid w:val="002F7269"/>
+    <w:rsid w:val="002F72DE"/>
     <w:rsid w:val="002F73D5"/>
+    <w:rsid w:val="00302529"/>
+    <w:rsid w:val="00302598"/>
     <w:rsid w:val="00302E41"/>
     <w:rsid w:val="003053F7"/>
     <w:rsid w:val="0030589E"/>
-    <w:rsid w:val="00305CBE"/>
-    <w:rsid w:val="00307354"/>
+    <w:rsid w:val="0030702D"/>
+    <w:rsid w:val="003075F0"/>
     <w:rsid w:val="00307672"/>
+    <w:rsid w:val="00307971"/>
     <w:rsid w:val="003101F0"/>
     <w:rsid w:val="003103DE"/>
+    <w:rsid w:val="00310838"/>
     <w:rsid w:val="00311B68"/>
+    <w:rsid w:val="00312323"/>
     <w:rsid w:val="003124AD"/>
     <w:rsid w:val="00312545"/>
+    <w:rsid w:val="00314D8B"/>
+    <w:rsid w:val="00314FF9"/>
+    <w:rsid w:val="003163B7"/>
+    <w:rsid w:val="003176B0"/>
     <w:rsid w:val="003206EE"/>
+    <w:rsid w:val="00320A80"/>
+    <w:rsid w:val="00320DFA"/>
+    <w:rsid w:val="003221CC"/>
     <w:rsid w:val="00322526"/>
+    <w:rsid w:val="0032296C"/>
     <w:rsid w:val="00323A8E"/>
+    <w:rsid w:val="00323F1A"/>
     <w:rsid w:val="003248FD"/>
     <w:rsid w:val="003275B9"/>
     <w:rsid w:val="00331FCD"/>
     <w:rsid w:val="00332664"/>
     <w:rsid w:val="00332672"/>
     <w:rsid w:val="00333B07"/>
-    <w:rsid w:val="003343EC"/>
+    <w:rsid w:val="00334E59"/>
+    <w:rsid w:val="00336B68"/>
     <w:rsid w:val="003376D1"/>
+    <w:rsid w:val="003400DD"/>
     <w:rsid w:val="0034057A"/>
     <w:rsid w:val="003416A6"/>
     <w:rsid w:val="00341BD9"/>
     <w:rsid w:val="0034219E"/>
+    <w:rsid w:val="0034277C"/>
+    <w:rsid w:val="0034400B"/>
     <w:rsid w:val="0034431A"/>
+    <w:rsid w:val="003443ED"/>
     <w:rsid w:val="003463BA"/>
+    <w:rsid w:val="003500ED"/>
+    <w:rsid w:val="003510F4"/>
+    <w:rsid w:val="0035110C"/>
     <w:rsid w:val="00351717"/>
+    <w:rsid w:val="00351BA7"/>
     <w:rsid w:val="003523A9"/>
+    <w:rsid w:val="00352598"/>
     <w:rsid w:val="0035280C"/>
+    <w:rsid w:val="00352D30"/>
     <w:rsid w:val="00354438"/>
     <w:rsid w:val="003555B3"/>
+    <w:rsid w:val="00355763"/>
     <w:rsid w:val="003557D2"/>
     <w:rsid w:val="00355840"/>
     <w:rsid w:val="003571F7"/>
     <w:rsid w:val="003576FA"/>
     <w:rsid w:val="00357E6F"/>
+    <w:rsid w:val="00360D09"/>
     <w:rsid w:val="00361ADC"/>
+    <w:rsid w:val="00362F36"/>
     <w:rsid w:val="0036365C"/>
+    <w:rsid w:val="00364A66"/>
+    <w:rsid w:val="00365200"/>
     <w:rsid w:val="003671A2"/>
+    <w:rsid w:val="00367380"/>
+    <w:rsid w:val="00367485"/>
     <w:rsid w:val="00367BD5"/>
+    <w:rsid w:val="003700DE"/>
     <w:rsid w:val="00370DBA"/>
     <w:rsid w:val="00370E8A"/>
     <w:rsid w:val="003719B9"/>
     <w:rsid w:val="003754B2"/>
-    <w:rsid w:val="00377160"/>
+    <w:rsid w:val="003758A8"/>
+    <w:rsid w:val="0037722C"/>
+    <w:rsid w:val="00377500"/>
+    <w:rsid w:val="00377535"/>
     <w:rsid w:val="003834AB"/>
     <w:rsid w:val="0038365A"/>
     <w:rsid w:val="00383C60"/>
     <w:rsid w:val="00384C4C"/>
+    <w:rsid w:val="00384F04"/>
+    <w:rsid w:val="003858ED"/>
     <w:rsid w:val="00385AD7"/>
     <w:rsid w:val="003862D3"/>
     <w:rsid w:val="003864CD"/>
-    <w:rsid w:val="00387D97"/>
+    <w:rsid w:val="003872ED"/>
+    <w:rsid w:val="00387F31"/>
     <w:rsid w:val="00387FAD"/>
     <w:rsid w:val="00390AE8"/>
-    <w:rsid w:val="003947B1"/>
+    <w:rsid w:val="0039429E"/>
     <w:rsid w:val="003956C1"/>
+    <w:rsid w:val="00397630"/>
+    <w:rsid w:val="003A036D"/>
     <w:rsid w:val="003A1123"/>
     <w:rsid w:val="003A2E57"/>
+    <w:rsid w:val="003A4060"/>
+    <w:rsid w:val="003A4750"/>
     <w:rsid w:val="003A666A"/>
     <w:rsid w:val="003A6B3E"/>
+    <w:rsid w:val="003A7689"/>
     <w:rsid w:val="003B049B"/>
+    <w:rsid w:val="003B0653"/>
     <w:rsid w:val="003B18EA"/>
-    <w:rsid w:val="003B1A04"/>
     <w:rsid w:val="003B34B4"/>
     <w:rsid w:val="003B3550"/>
+    <w:rsid w:val="003B359E"/>
+    <w:rsid w:val="003B444A"/>
     <w:rsid w:val="003B4B20"/>
     <w:rsid w:val="003B5897"/>
     <w:rsid w:val="003B5CAD"/>
+    <w:rsid w:val="003B5E19"/>
     <w:rsid w:val="003B617E"/>
+    <w:rsid w:val="003B79C6"/>
     <w:rsid w:val="003B7A78"/>
+    <w:rsid w:val="003B7C6E"/>
     <w:rsid w:val="003C1C93"/>
     <w:rsid w:val="003C20F0"/>
     <w:rsid w:val="003C2279"/>
     <w:rsid w:val="003C3A8D"/>
+    <w:rsid w:val="003C3AF5"/>
+    <w:rsid w:val="003C3E28"/>
     <w:rsid w:val="003C400E"/>
+    <w:rsid w:val="003C5FD0"/>
     <w:rsid w:val="003C6DE1"/>
+    <w:rsid w:val="003C7D34"/>
     <w:rsid w:val="003D1334"/>
     <w:rsid w:val="003D1F3D"/>
+    <w:rsid w:val="003D2313"/>
     <w:rsid w:val="003D3541"/>
+    <w:rsid w:val="003D37C3"/>
+    <w:rsid w:val="003D3FE1"/>
     <w:rsid w:val="003D43BE"/>
+    <w:rsid w:val="003D5238"/>
+    <w:rsid w:val="003D5372"/>
     <w:rsid w:val="003E0046"/>
+    <w:rsid w:val="003E0634"/>
     <w:rsid w:val="003E09D3"/>
     <w:rsid w:val="003E3F95"/>
     <w:rsid w:val="003E41B5"/>
     <w:rsid w:val="003E53D0"/>
+    <w:rsid w:val="003E5828"/>
     <w:rsid w:val="003E6036"/>
+    <w:rsid w:val="003E675A"/>
+    <w:rsid w:val="003E6B2F"/>
+    <w:rsid w:val="003F062F"/>
+    <w:rsid w:val="003F0D44"/>
+    <w:rsid w:val="003F14A9"/>
     <w:rsid w:val="003F1D29"/>
     <w:rsid w:val="003F20AB"/>
+    <w:rsid w:val="003F250F"/>
+    <w:rsid w:val="003F5012"/>
+    <w:rsid w:val="003F67A3"/>
+    <w:rsid w:val="003F758C"/>
     <w:rsid w:val="003F7FBA"/>
-    <w:rsid w:val="004013DB"/>
+    <w:rsid w:val="00402558"/>
+    <w:rsid w:val="0040269C"/>
     <w:rsid w:val="00402FA5"/>
+    <w:rsid w:val="004030CA"/>
     <w:rsid w:val="004032C8"/>
-    <w:rsid w:val="00403F00"/>
     <w:rsid w:val="004069A2"/>
     <w:rsid w:val="00407B0B"/>
+    <w:rsid w:val="00407B9F"/>
     <w:rsid w:val="00410282"/>
     <w:rsid w:val="004102AE"/>
+    <w:rsid w:val="004106BF"/>
     <w:rsid w:val="004141F2"/>
     <w:rsid w:val="00414F61"/>
     <w:rsid w:val="004159E2"/>
-    <w:rsid w:val="0041643A"/>
+    <w:rsid w:val="00416B80"/>
     <w:rsid w:val="0042097C"/>
+    <w:rsid w:val="00420F2D"/>
+    <w:rsid w:val="004213CF"/>
+    <w:rsid w:val="00421AD4"/>
+    <w:rsid w:val="00422195"/>
     <w:rsid w:val="00422B92"/>
+    <w:rsid w:val="00423173"/>
     <w:rsid w:val="0042392A"/>
-    <w:rsid w:val="00423A0D"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00424A73"/>
     <w:rsid w:val="00425D7A"/>
+    <w:rsid w:val="00426577"/>
+    <w:rsid w:val="004266D8"/>
+    <w:rsid w:val="0042792F"/>
+    <w:rsid w:val="00430246"/>
+    <w:rsid w:val="00431F6B"/>
+    <w:rsid w:val="0043216B"/>
+    <w:rsid w:val="004324E6"/>
+    <w:rsid w:val="004327B8"/>
+    <w:rsid w:val="004328CF"/>
     <w:rsid w:val="00433CC8"/>
+    <w:rsid w:val="004359A0"/>
     <w:rsid w:val="00436E0C"/>
-    <w:rsid w:val="0044037C"/>
+    <w:rsid w:val="00441618"/>
     <w:rsid w:val="004448B3"/>
     <w:rsid w:val="00444A8A"/>
+    <w:rsid w:val="00444BD0"/>
+    <w:rsid w:val="0044517E"/>
     <w:rsid w:val="004452DC"/>
+    <w:rsid w:val="004454D5"/>
     <w:rsid w:val="0044588F"/>
     <w:rsid w:val="00446502"/>
+    <w:rsid w:val="00446BEC"/>
+    <w:rsid w:val="00447966"/>
+    <w:rsid w:val="004510E2"/>
+    <w:rsid w:val="00451105"/>
     <w:rsid w:val="00452D09"/>
     <w:rsid w:val="00453307"/>
+    <w:rsid w:val="00454F0B"/>
     <w:rsid w:val="00462EBE"/>
+    <w:rsid w:val="00464896"/>
+    <w:rsid w:val="004656F2"/>
     <w:rsid w:val="00465784"/>
     <w:rsid w:val="00467A16"/>
     <w:rsid w:val="0047111D"/>
+    <w:rsid w:val="004713DE"/>
     <w:rsid w:val="00471507"/>
+    <w:rsid w:val="0047201E"/>
     <w:rsid w:val="00472831"/>
+    <w:rsid w:val="00472CBA"/>
     <w:rsid w:val="00472ED5"/>
     <w:rsid w:val="00473348"/>
+    <w:rsid w:val="00473D9E"/>
+    <w:rsid w:val="004740D3"/>
+    <w:rsid w:val="00474408"/>
     <w:rsid w:val="00474456"/>
     <w:rsid w:val="00474DD4"/>
     <w:rsid w:val="004754BA"/>
     <w:rsid w:val="0048291D"/>
+    <w:rsid w:val="004834CF"/>
     <w:rsid w:val="004841DF"/>
     <w:rsid w:val="004845E8"/>
     <w:rsid w:val="00485B9A"/>
+    <w:rsid w:val="00487571"/>
     <w:rsid w:val="004920C1"/>
     <w:rsid w:val="00492450"/>
+    <w:rsid w:val="0049254C"/>
     <w:rsid w:val="004925E0"/>
     <w:rsid w:val="0049264F"/>
     <w:rsid w:val="00492DB2"/>
+    <w:rsid w:val="00493C2D"/>
     <w:rsid w:val="00494AC0"/>
     <w:rsid w:val="00497AAC"/>
+    <w:rsid w:val="004A01BB"/>
+    <w:rsid w:val="004A07F2"/>
     <w:rsid w:val="004A17D7"/>
-    <w:rsid w:val="004A3E69"/>
+    <w:rsid w:val="004A3FB8"/>
     <w:rsid w:val="004A40B0"/>
     <w:rsid w:val="004A4659"/>
+    <w:rsid w:val="004A5745"/>
+    <w:rsid w:val="004A5CCE"/>
+    <w:rsid w:val="004A6932"/>
+    <w:rsid w:val="004A6BAD"/>
+    <w:rsid w:val="004A717B"/>
+    <w:rsid w:val="004A7512"/>
+    <w:rsid w:val="004A7FC1"/>
+    <w:rsid w:val="004B0D56"/>
+    <w:rsid w:val="004B0EBE"/>
     <w:rsid w:val="004B2677"/>
+    <w:rsid w:val="004B3E17"/>
+    <w:rsid w:val="004B5034"/>
     <w:rsid w:val="004B556E"/>
     <w:rsid w:val="004B5719"/>
     <w:rsid w:val="004B62E4"/>
+    <w:rsid w:val="004B6742"/>
     <w:rsid w:val="004B69F6"/>
     <w:rsid w:val="004B6A9A"/>
     <w:rsid w:val="004B785A"/>
     <w:rsid w:val="004B79CA"/>
-    <w:rsid w:val="004B7EBD"/>
+    <w:rsid w:val="004C0C84"/>
+    <w:rsid w:val="004C2C8D"/>
     <w:rsid w:val="004C305F"/>
+    <w:rsid w:val="004C3BE1"/>
     <w:rsid w:val="004C5147"/>
     <w:rsid w:val="004C5E4D"/>
     <w:rsid w:val="004C60AB"/>
-    <w:rsid w:val="004C62A0"/>
+    <w:rsid w:val="004C6750"/>
+    <w:rsid w:val="004C7B6D"/>
+    <w:rsid w:val="004D0EC5"/>
+    <w:rsid w:val="004D2C7D"/>
     <w:rsid w:val="004D3AB5"/>
-    <w:rsid w:val="004D7937"/>
+    <w:rsid w:val="004D3BA5"/>
+    <w:rsid w:val="004D4F46"/>
+    <w:rsid w:val="004D5105"/>
+    <w:rsid w:val="004D6670"/>
+    <w:rsid w:val="004D6D0D"/>
+    <w:rsid w:val="004E05B7"/>
+    <w:rsid w:val="004E1C16"/>
+    <w:rsid w:val="004E1C95"/>
+    <w:rsid w:val="004E20F8"/>
     <w:rsid w:val="004E296F"/>
+    <w:rsid w:val="004E3003"/>
+    <w:rsid w:val="004E3043"/>
     <w:rsid w:val="004E3951"/>
+    <w:rsid w:val="004E4FC7"/>
+    <w:rsid w:val="004E59B8"/>
+    <w:rsid w:val="004E59C8"/>
     <w:rsid w:val="004E5F80"/>
     <w:rsid w:val="004E6A87"/>
     <w:rsid w:val="004E70ED"/>
-    <w:rsid w:val="004F0158"/>
     <w:rsid w:val="004F0C20"/>
     <w:rsid w:val="004F0C8F"/>
     <w:rsid w:val="004F115D"/>
+    <w:rsid w:val="004F3C39"/>
+    <w:rsid w:val="004F40BA"/>
     <w:rsid w:val="004F49D9"/>
     <w:rsid w:val="004F52D7"/>
     <w:rsid w:val="004F6275"/>
-    <w:rsid w:val="004F6C1D"/>
+    <w:rsid w:val="004F6380"/>
     <w:rsid w:val="004F707D"/>
+    <w:rsid w:val="0050067C"/>
+    <w:rsid w:val="00501A06"/>
     <w:rsid w:val="00501A12"/>
     <w:rsid w:val="00501DF5"/>
+    <w:rsid w:val="00502257"/>
     <w:rsid w:val="005028A5"/>
     <w:rsid w:val="005028C8"/>
+    <w:rsid w:val="005034E6"/>
+    <w:rsid w:val="005038E4"/>
+    <w:rsid w:val="0050493A"/>
     <w:rsid w:val="00505042"/>
+    <w:rsid w:val="005051BA"/>
+    <w:rsid w:val="005051C3"/>
     <w:rsid w:val="0050595C"/>
     <w:rsid w:val="00506334"/>
     <w:rsid w:val="0050642D"/>
     <w:rsid w:val="00507835"/>
     <w:rsid w:val="0051125E"/>
     <w:rsid w:val="00511990"/>
+    <w:rsid w:val="00511C44"/>
     <w:rsid w:val="00511F8E"/>
     <w:rsid w:val="0051320B"/>
     <w:rsid w:val="00514516"/>
     <w:rsid w:val="00514C0F"/>
     <w:rsid w:val="00514E77"/>
     <w:rsid w:val="005165CD"/>
     <w:rsid w:val="00516600"/>
+    <w:rsid w:val="0052057F"/>
     <w:rsid w:val="00524239"/>
-    <w:rsid w:val="00524552"/>
     <w:rsid w:val="00524D99"/>
-    <w:rsid w:val="00525A24"/>
+    <w:rsid w:val="00525675"/>
+    <w:rsid w:val="00525D72"/>
     <w:rsid w:val="005260A8"/>
-    <w:rsid w:val="005264E7"/>
     <w:rsid w:val="00526A72"/>
     <w:rsid w:val="005270D4"/>
     <w:rsid w:val="00527C3E"/>
     <w:rsid w:val="00527D37"/>
+    <w:rsid w:val="005308D5"/>
     <w:rsid w:val="005318CA"/>
     <w:rsid w:val="00532011"/>
+    <w:rsid w:val="005323B6"/>
     <w:rsid w:val="0053375A"/>
     <w:rsid w:val="005343F1"/>
     <w:rsid w:val="00534A98"/>
     <w:rsid w:val="00535F6A"/>
+    <w:rsid w:val="00537B28"/>
     <w:rsid w:val="00540308"/>
     <w:rsid w:val="00540A24"/>
+    <w:rsid w:val="005415B0"/>
+    <w:rsid w:val="00541F89"/>
     <w:rsid w:val="0054226D"/>
     <w:rsid w:val="005426B6"/>
     <w:rsid w:val="005432E6"/>
+    <w:rsid w:val="005433B8"/>
     <w:rsid w:val="00543469"/>
     <w:rsid w:val="0054350F"/>
+    <w:rsid w:val="005440AA"/>
     <w:rsid w:val="00544122"/>
     <w:rsid w:val="0054526C"/>
+    <w:rsid w:val="00545E2B"/>
+    <w:rsid w:val="00550631"/>
     <w:rsid w:val="00550EC3"/>
     <w:rsid w:val="00551AED"/>
     <w:rsid w:val="00553142"/>
     <w:rsid w:val="00553709"/>
     <w:rsid w:val="00553A84"/>
     <w:rsid w:val="00553AF2"/>
     <w:rsid w:val="005568F6"/>
     <w:rsid w:val="00557456"/>
+    <w:rsid w:val="005614AC"/>
     <w:rsid w:val="00561F10"/>
+    <w:rsid w:val="00562911"/>
+    <w:rsid w:val="00562D30"/>
+    <w:rsid w:val="0056304F"/>
     <w:rsid w:val="0056339A"/>
     <w:rsid w:val="00563D00"/>
+    <w:rsid w:val="0056518F"/>
     <w:rsid w:val="00565882"/>
-    <w:rsid w:val="005666B6"/>
+    <w:rsid w:val="0056589E"/>
     <w:rsid w:val="00567AB6"/>
+    <w:rsid w:val="00570127"/>
     <w:rsid w:val="00571200"/>
+    <w:rsid w:val="005719A8"/>
+    <w:rsid w:val="00571D47"/>
     <w:rsid w:val="00572DCA"/>
     <w:rsid w:val="0057335C"/>
     <w:rsid w:val="0057426F"/>
-    <w:rsid w:val="005767BC"/>
+    <w:rsid w:val="005750DB"/>
     <w:rsid w:val="00577335"/>
     <w:rsid w:val="00577E26"/>
-    <w:rsid w:val="00581B53"/>
+    <w:rsid w:val="00584F95"/>
     <w:rsid w:val="005854ED"/>
     <w:rsid w:val="00585C45"/>
+    <w:rsid w:val="005864D5"/>
     <w:rsid w:val="00586B29"/>
+    <w:rsid w:val="00586E4A"/>
     <w:rsid w:val="00586FE2"/>
     <w:rsid w:val="00587617"/>
     <w:rsid w:val="0059013D"/>
     <w:rsid w:val="00590517"/>
-    <w:rsid w:val="005918F4"/>
     <w:rsid w:val="00592593"/>
+    <w:rsid w:val="005925A3"/>
     <w:rsid w:val="00593069"/>
     <w:rsid w:val="00594518"/>
-    <w:rsid w:val="00594C85"/>
+    <w:rsid w:val="005945FB"/>
+    <w:rsid w:val="0059535C"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00597784"/>
     <w:rsid w:val="00597D38"/>
     <w:rsid w:val="005A2252"/>
+    <w:rsid w:val="005A2F99"/>
     <w:rsid w:val="005A304E"/>
     <w:rsid w:val="005A3410"/>
     <w:rsid w:val="005A40F1"/>
     <w:rsid w:val="005A4326"/>
+    <w:rsid w:val="005A4D7F"/>
+    <w:rsid w:val="005A6CE2"/>
     <w:rsid w:val="005A6E77"/>
     <w:rsid w:val="005A7158"/>
-    <w:rsid w:val="005A7544"/>
-    <w:rsid w:val="005B07B1"/>
     <w:rsid w:val="005B0C9D"/>
+    <w:rsid w:val="005B0E29"/>
     <w:rsid w:val="005B1616"/>
+    <w:rsid w:val="005B1E94"/>
+    <w:rsid w:val="005B2D67"/>
+    <w:rsid w:val="005B427A"/>
+    <w:rsid w:val="005B5376"/>
+    <w:rsid w:val="005B54C9"/>
+    <w:rsid w:val="005B55D5"/>
     <w:rsid w:val="005B5FD9"/>
     <w:rsid w:val="005B608A"/>
     <w:rsid w:val="005B6AD1"/>
     <w:rsid w:val="005B709C"/>
+    <w:rsid w:val="005B7AFA"/>
     <w:rsid w:val="005C0223"/>
+    <w:rsid w:val="005C073F"/>
     <w:rsid w:val="005C0E57"/>
     <w:rsid w:val="005C1C0B"/>
+    <w:rsid w:val="005C3E1A"/>
     <w:rsid w:val="005C3F31"/>
     <w:rsid w:val="005C4868"/>
+    <w:rsid w:val="005C5CAD"/>
     <w:rsid w:val="005C6C47"/>
     <w:rsid w:val="005C6F33"/>
-    <w:rsid w:val="005D1342"/>
+    <w:rsid w:val="005D0342"/>
+    <w:rsid w:val="005D097A"/>
+    <w:rsid w:val="005D1C2A"/>
     <w:rsid w:val="005D22AD"/>
     <w:rsid w:val="005D3F82"/>
     <w:rsid w:val="005D451A"/>
     <w:rsid w:val="005D5214"/>
     <w:rsid w:val="005D535D"/>
     <w:rsid w:val="005D538E"/>
     <w:rsid w:val="005D53C1"/>
     <w:rsid w:val="005D5BB0"/>
-    <w:rsid w:val="005D68E2"/>
+    <w:rsid w:val="005D5F20"/>
     <w:rsid w:val="005D74D9"/>
     <w:rsid w:val="005D7EF9"/>
+    <w:rsid w:val="005E0B3F"/>
     <w:rsid w:val="005E1353"/>
+    <w:rsid w:val="005E157C"/>
     <w:rsid w:val="005E17EE"/>
+    <w:rsid w:val="005E1828"/>
+    <w:rsid w:val="005E1C3D"/>
+    <w:rsid w:val="005E6313"/>
+    <w:rsid w:val="005E6486"/>
+    <w:rsid w:val="005E7155"/>
+    <w:rsid w:val="005E7D06"/>
+    <w:rsid w:val="005F007B"/>
+    <w:rsid w:val="005F00F0"/>
     <w:rsid w:val="005F18E1"/>
     <w:rsid w:val="005F1F5A"/>
     <w:rsid w:val="005F2A62"/>
+    <w:rsid w:val="005F3D30"/>
+    <w:rsid w:val="005F3FA0"/>
     <w:rsid w:val="005F4F34"/>
+    <w:rsid w:val="005F502E"/>
     <w:rsid w:val="005F53D8"/>
+    <w:rsid w:val="005F6D73"/>
     <w:rsid w:val="005F6F37"/>
+    <w:rsid w:val="005F6F7F"/>
+    <w:rsid w:val="005F705A"/>
     <w:rsid w:val="005F79BE"/>
     <w:rsid w:val="00600278"/>
     <w:rsid w:val="00600A51"/>
+    <w:rsid w:val="006015C8"/>
+    <w:rsid w:val="00601F4C"/>
     <w:rsid w:val="0060207F"/>
     <w:rsid w:val="006023D3"/>
     <w:rsid w:val="00602AFB"/>
     <w:rsid w:val="00602F7F"/>
     <w:rsid w:val="0060597A"/>
     <w:rsid w:val="006061C8"/>
+    <w:rsid w:val="00606B07"/>
     <w:rsid w:val="00607615"/>
     <w:rsid w:val="006103C3"/>
     <w:rsid w:val="006107EB"/>
     <w:rsid w:val="00612833"/>
     <w:rsid w:val="006140ED"/>
+    <w:rsid w:val="0061453A"/>
     <w:rsid w:val="006145CF"/>
     <w:rsid w:val="00614CC4"/>
+    <w:rsid w:val="0061599D"/>
     <w:rsid w:val="006171B9"/>
     <w:rsid w:val="00617217"/>
     <w:rsid w:val="006179E8"/>
-    <w:rsid w:val="00623320"/>
+    <w:rsid w:val="006202EF"/>
+    <w:rsid w:val="00621B3A"/>
+    <w:rsid w:val="00622C54"/>
     <w:rsid w:val="00623B8F"/>
     <w:rsid w:val="006241B3"/>
+    <w:rsid w:val="0062472D"/>
     <w:rsid w:val="00626BD5"/>
+    <w:rsid w:val="00627265"/>
     <w:rsid w:val="006274BB"/>
     <w:rsid w:val="00627C86"/>
+    <w:rsid w:val="00630B14"/>
     <w:rsid w:val="0063109A"/>
     <w:rsid w:val="00631416"/>
     <w:rsid w:val="00631F6D"/>
     <w:rsid w:val="00633EFE"/>
+    <w:rsid w:val="00634313"/>
     <w:rsid w:val="00635AB3"/>
-    <w:rsid w:val="00637095"/>
     <w:rsid w:val="00640C40"/>
     <w:rsid w:val="006414A9"/>
+    <w:rsid w:val="0064236F"/>
+    <w:rsid w:val="006423CB"/>
+    <w:rsid w:val="00643014"/>
     <w:rsid w:val="0064370B"/>
+    <w:rsid w:val="006447F3"/>
+    <w:rsid w:val="0064571F"/>
     <w:rsid w:val="00646221"/>
+    <w:rsid w:val="006512F8"/>
+    <w:rsid w:val="006515B2"/>
     <w:rsid w:val="00651CB1"/>
     <w:rsid w:val="00652478"/>
     <w:rsid w:val="00652550"/>
-    <w:rsid w:val="006535B6"/>
     <w:rsid w:val="00654293"/>
+    <w:rsid w:val="006542B9"/>
     <w:rsid w:val="006554F2"/>
     <w:rsid w:val="006555C2"/>
+    <w:rsid w:val="00655687"/>
+    <w:rsid w:val="00655E9A"/>
+    <w:rsid w:val="006567FB"/>
+    <w:rsid w:val="00656B8C"/>
     <w:rsid w:val="006600B1"/>
     <w:rsid w:val="0066058E"/>
+    <w:rsid w:val="00660732"/>
+    <w:rsid w:val="0066248F"/>
+    <w:rsid w:val="0066314A"/>
     <w:rsid w:val="00666448"/>
+    <w:rsid w:val="00666E62"/>
     <w:rsid w:val="00670743"/>
     <w:rsid w:val="0067082F"/>
+    <w:rsid w:val="00670CED"/>
     <w:rsid w:val="00670FA2"/>
     <w:rsid w:val="00672288"/>
     <w:rsid w:val="00672421"/>
+    <w:rsid w:val="006727B7"/>
+    <w:rsid w:val="0067289B"/>
+    <w:rsid w:val="00672C9D"/>
+    <w:rsid w:val="006743A9"/>
+    <w:rsid w:val="006748D6"/>
+    <w:rsid w:val="00674E21"/>
     <w:rsid w:val="00675D00"/>
     <w:rsid w:val="00676338"/>
+    <w:rsid w:val="006767B7"/>
     <w:rsid w:val="00676FF4"/>
     <w:rsid w:val="00677AC4"/>
     <w:rsid w:val="00681249"/>
+    <w:rsid w:val="00681AE1"/>
+    <w:rsid w:val="006821E1"/>
     <w:rsid w:val="00682538"/>
-    <w:rsid w:val="00683615"/>
     <w:rsid w:val="00683867"/>
+    <w:rsid w:val="0068414A"/>
     <w:rsid w:val="00686193"/>
+    <w:rsid w:val="00686AE9"/>
     <w:rsid w:val="00686BFD"/>
     <w:rsid w:val="00687287"/>
     <w:rsid w:val="006877F6"/>
-    <w:rsid w:val="00687F58"/>
     <w:rsid w:val="0069065A"/>
+    <w:rsid w:val="00690866"/>
+    <w:rsid w:val="006910D1"/>
+    <w:rsid w:val="006914CD"/>
     <w:rsid w:val="006917D2"/>
+    <w:rsid w:val="00691824"/>
     <w:rsid w:val="00691D6E"/>
     <w:rsid w:val="00691E32"/>
     <w:rsid w:val="00692173"/>
     <w:rsid w:val="00692951"/>
+    <w:rsid w:val="00693928"/>
+    <w:rsid w:val="00696355"/>
     <w:rsid w:val="00696AA3"/>
     <w:rsid w:val="00697A60"/>
+    <w:rsid w:val="00697B34"/>
     <w:rsid w:val="006A14FB"/>
     <w:rsid w:val="006A18A2"/>
+    <w:rsid w:val="006A29D1"/>
     <w:rsid w:val="006A2A69"/>
+    <w:rsid w:val="006A354C"/>
+    <w:rsid w:val="006A3EA7"/>
+    <w:rsid w:val="006A4CEB"/>
     <w:rsid w:val="006A4D48"/>
     <w:rsid w:val="006A51E0"/>
+    <w:rsid w:val="006A624C"/>
     <w:rsid w:val="006A6449"/>
     <w:rsid w:val="006A6573"/>
     <w:rsid w:val="006A68DF"/>
     <w:rsid w:val="006A6D47"/>
     <w:rsid w:val="006A7E16"/>
     <w:rsid w:val="006A7F3B"/>
+    <w:rsid w:val="006B08BB"/>
+    <w:rsid w:val="006B0BE1"/>
     <w:rsid w:val="006B0D77"/>
+    <w:rsid w:val="006B1576"/>
+    <w:rsid w:val="006B17B3"/>
     <w:rsid w:val="006B1A9F"/>
+    <w:rsid w:val="006B46F0"/>
+    <w:rsid w:val="006B48B8"/>
+    <w:rsid w:val="006B4C41"/>
     <w:rsid w:val="006B4CF8"/>
     <w:rsid w:val="006B5C0C"/>
+    <w:rsid w:val="006B703E"/>
     <w:rsid w:val="006B7FC3"/>
+    <w:rsid w:val="006C1884"/>
     <w:rsid w:val="006C29E6"/>
+    <w:rsid w:val="006C3D2C"/>
     <w:rsid w:val="006C51F3"/>
     <w:rsid w:val="006C6F10"/>
+    <w:rsid w:val="006D02B8"/>
     <w:rsid w:val="006D073F"/>
-    <w:rsid w:val="006D08A7"/>
+    <w:rsid w:val="006D0944"/>
+    <w:rsid w:val="006D18D2"/>
+    <w:rsid w:val="006D1F4E"/>
     <w:rsid w:val="006D2024"/>
+    <w:rsid w:val="006D2159"/>
+    <w:rsid w:val="006D546A"/>
     <w:rsid w:val="006D5CEF"/>
     <w:rsid w:val="006D5EC2"/>
     <w:rsid w:val="006D60B0"/>
     <w:rsid w:val="006D761C"/>
     <w:rsid w:val="006D7BE0"/>
+    <w:rsid w:val="006E14E5"/>
+    <w:rsid w:val="006E1E33"/>
+    <w:rsid w:val="006E315E"/>
     <w:rsid w:val="006E3AF3"/>
     <w:rsid w:val="006E454A"/>
     <w:rsid w:val="006F110F"/>
     <w:rsid w:val="006F11CE"/>
+    <w:rsid w:val="006F141A"/>
     <w:rsid w:val="006F16FB"/>
-    <w:rsid w:val="006F2584"/>
     <w:rsid w:val="006F2E99"/>
     <w:rsid w:val="006F3087"/>
     <w:rsid w:val="006F4BE7"/>
+    <w:rsid w:val="006F4C99"/>
     <w:rsid w:val="006F5BEE"/>
+    <w:rsid w:val="006F7B25"/>
+    <w:rsid w:val="006F7FF6"/>
+    <w:rsid w:val="0070139C"/>
     <w:rsid w:val="007016DB"/>
     <w:rsid w:val="007032BE"/>
     <w:rsid w:val="00704AB6"/>
+    <w:rsid w:val="00707943"/>
     <w:rsid w:val="0071007B"/>
     <w:rsid w:val="00710549"/>
+    <w:rsid w:val="00712FF3"/>
+    <w:rsid w:val="00713A10"/>
     <w:rsid w:val="00713A8D"/>
-    <w:rsid w:val="007152A3"/>
+    <w:rsid w:val="0071639A"/>
+    <w:rsid w:val="0071704C"/>
     <w:rsid w:val="00720290"/>
+    <w:rsid w:val="00720ADB"/>
+    <w:rsid w:val="00720F3B"/>
     <w:rsid w:val="007212F7"/>
     <w:rsid w:val="00721F6C"/>
     <w:rsid w:val="007222AD"/>
     <w:rsid w:val="00722D5D"/>
     <w:rsid w:val="007239F8"/>
-    <w:rsid w:val="007276FE"/>
+    <w:rsid w:val="00723BAB"/>
+    <w:rsid w:val="007247F0"/>
+    <w:rsid w:val="00725AD0"/>
+    <w:rsid w:val="00726389"/>
+    <w:rsid w:val="00727410"/>
+    <w:rsid w:val="00727946"/>
     <w:rsid w:val="007307FF"/>
+    <w:rsid w:val="007308A0"/>
     <w:rsid w:val="00730A2D"/>
+    <w:rsid w:val="007319A1"/>
     <w:rsid w:val="007328B1"/>
     <w:rsid w:val="00737FE0"/>
     <w:rsid w:val="00740027"/>
     <w:rsid w:val="007405BA"/>
     <w:rsid w:val="007406FB"/>
     <w:rsid w:val="00746068"/>
     <w:rsid w:val="00746F5F"/>
+    <w:rsid w:val="00747095"/>
+    <w:rsid w:val="00750246"/>
     <w:rsid w:val="00751ED9"/>
+    <w:rsid w:val="0075395E"/>
+    <w:rsid w:val="007543F7"/>
+    <w:rsid w:val="00754C4D"/>
+    <w:rsid w:val="007624F7"/>
     <w:rsid w:val="0076314E"/>
+    <w:rsid w:val="00763384"/>
     <w:rsid w:val="007634A3"/>
+    <w:rsid w:val="00763784"/>
+    <w:rsid w:val="007640F4"/>
     <w:rsid w:val="00764716"/>
     <w:rsid w:val="00764D68"/>
+    <w:rsid w:val="00764E5A"/>
     <w:rsid w:val="00764E98"/>
+    <w:rsid w:val="007654D7"/>
     <w:rsid w:val="007655FC"/>
     <w:rsid w:val="00767E48"/>
     <w:rsid w:val="00770712"/>
     <w:rsid w:val="007713CB"/>
     <w:rsid w:val="00771424"/>
+    <w:rsid w:val="00772910"/>
+    <w:rsid w:val="00772EB8"/>
+    <w:rsid w:val="00773D56"/>
     <w:rsid w:val="00773F45"/>
-    <w:rsid w:val="007811D9"/>
+    <w:rsid w:val="00774B6A"/>
+    <w:rsid w:val="007753BC"/>
+    <w:rsid w:val="00775BD1"/>
+    <w:rsid w:val="007803DD"/>
     <w:rsid w:val="00781C72"/>
+    <w:rsid w:val="0078290E"/>
+    <w:rsid w:val="007842C4"/>
     <w:rsid w:val="00785673"/>
+    <w:rsid w:val="0078707B"/>
+    <w:rsid w:val="00787846"/>
     <w:rsid w:val="00787AF3"/>
     <w:rsid w:val="00790D5D"/>
+    <w:rsid w:val="00790F24"/>
     <w:rsid w:val="0079115C"/>
+    <w:rsid w:val="00791CB9"/>
     <w:rsid w:val="00792978"/>
     <w:rsid w:val="00792C8C"/>
-    <w:rsid w:val="00793373"/>
+    <w:rsid w:val="007948AB"/>
     <w:rsid w:val="00794ED5"/>
     <w:rsid w:val="00795780"/>
     <w:rsid w:val="007A1EFB"/>
     <w:rsid w:val="007A36F5"/>
     <w:rsid w:val="007A3E86"/>
+    <w:rsid w:val="007A4B7D"/>
+    <w:rsid w:val="007A4CB7"/>
     <w:rsid w:val="007A5929"/>
     <w:rsid w:val="007A5DCE"/>
     <w:rsid w:val="007A5E96"/>
     <w:rsid w:val="007A6282"/>
     <w:rsid w:val="007A7D86"/>
-    <w:rsid w:val="007A7DF1"/>
     <w:rsid w:val="007B1569"/>
+    <w:rsid w:val="007B2DFE"/>
     <w:rsid w:val="007B3384"/>
     <w:rsid w:val="007B349B"/>
     <w:rsid w:val="007B3E2E"/>
     <w:rsid w:val="007B4ED4"/>
-    <w:rsid w:val="007B5911"/>
+    <w:rsid w:val="007B52F8"/>
+    <w:rsid w:val="007B55E3"/>
     <w:rsid w:val="007B667F"/>
-    <w:rsid w:val="007B6FEE"/>
+    <w:rsid w:val="007B6F1C"/>
     <w:rsid w:val="007B7039"/>
-    <w:rsid w:val="007B741B"/>
+    <w:rsid w:val="007B7E3D"/>
     <w:rsid w:val="007C01A5"/>
+    <w:rsid w:val="007C0A82"/>
+    <w:rsid w:val="007C0B95"/>
     <w:rsid w:val="007C0D8A"/>
+    <w:rsid w:val="007C1AB9"/>
     <w:rsid w:val="007C23F4"/>
-    <w:rsid w:val="007C3C88"/>
+    <w:rsid w:val="007C3A50"/>
+    <w:rsid w:val="007C3DFB"/>
+    <w:rsid w:val="007C473D"/>
     <w:rsid w:val="007C61A2"/>
     <w:rsid w:val="007C6934"/>
     <w:rsid w:val="007C7257"/>
+    <w:rsid w:val="007D034A"/>
     <w:rsid w:val="007D0766"/>
     <w:rsid w:val="007D0F65"/>
+    <w:rsid w:val="007D1AE6"/>
+    <w:rsid w:val="007D1BEC"/>
+    <w:rsid w:val="007D28C9"/>
     <w:rsid w:val="007D2B6F"/>
+    <w:rsid w:val="007D2BFD"/>
     <w:rsid w:val="007D3C18"/>
+    <w:rsid w:val="007D4384"/>
+    <w:rsid w:val="007D521A"/>
     <w:rsid w:val="007D5360"/>
     <w:rsid w:val="007D53CD"/>
+    <w:rsid w:val="007D63A0"/>
+    <w:rsid w:val="007D6565"/>
+    <w:rsid w:val="007D74EF"/>
     <w:rsid w:val="007D76F2"/>
     <w:rsid w:val="007D7B81"/>
-    <w:rsid w:val="007E007E"/>
+    <w:rsid w:val="007E167C"/>
     <w:rsid w:val="007E1B70"/>
     <w:rsid w:val="007E269D"/>
+    <w:rsid w:val="007E2875"/>
+    <w:rsid w:val="007E2F07"/>
     <w:rsid w:val="007E2F21"/>
     <w:rsid w:val="007E3023"/>
+    <w:rsid w:val="007E4D64"/>
+    <w:rsid w:val="007E5CC5"/>
     <w:rsid w:val="007E63A8"/>
-    <w:rsid w:val="007E731F"/>
     <w:rsid w:val="007E78AC"/>
-    <w:rsid w:val="007F0A4D"/>
+    <w:rsid w:val="007E78B9"/>
+    <w:rsid w:val="007E7C23"/>
+    <w:rsid w:val="007F04E4"/>
+    <w:rsid w:val="007F2141"/>
     <w:rsid w:val="007F2BAB"/>
     <w:rsid w:val="007F5CAF"/>
     <w:rsid w:val="007F64EF"/>
     <w:rsid w:val="007F6690"/>
     <w:rsid w:val="007F6969"/>
     <w:rsid w:val="007F6CB1"/>
     <w:rsid w:val="007F7C98"/>
+    <w:rsid w:val="00800A30"/>
+    <w:rsid w:val="00801174"/>
+    <w:rsid w:val="0080151B"/>
+    <w:rsid w:val="0080158A"/>
+    <w:rsid w:val="008017E2"/>
     <w:rsid w:val="008018DE"/>
     <w:rsid w:val="00801B81"/>
     <w:rsid w:val="00802B4B"/>
     <w:rsid w:val="008031D4"/>
     <w:rsid w:val="008036B9"/>
     <w:rsid w:val="00803E28"/>
+    <w:rsid w:val="0080423A"/>
+    <w:rsid w:val="008043AC"/>
+    <w:rsid w:val="00804A55"/>
     <w:rsid w:val="00804E8D"/>
+    <w:rsid w:val="00805508"/>
     <w:rsid w:val="0080564D"/>
     <w:rsid w:val="008057AB"/>
+    <w:rsid w:val="008062C1"/>
     <w:rsid w:val="00806362"/>
-    <w:rsid w:val="00806E66"/>
+    <w:rsid w:val="008103E5"/>
+    <w:rsid w:val="008106C7"/>
     <w:rsid w:val="00814AF5"/>
     <w:rsid w:val="00814D7E"/>
-    <w:rsid w:val="00815BC1"/>
-    <w:rsid w:val="0082039D"/>
+    <w:rsid w:val="00815679"/>
+    <w:rsid w:val="0081671F"/>
+    <w:rsid w:val="00816D69"/>
+    <w:rsid w:val="00817398"/>
+    <w:rsid w:val="0081757A"/>
+    <w:rsid w:val="00817EE0"/>
     <w:rsid w:val="008204D7"/>
     <w:rsid w:val="00820D2B"/>
-    <w:rsid w:val="0082545C"/>
-[...1 lines deleted...]
-    <w:rsid w:val="00831E63"/>
+    <w:rsid w:val="00825629"/>
+    <w:rsid w:val="00825FF8"/>
+    <w:rsid w:val="00827F1A"/>
     <w:rsid w:val="008328AC"/>
+    <w:rsid w:val="00833376"/>
     <w:rsid w:val="00834B81"/>
-    <w:rsid w:val="00835C6A"/>
+    <w:rsid w:val="0083572C"/>
     <w:rsid w:val="00836EAD"/>
     <w:rsid w:val="00836FEE"/>
     <w:rsid w:val="00837281"/>
-    <w:rsid w:val="00837A7D"/>
+    <w:rsid w:val="008375D6"/>
     <w:rsid w:val="00840E6E"/>
     <w:rsid w:val="0084191F"/>
     <w:rsid w:val="00841CD1"/>
-    <w:rsid w:val="00842326"/>
     <w:rsid w:val="00842F0C"/>
     <w:rsid w:val="008431C5"/>
     <w:rsid w:val="008432D3"/>
     <w:rsid w:val="00843705"/>
+    <w:rsid w:val="0084477A"/>
     <w:rsid w:val="00844AA9"/>
+    <w:rsid w:val="00844DC2"/>
     <w:rsid w:val="0084531D"/>
+    <w:rsid w:val="00845491"/>
+    <w:rsid w:val="00845EEE"/>
     <w:rsid w:val="00845F52"/>
     <w:rsid w:val="008462E4"/>
     <w:rsid w:val="00851FE7"/>
     <w:rsid w:val="00852691"/>
     <w:rsid w:val="008540BF"/>
+    <w:rsid w:val="00855C28"/>
     <w:rsid w:val="0085647A"/>
     <w:rsid w:val="00856C34"/>
+    <w:rsid w:val="00856CBF"/>
+    <w:rsid w:val="00857212"/>
+    <w:rsid w:val="00857358"/>
+    <w:rsid w:val="0086056D"/>
+    <w:rsid w:val="00860F01"/>
     <w:rsid w:val="00861987"/>
     <w:rsid w:val="00861A5B"/>
     <w:rsid w:val="00861B36"/>
-    <w:rsid w:val="00862524"/>
+    <w:rsid w:val="008629AE"/>
+    <w:rsid w:val="00863298"/>
     <w:rsid w:val="0086415A"/>
+    <w:rsid w:val="0086433C"/>
+    <w:rsid w:val="00865FB2"/>
     <w:rsid w:val="0086626C"/>
-    <w:rsid w:val="00871065"/>
+    <w:rsid w:val="0086763F"/>
+    <w:rsid w:val="00871541"/>
     <w:rsid w:val="00871C13"/>
-    <w:rsid w:val="00872B31"/>
     <w:rsid w:val="00872CBA"/>
+    <w:rsid w:val="00872EA8"/>
     <w:rsid w:val="00872FCA"/>
     <w:rsid w:val="00873627"/>
     <w:rsid w:val="00873691"/>
     <w:rsid w:val="008754A4"/>
     <w:rsid w:val="00877169"/>
+    <w:rsid w:val="00877419"/>
+    <w:rsid w:val="00877A22"/>
     <w:rsid w:val="008801FE"/>
-    <w:rsid w:val="0088102E"/>
+    <w:rsid w:val="00880387"/>
+    <w:rsid w:val="008808F9"/>
+    <w:rsid w:val="008813AD"/>
     <w:rsid w:val="008813CD"/>
     <w:rsid w:val="00881CB3"/>
-    <w:rsid w:val="00882092"/>
-    <w:rsid w:val="0088374A"/>
+    <w:rsid w:val="00881F25"/>
     <w:rsid w:val="008838AC"/>
+    <w:rsid w:val="00883B4E"/>
     <w:rsid w:val="008843EF"/>
     <w:rsid w:val="00884645"/>
     <w:rsid w:val="008846BF"/>
     <w:rsid w:val="00884C0B"/>
+    <w:rsid w:val="008857A8"/>
     <w:rsid w:val="00885DD3"/>
     <w:rsid w:val="00886630"/>
+    <w:rsid w:val="008869F4"/>
+    <w:rsid w:val="008877DB"/>
+    <w:rsid w:val="00890D6B"/>
     <w:rsid w:val="00891AC0"/>
     <w:rsid w:val="008925B3"/>
     <w:rsid w:val="008936F1"/>
+    <w:rsid w:val="008940E3"/>
     <w:rsid w:val="00894673"/>
+    <w:rsid w:val="00894B1A"/>
     <w:rsid w:val="00894CA3"/>
+    <w:rsid w:val="00896E57"/>
     <w:rsid w:val="008A143D"/>
     <w:rsid w:val="008A2036"/>
     <w:rsid w:val="008A2683"/>
+    <w:rsid w:val="008A2ECE"/>
+    <w:rsid w:val="008A3618"/>
     <w:rsid w:val="008A3C88"/>
     <w:rsid w:val="008A4357"/>
     <w:rsid w:val="008A4982"/>
+    <w:rsid w:val="008A533C"/>
     <w:rsid w:val="008A7835"/>
+    <w:rsid w:val="008B0642"/>
+    <w:rsid w:val="008B12B1"/>
+    <w:rsid w:val="008B15F4"/>
     <w:rsid w:val="008B1833"/>
     <w:rsid w:val="008B20EB"/>
-    <w:rsid w:val="008B75F8"/>
-    <w:rsid w:val="008C4D1D"/>
+    <w:rsid w:val="008B3034"/>
+    <w:rsid w:val="008B34B6"/>
+    <w:rsid w:val="008B50E3"/>
+    <w:rsid w:val="008B53D0"/>
+    <w:rsid w:val="008B5DA2"/>
+    <w:rsid w:val="008B613A"/>
+    <w:rsid w:val="008B665E"/>
+    <w:rsid w:val="008B6A47"/>
+    <w:rsid w:val="008B6E4E"/>
+    <w:rsid w:val="008C062C"/>
+    <w:rsid w:val="008C1BB3"/>
+    <w:rsid w:val="008C26C8"/>
+    <w:rsid w:val="008C323C"/>
+    <w:rsid w:val="008C357F"/>
     <w:rsid w:val="008C52FE"/>
     <w:rsid w:val="008C59E8"/>
+    <w:rsid w:val="008C5B93"/>
+    <w:rsid w:val="008C793C"/>
+    <w:rsid w:val="008D0E6A"/>
     <w:rsid w:val="008D1AC1"/>
+    <w:rsid w:val="008D21EC"/>
+    <w:rsid w:val="008D29FB"/>
+    <w:rsid w:val="008D2E94"/>
     <w:rsid w:val="008D3F62"/>
     <w:rsid w:val="008D3FF5"/>
-    <w:rsid w:val="008D55E3"/>
     <w:rsid w:val="008D5A02"/>
     <w:rsid w:val="008D5CC3"/>
     <w:rsid w:val="008D5D02"/>
-    <w:rsid w:val="008D6D08"/>
+    <w:rsid w:val="008D6BFD"/>
     <w:rsid w:val="008D71F1"/>
+    <w:rsid w:val="008D74FE"/>
     <w:rsid w:val="008E07BB"/>
     <w:rsid w:val="008E13A6"/>
+    <w:rsid w:val="008E20D9"/>
     <w:rsid w:val="008E284F"/>
+    <w:rsid w:val="008E41FE"/>
     <w:rsid w:val="008E4A32"/>
+    <w:rsid w:val="008E7974"/>
+    <w:rsid w:val="008E7978"/>
+    <w:rsid w:val="008E7FD3"/>
     <w:rsid w:val="008F12C5"/>
-    <w:rsid w:val="008F1E00"/>
     <w:rsid w:val="008F1FC4"/>
     <w:rsid w:val="008F22C2"/>
+    <w:rsid w:val="008F25F5"/>
     <w:rsid w:val="008F29DE"/>
     <w:rsid w:val="008F2BE2"/>
     <w:rsid w:val="008F3DC1"/>
     <w:rsid w:val="008F4C53"/>
     <w:rsid w:val="008F73AC"/>
     <w:rsid w:val="009019ED"/>
     <w:rsid w:val="00901DA5"/>
-    <w:rsid w:val="00904240"/>
     <w:rsid w:val="0090487F"/>
     <w:rsid w:val="00906971"/>
     <w:rsid w:val="0090733F"/>
     <w:rsid w:val="00910FC5"/>
+    <w:rsid w:val="00911715"/>
+    <w:rsid w:val="00912E33"/>
     <w:rsid w:val="00913309"/>
     <w:rsid w:val="00914157"/>
+    <w:rsid w:val="009143F2"/>
+    <w:rsid w:val="009159FD"/>
     <w:rsid w:val="009164C7"/>
+    <w:rsid w:val="009167D0"/>
     <w:rsid w:val="00917701"/>
+    <w:rsid w:val="00917890"/>
     <w:rsid w:val="00917F86"/>
+    <w:rsid w:val="00920B2C"/>
+    <w:rsid w:val="0092156D"/>
+    <w:rsid w:val="0092161B"/>
     <w:rsid w:val="009216D7"/>
+    <w:rsid w:val="009237BB"/>
+    <w:rsid w:val="0092425B"/>
     <w:rsid w:val="009246BA"/>
     <w:rsid w:val="00924D4D"/>
+    <w:rsid w:val="009266A3"/>
     <w:rsid w:val="0093077C"/>
     <w:rsid w:val="00930A76"/>
     <w:rsid w:val="00931706"/>
     <w:rsid w:val="00932C2F"/>
     <w:rsid w:val="00932E05"/>
+    <w:rsid w:val="00934095"/>
     <w:rsid w:val="00937563"/>
+    <w:rsid w:val="00937989"/>
+    <w:rsid w:val="00937D3D"/>
     <w:rsid w:val="00937FDE"/>
+    <w:rsid w:val="00941BEC"/>
     <w:rsid w:val="00941FBB"/>
     <w:rsid w:val="009444E2"/>
     <w:rsid w:val="00944D30"/>
+    <w:rsid w:val="00945171"/>
+    <w:rsid w:val="00945B35"/>
     <w:rsid w:val="0094684F"/>
     <w:rsid w:val="009478EA"/>
     <w:rsid w:val="00947BBF"/>
+    <w:rsid w:val="00951A51"/>
     <w:rsid w:val="00951AE5"/>
     <w:rsid w:val="0095208B"/>
+    <w:rsid w:val="00952ED8"/>
     <w:rsid w:val="00953555"/>
-    <w:rsid w:val="00953610"/>
     <w:rsid w:val="00953702"/>
     <w:rsid w:val="009556EF"/>
     <w:rsid w:val="00955868"/>
     <w:rsid w:val="00955C89"/>
+    <w:rsid w:val="00957161"/>
+    <w:rsid w:val="009571E5"/>
     <w:rsid w:val="00957BFA"/>
+    <w:rsid w:val="00957C01"/>
+    <w:rsid w:val="00957E94"/>
     <w:rsid w:val="00960244"/>
     <w:rsid w:val="0096101E"/>
+    <w:rsid w:val="0096119C"/>
+    <w:rsid w:val="00961691"/>
     <w:rsid w:val="00961A35"/>
     <w:rsid w:val="00961C3B"/>
+    <w:rsid w:val="00962A0E"/>
+    <w:rsid w:val="009636FE"/>
     <w:rsid w:val="00964F7A"/>
+    <w:rsid w:val="00965045"/>
+    <w:rsid w:val="009674D7"/>
+    <w:rsid w:val="00967943"/>
+    <w:rsid w:val="0097021C"/>
     <w:rsid w:val="009705A2"/>
+    <w:rsid w:val="00970C03"/>
     <w:rsid w:val="00971612"/>
+    <w:rsid w:val="00971776"/>
+    <w:rsid w:val="009718BA"/>
     <w:rsid w:val="00971B8B"/>
     <w:rsid w:val="00971BA3"/>
     <w:rsid w:val="00971E8B"/>
     <w:rsid w:val="0097364D"/>
     <w:rsid w:val="0097575C"/>
     <w:rsid w:val="00976BEA"/>
     <w:rsid w:val="009771F2"/>
     <w:rsid w:val="00977A7B"/>
+    <w:rsid w:val="009809CB"/>
     <w:rsid w:val="00981180"/>
+    <w:rsid w:val="009821BC"/>
+    <w:rsid w:val="00982469"/>
     <w:rsid w:val="0098259C"/>
+    <w:rsid w:val="00982C83"/>
     <w:rsid w:val="0098330D"/>
     <w:rsid w:val="00984402"/>
     <w:rsid w:val="00984459"/>
     <w:rsid w:val="00984BCE"/>
+    <w:rsid w:val="0098614E"/>
     <w:rsid w:val="00990EA5"/>
     <w:rsid w:val="009911B6"/>
     <w:rsid w:val="009911F0"/>
     <w:rsid w:val="00991E78"/>
     <w:rsid w:val="009923D1"/>
     <w:rsid w:val="009933CE"/>
+    <w:rsid w:val="00995C6D"/>
+    <w:rsid w:val="00995C97"/>
     <w:rsid w:val="00996EDC"/>
     <w:rsid w:val="0099793B"/>
     <w:rsid w:val="00997DC0"/>
     <w:rsid w:val="009A0F85"/>
     <w:rsid w:val="009A15D3"/>
     <w:rsid w:val="009A2833"/>
     <w:rsid w:val="009A3411"/>
     <w:rsid w:val="009A3887"/>
-    <w:rsid w:val="009A6FBC"/>
     <w:rsid w:val="009A71D4"/>
+    <w:rsid w:val="009A7D7C"/>
+    <w:rsid w:val="009B0477"/>
     <w:rsid w:val="009B050B"/>
-    <w:rsid w:val="009B3706"/>
+    <w:rsid w:val="009B0833"/>
+    <w:rsid w:val="009B0BCE"/>
+    <w:rsid w:val="009B29F2"/>
     <w:rsid w:val="009B3B2E"/>
     <w:rsid w:val="009B4A51"/>
-    <w:rsid w:val="009B5425"/>
     <w:rsid w:val="009B5444"/>
+    <w:rsid w:val="009B560B"/>
+    <w:rsid w:val="009B561E"/>
+    <w:rsid w:val="009B5C74"/>
     <w:rsid w:val="009B5C98"/>
+    <w:rsid w:val="009B7236"/>
+    <w:rsid w:val="009C0ACF"/>
     <w:rsid w:val="009C16E2"/>
     <w:rsid w:val="009C26F4"/>
     <w:rsid w:val="009C2BDD"/>
     <w:rsid w:val="009C2D85"/>
+    <w:rsid w:val="009C33DD"/>
     <w:rsid w:val="009C4BDB"/>
     <w:rsid w:val="009C4CD4"/>
     <w:rsid w:val="009C5AF3"/>
     <w:rsid w:val="009C5B4F"/>
-    <w:rsid w:val="009D028E"/>
+    <w:rsid w:val="009C72E4"/>
     <w:rsid w:val="009D05DB"/>
-    <w:rsid w:val="009D0E46"/>
+    <w:rsid w:val="009D3548"/>
     <w:rsid w:val="009D355E"/>
     <w:rsid w:val="009D4373"/>
     <w:rsid w:val="009D4481"/>
     <w:rsid w:val="009D49EE"/>
     <w:rsid w:val="009D4EBD"/>
+    <w:rsid w:val="009D54EF"/>
+    <w:rsid w:val="009D614D"/>
     <w:rsid w:val="009D6B6F"/>
+    <w:rsid w:val="009D6E93"/>
+    <w:rsid w:val="009D7476"/>
     <w:rsid w:val="009D77B7"/>
-    <w:rsid w:val="009E1EA9"/>
+    <w:rsid w:val="009E309C"/>
     <w:rsid w:val="009E5210"/>
+    <w:rsid w:val="009E5761"/>
     <w:rsid w:val="009E57FC"/>
     <w:rsid w:val="009E7918"/>
+    <w:rsid w:val="009F037F"/>
     <w:rsid w:val="009F26CE"/>
     <w:rsid w:val="009F2C6A"/>
     <w:rsid w:val="009F2F82"/>
+    <w:rsid w:val="009F598A"/>
     <w:rsid w:val="009F6BE1"/>
     <w:rsid w:val="00A004C9"/>
     <w:rsid w:val="00A00A54"/>
     <w:rsid w:val="00A00A9E"/>
     <w:rsid w:val="00A01CAD"/>
     <w:rsid w:val="00A01FEC"/>
     <w:rsid w:val="00A02581"/>
+    <w:rsid w:val="00A02910"/>
     <w:rsid w:val="00A036CC"/>
+    <w:rsid w:val="00A03803"/>
     <w:rsid w:val="00A03D79"/>
+    <w:rsid w:val="00A0539F"/>
+    <w:rsid w:val="00A06A73"/>
+    <w:rsid w:val="00A06F07"/>
+    <w:rsid w:val="00A1018B"/>
     <w:rsid w:val="00A10574"/>
-    <w:rsid w:val="00A11195"/>
+    <w:rsid w:val="00A11D7B"/>
     <w:rsid w:val="00A1219B"/>
+    <w:rsid w:val="00A1235F"/>
     <w:rsid w:val="00A139EE"/>
+    <w:rsid w:val="00A13FCE"/>
+    <w:rsid w:val="00A14063"/>
     <w:rsid w:val="00A14432"/>
+    <w:rsid w:val="00A1510F"/>
+    <w:rsid w:val="00A15199"/>
+    <w:rsid w:val="00A15505"/>
+    <w:rsid w:val="00A16218"/>
     <w:rsid w:val="00A16575"/>
     <w:rsid w:val="00A172AC"/>
+    <w:rsid w:val="00A17591"/>
     <w:rsid w:val="00A179B4"/>
     <w:rsid w:val="00A2027D"/>
+    <w:rsid w:val="00A2071E"/>
+    <w:rsid w:val="00A20DBA"/>
+    <w:rsid w:val="00A21345"/>
+    <w:rsid w:val="00A23E27"/>
+    <w:rsid w:val="00A24ED0"/>
+    <w:rsid w:val="00A25CDC"/>
     <w:rsid w:val="00A25F68"/>
     <w:rsid w:val="00A26855"/>
     <w:rsid w:val="00A270AA"/>
     <w:rsid w:val="00A347E1"/>
     <w:rsid w:val="00A3482C"/>
     <w:rsid w:val="00A34D02"/>
     <w:rsid w:val="00A36CB9"/>
     <w:rsid w:val="00A37CFE"/>
     <w:rsid w:val="00A403A8"/>
     <w:rsid w:val="00A406A2"/>
+    <w:rsid w:val="00A40D23"/>
+    <w:rsid w:val="00A40D76"/>
+    <w:rsid w:val="00A411C8"/>
     <w:rsid w:val="00A41803"/>
     <w:rsid w:val="00A4227F"/>
+    <w:rsid w:val="00A4292C"/>
     <w:rsid w:val="00A43B46"/>
     <w:rsid w:val="00A45315"/>
-    <w:rsid w:val="00A4536D"/>
+    <w:rsid w:val="00A46165"/>
     <w:rsid w:val="00A463B4"/>
     <w:rsid w:val="00A50C81"/>
+    <w:rsid w:val="00A51D2C"/>
     <w:rsid w:val="00A5204C"/>
     <w:rsid w:val="00A52E77"/>
+    <w:rsid w:val="00A53F0B"/>
     <w:rsid w:val="00A54E67"/>
+    <w:rsid w:val="00A55094"/>
+    <w:rsid w:val="00A5594B"/>
     <w:rsid w:val="00A56666"/>
     <w:rsid w:val="00A5667C"/>
     <w:rsid w:val="00A567D8"/>
+    <w:rsid w:val="00A57A22"/>
     <w:rsid w:val="00A600CC"/>
     <w:rsid w:val="00A601F2"/>
+    <w:rsid w:val="00A62063"/>
+    <w:rsid w:val="00A6295B"/>
     <w:rsid w:val="00A62EDC"/>
     <w:rsid w:val="00A633EE"/>
+    <w:rsid w:val="00A63A45"/>
     <w:rsid w:val="00A63B53"/>
-    <w:rsid w:val="00A64ECA"/>
     <w:rsid w:val="00A6535F"/>
     <w:rsid w:val="00A66099"/>
     <w:rsid w:val="00A66F52"/>
+    <w:rsid w:val="00A70189"/>
+    <w:rsid w:val="00A71875"/>
     <w:rsid w:val="00A71BF7"/>
+    <w:rsid w:val="00A71EAF"/>
+    <w:rsid w:val="00A72F09"/>
     <w:rsid w:val="00A73B74"/>
     <w:rsid w:val="00A741AD"/>
     <w:rsid w:val="00A74BFF"/>
     <w:rsid w:val="00A74CB9"/>
+    <w:rsid w:val="00A75272"/>
     <w:rsid w:val="00A7557E"/>
+    <w:rsid w:val="00A76615"/>
     <w:rsid w:val="00A7770A"/>
     <w:rsid w:val="00A77EBA"/>
     <w:rsid w:val="00A803EF"/>
     <w:rsid w:val="00A805B0"/>
+    <w:rsid w:val="00A80B7F"/>
     <w:rsid w:val="00A819EF"/>
+    <w:rsid w:val="00A82FC1"/>
     <w:rsid w:val="00A83900"/>
+    <w:rsid w:val="00A843A0"/>
+    <w:rsid w:val="00A8502D"/>
     <w:rsid w:val="00A85CC4"/>
+    <w:rsid w:val="00A862EB"/>
     <w:rsid w:val="00A87F50"/>
     <w:rsid w:val="00A907BC"/>
+    <w:rsid w:val="00A90DF4"/>
+    <w:rsid w:val="00A9131C"/>
     <w:rsid w:val="00A922CA"/>
     <w:rsid w:val="00A92AE6"/>
     <w:rsid w:val="00A948BA"/>
     <w:rsid w:val="00A94B4B"/>
     <w:rsid w:val="00A97F56"/>
+    <w:rsid w:val="00A97F81"/>
     <w:rsid w:val="00AA1683"/>
     <w:rsid w:val="00AA29ED"/>
+    <w:rsid w:val="00AA32FC"/>
     <w:rsid w:val="00AA359C"/>
+    <w:rsid w:val="00AA67CA"/>
     <w:rsid w:val="00AA6A1A"/>
     <w:rsid w:val="00AA74A2"/>
     <w:rsid w:val="00AA7CDA"/>
+    <w:rsid w:val="00AB0593"/>
     <w:rsid w:val="00AB0DC7"/>
+    <w:rsid w:val="00AB13B8"/>
     <w:rsid w:val="00AB29EA"/>
     <w:rsid w:val="00AB32C6"/>
+    <w:rsid w:val="00AB4785"/>
+    <w:rsid w:val="00AB4E0A"/>
     <w:rsid w:val="00AB5667"/>
+    <w:rsid w:val="00AB5CA5"/>
+    <w:rsid w:val="00AB75B7"/>
     <w:rsid w:val="00AC0707"/>
     <w:rsid w:val="00AC1759"/>
     <w:rsid w:val="00AC204B"/>
-    <w:rsid w:val="00AC35A3"/>
+    <w:rsid w:val="00AC20C7"/>
     <w:rsid w:val="00AC4670"/>
+    <w:rsid w:val="00AC55DE"/>
     <w:rsid w:val="00AC59C0"/>
+    <w:rsid w:val="00AC5A7A"/>
+    <w:rsid w:val="00AC5AD3"/>
     <w:rsid w:val="00AC5F98"/>
     <w:rsid w:val="00AC6313"/>
+    <w:rsid w:val="00AC6941"/>
+    <w:rsid w:val="00AC79EE"/>
     <w:rsid w:val="00AD024E"/>
+    <w:rsid w:val="00AD088E"/>
     <w:rsid w:val="00AD089C"/>
     <w:rsid w:val="00AD1845"/>
+    <w:rsid w:val="00AD2560"/>
     <w:rsid w:val="00AD296B"/>
+    <w:rsid w:val="00AD2F29"/>
     <w:rsid w:val="00AD351E"/>
     <w:rsid w:val="00AD4161"/>
+    <w:rsid w:val="00AD4626"/>
     <w:rsid w:val="00AD6963"/>
     <w:rsid w:val="00AE0E97"/>
-    <w:rsid w:val="00AE4C1F"/>
+    <w:rsid w:val="00AE250A"/>
+    <w:rsid w:val="00AE3AA5"/>
+    <w:rsid w:val="00AE4BF6"/>
     <w:rsid w:val="00AE72D8"/>
+    <w:rsid w:val="00AE735B"/>
     <w:rsid w:val="00AE750F"/>
+    <w:rsid w:val="00AF0400"/>
+    <w:rsid w:val="00AF1B7A"/>
     <w:rsid w:val="00AF1BC4"/>
     <w:rsid w:val="00AF1DF2"/>
     <w:rsid w:val="00AF32AB"/>
     <w:rsid w:val="00AF61CA"/>
     <w:rsid w:val="00AF6AD8"/>
     <w:rsid w:val="00AF6E83"/>
-    <w:rsid w:val="00B03428"/>
+    <w:rsid w:val="00B00650"/>
+    <w:rsid w:val="00B02101"/>
+    <w:rsid w:val="00B03108"/>
+    <w:rsid w:val="00B0335D"/>
     <w:rsid w:val="00B03AD5"/>
     <w:rsid w:val="00B0469E"/>
+    <w:rsid w:val="00B04C2C"/>
     <w:rsid w:val="00B05CCA"/>
+    <w:rsid w:val="00B06921"/>
     <w:rsid w:val="00B06AEE"/>
+    <w:rsid w:val="00B070C4"/>
+    <w:rsid w:val="00B07624"/>
     <w:rsid w:val="00B076A2"/>
+    <w:rsid w:val="00B07D85"/>
+    <w:rsid w:val="00B07FF1"/>
+    <w:rsid w:val="00B10228"/>
     <w:rsid w:val="00B114D2"/>
+    <w:rsid w:val="00B11728"/>
     <w:rsid w:val="00B11A4F"/>
     <w:rsid w:val="00B11E3A"/>
+    <w:rsid w:val="00B122DE"/>
     <w:rsid w:val="00B143CE"/>
+    <w:rsid w:val="00B1503C"/>
+    <w:rsid w:val="00B1765B"/>
     <w:rsid w:val="00B2029D"/>
     <w:rsid w:val="00B20332"/>
-    <w:rsid w:val="00B20667"/>
+    <w:rsid w:val="00B20879"/>
+    <w:rsid w:val="00B20994"/>
+    <w:rsid w:val="00B22F94"/>
+    <w:rsid w:val="00B23240"/>
     <w:rsid w:val="00B23B39"/>
+    <w:rsid w:val="00B23B9A"/>
+    <w:rsid w:val="00B2590B"/>
     <w:rsid w:val="00B25E79"/>
     <w:rsid w:val="00B25F3E"/>
+    <w:rsid w:val="00B2609C"/>
+    <w:rsid w:val="00B268AF"/>
     <w:rsid w:val="00B26B71"/>
+    <w:rsid w:val="00B299AE"/>
+    <w:rsid w:val="00B3031B"/>
     <w:rsid w:val="00B32D3F"/>
-    <w:rsid w:val="00B348B9"/>
+    <w:rsid w:val="00B336F6"/>
+    <w:rsid w:val="00B3473E"/>
     <w:rsid w:val="00B34D2C"/>
+    <w:rsid w:val="00B35186"/>
     <w:rsid w:val="00B36496"/>
     <w:rsid w:val="00B376D5"/>
+    <w:rsid w:val="00B41854"/>
     <w:rsid w:val="00B41B00"/>
+    <w:rsid w:val="00B41F38"/>
     <w:rsid w:val="00B42573"/>
+    <w:rsid w:val="00B4274D"/>
+    <w:rsid w:val="00B428BC"/>
+    <w:rsid w:val="00B42F65"/>
+    <w:rsid w:val="00B432D3"/>
+    <w:rsid w:val="00B4362F"/>
+    <w:rsid w:val="00B437B8"/>
     <w:rsid w:val="00B444CA"/>
     <w:rsid w:val="00B44E37"/>
+    <w:rsid w:val="00B45328"/>
+    <w:rsid w:val="00B4581B"/>
     <w:rsid w:val="00B4754A"/>
     <w:rsid w:val="00B51DB8"/>
     <w:rsid w:val="00B530C5"/>
+    <w:rsid w:val="00B53348"/>
     <w:rsid w:val="00B53A6C"/>
+    <w:rsid w:val="00B53D26"/>
+    <w:rsid w:val="00B53D6C"/>
     <w:rsid w:val="00B54CE4"/>
+    <w:rsid w:val="00B56A80"/>
+    <w:rsid w:val="00B60951"/>
+    <w:rsid w:val="00B61620"/>
     <w:rsid w:val="00B634EB"/>
+    <w:rsid w:val="00B63D6C"/>
+    <w:rsid w:val="00B6430E"/>
+    <w:rsid w:val="00B64507"/>
+    <w:rsid w:val="00B65637"/>
+    <w:rsid w:val="00B65827"/>
     <w:rsid w:val="00B66124"/>
+    <w:rsid w:val="00B676F7"/>
+    <w:rsid w:val="00B67950"/>
+    <w:rsid w:val="00B70066"/>
     <w:rsid w:val="00B7039E"/>
+    <w:rsid w:val="00B70990"/>
+    <w:rsid w:val="00B71080"/>
     <w:rsid w:val="00B71C1A"/>
     <w:rsid w:val="00B72D35"/>
+    <w:rsid w:val="00B74850"/>
     <w:rsid w:val="00B75E60"/>
     <w:rsid w:val="00B75EFC"/>
     <w:rsid w:val="00B77C6D"/>
     <w:rsid w:val="00B81FF5"/>
     <w:rsid w:val="00B837E4"/>
+    <w:rsid w:val="00B858EA"/>
+    <w:rsid w:val="00B8679D"/>
     <w:rsid w:val="00B879F6"/>
+    <w:rsid w:val="00B87A1D"/>
+    <w:rsid w:val="00B900C4"/>
     <w:rsid w:val="00B901FF"/>
-    <w:rsid w:val="00B90CE0"/>
-    <w:rsid w:val="00B911AF"/>
+    <w:rsid w:val="00B9065F"/>
+    <w:rsid w:val="00B912F2"/>
+    <w:rsid w:val="00B91C90"/>
     <w:rsid w:val="00B9211D"/>
     <w:rsid w:val="00B92973"/>
-    <w:rsid w:val="00B92E0C"/>
+    <w:rsid w:val="00B93213"/>
     <w:rsid w:val="00B93C9C"/>
     <w:rsid w:val="00B94705"/>
+    <w:rsid w:val="00B9486D"/>
+    <w:rsid w:val="00B94C0D"/>
+    <w:rsid w:val="00B95366"/>
     <w:rsid w:val="00B95EFD"/>
     <w:rsid w:val="00B97236"/>
+    <w:rsid w:val="00B972C6"/>
+    <w:rsid w:val="00B97D99"/>
+    <w:rsid w:val="00BA038F"/>
+    <w:rsid w:val="00BA06AC"/>
+    <w:rsid w:val="00BA1FD4"/>
     <w:rsid w:val="00BA31F7"/>
-    <w:rsid w:val="00BA34E8"/>
     <w:rsid w:val="00BA396A"/>
-    <w:rsid w:val="00BA5080"/>
+    <w:rsid w:val="00BA396B"/>
+    <w:rsid w:val="00BA3A1F"/>
     <w:rsid w:val="00BA54B1"/>
     <w:rsid w:val="00BA55BD"/>
     <w:rsid w:val="00BA6BDF"/>
     <w:rsid w:val="00BA71E8"/>
     <w:rsid w:val="00BA736F"/>
+    <w:rsid w:val="00BB0C4E"/>
     <w:rsid w:val="00BB1657"/>
     <w:rsid w:val="00BB1E2B"/>
+    <w:rsid w:val="00BB3049"/>
     <w:rsid w:val="00BB4F35"/>
     <w:rsid w:val="00BB651F"/>
-    <w:rsid w:val="00BB71F1"/>
     <w:rsid w:val="00BB79F6"/>
     <w:rsid w:val="00BC15AF"/>
     <w:rsid w:val="00BC2C60"/>
+    <w:rsid w:val="00BC31AD"/>
+    <w:rsid w:val="00BC378F"/>
     <w:rsid w:val="00BC407F"/>
     <w:rsid w:val="00BC567C"/>
     <w:rsid w:val="00BC6A90"/>
     <w:rsid w:val="00BC6C4D"/>
+    <w:rsid w:val="00BC73A0"/>
     <w:rsid w:val="00BD0A20"/>
     <w:rsid w:val="00BD1AC6"/>
     <w:rsid w:val="00BD2656"/>
+    <w:rsid w:val="00BD2709"/>
+    <w:rsid w:val="00BD2B02"/>
+    <w:rsid w:val="00BD386A"/>
     <w:rsid w:val="00BD46CD"/>
+    <w:rsid w:val="00BD49C9"/>
+    <w:rsid w:val="00BD4A7D"/>
     <w:rsid w:val="00BD5256"/>
+    <w:rsid w:val="00BD5BED"/>
     <w:rsid w:val="00BD6178"/>
-    <w:rsid w:val="00BD664B"/>
     <w:rsid w:val="00BE1073"/>
+    <w:rsid w:val="00BE199C"/>
+    <w:rsid w:val="00BE2B15"/>
     <w:rsid w:val="00BE2D04"/>
     <w:rsid w:val="00BE525F"/>
+    <w:rsid w:val="00BE552C"/>
     <w:rsid w:val="00BE589E"/>
+    <w:rsid w:val="00BE58F9"/>
+    <w:rsid w:val="00BE64F2"/>
     <w:rsid w:val="00BE6A4E"/>
     <w:rsid w:val="00BE72AF"/>
+    <w:rsid w:val="00BF00C9"/>
+    <w:rsid w:val="00BF00F1"/>
+    <w:rsid w:val="00BF033A"/>
+    <w:rsid w:val="00BF0945"/>
     <w:rsid w:val="00BF1185"/>
     <w:rsid w:val="00BF1C82"/>
     <w:rsid w:val="00BF233E"/>
     <w:rsid w:val="00BF23F4"/>
-    <w:rsid w:val="00BF2D91"/>
     <w:rsid w:val="00BF2E10"/>
     <w:rsid w:val="00BF4412"/>
+    <w:rsid w:val="00BF46B7"/>
     <w:rsid w:val="00BF4BA2"/>
+    <w:rsid w:val="00BF4BD8"/>
+    <w:rsid w:val="00BF6FCA"/>
     <w:rsid w:val="00BF7082"/>
     <w:rsid w:val="00BF7AA4"/>
     <w:rsid w:val="00C00CBC"/>
     <w:rsid w:val="00C00ED8"/>
     <w:rsid w:val="00C02509"/>
+    <w:rsid w:val="00C02706"/>
+    <w:rsid w:val="00C07936"/>
+    <w:rsid w:val="00C11EE9"/>
     <w:rsid w:val="00C1277E"/>
     <w:rsid w:val="00C13036"/>
     <w:rsid w:val="00C1378D"/>
-    <w:rsid w:val="00C15819"/>
+    <w:rsid w:val="00C14407"/>
     <w:rsid w:val="00C15CE7"/>
+    <w:rsid w:val="00C16604"/>
     <w:rsid w:val="00C16C96"/>
     <w:rsid w:val="00C17002"/>
+    <w:rsid w:val="00C17491"/>
+    <w:rsid w:val="00C178C8"/>
+    <w:rsid w:val="00C224FB"/>
     <w:rsid w:val="00C23B68"/>
+    <w:rsid w:val="00C24355"/>
     <w:rsid w:val="00C25D0D"/>
+    <w:rsid w:val="00C266A1"/>
+    <w:rsid w:val="00C270BC"/>
+    <w:rsid w:val="00C2719B"/>
     <w:rsid w:val="00C276D0"/>
     <w:rsid w:val="00C27F09"/>
     <w:rsid w:val="00C30EC6"/>
+    <w:rsid w:val="00C31775"/>
     <w:rsid w:val="00C3221B"/>
     <w:rsid w:val="00C326FB"/>
+    <w:rsid w:val="00C32CBE"/>
     <w:rsid w:val="00C3337E"/>
     <w:rsid w:val="00C33849"/>
     <w:rsid w:val="00C3433A"/>
+    <w:rsid w:val="00C34456"/>
     <w:rsid w:val="00C3570E"/>
     <w:rsid w:val="00C36E7B"/>
+    <w:rsid w:val="00C4062D"/>
     <w:rsid w:val="00C43A3B"/>
     <w:rsid w:val="00C43CE2"/>
     <w:rsid w:val="00C4513E"/>
     <w:rsid w:val="00C45CD9"/>
     <w:rsid w:val="00C45F08"/>
-    <w:rsid w:val="00C46394"/>
     <w:rsid w:val="00C46A73"/>
+    <w:rsid w:val="00C46CCB"/>
+    <w:rsid w:val="00C5021E"/>
     <w:rsid w:val="00C50593"/>
+    <w:rsid w:val="00C50AFC"/>
+    <w:rsid w:val="00C51154"/>
     <w:rsid w:val="00C51546"/>
+    <w:rsid w:val="00C515CC"/>
     <w:rsid w:val="00C52122"/>
+    <w:rsid w:val="00C52C6B"/>
+    <w:rsid w:val="00C553EF"/>
+    <w:rsid w:val="00C55E31"/>
+    <w:rsid w:val="00C56226"/>
+    <w:rsid w:val="00C576A1"/>
+    <w:rsid w:val="00C57A83"/>
     <w:rsid w:val="00C60D9C"/>
+    <w:rsid w:val="00C6179D"/>
     <w:rsid w:val="00C61BE2"/>
     <w:rsid w:val="00C61D6A"/>
+    <w:rsid w:val="00C64D38"/>
     <w:rsid w:val="00C64DFC"/>
+    <w:rsid w:val="00C654E2"/>
+    <w:rsid w:val="00C66073"/>
     <w:rsid w:val="00C66D47"/>
+    <w:rsid w:val="00C66F47"/>
     <w:rsid w:val="00C67557"/>
     <w:rsid w:val="00C704EC"/>
     <w:rsid w:val="00C7258B"/>
+    <w:rsid w:val="00C75082"/>
     <w:rsid w:val="00C751F0"/>
+    <w:rsid w:val="00C75EFD"/>
     <w:rsid w:val="00C762C5"/>
+    <w:rsid w:val="00C76D95"/>
+    <w:rsid w:val="00C81119"/>
+    <w:rsid w:val="00C81569"/>
+    <w:rsid w:val="00C81BAD"/>
     <w:rsid w:val="00C81E95"/>
     <w:rsid w:val="00C823FA"/>
     <w:rsid w:val="00C829B9"/>
     <w:rsid w:val="00C841CE"/>
+    <w:rsid w:val="00C84708"/>
     <w:rsid w:val="00C86E94"/>
     <w:rsid w:val="00C8700C"/>
+    <w:rsid w:val="00C87692"/>
+    <w:rsid w:val="00C90B4C"/>
+    <w:rsid w:val="00C925AD"/>
+    <w:rsid w:val="00C92A04"/>
     <w:rsid w:val="00C92EFD"/>
+    <w:rsid w:val="00C9312F"/>
     <w:rsid w:val="00C934B1"/>
+    <w:rsid w:val="00C94BBA"/>
     <w:rsid w:val="00C950DA"/>
-    <w:rsid w:val="00C95AEB"/>
+    <w:rsid w:val="00C955CA"/>
+    <w:rsid w:val="00C97703"/>
+    <w:rsid w:val="00C97B01"/>
+    <w:rsid w:val="00C97B21"/>
     <w:rsid w:val="00CA095B"/>
+    <w:rsid w:val="00CA11F8"/>
+    <w:rsid w:val="00CA1821"/>
     <w:rsid w:val="00CA1B6B"/>
     <w:rsid w:val="00CA365E"/>
     <w:rsid w:val="00CA3AE0"/>
+    <w:rsid w:val="00CA48B8"/>
+    <w:rsid w:val="00CA5271"/>
     <w:rsid w:val="00CA63AD"/>
+    <w:rsid w:val="00CB0C53"/>
     <w:rsid w:val="00CB1AFA"/>
+    <w:rsid w:val="00CB1C4A"/>
     <w:rsid w:val="00CB1F30"/>
     <w:rsid w:val="00CB33E8"/>
-    <w:rsid w:val="00CB4FE1"/>
+    <w:rsid w:val="00CB34EB"/>
+    <w:rsid w:val="00CB3E93"/>
+    <w:rsid w:val="00CB483E"/>
     <w:rsid w:val="00CB503D"/>
-    <w:rsid w:val="00CB526E"/>
     <w:rsid w:val="00CB5287"/>
+    <w:rsid w:val="00CB56D2"/>
+    <w:rsid w:val="00CB67E3"/>
     <w:rsid w:val="00CB7AA7"/>
-    <w:rsid w:val="00CC2E2C"/>
+    <w:rsid w:val="00CC0932"/>
+    <w:rsid w:val="00CC1200"/>
     <w:rsid w:val="00CC3140"/>
     <w:rsid w:val="00CC3611"/>
+    <w:rsid w:val="00CC4CAB"/>
+    <w:rsid w:val="00CC50CC"/>
     <w:rsid w:val="00CC5103"/>
+    <w:rsid w:val="00CC5280"/>
+    <w:rsid w:val="00CC565B"/>
+    <w:rsid w:val="00CC5996"/>
+    <w:rsid w:val="00CC62CC"/>
+    <w:rsid w:val="00CC64F0"/>
     <w:rsid w:val="00CC7399"/>
-    <w:rsid w:val="00CC7E12"/>
+    <w:rsid w:val="00CD0404"/>
     <w:rsid w:val="00CD1D74"/>
+    <w:rsid w:val="00CD223D"/>
     <w:rsid w:val="00CD303F"/>
+    <w:rsid w:val="00CD313B"/>
     <w:rsid w:val="00CD3946"/>
     <w:rsid w:val="00CD3B3B"/>
-    <w:rsid w:val="00CD587B"/>
     <w:rsid w:val="00CD5BE0"/>
+    <w:rsid w:val="00CD5E39"/>
     <w:rsid w:val="00CD61A2"/>
+    <w:rsid w:val="00CD632E"/>
+    <w:rsid w:val="00CD6F78"/>
+    <w:rsid w:val="00CD7643"/>
     <w:rsid w:val="00CE0586"/>
     <w:rsid w:val="00CE09EA"/>
     <w:rsid w:val="00CE223C"/>
+    <w:rsid w:val="00CE2B9E"/>
+    <w:rsid w:val="00CE2E23"/>
     <w:rsid w:val="00CE2E49"/>
+    <w:rsid w:val="00CE419B"/>
+    <w:rsid w:val="00CE4681"/>
     <w:rsid w:val="00CE46D7"/>
+    <w:rsid w:val="00CE58B0"/>
     <w:rsid w:val="00CE6569"/>
+    <w:rsid w:val="00CE7140"/>
     <w:rsid w:val="00CF0330"/>
     <w:rsid w:val="00CF09CC"/>
     <w:rsid w:val="00CF1F34"/>
     <w:rsid w:val="00CF227E"/>
-    <w:rsid w:val="00CF3D10"/>
+    <w:rsid w:val="00CF2AFF"/>
     <w:rsid w:val="00CF480E"/>
     <w:rsid w:val="00CF53E2"/>
+    <w:rsid w:val="00CF69C9"/>
     <w:rsid w:val="00CF7454"/>
     <w:rsid w:val="00CF7AFA"/>
     <w:rsid w:val="00D00141"/>
+    <w:rsid w:val="00D033CE"/>
+    <w:rsid w:val="00D035AF"/>
+    <w:rsid w:val="00D04D10"/>
     <w:rsid w:val="00D06A07"/>
-    <w:rsid w:val="00D0700A"/>
+    <w:rsid w:val="00D06ED1"/>
+    <w:rsid w:val="00D074BC"/>
     <w:rsid w:val="00D078AA"/>
     <w:rsid w:val="00D10DC3"/>
+    <w:rsid w:val="00D111FC"/>
     <w:rsid w:val="00D12337"/>
     <w:rsid w:val="00D15249"/>
+    <w:rsid w:val="00D15658"/>
+    <w:rsid w:val="00D15C32"/>
     <w:rsid w:val="00D16931"/>
+    <w:rsid w:val="00D16ABE"/>
+    <w:rsid w:val="00D17629"/>
     <w:rsid w:val="00D177ED"/>
+    <w:rsid w:val="00D17AB3"/>
+    <w:rsid w:val="00D20B2B"/>
+    <w:rsid w:val="00D20C0A"/>
     <w:rsid w:val="00D20F4E"/>
     <w:rsid w:val="00D21325"/>
-    <w:rsid w:val="00D218B2"/>
     <w:rsid w:val="00D233B8"/>
+    <w:rsid w:val="00D24BB7"/>
     <w:rsid w:val="00D24C3F"/>
-    <w:rsid w:val="00D2612C"/>
     <w:rsid w:val="00D262E5"/>
     <w:rsid w:val="00D303A2"/>
     <w:rsid w:val="00D318B7"/>
+    <w:rsid w:val="00D322A3"/>
+    <w:rsid w:val="00D33A54"/>
     <w:rsid w:val="00D35746"/>
     <w:rsid w:val="00D37E35"/>
+    <w:rsid w:val="00D414FB"/>
     <w:rsid w:val="00D4280A"/>
-    <w:rsid w:val="00D43EE1"/>
+    <w:rsid w:val="00D440EF"/>
+    <w:rsid w:val="00D44510"/>
     <w:rsid w:val="00D445D5"/>
     <w:rsid w:val="00D44D4E"/>
     <w:rsid w:val="00D4534D"/>
+    <w:rsid w:val="00D453A1"/>
+    <w:rsid w:val="00D455CF"/>
+    <w:rsid w:val="00D45F21"/>
+    <w:rsid w:val="00D4651A"/>
+    <w:rsid w:val="00D46710"/>
     <w:rsid w:val="00D50652"/>
+    <w:rsid w:val="00D51834"/>
     <w:rsid w:val="00D51A8B"/>
     <w:rsid w:val="00D51F90"/>
+    <w:rsid w:val="00D52A44"/>
+    <w:rsid w:val="00D53E23"/>
+    <w:rsid w:val="00D5402F"/>
+    <w:rsid w:val="00D547FA"/>
+    <w:rsid w:val="00D54FB0"/>
+    <w:rsid w:val="00D54FC6"/>
+    <w:rsid w:val="00D5557A"/>
     <w:rsid w:val="00D55767"/>
     <w:rsid w:val="00D5601D"/>
     <w:rsid w:val="00D56E5A"/>
+    <w:rsid w:val="00D57648"/>
     <w:rsid w:val="00D61DBA"/>
+    <w:rsid w:val="00D62381"/>
+    <w:rsid w:val="00D626D0"/>
     <w:rsid w:val="00D63D4A"/>
+    <w:rsid w:val="00D63E12"/>
+    <w:rsid w:val="00D64434"/>
     <w:rsid w:val="00D64B48"/>
-    <w:rsid w:val="00D65374"/>
     <w:rsid w:val="00D65FC6"/>
     <w:rsid w:val="00D6604A"/>
     <w:rsid w:val="00D67692"/>
+    <w:rsid w:val="00D700D0"/>
+    <w:rsid w:val="00D70A39"/>
+    <w:rsid w:val="00D716B2"/>
     <w:rsid w:val="00D71CC3"/>
+    <w:rsid w:val="00D72403"/>
+    <w:rsid w:val="00D727D5"/>
+    <w:rsid w:val="00D72CE5"/>
+    <w:rsid w:val="00D733B9"/>
     <w:rsid w:val="00D74312"/>
-    <w:rsid w:val="00D74EE6"/>
+    <w:rsid w:val="00D751CB"/>
+    <w:rsid w:val="00D7600B"/>
     <w:rsid w:val="00D76CDE"/>
     <w:rsid w:val="00D8055C"/>
     <w:rsid w:val="00D80FDA"/>
+    <w:rsid w:val="00D83FF3"/>
     <w:rsid w:val="00D84029"/>
     <w:rsid w:val="00D84A5E"/>
     <w:rsid w:val="00D84E48"/>
+    <w:rsid w:val="00D8533A"/>
     <w:rsid w:val="00D8679B"/>
     <w:rsid w:val="00D87188"/>
     <w:rsid w:val="00D87AE7"/>
     <w:rsid w:val="00D87B26"/>
+    <w:rsid w:val="00D9081D"/>
     <w:rsid w:val="00D90EDC"/>
     <w:rsid w:val="00D913DC"/>
     <w:rsid w:val="00D9377B"/>
     <w:rsid w:val="00D951EA"/>
+    <w:rsid w:val="00D9571D"/>
     <w:rsid w:val="00D9674B"/>
     <w:rsid w:val="00DA0623"/>
     <w:rsid w:val="00DA0DA3"/>
     <w:rsid w:val="00DA113D"/>
     <w:rsid w:val="00DA1DC7"/>
     <w:rsid w:val="00DA20D7"/>
     <w:rsid w:val="00DA2FD5"/>
+    <w:rsid w:val="00DA4777"/>
     <w:rsid w:val="00DA54A2"/>
     <w:rsid w:val="00DA56F0"/>
+    <w:rsid w:val="00DA638C"/>
     <w:rsid w:val="00DA6E9C"/>
     <w:rsid w:val="00DB0420"/>
-    <w:rsid w:val="00DB2681"/>
-    <w:rsid w:val="00DB317B"/>
+    <w:rsid w:val="00DB07C2"/>
+    <w:rsid w:val="00DB0EB5"/>
+    <w:rsid w:val="00DB196F"/>
+    <w:rsid w:val="00DB2676"/>
     <w:rsid w:val="00DB33A3"/>
-    <w:rsid w:val="00DC20D8"/>
+    <w:rsid w:val="00DB5FC9"/>
+    <w:rsid w:val="00DB7EA2"/>
+    <w:rsid w:val="00DC0D83"/>
     <w:rsid w:val="00DC292B"/>
     <w:rsid w:val="00DC2A3D"/>
     <w:rsid w:val="00DC7EE8"/>
     <w:rsid w:val="00DD11C4"/>
     <w:rsid w:val="00DD16D7"/>
+    <w:rsid w:val="00DD198C"/>
+    <w:rsid w:val="00DD2427"/>
+    <w:rsid w:val="00DD342D"/>
     <w:rsid w:val="00DD367D"/>
     <w:rsid w:val="00DD387D"/>
     <w:rsid w:val="00DD491A"/>
     <w:rsid w:val="00DD6C83"/>
     <w:rsid w:val="00DD6CFB"/>
     <w:rsid w:val="00DD6FD8"/>
+    <w:rsid w:val="00DD7262"/>
+    <w:rsid w:val="00DD769D"/>
+    <w:rsid w:val="00DD77A6"/>
+    <w:rsid w:val="00DE0EC4"/>
     <w:rsid w:val="00DE1FFF"/>
+    <w:rsid w:val="00DE31D2"/>
     <w:rsid w:val="00DE4225"/>
     <w:rsid w:val="00DE43F6"/>
+    <w:rsid w:val="00DE458B"/>
     <w:rsid w:val="00DE472F"/>
-    <w:rsid w:val="00DE5876"/>
+    <w:rsid w:val="00DE554C"/>
     <w:rsid w:val="00DE5E76"/>
     <w:rsid w:val="00DE6704"/>
     <w:rsid w:val="00DE672D"/>
+    <w:rsid w:val="00DE6B98"/>
+    <w:rsid w:val="00DE7A58"/>
     <w:rsid w:val="00DF0413"/>
     <w:rsid w:val="00DF094C"/>
+    <w:rsid w:val="00DF1472"/>
     <w:rsid w:val="00DF1805"/>
-    <w:rsid w:val="00DF2E13"/>
+    <w:rsid w:val="00DF21A6"/>
+    <w:rsid w:val="00DF307D"/>
+    <w:rsid w:val="00DF3C3E"/>
     <w:rsid w:val="00DF46CF"/>
     <w:rsid w:val="00DF4873"/>
     <w:rsid w:val="00DF5BF0"/>
     <w:rsid w:val="00DF5ED4"/>
     <w:rsid w:val="00DF66E2"/>
     <w:rsid w:val="00DF695B"/>
     <w:rsid w:val="00DF7753"/>
+    <w:rsid w:val="00E005A4"/>
+    <w:rsid w:val="00E015A2"/>
+    <w:rsid w:val="00E0310F"/>
     <w:rsid w:val="00E0384C"/>
+    <w:rsid w:val="00E03EDB"/>
+    <w:rsid w:val="00E04154"/>
     <w:rsid w:val="00E04AAD"/>
     <w:rsid w:val="00E05382"/>
-    <w:rsid w:val="00E06F57"/>
     <w:rsid w:val="00E072A2"/>
     <w:rsid w:val="00E0765F"/>
-    <w:rsid w:val="00E109A0"/>
+    <w:rsid w:val="00E07E1A"/>
+    <w:rsid w:val="00E10D3C"/>
+    <w:rsid w:val="00E11431"/>
+    <w:rsid w:val="00E11752"/>
+    <w:rsid w:val="00E11F66"/>
     <w:rsid w:val="00E13086"/>
     <w:rsid w:val="00E131D4"/>
     <w:rsid w:val="00E13250"/>
     <w:rsid w:val="00E14E28"/>
+    <w:rsid w:val="00E15214"/>
+    <w:rsid w:val="00E154D8"/>
     <w:rsid w:val="00E160F0"/>
     <w:rsid w:val="00E17077"/>
     <w:rsid w:val="00E17079"/>
+    <w:rsid w:val="00E17325"/>
+    <w:rsid w:val="00E22450"/>
     <w:rsid w:val="00E22620"/>
+    <w:rsid w:val="00E2276B"/>
     <w:rsid w:val="00E231B1"/>
     <w:rsid w:val="00E23C3F"/>
+    <w:rsid w:val="00E23F17"/>
     <w:rsid w:val="00E24163"/>
     <w:rsid w:val="00E242E1"/>
+    <w:rsid w:val="00E242EC"/>
     <w:rsid w:val="00E24A35"/>
     <w:rsid w:val="00E25142"/>
+    <w:rsid w:val="00E25666"/>
     <w:rsid w:val="00E260BA"/>
+    <w:rsid w:val="00E2656C"/>
+    <w:rsid w:val="00E271DF"/>
     <w:rsid w:val="00E30185"/>
+    <w:rsid w:val="00E30C21"/>
     <w:rsid w:val="00E30D89"/>
+    <w:rsid w:val="00E331C5"/>
+    <w:rsid w:val="00E34F38"/>
     <w:rsid w:val="00E35BDB"/>
     <w:rsid w:val="00E36794"/>
+    <w:rsid w:val="00E36C56"/>
     <w:rsid w:val="00E37A58"/>
-    <w:rsid w:val="00E418E9"/>
+    <w:rsid w:val="00E402C8"/>
+    <w:rsid w:val="00E42241"/>
+    <w:rsid w:val="00E42D1E"/>
+    <w:rsid w:val="00E435E5"/>
     <w:rsid w:val="00E4379C"/>
     <w:rsid w:val="00E43985"/>
     <w:rsid w:val="00E43CAE"/>
     <w:rsid w:val="00E445DF"/>
+    <w:rsid w:val="00E4483F"/>
+    <w:rsid w:val="00E45EF6"/>
+    <w:rsid w:val="00E46436"/>
+    <w:rsid w:val="00E46928"/>
     <w:rsid w:val="00E473DD"/>
+    <w:rsid w:val="00E479D7"/>
+    <w:rsid w:val="00E47E27"/>
+    <w:rsid w:val="00E50BD5"/>
     <w:rsid w:val="00E51651"/>
+    <w:rsid w:val="00E52087"/>
     <w:rsid w:val="00E5210D"/>
+    <w:rsid w:val="00E522BF"/>
     <w:rsid w:val="00E523FB"/>
     <w:rsid w:val="00E53000"/>
     <w:rsid w:val="00E551B0"/>
+    <w:rsid w:val="00E55FF7"/>
+    <w:rsid w:val="00E56518"/>
+    <w:rsid w:val="00E57E49"/>
     <w:rsid w:val="00E60599"/>
+    <w:rsid w:val="00E60791"/>
     <w:rsid w:val="00E616B9"/>
+    <w:rsid w:val="00E62763"/>
+    <w:rsid w:val="00E64E18"/>
     <w:rsid w:val="00E65120"/>
+    <w:rsid w:val="00E65190"/>
+    <w:rsid w:val="00E65572"/>
+    <w:rsid w:val="00E65C87"/>
     <w:rsid w:val="00E66A6C"/>
+    <w:rsid w:val="00E66F93"/>
     <w:rsid w:val="00E67141"/>
+    <w:rsid w:val="00E677D8"/>
+    <w:rsid w:val="00E67FE7"/>
     <w:rsid w:val="00E70083"/>
     <w:rsid w:val="00E704E6"/>
     <w:rsid w:val="00E7064D"/>
-    <w:rsid w:val="00E70E62"/>
+    <w:rsid w:val="00E72355"/>
+    <w:rsid w:val="00E72861"/>
     <w:rsid w:val="00E72E9C"/>
     <w:rsid w:val="00E758FD"/>
     <w:rsid w:val="00E75AE8"/>
-    <w:rsid w:val="00E7778A"/>
+    <w:rsid w:val="00E7698A"/>
+    <w:rsid w:val="00E80305"/>
+    <w:rsid w:val="00E80780"/>
     <w:rsid w:val="00E8118E"/>
     <w:rsid w:val="00E813AD"/>
     <w:rsid w:val="00E83A35"/>
     <w:rsid w:val="00E85092"/>
     <w:rsid w:val="00E8509A"/>
     <w:rsid w:val="00E855BF"/>
-    <w:rsid w:val="00E85B60"/>
     <w:rsid w:val="00E92404"/>
     <w:rsid w:val="00E9377A"/>
     <w:rsid w:val="00E94B1F"/>
+    <w:rsid w:val="00E94E0C"/>
+    <w:rsid w:val="00E962F6"/>
+    <w:rsid w:val="00E96DA2"/>
     <w:rsid w:val="00E96F2D"/>
+    <w:rsid w:val="00E970AA"/>
     <w:rsid w:val="00E97615"/>
     <w:rsid w:val="00EA071D"/>
-    <w:rsid w:val="00EA0875"/>
+    <w:rsid w:val="00EA0AB7"/>
     <w:rsid w:val="00EA12D0"/>
     <w:rsid w:val="00EA17F9"/>
     <w:rsid w:val="00EA309A"/>
     <w:rsid w:val="00EA38AC"/>
+    <w:rsid w:val="00EA4186"/>
     <w:rsid w:val="00EA5CF9"/>
+    <w:rsid w:val="00EA65DC"/>
+    <w:rsid w:val="00EA6B30"/>
     <w:rsid w:val="00EA7A0F"/>
     <w:rsid w:val="00EB0AC4"/>
     <w:rsid w:val="00EB0B48"/>
     <w:rsid w:val="00EB0F61"/>
+    <w:rsid w:val="00EB171E"/>
+    <w:rsid w:val="00EB28B8"/>
     <w:rsid w:val="00EB3D4F"/>
+    <w:rsid w:val="00EB5E04"/>
     <w:rsid w:val="00EB5EC3"/>
     <w:rsid w:val="00EB6BA4"/>
+    <w:rsid w:val="00EB7562"/>
+    <w:rsid w:val="00EC0383"/>
     <w:rsid w:val="00EC0B75"/>
+    <w:rsid w:val="00EC284D"/>
     <w:rsid w:val="00EC349A"/>
+    <w:rsid w:val="00EC3661"/>
+    <w:rsid w:val="00EC4093"/>
     <w:rsid w:val="00EC4184"/>
+    <w:rsid w:val="00EC4C08"/>
     <w:rsid w:val="00EC523D"/>
     <w:rsid w:val="00EC5618"/>
-    <w:rsid w:val="00EC5A52"/>
     <w:rsid w:val="00EC6C0C"/>
+    <w:rsid w:val="00EC7308"/>
     <w:rsid w:val="00ED0A60"/>
     <w:rsid w:val="00ED0EFE"/>
+    <w:rsid w:val="00ED0F7F"/>
+    <w:rsid w:val="00ED17FD"/>
     <w:rsid w:val="00ED1828"/>
     <w:rsid w:val="00ED19F9"/>
     <w:rsid w:val="00ED2E53"/>
     <w:rsid w:val="00ED30DF"/>
     <w:rsid w:val="00ED31BF"/>
-    <w:rsid w:val="00ED36F5"/>
     <w:rsid w:val="00ED44CB"/>
     <w:rsid w:val="00ED4A7E"/>
     <w:rsid w:val="00ED5633"/>
-    <w:rsid w:val="00ED6254"/>
+    <w:rsid w:val="00EE0A76"/>
     <w:rsid w:val="00EE1BBB"/>
     <w:rsid w:val="00EE213F"/>
-    <w:rsid w:val="00EE26C1"/>
+    <w:rsid w:val="00EE2BAF"/>
+    <w:rsid w:val="00EE2FC9"/>
+    <w:rsid w:val="00EE38E4"/>
     <w:rsid w:val="00EE3E58"/>
+    <w:rsid w:val="00EE42AD"/>
     <w:rsid w:val="00EE4389"/>
+    <w:rsid w:val="00EE49C4"/>
     <w:rsid w:val="00EE5BF6"/>
     <w:rsid w:val="00EE65B7"/>
+    <w:rsid w:val="00EE771A"/>
     <w:rsid w:val="00EF0E34"/>
     <w:rsid w:val="00EF137B"/>
-    <w:rsid w:val="00EF6C63"/>
+    <w:rsid w:val="00EF24B0"/>
+    <w:rsid w:val="00EF29C4"/>
+    <w:rsid w:val="00EF2AED"/>
+    <w:rsid w:val="00EF3932"/>
+    <w:rsid w:val="00EF58DC"/>
+    <w:rsid w:val="00EF67FA"/>
+    <w:rsid w:val="00EF6D35"/>
+    <w:rsid w:val="00EF776E"/>
     <w:rsid w:val="00F0042B"/>
     <w:rsid w:val="00F01459"/>
     <w:rsid w:val="00F02434"/>
     <w:rsid w:val="00F02834"/>
+    <w:rsid w:val="00F03342"/>
     <w:rsid w:val="00F053ED"/>
-    <w:rsid w:val="00F0633A"/>
     <w:rsid w:val="00F065C9"/>
     <w:rsid w:val="00F0699B"/>
+    <w:rsid w:val="00F06A7C"/>
+    <w:rsid w:val="00F06ED4"/>
     <w:rsid w:val="00F1311F"/>
-    <w:rsid w:val="00F13ACE"/>
+    <w:rsid w:val="00F14C43"/>
+    <w:rsid w:val="00F1587D"/>
     <w:rsid w:val="00F167BD"/>
+    <w:rsid w:val="00F16C4C"/>
     <w:rsid w:val="00F173CB"/>
     <w:rsid w:val="00F208F3"/>
     <w:rsid w:val="00F21CD5"/>
+    <w:rsid w:val="00F21F01"/>
     <w:rsid w:val="00F2360D"/>
     <w:rsid w:val="00F2373B"/>
-    <w:rsid w:val="00F25416"/>
+    <w:rsid w:val="00F24245"/>
     <w:rsid w:val="00F25E1A"/>
+    <w:rsid w:val="00F262F8"/>
     <w:rsid w:val="00F26578"/>
+    <w:rsid w:val="00F2670A"/>
     <w:rsid w:val="00F27257"/>
     <w:rsid w:val="00F275F4"/>
     <w:rsid w:val="00F27AEA"/>
     <w:rsid w:val="00F30786"/>
+    <w:rsid w:val="00F30C3A"/>
+    <w:rsid w:val="00F30CA1"/>
     <w:rsid w:val="00F31BD7"/>
-    <w:rsid w:val="00F34CDC"/>
+    <w:rsid w:val="00F31F70"/>
+    <w:rsid w:val="00F36768"/>
+    <w:rsid w:val="00F375A3"/>
+    <w:rsid w:val="00F37ED6"/>
+    <w:rsid w:val="00F43FFB"/>
     <w:rsid w:val="00F4537B"/>
+    <w:rsid w:val="00F4545B"/>
     <w:rsid w:val="00F456C7"/>
     <w:rsid w:val="00F464AE"/>
+    <w:rsid w:val="00F465D2"/>
+    <w:rsid w:val="00F471CB"/>
+    <w:rsid w:val="00F47AE8"/>
     <w:rsid w:val="00F47F77"/>
     <w:rsid w:val="00F50351"/>
     <w:rsid w:val="00F50356"/>
     <w:rsid w:val="00F52003"/>
-    <w:rsid w:val="00F55857"/>
+    <w:rsid w:val="00F5497B"/>
     <w:rsid w:val="00F55A22"/>
     <w:rsid w:val="00F55AAA"/>
     <w:rsid w:val="00F56DFB"/>
+    <w:rsid w:val="00F60523"/>
+    <w:rsid w:val="00F6264B"/>
     <w:rsid w:val="00F62AD7"/>
+    <w:rsid w:val="00F62FD6"/>
     <w:rsid w:val="00F63C94"/>
-    <w:rsid w:val="00F65876"/>
+    <w:rsid w:val="00F63FF7"/>
     <w:rsid w:val="00F65E5A"/>
-    <w:rsid w:val="00F70E3C"/>
+    <w:rsid w:val="00F705BE"/>
+    <w:rsid w:val="00F70C44"/>
+    <w:rsid w:val="00F71E22"/>
     <w:rsid w:val="00F71E92"/>
-    <w:rsid w:val="00F736F9"/>
+    <w:rsid w:val="00F722B1"/>
     <w:rsid w:val="00F73768"/>
     <w:rsid w:val="00F73F46"/>
+    <w:rsid w:val="00F74970"/>
+    <w:rsid w:val="00F74AAF"/>
+    <w:rsid w:val="00F76AC3"/>
     <w:rsid w:val="00F76E0A"/>
-    <w:rsid w:val="00F77102"/>
     <w:rsid w:val="00F778AF"/>
-    <w:rsid w:val="00F832E2"/>
+    <w:rsid w:val="00F77E6D"/>
+    <w:rsid w:val="00F81101"/>
     <w:rsid w:val="00F843E9"/>
     <w:rsid w:val="00F848C5"/>
+    <w:rsid w:val="00F85127"/>
     <w:rsid w:val="00F86239"/>
     <w:rsid w:val="00F86969"/>
+    <w:rsid w:val="00F86F0C"/>
     <w:rsid w:val="00F876EA"/>
     <w:rsid w:val="00F879C4"/>
+    <w:rsid w:val="00F904A8"/>
+    <w:rsid w:val="00F90661"/>
     <w:rsid w:val="00F90A13"/>
+    <w:rsid w:val="00F917A1"/>
     <w:rsid w:val="00F91E1D"/>
-    <w:rsid w:val="00F921CB"/>
+    <w:rsid w:val="00F95BEF"/>
     <w:rsid w:val="00F95D2F"/>
+    <w:rsid w:val="00F967A9"/>
     <w:rsid w:val="00FA10A0"/>
+    <w:rsid w:val="00FA19BC"/>
+    <w:rsid w:val="00FA1B13"/>
+    <w:rsid w:val="00FA1C43"/>
+    <w:rsid w:val="00FA1C81"/>
+    <w:rsid w:val="00FA2897"/>
+    <w:rsid w:val="00FA2A4B"/>
     <w:rsid w:val="00FA30C4"/>
     <w:rsid w:val="00FA325A"/>
     <w:rsid w:val="00FA402D"/>
+    <w:rsid w:val="00FA4B55"/>
     <w:rsid w:val="00FA559E"/>
     <w:rsid w:val="00FA69A1"/>
+    <w:rsid w:val="00FA7C2E"/>
     <w:rsid w:val="00FB1232"/>
+    <w:rsid w:val="00FB3E6E"/>
     <w:rsid w:val="00FB57B8"/>
     <w:rsid w:val="00FB58D9"/>
+    <w:rsid w:val="00FB6043"/>
+    <w:rsid w:val="00FB6256"/>
+    <w:rsid w:val="00FB6726"/>
     <w:rsid w:val="00FB70F0"/>
-    <w:rsid w:val="00FC161B"/>
+    <w:rsid w:val="00FC03F1"/>
+    <w:rsid w:val="00FC0E1B"/>
     <w:rsid w:val="00FC49E2"/>
     <w:rsid w:val="00FC4CAA"/>
     <w:rsid w:val="00FC5639"/>
-    <w:rsid w:val="00FC65E9"/>
+    <w:rsid w:val="00FC5D6C"/>
+    <w:rsid w:val="00FC62E0"/>
+    <w:rsid w:val="00FD079E"/>
     <w:rsid w:val="00FD1509"/>
     <w:rsid w:val="00FD2684"/>
+    <w:rsid w:val="00FD35F2"/>
+    <w:rsid w:val="00FD4379"/>
     <w:rsid w:val="00FD4BEA"/>
     <w:rsid w:val="00FD5019"/>
-    <w:rsid w:val="00FD5861"/>
+    <w:rsid w:val="00FD6668"/>
     <w:rsid w:val="00FD6669"/>
+    <w:rsid w:val="00FD7776"/>
+    <w:rsid w:val="00FD7B5D"/>
     <w:rsid w:val="00FD7B67"/>
     <w:rsid w:val="00FD7C9B"/>
-    <w:rsid w:val="00FE14D9"/>
-    <w:rsid w:val="00FE161B"/>
     <w:rsid w:val="00FE1F86"/>
     <w:rsid w:val="00FE1F9A"/>
+    <w:rsid w:val="00FE35A0"/>
     <w:rsid w:val="00FE3927"/>
+    <w:rsid w:val="00FE4066"/>
+    <w:rsid w:val="00FE47A9"/>
+    <w:rsid w:val="00FE7101"/>
+    <w:rsid w:val="00FE7850"/>
+    <w:rsid w:val="00FE79F0"/>
     <w:rsid w:val="00FF1215"/>
     <w:rsid w:val="00FF187B"/>
-    <w:rsid w:val="00FF3952"/>
+    <w:rsid w:val="00FF3031"/>
+    <w:rsid w:val="00FF40BE"/>
+    <w:rsid w:val="00FF4C3B"/>
+    <w:rsid w:val="00FF5371"/>
+    <w:rsid w:val="00FF7C64"/>
+    <w:rsid w:val="06E711DF"/>
+    <w:rsid w:val="0CA3BF13"/>
+    <w:rsid w:val="13273B5D"/>
+    <w:rsid w:val="19FDC8F8"/>
+    <w:rsid w:val="1EFB41CA"/>
+    <w:rsid w:val="20C0CAC2"/>
+    <w:rsid w:val="246DF0BF"/>
+    <w:rsid w:val="24C221F6"/>
+    <w:rsid w:val="26830E6B"/>
+    <w:rsid w:val="28226F72"/>
+    <w:rsid w:val="2B253790"/>
+    <w:rsid w:val="2CFDFF7F"/>
+    <w:rsid w:val="2EC82058"/>
+    <w:rsid w:val="316150BE"/>
+    <w:rsid w:val="3F542406"/>
+    <w:rsid w:val="40405226"/>
+    <w:rsid w:val="4310CA1E"/>
+    <w:rsid w:val="43A62F3E"/>
+    <w:rsid w:val="4AA3E5FC"/>
+    <w:rsid w:val="4C70B702"/>
+    <w:rsid w:val="4D80663D"/>
+    <w:rsid w:val="4FD98F3E"/>
+    <w:rsid w:val="508075CC"/>
+    <w:rsid w:val="55DAFD9A"/>
+    <w:rsid w:val="5A2D5D0F"/>
+    <w:rsid w:val="5B0B2A3B"/>
+    <w:rsid w:val="5E62AE44"/>
+    <w:rsid w:val="5E6DB276"/>
+    <w:rsid w:val="61EAEA5B"/>
+    <w:rsid w:val="69CACFD4"/>
+    <w:rsid w:val="6C4D1063"/>
+    <w:rsid w:val="6F34ABA9"/>
+    <w:rsid w:val="7360B8A3"/>
+    <w:rsid w:val="78413079"/>
+    <w:rsid w:val="7C674098"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="1FCE5B34"/>
-  <w15:docId w15:val="{78F32601-B816-43CD-8A3C-484AF018C2D0}"/>
+  <w14:docId w14:val="50FFD414"/>
+  <w15:docId w15:val="{7898BF77-FA34-4699-942E-A91FACED424E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 9" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 1" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 2" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 3" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 4" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 5" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 6" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 7" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 8" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toc 9" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Normal Indent" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation text" w:semiHidden="1" w:unhideWhenUsed="1"/>
-    <w:lsdException w:name="header" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="header" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footer" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:uiPriority="35" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="table of figures" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope address" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="envelope return" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="footnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="annotation reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="line number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="page number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote reference" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="endnote text" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="table of authorities" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="macro" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="toa heading" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Number" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="List Bullet 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -15596,67 +29972,69 @@
     <w:qFormat/>
     <w:rsid w:val="007655FC"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="6"/>
       </w:numPr>
       <w:ind w:left="340" w:hanging="170"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:eastAsia="Cambria"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09text">
     <w:name w:val="Table09text"/>
     <w:basedOn w:val="Table11text"/>
     <w:qFormat/>
     <w:rsid w:val="005F2A62"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20"/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="HeaderChar"/>
+    <w:uiPriority w:val="99"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="008462E4"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
     <w:name w:val="Header Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Header"/>
+    <w:uiPriority w:val="99"/>
     <w:rsid w:val="008462E4"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:aliases w:val="Footer-portrait"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="FooterChar"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003862D3"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4513"/>
         <w:tab w:val="right" w:pos="9026"/>
       </w:tabs>
       <w:spacing w:before="0"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="14"/>
     </w:rPr>
   </w:style>
@@ -15669,98 +30047,94 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11text">
     <w:name w:val="Table11text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Table11textChar"/>
     <w:rsid w:val="00B34D2C"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11Heading">
     <w:name w:val="Table11Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00F832E2"/>
+    <w:rsid w:val="00312323"/>
     <w:pPr>
       <w:keepLines/>
-      <w:spacing w:after="120"/>
+      <w:spacing w:before="40" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB651F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="4678"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Table11textChar">
     <w:name w:val="Table11text Char"/>
     <w:link w:val="Table11text"/>
     <w:locked/>
     <w:rsid w:val="00B34D2C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table10Heading">
     <w:name w:val="Table10Heading"/>
     <w:basedOn w:val="Table11Heading"/>
     <w:qFormat/>
     <w:rsid w:val="00801B81"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008057AB"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="480" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="2C88A8" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
@@ -15908,67 +30282,65 @@
     <w:rsid w:val="009705A2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4379C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4379C"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00E4379C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09Heading">
     <w:name w:val="Table09Heading"/>
     <w:basedOn w:val="Table10Heading"/>
     <w:qFormat/>
     <w:rsid w:val="00266086"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09bullet">
     <w:name w:val="Table09bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00144BC3"/>
     <w:pPr>
       <w:numPr>
@@ -16386,90 +30758,113 @@
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C6F33"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005C6F33"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E42D1E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
     <w:name w:val="Table Grid2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E109A0"/>
+    <w:rsid w:val="00E42D1E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="paragraph" w:styleId="Revision">
-[...4 lines deleted...]
-    <w:rsid w:val="00132676"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00790F24"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00790F24"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00790F24"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="6299485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="16202918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17017,50 +31412,143 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="792603925">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="824515230">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="192109979">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="121314583">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="430592418">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="142237353">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1668291271">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1822190078">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="833447051">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="845749214">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -17216,50 +31704,169 @@
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1826706575">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2127652439">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="906307425">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="438721765">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1093820023">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="468786937">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1577591277">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="934828142">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="402685312">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1074812052">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1473057525">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1008748991">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="330913923">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -17810,50 +32417,89 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1268271572">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="1300375866">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="122771100">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1488741250">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1380978079">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1408114914">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18157,50 +32803,143 @@
           </w:divBdr>
         </w:div>
         <w:div w:id="1886286186">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1990938859">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="240"/>
           <w:marBottom w:val="240"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1458523177">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="302346807">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="214583738">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1613630864">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="869536104">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2049986956">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="554043616">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1462966885">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1437601495">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -18751,50 +33490,208 @@
                                   </w:divBdr>
                                   <w:divsChild>
                                     <w:div w:id="8148391">
                                       <w:marLeft w:val="0"/>
                                       <w:marRight w:val="0"/>
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1652714111">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1040135030">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+        <w:div w:id="1222643032">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1686667247">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="199899379">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1368139716">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1409112196">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1953239484">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1532259342">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1578320589">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1554653221">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1034695075">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1691487605">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1696808019">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
@@ -19386,50 +34283,143 @@
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1883666302">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="540170154">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1797605599">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="623777867">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="979849553">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="975723009">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1480416514">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1891723382">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="611330203">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
@@ -19472,50 +34462,169 @@
         <w:div w:id="1288924474">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1845388940">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="1962228715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="1516728093">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1812601813">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1977908559">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="295379019">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1988168037">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="915745668">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="1986932175">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="2029867366">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="2030524693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2063746851">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -19786,51 +34895,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2141805455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hv.policy@tmr.qld.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="NHVR">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="408287"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4DAED0"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C6462B"/>
       </a:accent2>
       <a:accent3>
@@ -20090,222 +35199,191 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100188134B2972AA042B6259ED0075654D1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="28f73640a9411ff1f47db314d2228ec5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f32d0472-dedd-468f-903e-695ac5d98c9a" xmlns:ns3="80e757b3-a384-43c4-b221-94b3fd11984a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47d3faf306c66a54b9e5b4ed10002565" ns2:_="" ns3:_="">
+    <xsd:import namespace="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <xsd:import namespace="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Inside" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="646e6e12-1eed-4a0d-9865-54bcae2a0fe8" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f32d0472-dedd-468f-903e-695ac5d98c9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Inside" ma:index="8" nillable="true" ma:displayName="Type" ma:format="RadioButtons" ma:internalName="Inside">
-[...10 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f9ec6a42-900c-40b9-95df-acf57bf21585" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="13" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
-[...20 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d882f032-dad1-41cf-a60f-97869fdaafaa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...30 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80e757b3-a384-43c4-b221-94b3fd11984a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0d89b106-7a1c-4f16-8716-f38fddf45850}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19">
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ceb07750-2175-4945-957e-25925177fb66}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="80e757b3-a384-43c4-b221-94b3fd11984a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -20372,132 +35450,161 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="80e757b3-a384-43c4-b221-94b3fd11984a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f32d0472-dedd-468f-903e-695ac5d98c9a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B615DE76-7ED7-4340-AFC1-CA598C2C4A76}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C042D4C6-1A1E-4528-843D-4EAB3CD821E4}">
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F197C919-8667-4908-AB52-FE0961278F08}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{26A7AEA3-67DA-4C3F-AA80-AD3E3441A149}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="646e6e12-1eed-4a0d-9865-54bcae2a0fe8"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{8572C133-4CD2-419E-90AE-01847BD08513}">
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758D69EC-8D0A-4C9A-BF7F-19C4838C6B46}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{3DD58591-069A-49E2-BCC0-68DFB80C3F92}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BC9A9F3-4CDF-4D5D-A136-8ACA7965AC46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-[...6 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>6440</Characters>
+  <Pages>1</Pages>
+  <Words>1637</Words>
+  <Characters>9337</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>322</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>77</Lines>
+  <Paragraphs>21</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+  <Company>National Heavy Vehicle Regulator</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>10953</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:i4>3670083</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:hv.policy@tmr.qld.gov.au</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...8 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>S10 Checklist—Concessional livestock loading – Vehicle rating (Dog trailers)</dc:title>
+  <dc:title>S10 Checklist—Concessional livestock loading – Vehicle rating (Semitrailer including B-double and B-triple trailer)</dc:title>
+  <dc:subject/>
   <dc:creator>National Heavy Vehicle Regulator (NHVR)</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100188134B2972AA042B6259ED0075654D1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>