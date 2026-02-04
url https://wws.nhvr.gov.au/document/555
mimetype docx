--- v0 (2025-10-19)
+++ v1 (2026-02-04)
@@ -1,6270 +1,12624 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer5.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer6.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer7.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="79911E40" w14:textId="3BE7E8EF" w:rsidR="00F27AEA" w:rsidRPr="00266086" w:rsidRDefault="006A4D48" w:rsidP="00660987">
-[...3 lines deleted...]
-      <w:r>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4944" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10080"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00706565" w:rsidRPr="00706565" w14:paraId="40486222" w14:textId="77777777" w:rsidTr="1EFD8C29">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADC4B7B" w14:textId="01915943" w:rsidR="00561142" w:rsidRPr="00706565" w:rsidRDefault="00AE1A2B" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00706565">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Completing This Checklist:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00561142" w:rsidRPr="00C03E44" w14:paraId="228E7BA5" w14:textId="77777777" w:rsidTr="1EFD8C29">
+        <w:trPr>
+          <w:trHeight w:val="718"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="35C53B9D" w14:textId="77777777" w:rsidR="00075B25" w:rsidRDefault="00075B25" w:rsidP="00075B25">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00075B25">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Please follow and complete this checklist in the order below.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075B25">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7FB7E74D" w14:textId="77777777" w:rsidR="005A5A99" w:rsidRPr="005A5A99" w:rsidRDefault="00B5717F" w:rsidP="00B5717F">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2790">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle units being certified are to be weighed and inspected in an operational ready configuration to ensure accurate S10 calculations.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B9D9D1F" w14:textId="6A9E81A3" w:rsidR="00B5717F" w:rsidRPr="007E2790" w:rsidRDefault="005A5A99" w:rsidP="00B5717F">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Only tandem axle </w:t>
+            </w:r>
+            <w:r w:rsidR="007939DC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>converter dolly trailers are eligible to be certified under S10</w:t>
+            </w:r>
+            <w:r w:rsidR="0064280E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r w:rsidR="00B5717F" w:rsidRPr="007E2790">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3751BE8A" w14:textId="77777777" w:rsidR="00075B25" w:rsidRPr="00075B25" w:rsidRDefault="00075B25" w:rsidP="00075B25">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00075B25">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>There are particulars in this checklist that have reference numbers e.g. (B7). The data from these particulars will be used in other areas of the checklists to complete the necessary calculations as part of the S10 certification. Please follow the references.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075B25">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="76E4C8E8" w14:textId="2478B370" w:rsidR="00075B25" w:rsidRPr="00075B25" w:rsidRDefault="00075B25" w:rsidP="00075B25">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="1EFD8C29">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For further information regarding the use of this checklist and calculations please </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidR="0E956580" w:rsidRPr="1EFD8C29">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>email TMR</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="1EFD8C29">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+            <w:r>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33E991E3" w14:textId="214C6F37" w:rsidR="00C6015D" w:rsidRPr="00075B25" w:rsidRDefault="00075B25" w:rsidP="00075B25">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00075B25">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Refer to Appendix 1 of the S10 code for a glossary of terms referenced in this checklist.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00075B25">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A094341" w14:textId="2066FF25" w:rsidR="00F27AEA" w:rsidRDefault="006A4D48" w:rsidP="0029095A">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>Part A</w:t>
       </w:r>
-      <w:r w:rsidR="00660987">
-        <w:t xml:space="preserve"> - </w:t>
+      <w:r w:rsidR="00E42D1E" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F27AEA" w:rsidRPr="00266086">
-        <w:t xml:space="preserve">Vehicle </w:t>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
       </w:r>
-      <w:r w:rsidR="00F27AEA">
-        <w:t xml:space="preserve">owner’s or supplier’s </w:t>
+      <w:r w:rsidR="000E7686">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Owner/Supplier</w:t>
       </w:r>
-      <w:r w:rsidR="00F27AEA" w:rsidRPr="00266086">
-        <w:t>details</w:t>
+      <w:r w:rsidR="005E1645">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7686">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA73C4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85127">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27AEA" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>etails</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257A5560" w14:textId="63B833EF" w:rsidR="00387F31" w:rsidRPr="00420F2D" w:rsidRDefault="00EA73C4" w:rsidP="007D1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="0029095A">
+        <w:t xml:space="preserve"> Owner/Supplier Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4944" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3782"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1686"/>
+        <w:gridCol w:w="3757"/>
+        <w:gridCol w:w="4647"/>
+        <w:gridCol w:w="1676"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="14ABEB8D" w14:textId="77777777" w:rsidTr="00113302">
+      <w:tr w:rsidR="00F27AEA" w14:paraId="6F468F17" w14:textId="77777777" w:rsidTr="009B0005">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="4F42894A" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="00660987">
+          <w:p w14:paraId="00660BD4" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="4699C874" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00660987">
+          <w:p w14:paraId="65E0771D" w14:textId="73B1B3B5" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company/business:</w:t>
+              <w:t>Company/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34456">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:t>usiness:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="00A16BFC" w14:textId="77777777" w:rsidTr="00113302">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="2F14C4BB" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="227838CC" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+          <w:p w14:paraId="00EC61BE" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7927A2E7" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+          <w:p w14:paraId="076E5738" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="4CB580B6" w14:textId="77777777" w:rsidTr="00113302">
+      <w:tr w:rsidR="00F27AEA" w14:paraId="5BD62857" w14:textId="77777777" w:rsidTr="009B0005">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="4BB863F5" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="00660987">
+          <w:p w14:paraId="4ACC008E" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="7BDF9DCB" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00660987">
+          <w:p w14:paraId="0F3E15C7" w14:textId="386BFC62" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Post code:</w:t>
+              <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="672C8C2E" w14:textId="77777777" w:rsidTr="00113302">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="654779B4" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="567"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6A17ABA5" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+          <w:p w14:paraId="41D68286" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2920B781" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
+          <w:p w14:paraId="5D5A1E41" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="330AA305" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="003754B2" w:rsidP="00E21C0E">
-[...5 lines deleted...]
-        <w:t>Vehicle and modifier details</w:t>
+    <w:p w14:paraId="0214E348" w14:textId="10CC1995" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="00EA73C4" w:rsidP="007D1AE6">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="001A121E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61FE6">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="003754B2" w:rsidRPr="00266086">
+        <w:t>etails</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4951" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3220"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1483"/>
+        <w:gridCol w:w="3169"/>
+        <w:gridCol w:w="1850"/>
+        <w:gridCol w:w="1734"/>
+        <w:gridCol w:w="3290"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003754B2" w14:paraId="4D4A4795" w14:textId="77777777" w:rsidTr="00113302">
+      <w:tr w:rsidR="006C33FF" w:rsidRPr="003920D5" w14:paraId="3F886580" w14:textId="77777777" w:rsidTr="4ED8F31F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1F529E1C" w14:textId="2E5A4677" w:rsidR="001678E1" w:rsidRPr="003920D5" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="001678E1" w:rsidRPr="003920D5">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Details</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003754B2" w14:paraId="3900903E" w14:textId="77777777" w:rsidTr="4ED8F31F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A1CB648" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2" w:rsidP="00660987">
+          <w:p w14:paraId="7660026A" w14:textId="47DAD76B" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-              <w:t>Vehicle make</w:t>
+            <w:r>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44510">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t>ake</w:t>
             </w:r>
             <w:r w:rsidR="008A3C88">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3607" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7A89BC39" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2" w:rsidP="00660987">
+          <w:p w14:paraId="5C49A4BA" w14:textId="24720D43" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-              <w:t>Vehicle model</w:t>
+            <w:r>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D44510">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t>odel</w:t>
             </w:r>
             <w:r w:rsidR="008A3C88">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3320" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3311" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1106CF45" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2" w:rsidP="00660987">
+          <w:p w14:paraId="10416D08" w14:textId="06988AEE" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Month and </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>y</w:t>
+            <w:r w:rsidR="00C34456">
+              <w:t>Y</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t xml:space="preserve">ear of </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>m</w:t>
+            <w:r w:rsidR="00C34456">
+              <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t>anufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="0FC435A1" w14:textId="77777777" w:rsidTr="00113302">
+      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="7D9A05BA" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:tcW w:w="3190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35A8FDD7" w14:textId="1D98E3B5" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+          <w:p w14:paraId="65AA672C" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3607" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2F1EEB5C" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+          <w:p w14:paraId="5544FC38" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3320" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5038027C" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
+          <w:p w14:paraId="528CC623" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9674B" w14:paraId="6CB9A294" w14:textId="77777777" w:rsidTr="00113302">
+      <w:tr w:rsidR="00D9674B" w14:paraId="0A13BA04" w14:textId="77777777" w:rsidTr="4ED8F31F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4953" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="754A0826" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="00DF46CF" w:rsidRDefault="00D9674B" w:rsidP="00660987">
+          <w:p w14:paraId="18DAA8AF" w14:textId="1AE17820" w:rsidR="00D9674B" w:rsidRPr="00DF46CF" w:rsidRDefault="00D9674B" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>VIN (if applicable):</w:t>
+              <w:t>VIN</w:t>
+            </w:r>
+            <w:r w:rsidR="00580ACA">
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5207" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5056" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34278F85" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="00C3570E" w:rsidRDefault="00D9674B" w:rsidP="00660987">
+          <w:p w14:paraId="1785FBA5" w14:textId="00CE94F8" w:rsidR="00D9674B" w:rsidRPr="00C3570E" w:rsidRDefault="004B1D97" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Vehicle chassis no. (if applicable):</w:t>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9674B">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="78C30BA7">
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00D9674B">
+              <w:t xml:space="preserve">hassis </w:t>
+            </w:r>
+            <w:r w:rsidR="6ADB939A">
+              <w:t xml:space="preserve">Number </w:t>
+            </w:r>
+            <w:r w:rsidR="00D9674B">
+              <w:t>(if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9674B" w:rsidRPr="003B617E" w14:paraId="783C209D" w14:textId="77777777" w:rsidTr="00113302">
+      <w:tr w:rsidR="00D9674B" w:rsidRPr="003B617E" w14:paraId="61B3A1C8" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4953" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="289EE9A0" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="003B617E" w:rsidRDefault="00D9674B" w:rsidP="00F27AEA">
+          <w:p w14:paraId="31D3F376" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="003B617E" w:rsidRDefault="00D9674B" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5207" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5056" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="73755B4A" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="003B617E" w:rsidRDefault="00D9674B" w:rsidP="00F27AEA">
+          <w:p w14:paraId="2B2FBEB3" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="003B617E" w:rsidRDefault="00D9674B" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00122BA0" w14:paraId="77787B58" w14:textId="77777777" w:rsidTr="00113302">
-[...297 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35BC1541" w14:textId="77777777" w:rsidR="00F464AE" w:rsidRPr="00266086" w:rsidRDefault="00E5210D" w:rsidP="00E21C0E">
+    <w:p w14:paraId="4EC8B02C" w14:textId="5B0BAEC5" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="0029095A">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Part B</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E0C" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E0C" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA73C4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Dimensions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B7A2A9" w14:textId="35ABF55F" w:rsidR="008B34B6" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
-        <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
-        <w:t>Vehicle design</w:t>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="008B34B6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DFE">
+        <w:t>Layout</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61FE6">
+        <w:t xml:space="preserve"> &amp; D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424BD">
+        <w:t>imensions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4960" w:type="pct"/>
+        <w:tblW w:w="10108" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2179"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1420"/>
+        <w:gridCol w:w="5055"/>
+        <w:gridCol w:w="4927"/>
+        <w:gridCol w:w="126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F464AE" w14:paraId="0509FEE2" w14:textId="77777777" w:rsidTr="0017172C">
+      <w:tr w:rsidR="003929B3" w:rsidRPr="007C28E5" w14:paraId="134EDD9D" w14:textId="77777777" w:rsidTr="45B89D6B">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10178" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0B883FF3" w14:textId="77777777" w:rsidR="00F464AE" w:rsidRDefault="003C20F0" w:rsidP="00660987">
+          <w:p w14:paraId="6D55E569" w14:textId="598D26B9" w:rsidR="003929B3" w:rsidRPr="007C28E5" w:rsidRDefault="00EA73C4" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Vehicle dimensions</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="003929B3" w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Ratings</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C0C0A" w14:paraId="1895324E" w14:textId="77777777" w:rsidTr="0080245E">
+      <w:tr w:rsidR="0071057D" w:rsidRPr="003B617E" w14:paraId="662D05A5" w14:textId="77777777" w:rsidTr="00B229A6">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6B83E104" w14:textId="4225CE9D" w:rsidR="007C0C0A" w:rsidRPr="007C0C0A" w:rsidRDefault="007C0C0A" w:rsidP="00660987">
+          <w:p w14:paraId="7287A035" w14:textId="77777777" w:rsidR="0071057D" w:rsidRPr="00B87A1D" w:rsidRDefault="0071057D" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-AU"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C0C0A">
-[...9 lines deleted...]
-              <w:t>:</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1) Aggregate Trailer Mass (ATM):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3D5C4A25" w14:textId="3F742A10" w:rsidR="007C0C0A" w:rsidRPr="00C97E59" w:rsidRDefault="007C0C0A" w:rsidP="00660987">
+          <w:p w14:paraId="20AE9F96" w14:textId="19D57A3C" w:rsidR="0071057D" w:rsidRPr="00B87A1D" w:rsidRDefault="0071057D" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="007C0C0A">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B2) Gross Trailer Mass (GTM):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C0C0A" w:rsidRPr="00C23B68" w14:paraId="75A8273B" w14:textId="77777777" w:rsidTr="00590DA2">
+      <w:tr w:rsidR="00B229A6" w:rsidRPr="003B617E" w14:paraId="3BFE2868" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2EB78B0A" w14:textId="77777777" w:rsidR="007C0C0A" w:rsidRPr="00C23B68" w:rsidRDefault="007C0C0A" w:rsidP="003C20F0">
+          <w:p w14:paraId="522A52CD" w14:textId="01637F0A" w:rsidR="00B229A6" w:rsidRPr="00B87A1D" w:rsidRDefault="00B229A6" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22620">
-[...3 lines deleted...]
-              <w:t>mm</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="525DDB05" w14:textId="251D4E65" w:rsidR="007C0C0A" w:rsidRPr="00C23B68" w:rsidRDefault="007C0C0A" w:rsidP="003C20F0">
+          <w:p w14:paraId="41F7016A" w14:textId="0E421950" w:rsidR="00B229A6" w:rsidRPr="00B87A1D" w:rsidRDefault="00B229A6" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22620">
-[...3 lines deleted...]
-              <w:t>mm</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C0C0A" w:rsidRPr="00C23B68" w14:paraId="260A32E7" w14:textId="77777777" w:rsidTr="007B1B37">
+      <w:tr w:rsidR="005901AD" w:rsidRPr="007C28E5" w14:paraId="392BDFD0" w14:textId="77777777" w:rsidTr="45B89D6B">
         <w:trPr>
+          <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4EF5E929" w14:textId="667E7729" w:rsidR="007C0C0A" w:rsidRPr="00E22620" w:rsidRDefault="007C0C0A" w:rsidP="008257C2">
+          <w:p w14:paraId="58DD344A" w14:textId="5FA3E254" w:rsidR="005901AD" w:rsidRPr="007C28E5" w:rsidRDefault="00EA73C4" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="005901AD" w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Dimensions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="005901AD" w14:paraId="29075EF3" w14:textId="77777777" w:rsidTr="45B89D6B">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="126" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9982" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="6335FBBD" w14:textId="77777777" w:rsidR="005901AD" w:rsidRDefault="005901AD" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B229A6" w:rsidRPr="003B617E" w14:paraId="760D352B" w14:textId="77777777" w:rsidTr="00B229A6">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1AD2493A" w14:textId="3E03F02A" w:rsidR="00B229A6" w:rsidRDefault="00B229A6" w:rsidP="0071057D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B3) Drawbar Length:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4AFEA4EF" w14:textId="1CAE4773" w:rsidR="007C0C0A" w:rsidRPr="00E22620" w:rsidRDefault="007C0C0A" w:rsidP="00DF7753">
+          <w:p w14:paraId="65046E6D" w14:textId="069DAA03" w:rsidR="00B229A6" w:rsidRDefault="00B229A6" w:rsidP="0071057D">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B4) Axle Spacing:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="007C0C0A" w:rsidRPr="00C23B68" w14:paraId="2DA61516" w14:textId="77777777" w:rsidTr="00EB43ED">
+      <w:tr w:rsidR="00B229A6" w:rsidRPr="003B617E" w14:paraId="21137A7F" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="704F85BB" w14:textId="77777777" w:rsidR="007C0C0A" w:rsidRPr="00E22620" w:rsidRDefault="007C0C0A" w:rsidP="003C20F0">
+          <w:p w14:paraId="73BDB033" w14:textId="38214211" w:rsidR="00B229A6" w:rsidRPr="00015557" w:rsidRDefault="00B229A6" w:rsidP="0071057D">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>mm</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5089" w:type="dxa"/>
-            <w:gridSpan w:val="6"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="35CA5184" w14:textId="77777777" w:rsidR="007C0C0A" w:rsidRPr="00E22620" w:rsidRDefault="007C0C0A" w:rsidP="003C20F0">
+          <w:p w14:paraId="39984172" w14:textId="05C1E85C" w:rsidR="00B229A6" w:rsidRPr="00015557" w:rsidRDefault="00B229A6" w:rsidP="0071057D">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>mm</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C20F0" w14:paraId="75B1C813" w14:textId="77777777" w:rsidTr="0017172C">
+    </w:tbl>
+    <w:p w14:paraId="07BEEA4B" w14:textId="08BB8F6F" w:rsidR="00782C5C" w:rsidRPr="00711B1A" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="00782C5C" w:rsidRPr="00711B1A">
+        <w:t xml:space="preserve"> Components</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4926" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2761"/>
+        <w:gridCol w:w="431"/>
+        <w:gridCol w:w="140"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="1402"/>
+        <w:gridCol w:w="843"/>
+        <w:gridCol w:w="846"/>
+        <w:gridCol w:w="141"/>
+        <w:gridCol w:w="113"/>
+        <w:gridCol w:w="1009"/>
+        <w:gridCol w:w="2348"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="007C28E5" w14:paraId="1D565E10" w14:textId="77777777" w:rsidTr="00C770F3">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10178" w:type="dxa"/>
-            <w:gridSpan w:val="10"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5783C88E" w14:textId="77777777" w:rsidR="003C20F0" w:rsidRDefault="00BC6C4D" w:rsidP="00660987">
+          <w:p w14:paraId="422EED67" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="007C28E5" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Vehicle rating</w:t>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Component Specifications</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC6C4D" w:rsidRPr="00C97E59" w14:paraId="6D7CAF14" w14:textId="77777777" w:rsidTr="0017172C">
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="007C28E5" w14:paraId="1F0942D2" w14:textId="77777777" w:rsidTr="00C770F3">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4643" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="40556E99" w14:textId="64F7BB4D" w:rsidR="00BC6C4D" w:rsidRPr="00C23B68" w:rsidRDefault="00CD5933" w:rsidP="00660987">
+          <w:p w14:paraId="156356E5" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="007C28E5" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Axles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="003B617E" w14:paraId="70D83830" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41552B89" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Aggregate Trailer Mass </w:t>
-[...14 lines deleted...]
-              <w:t>:</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5535" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3366" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2880BA6D" w14:textId="164609B6" w:rsidR="00BC6C4D" w:rsidRPr="00C97E59" w:rsidRDefault="00CD5933" w:rsidP="00660987">
+          <w:p w14:paraId="7B73F7EA" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>G</w:t>
-[...3 lines deleted...]
-            </w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3379" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFAC159" w14:textId="75A149AB" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
-              <w:t>Trailer Mass</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> rating:</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00966A2E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00B74473">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Axle Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5DE7" w:rsidRPr="003A5DE7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC6C4D" w:rsidRPr="00C23B68" w14:paraId="7806A0FA" w14:textId="77777777" w:rsidTr="0017172C">
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="003B617E" w14:paraId="4019483B" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4643" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6355770B" w14:textId="77777777" w:rsidR="00BC6C4D" w:rsidRPr="00113302" w:rsidRDefault="00BC6C4D" w:rsidP="003C20F0">
+          <w:p w14:paraId="31F086DE" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...236 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2254" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="3366" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F92468E" w14:textId="77777777" w:rsidR="00904240" w:rsidRPr="00113302" w:rsidRDefault="00904240" w:rsidP="00113302">
+          <w:p w14:paraId="7372CF2F" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1975" w:type="dxa"/>
+            <w:tcW w:w="3379" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="59A9B88F" w14:textId="77777777" w:rsidR="00904240" w:rsidRPr="00113302" w:rsidRDefault="00904240" w:rsidP="00EE65B7">
+          <w:p w14:paraId="1683246E" w14:textId="5316A5AB" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00883BE0" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113302">
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A13CC" w:rsidRPr="007C28E5" w14:paraId="6B963CF7" w14:textId="77777777">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="37EF1F72" w14:textId="5CBB891B" w:rsidR="007A13CC" w:rsidRPr="007C28E5" w:rsidRDefault="007A13CC">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007A13CC" w:rsidRPr="003B617E" w14:paraId="06ED144C" w14:textId="77777777" w:rsidTr="0012712F">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7DADC6CA" w14:textId="77777777" w:rsidR="007A13CC" w:rsidRPr="00B87A1D" w:rsidRDefault="007A13CC">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1709" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3252" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5F1A3345" w14:textId="77777777" w:rsidR="00904240" w:rsidRPr="00422B92" w:rsidRDefault="00904240" w:rsidP="00660987">
+          <w:p w14:paraId="0EB0255A" w14:textId="77777777" w:rsidR="007A13CC" w:rsidRPr="00B87A1D" w:rsidRDefault="007A13CC">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1695ABD0" w14:textId="6C496EF5" w:rsidR="007A13CC" w:rsidRPr="00B87A1D" w:rsidRDefault="007A13CC">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="0012712F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Suspension Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003A5DE7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E160F0" w:rsidRPr="00C97E59" w14:paraId="31CFBEFC" w14:textId="77777777" w:rsidTr="00E21C0E">
+      <w:tr w:rsidR="007A13CC" w:rsidRPr="003B617E" w14:paraId="08DF9775" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
-[...26 lines deleted...]
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1F851F44" w14:textId="07B6DC5B" w:rsidR="00E160F0" w:rsidRPr="00C23B68" w:rsidRDefault="00E160F0" w:rsidP="00660987">
-[...100 lines deleted...]
-          <w:p w14:paraId="09DE95E7" w14:textId="16AD88B7" w:rsidR="00E160F0" w:rsidRDefault="006405F1" w:rsidP="002E35E3">
+          <w:p w14:paraId="503050E5" w14:textId="77777777" w:rsidR="007A13CC" w:rsidRPr="00B87A1D" w:rsidRDefault="007A13CC">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...23 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1276" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3252" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="409D7849" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="00C23B68" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="689C3E40" w14:textId="77777777" w:rsidR="007A13CC" w:rsidRPr="00B87A1D" w:rsidRDefault="007A13CC">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2268" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3493" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="741C6008" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="00113302" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="4D0D0E04" w14:textId="2A5C947D" w:rsidR="007A13CC" w:rsidRPr="00B87A1D" w:rsidRDefault="00883BE0">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113302">
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="007C28E5" w14:paraId="629EA8D0" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F4E916" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="007C28E5" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Tyres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5DE7" w:rsidRPr="003B617E" w14:paraId="4206CA6F" w14:textId="77777777" w:rsidTr="00B324C5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3354" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BBF19C3" w14:textId="2677321D" w:rsidR="003A5DE7" w:rsidRPr="00B87A1D" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="0012712F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Tyre Size:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2394" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F9D1919" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="00113302" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="6D4C44C0" w14:textId="3BE38650" w:rsidR="003A5DE7" w:rsidRPr="00B87A1D" w:rsidRDefault="00F85A6F" w:rsidP="003A5DE7">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113302">
-[...4 lines deleted...]
-              <w:t>kg</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B8) </w:t>
+            </w:r>
+            <w:r w:rsidR="003A5DE7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00B324C5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5DE7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Capacity </w:t>
+            </w:r>
+            <w:r w:rsidR="00B324C5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Per</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5DE7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tyre</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5DE7" w:rsidRPr="00B61D8E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5DE7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="03788805" w14:textId="0804D171" w:rsidR="003A5DE7" w:rsidRPr="00B87A1D" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00F85A6F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Total Axle Group Tyre Load Capacity</w:t>
+            </w:r>
+            <w:r w:rsidR="00B324C5" w:rsidRPr="00B324C5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23C3F" w:rsidRPr="00C97E59" w14:paraId="44BFCC9D" w14:textId="77777777" w:rsidTr="00E21C0E">
+      <w:tr w:rsidR="003A5DE7" w:rsidRPr="003B617E" w14:paraId="7CD93F7C" w14:textId="77777777" w:rsidTr="00075B25">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="3354" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="432C310F" w14:textId="516FD393" w:rsidR="00E23C3F" w:rsidRPr="00C23B68" w:rsidRDefault="00BC6C4D" w:rsidP="00660987">
+          <w:p w14:paraId="1990DB05" w14:textId="09994C79" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
-[...120 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4518" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3119" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3C79C21A" w14:textId="77777777" w:rsidR="00DF7753" w:rsidRPr="00113302" w:rsidRDefault="00DF7753" w:rsidP="00113302">
+          <w:p w14:paraId="652F085C" w14:textId="71A1556D" w:rsidR="003A5DE7" w:rsidRDefault="00883BE0" w:rsidP="00883BE0">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DAB39E8" w14:textId="42D89357" w:rsidR="003A5DE7" w:rsidRDefault="00883BE0" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5DE7" w:rsidRPr="007C28E5" w14:paraId="3E69E16C" w14:textId="77777777" w:rsidTr="00B61D8E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5546B4C0" w14:textId="63047B1F" w:rsidR="00A83083" w:rsidRDefault="00A83083" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00A83083">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NOTE:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00A83083">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The limiting factor is the lowest value of  B</w:t>
+            </w:r>
+            <w:r w:rsidR="00F85A6F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A83083">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, B</w:t>
+            </w:r>
+            <w:r w:rsidR="00F85A6F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A83083">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and B</w:t>
+            </w:r>
+            <w:r w:rsidR="00E033E6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00A83083">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62CBC5A3" w14:textId="467F0407" w:rsidR="003A5DE7" w:rsidRPr="00A83083" w:rsidRDefault="003A5DE7" w:rsidP="00A83083">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="42"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Minimum dual tyre load index. If more than one load index is fitted, list all different load indices.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5DE7" w:rsidRPr="007C28E5" w14:paraId="11E553DD" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35657FD1" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRPr="007C28E5" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5DE7" w:rsidRPr="003B617E" w14:paraId="5CDF9618" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CEFE15" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="26183816" w14:textId="77777777" w:rsidR="00DF7753" w:rsidRPr="00113302" w:rsidRDefault="006A7F3B" w:rsidP="00EE65B7">
+          <w:p w14:paraId="10F63955" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...3 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113302">
-[...4 lines deleted...]
-              <w:t>kN</w:t>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51023337" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C73ADCE" w14:textId="2722258B" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00E033E6">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) D-Value:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A7F3B" w:rsidRPr="00C23B68" w14:paraId="505FCDC6" w14:textId="77777777" w:rsidTr="00E21C0E">
+      <w:tr w:rsidR="003A5DE7" w:rsidRPr="003B617E" w14:paraId="277849A6" w14:textId="77777777" w:rsidTr="00C770F3">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6734CDF0" w14:textId="77777777" w:rsidR="006A7F3B" w:rsidRDefault="007124F2" w:rsidP="00BC6C4D">
+          <w:p w14:paraId="088E03E5" w14:textId="342618A4" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="left"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Towing eye</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Towing Eye</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2061" w:type="dxa"/>
+            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6FCD5EC7" w14:textId="77777777" w:rsidR="006A7F3B" w:rsidRPr="00113302" w:rsidRDefault="006A7F3B" w:rsidP="00113302">
+          <w:p w14:paraId="4B380E41" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4518" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="34B9FC64" w14:textId="77777777" w:rsidR="006A7F3B" w:rsidRPr="00113302" w:rsidRDefault="006A7F3B" w:rsidP="00113302">
+          <w:p w14:paraId="4087B7F1" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1420" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E146B28" w14:textId="77777777" w:rsidR="006A7F3B" w:rsidRPr="00113302" w:rsidRDefault="006405F1" w:rsidP="00EE65B7">
+          <w:p w14:paraId="31A87AB5" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00113302">
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kN</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5DE7" w:rsidRPr="003B617E" w14:paraId="4BC48A05" w14:textId="77777777" w:rsidTr="00281BB9">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DA6613" w14:textId="6BAEBA83" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Fifth Wheel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8AB8E0" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E33845" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F2B98A" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003A5DE7" w:rsidRPr="003B617E" w14:paraId="3454C676" w14:textId="77777777" w:rsidTr="00075B25">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9F10AE" w14:textId="020E560C" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00A96340">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Rear Fifth Wheel Offset</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="674FC969" w14:textId="6406FE5D" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AEEB80D" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3317D50B" w14:textId="77777777" w:rsidR="003A5DE7" w:rsidRDefault="003A5DE7" w:rsidP="003A5DE7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06660285" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="00E21C0E">
-[...2 lines deleted...]
-        <w:spacing w:before="120"/>
+    <w:p w14:paraId="581F1A7F" w14:textId="548CAF0A" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="009D26AD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Assessment</w:t>
+        <w:t xml:space="preserve">Assessment – </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA73C4">
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE675B">
+        <w:t>Layout &amp; Dimensions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="261"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="433"/>
+        <w:gridCol w:w="158"/>
+        <w:gridCol w:w="5170"/>
+        <w:gridCol w:w="3525"/>
+        <w:gridCol w:w="423"/>
+        <w:gridCol w:w="385"/>
+        <w:gridCol w:w="431"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E160F0" w:rsidRPr="001E27C0" w14:paraId="03C08EB6" w14:textId="77777777" w:rsidTr="00DA20D7">
+      <w:tr w:rsidR="009D26AD" w:rsidRPr="001E27C0" w14:paraId="129523C6" w14:textId="77777777" w:rsidTr="260442DE">
         <w:trPr>
+          <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8912" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="127B56C6" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="00660987">
+          <w:p w14:paraId="3C486BBB" w14:textId="638F5478" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Assessment                                                                                                                                      </w:t>
+              <w:t xml:space="preserve">Assessment – </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> Design                                                                                                      </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB54ED">
               <w:t>Check Yes, No, N/A as applicable:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="20BCB516" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="4159A67F" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001E27C0">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="027BC797" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="27552D81" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001E27C0">
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="61A4A0FA" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="09BF7FC3" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001E27C0">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w14:paraId="65173AD7" w14:textId="77777777" w:rsidTr="007E731F">
+      <w:tr w:rsidR="009D26AD" w:rsidRPr="00AC0233" w14:paraId="14B24CA0" w14:textId="77777777" w:rsidTr="260442DE">
         <w:trPr>
+          <w:trHeight w:val="315"/>
+          <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8A24CA" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="00AC0233" w:rsidRDefault="009D26AD" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MUST NOT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000E1725" w:rsidRPr="001E27C0" w14:paraId="51E65B1E" w14:textId="77777777" w:rsidTr="260442DE">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="371A72D6" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00E21C0E" w:rsidP="00660987">
+          <w:p w14:paraId="271D03EE" w14:textId="51CDEE05" w:rsidR="000E1725" w:rsidRPr="003A6D8B" w:rsidRDefault="00D55858" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB449BF" w14:textId="31CE4234" w:rsidR="00E21C0E" w:rsidRPr="001A716F" w:rsidRDefault="00E21C0E" w:rsidP="00904240">
+          <w:p w14:paraId="1F2C7CF5" w14:textId="72681FE7" w:rsidR="000E1725" w:rsidRPr="001E27C0" w:rsidRDefault="000E1725" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Is the distance from the centre of the drawbar coupling to the front axle line less than or equal to 5.0m?</w:t>
+              <w:t xml:space="preserve">Is the converter dolly fitted with a tandem </w:t>
+            </w:r>
+            <w:r w:rsidR="00C62587">
+              <w:t xml:space="preserve">axle </w:t>
+            </w:r>
+            <w:r>
+              <w:t>group?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7B7DE99E" w14:textId="3F8CD282" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="08C27F06" w14:textId="77777777" w:rsidR="000E1725" w:rsidRPr="001E27C0" w:rsidRDefault="00D82235" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1087810943"/>
+                <w:id w:val="-1033105992"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E">
+                <w:r w:rsidR="000E1725">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="28784C4F" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="288FCF9D" w14:textId="77777777" w:rsidR="000E1725" w:rsidRPr="001E27C0" w:rsidRDefault="00D82235" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1284772198"/>
+                <w:id w:val="-1625690206"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="000E1725">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2A143A8F" w14:textId="2AD829BA" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="301C89FC" w14:textId="77777777" w:rsidR="000E1725" w:rsidRPr="001E27C0" w:rsidRDefault="00D82235" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1055116854"/>
+                <w:id w:val="-386339790"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00BA42A6">
+                <w:r w:rsidR="000E1725">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w14:paraId="7FCD5712" w14:textId="77777777" w:rsidTr="007E731F">
+      <w:tr w:rsidR="000E1725" w:rsidRPr="001E27C0" w14:paraId="39D54502" w14:textId="77777777" w:rsidTr="260442DE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
+            <w:tcW w:w="160" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="47394177" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00E21C0E" w:rsidP="00660987">
+          <w:p w14:paraId="0D426E2F" w14:textId="4AB9601D" w:rsidR="000E1725" w:rsidRPr="003A6D8B" w:rsidRDefault="00D55858" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A9159A1" w14:textId="30A8A57B" w:rsidR="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="00904240">
+          <w:p w14:paraId="4889C436" w14:textId="77777777" w:rsidR="000E1725" w:rsidRPr="001E27C0" w:rsidRDefault="000E1725" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
-            <w:r w:rsidRPr="00122BA0">
-              <w:t>Is the overall width of the vehicle within the Australian Design Rule definition for maximum vehicle width (for example 2.5m)?</w:t>
+            <w:r>
+              <w:t>Are all axles fitted with dual tyres?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="352868CE" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="68391BDD" w14:textId="747A10F6" w:rsidR="000E1725" w:rsidRPr="001E27C0" w:rsidRDefault="00D82235" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="873964850"/>
+                <w:id w:val="-1172873044"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="00BB2E11">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6A496F4A" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="71EEDBBA" w14:textId="77777777" w:rsidR="000E1725" w:rsidRPr="001E27C0" w:rsidRDefault="00D82235" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-853337093"/>
+                <w:id w:val="148102228"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="000E1725" w:rsidRPr="001E27C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1E3F5C87" w14:textId="661DA05C" w:rsidR="00E21C0E" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="737064BB" w14:textId="77777777" w:rsidR="000E1725" w:rsidRPr="001E27C0" w:rsidRDefault="00D82235" w:rsidP="000E1725">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1065109987"/>
+                <w:id w:val="1415044411"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00BA42A6">
+                <w:r w:rsidR="000E1725">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w14:paraId="65CB6820" w14:textId="77777777" w:rsidTr="007E731F">
+      <w:tr w:rsidR="00BB2E11" w:rsidRPr="001E27C0" w14:paraId="6DC8367B" w14:textId="77777777" w:rsidTr="260442DE">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
+            <w:tcW w:w="160" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="039237F1" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00E21C0E" w:rsidP="00660987">
+          <w:p w14:paraId="128C4ED9" w14:textId="3C31D222" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1B78C955" w14:textId="24524C79" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00E21C0E" w:rsidP="007124F2">
+          <w:p w14:paraId="2BB998B9" w14:textId="1C119F20" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
             <w:r>
-              <w:t>Is the trailer fitted with a tandem axle group?</w:t>
+              <w:t>Are all other</w:t>
+            </w:r>
+            <w:r w:rsidR="6C61B373">
+              <w:t xml:space="preserve"> trailer</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> dimensions unchanged, and do they continue to comply with relevant ADRs and regulations?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="03D07EE0" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="0A24CC66" w14:textId="65F67D4D" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1172873044"/>
+                <w:id w:val="1057824922"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="00BB2E11">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="70A0054E" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="40C21AB4" w14:textId="718D6014" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="148102228"/>
+                <w:id w:val="128672783"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="00BB2E11" w:rsidRPr="001E27C0">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45F86870" w14:textId="26D15F36" w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="71874753" w14:textId="57ABC47E" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="891997249"/>
+                <w:id w:val="-350030328"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00BA42A6">
+                <w:r w:rsidR="00BB2E11">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21C0E" w:rsidRPr="001E27C0" w14:paraId="6CCBFA6E" w14:textId="77777777" w:rsidTr="004E607D">
+      <w:tr w:rsidR="00BB2E11" w14:paraId="169EDD05" w14:textId="77777777" w:rsidTr="260442DE">
         <w:trPr>
+          <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="476692DA" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="00660987">
+          <w:p w14:paraId="45C526EE" w14:textId="51DB4A6C" w:rsidR="00BB2E11" w:rsidRPr="003A6D8B" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t>4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="451C9F5E" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="00525A24">
+          <w:p w14:paraId="3773640F" w14:textId="36A424A9" w:rsidR="00BB2E11" w:rsidRPr="00094C38" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Are all axles fitted with dual tyres?</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Are the load ratings (B10), for fitted couplings, equal to or greater than the following?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-[...173 lines deleted...]
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="629767AE" w14:textId="4C741B4F" w:rsidR="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="00017AF8">
+          <w:p w14:paraId="60D266FE" w14:textId="77777777" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="65717259" w14:textId="70E61F05" w:rsidR="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="00017AF8">
+          <w:p w14:paraId="02C60C6C" w14:textId="77777777" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4C3CAF00" w14:textId="54DA6E06" w:rsidR="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="002E35E3">
+          <w:p w14:paraId="02D73F2A" w14:textId="77777777" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21C0E" w14:paraId="0A2CFE5F" w14:textId="77777777" w:rsidTr="004E607D">
+      <w:tr w:rsidR="00BB2E11" w14:paraId="53035B61" w14:textId="77777777" w:rsidTr="260442DE">
         <w:trPr>
-          <w:trHeight w:val="167"/>
+          <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
+            <w:tcW w:w="160" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
           </w:tcPr>
-          <w:p w14:paraId="61A9B239" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="00660987">
+          <w:p w14:paraId="6791BA1D" w14:textId="77777777" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:tcW w:w="5204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="46272AA5" w14:textId="072E36CC" w:rsidR="00E21C0E" w:rsidRPr="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="007124F2">
+          <w:p w14:paraId="1E5AD490" w14:textId="5C8B7C14" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="32"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>fifth wheel rating 190 kN</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00BB1871">
+              <w:t>Front Towing Eye</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C9DD0AE" w14:textId="32ABBEF2" w:rsidR="00BB2E11" w:rsidRPr="00DB07C2" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>?</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>210kN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="679BD208" w14:textId="1A53C048" w:rsidR="00E21C0E" w:rsidRDefault="00000000" w:rsidP="00017AF8">
+          <w:p w14:paraId="2D5B8B4A" w14:textId="44519DFE" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="644319340"/>
+                <w:id w:val="-477771593"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00635DCD">
+                <w:r w:rsidR="00BB2E11">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5FD571CB" w14:textId="2EC3C151" w:rsidR="00E21C0E" w:rsidRDefault="00000000" w:rsidP="00017AF8">
+          <w:p w14:paraId="2BFB54D3" w14:textId="77777777" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-839008008"/>
+                <w:id w:val="173770808"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00635DCD">
+                <w:r w:rsidR="00BB2E11" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="1A7B6060" w14:textId="668AD093" w:rsidR="00E21C0E" w:rsidRPr="00BA42A6" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="63F1EC4E" w14:textId="77777777" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="924850622"/>
+                <w:id w:val="-69969030"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00635DCD">
+                <w:r w:rsidR="00BB2E11" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E21C0E" w14:paraId="58CE878F" w14:textId="77777777" w:rsidTr="004E607D">
+      <w:tr w:rsidR="00BB2E11" w14:paraId="1D3F0878" w14:textId="77777777" w:rsidTr="260442DE">
         <w:trPr>
-          <w:trHeight w:val="167"/>
+          <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
+            <w:tcW w:w="160" w:type="dxa"/>
             <w:vMerge/>
-            <w:tcBorders>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
           </w:tcPr>
-          <w:p w14:paraId="7B273E87" w14:textId="77777777" w:rsidR="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="00660987">
+          <w:p w14:paraId="7EA779A0" w14:textId="77777777" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:tcW w:w="5204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2B96ADD7" w14:textId="12F8E16A" w:rsidR="00E21C0E" w:rsidRPr="00E21C0E" w:rsidRDefault="00E21C0E" w:rsidP="007124F2">
+          <w:p w14:paraId="79F1FCBC" w14:textId="1E6666CA" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="32"/>
+                <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>turntable</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00525A24">
+              <w:t>Rear Fifth Wheel</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5379C430" w14:textId="139F1C06" w:rsidR="00BB2E11" w:rsidRDefault="00BB2E11" w:rsidP="00BB2E11">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> rating</w:t>
-            </w:r>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t xml:space="preserve"> 190 kN</w:t>
-[...5 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>190kN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="4E97E10E" w14:textId="216423F3" w:rsidR="00E21C0E" w:rsidRDefault="00000000" w:rsidP="00017AF8">
+          <w:p w14:paraId="01684413" w14:textId="3E1BEB62" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-780571130"/>
+                <w:id w:val="1504318130"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00635DCD">
+                <w:r w:rsidR="00BB2E11">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="33A1A8A8" w14:textId="66ED39F4" w:rsidR="00E21C0E" w:rsidRDefault="00000000" w:rsidP="00017AF8">
+          <w:p w14:paraId="18085031" w14:textId="1D8BA453" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1303888297"/>
+                <w:id w:val="-1903816699"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00635DCD">
+                <w:r w:rsidR="00BB2E11" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="5BD01550" w14:textId="5EB45D02" w:rsidR="00E21C0E" w:rsidRPr="00BA42A6" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="11F91FA0" w14:textId="112BBFCC" w:rsidR="00BB2E11" w:rsidRDefault="00D82235" w:rsidP="00BB2E11">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-320818990"/>
+                <w:id w:val="-782110871"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00635DCD">
-[...161 lines deleted...]
-                <w:r w:rsidR="00E21C0E" w:rsidRPr="00635DCD">
+                <w:r w:rsidR="00BB2E11" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="12871307" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRDefault="00E160F0" w:rsidP="00BB1871">
+    <w:p w14:paraId="03BBD676" w14:textId="6737C42E" w:rsidR="009D26AD" w:rsidRPr="009D26AD" w:rsidRDefault="009D26AD" w:rsidP="009D26AD">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part C </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA73C4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Equipment &amp; Unladen Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0078E0E7" w14:textId="57515F98" w:rsidR="00122B51" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
-        <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
-        <w:t>Advanced braking systems</w:t>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="00122B51">
+        <w:t xml:space="preserve"> Equipment</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4948" w:type="pct"/>
+        <w:tblW w:w="4867" w:type="pct"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="9923"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="006C33FF" w:rsidRPr="00167837" w14:paraId="79B6C222" w14:textId="77777777" w:rsidTr="00CF728D">
+        <w:trPr>
+          <w:trHeight w:val="130"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="48EAFB48" w14:textId="4454A077" w:rsidR="00122B51" w:rsidRPr="00167837" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00B1503C" w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>quipment</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="00C3570E" w14:paraId="6FC7299E" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E3ADBB5" w14:textId="367984B6" w:rsidR="006177CE" w:rsidRDefault="006177CE" w:rsidP="006177CE">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="00B155C9">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>converter dolly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must be ready for service with all accessories</w:t>
+            </w:r>
+            <w:r w:rsidR="005055C8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fitted </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD342D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the vehicle is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="064BC89B" w14:textId="5B162A17" w:rsidR="00A862EB" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List all equipment </w:t>
+            </w:r>
+            <w:r w:rsidR="0047201E" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that </w:t>
+            </w:r>
+            <w:r w:rsidR="00077D9E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidR="0047201E" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fitted to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F55A4E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="00F55A4E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the time of weighing</w:t>
+            </w:r>
+            <w:r w:rsidR="00C17491" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to determine the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00877419" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nladen </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00877419" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ass</w:t>
+            </w:r>
+            <w:r w:rsidR="00125F6A" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. This includes all fuel, water</w:t>
+            </w:r>
+            <w:r w:rsidR="00E257B1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and fluid reservoirs</w:t>
+            </w:r>
+            <w:r w:rsidR="12A54036" w:rsidRPr="15B03101">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, accessories</w:t>
+            </w:r>
+            <w:r w:rsidR="00264181" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and readily removable equipment carried on or in the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F55A4E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="00F55A4E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r w:rsidR="00264181" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A683F" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r w:rsidR="00264181" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A683F" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>operational</w:t>
+            </w:r>
+            <w:r w:rsidR="009B0833" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> use</w:t>
+            </w:r>
+            <w:r w:rsidR="00B60951" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(e.g. spare </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tyre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(s), toolbox(</w:t>
+            </w:r>
+            <w:r w:rsidR="004A717B" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00A862EB" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, OH&amp;S equipment</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1503C" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A862EB" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B8468C3" w14:textId="1DB286C8" w:rsidR="00122B51" w:rsidRPr="008515A6" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">It is recommended that detailed photographs are taken of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00F55A4E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="00F55A4E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the time of weighing that capture all the equipment fitted.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B3F4E8" w14:textId="2FA37485" w:rsidR="00122B51" w:rsidRPr="00D01AE0" w:rsidRDefault="00B55D0E">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attach all photos in the space provided </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>at the end of Part C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="49482EF8" w14:textId="77777777" w:rsidTr="00CF728D">
+        <w:trPr>
+          <w:trHeight w:val="270"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="46947B3A" w14:textId="289914DF" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00EA73C4">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="00982469">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> E</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment </w:t>
+            </w:r>
+            <w:r w:rsidR="00982469">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ist</w:t>
+            </w:r>
+            <w:r w:rsidR="0057347B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="0FF9A5C8" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="713EC432" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="458060EB" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7759A79E" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="158BB38E" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16C4C379" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="2886134F" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AFA1F0D" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="346A4D7D" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FDDA0B0" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="542E2427" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D64EEE8" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="11EC9D36" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B9FF0FC" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="5E7E77D8" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="135FD516" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="03630BBE" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="605A4DAF" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="2DC3A346" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="58C58D1E" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="57B439F7" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6B708BE8" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343FAC" w:rsidRPr="003B617E" w14:paraId="6A890776" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="66732616" w14:textId="77777777" w:rsidR="00343FAC" w:rsidRPr="003B617E" w:rsidRDefault="00343FAC">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00343FAC" w:rsidRPr="003B617E" w14:paraId="53D9A01E" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="05958345" w14:textId="77777777" w:rsidR="00343FAC" w:rsidRPr="003B617E" w:rsidRDefault="00343FAC">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="7DE4641C" w14:textId="247F991E" w:rsidR="004328CF" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="0098614E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81119">
+        <w:t>Unladen</w:t>
+      </w:r>
+      <w:r w:rsidR="0098614E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="004328CF">
+        <w:t>Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4940" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4756"/>
+        <w:gridCol w:w="5316"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A6D8B" w:rsidRPr="00167837" w14:paraId="32A407F6" w14:textId="77777777" w:rsidTr="001E6CDF">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="48F32374" w14:textId="0323A5F2" w:rsidR="0092156D" w:rsidRPr="00167837" w:rsidRDefault="0092156D" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Weigh </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092156D" w14:paraId="13BC39F0" w14:textId="77777777" w:rsidTr="006667F2">
+        <w:trPr>
+          <w:trHeight w:val="447"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="04F57FAD" w14:textId="1B516886" w:rsidR="00B443FD" w:rsidRDefault="00B443FD" w:rsidP="008B3034">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Effluent tanks, if fitted, must be empty when the </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39268F6F" w14:textId="7C7905E8" w:rsidR="00E3592D" w:rsidRDefault="00E3592D" w:rsidP="008B3034">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">All </w:t>
+            </w:r>
+            <w:r w:rsidR="00D3449D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>fluid reservoirs</w:t>
+            </w:r>
+            <w:r w:rsidR="00804B35">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, if fitted,</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> must be </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>filled to capacity</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00957ED6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> when the </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r w:rsidR="00957ED6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D234A5" w14:textId="57C4EBDA" w:rsidR="0092156D" w:rsidRDefault="0092156D" w:rsidP="008B3034">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Weigh </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at a registered public weighbridge </w:t>
+            </w:r>
+            <w:r w:rsidR="0098614E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to determine the </w:t>
+            </w:r>
+            <w:r w:rsidR="0099533A">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidR="00A1100D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">otal </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="00A1100D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C81119" w:rsidRPr="00E30C21">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Unladen Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00A1100D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D8DCB48" w14:textId="2C63CC14" w:rsidR="006667F2" w:rsidRDefault="0092156D" w:rsidP="00343FAC">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attach a copy of the weighbridge ticket in the space provided </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0653">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B9486D" w:rsidRPr="00C23B68" w14:paraId="2139BFE2" w14:textId="77777777" w:rsidTr="00CF728D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF028F4" w14:textId="60E13B90" w:rsidR="00B9486D" w:rsidRDefault="0037121B" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F27AAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="008D7039">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D86BDA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96DA2">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7204122A" w14:textId="0158B042" w:rsidR="00B9486D" w:rsidRDefault="005C010B" w:rsidP="00AC6941">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B665E" w:rsidRPr="00C23B68" w14:paraId="66069B45" w14:textId="77777777" w:rsidTr="00CF728D">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="205E8AFC" w14:textId="75F7DD2B" w:rsidR="008B665E" w:rsidRPr="000A67FA" w:rsidRDefault="00D86BDA" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="008629AE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0653">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Weigh</w:t>
+            </w:r>
+            <w:r w:rsidR="008629AE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>bridge Ticket</w:t>
+            </w:r>
+            <w:r w:rsidR="00050BBC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Attach a copy of the ticket below</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB113E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0092156D" w:rsidRPr="003B617E" w14:paraId="411C708B" w14:textId="77777777" w:rsidTr="0085286C">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="5413"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6BE4BC65" w14:textId="77777777" w:rsidR="00FD35F2" w:rsidRPr="003B617E" w:rsidRDefault="00FD35F2">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B20994" w:rsidRPr="00727946" w14:paraId="135C9EC2" w14:textId="77777777" w:rsidTr="00CF728D">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2EEB4902" w14:textId="51610982" w:rsidR="00B20994" w:rsidRPr="00727946" w:rsidRDefault="00727946">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photos of </w:t>
+            </w:r>
+            <w:r w:rsidR="00037161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> at the </w:t>
+            </w:r>
+            <w:r w:rsidR="00037161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ime of </w:t>
+            </w:r>
+            <w:r w:rsidR="00037161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>eighing</w:t>
+            </w:r>
+            <w:r w:rsidR="00517EA0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00727946" w:rsidRPr="00727946" w14:paraId="7D57AD63" w14:textId="77777777" w:rsidTr="0064280E">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="7534"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5B76F311" w14:textId="77777777" w:rsidR="00727946" w:rsidRPr="00727946" w:rsidRDefault="00727946">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00EA099F" w:rsidRPr="00727946" w14:paraId="2D7B2F12" w14:textId="77777777" w:rsidTr="00EA099F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:trHeight w:val="4841"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0EECCCD8" w14:textId="77777777" w:rsidR="00EA099F" w:rsidRPr="00727946" w:rsidRDefault="00EA099F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="450626CE" w14:textId="0557CC49" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="00C31775">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="007429D2">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA73C4">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="005D7826">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Layout &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aden </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1DC75D64" w14:textId="2F18ADB2" w:rsidR="00C31775" w:rsidRDefault="00EA73C4" w:rsidP="00711B1A">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="004A3B44">
+        <w:t xml:space="preserve"> Layout &amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31775">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:t>S10 L</w:t>
+      </w:r>
+      <w:r w:rsidR="00C31775">
+        <w:t>aden Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4919" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="4875"/>
+        <w:gridCol w:w="5154"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="003A6D8B" w:rsidRPr="00167837" w14:paraId="615FDAB9" w14:textId="77777777" w:rsidTr="5989562A">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5D214BA5" w14:textId="231CF1E4" w:rsidR="00E42D1E" w:rsidRPr="00167837" w:rsidRDefault="00E42D1E" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Calculate S10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00351BA7" w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="00351BA7" w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="00167837">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ass </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00152CF3" w14:paraId="5D0E8C50" w14:textId="77777777" w:rsidTr="5989562A">
+        <w:trPr>
+          <w:trHeight w:val="469"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="62460AF6" w14:textId="3FF519B8" w:rsidR="00742C79" w:rsidRPr="00202B2A" w:rsidRDefault="5D49A1BF" w:rsidP="54599130">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:ind w:left="198" w:hanging="142"/>
+            </w:pPr>
+            <w:r w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00742C79" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ccredited </w:t>
+            </w:r>
+            <w:r w:rsidR="52C876DD" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                <w:color w:val="000000" w:themeColor="text1"/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>Approved Vehicle Examiners (AVE)</w:t>
+            </w:r>
+            <w:r w:rsidR="00742C79" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="300F0FE3" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">are encouraged </w:t>
+            </w:r>
+            <w:r w:rsidR="00742C79" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve">to complete S10 calculations using the </w:t>
+            </w:r>
+            <w:r w:rsidR="00742C79" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>Vehicle Drawings</w:t>
+            </w:r>
+            <w:r w:rsidR="00742C79" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>. A</w:t>
+            </w:r>
+            <w:r w:rsidR="2948CF04" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>VE</w:t>
+            </w:r>
+            <w:r w:rsidR="00742C79" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>s may use their own drawings to complete S10 calculations provid</w:t>
+            </w:r>
+            <w:r w:rsidR="00303B01" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t>ed</w:t>
+            </w:r>
+            <w:r w:rsidR="00742C79" w:rsidRPr="5989562A">
+              <w:rPr>
+                <w:lang w:val="en-AU"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> that all assumptions and methodology are clear and concise.  </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4857FBF9" w14:textId="135FEE4F" w:rsidR="00D944E4" w:rsidRPr="00202B2A" w:rsidRDefault="00AB4E0A" w:rsidP="00D944E4">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="198" w:hanging="142"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00202B2A">
+              <w:t>Apply 15</w:t>
+            </w:r>
+            <w:r w:rsidR="00645B55" w:rsidRPr="00202B2A">
+              <w:t>,000 g</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00202B2A">
+              <w:t xml:space="preserve"> vertically through the centre of the fifth wheel coupling to simulate loading from a laden semi</w:t>
+            </w:r>
+            <w:r w:rsidR="003B7719" w:rsidRPr="00202B2A">
+              <w:t>trailer.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3556C69F" w14:textId="6BE38B32" w:rsidR="008B104A" w:rsidRPr="00202B2A" w:rsidRDefault="00D944E4" w:rsidP="00742C79">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="198" w:hanging="142"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00202B2A">
+              <w:t xml:space="preserve">Complete the calculations and record the results for the weight distribution and Trailer S10 Laden Mass below. </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B011CF" w:rsidRPr="003C6DE1" w14:paraId="3C0EFF52" w14:textId="77777777" w:rsidTr="5989562A">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4211B30E" w14:textId="2008C956" w:rsidR="00B011CF" w:rsidRPr="003075F0" w:rsidRDefault="00B011CF" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Imposed Load</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7171">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> from </w:t>
+            </w:r>
+            <w:r w:rsidR="00A3132E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Semitrailer</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A0234B" w:rsidRPr="003C6DE1" w14:paraId="0A82080A" w14:textId="77777777" w:rsidTr="5989562A">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA49477" w14:textId="1FCCD1A8" w:rsidR="00A0234B" w:rsidRDefault="00A0234B" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00A3132E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00601321">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Imposed Load:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="73E09A08" w14:textId="15ED005D" w:rsidR="00A0234B" w:rsidRPr="003075F0" w:rsidRDefault="005C010B" w:rsidP="00766064">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A50761" w:rsidRPr="00C81E95" w14:paraId="15541867" w14:textId="77777777" w:rsidTr="5989562A">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="775F1275" w14:textId="4F839208" w:rsidR="00A50761" w:rsidRDefault="00D962F2" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S10 Kingpin and Rear Axle Laden Masses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B0D7F" w14:paraId="1F6BFDDC" w14:textId="77777777" w:rsidTr="5989562A">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69E41A0F" w14:textId="4F2F857C" w:rsidR="006B0D7F" w:rsidRDefault="006B0D7F" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(D2) </w:t>
+            </w:r>
+            <w:r w:rsidR="00943116" w:rsidRPr="00943116">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Forward Axle Mass (FAM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6EC890E8" w14:textId="17213DE9" w:rsidR="006B0D7F" w:rsidRDefault="005C010B" w:rsidP="00766064">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006B0D7F" w14:paraId="59BBE56D" w14:textId="77777777" w:rsidTr="5989562A">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1FBE4EAE" w14:textId="337D9EE3" w:rsidR="006B0D7F" w:rsidRDefault="00943116" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D3) Rearward</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943116">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Axle Mass (</w:t>
+            </w:r>
+            <w:r w:rsidR="003B7635">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>R</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00943116">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>AM):</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="62DD2AB2" w14:textId="531A166F" w:rsidR="006B0D7F" w:rsidRDefault="005C010B" w:rsidP="00766064">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E15AD6" w14:paraId="42DCBE74" w14:textId="77777777" w:rsidTr="5989562A">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="710CC06E" w14:textId="7D512817" w:rsidR="00E15AD6" w:rsidRDefault="00E15AD6" w:rsidP="00E15AD6">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(D4) Converter Dolly S10 Laden Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="113F423C" w14:textId="4F1D47C7" w:rsidR="00E15AD6" w:rsidRDefault="005C010B" w:rsidP="00E15AD6">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="10F87298" w14:textId="7F82650E" w:rsidR="00372DEE" w:rsidRDefault="00372DEE" w:rsidP="00711B1A">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Assessment </w:t>
+      </w:r>
+      <w:r w:rsidR="00D048F3">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA73C4">
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="00D048F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>S10 Laden Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid2"/>
+        <w:tblW w:w="4927" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="260"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="402"/>
+        <w:gridCol w:w="236"/>
+        <w:gridCol w:w="8910"/>
+        <w:gridCol w:w="423"/>
+        <w:gridCol w:w="476"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00BB1871" w:rsidRPr="001E27C0" w14:paraId="310E867A" w14:textId="77777777" w:rsidTr="00821408">
+      <w:tr w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w14:paraId="01734801" w14:textId="77777777" w:rsidTr="00132B23">
         <w:trPr>
-          <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8911" w:type="dxa"/>
+            <w:tcW w:w="9206" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="68F3B769" w14:textId="6DF0BD34" w:rsidR="00BB1871" w:rsidRPr="001E27C0" w:rsidRDefault="00BB1871" w:rsidP="00821408">
+          <w:p w14:paraId="2957008C" w14:textId="672B8E02" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="004351C8">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Braking systems                                                                                                                            </w:t>
-[...2 lines deleted...]
-              <w:t>Check Yes, No, N/A as applicable:</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Assessment </w:t>
+            </w:r>
+            <w:r w:rsidR="00D048F3">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="00D048F3">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="007247F0">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">S10 </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6E17">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Laden Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:tab/>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Check Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o as applicable:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="68D02AD5" w14:textId="77777777" w:rsidR="00BB1871" w:rsidRPr="001E27C0" w:rsidRDefault="00BB1871" w:rsidP="00821408">
+          <w:p w14:paraId="09BCC1D2" w14:textId="77777777" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="00BD2B02">
             <w:pPr>
-              <w:pStyle w:val="Table09text"/>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E27C0">
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="416" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="1508189B" w14:textId="77777777" w:rsidR="00BB1871" w:rsidRPr="001E27C0" w:rsidRDefault="00BB1871" w:rsidP="00821408">
+          <w:p w14:paraId="2964494A" w14:textId="2AE9D363" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="00BD2B02">
             <w:pPr>
-              <w:pStyle w:val="Table09text"/>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="001E27C0">
+            <w:r w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
               <w:t>No</w:t>
-            </w:r>
-[...19 lines deleted...]
-              <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BB1871" w:rsidRPr="001E27C0" w14:paraId="4E3C548B" w14:textId="77777777" w:rsidTr="006E6AA0">
+      <w:tr w:rsidR="00705A5C" w:rsidRPr="0058409B" w14:paraId="5711B24C" w14:textId="77777777" w:rsidTr="00132B23">
+        <w:trPr>
+          <w:trHeight w:val="305"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3F0C547A" w14:textId="4EF43957" w:rsidR="00705A5C" w:rsidRPr="0058409B" w:rsidRDefault="0058409B" w:rsidP="0072361C">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification MUST NOT proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00272D86" w:rsidRPr="00E42D1E" w14:paraId="06BBF613" w14:textId="77777777" w:rsidTr="008F7419">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="260" w:type="dxa"/>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="153D12A6" w14:textId="77777777" w:rsidR="00BB1871" w:rsidRDefault="00BB1871" w:rsidP="00821408">
+          <w:p w14:paraId="37D98B3D" w14:textId="6B994CE4" w:rsidR="00272D86" w:rsidRPr="008759C1" w:rsidRDefault="00A53645" w:rsidP="00272D86">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8651" w:type="dxa"/>
+            <w:tcW w:w="8969" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="63012978" w14:textId="77777777" w:rsidR="00BB1871" w:rsidRDefault="00BB1871" w:rsidP="00821408">
+          <w:p w14:paraId="2FBF7AD4" w14:textId="5D0A773C" w:rsidR="00272D86" w:rsidRPr="00E42D1E" w:rsidRDefault="00272D86" w:rsidP="00272D86">
             <w:pPr>
-              <w:pStyle w:val="Table09text"/>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...2 lines deleted...]
-              <w:t>Is the advanced braking system (where fitted) un-affected or re-certified after the vehicle modification?</w:t>
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t xml:space="preserve"> S10 Laden Mass </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927" w:rsidRPr="00F96733">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED3EB0">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927" w:rsidRPr="00F96733">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t>Axle M</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">anufacturer’s </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00687C41">
+              <w:t>oad</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:t>ating</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00966A2E">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00B74473">
+              <w:t>5</w:t>
+            </w:r>
+            <w:r w:rsidR="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3EA0BF27" w14:textId="77777777" w:rsidR="00BB1871" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00821408">
+          <w:p w14:paraId="5FD7DE6C" w14:textId="103BD621" w:rsidR="00272D86" w:rsidRPr="00E42D1E" w:rsidRDefault="00D82235" w:rsidP="00272D86">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="621888421"/>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1686402494"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BB1871" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="00272D86">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="37D21DD9" w14:textId="77777777" w:rsidR="00BB1871" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00821408">
+          <w:p w14:paraId="777CB30B" w14:textId="77777777" w:rsidR="00272D86" w:rsidRPr="00E42D1E" w:rsidRDefault="00D82235" w:rsidP="00272D86">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1766034535"/>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1483358054"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BB1871" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="00272D86" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003C052E" w:rsidRPr="00E42D1E" w14:paraId="0680E36F" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5970C970" w14:textId="56F5EC2B" w:rsidR="003C052E" w:rsidRPr="008759C1" w:rsidRDefault="00A53645">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="56ECBD08" w14:textId="758D2E35" w:rsidR="003C052E" w:rsidRPr="00E42D1E" w:rsidRDefault="003C052E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the Converter Dolly S10 Laden Mass </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96733">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96733">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than or equal to the Suspension Manufacturer’s Load Rating (B6)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="531CB299" w14:textId="77777777" w:rsidR="003C052E" w:rsidRPr="00E42D1E" w:rsidRDefault="00D82235">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="1457443770"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003C052E">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="12CFF024" w14:textId="77777777" w:rsidR="00BB1871" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00821408">
+          <w:p w14:paraId="0EFC777E" w14:textId="77777777" w:rsidR="003C052E" w:rsidRPr="00E42D1E" w:rsidRDefault="00D82235">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1315101103"/>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-564256342"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r w:rsidR="00BB1871">
+                <w:r w:rsidR="003C052E" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A53645" w:rsidRPr="00E42D1E" w14:paraId="3800AF9A" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="77D9D28A" w14:textId="3C32A1E6" w:rsidR="00A53645" w:rsidRPr="008759C1" w:rsidRDefault="00A53645">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7A6EDEA2" w14:textId="77777777" w:rsidR="00A53645" w:rsidRPr="00227E08" w:rsidRDefault="00A53645">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve"> S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Total Axle Group Tyre Load Capacity </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(B9)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0A5FD947" w14:textId="77777777" w:rsidR="00A53645" w:rsidRDefault="00D82235">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="8347654"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A53645">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A1F25FA" w14:textId="77777777" w:rsidR="00A53645" w:rsidRDefault="00D82235">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1740246726"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A53645" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A0037E" w:rsidRPr="00E42D1E" w14:paraId="63A30DE0" w14:textId="77777777" w:rsidTr="004F19CC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="342933F1" w14:textId="27323356" w:rsidR="00A0037E" w:rsidRPr="008759C1" w:rsidRDefault="00C96B96" w:rsidP="00A0037E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BBA7C4B" w14:textId="6013581F" w:rsidR="00A0037E" w:rsidRDefault="00A0037E" w:rsidP="00A0037E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve"> S10 </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00E829B8">
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">) less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4B5F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E829B8">
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">anufacturer's </w:t>
+            </w:r>
+            <w:r w:rsidR="002E4B5F">
+              <w:t xml:space="preserve">ATM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>rating (</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6BDA">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4B5F">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C3F179F" w14:textId="585E4DFC" w:rsidR="00A0037E" w:rsidRDefault="00D82235" w:rsidP="00A0037E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1665382069"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A0037E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B7A0874" w14:textId="70CBDCA6" w:rsidR="00A0037E" w:rsidRDefault="00D82235" w:rsidP="00A0037E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="495151416"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="00A0037E" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B0DEA" w:rsidRPr="00E42D1E" w14:paraId="7F0DEBB9" w14:textId="77777777">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DF87C93" w14:textId="24EDF4D1" w:rsidR="003B0DEA" w:rsidRPr="008759C1" w:rsidRDefault="00C96B96">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="30CFDABC" w14:textId="6879F2CE" w:rsidR="003B0DEA" w:rsidRDefault="003B0DEA">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve"> S10 </w:t>
+            </w:r>
+            <w:r>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D4</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">) less than or equal to the </w:t>
+            </w:r>
+            <w:r>
+              <w:t>Converter Dolly m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">anufacturer's </w:t>
+            </w:r>
+            <w:r w:rsidR="008A166D">
+              <w:t>G</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">TM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>rating (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="008A166D">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31073524" w14:textId="77777777" w:rsidR="003B0DEA" w:rsidRDefault="00D82235">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-700857935"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003B0DEA">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="7C8E6D8E" w14:textId="77777777" w:rsidR="003B0DEA" w:rsidRDefault="00D82235">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="112728894"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtEndPr/>
+              <w:sdtContent>
+                <w:r w:rsidR="003B0DEA" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7C355C8E" w14:textId="22E502DC" w:rsidR="00EC0B75" w:rsidRDefault="005D451A" w:rsidP="00BB1871">
-[...6 lines deleted...]
-        <w:t>Part B</w:t>
+    <w:p w14:paraId="02DF47E3" w14:textId="3D091B64" w:rsidR="003848AE" w:rsidRPr="008043AC" w:rsidRDefault="003848AE" w:rsidP="003848AE">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
       </w:r>
-      <w:r w:rsidR="00447DC8">
-        <w:t xml:space="preserve"> - </w:t>
+      <w:r w:rsidR="00632E0E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00E0384C">
-        <w:t>Trailer mass</w:t>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7AC8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7AC8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>S10 Livestock Loading Modification Plate</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="55C2444F" w14:textId="79E50E6E" w:rsidR="00E24A35" w:rsidRPr="00BB1871" w:rsidRDefault="00E24A35" w:rsidP="00BB1871">
+    <w:p w14:paraId="6E039E7D" w14:textId="2A62777A" w:rsidR="00E26ED4" w:rsidRDefault="004641FE" w:rsidP="00E26ED4">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
-        <w:spacing w:before="120"/>
-[...2 lines deleted...]
-        <w:t xml:space="preserve">Unladen </w:t>
+      </w:pPr>
+      <w:r>
+        <w:t>Converter Dolly</w:t>
       </w:r>
-      <w:r w:rsidR="0093331E">
-[...6 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+      <w:r w:rsidR="00E26ED4">
+        <w:t xml:space="preserve"> Manufacturer's Plate</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4960" w:type="pct"/>
-[...123 lines deleted...]
-        <w:tblW w:w="4954" w:type="pct"/>
+        <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10166"/>
+        <w:gridCol w:w="5015"/>
+        <w:gridCol w:w="5014"/>
       </w:tblGrid>
-      <w:tr w:rsidR="006405F1" w:rsidRPr="00A175B8" w14:paraId="7BCF3B8D" w14:textId="77777777" w:rsidTr="00D52DB7">
+      <w:tr w:rsidR="00E26ED4" w:rsidRPr="001A0D67" w14:paraId="172A158B" w14:textId="77777777" w:rsidTr="001603F6">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10165" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="4530CA57" w14:textId="6D3C3677" w:rsidR="006405F1" w:rsidRPr="00A175B8" w:rsidRDefault="006405F1" w:rsidP="002257B0">
+          <w:p w14:paraId="1BE40F42" w14:textId="5FFC906F" w:rsidR="00E26ED4" w:rsidRPr="001A0D67" w:rsidRDefault="004641FE" w:rsidP="001603F6">
             <w:pPr>
-              <w:pStyle w:val="Table09text"/>
-[...1 lines deleted...]
-                <w:b/>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...5 lines deleted...]
-                <w:b/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="00E26ED4" w:rsidRPr="001A0D67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>:</w:t>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006405F1" w14:paraId="3F96A3F7" w14:textId="77777777" w:rsidTr="00D52DB7">
+      <w:tr w:rsidR="00E26ED4" w14:paraId="17E46DE1" w14:textId="77777777" w:rsidTr="001603F6">
         <w:trPr>
-          <w:trHeight w:val="4035"/>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10165" w:type="dxa"/>
-[...4 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="582C8928" w14:textId="77777777" w:rsidR="006405F1" w:rsidRPr="00962EB8" w:rsidRDefault="006405F1" w:rsidP="00962EB8">
+          <w:p w14:paraId="448942AC" w14:textId="26817764" w:rsidR="00E26ED4" w:rsidRPr="004F61BE" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Record information from the </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> manufacturer’s rating plate, affixed to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00594CE9">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>dolly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by the manufacturer. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CF9DC5" w14:textId="0C543702" w:rsidR="00E26ED4" w:rsidRPr="004F61BE" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Where the </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="00140183">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> has been assessed/modified/re-rated and approved in accordance with VS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="002E40AE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, use the information from </w:t>
+            </w:r>
+            <w:r w:rsidR="002E40AE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">VSB 6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>the modification plate. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="007732E4" w14:paraId="6AEBA236" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="347A1D5D" w14:textId="338B4163" w:rsidR="007732E4" w:rsidRDefault="007732E4" w:rsidP="001603F6">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Manufacturer Make/Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4BC54B6E" w14:textId="77777777" w:rsidR="007732E4" w:rsidRDefault="007732E4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00447DC8" w:rsidRPr="00EE3E58" w14:paraId="1CB7906E" w14:textId="77777777" w:rsidTr="00D52DB7">
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00E26ED4" w14:paraId="31587413" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10165" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="20209317" w14:textId="77777777" w:rsidR="00447DC8" w:rsidRPr="00EE3E58" w:rsidRDefault="00447DC8" w:rsidP="00660987">
+          <w:p w14:paraId="02720E50" w14:textId="616E6C2E" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
-[...1 lines deleted...]
-                <w:lang w:val="en-US"/>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:val="en-US"/>
-[...1 lines deleted...]
-              <w:t>Manufacturer’s Specifications</w:t>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Maximum Axle Group Mass Rating:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6C9BD572" w14:textId="2D92AD54" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="003F01A4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00447DC8" w:rsidRPr="00D01AE0" w14:paraId="622B4C14" w14:textId="77777777" w:rsidTr="00D52DB7">
-[...9 lines deleted...]
-        </w:tblPrEx>
+      <w:tr w:rsidR="00E26ED4" w14:paraId="641B5239" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10165" w:type="dxa"/>
-[...6 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="492C92D8" w14:textId="6843F7D8" w:rsidR="00447DC8" w:rsidRDefault="00447DC8" w:rsidP="007B3EED">
+          <w:p w14:paraId="2969B879" w14:textId="6438F933" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
             <w:pPr>
-              <w:pStyle w:val="Bullet1"/>
-[...7 lines deleted...]
-                <w:lang w:val="en-AU" w:eastAsia="en-US"/>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...50 lines deleted...]
-              <w:t xml:space="preserve"> the following:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Axle Group Tyre Size:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4E0A3BDD" w14:textId="77777777" w:rsidR="00447DC8" w:rsidRDefault="00447DC8" w:rsidP="007B3EED">
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D6BCF1" w14:textId="77777777" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
             <w:pPr>
-              <w:pStyle w:val="Bullet1"/>
-[...3 lines deleted...]
-              </w:numPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...52 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4659" w:rsidRPr="00A175B8" w14:paraId="225AA5D8" w14:textId="77777777" w:rsidTr="00D52DB7">
+      <w:tr w:rsidR="00E26ED4" w14:paraId="5FCDB4B3" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10165" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="111D0BCE" w14:textId="66A57284" w:rsidR="002A4659" w:rsidRPr="00A175B8" w:rsidRDefault="002A4659" w:rsidP="002257B0">
+          <w:p w14:paraId="072E4B66" w14:textId="78BD0738" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
             <w:pPr>
-              <w:pStyle w:val="Table09text"/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...10 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Axle Group Tyre Capacity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160F30BE" w14:textId="37C01366" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="003F01A4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="002A4659" w14:paraId="2E460ABB" w14:textId="77777777" w:rsidTr="00D52DB7">
+      <w:tr w:rsidR="008E4B72" w14:paraId="61D1AE3B" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
-          <w:trHeight w:val="5232"/>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10165" w:type="dxa"/>
-[...3 lines deleted...]
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0A99184D" w14:textId="77777777" w:rsidR="002A4659" w:rsidRPr="00874555" w:rsidRDefault="002A4659" w:rsidP="00874555">
+          <w:p w14:paraId="483D8DA4" w14:textId="47E907A8" w:rsidR="008E4B72" w:rsidRDefault="008E4B72" w:rsidP="001603F6">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:spacing w:after="0"/>
               <w:jc w:val="left"/>
               <w:rPr>
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tare Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C6FA31E" w14:textId="748C47F6" w:rsidR="008E4B72" w:rsidRDefault="003F01A4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E26ED4" w14:paraId="7E3E7B97" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="719A2266" w14:textId="7E8B888B" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00FF280F" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Aggregate </w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass (ATM)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E26ED4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B1)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E26ED4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4126880F" w14:textId="1FCD7ECF" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="003F01A4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E26ED4" w14:paraId="2FC38261" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E184F62" w14:textId="695DB0FB" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gross </w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass (G</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF280F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>M) Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF280F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45AA426F" w14:textId="07BEADA9" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="003F01A4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="06E2A41E" w14:textId="6133A0D9" w:rsidR="00FD36B9" w:rsidRDefault="00372333" w:rsidP="00962EB8">
+    <w:p w14:paraId="4AD579A6" w14:textId="35EB3F94" w:rsidR="003848AE" w:rsidRDefault="002E40AE" w:rsidP="00711B1A">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
-        <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>P</w:t>
+        <w:t xml:space="preserve">S10 </w:t>
       </w:r>
-      <w:r w:rsidR="00FD36B9">
-[...15 lines deleted...]
-        <w:t>mass (Dolly)</w:t>
+      <w:r w:rsidR="00AA7AC8">
+        <w:t>Modification Plate Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
-        <w:tblStyle w:val="TableGrid3"/>
-        <w:tblW w:w="4946" w:type="pct"/>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6096"/>
-        <w:gridCol w:w="4053"/>
+        <w:gridCol w:w="5015"/>
+        <w:gridCol w:w="5014"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00FD36B9" w:rsidRPr="00FD36B9" w14:paraId="1781E362" w14:textId="77777777" w:rsidTr="00D52DB7">
+      <w:tr w:rsidR="007C28E5" w:rsidRPr="007C28E5" w14:paraId="4387EA75" w14:textId="77777777" w:rsidTr="00132B23">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10149" w:type="dxa"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="3FBED86F" w14:textId="77777777" w:rsidR="00FD36B9" w:rsidRPr="00FD36B9" w:rsidRDefault="00FD36B9" w:rsidP="00FD36B9">
+          <w:p w14:paraId="029C5C27" w14:textId="46A81E47" w:rsidR="003848AE" w:rsidRPr="007C28E5" w:rsidRDefault="003848AE">
             <w:pPr>
-              <w:keepLines/>
-[...2 lines deleted...]
-                <w:b/>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Vehicle S10 mass (Dolly)</w:t>
-[...3 lines deleted...]
-                <w:b/>
+              <w:t>S10</w:t>
+            </w:r>
+            <w:r w:rsidR="4EABEB56" w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+              <w:t xml:space="preserve"> Livestock</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Loading Plate</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD36B9" w:rsidRPr="00FD36B9" w14:paraId="3BD99C58" w14:textId="77777777" w:rsidTr="00D52DB7">
+      <w:tr w:rsidR="003848AE" w14:paraId="65F5CAE5" w14:textId="77777777" w:rsidTr="78AA0B30">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10149" w:type="dxa"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6CFCDDE5" w14:textId="14AE8C29" w:rsidR="00FD36B9" w:rsidRPr="00FD36B9" w:rsidRDefault="00FD36B9" w:rsidP="00447DC8">
+          <w:p w14:paraId="35C2668D" w14:textId="45B86977" w:rsidR="00CE1577" w:rsidRPr="00CE1577" w:rsidRDefault="00CE1577">
             <w:pPr>
-              <w:pStyle w:val="Bullet1"/>
-[...2 lines deleted...]
-              </w:rPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Calculate the vehicle S10 </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">laden </w:t>
+              <w:t>Record information below for the</w:t>
+            </w:r>
+            <w:r w:rsidR="008B47AC">
+              <w:t xml:space="preserve"> relevant fields of the</w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve">mass by </w:t>
-[...2 lines deleted...]
-              <w:t>adding the unladen dry trailer mass and the 15,000kg simulated mass</w:t>
+              <w:t xml:space="preserve"> S10 modification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F7C98">
+              <w:t xml:space="preserve"> plate</w:t>
             </w:r>
             <w:r>
               <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503A5D60" w14:textId="400C5FC2" w:rsidR="003848AE" w:rsidRPr="00AF2BB6" w:rsidRDefault="003848AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Duplicate the below information on the livestock loading S10 plate (maroon in colour). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A1D18AB" w14:textId="031ABE10" w:rsidR="003848AE" w:rsidRPr="00AF2BB6" w:rsidRDefault="003848AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Affix the plate to the </w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>c</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">onverter </w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidR="00EA73C4">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>olly</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in a location that is easily visible and accessible.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79484E6E" w14:textId="011A8CF5" w:rsidR="003848AE" w:rsidRPr="00BF2FE7" w:rsidRDefault="00B364C7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ll </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>unused</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fields on the Livestock loading (S10) Plate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013590B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blanked out with three (3), or more, ‘X’ (For example: ‘XXX’)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00FD36B9" w:rsidRPr="00FD36B9" w14:paraId="4351B6BC" w14:textId="77777777" w:rsidTr="00D52DB7">
+      <w:tr w:rsidR="0093438C" w14:paraId="5BA20AE9" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6096" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="264FA314" w14:textId="0D74CA7F" w:rsidR="00FD36B9" w:rsidRPr="00FD36B9" w:rsidRDefault="00FD36B9" w:rsidP="005D1C09">
+          <w:p w14:paraId="14F2E181" w14:textId="10601B88" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="004641FE" w:rsidP="0093438C">
             <w:pPr>
-              <w:keepLines/>
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-AU"/>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...22 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r w:rsidR="0093438C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Identification Number (VIN)/Chassis Number:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4053" w:type="dxa"/>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="582FF834" w14:textId="77777777" w:rsidR="00FD36B9" w:rsidRPr="00874555" w:rsidRDefault="00FD36B9" w:rsidP="005D1C09">
+          <w:p w14:paraId="44C1D8AC" w14:textId="77777777" w:rsidR="0093438C" w:rsidRDefault="0093438C" w:rsidP="0093438C">
             <w:pPr>
-              <w:keepLines/>
-              <w:spacing w:before="20" w:after="20"/>
+              <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
-              <w:rPr>
-[...3 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00874555">
-[...3 lines deleted...]
-                <w:lang w:eastAsia="en-AU"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="2D6B9689" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="217593A0" w14:textId="020C5F8B" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Approved </w:t>
+            </w:r>
+            <w:r w:rsidR="004641FE">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Examiner Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36AD3233" w14:textId="77777777" w:rsidR="0093438C" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="7158652D" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="137ACE9A" w14:textId="07268C06" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6954B2B3" w14:textId="77777777" w:rsidR="0093438C" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="07B1148A" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672E5B9E" w14:textId="6CD67534" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9216E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="787DA85E" w14:textId="77777777" w:rsidR="0093438C" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="687A18CB" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6DA54F" w14:textId="13A7A128" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="00EA73C4" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="0093438C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6042">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="003B7635">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r w:rsidR="0093438C">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6BA3DD" w14:textId="057F3A9C" w:rsidR="0093438C" w:rsidRDefault="003F01A4" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05ADA" w14:paraId="0F12D785" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DA4059" w14:textId="7A7BA639" w:rsidR="00F05ADA" w:rsidRPr="00E9216E" w:rsidRDefault="00F05ADA" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">S10 Tyre Size/Load </w:t>
+            </w:r>
+            <w:r w:rsidR="00152537">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="002141BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6042">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00B74473">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>7</w:t>
+            </w:r>
+            <w:r w:rsidR="002141BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6042">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00B74473">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="002141BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE39689" w14:textId="2730371D" w:rsidR="00F05ADA" w:rsidRPr="006D0C70" w:rsidRDefault="00F05ADA" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05ADA" w14:paraId="199FA3C0" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E2C34F" w14:textId="265B0376" w:rsidR="00F05ADA" w:rsidRPr="00E9216E" w:rsidRDefault="00EA73C4" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Converter Dolly</w:t>
+            </w:r>
+            <w:r w:rsidR="00F05ADA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="00C17805">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="009C133D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00F05ADA">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766B9E2A" w14:textId="21EFC8DF" w:rsidR="00F05ADA" w:rsidRPr="00EE748D" w:rsidRDefault="003F01A4" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:tbl>
-[...758 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="062FD17C" w14:textId="3C3B18EE" w:rsidR="005C6F33" w:rsidRPr="008043AC" w:rsidRDefault="005C6F33" w:rsidP="008043AC">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
-      <w:r w:rsidR="00871065">
-        <w:t>E</w:t>
+      <w:r w:rsidR="00632E0E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>F</w:t>
       </w:r>
-      <w:r w:rsidR="00447DC8">
+      <w:r w:rsidR="003D3FE1" w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve"> - </w:t>
       </w:r>
-      <w:r>
-        <w:t>Vehicle details and declarations</w:t>
+      <w:r w:rsidR="00557CA2">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Authorisation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97555">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00632E0E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>eclaration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="759701C6" w14:textId="184B7806" w:rsidR="00764716" w:rsidRDefault="006A4D48" w:rsidP="00874555">
+    <w:p w14:paraId="73843346" w14:textId="03D9A531" w:rsidR="00764716" w:rsidRDefault="006A4D48" w:rsidP="00711B1A">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
-        <w:spacing w:before="120"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">AVE </w:t>
       </w:r>
-      <w:r w:rsidR="00874555">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="00764716">
-        <w:t>uthorisation</w:t>
+        <w:t>Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4141"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1460"/>
+        <w:gridCol w:w="4114"/>
+        <w:gridCol w:w="4507"/>
+        <w:gridCol w:w="1451"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D49EE" w14:paraId="5CAF4E4D" w14:textId="77777777" w:rsidTr="009D49EE">
+      <w:tr w:rsidR="007C28E5" w:rsidRPr="007C28E5" w14:paraId="44E0185D" w14:textId="77777777" w:rsidTr="00303AB8">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="3D2C0457" w14:textId="77777777" w:rsidR="009D49EE" w:rsidRPr="00D52DB7" w:rsidRDefault="009D49EE" w:rsidP="00764716">
+          <w:p w14:paraId="31AFEB3C" w14:textId="77777777" w:rsidR="009D49EE" w:rsidRPr="007C28E5" w:rsidRDefault="009D49EE" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D52DB7">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Declaration by certifier (AVE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="798EE8B8" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="5DB3AE06" w14:textId="77777777" w:rsidTr="00303AB8">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="4C5BD1DD" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="64139122" w14:textId="5639ADF3" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00764716">
               <w:rPr>
                 <w:b/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>I am the Approved Person who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
+              <w:t xml:space="preserve">I am the Approved </w:t>
+            </w:r>
+            <w:r w:rsidR="000C07A7">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle Examiner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00764716">
+              <w:rPr>
+                <w:b/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="2AE55330" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="1C0C8FC4" w14:textId="77777777" w:rsidTr="00B93F99">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7A82C816" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00660987">
+          <w:p w14:paraId="512812DE" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Issued </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3A8D">
               <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0642EDE8" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00660987">
+          <w:p w14:paraId="09689DB4" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="50AD7EC6" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00660987">
+          <w:p w14:paraId="0D76A7B5" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">AVE </w:t>
             </w:r>
             <w:r>
               <w:t>no.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="4A56B70F" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="0935F637" w14:textId="77777777" w:rsidTr="007E1B70">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3AB52970" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="28F410D8" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="53036EB9" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="3637029D" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="45BBA286" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="776C1A32" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="7E97814D" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="6C214C6C" w14:textId="77777777" w:rsidTr="00B93F99">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="7BB9A61E" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00660987">
+          <w:p w14:paraId="76334DCE" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="1C26CDC7" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00660987">
+          <w:p w14:paraId="293CD006" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="17B10EF5" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00660987">
+          <w:p w14:paraId="1D053725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="00436B21" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="455805A8" w14:textId="77777777" w:rsidTr="007E1B70">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="15485EF0" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
+          <w:p w14:paraId="547DBE19" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="146EC953" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
+          <w:p w14:paraId="76F2B074" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="792E281A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
+          <w:p w14:paraId="57683725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7AC55B10" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
+          <w:p w14:paraId="54185A96" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="35717D46" w14:textId="22483DA5" w:rsidR="003B5897" w:rsidRDefault="006A4D48" w:rsidP="00660987">
+    <w:p w14:paraId="5CDDDDB7" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="006A4D48" w:rsidP="00711B1A">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Owner/supplier </w:t>
       </w:r>
-      <w:r w:rsidR="00874555">
-[...1 lines deleted...]
-      </w:r>
       <w:r w:rsidR="003B5897">
-        <w:t>uthorisation</w:t>
+        <w:t>Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4946" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4138"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="4112"/>
+        <w:gridCol w:w="4507"/>
+        <w:gridCol w:w="87"/>
+        <w:gridCol w:w="1378"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B5897" w14:paraId="6822C230" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="007C28E5" w:rsidRPr="007C28E5" w14:paraId="0C37F170" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10149" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="5DDFA751" w14:textId="77777777" w:rsidR="003B5897" w:rsidRPr="003B5897" w:rsidRDefault="003B5897" w:rsidP="009D49EE">
+          <w:p w14:paraId="468F8D99" w14:textId="3336C8A6" w:rsidR="003B5897" w:rsidRPr="007C28E5" w:rsidRDefault="003B5897" w:rsidP="009D49EE">
             <w:pPr>
               <w:ind w:right="-33"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">As the </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
                 <w:id w:val="299198410"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="007C28E5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Owner</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
                 <w:id w:val="2041322485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
+              <w:sdtEndPr/>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="007C28E5">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Supplier</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (select applicable) of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E67FE7">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> described in this form, I declare that the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E67FE7">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
-[...25 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...1 lines deleted...]
-                <w:b/>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">pecifications and </w:t>
             </w:r>
-            <w:r w:rsidR="009D49EE">
-[...13 lines deleted...]
-                <w:b/>
+            <w:r w:rsidR="00E67FE7">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t>e</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
-[...15 lines deleted...]
-              <w:t xml:space="preserve"> mentioned above to complete the S10 approval of this vehicle in this build state/configuration.</w:t>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment detailed herein are representative of the </w:t>
+            </w:r>
+            <w:r w:rsidR="00E67FE7">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as it will enter into service and that I have enlisted the services of the AVE mentioned above to complete the S10 approval of this </w:t>
+            </w:r>
+            <w:r w:rsidR="00E67FE7">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>vehicle</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in this build state/configuration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="47800B16" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="28FEF528" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="18809DA2" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00660987">
+          <w:p w14:paraId="59361AC5" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6011" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="192BFC70" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00660987">
+          <w:p w14:paraId="0BADE38B" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="754C6C53" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="7D88B3E6" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="16361FE4" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="580FD912" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6011" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
-[...51 lines deleted...]
-            <w:tcW w:w="10150" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="23F6FA1D" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="730763B3" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="5A332341" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="001F692E" w14:paraId="0E9980BB" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="8762" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="15CCF95D" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00660987">
+          <w:p w14:paraId="295E7DA9" w14:textId="709B16E7" w:rsidR="001F692E" w:rsidRDefault="001F692E" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="006A71B9" w14:textId="52E86952" w:rsidR="001F692E" w:rsidRDefault="001F692E" w:rsidP="00711B1A">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Postcode:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001F692E" w14:paraId="4D973780" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:trHeight w:val="567"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8762" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18DB5898" w14:textId="77777777" w:rsidR="001F692E" w:rsidRDefault="001F692E" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31EC3417" w14:textId="24ACEBB6" w:rsidR="001F692E" w:rsidRDefault="001F692E" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B5897" w14:paraId="6B85970C" w14:textId="77777777" w:rsidTr="001F692E">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D39033A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="73871676" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00660987">
+          <w:p w14:paraId="4F3DA26F" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1475" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="2075971E" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00660987">
+          <w:p w14:paraId="0A8D586A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00711B1A">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="569F7152" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="2375D114" w14:textId="77777777" w:rsidTr="001F692E">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76DC47C8" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="7F009E91" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7BBAB552" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="55D02094" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44CAF9C2" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="2C7EAA01" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1475" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="39DC61C4" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
+          <w:p w14:paraId="124CB2D8" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="3DCB3DD1" w14:textId="0A9C902A" w:rsidR="00874555" w:rsidRDefault="00874555" w:rsidP="006A4D48">
+    <w:p w14:paraId="1BD7D65E" w14:textId="77777777" w:rsidR="000A534B" w:rsidRDefault="000A534B">
       <w:pPr>
         <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
         </w:rPr>
+        <w:sectPr w:rsidR="000A534B" w:rsidSect="00BA31F7">
+          <w:headerReference w:type="even" r:id="rId13"/>
+          <w:headerReference w:type="default" r:id="rId14"/>
+          <w:footerReference w:type="even" r:id="rId15"/>
+          <w:footerReference w:type="default" r:id="rId16"/>
+          <w:headerReference w:type="first" r:id="rId17"/>
+          <w:footerReference w:type="first" r:id="rId18"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36E92000" w14:textId="77777777" w:rsidR="00874555" w:rsidRPr="00874555" w:rsidRDefault="00874555" w:rsidP="00874555">
+    <w:p w14:paraId="36C50F03" w14:textId="2B026833" w:rsidR="00C4477A" w:rsidRDefault="00C4477A">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0FE8E271" w14:textId="77777777" w:rsidR="00C4477A" w:rsidRDefault="00C4477A" w:rsidP="00E17C12">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="00C4477A" w:rsidSect="00120B7C">
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="102" w:right="851" w:bottom="737" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE7F41F" w14:textId="3BD7BAA8" w:rsidR="004B116D" w:rsidRDefault="009B5A65" w:rsidP="004B116D">
       <w:pPr>
         <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tandem Axle </w:t>
+      </w:r>
+      <w:r w:rsidR="004B116D">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+      <w:r w:rsidR="004B116D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00B17B56">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1</w:t>
+      </w:r>
+      <w:r w:rsidR="004B116D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="004B116D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Tandem Axle </w:t>
+      </w:r>
+      <w:r w:rsidR="004B116D">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Converter Dolly</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="098D1026" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
           <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
         </w:rPr>
-      </w:pPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpc">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="17AA0CB9" wp14:editId="1E0CAA5D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2540</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>24765</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9705340" cy="2286000"/>
+                <wp:effectExtent l="0" t="0" r="10160" b="19050"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21600"/>
+                    <wp:lineTo x="21580" y="21600"/>
+                    <wp:lineTo x="21580" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="891616018" name="Canvas 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
+                    <wpc:wpc>
+                      <wpc:bg>
+                        <a:noFill/>
+                      </wpc:bg>
+                      <wpc:whole>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wpc:whole>
+                      <wpg:wgp>
+                        <wpg:cNvPr id="960481544" name="Group 960481544"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="1237274" y="125593"/>
+                            <a:ext cx="8416318" cy="2019580"/>
+                            <a:chOff x="1237274" y="125593"/>
+                            <a:chExt cx="8416318" cy="2019580"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <wps:wsp>
+                          <wps:cNvPr id="1765930176" name="Straight Connector 1765930176"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="3969376" y="219075"/>
+                              <a:ext cx="0" cy="659074"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1583435792" name="Picture 1583435792"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId19"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="1237274" y="722925"/>
+                              <a:ext cx="3906611" cy="1182075"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1594575854" name="Picture 1594575854"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId20"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="6997299" y="125593"/>
+                              <a:ext cx="2656293" cy="1655440"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="2097877424" name="Straight Arrow Connector 2097877424"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3642087" y="342265"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="none" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1180518461" name="Straight Arrow Connector 1180518461"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="4062086" y="344702"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="none" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1332950237" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4806610" y="1857375"/>
+                              <a:ext cx="1067435" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="2C74D726" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Axle Spacing</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="588269020" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3105277" y="228600"/>
+                              <a:ext cx="600710" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="403BF052" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1848923697" name="Straight Connector 1848923697"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="4464717" y="1209533"/>
+                              <a:ext cx="0" cy="935640"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1199246551" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4432300" y="574619"/>
+                              <a:ext cx="1025526" cy="344805"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="6A6DDF0D" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>15,000kg Load on Fifth Wheel (D1)</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="1412E153" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                                <w:pPr>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t> </w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="582695492" name="Straight Arrow Connector 582695492"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3297850" y="1997370"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="none" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="65426865" name="Straight Arrow Connector 65426865"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="4463075" y="1991020"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="none" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1248737205" name="Straight Connector 1248737205"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="3635405" y="1209533"/>
+                              <a:ext cx="0" cy="885967"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="61348096" name="Straight Connector 61348096"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="4062086" y="219075"/>
+                              <a:ext cx="0" cy="1358844"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="254877934" name="Arrow: Down 254877934"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3867141" y="462224"/>
+                              <a:ext cx="204470" cy="415925"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                      </wpg:wgp>
+                    </wpc:wpc>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="17AA0CB9" id="Canvas 1" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;margin-left:.2pt;margin-top:1.95pt;width:764.2pt;height:180pt;z-index:-251658239;mso-width-relative:margin;mso-height-relative:margin" coordsize="97053,22860" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBs8u+RvgcAAKgrAAAOAAAAZHJzL2Uyb0RvYy54bWzsWm1z2zYS/n4z9x84&#10;/N6IBN81kTuuU2c6k+Y8Tdp+hihK4pQkeCBsyf319ywAUrQiWU7qcy8XecY2SbxwsXh298FyX3+/&#10;rSvnrpBdKZqZ67/yXKdocrEom9XM/fXj9Xep63SKNwteiaaYufdF535/8c9/vN6004KJtagWhXQw&#10;SdNNN+3MXSvVTieTLl8XNe9eibZo0LgUsuYKt3I1WUi+wex1NWGeF082Qi5aKfKi6/D0jWl0L/T8&#10;y2WRq38tl12hnGrmQjal/0r9d05/Jxev+XQlebsucysG/wIpal42eOkw1RuuuHMry0+mqstcik4s&#10;1atc1BOxXJZ5odeA1fje3mqueHPHO72YHNrpBcTVM847X5HcjbguqwramGD2KT2j/xvsT0HNVeNs&#10;sL0s8Ty9zE5U5YJGUGMnV/OrSjp3nJTs/eBda71O0LLrhruqsdPbaTftarpZtcPuAzF72/9Z2nor&#10;xW2rlbWa5u/vbqRTLmZuFnth6kdh6DoNr4FA3c3ZPcaaSRCMeCvbD+2NtA9W5o4WuF3Kmv5ju5wt&#10;qSFIWIIJ7+k6irLAwKjYKidHexr6ceAD+Dk6YFuzKLVAy9dA42NT5OsfT0wCPRpxsFErIFeLTEuA&#10;/XQ7XXZ/TZcf1rwttC67kS79JMZiPfzrlflBSV6u1sq5Ek0DYxPSGXXSmtQTXDVWr920g4p7pTrL&#10;qmx/gxY1qKx6gyzOAnoFac/PvCR6qF6YMSkWonjYBIJsrxI+bWWn3haiduhi5lZlQ6vgU373rlOm&#10;a9+FHltYZ150CtbX1x5+7NsOwrpfGe1Ep+57u/mlWAKHhBotiHZsxWAtPM+LRvl23qpBb5JrCcsa&#10;BlrRyCMeG2j709BCO73PGTyM0G8WjRoG12Uj5CGx1bYXeWn6a8Me1k0qmIvFvd5z4FRD8+J1W+ZT&#10;/Fp7x9UnGD3t7jFK3crCtZPUT5qj5vKP2/Y7eNyWq3JeVqW619EDayOhmrubMidU0s3OdfhRGoRB&#10;lGSshzu60dudUQtA1Y8ycwCEZf5O5H90TiOu1rxZFZddC9sgCBAEH3bXtw8EmMMmetdK13apCFp7&#10;3vGAtkxAeSPy2xq4MhFSFhVWLZpuXbad68hpUc8LeEb500ILBDetZKHy9Q55ubWVoUFLuROMljC2&#10;Yxp5wDkmjGVsz3qDzItj3zc27Psps/Z93IgldKdBeNCItWRGFn0J0b5GpGVhlERpNESpmwFpQ8tX&#10;jTRG0H9epMVZlrAsOxqGWRzFDLFZRws/jsABegfeB/Q+Fthw8QVIe5G4y7wsSZMkZAM8hrh7KaXY&#10;jKLvqCsUTtLBnx2JviOrDeKQeWmidRmEDKoz+9VTGvKDQWRUeUKJ8BmaEgyMwAS+g8b7HBGYT9cF&#10;X/zYLBx134LfNThnuMRWq5XrVAVOJXWxMKtRvKx2HTtV8EqtD/bdsdVzWD8V1l/EBBApvMhPwxiR&#10;w/D4oyYw6vo5JhB6MUzA0M4gDBPPuqyv0AQeQzafPrSCo+ZyNgHNhJ/EbF/GBIKAZZGHw2dvAh8J&#10;mz+IraOhap09HWEdtcXj4czR7tFRihnkNHFINJR0NNQEDSJUznzzs1jAo/JbJTQB68OmpXphSlQO&#10;xzE6B6dREuyf1HwvThA4TNhgQYrDsmbAR89rjwfgB/kE3IzTDtf6x84+Op89T4SpS4UsVVXWONzT&#10;OdAe523g0czGWhWuDxuO2s631h2Zo5EjBY4E0B6yZ7hYC/knQhEyUTO3+/ctpzNO9VODLcp8Ii6O&#10;0jegiQw3ctwyH7fwJsdUM1e5jrm8UjrdRcG+EZfYymWp2T3tuZHEQhzpgxfKI0RpyuLMo4UYX/43&#10;AznwvYglhv0wlsb9/vauHw8SwrnO55xhrPNq2nHsMPQNoxmsJM1YEGeDXx6oycCBnVGnk6TkYFYs&#10;DOMw8Q1GfbD8KNjLOlp8ZkEUnzrnnNNiT8ipvVhajIzov5+69bOMhTgED/z5b/a5YRiwAI6WyEOU&#10;gNdnD0+cvofMOgMdJ6cLPg76/7/NHa4O5of59Jm4g3a6A887UwhiEFG4S80OPnc/IxINPU863nFC&#10;hCHlgq8Cmtsi0RQklvP1nOCcESG/df7QcehDx4t49DgKWZwiUXcqHzJ0/Bz8g24ElJm3+Ic3/nrx&#10;f06HYOdxKv0/YzQsTOGWGXjBvgWMaPeu00n0H6TdQRxEIb2CchyP0O40jbI4eZyhnGn3N0e7Yz8A&#10;c80eq5cYunwZQMdp60eqJfwASRcUwRhP0Cfy9r5/nQH6zQGURfCiSRYMXxY1fZ46b8SmcXaNO2xS&#10;etnema/uu2RuX7+Txokf4pwJlxnGjOGrJQYg/NjKJubR1xVzsAv9yFYIID4dQeUComipjhcBPJ4Z&#10;PnYyo3q0/ZEPq2x2dS6jlPLh/O4hJsy0xEdKfvS713xRmLo5PxqdH3spbDL5UFXQE8qJXroqqBoK&#10;mU5UBQ3Jwq7Nr0tUar3jnbrhEpWXwMXz5sOb2/pKoC4ReMTb9CXeIVXVXy6lqH9HEeklZeHR1CfQ&#10;cyX7G5tCd1CGmheXl7qbKSZ613ygYkyzGeRNP25/57K19QQKkH8v+lq6T6rQTF/CwRMS87rcD9WS&#10;OlmPyswWZS5Aoi1dpXrT8b3utSuwvfgPAAAA//8DAFBLAwQKAAAAAAAAACEAvfMC5/A2AADwNgAA&#10;FAAAAGRycy9tZWRpYS9pbWFnZTEucG5niVBORw0KGgoAAAANSUhEUgAAAQ8AAABSCAYAAABKSFGj&#10;AAAAAXNSR0IArs4c6QAAAARnQU1BAACxjwv8YQUAAAAJcEhZcwAAFiUAABYlAUlSJPAAADaFSURB&#10;VHhe7Z1njCTJld9fd1f7aj9tx/V4t4ZraZY7a8hdiRRFgiABArov94G6DzrIUB90EnCQ+P0E8D4d&#10;gaN0OAp3EgkCZyToAC5JLQ0Icj3HrN/xPabttK02Vd2t/+9FRlV1T89Mde/M8naZrycmszIjI+NF&#10;vveP915EZFatiiyllFJKaZNUnWxTSimllDZFKXiklFJKW6IUPFJKKaUtUQoeKaWU0pYoBY+UUkpp&#10;S5SCR0oppbQlSsEjpZRS2hKl4JFSSiltidJJYil9JGhlZcWWl5ctn8/7/gdB1dXVnqqqqtZsSb8L&#10;lIJHSh96AjAmJibs3Xfftddee82mpqaKirxpEu6s6A+1AINWV8O+9qwq+VutMqupqbHa2oy1tLRY&#10;b29vSH191tnRYR1KvwsAkoJHSh96mp+ft3Pnztkvf/lL+8UvfmFzc3OJ8mIFkCPZJgZJ2GxknSiT&#10;EMPBY2XVltnXFgBZDx5VVdWWydRYQ0O9g8W27m4bGBiwnp4e6+vts/r6OmtsbLJsttmam0Oqra0N&#10;t/mIUAoeKX3oaXZ21k6dOmXPPfecvfjiizoSrA6sAyyQmDjO//yH2EfR9/PVyltdZcu4PQW5QH5+&#10;OQGPYHmUyEtx4hx54nnuC3BgkXR1ddm+ffvs6NEjdt999zmwfJToo29bpfSRpxjjCHGPFbkxy1Yo&#10;FGxpacnT4mI+2V+0RaWFhQVbWly0ZeVZWQYggmURlWFZlsbyct7LKBTY5lVmwd2jkJaK++RZWSko&#10;P/fLywrK2fXrE3b58mV7770z9sYbb9g777wjV2o6Kf2jQ6nlkdKHnnBbzp8/bz/72c/sxz/+icc8&#10;IHc3cD0k4dE6cHGX4bBcWOaX2yLVslDq5FJkMhkHBIBmeWXZjQmskSptycuF/n9ieFTLdVlr2ST5&#10;tV8jS4by2tvbbe++vfbVr37VHnjgAc/zUaEUPFK6o7QqZaVXRwnZr5EC1dxlX59RlvHxce/hX3zx&#10;JZucvO7HhBRuVbjrQdLfkqyGXC5nExPX3WoAAKCVJDBKXAKNwErJCFS6ujo9XlEld6QIEMnWXSOO&#10;g0YJgASQEWkDkOC+7Nixw44fP2579uwJ5+4iRXctxHzuLqXgkdIdpYJAY1KKPD87Z3n14HWNDZZV&#10;74vy3W0CDACNABgbBUTNQebkyZP28suv2MxMzhVtZXXZZqan3eUg8NnY0Khzc7Icqu3pp5+ye++9&#10;xy0I8kZy+EhAZCNCrVBgAAUL5ANTaN2vsbHxAwnOpuCRUsWEQmJRzMzMyK+/7sOjpKb6BmuRwA6/&#10;+55NXhqyeSliXnmr1eu27xiwgYMHrKWtzZqU524Rikmqr693xYnWQSRckQsXLtjbb79jp0+ftunp&#10;GWtqapZSZ+SiFHyEZnFxwdra2q2hocEWFpZsQWDS0tJs+/fvs/vvv9/6+vp0vi0pcS2hRrQP4OVW&#10;TxlxPMRGNga0O0m4cAxZ83zq6uqsp6fXDh06ZNu2dVk2m01y3RlKwSOligkFZGTjypUrdubMGaWz&#10;dvHiBeuWwvVIqa796kVbGbpiq4tLlldPu9DZbk2DO23woQesp7/fOjo7vZyb99fvj+jdURh6elIk&#10;RBzAe+HFF+3tt96W61Lw4dX6esBs1RU7KPeyrqt18KEsAquTk5OyppYEHvfZgQP7bXBwMBS6jiJo&#10;0EYA7G+D4JP6/uQnP7GRkVHnY/v27fbZz37GDh486HNRytvl/VIKHilVRCgEPfePnnvOfnPipF26&#10;ctnmcwu2VFiyA3v22mOPPGIj77xrC6NjEiqzuuZmy6qn7t+/x/YeOSLLo9VjBysSt0rAY73lUE43&#10;M/8JlJ5XHcfGxhwsUGbKKWiLUr0ty2hufsFasy3WlJXVUY0bosqqThksF/JiPayojvpN0DS/uCgr&#10;ZVr3NOsXP/v27PH7x/pF9cFVwCrZIWXdvXu3H/ugiWfEKM9f/8//ZZPXJx2l+wXan/vcP/W6U+dt&#10;27Z5uhMuVAoeKa0hTGs3syWIi1KcRfW+izKF52RxnD512v727//eLly65IJZw3/K19HZYU898aTN&#10;SXmXZHU0CiTa2tusWz1dj9K2rk6rVY/uAqtLQvBSpP0wSBomXkVBZAIWOXQoKCrH2Nf/iHw8Xk5c&#10;e0WAxgzTS6ofZnuhAHhQxYLlFuZtJjdvDY1NcleaPNAJnyhUlayMBuIEcnnmxeeSeIaoB/fJzc0K&#10;jKYtU1Nt3VI8v8bBI4y+QABjd/c2O3zosD366CPJ0UDkCSnkh9cbKAFVT8oUs/gV4V9CapnSD1Hp&#10;JFbPOYHn3/zv/2MFZVrQc2tvb9WzecJjNrNzOdu5e5cHbnHNcPHgb31bVkopeKS0hui98P8vnD9v&#10;5+SaXD17zsaGhmzq6rAHG8/nZhmasF5Jd2d+2doFFstSqia5JFgVCBM9eJXM42rcBwkmMzFjwNAV&#10;Q+eXlQpKi9VVtqC0qHMFqQrHXCB1rFrl1eg+hP7qpegNq9VWz77y1FCO9gGfkFZd6edlcaxIiVaW&#10;CwGklhmqZcaogESWBjEO6ucaKHBZaqi3BYHJSk+3mQCv+uIly8hyqdV1gFWV6l5QOcz1YHAX+FoV&#10;v2ImKJ0neKJs1a+p0Zpb2oLS6zbULa+dRd1zSTwt6Ri8C7YCnyL2nFfdp1apTvWt04W1OiYFVSEB&#10;0OFjZVk8ad/rry0tDp88E+61uLpscx3tlpFbtiBrazmXs45s1prlQmZaWqwNy6O/z/YKQAARrCVA&#10;ZCuUgkdKTsQyhq9etdHLV2z88pANnTlrwxcu2szVa5afnFIvJsWUoA43NVijFODg/JLtkGXSJ/BY&#10;0O9FgYO0R70qvRg9MwolVdMWJVxJzueFBgUp2qKUcl4n5/R7Vr/nM9W2qHwFXe09M3MopCw1Es86&#10;KUaDFKVJ+1lpSLMktkFZ6vUbBQNIUNNqbeuT+6F0KBkpTgSLk8KYSLaKS6PfM3JfJtUrzw3usoXu&#10;Hmt/801rEYA0LRUsg2KqzlgmgKGnhA8fPfJZqWydWVfoBU/CJfGV16EFnQcgc9rOi6ecsi/reIF2&#10;Kmqe+FT9MoXI67I1qI7wm9G2TiBXrfPkod4+Z0UJYHTwUDuZQGVF9yk01Fn+6GFb6e6y5euyBEdG&#10;bHVs3Krqam21JWvV4rdWYNKxY7v1imfiUM1y4wA+3K39+/cndbo9peCRkscGzrz7rj3/w+fsvMz+&#10;5XPnrWFmzrJLeWuSUGYkqJelMFfr6+xatt66JcSP6fzORbkssj7okfMoj5Q2kgOHjqPQbHMS7Fkp&#10;0EhdnY3VZ2yqttampYwzElrO0TPrVl5WFEh6VECgSverk0JhDbQotWq/W9uewoq2q9bFeeV3ZUcp&#10;gx4npB394DeizhaVq1LZ1eJ7orXVrmzrtNH9e226r9d2njhl/bK2WgSKdbrHsuq8Cm9JCvvcI+FV&#10;W/Y8qfA5bSd1elzKer02Y9N1GZsVUM7J4plXXkKp8IiV4FXzbQAEwIFUK7BojLwqdYjPTvHZyrPQ&#10;PbDeGM+hDFoLniiooEosNtXbxH1Hbba3yzJT09ZwZdhazl4SUOZtSXXICdRmBNTna6tsVM+zRpYS&#10;1hIxG9ybf/WHf0iNKqJNgQcmLX4wUWi2XMo+k26IVvPbTdPYsAmFhxZuw7n150vE8Yqr8ztLLisS&#10;smWZ54vT0zY3Mmqr8utpY+8ZJaxuTtN7SzFDc6v31/m80pJM+rwEFOGjN24QSExevGgXT56wquFR&#10;a88tWIeEuXWl2oUZgT+lHu18Q63lpfi7dK/j03PWp+salI/HRll+m+TxsUFJcUfodSekSONSpFGZ&#10;yBP1tRLgjBQqWB9LulK1D8qQyAkbX9Gq8uG1SoBRI0WqV30bVfc2pU7t9wkA+nS8i/rqogZdF8YT&#10;EhlLNpHUQl43FB3exmTKX5FJP7x7l03KdRl84y3bfuGStahtAasVNV7gJfBEolAvI/mNtYR1MS8+&#10;J8XndQHHhBRzUnzO6VnksKpUDu4Lben64H+hgKAf8Co+dc8q8YS1Ua9tVsDRov1t2nYBIOKzSdfU&#10;KekJByuNMrTB5VuQG3bt8D6b6e602plZax0es55LVy2jZwYQ0t7TuuaV6hU7k5EsMLKka1qbm+2x&#10;xz5l//mb36RWFdGmwIOoM1Hr4eFh3wdMiOqOyDQiWINPllFligEYL5mGoXeTRyvm8H0JRAUQ8Vxl&#10;FFpiE1W6LSVV+HBQ0h43NMs6ovcrqL2XpqZsfuiyVUnxM3mZ7TKjqxubrFquxYqegxFzkPDiouPv&#10;L0g4ZyREU/M5myYIqt5oRQAwML9o/bl527Gw6L14gzRFHr3qIWHU/SZ1v1+1NdqQwGNA5w8vLNnD&#10;szlrlUCvlFU27IZYBQqV04FrUqSLjfV2tbnJhrNNtijLIy8FcyVWPrDH1Sj8EwV58S3AIZlyf19K&#10;hYXEyAnbVQFHlWSqXdttsn72K+3V8V3Kl9X1HtfwUtYSv7k3N6lW+VONDTba0myjAo6Ztlbbfumy&#10;9YyMWZPKq+W+UrZy4CiVp9aJfOroiPi8LD5HxOO4eM3rd8H5DPx4PEhbB4pwuRfGfgRJ51MgCY8r&#10;Agznk9iN9lvEZ4ee8Q61+YDcm17lb+Ri8enlatdBTPcd29Fvs21Zq1UnkJX10Tk6IZdIZUkv4YVn&#10;+pJMtbdlfeQEcFV6Ji0C9SeeetL+0x//sc5WRjeAx5vy+a5dG/bhLgCBamFV5JWmVZHpmRnLzc25&#10;xQFzC7JA5mV5EHjp7u423nFAoMxJNVVzeO+Wl5ACLrQZY+kErgKVHg01CUudOZcAUDklh0pn1h4I&#10;mxsyOaEMt6UKsmyZYPOmRCv5Zh0lxyF2VD/Jl61OTdqKnk+NBL1mYtzq8M9rBRxqe8ZApBZS6uCb&#10;10k4anQOa2RJzysngJjIL9mEnm21BArTPattr4TykPaxOMJaDpSm2q7JzL2knvM3rU02KcvhXgHH&#10;YZWxV9s6VQZ3BQCJUsQGkxqrYkTWyohMYkBjRko6qx5uBQHG7E8k3lVc+67rZWW4kkWlAkAAD92P&#10;odS86olMkjLqwBqUtml/QMC4R7z0qYfu1PVRwpJinRy0wo4r/7zabE4KN9skYJMCtU3PWLOAFODA&#10;5aJn9/okCUqq7lZJTu06Kj7HBdhjAo058Tlf5DNpGCXadD0BI+F0GZ+6LzEZACSkwGeNeKwTf+0C&#10;NayQASwRyUKbrtfTFQWQK6jd51qytiTLp1qdQ72eU6P4AdBpZMrnmZ3r65LF1Wrz5BNAtsh1Ovbg&#10;g/av/+g/emmV0A3g8b3vfd/XCDARCMsCFtmyRDlTU2uNTc1W69aD/FQBR54otJgb3LPHjhw9Yg16&#10;ALW1dWoQGiYkViHm1NN5Ocpb39DgQ0UwolazTFXeGzCf1z1qda5x7VqCIuk3R6LVErYSxLjPn5+4&#10;zW8vi3/JfqTSqQ1o46MlWisda3+JkgMITHHfmz6208a//c9/6B8CKYHKv3fGqt58y5pffc1Wx8cl&#10;sPVWaJSqNGQsP71ohckF9VioSZXVNcmvbdTzUO/CcvOCgH9CdxmRwGzTeYKP19UmjGYckXC26bow&#10;EqCk428IMN6Qq3I+22irApHHZnK2XwKJL07dPFah8kjU04cIdWxMCnSmo82m2lpsScKMxVmrZ0XP&#10;6mtN4E33js8jPJ9AgW+AMpjy/PaeW/uuXEoOHuJnQWlR8rWk383a36W0Tz30IYEILgwWCGVBbGOK&#10;RB1C+4Y64e7Bt8c2Eor5i9eh6Krtgky6CbX9hc42m2ltsYIsGNbDwGd4F0ioO8VG/oryJ/L7icgX&#10;8wIg0QpxSws+pWOLzmdYydug59QvENklC2SPGr5BJa+xtPQMuakf0nMmDhRv64AkK3TxviO2uHeX&#10;LQg4Myt67gtz1rpjl/3+N/59yFgB3QAe3/nOf7O33nrLFw7BgFgLzCkbUdlWH4aS2SxEZC2AA4h6&#10;sZ7eHtu+Y6fP8GNMPxQbGo5GAGR42Iy5Y51gfTAJp0qI11Ark0rbhUWhfabB6huz4rnEcCD9CP+S&#10;bThZAoPikfhPKdlhn/O+H/MlFH9Q3TU3LG+WNVfcHVJD+R2LW/6VjkHem6kta89fsOzZc9b71rvq&#10;4mdtrLXR8s31VtWcseWJeSuMz1uNeqYa8VPXVC+fVjaqhGRVz2l1VvlV6qjK6tPjbVXRQ1ICiayb&#10;/k26z6KEa1bbGaWzclXO63osBxa5Der5dShVS6hZur6kutGx+PsvqCRtWCcwk8WRa81ank5C93aS&#10;UgQlkrBLyaLAI1u4tSUlgmWV5/ulNmAb84RRE+Sq4MDBgrcqpUZZuG2qX6f4567SHafyMnw32Trx&#10;g5tqJwREI+CUnrv/Tq6n3lWynDPNjbaSzdoCwKH2WS1a3AmfSu6mq639sLteCZ/cD6DQtgimlO7/&#10;9Kdj8EfeyCfAsaSkHasXn8RCOlRmRvWUgcil/l+wcvy/8Dw8BW6wapCjlsMHrHHnDj0b6av0sHl+&#10;1voPHrDf/zffCNdVQDeAx5/92bfd8mBSTDyDkpOtpYVZglmvAKABeDCXnlWUzJtvY3xZ1gkNFhsa&#10;8sbQb+81JaAE8XgAPolntWBNONkS39y8ftfUSfYSy6Ps4cXdsiPrqPxMuDPXlzNHG/o2bDYmz7Sm&#10;SRK65VU30A25k5sXj6//XUYb3R1aFqAyVNdy9Zp1Xb1qg0NXBRJLNtqetUJWIJEVIAs8lsdyllHv&#10;U6fS3fJw8NAvPadquZ3jehajega9anYsj7OSvJzy7pRgy+mUKZ6xMUngsM4N6/pxKUYGi1LH61QH&#10;hH5RCkoHwhoW72V1zJVFnUJjttnXjbCWhYlVKJMrgbbIhlshBOoAQx13pRCw0cu6rEVlSpKTyqat&#10;4rEQQwgyhXKFd3Us2XxSjsdElB+1DSXcrFVvQuuy+8+kLoBoncz91vYOaxFwMEHMZ6uimEl7+Gpi&#10;8clSf2KAkc/FRdXPAQQ+E3D05EW7QAS51R/tlpx3PqUvvI8EoFzQFitezDtYwGeUJZ5DOfmv5BAA&#10;xvntu3fbtp5ey0gu6qR79Qs5O3Df/fb1f/vvQsYK6AbwOHHihF2VYBLzACC4UTCdCjZx/bpAZdYn&#10;ERHz4JiP/+dyVqtKNMrvqwaR1ZCOrN4EokR44q0ABjcnkzwMDrBdxtyScFZXC8ETYbkVhdLC/8XW&#10;Kf6GkmN+iLL9103LLb/y/dCN5a87UqxHWYXW3/zGQkKviAKq/Rvlm7fLOmyV5dEuxXWXQCBQEDgX&#10;ZLbnV9S+UtxGKX1GLsRqfa185iWrn8tZTgI3q+cxJuEe1zXTApIqWQs9ra0+ZFfQA7k2OWUjjOQg&#10;+HquyEH5cyv2ikpeN/0x2aiJV+/JTamvlywoP4TAomwNDYBJsDi881mY95G6hQUphJQBBQly4pch&#10;Av6f/3HvshSJung9ADIBGkqFJYyiUh7nmcNAjM2b1Aut4EnHLEl2v48SP5mh2iyAbEnai0A1eahH&#10;vdqxUWCLZcWt6FjnkxFJdAaQpO0CcHBZyUop8anO1bchmsFNsU4AHAAEK55yAp9MiAu6BRgTII9t&#10;thGRT1hhTbKa6gF3Zv6qDjUq+/hTT9o3/sMfJTlvTzeAx80IoDh7loVQFz0ewqgLjcWoy3UJsT8s&#10;GNBDCg+XYpXEiPuqOgdDoVG0V3RLEEa2ntWpkiqVcqzLe8tLb13u7e9aGW382NbTLXJteKokDhIV&#10;5iJbjQCkcWTUuoZHrGZBPVpeSi3ZyUtZmFNA8CzEoGTAy1X0oJssxRVtsfreaWSEoEHK3mrdA/12&#10;+Ngx29bbp6612l566WWfjk5HUZMJViCC6XEX8EKAxYPjWXkPqDq1trYpyTqVcmV0PyxUlAGZwApB&#10;6VzJVXfWnniSG7Uo8MCv57EjA85pIgxRRiJouLuT7AeFC8/N66GyeZuXWyFSWmSWY9w/Lpajc5PE&#10;JVdVRp5T5bulLNltE59tba0OlIFPAEB8qnz4zDLaojamHpHP8g6XulJ353Qdn95ezic8Bl65J8R1&#10;gU8BSMLnwmIoE1Cp0fOBRyxEB55w2RrS5a6PrCCGMcIM3IMTz/6TZ+2/3I2hWoCCWYi4KWH5cpjn&#10;gRm2oB6kINT3GIZawStTRuQrNdLa7VZpw0rflpOKWP2A6Db8b3A6HvJHprRCjz01aQsCj8Uc7qMA&#10;XH8+gUjtWyUBDCNbEkApzcjVy3bt3HlbUF6Eu33fHtt59Jh1bevy91h0y4xtbGr0Vvqrv/pr+8mP&#10;fuzBSB7VocOH7UF/E5Z+4LroPsgAiv/rX//KZmWRdnZ2Onj489dF9Ja8DId3d1IGIEPHMzIyLDmi&#10;FwYwgnUKbygfQOcjdhJ+YmSY+O7GJM8umvJYLwAJrkG0hjjuiqU6I5f5fLBCoNa2Nrv33nvtyJEj&#10;LsubIfhE8V964SWbFp9dne3OJ4pOzbkvVkiP2hA+qXfgc6RobfgzS8iBTHyGZ1PjzwKQ25BPt0LC&#10;1HcAyttLwA0wwxtuDFuPhehaRj1vxydt/4uf/9xGJDd4DFiFwPCDDz5gf/Jf/yTJdXuqGDxS+sdJ&#10;CB5gHmMG5QKDEpMQUOj8uXP25unTNiOLZUk9z/0PPmQPPPyQWwTr1zf8xX//C/u7v/k7B6MGWSdf&#10;/OdftM//s8/7uQj8vLGcof1/+L//4BZoG1ZHNht8foFVXGnaJVDh/Pj4WNElpqMBXDww7nWs9nga&#10;YFMvNwvlYjFeTm4WvSQ9q9/Xbx3AguRv8iLpKILMMdoBAMFloHcm2EhM7vOf/7x9+ctf9kVim1nP&#10;gcXNC5Z/9NyP3G1vS+IcDBvTto1qP/jkswu8VGh0dNSuXbvmfPI8qBN1j8+CeFBWZTTItXM+5Xqu&#10;4TOxNGDIlVPXc20Aq0BFPgGOaGkJgODzC1/4gn3lK1/x/Y345Fn86bf+1E785oSe7qqPfBKzOXzk&#10;kH3rW99Kct2ear4pSvZT+hASQonpiQAg0O6Pa0tCePjNOVKblGbX7t128PAhCcpRG9wz6D0yAh0B&#10;IdL09JSbxLxI5sGHHrSHHnrI3w1BOQgkiRWsvDtifGLcgYMheMpBqbBgdu3YKTDIunCz0hWgAeig&#10;urrgTrli6Tc9LArIC3c6O7uk4B0eCMSdwdoFJHGbuG+TeEPBPKZBD637cV9S7LnpSVW0AxTniTlw&#10;La8E5L0WWEmRj9ulV155xX74wx/6St121ZH2RpEJADufO8VntjnwefGSj1ZyP2oR+cSKgGhr2rxX&#10;7iF14L0iEJY7AxDEM7BMuC8gg1XlMRJdH/jkmSegIqLtKBprBPCgfZvlNu3du9ctvgiUMQHolMOz&#10;u3L1itp32fnB2uvu6bZnn302FFwBpeDxIScUJvZopOjbk+KxmBCerHp2hLe9oz0J9mEOrwUOCAED&#10;eA4cPGAHDhywvv4+ByTKwSyn93r+pz+1V1991Xt/zHakmrJY3t7a0urL8gmmAxz0xJOTUy6oTbIw&#10;OMdbuwAXQAMlQti7lQA9rB3qlpEFg9mOkpKPuAo8FN/FofuhWJBvXZuiUgXrBABBAYOfv+qKBUht&#10;1EblCWuO2N7zzz/vAwmAAKMrXrruy3dZiH+w7B2Au3jhog0PJ3yqrbHCqHO7+ISndvHc0dEZ+JSL&#10;Ax+0VXx+BJOjtdYCn7rGYxcJVBT59P/DM+P/ODfEefV4iFw1ndi1a5f19w+s4Yl7AVQnTp6woaEh&#10;BzzmZcFb97Zue+bZZ7zcSigFj5Q2JNwHVlluHxiwzq4uF+oIMrx059LFi/b8/3vexkbHfHQFiwR3&#10;hR65q2ub99AE/a7JTTmFqzQz48CBwmAB0ctFJWKLNbCtu8fPkQ9FCr1vk1saWCKd27oc+AAxlKAE&#10;DmGI9Iaeuew8Q9xzAjLidseOHfPVoxuBZjkBHLgsfEiKZRh8wIlRpEISCObdHh0CYcATdwzXJvBZ&#10;72DqfMKf+OJdH7zbhK/KAZBuEYhP4jxFPmVpcLxT7UdMxS0PtSEEPwCg80mwOgEPSCyGbdIGuEBM&#10;tThy+Ih/N2Y9nwz18kmIy0OXbVaWilseSl3i55lnKgePkhOVUkplFE1nhIp9lDUSPv0LL7zgAUFG&#10;c7AOQnCv2urUi2WlCMjr0KVLrlRhNAYhD8O5AAugtG/fXn893uEjR+zI0WPuUqE8mNAhiIi5Xord&#10;QLguKBq9KC4NakW8JFhb69wv7fuohZIvGFRZvJPk9ddf93gNcYJbEWu4+AodVhP1Jo4Dn9wbgGBI&#10;luHTMAIpPlXfcP9Vb5cO8cKbxfbt32cH5f4dOXLYPwCFRQCfjNRgJTifugoeWYMEcQ6QBETdktB9&#10;nUcdp739PjSOiP3QRsG64IXOY3pGb739tlt9WFDlRF7KBvDXNFeyrZRS8Ehp04RSnTh50ns3zG4X&#10;WPV4bFEyPsEIYCC45EVYg5thrlSY73yacc/goL+QBjeClwwDKPS4lBM+rMRQawAQgIcAIURPidAz&#10;whCsjaqgVDK92ScvCkyeoFSJWyflYxTmvTNn7L333vORkFsR4Bitifq6ZFKbrA7Kgg+AEsU+f+G8&#10;AOaqWyOc4/4oJgHU7dvF5x7xuVd8ygrAEoB3LDvaBLcBNzDM1Uj4FM+oMoFj+EH5vX1VPrO3AZGg&#10;6Gv5DPNZcF1rLSfezp8/p2dw8QaQjOABCDtk6J6URzmboRQ8UtoUIcRxZTVCTkAPQvBRXoSXwOI1&#10;ncdFQOF9DoQLdY0HCQm8smU2KmVduXzF34/KdShI/JYKRaMQuAuMaODX53Lzfg3l4kqhbCgXigio&#10;0Pv6eqegDl6OD+tSbjXAsuLv+SwFNTcmymf+0sT4hCu2D5PqOA4D1hgxAtw3XjRMOQ4q9PxuAWXW&#10;8Mlv3jI/dGnIA6rUn/agTl5H/cM6ItCJNQPwsviU788QBPXhc/FJzAZeuDfXUyfAhT8aK1ogbKns&#10;Jd0P92QjPmMwnecGX4FCe1VKKXikVDEBHPRiuC0ETJ0kqAgfwo1Zj+ACAuSJPTvC3iQFwKrg+634&#10;/MQE6EWZUk7PzjUEHRF+8uMWoIjM5XDXSVsUmvdykp/4CuARFYkAZbgmmViFMlE9/qRkRaUSUTe+&#10;MMf9NiL4pO7UidELB7OET7QtzpIFPHCDYs/ufKpO8NnZ1elzZ9jnOHmmZakBHPAQ+YzukPNQxid1&#10;Y+4MdUHJa2X5AIw+L0Mpgo8DZcLXGj5V2dHREXfPGMUpJ/IAHsSq4Ipn588wnK6YUvBIqWJCAZj8&#10;NHxt2N2J0gJIkQQW/x8zHAVBwTHjcWsYdegf2G5Hjh71BZRM4aY3xiwnoMhIDltGXlCK1tYWz+em&#10;vX4zYkN5PuEqMfHx+wkoMuS5M4kh4CrgSnCNK1CSHEi8lw49PYpJTGC9OR8JSwaAYZ4G7FHXEpsM&#10;nQrEVBf4BEQBKKbeM0+lXy7JUfHZ3d3jrhQASBsQEB7o7/cJebQHdfSJZQCp+EShma4/OxsmYMaY&#10;Dy4IQWZGh5xPuUKUB4gU+fR6xYT1wc6qzU7PyKq77AHUciIP4IHrAsU1NpuFjxQ8UqqYUBjcFXpb&#10;CIFH5khBqRgOXfTe2q0IKStzP1AW3pWJojNawfoTXBqUlPhHr4ACiwQAAECwTHbu3OnKRtwAIi89&#10;Mm6Ng0QCQCgg80J82JPj6sk5XuyBIW3DPtswAxSlhx969vWE4sIja7lQKIKtrlwJn24BuaKHGdfc&#10;i6Fl57NDfPb1u0XBmp0IegSJ4/wSeIZPZqTu3LXTP4/g8z1UPu1HOwIM8EM5uIPOp9qIxakMETNS&#10;A5/UZ2M+qxxox+V2UUfqHKloeSiRHSvOrQ8HkMopBY+UKiYEkCDi1PRUAA0di0vxg1IF8EBoEUhX&#10;Kil5lsg+C+WkEAyXUsYFnxMxbI1SkG1dDHl2+FfN+mWFDO7eZQcP7LPDhw95MJVYAISy0Fv29HS7&#10;KY/ic1/MfxQNNyau5SlXokjsYvpTX94vg1KXK1UkeKCOTJSDT0pw5eKkCoE/ApK4XK7oWBdYHlJG&#10;DyDrN+WPyG3APcJaq69nKLSrjM9+2y0++ZDU4UMHbe+eQY93EJMBOOAZawx3j1mntCXuCnmcT/Eb&#10;+YQvt6wScAwpTJsH4HiBF+BbTqw/alF9q6vUHrLk4oS7zVAKHilVTAhg7LEhRK28tyLQx3oVFCpq&#10;HedZh8F09NjDcYIZoigleedyczY6MuwK6z2+0vXruARTPnV7TmZ3VHTyk1AyyomARRyBkQ8Uz3tk&#10;yucGnguK9dRW/7Au6JHZrifKn5qc8uAs5j9XxgRfvrI1AQ6OBYAKE7RK9WMEQ8c5p31GjlDk4ZFr&#10;wXqTSzQxMW6Tsm6Y0o61RmAz8BnaEPeICW4QfNL+rGJnJKrIp98bXrmX38rJf/t98zYr8KCNopUF&#10;EAG+WDPEiHg2tO1GVtitKAWPlComBBoBRxGcgja5opAQQFyC2INxjOnWOYFDVFTiAJjsrHdhtibH&#10;Lw8N2enXX/cPUPMd2ZMnT/m6i9dPv27vvvuOjY4ycoP5zxJ+RiEmXRlQELbTU1M2IWX0+IN0hh6Z&#10;kY+wejvUMVKArKBUKCzKul5pWLHq7obqxinnz8+wDbNVUWaU00sTv1yTy8mNUfug5Cg2AckuuVQo&#10;Kfe6eOGCnRZvJ0+csFOnT9kp+NQ+807OvPeex1jiKz6ZvIXbxD7KHoF74vq4wGbKefehaZ0jEcB1&#10;VsuIPDwTrKByy4PyGL1iFjD1ZNJZBL3NUAoeKW2KEDCULQJGJPYxk30NB1KcCLMLrxShvOej18T0&#10;9tmaUkIUFcsDBXr1lVfspZde8kloL7/8soMJMyEZ2aAM8odywlu66KUBNJSTr9thvnPce94ydQp1&#10;DcqfHCjycgPpMl+459ZNKT9FlPgMdeA+JMqal6XCKldvH51lFIUenqX7tAPKPzJ8zfl87dXXAp+/&#10;fsFeeSXyOVTkE+sGq8NBQgoO2AGcsS39uPj0YWhqoi31Cc9Fu8kxflM37l9OACzvJAFE4vT9YttU&#10;SCl4pFQxlUAjKhXaxCYInZ9LlBFZdqUCPCT0rHAN14fj+O8kXBmUf0q9LF+pKyqVwIMFaVgfzMvA&#10;uuBTlqF8gIN1L9WuFFgvDEcy0oO1EcEj1iFSUk3fYbf8XDlRT1yQsguSTVDMqKCrrq/cJIAq9cBt&#10;A1zIQ/nEJki0GYp/fWLC4yC/ee01e7kIkq8E8BCfgAdWAvkJOMMLMRTme2DVRPfM+Uxm1Ma0nvyY&#10;0kYACSARP2IWLGWVXMrKKQWPlComzF3v7bR15XElSQAlEb4ofhJnN6cZFclmW3zUgGMoGJOvmM7N&#10;cCkvrsGF6etnJuYen6q+b99+27170IcmBwa2+wI6ApLMdWDLCt4IPNSH3rO9g1GMDvWofP4p1K2o&#10;8/G39sI2KBZ8kNaTT8RS+Sgt+aNFFUABPqWM2mfVbyyHujF0TL0g+CR2AyDw/hKsED4wzXt+mWXK&#10;cO7+AwfW8dkWhmFlFTifbfBZ78DkQ9Moe0dHwmfyXlhR5G9tEgjqP3jxNTRqp/XEyM/HPvYx6+np&#10;DYC5AcjcilLwSKliQlHDpKYa9/NJccm7Cx4SC7EpU6rGZiY5hTfq02viYtDDEghF2RjGZX7ELinS&#10;vv0CjsFBKdkOVyjme6BEcUIY5VEHemWUihEc3AKUioVo9Kjl5P2xK1NIXkclfzm07k3+9QASRk8a&#10;XOEh5zUBSfgtliVGKZ/rmY/BTFAHL53CeoBP4jMEShltYcHbwPYd4m9P4FP8Rj4ZnmbRn4Ok+OTd&#10;p86nrAKsK9ocF6hdbQWfXjeqUEaxXsX6KcVJduVgE4k2+8QnPmGHDh50IGTezmYoBY+UKiaUynvH&#10;+gb1agIMEsARBTbJB0Wl4ppgDYQ1GgT5KIMh2YGBfg+aojQsHWfCFOdIzMwEMOh5WcKPdYHCMHeC&#10;wCLDxfj+3MOX6zNHRGVRB/ffvT7UK1Eq1dPBjt/KA3BgtqOg6wlFY84Jw6SBv8BnBBAKEPYUiV2U&#10;G94g+HRQlHLC48D27V4eiSFaZp4yX4NAKgmgoh4eH9E9sTL4HhJ8TgpkcVW4IV/4p62Y0wIBKpG/&#10;WL+whe+QACHaknusB0nuuXffXrv/Y/dbb3+vr6LeDKXgkVLFRC+NqZuVMiOY/hp/V8oAIDroilSu&#10;WK6povhSH/L6m8cl0CgvQUZGFDDXsyiTFIO1LCgSwo3Qcyzmp+wZ9eRYLR5YxPqQFUKPTQCWGAsj&#10;PAAH5ErkoJEovo7janC/AE7BzSgnwAMXg0lUrpC6h4NIophUIsYTIC/Vyw4KHfgMK4j9/SMqBzAg&#10;mMp9nUcl5oU4nwl4tPinTVrDy45UNhZLDJDCF3cDTLEkuA/J7657l+pX4hOXBdC9GUjCO3NJeG3h&#10;xz/+cTt0+FBypjJKwSOliglBx73o6u5yEAAQ1igVhGKph2PUw19Mk8/7KAgmfJi3wahIUHomL508&#10;dcqHaa/LvEfhmOINCABUCDcKjlWBMsep3CjI8jLfAFpyRSUgu+JzIsLam/zikpvh6JXXL1Eo/9O2&#10;RuBAj0/Z63tjiPtyL4CS6311L6MfAkuuR4ljMBNe4cXfm+p8ziauSphZyvUEhN94/Q1744033V2j&#10;qWhLf51BGZ/EMuAThQZwuJa5HiT4BEwIPPOpUd7IDq8URp3Cx7R4FuE3CUsIawfw2IjPSFgcX/zi&#10;F/1tcZuhFDxSqphQFoSbRKQ/TGYKSktyxZJmkQ9hZViVeR/0kPSgYfLXdZ8AxpY3bnEcxfTYQ01Q&#10;RMrB12eqOZYHsRbv6aX8QaGYGCYFYmhUSoSb4EnKhMICWFAAmTCxLNaP1KQy4WGj3hjC8mC6PNPe&#10;4SXySYA2lgOjxBPgM4BHsAScz4mxhM+QnE/VlXwxxuJ1cj7DzFGsDx89Ed+BzzDvAj4BH945W+A1&#10;BeKTma3wDZ+Bp9AmoW4EPQOfzCLFTQKobgUeADLvVQEwN0MpeKRUMSHkxCN6e3qLPSMKUxJcunvm&#10;JdS6YrFk3wVc5+ZlHYyPjtjoyIjPsLx8+YorFu5IX2+vj7igWFgj9KgUxSgBVgjTwaenZ/wrhswJ&#10;oUyfSEVPzLwKeuaFeZ+pyvFozsf6hV45KBRE0JG1MwDTRkQ9UKiurk7PA38AYeTTXTRA0ieiCQg4&#10;xz11nOFURpFIzJhltAXQpLz+vn6fik/5Pp9DdeUaBw8BGXzxgmUsFyw06s7EOIapsWygfIE3wwfA&#10;5DxgUc5nAJPAJwA4OMi090b/facpBY+UNkUIPms0eFcFvfJyIQguFgY9M4RCkehDcRlCD6keXUqC&#10;ovFWdN5vwVR0Jk6xkpREYDBaKvT0XOdfSEusCpQNRSEAi1LTowJmDAUDGigk16BEXqckxdgMCTeD&#10;lw7xGkKuvxnBJ9YJi9mYU+LlJOVRjrAp4bPGgYRj1FOq62AA0AAA8Dg6OuZ1A/jizNVS3YJ1hkUB&#10;SFIG1kbgs9aD07gd4WuNzXJfSnwGi6Pk2hTBDT5lGQ3s2OEvsL4ZSL5fSsEjpU0T5i1CidIWlgUa&#10;5UolQnBdsaR0xDEws7FE+LgUx6Oij46N2fDIqJIsEvXU9Lou/FKCvEAGv96news4CIKiMBDKQE9O&#10;TIKl7yxTZ80H7xmlLlgZuBohBaVC0bCAWJV7QCb6/ffff0vwgOi5efkzSotyMlEr8knfjosRgRLg&#10;BOgAExTd+RRIYEWwQO7aMGtargU+BZ5YB5RDebylnpiGxzP0mwQiRT5ZqYsLRbm4asyTIQ+A7PVS&#10;W4V6AR6BV1w96s58Eup/Nyh9AXJKWyLM7DPvnfF3lEaw8ECpUonoh8PU55iHtS24IygeYEBgEaXH&#10;tCfhisRRBnpueuopPmwlcICIDTAki+KTcHFQUHcDpIRYOgAIx5ntGYO61IE4BS8g/sxnPuMjDCgn&#10;dboZcR1WBDNCcbWY5EZ+gqXr+SRhBUQ+sRqwkPhd5FP1jAv/woiReJSrNSerK/CZDMuKInAwDA2f&#10;zK5l2BZLLbh1AE8IRvurDB08giVCsJrh4aefftruueceL4t63GlKLY+UNk30yI888oib/ihKEN6g&#10;qKGXD8OhzMsoH3XBJIewSPiNwvBiId529frp077mAyXFpYnKxOpWVp0y/ZxymZHKsnR6U+Iu9Nj0&#10;5gQV6YHDKBDgwTtQA3CgaIICWT7NbjGxzJ85GLgmtyJGPT75yU/6jFCI8oJbpXIBI2FG5JN2CO5S&#10;sJC8DZjgpX1WtV6Dz7NnfREc71At8jk94zENADLwGYazqRtKX+RTIBH5jC6K86k2JVgLn4FXPvvZ&#10;asdkcTBjFwC6FUC+H0rBI6VNE8KI5cG8AL7r4iMSiWLhu7tiSbOCYsXJU7xrdNHjHfSe5KMvDCMz&#10;Yf0FAVbKoIdHeQhIhrelh08SEINAmQqyKAhI8lkEenLKReFIuET0zK7gbsaH3lgb27Vzt33605/2&#10;EYhKiDoQbDx44KDtGdwjfizhMQAhSgzBJ+4K+VFerAH45E1exDG4kHU4DjDicTlpK4hrAFMmhvEO&#10;D/jkMw3NsjgIkgIY8Im1glvjAIErqH3uQzkASQQO6jIo0Dh+/HjFfG6VUvBIadOEEiD09OKYxnxA&#10;KgozAh8skFLwlLwAAj0lyo1Lgp/PZyCjwJPYdyVw4Akxk6DA4QU4TC4jtoBVAmjwkmX2fR6G+/4y&#10;46mHg0eMdahMJa7HVXnssccchCoh6o7bAkg+fvxxD856+UuRz3CPmJe6EquIfOKSRAV3K4U/ARD8&#10;wacqp+sEsAIePjfBRDfnU+6O8ynwGR8bd+sMPh0oVDZ8AiQAGPcKcY4Sn/ccO+YW0zZZiHeT0phH&#10;SlsmzGqCp5jjQ0OXJdwFN9UhlCSCQvFAQigOQu8zQdWLVlWFl/+SvCeWIvr1yhv2UchljxPwRnEC&#10;hm6+qwwUkDgHylRudZT3xryU+KGHH7annnrK7hGAEI+g3EoJPnmHKLGPoctDfl/iHpHW8hnqDQNF&#10;PqX07Md1JoAgsR/nLeQO+7g5yg9QEAdiKLvEZ3BLcMeI7cBnKLfEJ7NJH/34x+2JJ57wD11zr2K9&#10;7gKl4JHSlgmlYsRjTFYA8YmJ6xOuuJGK+sSOhJsDbIKFIaGXdcJ+yMd/ybsnpBSY+2xRJvaZ3k2A&#10;MS5LDz1uCIQCQtHiQKEicESrgNEVZlDee999DnabAQ6I3hxrJQY7meTGfWAmAEeS0fkM/MIXiTrE&#10;ekDxHMccWHCBVBZWGNYMFtnGfAYQWpLVE+M56/nEEvzSl75kR2V5sNDubgIHlH4lP6X3TXzc6Z23&#10;37Zvf/vb8s/PeRyDmAixDiaMuduSCDKmtccnErGLlkVMxd/Rgkl65kBBIbmU3piE6c7nE1EmFA0l&#10;iz0x5TAf5XOf+5z9i9/7PQ8k3mxWaSWE5cHHur/z539u5+FT/N2MT+4f6wGt4VP7/uYv31/PZ8hf&#10;zqcDqPgEXAKfay0ryuFre/D5ta997X3zWSmllkdK75vomRm9GJ+Y8JEDRg08UOgUFT4ohWuEKCpL&#10;PBcVIShFMptTiW1Mflzuy7KUB0VCoZhbEXphgCOY9uRFofgi/jOf/ax94lOf8l45xCS2TkU+sbSm&#10;p3wUxflMeHIek/24pR7QGj6TOt6ez2CNOECu4ZM8JT55HwjAweI2ppm/Xz4rpdTySOmOEL0jcz54&#10;C9h3//Iv/UPYfHeV+IKPuEig45CmzwdZ19NKC8o3TjcoXqJcxFaYsBWVLSqTTwRLxJnvwX5WwPEv&#10;/+APvBcmnnInCD6Zcg6f/+O73/UvwBHYZU7Hej5Jaxgqo4r4TKyOCBgRHMv55N0n8Pn1r3/9jvJZ&#10;CaWWR0p3hFAUBJfeGc1A6KenZowVtEHg6XVDzxsSCo+yaN+DgfFcAALiISiND9+iRG6uB7/f95Pj&#10;a4BDW+IwzMtgItgnkjkaKPWdIvgEEJ1P8YTl4StoFxe8LgSAA6/wUkrO5xr+Saq7g4J4SfgJfIa5&#10;ItHSCHyWXaMtwVFeKEQQmBf63Gk+K6HU8kjpjhKCjTK8+MKL9v3vfd9effVVm5ya9BWjzGVA+RBy&#10;5kWE3plet9QNR3FkG1JQGvaD8pSnMEQZE+/BePTRRx046I0ZWr1bxP0J0PIO0h/84Af22muvCSyn&#10;fRJb5I+txzc24FMcrqk7iTIjv+UpAg95aFsmjQGMzzzzjD355JN3lc9bUWp5pHRHCROchPnO/A8E&#10;HSKoyexJetKgFPSgIQXrIWyLPn3cLzse8gSFCsfCx5B4NwfrOD712GM+THns2DEfHbmbPXHkE1cB&#10;5WUmJx4YsQlW+IZh6KSu8JnUN/KJpRF58HNFPskT+IvtxD7zXnivCTGNxx9/3B4/ftz5ZLbvB21x&#10;REotj5TuKjESwwjFT3/6U++dR4aHvccOyscIRMjnXy6rWg19cyKR3hvjjiQiijKxzy8GW5k3wfwL&#10;hiaZrIbVwdDxBzHSsJ7gk6nnP//Zz9zaYmboGj6TfHEVLhT5cp5uxqeuZ5Fb38CA3Ss+nxKfDz/8&#10;sM9EZZ3Pb5NS8EjprlNQjsTslv8eetQADEVFScTQh3F9L1Ds4WPyIc6iKxBdoNIw6G+TyvkkThH4&#10;DPxtms+Ep3+MfEZKwSOllFLaEm1uql1KKaWUUkIpeKSUUkpbohQ8UkoppS1RCh4ppZTSligFj5RS&#10;SmlLlIJHSimltCVKwSOllFLaEqXgkVJKKW2JUvBIKaWUtkQpeKSUUkpbILP/D3DnHwWLvBiOAAAA&#10;AElFTkSuQmCCUEsDBAoAAAAAAAAAIQBwGwvaNuAAADbgAAAUAAAAZHJzL21lZGlhL2ltYWdlMi5w&#10;bmeJUE5HDQoaCgAAAA1JSERSAAACMAAAAV0IBgAAAB1zV3YAAAABc1JHQgCuzhzpAAAABGdBTUEA&#10;ALGPC/xhBQAAAAlwSFlzAAAOwwAADsMBx2+oZAAA38tJREFUeF7s3QV8FMfbwPHf3cWDOwRCsAAB&#10;giQEdy9WvFihuHuLSwulSAsFXgq0tJRC8QKFAqVosRIhCa5BEhIIEvfc3bx7yQWSEEP/yHz7OZqb&#10;3dudnZ3dfXZWRiUUSJIkSZIkvUPUxv9LkiRJkiS9M2QAI0mSJEnSO0cGMJIkSZIkvXNkACNJkiRJ&#10;0jtHBjCSJEmSJL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSZIkvXNkAPNS4jg5&#10;tx2NP1mKt9aY9Fpp8V7yCY07LuB0nDFJkiRJkj5Arz6ACfmT4VVLYFusGMWSfWxLNGK2xxs5yr9B&#10;WvzP/suxE+e5pzMmZSiSI5PrUNquDHWnHiXKmJp1Ou5dOMHxo2fx1xuTXkToHsY4l1TWSQWaTd3P&#10;43SnFczhGU0pb2dL6UazcZVBkyRJkvSWeOUBjD7sFhcv+RJt15LP+vWjX9Lns67UsfnAG3xC9rH6&#10;F3ceBN/H9efV7As1pr9h+tDreJ+/Q3hYAEcWzeaX62lHXzqfX/lq0UkCw4K4deY8t9+3+FOSJEl6&#10;Z72miEJNHpe+TPvyS740fmbNGErjwqlmpw3B9+IZPLyvcj8y4yaFyIALnDnvT8TLtDwk0BLqe4kz&#10;7me4HBBJRpNLc56xD7nhfYYLfuEZ/jYtD//ayL4wF8Z/3YkCj/ex8a/HxiGvgCFfZz04cykgi2Wk&#10;wbZ9Z2qo3Fj76xmebVyJw2P1z5yy/ogeLXKhMqamlFlZagm5cx4Pj4v4hqQR/Sjr/855Dzwu+pLW&#10;YEmSJElKz/+oSSScM6v64VK0EHYVnaletTxFC5Wh+aQ/ufPkQBbHiakulGz7PftXd8OxlCPOVSoz&#10;eNVi2ha3o9XiyzxpN9AH8nuvMhStNoHDMcY0hfbid7QoXpJeG4IM37iyYQSNy+Qnv10FnF2cqVCs&#10;IKVbz+V4cNKhN+15Dv3TMFEdd7aPoXbxothXdcaxhC2Ve63mUrL5ZUgfwM6NB4mp0YnefbvTpkgY&#10;Bzft5F6yo37QHwMoV7Q8PX699WTZ9P6b+KxiMVymnCDWmJZSCK5Le1CliI2SLxeqK+MWtm/DnCMP&#10;Mw2wNEW78mljK65uWM3hSGNikvD9/LjuGsW6DqRZdmPaE5mXpT7wADOalqBwicq4uFTCrlBx2ixP&#10;Wmd6Ag/MoGmJwpSo7IJLJTsKFW/D8stZug4nSZIkSf+LAEaP7299aTt8A0G1prLxqDvux7fxTRtz&#10;Ti3sSddvvIytAYLwBwHcPb2IgdN8aLnqCKf2r2VEcyfsLfw5/Mdf3Eo63oUfZdfem/if28HO00mH&#10;eR0392zn6L18lK+SU/keite/lyncYwl/n71FwN3LHJzfmLj9sxiz5IJySDZIe57DnE3RXVtOv37L&#10;OF+wFz/8c5oT22dQ9dx05vwVnvDLzOh9tynLqqN2507YZWtI9/a2RB7ZyB93n4YZedoM4ZPCvmyZ&#10;MonNhshG/4Adk7/g98CqDBpUC3PjeE/p8Vs3gI8nHCbfqF3cCIshzGcv423d+LLHcDbdzySEUeWn&#10;Y9/W5A3Yzs9/Jg949ARs+ZHtDyvRa0DdNOabWVkqgeDcoczzLs+Xpx8SFxfM9X2zaVXULPHncSeY&#10;O3Qe3uW/5PTDOOKCr7NvdiuSBkuSJElSpsQrpruzWDQwU4vsZeqLNm3birbGT7uei8TpWGWEeHcx&#10;tZKpMCk3ThyPTPxNglgPMbWyqdAUGyz+iTEkxIi9A2yERp1LNFp8WcQnjGQQIw4PLyFMLJuIZb66&#10;hJTovf2FjVkukTuHqSj/xWlhmI3Q+YpljS2FadUZwvvpj1OK/VeMLm0iLNuvFWEJCenNM154zagi&#10;TE0riEmuCZlLoLv/lxhkr+TZZoDY+zQ5DVpxZV5tYZGthVh5NzHPsSfGCXsTC1F34XVl6FORJyeJ&#10;yuYmwq7fTnHjr0GilGlu0WzZVeM4ifkzyd1DbItWvsZ7ixlVTYVVoyXiVuJkE8R7TBWOplai5ap7&#10;IlnyE4nryFRUneEt4iMPiKF2JiJbk2VPp6G9IL6uYWFMixH7Biplkr2L2JR8faWWoiyDxOqPzIWp&#10;41ThkVbZB60WH5mbCsepHsnKWJIkSZKy7rW1wKhUGkxMTJ5+TE0Smnv0ASc5eVVQvHk7XKwSx01g&#10;VokWjexQ3ffC/UnTiiJHc4YMLIeJ8SuYU6N1UwrFufL3fkOrQRxnDh7nseNgxjax5sbBfVzRKvN5&#10;9A/73bWUbdmGCk9/DLoQbrodYMem9axdfwzfeIE+JpoUV4KemWcYZzyuoi9Yl8aVn7ZHqAs2okkV&#10;S+O3DGgvsnGLB2YNu9DeeB+QWY1P6FRWh9uWTQn5TWJVewqLh5TGf90QGgxYw8Nak5Xv9miMw5PT&#10;PzrFf5f05LJ6zKG1a1izJvGzzv2hkvc4bl71MbYsZcCqIX0/KUvs8V9ZeyFx7JgTP/GrZ3Y+GtAd&#10;u4xqSLplmZ0a9Zwwu7CUPr3msfNi8NPLfQbZa1DPyYwLS/vQa95OLgbLS0eSJEnS83lNAYyaQm1m&#10;s3n7drYbP3+sGUl1M+Wg+/AhQUJFngIFUh2UNeTLlwuViCAs9OkBTaUyQZPq6G1Vvw1N8kdzct9B&#10;QrVXOfivL7YN2tK3VS3loPkP+25qCTu0n5MxJWjeurIxENETeHAWrcoUpUydDgyeOIs53/zEsTQu&#10;szwzT10wQaFa1LnykjutSCITcZ4b2HpOR/aI//hm3BjGjFE+E9Zx3dQSrfcWNp5NHmZkp/6oAdRU&#10;B+IfaE3j/n1TBmDJiMePCNbreXz6V+bNncvcpM93hwm3c6BymXxpBj4pmeDUpxfOqrP8/stJYvRB&#10;7Fq5kdtFOzOwXV7jOKllVpYmVJywhW0zmyL2T6dj5RI4tJ3G7qTHmEwqMmHLNmY2Feyf3pHKJRxo&#10;O223fMpJkiRJyrLX1gKTHpW1FRaGe01CQlKelSvfgoPDEKrc5M2XyWHXugGtG+Um/Pg+Dl49yJFL&#10;eajXqCpFmjXDWe3N/r9vcOTvY0QUa05bZ+ONFZH/ML3f1xzL1Z+d1x/x4M4Nrl/+k2Hl0okOklNZ&#10;YmmuQh8RQthzNxbE8t/vf3DNpBD5ddfx9vLCK+FzlgfWRciju8zWDa7G+34U+sfsm7uc09blqVgk&#10;gr0LF3A89Q22RirrbFipNBT/9HcuXr/O9WSfa9fOsmVI2SwEMEroaN+TTxtacnPzz/x14Xd+/CuY&#10;Cr0G0jB5C1lyWSlLExtaztjO+Vvn2DG7OZqj39Cj71KuGsvPxKYlM7af59a5HcxuruHoNz3ou/Rq&#10;qjohSZIkSWl74wGMxs6RCnkFN48d4Ubyo5WhJeXoLSjhQq1imR12c9KkdX2yBx9h8/x9eJrXpFFt&#10;KzTFWtC0ohb33fPYeDiIQs3aUdN4xUfne4az91VU7DyEj+wsEhP1scTFi8S/M6LOSzn7QuDviWuy&#10;y1v6YFdOXYw2fktH1BF+33Ebq2Zf8ffRf/n332Sfo1sYUVWFz/YNHDdewwo5MJ3xvz2mztStSvDS&#10;iXyXlzN2gXvKS1xG6sJKWRYS+Hl54P8yR351Mbr0bUXuhzuZ9ekSjom6fPaZY7JLaCk9T1mqc5Wn&#10;/eR1LO1lQ4y3G2dTPEqlJlf59kxet5ReNjF4u51N50krSZIkSUrpjQcwWDSlX++y4LGQfuM34uH7&#10;mMe3T7N21Gcs8raiwfDB1MrC0yi5mrWhntV9dm44jNapMQ0NDxpp7Gne1J7YI+vZfi8/zdrUxnh4&#10;RVPQFhtrPdeP7OVihJIQcZUt44ezKqlJIEPm1O7SFjvhztIxCzl8MxA/t3WM/agrP/pkXISh+zew&#10;O0BZrg6tyZ96VBMHunxcBbXfn2w8qGQq/Ahfjv0ZP8cxLBjuQLGu3zCzpRXei8aw+Fwar8E1r8dn&#10;fRwRx+fR/6tdXEl4mUocQddOsHnx/7H3OV7Xm7dtXz4uEsXFs7fI2WoA3YunH0RmWpbaMywZPJaV&#10;R24SrtMTdfsAu/57iLpkWeyVdas9s4TBY1dy5GY4On0Utw/s4r+HakqWtUc+iCRJkiRlifFm3ldG&#10;579StMxmLipPc0//CZPIc+KnPo4il0ZlOGVXPiqhtiohWs78R9x78thMjDg0vIQwK9xP7DY8cZOa&#10;LkD88nFeYaLJLuovvPzkSZ7Y458LBwu1MLUdIHaHGxMTRAqPRS2FjZlKmFjlErmscgj7zt+JeT1s&#10;RM72v4qghHEymKfukTg0ra4oYJKYZ5U6m7Dv8r3YNL2msC45QhxK8ymkxKeGTPN3FusD03oeSAjt&#10;lW9Fg2ymoujgPeLMnBrCytpRTDjyNOPxlxaLJnlMRd4Ov4n7ujTyF31JrB3gJPKZqoRKpREmJmrl&#10;/2phZdtJ/OST/Pmmp3T+K0QLawtRc+7FZE9AxYpTkx2Fpbm9GHkwwphmECOOjColzPJ/KnY8KZNM&#10;ylJ7Q6zuXFxYqpT1qtEItfJ/M5sm4qt/gxKeitLeWC06F7dMyKdGY8ivmbBp8pX4NyjtMpIkSZKk&#10;1FSGfxIimTdOT4SvF+6GN92a5Ke8iwulX+QO2ecU4evO6bOBqIs7U9ex0HOe8esJv+nGqUtBWJSs&#10;Th2H/OleZnnTogLO4e59mxC9FfnsHKjiUATr19y+lnFZagm+4YHH5UBis9tRzaUyRZLfU6MN5oaH&#10;B5cDY8luVw2XykVI75YbSZIkSUrtfxjASJIkSZIkvZg3fw+MJEmSJEnSS5IBjCRJkiRJ7xwZwEiS&#10;JEmS9M6RAYwkSZIkSe8cGcBIkiRJkvTOkU8hSZL0Guh5sHsKfReeIFRneNWTCrXGDMucBShRuQEd&#10;evempX0247iSJEnPTwYwkiS9JhFs62lHt83W9F67my8qReN//iDrvvuODVfz0235Ltb0LSvfvixJ&#10;0guRl5AkScqULtAX/7Q65MqQjpjoWLByoklrRxwca9Cs51R+O7SFocVusWnMSFYn61ssc3EE3Al4&#10;2vGpJEkfNBnASJKUobhr6/isWQcWu0YZU7Io7gJeF2PQOFTHJbsxzSB3I0b0dUITdoxtu/2NiVkQ&#10;d46fejSj+8rzPGdOJEl6D8kARpKk9AUfZnK3qTwctI6vGzxfZw/6e26cuS0o4lQDuxS9hGgoXt6e&#10;nCodfjdvG9OywMyZqeu+QLWgK2N2B5L1rkolSXofyQBGkqS06QPZPqY/G4pO54ehDpgbk7Mqys2N&#10;c1orqtao+uxvNRoljFF2QMr/n4dJyd4s+6YKfw8ZyjpfGcJI0odMBjCSJKUp9NBXTNpZhDHz+1Hi&#10;uftZjeOcqyfhmvJUr57DmPZU5L37hAoVBYoUMaZklZrCnb9hcqWjTJ++k4cyhpGkD5YMYCRJepb2&#10;LEum/Ep0xy8Y5PACvcTr7+HmcRtRuBouJVP/PgY3t3PEq4tR1dnGmPYcNHZ8OrEnFlums/D0c99Z&#10;LEnSe0IGMJIkPSNkz/f8eM6OnkNakduY9lyi3HA9r8WySg2qpb5+FHqArfvuoyrRhk41X+whauv6&#10;Q+jjeJM1i7YRKFthJOmDJAMYSZJS0t3kt6XbeFipG72cXizAiDvnileYhvLVXchpTEsUx7nlc9ly&#10;LzsNR42k7vPeWJNEU44e3WsStWcZqy9rjYmSJH1IZAAjSVIK2isbWH8iliodu1DexJj4XPTcc/Xg&#10;lihEtRqlEm7WTaTn4YGJfPq1B9lafM3SoaWTDXteGop36kQtlRcb1p2R74aRpA+QDGAkSUpGx7Wd&#10;u/AW5WjWosyLBRj6hxw64o3Wogo1jNePou55sO3LztTpsIrQZgv4c8OwFwyOnlIXaU6zKnBt9w68&#10;ZAQjSR8cGcBIkvSU3p8DB8+hL1CDOhVeJMII5tiC3sz6OwwRc4gJFYtQuGBeilX7hHn/5abnT6fw&#10;3D6WGrmMo78MjR11a5WA64c4cON53ugrSdL7QPaFJEmvmi6GiIh4TLJlx+LFr5H8b4RvoqttT3a7&#10;LOf2viEUfMtPcUI3dKZ4733UXnmLvwYWkGdkkvQBkdu7JCWnf8CuiR9Rv24d6tRJ61OPj+edNo6c&#10;lljcZ9UmX96yjPj72Ud89fd2MqFVfeoaplW3BTOPxhqHJKfl0oreNFDyULdBO0Zvusabal+Iu+TF&#10;hQg1NuUcyP0O7B2sHRyw08Ry0fMc8ca01+ltX3+S9EExtMBIkpRM2FbRPa9aaIr1Eb9fuCKuXDF8&#10;LonTq3sIOxNz0XjZXeOIz9LeWCaa5TYRGpW16Ph7pDE1pZBNXYUSHAgwE42W3hU6Y3oS7a1VorUy&#10;f9CIIp/uEMHG9Dch+Nd2wkqVdr7eSiG/inZWKmHWaKnwf0MZfpvXnyR9SGQLjCSlpo8mRjmxtqzW&#10;iJYVylK2rOFTnho9u9GgQGmcq+c3jpiK/gE7Zi0hrH03KprEExYanmZ/PfroGKjzEU1yCO75+irn&#10;68kYpjF9HtcKlsZSnYN6rZvwKm4XyRotd276Ea/Khk3RvO9G86xFUWzyqdHfvYnPG3qa+u1df5L0&#10;YZEBjCSlEnfei4sxhneYVE/5DhOzBsz4awtj03k3SuTJBXzl3pSZw8tjrpyghwcHG07TU4njnOdl&#10;8pSvS9kCcP/u3RQHwPAjs5l+qjYdneOIM3GkRg1r45A3QUdAwAP06nzkz/+O7Bo0+cmfV43u4T3u&#10;ZzmA0RHqe4ELfhHG74n0obc563GZwLSuCj3xNq8/SfqwyABGklLQ4e/qwW3DO0xckt5hEsONf//m&#10;bEh2SlZ1oFBaD+doL/HDtK3YfT6ZZvmtsFAJwkJDnr33QefL6TOBlK7SBLuCEBXgx4OkZppYdxZO&#10;3IH9xF6YX/BHZedMjcKZbKJ6HVqtcrCMy8JHq8ukB2cdwY+D0auyk/tduAHGQJ2bPDlViKggHkdk&#10;5ZW84bjOa0G50o442tdh8qnEaCXSawntKpalav1x/BmSwXRe9fqTJOmFya1LklKIwtX1fOI7TJwS&#10;32ES6jqPPt1+4Iwuvc1FT8DG6SyL7MvM3raYZM+GlSGACQ55tgUm/DSul4tRxcme4jZWiHt++CWc&#10;wuu48sNEfsk2hrlt7+JxRUf2qi44ZvIi3KjtvclvZo65eRY+Vk7M8s6gmUIfQViEFqGyxtr6XQlg&#10;smFtqQIRQWjYs+1dqcW5LWDGma4c9F5MI5NLbNn0HzGP9zKh9/+h7jeXmRM/o3G+DJb9Fa8/SZJe&#10;nAxgJCm5OC9Oe0Ug4k7yZe1ylCtbglINv8Ldtga18hjHSS30EHPmeNF0xhgSri5ZKAdVU0F4aNgz&#10;LTCxXqc5a1qZ6hWssC1eGO77cTdeiR381jFlcRifLRhBKWUc71gTHGvUwMr4u/RYNP2ao+7uuGfl&#10;898Ghtpn9G6XGGISHuUxVQKehIR3gBnmZipUxBEbk3kAY+Yyme1rB1GhbDtaV1Nz1/sQP42dytVe&#10;G9n45XhmzuxK6QwefX/V60+SpBcnAxhJSkbn54rHHT0FP1nBqePHOX78AN+2LYxtjdo806lygji8&#10;vp/KtiJDGF1XRUhICCHhGiwslYNdWAjRxrES6bh9+gwPKtTAxdIEOzsbVDH38PN/wO6Zs7nUbh4T&#10;XEy45ubFQ5UdzjUKZ7qBqnOVoLKTM87OWfg4OVA4oyOq0KHTGYIANep0ZqxSKcHC/+iTNpWSV0Nm&#10;9UreE1MyZoW1oQw0NtSsbof+9HcsYwrrvnAm87tVXv36kyTpxcntS5KSiXB15YLOgmr1G1Iof37y&#10;FyhBg+4jmNDdhbQaJXS31zB16VVM/H6ic43qVK+ufOqOZ0+IQK8EMMEpDqphuLpdwba6CwWVg24u&#10;2+LkIYBrf8xm6tHafD2jMTkJxs39CrrsVXF509cfVBo0GkOgoEefzm0gQoj/2SdtSjknZFat5D0x&#10;JWvMqFClAhYiP00/bYdNlvaEb/n6k6QPjAxgJOmJWLxOexGhKU+NmnmMG4eGEh0mM6R2Gufn+sf8&#10;9eU3eNb7Htdr17l+3fi5uI1BhusQYaEoccxTsZ6c9jajqksl5fAJJsVtseEuv8/ZTqmpc/i4gDLH&#10;WA9cz8Zi4liDGlm4/hCzbzRVSpagRIksfMq0ZtGljB7VMcfc1PD/eOIyfBLnbRJHXLwS4BguJVmk&#10;10qThhhvVq11VUK1+1w8dy+Tm5uNXsP6kyTpxckARpKS6O5w2t0PClSlepnM+wGKOr2AaVtzMWBa&#10;T4ol35LU1lhbqdCHBRGSrAVG5/MfHg/LUc3JMuG7ia0dRU31mDmP5Zs+xROeeNJePc2ZByqKVXYi&#10;Kw+wmFbowuSvvuKrrHxmDaNpRhNVZyNHNhNUIoqIyMzvJ3kr6COIiFbyqlLynj2LAYw+kL/GDWRv&#10;7S8ZbC84d/o04Qnp+gwDmdex/iRJeglCkqQEultLRGMrlTB1+lKcjzcmpifSQ3xVM5swKTFcHI4x&#10;piWJOSSG2WmEyrKlWHU/6T2tWuGzqIGwzN5ZbEx6Qa/2itg6e6ZYfzZpAlpxZX5tYa4yFbXnX1e+&#10;vWkxYu8AG6ExsRdjj8ca095y8WfFzGqmQpWzm9iS9ouPnwo5JdYs+02snVhflGr8rTgfEyY2d8st&#10;TAr3EtsCb4q1vTqIuemu+Hdh/UnSh0UGMJKk0AX+KUZXzmV4NbVQmdmIetP+Tv8V8CHHxNymxYSp&#10;ShnXpLBoOOeYCDMOEvHeYln7ksJKGYbKTJTosEoJhnTi3o7hwjGXWqDOKSoM2CTuPHN00wn/rYNF&#10;hZyGV9CrhEXxj8QSz8yiqFctXnjNqCJM1XlFr+3RxrS3XMxBMay4RpiUHiOOZRJzxfwzWBTTqISl&#10;/Wdic8IK0IkHW3qKIhq1MLcqKGpN+zeddf6urD9J+rDI3qglSXoi5Nd22PTbT82ltzgwokga15jj&#10;8P6hPxM23CRaqFBblaXPklUMcDBectP78vuwPvwY3YMffxlI2YQba+Nw/64HE3bcQ2s4vFuUZ8Cq&#10;VfQ13Cekf8CuyX359mQoCQ9AKVQqNRoza/LaVqRupwEMaluObImDnhX6Gx8X6cu+Gku4eXBkhjfj&#10;av3d+PtMNGXq16NsrqQRI7l16hg3zB2p72ST5o3akiS9neRVWkmSnrAqWw5bjR7fGz4p+/h5wowq&#10;g76gXow7p07foOiAefRLCl4Usaf/j69/+Zf/vH2JenJqZEb14V9QO8yd/7wiqD75Gz5NetmKugDt&#10;pn1G0Suncb1bhqE/rGb1Tyv4blpPKgRuYdLHdem60ueZ9+kk0d7y4U68mgL25cjo/XMGJjYutGnX&#10;IFnwYmBNidqtaCaDF0l658gARpKkJ8wcqlDBWo//lcuk+0Z9kzI4ls+BWmNHpcpJT2sp9IFsXfQb&#10;N0jrZtpwwiLU2A9awuym+VPuePSxCZ1nWjs1pU3l8pQrXxHnxr35cs1kGpgGcXjHQR6nk5foy5e4&#10;pTOjQlVHEh6gkiTpgyEDGEmSnspemzpVTIi7cAavhLfypkVF9uzWyr/C8BqWJ7QXVrHUrTYd66Z+&#10;/4mewG0r2BbdlumT6j9zOSjuQmLnmQ4u1cluTEtkuEcPzLNlwzzNPVUc5z3PE6lxoHadd6T3bEmS&#10;Xhm5zUuS9JS6KM0aV0L9wJWTl9N7Z4wKKytL5V9twjtYEoWwZ/GvxPceRn3zZFGNQewZln17iBIj&#10;ZtCtUOpdjp57bme4LWxwqmFn7DzTIIYLazbipi9Kh94tUwU2Rjo/Tv53C0o1olmGXSRIkvQ+kgGM&#10;JEnJmFDu47Y4cpmD+9O790SNtbUhgIknPi4xRXdjDUsOVmLkEAd4EtQY6AnY9A0/hXdh5ohKytRT&#10;i8LN7Rxa81IUz36bq1cucubYdpaNbMVHCx/QfOFWlnycduuK/v4/HPASlGrTIbEPKkmSPigygJEk&#10;KQWTCr3oWccUz+3buJpmBKPC0soShBLAxBtuTonk2JKV3Os4jk9sBDpDUtJtMDGn+f7bEzh9MYXm&#10;OY1pycWdw9UzHMzvsGX4p3zaqztdO/ZgzNpgOqw9wpYxNUjrZ4bAyG/7H5zSOdKjt0vCm3ElSfqw&#10;yABGkqSUNKXoM6IDebw38btXWpeRVGRLaIHREqcM1vtvZPHOYgwdXfdp78sqtTJcCTLWf8Nvmv7M&#10;6JP88tBT+ntueNwW2Pb4kROurrh6nMPH/xK/tw9nVc8OzPFIp08D3TU2bjyJeauRDKwoLx9J0odI&#10;BjCSJD0jT9sxDKzgw/qVfxNiTHtKjXXCPTACoY/DY/lyLrUYS5/k3XVr1GiiT7Bo0VmaTB2Hi4Ux&#10;PZUoN1fOa62oXL3K08eYzUvSoW8LCkd58vumMxivUqUQdWoVa7xs6TO2m3xlvyR9oOSmL0nSs8yc&#10;GDOnNyZbF7D6yrPXkUyVAMZw2UYE/8niDZb0G9si5aUeExMC185lS/5RTOuY6rHpJ+I45+pFmKYs&#10;ztVzGNMSaUNCiRDKDkqdxiPZel/Wz/uNyA5fMbFuOpGRJEnvPRnASJKUptwtZzG3zW0WT/6NO6li&#10;GLWVNRYqwZ11S/iv1mgGlk91GUfryQ9Lb9Nx5hDKp3XtyEB/D1ePW4gCVXEulWwkJX3n5sOEqApT&#10;r5Fjqvtb9ATumMZczzrM+rozBeUeTJI+WHLzlyQpberCdFn2M518vmTkz9dSXMpRWVliqb/Nnj2x&#10;9BzXgfyp9iRar12ccJjIFw3T7QQA/cNDHPHWYl7ZBSfj9SNt8EW2TuzC6O2h2PddzMwW1okDjHS+&#10;mxnzhSuNl6+iX4n0IiNJkj4EMoCRJCld6jzNWLh5JtbLejD9eJQx1RDAGFpgIEfz0QxL6xlms8oM&#10;ndmTYuntYYKPsaD3LP4OE8Qe+ZxKRYpQpHBBiji0Yc6Z4gxec5yTP3ZK2bdRnBff9JxN1JjNLOtY&#10;WO68JOkDJztzlCQpU9p7N/HPWZLixseM9CEXOXToKhbVWlOvRPJehGLwObYHb60DzRuXT/sFdC8s&#10;Fr+bDyhQspjst0iSJBnASJIkSZL07pGtsJIkSZIkvXNkACNJkiRJ0jtHBjCSJEmSJL1zZADzpsSd&#10;ZG67xnyy1Jv0+vh9dbR4L/mExh0XcDqt15hKkiRJ0jvu1QcwIX8yvGoJbIsVo5itLcVLlqVy3fYM&#10;WbgXnxjjOB8irT9n/z3GifP30unhN7lIjkyuQ2m7MtSdepSnD69mlY57F05w/OhZ/A0d672o0D2M&#10;cS6JbYkKNJu6n8fpTiuYwzOaUt7OltKNZuMqgyZJkiTpNXvlAYw+7BYXL/kSbdeSzz77jD5dm1NB&#10;7c1vE9tTv+dabmd+9JZC9rH6F3ceBN/H9efV7As1pr9h+tDreJ+/Q3hYAEcWzeaX62mvPJ3Pr3y1&#10;6CSBYUHcOnOe26+/iUmSJEn6wL2mS0hq8rj0ZdqXX/LVvGVsOHqM75pbc2/3ctan1T9/7ENunPXg&#10;zKUAItI5y9eG+nLpjDtnLgcQmVGrQmQAF5SDqH96E3oOLzvP2Ic38D5zAb/w58vLw782si/MhfFf&#10;d6LA431s/OuxccgrkIWyTkmDbfvO1FC5sfbXtDrWi8Nj9c+csv6IHi1ykUbPNQotob6XOON+hssB&#10;kTw7Wy0hd87j4XER35A0oh9tCHfOe+Bx0Ze0BkuSJEkfnjdzD4zahupOtpiIYB49Sh7AhOC6tAdV&#10;ithgX9WF6hWLUdi+DXOOPHxykNNe2cCIxmXIn9+OCs4uOFcoRsHSrZl7PPjJOHEnpuJSsi3f719N&#10;N8dSODpXofLQ7fj8X1uK27Vi8eWn89QH/k6vMkWpNuEwT69oabn4XQuKl+zFhqCXmeefiQN1d9g+&#10;pjbFi9pT1dmREraV6bX6UrL5ZUAfwM6NB4mp0YnefbvTpkgYBzft5F6yo37QHwMoV7Q8PX699eRy&#10;lN5/E58p5ecy5QSxxrSUMi/r9GiKduXTxlZc3bCaw5HGxCTh+/lx3TWKdR1Is2feWqblyoYRNC6T&#10;n/x2FXB2caZCsYKUbj2X48GJc9UHHmBG0xIULlEZF5dK2BUqTpvll43LpSfwwAyalihMicouuFSy&#10;o1DxNixPtj4lSZKkD9ObCWBiLrH/qA+6HI44P+n0TY/fugF8rAQS+Ubt4kZYDGE+exlv68aXPYaz&#10;6X7iAS7U618uF+7Bkr/PcivgLpcPzqdx3H5mjVnCBePZuAh/QMDd0ywaOA2flqs4cmo/a4fVoFhV&#10;eyz8D/PHX08P9OFHd7H3pj/nduzkdNKRXneTPduPci9fearkfJl5OhsmxrXl/ei37DwFe/3AP6dP&#10;sH1GVc5Nn8Nf4Ym/zYjedxsbj+qo3bkTdtka0r29LZFHNvLH3adhRp42Q/iksC9bpkxisyGy0T9g&#10;x+Qv+D2wKoMG1UrjLaVZK+t0qfLTsW9r8gZs5+c/kwc8egK2/Mj2h5XoNaBuGvMNxevfyxTusYS/&#10;z95SyusyB+c3Jm7/LMYsuaCEN3GcmDuUed7l+fL0Q+Ligrm+bzatihpfTR93grlD5+Fd/ktOP4wj&#10;Lvg6+2a3ImmwJEmS9AEzvIn3VdLdWSwamKlFHufuYuTo0WLk4F6ieflcwiS7g+i77rqIN44n4r3F&#10;jKqmwqrREnFLZ0xTxHtMFY6mVqLlqnsiWXIyseLf0aWFiWV7sTYsMSVm7wBho1GLXI0Wi8tPZqCI&#10;OSyGlzARlk2WCd+EiUWLvf1thFmu3CKHaXnxxenYhNF0vstEY0tTUXWG99P8pfAc84z3EjOqmArT&#10;CpOEa4wxTVmS+38NEvamGmEzYK94kvwMrbgyr7awyNZCrLybuPSxJ8YJexMLUXfhdWXoU5EnJ4nK&#10;5ibCrt9OcUOZdinT3KLZsqvGcWLE3gE2wiR3D7EtWvn6gmWduC6N5RJ5QAy1MxHZlLJ8Mg3tBfF1&#10;DQtjWozYN9BGaLJ3EZsijcPTEvuvGF1aWSft14owESRWf2QuTB2nCo+0Cj5otfjI3FQ4TvVIZ71I&#10;kiRJH6rX1AIjiLzjxqEDe/ljwyYOXLfio2//YFWv0jxpf3l0iv8u6cll9ZhDa9ewZk3iZ537Q2Wc&#10;OG5e9VHO0JPoCLnpxoEdm1i/dj3HfOMR+hiiU1yTyUHzIQMpl7xXf/MatG5aiDjXv9n/UK+c0Z/h&#10;4PHHOA4eSxPrGxzcd0WZh55H/+zHXVuWlm0qPMnfC88z7AweV/UUrNuYyk+aJNQUbNSEKpbGr+nR&#10;XmTjFg/MGnahfeHEVWNW4xM6ldXhtmUTV5Ld/2FVewqLh5TGf90QGgxYw8Nak5Xv9qTVP+/zlXU6&#10;rBrS95OyxB7/lbXGZqiYEz/xq2d2PhrQHbuMapIuhJtuB9ixaT1r1x/DN16gj4kmhuzUqOeE2YWl&#10;9Ok1j50Xg5+0lCXIXoN6TmZcWNqHXvN2cjFYXjqSJEmSjIyBzCuTeNZuIuzHnRCG9g1d0H/i60Z5&#10;hMbSScxwe9r2oL3wlXA2VQnzvLaidOnSKT5lyjiKLiuuJLQm6O4fEDNblhDWahNhnd9WlFKG2+Y1&#10;FyrzFmLlg8RpJbSGmOQWPRKaG1KK+LOPKKTJJTquDxLx52YJJwt7Mf6Er/ixlbUwqzVPXI0PFhu6&#10;5Bam9uPEicQGmZeap/bGAlHH1FRUnOKestUgcrPomiPjFphY14nCwUQZp2F/MWr0aDE64TNSdK6S&#10;Q6hNK4mpqZoptD7finrmKoEql/h4rTFjCVK2wGS1rFNL0QKjfNde/kbUMjcRZUYfFdG6x2LzJwWE&#10;aYmh4kBCi0taLTA6cf/ATNGyhLVQm1iL/LallHnairxKns1brBQJOY6/K/Z92UE45DIRKk1OYd9m&#10;qth16+lyxt/dJ77s4CBymaiEJqe9aDN1l0g2WJIkSfpAvfZ7YNS5azJx+RfUwIsf5m/jgfEGCpV1&#10;NqxUGop/+jsXr1/nerLPtWtn2TKkLBoi+Wd6P74+lov+O6/z6MEdbly/zJ/DyiVrKcmYdYPWNMod&#10;zvF9B7l68AiX8tSjUdUiNGvmjNp7P3/fOMLfxyIo1rwtzgn3VrzcPFWWlpir9ESEhKVsTchULP/9&#10;/gfXTAqRX3cdby8vvBI+Z3lgXYQ8usts3eD69Ckg/WP2zV3OaevyVCwSwd6FCzie+gZbo6yVdeY0&#10;9j35tKElNzf/zF8XfufHv4Kp0GsgDY09FD8j8h+m9/uaY7n6s/P6Ix7cucH1y38yLHmTlYkNLWds&#10;5/ytc+yY3RzN0W/o0XcpSQ+rmdi0ZMb289w6t4PZzTUc/aYHfZdefc6ylSRJkt43b+QmXk3Zvgxq&#10;mZOgfav5/VbioUdd2JEKhQR+Xh74p3c00vly5ux9VBU7M+QjOywSEvXExsWT5S60czahdf3sBB/Z&#10;zPx9npjXbERtKw3FWjSlotad3fM2cjioEM3a1Uy8CfUl56nOWw77QuDv6YpxURV6gl1PcTHa+DUt&#10;UUf4fcdtrJp9xd9H/+Xff5N9jm5hRFUVPts3cNx4CSvkwHTG//aYOlO3KsFLJ/JdXs7YBe5pPumU&#10;pbLOCnUxuvRtRe6HO5n16RKOibp89pljuoGdzvcMZ++rqNh5CB/ZJZYk+lji4p8tSXWu8rSfvI6l&#10;vWyI8XbjbIpHqdTkKt+eyeuW0ssmBm+3s+k8aSVJkiR9KN5IAIO6IB37daBw7EnW/OKVeL+FeT0+&#10;6+OIOD6P/l/t4krCCz7iCLp2gs2L/4+9hlfIagpia2ON/voR9l6MUIZHcHXLeIavep4z8Fw0a1MP&#10;q/s72XBYi1PjhuRUUjX2zWlqH8uR9du5l78ZbWobD7AvO0/z2nRpa4dwX8qYhYe5GeiH27qxfNT1&#10;R3wyKO3Q/RvYHWBFgw6tyZ96PBMHunxcBbXfn2w8qOQp/Ahfjv0ZP8cxLBjuQLGu3zCzpRXei8aw&#10;+Fwar8HNSllnUd62ffm4SBQXz94iZ6sBdC+eftuNpqAtNtZ6rh/ZS2JRXmXL+OGsSmpe0Z5hyeCx&#10;rDxyk3CdnqjbB9j130PUJctib2YYvITBY1dy5GY4On0Utw/s4r+HakqWtUc+iCRJkvSBM15KemV0&#10;/itFy2zmovI0t5T3gMT+J6Y4WgjTipOFq/FeExF9Sawd4CTymaqESqURJiZq5f9qYWXbSfzkk3hX&#10;RqTHItHSxkyoTKxErlxWIod9Z/HdvB7CJmd78WtQwigi5tBwUcKssOi3+9l7YAx0Ab+Ij/OaCE32&#10;+mLh5aS7PWLF8c8dhIXaVNgO2C3CjakGLztP3aNDYlrdAsJEZWi0UQl1NnvR5ftNYnpNa1FyxKE0&#10;7oFJvGfFNH9nsT4wreeBhNBe+VY0yGYqig7eI87MqSGsrB3FhCNPcx1/abFoksdU5O3wm7ivixGH&#10;hpcQZoX7iSfZy0JZp6bzXyFaWFuImnMvJrtHJlacmuwoLM3txciDEcY0gxhxZFQpYZb/U7HjSZFE&#10;Co9FLYWNmUqYWOUSuaxyCPvO34l5PWxEzva/iiDtDbG6c3FhqVLKSKMRauX/ZjZNxFf/BiU8FaW9&#10;sVp0Lm6ZkE+NxpBfM2HT5Cvxb1DaZSRJkiR9OFSGf4yxzP9MVMA53L1vE6K3Ip+dA1UcimCdvBUi&#10;whf302cJVBfHua4jhd7E6ffLzlMfzk23U1wKsqBk9To45M/qXTuvV6Zl/RpE+Lpz+mwg6uLO1HUs&#10;lKr1REvwDQ88LgcSm92Oai6VKZL8nhptMDc8PLgcGEt2u2q4VC5CerfcSJIkSR+OtyKAkSRJkiRJ&#10;eh5v5h4YSZIkSZKkV0gGMJIkSZIkvXNkACNJkiRJ0jtHBjCSJEmSJL1zZAAjSZIkSdI7Rz6FJEkf&#10;hDi8f+jPhA03iRYq1FZl6bNkFQMcjI/36335fVgffozuwY+/DKRswvsJ43D/rgcTdtxDa3ijkUV5&#10;BqxaRd/SykD9A3ZN7su3J0PRGfcgKpUajZk1eW0rUrfTAAa1LUe2xEFvlpK33VP6svBEYt4S82VJ&#10;zgIlqNygA717t8T+f5IxSZJeKUMAI0nSByD+nJjlZCpQFxSfbHqQ8LLAJDEnPxflTVXC1HGa8Ez+&#10;BspoVzGpkqlQWTqKMQdS/kaEbRHd86qFxraPWOd9SVy+dF64H/pNTGtZTJiq84pWK26k2UnoGxG+&#10;VfQw5m392Yvi7Ol/xPo5vUXV3BphZd9DrLmS9DZNSZLeVfISkiR9KEzK4Fg+B2qNHZUq53l6/Vgf&#10;yNZFv3EDlTEhuXDCItTYD1rC7Kb5U15z1scSEwvWTk1pU7k85cpXxLlxb75cM5kGpkEc3nGQx1nv&#10;peLV0sUQreTNyqkJrR0dcKzRjJ5Tf+PQlqEUu7WJMSNXJ+urTJKkd5EMYCTpfaYLxNc/qYtPFdmz&#10;Wyv/CpL3TKq9sIqlbrXpWDf166b1BG5bwbbotkyfVP+Zy0FxF7y4GKPBwaU62Y1piQSGC9Pm2bJh&#10;/j/awzzJW3WXFHnL3WgEfZ00hB3bxm5jH2BxAXcISKMLMUmS3m4ygJGk91XcNdZ91owOi12JSkhQ&#10;YWVlqfyrTdYjeAh7Fv9KfO9h1DdPFtUYxJ5h2beHKDFiBt0Kpd5V6LnndobbwganGnY87dIzhgtr&#10;NuKmL0qH3i1TBTZvSlLeiqTKm0JTnPL2OVHp/Lh5O7FT03M/9aBZ95WcTywkSZLeETKAkaT3UjCH&#10;J3dj6sNBrPu6gbH/KDXW1oYAJp54Y4uD7sYalhysxMghDvAkqDHQE7DpG34K78LMEZV4tievKNzc&#10;zqE1L0Xx7Le5euUiZ45tZ9nIVny08AHNF25lycd5/0c7GGPerKpSo6q5Me0pjcYQ0qiV/xu+meE8&#10;dR1fqBbQdcxuAv9Xl7wkSXpuMoCRpPeOnsDtY+i/oSjTfxiKw5NjuApLK0sQSgATbzhSR3JsyUru&#10;dRzHJzYCnSEp6TaYmNN8/+0JnL6YQvOcxrTk4s7h6hkO5nfYMvxTPu3Vna4dezBmbTAd1h5hy5ga&#10;pPWzN8KYN0356lTPYUx7IpJ790MRqgIUKWJsmzEpSe9l31Dl7yEMXeerlJ4kSe8CGcBI0vsm9BBf&#10;TdpJkTHz6Vci+QUUFdkSWmC0xGmVMMd/I4t3FmPo6LpPe/hWqZXhevzWf8Nvmv7M6JPqEoyR/p4b&#10;HrcFtj1+5ISrK64e5/Dxv8Tv7cNZ1bMDczxijWOmJYY/+9uSK2dOcmbhk7fu15wzXO3JoqS8Fa7m&#10;QsnUmY9xw+1cPOpiVXG2eTpQXbgz30yuxNHp09n5UIYwkvQukO+BkaT3ipazX9Wi9k8V2XBuDe1z&#10;G5ONQn9pQ8HBVxh80Jue++vR48EczqxuTU69P8ualmR82BTOHGnELzV68eDLM6zrkurJI6OIrd0p&#10;/ske6v1yh519ns4k9tAw7Fv8hMWYfzn/bW1S3xacSE/g2SN4BcQlv5c4XeocZahdp3SW76dJzNtf&#10;1P35Dn/2zWNMTRS6ux8VOqzDcvhBLixpQIoLTJFHGFn1Iw5/fIgzC2pjYUyWJOktlfAwtSRJ74fg&#10;naKvjZlwmHhapPWmk8iNnUV2k1Ji5I714pPitcTXF4wvfdHdFUsbmQnTGnPEgWUtRJH6C8WldF/i&#10;EitOji8rTEydxeyLKUeK2NZD5FGbiHKfn0pz/q9fUt6qP5M3EXtWfF3TWqhzNRVLr6e1cFpxYY6L&#10;sMjXSay7n+KNN5IkvYXkJSRJem/ouPnbUrY9rES3Xk5ptn6orayxUAnurFvCf7VGM7B8qttztZ78&#10;sPQ2HWcOoXxa144M9Pdw9biFKFAV51LJRlLSd24+TIiqMPUaOabT+vKaJeWtUDVqpMjbQw5M/JSv&#10;PbLR4uulDDW8TfgZGsr16E7NqD0sW32Z57hqJUnS/4AMYCTpfaG9wob1J4it0pEuqQMTI5WVJZb6&#10;2+zZE0vPcR3In2oPoPXaxQmHiXzRMP137esfHuKItxbzyi44Ga/BaIMvsnViF0ZvD8W+72JmtrBO&#10;HPCGJeXNokoNqiXkLYp7Htv4snMdOqwKpdmCP9kwrHwaT1Ul0hTvRKdaKrw2rOOMfDeMJL3VZAAj&#10;Se8J3bWd7PIWlGvWgjLptJ6oElpgIEfz0QxzSqONxKwyQ2f2pFh6e4bgYyzoPYu/wwSxRz6nUpEi&#10;FClckCIObZhzpjiD1xzn5I+dsPlf7FmS5S3m0AQqFilMwbzFqPbJPP7L3ZOfTnmyfWwNchlHT5O6&#10;CM2bVYFru9nhJSMYSXqbyZt4Jem9oMd3SRPsx1+n9+4b/NQq7VtQ9SEXOXToKhbVWlOvRPJbWGPw&#10;ObYHb60DzRuX/x+9gO7tEHdyPJUaLiPHTG9OT3NI8yksSZL+92QLjCQ9oSMmIpTwmHexk5xITp30&#10;Jt60Ak7V0r/7RJ2rAs06dUwVvBhYUKp+Jzp94MGLgVlFJypZ67h06uT/ri8nSZIyJQMY6f2gf8Cu&#10;iR9Rv24d6tQxfOpSt14DmnzUhQHTfuSYf+a3ZMa6z6J2vryUHfE3Sb0HPWG4QXVCK+P069Ji5lHS&#10;etOJ9tIKejeoS526DWg3ehPX3lQsFHcJrwsRqG3K4ZBbbtYvxdoBBzsNsRc9ORdvTHvF9Pd2MqFV&#10;feoa6mrdFsw8mmZt4tKK3jRQ6lzdBu0YvemaEmJLkvREwrNIkvQ+CNsquudVC41ND/GL50Vx6byb&#10;OPjbVNG8qKkwKz1I7H6cwaOx2htiWbPcwkSjEtYdfxeRxuQUQjaJrrnVhkuuwqzRUnE39eS0t8Sq&#10;1nkNj/YJTZFPxY5gY/qbEPyraGelSjtf0nMKEb+2sxIqs0Ziqf/rK8yQTV2FEmsq9clMNFp6Vzxb&#10;nVaJ1kp9Bo0o8ukO8SarkyS9C+SpmvT+0EcTo5zIWjo1o31VB8pXrE6T3l/x47ha4LORX/aEGUdM&#10;Tc+DHbNYEtaebhVNiA8LJTytSweG6VOHj5rkQNzzxTdFo45hGtOZd60gpS3V5KjXmiYZ3i36amnv&#10;3MQvXkU2m6LklVv1S7KgqE0+1Pq73PR5fQ9T66NjoM5HNMkhuOfrm/Kxbf0Ddkyfx7WCpbFU56Be&#10;6yYZ33wsSR8guauT3htx5724GKOhfHWXZP3wqMmTNxcaYomISOf19pEnWfCVO01nDqe8OYjwYILT&#10;uLU97pwnl/OUp27ZAnD/LneTH3HCjzB7+ilqd3QmLs4Exxo1eJMPEusCAnigV5Mvf9pvzpWeh4b8&#10;+fOi1j3k3v2MAhgdob4XuOAXYfyeSB96m7MelwnMqDcFQy/YnpfJU74uidXpbooAJvzIbKafqk1H&#10;5zjiTBypUeN/81i6JL3N5L5Oek/o8Hf14LYojFPNUsmeHInk1KmzykHAHmfnvMa05LRc+mEaW+0+&#10;Z3Kz/FhZqBBhoYQ8c7OBDt/TZwgsXYUmdgUhKgC/B0nNNLG4L5zIDvuJ9DK/gL/KDucahTPduPQ6&#10;Ldo45QCVhY82oafF9OmCHxOsV5E9d265Ub80Nbnz5EQlogh6nDI4eSoc13ktKFfaEUf7Okw+lRit&#10;RHotoV3FslStP44/QzJYZzpfTp8JpHSVJiRWJz8lADUOi3Vn4cQd2E/shfkFf1R2ztQoLNeqJKUm&#10;twrpPRGFq+t5tFZVqZn0djUlOAnYM5mJ6+5ToveXjHR69vVl+oCNTF8WSd+ZvbE1yU42K0MAE0zI&#10;My0w4Zx2vUyxKk7YF7fBStzDzy/xnFl35Qcm/pKNMXPbctfjCrrsVXFxzOw9tFFs750fM3NzzLPw&#10;sXKahXe6jQF6IsIi0AoV1tbWcqN+aWpjp5eCiNC0LzvGuS1gxpmuHPReTCOTS2zZ9B8xj/cyoff/&#10;oe43l5kTP6NxvgzWRPhpXC8Xo4qTPcVtrBD3/EisTjqu/DCRX7KNYW7bu3hc0ZG9qguZVidJ+gDJ&#10;fZ30fojz4rSXcrZsfo9/Zo1h1NB+dGniiNOAY9hP2cmhVR159iQ2lENz5uDVdAZjEl7qZqEcuEwR&#10;4aGEpW6BiVWmf9aUytUrYGVbnMLcx+9uvBI7+LFuymLCPlvAiFLKON6xmDjWoMaT7p3TY0HTr4/i&#10;7u6epc9/G4Zin97rYxUxMYmPy5gqwU5aVCqV/KTzSYuZuZkyTKlWsc88j5bAzGUy29cOokLZdrSu&#10;puau9yF+GjuVq702svHL8cyc2ZU0eyswivU6zVnTylSvYIVt8cJw34/E6rSOKYvD+GzBCEop43jH&#10;Jl6OzLQ6SdIHSAYw0ntB5+eKxx09+ao2pl7FshTRXeLI8SiaLt3DpqktsU3j4B/n9T1TtxVhyOi6&#10;qEJCCAkJR2NhqRxdwgiJNo5kpLt9mjMPKlDDxRITOztsVDHc8/Pnwe6ZzL7UjnkTXDC55obXQxV2&#10;zjXSCJZSU5OrRGWcnJ1xzsLHyaFwBgcxgU6nS+jZWa2Wm/SroFLK0VCSeqVc02aFtWGFaGyoWd0O&#10;/envWMYU1n3hnIV7n3TcPn2GBxVq4GJpgp2dDaqYe/j5P2D3zNlcajePCS4mXHPz4mEWL0dK0odI&#10;bhfSeyHC1ZULOkuqdxvHkIFDmfTDKoZXDGDjxHn8m9bNlLrbrJm6lKsmfvzUuQbVq1dXPnUZvycE&#10;oVcCmOCUB64wVzeu2FbHpaByYMtlS/E8EHDtD2ZPPUrtr2fQOCcEu7lzRZedqi5vuiNDFRqNRvlX&#10;OeDq077vQgghP+l80iKUcjSUpFop14yZUaFKBSxEfpp+2i6LXSiE4ep2BdvqLhRUAqVctsXJQwDX&#10;/pjN1KO1+XpGY3ISjJt7Vi9HStKHSQYw0nsgFq/TXkRoylOjphJZGJiUo1GdonD3Xw6eT33ziJ7H&#10;f33JN571+N71GtevXzd+LrJtUGk0ygEmNMVNMLF4nvbGrKoLlQzHEpPi2Nook/59DttLTWXOxwWU&#10;DSkWD9ezxCY8MZKVBv8Y9o2uQskSJSiRhU+Z1ou4lO49MGBubprw//i4DB99kbIoLi5eCW4Ml5LS&#10;7pLhiRhvVq11VWrUfS6eu5cQ9GQq1pPT3mZKoFspIdA1KW6LDXf5fc52Sk2dw8cFlN1yrAeuZ7N6&#10;OVKSPkwygJHefbo7nHb3gwJVqf7kxgNzHJ0rYam9gYfHo5QHlqjTLJi2lVwDptEzRa+FaqytrVDp&#10;wwhK/hiSzof/PB5SrpoTlobvJrbYFTVFb+bM2G/6UNwwS+1VTp95gKpYZZyy9MSIKRW6TOarr77K&#10;0mfWsKYZXJZSky1HNkxUgqiIyIRLSdLL0BMREa2Uo0op1ww6VtAH8te4geyt/SWD7QXnTp8mPCE9&#10;sfUmPTqf//B4WI5qTgm1SalOdhQ11WPmPJZv+hRPeIJOe9VwyVJFscpOWbgcKUkfKCFJ7zjdrSWi&#10;sZVKmDp/JS5ojYkK7cXZorqpWuTu8Ku4/+Q1p5HC46uaIptJCTH8cIwxLUmMODTMTmhUlqLlqvtP&#10;3oyq9VkkGlhmF503Jr2fVyuubJ0tZq4/q/zCmHJlvqhtruSh9nxxPVke3pSYvQOEjcZE2I89LmKN&#10;adKLihdnZ1YTpqqcotuWNN7JHHJKrFn2m1g7sb4o1fhbcT4mTGzulluYFO4ltgXeFGt7dRBzz8cb&#10;R05NK3wWNRCW2TuLp9Xpitg6e6ZYf/ZJbRJX5tcW5ipTUXv+deWbJElpkQGM9E7TBf4pRlfOlfD6&#10;fpWZjag77e+nr1yPPSnG25sIlUkBUXPYBnFFGyKOzW0qipmqlJNrE1G44RxxLMw4rnLQ8l7WXpRU&#10;AiFDJ+1mJTqIVcpBSHdvhxjuaJi+WuSsMEBsuvPs4UTnv1UMrpAzMQ8WxcVHSzyVqb1Z8V4zRBUl&#10;WMvba7uINqa9XrHCa3kv0aRObVG7dh1Rt2k/8dPFZEutuyPWD24o6n/6o1LuxjTlN27fdhL1E35T&#10;W9Rp3F+sSYr2dIHizy9aiXrGYQnD69QV9Ru1EB36jBff7boswhPHfANixMFhxYXGpLQYc+zZcDDm&#10;n8GimEYlLO0/E5sT6oNOPNjSUxTRqIW5VUFRa9q/6bz2Xyfu7RguHHOpBeqcosKATeLZ6qQT/lsH&#10;iwo5DV0IqIRF8Y/EEs83XZsk6d0gAxhJeh8ErxFtDX0hNV4mXmP3PSnFnxOznEyVg3FB8cmmByn6&#10;8ok5+bkorwSKpo7TRIrjb7SrmFTJVKgsHcWYAyl/I8K2JPZlZdtHrPO+JC5fOi/cD/0mprUsJkzV&#10;eUWrFTfeUGtEiFjb3tgXUhodS8XfdRW7/zwqrgQnHxYhbp7cK/7xuPukVU6SpNdLXl2VpPeBVVnK&#10;2WrQ+97gNXbfk5JJGRzL50CtsaNS5TxPb6jTB7J10W/cSHguKrVwwiLU2A9awuymqbo90Mcm9GVl&#10;7dSUNpXLU658RZwb9+bLNZNpYBrE4R0HeZylu2RfkvYWPnfiURewp1waL6MzsXGhTbsGlM2VfJg1&#10;JWq3opmTDWm/iUeSpFdNBjCS9D4wc6BKBWv0/le4nNEr7F8pFdmzWyv/CpLfOay9sIqlbrXpWDf1&#10;4796AretYFt0W6ZPqk82Y2qSuAuJfVk5uFQn5a2zhpZiMM+WDfM3sceKvsylWzrMKlTFMfHhLkmS&#10;3kIygJGk90J2atepgkncBc54Jb6V9/VTYWVleOW+lrj4pAgmhD2LfyW+9zDqmyeLagxiz7Ds20OU&#10;GDGDboVS73r03HM7w21hg1MNu2R9WcVwYc1G3PRF6dC7ZarA5vWIO+/J+UglkKpdR/bsLUlvMbl5&#10;StJ7QU3RZo2ppH6A68nLKXo2fn0Mj50bAph44uMSU3Q31rDkYCVGDnGAJ0GNgZ6ATd/wU3gXZo6o&#10;xLMvRo7Cze0cWvNSFM9+m6tXLnLm2HaWjWzFRwsf0HzhVpZ8nPcN7LB0+J38j1uUolEz+zTyKUnS&#10;20IGMJL0njAp9zFtHeHywf34pPcG/FdKhaWVJQglgIk3XLaK5NiSldzrOI5PbAQJHWgn3QYTc5rv&#10;vz2B0xdTaJ7TmJZc3DlcPcPB/A5bhn/Kp72607VjD8asDabD2iNsGVODtH72yunv888BL0SpNnRI&#10;6B9LkqS3lQxgJOl9YVKBXj3rYOq5nW1X30QEozL22qwlTqsc+/03snhnMYaOrvu03yaVWhmux2/9&#10;N/ym6c+MPskvDz2lv+eGx22BbY8fOeHqiqvHOXz8L/F7+3BW9ezAHI8384Zhvd92/jilw7FHb1xk&#10;/CJJbzUZwEjSe0NDqT4j6JDHm02/e72By0hqrBPugREIfRwey5dzqcVY+pRMFqJo1GiiT7Bo0Vma&#10;TB2HSzpv5o9yc+W81orK1as8fYrHvCQd+ragcJQnv286g/Eq1Wuk49rGjZw0b8XIgRXl5SNJesvJ&#10;AEaS3id52jJmYAV81q/k7xBj2mtkqgQwhoYKEfwnizdY0m9si5SXekxMCFw7ly35RzGtY6rHpp+I&#10;45yrF2GasjhXz2FMS6QNCSVCKDsqdVqPZL9iUadYtcYL2z5j6Sbf3y9Jbz25lUrSe8UMpzFz6G2y&#10;lQWrr/C6LySprayxUAnurFvCf7VGM7B8qnYLrSc/LL1Nx5lDKJ/WtSMD/T1cPW4hClTFuVSykZT0&#10;nZsPE6IqTL1Gr7uHbz2+6+fxW2QHvppYl0y6cJQk6S0gAxhJet/kbsmsuW24vXgyv915vSGMysoS&#10;S/1t9uyJpee4DuRPtUfReu3ihMNEvmiY+q0vT+kfHuKItxbzyi44Ga8faYMvsnViF0ZvD8W+72Jm&#10;trBOHPCa6AN3MG2uJ3VmfU3ngnK3KEnvArmlStJ7R03hLsv4uZMPX478mWuv8eYRVUILDORoPpph&#10;aT21Y1aZoTN7kqLT7+SCj7Gg9yz+DhPEHvmcSkWKUKRwQYo4tGHOmeIMXnOckz92wuZ17ql0vmwe&#10;8wWujZezql+JNG8yliTp7aMy9Cdg/FuSpPdJ7GXW9O3KctsfODa/3tMng14hfchFDh26ikW11tQr&#10;kfwl+jH4HNuDt9aB5o3Lv5EX0L2YOLzmNKGne1c2bBhJldfb0CNJ0iskAxhJep9p73HTPycli7+O&#10;8OX9EOt3kwcFSlJMdmIkSe8UGcBIkiRJkvTOkffASJIkSZL0zpEBjCRJkiRJ7xwZwEiSJEmS9M6R&#10;AYwkSZIkSe8cGcBIkiRJkvTOkQGMJEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ7xwZwEiSJEmS9M6R&#10;AYwkSZIkSe+cV9qVQNi1Lca/JEmSJEmS0pfDvqvxrxcjW2AkSZIkSXrnyABGkiRJkqR3jgxgJEmS&#10;JEl658gARpIkSZKkd44MYCRJkiRJeufIAEaSJEmSpHfOmwtg4oK45R9n/JKanuCQKOVfSZIkSZKk&#10;zL2ZACbuPpunzKLWJ9/z49VYY2Jy0ez5+lvmuobLIEaSJEmSpEy9/gDGELxM/YYRuwOJfnCGyQOX&#10;svras0GMCL3KtyMW8I1bRMZBTJgHX3QYQYUWM5l8KCTVuDqurJ2PU7s1/JNWnJSJCL+rHHC9S7CM&#10;oiRJkiTprfbaA5i4m278eiSQpItH2kAPJg5cxprrz15OEmHXWDh8AfPc0w9i9BGBXLj+EP87V1k1&#10;dwuHwo0DEgjCA+9z6+ZDHmmNSVkWz5k1y+g2RJnmCwQ/kiRJkiS9Oa89gDEr14Z1y9rhlF1lTFGC&#10;mPvuTFCCmF9vpBXEXGXBmHWZtKBoqFivEgUCjjHn11tPgqNMaSPxu34Tz8sBBEalESIZO1VIt2+F&#10;uDB8rvjgdSOICNlKI0mSJEn/M2/gHhg1+Wp9wpalbamWLVkQc8+N8QP/j9984o0pT4nIKMIyCRAs&#10;nFozvLoJ537bxPq7mUUT0XhtWkGj+oOo2GYyjT4eS7k6o/n4W3d8DS010W6MaDqM3tsfo4s+w7hG&#10;AyhZaxif/hGS+HMi8fhtCXXqDqFa+yk0bD0M++bzWHA67GlLkdaXHwaOotInWzid5YhKkiRJkqQX&#10;8WZu4jUEMbW7s2VZqiAmwJWxShCz3ue5r/cgVAXoO7op9lFn+e4HT4KM6c/S47fzB7p9eYLgqh35&#10;Zd1cjvw+jlkNTXFdvYy+q24RZ1aSHqO70reqNWrT4nQe1Z0ZY7vRr3q2hN/f3bmK7vMvkrf3F3h7&#10;/o7/wUmMLHKDeeN/ZttDYwijD+f2zQf4+dzjvi4xSZIkSZKk1+MNBTAGavIbgpilralinSyI8T/N&#10;mEEr2R34fJ1iC+U/q6rtmPJRLgJ2beH/zj7bkpNAe4tffz7DI7sWrPi2E51cSlHNuQaj549gmL0W&#10;ry0HOaHLR+22DWlSwgKVifJ3hyb07dqAhrYmCS0rv/3qQbhTB5YNr0IJaxOyFavC5180pVyIJ5sP&#10;G1thzCowa+N3nN41iHaWCXOWJEmSJOk1eYMBjIESxNTpydbvP0oRxMTf9WT/lRdotlDnoM2I9tS3&#10;8OWnxYe4mcYk9A+ucvqWwLaOM07JAwszW5rUzI/q0S08/dK/BKUPvobbDT05LcL5d8cR1v+R+Nl0&#10;PgwTtNy6dV/5N5FVARvKFbZ804UqSZIkSR+c/8GxVk2B+r2UIKYVlZMFMS9KU7wp03vYEuO6k/mH&#10;IxCqlNPUB4URLFTkzpsDjTEtkZq8ua1RiRjCM7gjV4SEEyIEQWePsnjlDr5L+vxygXCbolQqnnq6&#10;kiRJkiS9bq89gNEFerPk69WMnflTss/PfHMojpIls72CDJji3K8rXQqGsH35Pi6naoVRWZpjYXi8&#10;OiyKlIP0hIRGKQFPNvLkTj8XKksLLFVqin08CtcDS/FK/vlnIWu7F5EBjCRJkiS9Ya89gNEUrEjr&#10;CtEc/eMgv2xK+dlx/hW9eTdXNSYOqYzV1X9Y+q8SlBiTDTRFbSmXS3Db/WLKS0zaAI64PYCipXAp&#10;lFgMarVKSdcSl+yeYnUBW8rnE/hf8iEgk6tc+tgoQqJfyRJJkiRJkpSB1x7AgAmlPx7G9vkNKG1u&#10;THrl1BTv2I0h5eO5cTM4ZVBkXone7YvAhV0Mm3cSz4Bwgu5eY8OcH1h+2Zy6PZvhYmYYUUOhAjlR&#10;aW9y6FAAD/1vcSFAiWTMytOzQ3GEx5+MWO7BtTBDFKMl6NYV/ljzN/8EGucWd40vOwygZPMf2S9f&#10;hCdJkiRJr9UbCGAMNJRoPYQdCxtT7mWf0NGYYWGqwdLcxJhgZFaSEVPaUj2nBpPcOcn3ZLAZtUaO&#10;4bv2+bixfimNGg2gRJPpDNsRgcuwsfzUK+kSkJqSHzWlVb4w/pg4ltKNpzPlcJiSboLTkJEs6ZSH&#10;i6sWUr16T/I49KJEy1kMX3uJe0nvfFGrMbcwwcTMFNOXv7VHkiRJkqQMqITC+PdLC7u2xfjX20hP&#10;RMBtPK8FEanJgb1jaUrlfDZ+04cG4OrtT6hFQZycbMmfLE6KCryD55WHhOrNyGu4gbd0HqzfUAgo&#10;SZIkSe+THPZdjX+9mA8ogJEkSZIk6W3xsgGMbD+QJEmSJOmdIwMYSZIkSZLeOTKAkSRJkiTpnSMD&#10;GEmSJEmS3jkygJEkSZIk6Z0jAxhJkiRJkt45MoCRJEmSJOmdIwMYSZKk/wk9cXHaV9MfnCR9gGQA&#10;Iz1De3kvn336Ld97J+vVUnrjXtd6eHvWr5bTKxfQZuw+zn1QVU2P7/41NK/XhwKVelG01VqOJnVJ&#10;kgVJ62+x3D5fIR1Bfn7cDJJl+i6RAcxbQ4fnT3NxajgMhwbDqdb5e5Z7RxuHJafl8pblNG4xQhlv&#10;GI5tF/Ozz6s9h9M98OM/j0tcSOqoUvqfeF3r4YWnGxmI67GLXA19VfnREXDlEic9fPmgqlqUF/Pn&#10;7Od8/sasWj2J5QMrUSSNPXGE31UOuN4lOFXZJK2/i3L7fGX0Dw7Rv/UEaozab0yR3gUygHlrxHDR&#10;/SI37j3G//4jfM7/x9ffH8M39T4q/AyLlxznzO2HyniPuXPtHCevxRsHStLrE3vuLwYMmc/XJ2R9&#10;exlaXx/OBamp3KY1netVoUPHatin6psW4jmzZhndhmzhkOzd/rVT5yxN+66N+KxtOWOK9C6QAcxb&#10;JKlXqmzlSlBK2aFFepxkx53kEYyeh4eO8/djgVn5UlQ07vReWWdWLyoulOuXb3H1QQZ7Wm0kftdv&#10;4nk5gMCo13DmmJU8ZMVz5DMy0Bevq0FEZDSaPoZ7N5TpXX1AcBqt09rwR1y5cAMvnyAin6NY9JFB&#10;yu98uHg3glfX6K0jNOAuXuducjUwJt17M9LtPS0uDJ8rPnjdyKBMDONcvsmle9EvcO9HLPeVsjzn&#10;l3KZ44Lvc15ZX+mt+szLWEeIvy+e5/3wC9MZ05JR6oTvVR88rz8iJEuFrUwvwA+v87e5/vDZctRH&#10;xRIpVFhnszL2hJ8OYzlnvH3H8cDnFmd9gokypjwrnkd3buN54S73nqeSpUmpz9duclGpH8nFBinr&#10;4PxNrqRbbzIpY0Xm0zCKCuLSBV8CnnNZtGGPuKxsM+duhjxbD8xL0nfaEBZ0K2VMSOUF5ym9XjKA&#10;eQtp7KrTtrSya4u/wfY9d5/urPWP2bHzHKHCjBqtnCmsMqa/btoHbJs2hYqN5rD0mmHno+W/RVNw&#10;HLyXkwfW07rJMJw/noRLw2E0/MqVuyn2T9F4bVpBo/qDqNhmMo0+Hku5OqP5+Ft3fBMWTM/N9fOp&#10;0Gguy5NdCtM/Os7AZkOoN++CsstMouPyL19TockytihHkqznISsyy6dB0jz3cHDLYmo3/ZyG7T9n&#10;7KG0bmDQc//YFjo1G0T51sr02o2kdN2JDPkjcX1qfU4w4dNRlKw5nBqdptLwo2GUbjaPbz0iMt55&#10;64I5sHQuVesOU343hdpNBlHm4+Ws9zEscDxH5k7AoctmXJNnKc6bL1oPpfHiq8rhLi06ru3+mTbN&#10;BlCy0XgadpmMS4NBVBm4g1MJl4ti+WvqKBxGHsVfF8ffM4cr+R6Iw6gjxks/kXj8toQ6dYdQrf0U&#10;GrYehn3zeSw4HZZsWfT4/vMrTRsq43w8mVqNh1F7wmGuZhJvxnlspFGT+axwc2Vy95FUUMqyXtOh&#10;VB91kMuxoZxYMZ/qDUdTV1lf5RvPYu7pp+WXlTLWPzrH131HYN/4cxp1nkDF2sPpsv6uUiIJQ3lw&#10;cjPtGg+mUrspNGoznDKN5vFjBpdswy8cYFjnocp4E2jYeSLOSn2q+tnv7PE3TDGOf2aNofzgf7it&#10;03Js/hhK1hpCm1W+KQIyot0Y0XQYvbc/Rhd9hnGNlPVSaxif/hFiHCFRnP9/jO86gvIfTaK+smwO&#10;nX5h172UeQs5u4/+7QZTtvlEGnUaT/m6Y+jywwUepb8Iz4q7wledR9D1V2/Wjvmcym0nU6fdT4nD&#10;wq6zctwXlK2nrIPOk6mh1Jtqg/7gWNDTGWRcxoosTCOpHvxw/BB9246iVqcvqD19q1Kvh+AyzZUg&#10;43gJ9OHsnDoWh0+2Jn6PuMkvk6dQTplvTWWbqddqCGWazWHmwYdPy11ZxjldhlN33nljQjrznOVh&#10;HCq9DWQA8zbSFKZdM1tMlE38wt8nOWvcynS3TrLZQ9njW5WnQ9Ncmaw8PQHbl+DcZASVGj/7cWz2&#10;Fd+ez8JRXh/CgXkLGbkjCId+vehvbzhnFEQEBXHXcxf9Zp7HduA4DmyeyJxGlpzfuIY5R5LOBfX4&#10;7fyBbl+eILhqR35ZN5cjv49jVkNTXFcvo++qW8ouXU3R8oUxD7zAn0cePNmphbt68I9fMBcOuOOe&#10;dNTVBbL/n4vcz22DY/as5iErspJPg8R5+p/dw6jvA2k6eyYHfhnOwKSmsGR0Pn8zcNx2XLPXYdHq&#10;rzm26Qvmt8vOmaPXCVOGh12+xNX8dZm/eiHnjq/A/dee1FcCjW++3selFEez5PRcW7+M/iuukaN1&#10;f/7YOo8DK/vSLbcP+70My6sn9NFj7t8PSZjHE7poHtwLJuBxVDpn81GcdfOnUNu+bN+1jKvHFrHr&#10;84rEndjKpN/8lJ28KVU6dGVqN3tyqk2UAK8rM8Z9wrRPypNbrefuzlV0n3+RvL2/wNvzd/wPTmJk&#10;kRvMG/8z2x4mHoR0t/YzfPLfXMpXj0W/zOGf/+uM49XNLDiS1n1eT4nIMO7du8ricb/wX5kubN0y&#10;k1U9bAj8Zx39+86l3y5zBiyerUyvE7V1V/hu7l8k3duaeRkrAenK1Sy6bMOUrat5fHENXqu70ayQ&#10;cX0qB7VvZ/7JuVJdOHR6A489lvDH6KrYmCYOTk0f8C9Dh/zM1hB7JiyayZFtX7JuvBNmXrsZMHon&#10;Z+NMcGzXhWk9ypNPrcG+RSdmjO3G8Ib5lW09GbOS9Bjdlb5VrVGbFqfzqO4J4/Wrns04gkJEsWfR&#10;WlxLduD3TbPZMtGJ7Ff+4fPvzxBqHEV/7xgjh63j3zyt2HRwLQ89l7GtXz7O/N9Sxu8JUWpLVkXz&#10;MDAI9zU/Mtu3CkvWzWbH/BbKDB6xaepCpp7OzuAVS/E/v5azP7Wl6Llt9P/ylDG4zaSMszQNYz24&#10;f53/m7aZW/UHsmfTFFb1dsHJLo7rfx/n7+QBU/AZNv99H32pUgnT3zhpPuN3R+AydDR7ts3l72U9&#10;aGl2jSUTFvPdk40tmsD7Qfg9jDR+T2eePUoah0pvAxnAvJXUlG3pQmVlG9fedGWbt+GeAx3ndp3E&#10;8GeOmrVokz+z5hc1Oeyr8cnH9eme1qd9LVwKZTaNaNxWLGbAxnDqT57Mr73tsDYOMRDR1rT/dhrL&#10;P3XCpUo1hk9pRU1NKK5udxIP+Npb/PrzGR7ZtWDFt53o5FKKas41GD1/BMPstXhtOcgJZUSzStVo&#10;XFhw9oQ3iSeQcbidukpkNmus75/nwOXEnYz+wTkOXQKH+tUwNFAZZJqHrMhiPpPoQ6IpOWgk8z92&#10;wKV2NVwKp96MtLhv/YeT0XYMnzeAfvVKU7mqEwOmTMN9WSPyKGPkaTOI3d91pXstW4oXyIN9rVaM&#10;alkA4XOb8ylb55+Ku8avGy4TWb41K2Y1o6ljCVwaNWfemkWs65zdONKLyE6X2TNYPaoBDcoWoFBB&#10;Gxr0bkP7ooKrl28rtUAJMp3r0rNuEbKplL+rN6Bv1yb0qF0IM60vv/3qQbhTB5YNr0IJaxOyFavC&#10;5180pVyIJ5sPG1phdFzcfYRTMTYMmjOA/nXKUKNJa1auGcWnxTO8iJJIxJC75Qi2K8vcuLIDn4xv&#10;T8ucsVy+V4S5P49iZGN7ajTryOR2BRE3r+H2OPFglnkZx+Bz5zEULE0Dh+yYmFhRsmYjBjUtlHhp&#10;J/o+N+9DEcdKVMmtwSR7Iep3bkFr27R2mzq8N+9mX1BhBs4bycTWDlSrVI52A4bzYx9b4i4eYo27&#10;jkLV6tCzflGlHFUUqlJPKcdGtCpraZyGkSYftds2pEkJC1Qmyt8dmijjNaChbfIwR03pbmPYNbcV&#10;Lava06JvH4ZW0yhByiUuJtRVpcy37mFvRDkmzOlEs2IWmFkXoOnQXnxWOoL9f3pgjC2zSE9wZCHG&#10;LexLdxd7GjW0R3vtMMsPR1NryGAm1i9INjML7Op1ZHa3ogQdPcbehPWQcRlnbRpG+ggiirfnp6kN&#10;qFvVkRZVS9C8dWVyRV5g15FwY0Cm5/FRN05E5+Wj1hXRXjzI0iNhlOo1jNXDa1O3UilqNW/HyoUf&#10;USH+Jms3KTuUjDwzz3zGAdLbQAYwbyl1iRq0qahs4rr77N59majYq2zcexetypqGrZzJNH5RZKtY&#10;jwkjuzJl1LOfySOaUT9/Rqtfz+1d/0fvH+7jogQva3oVx8o4JInKsjh1nLI/qUTqfAUpphxHQ0Mj&#10;E3Ym+gdXOX1LYFvHGafk+2gzW5rUzI/q0S08/ZQxzcrQolYu4s56c8hwJhV3kyMeEVT8pDUNLO9z&#10;9Ji/EhIoO6YTZ/HUFaFpw2JPzlgzy0NWZDmfSbI50q+rTcqz5uT0QXicfwBFHWhUMqMDtJ4Qvxsc&#10;PnCSzTuOczJAh9DHE51O5KV/cAMvfyjuUimNmz5fAV0kt86dY/ee42zYdZm7WoE+No6MrvLog5WA&#10;4YaenBbh/LvjCOv/SPxsOh+mlI+WW7fuK/9G430+AH3ectQv97T5Qp2vAg3Kmxm/ZUBlQaXqZcmT&#10;tJIt8lNcqbuakg40KPRkzVO0SG7UIoqQ0OTtTBmVsSXOziUxu7aPIZ/v5K/rEU9aABNYl6Z2RRMu&#10;rVvOwFVuXM7o6St9MK6eAYgijnzkaG5MNDChQr0K2KpCOGeoE6+KoUxcyj0tE3VO7IooW2h4BCGG&#10;xdeH4+p1F30OM4L++/fJeln/pw+PlCoZ5xfArXRb+tKWo24z+pRKqs/K9uh5jSt6ayxDLrAhafp/&#10;HMMzSBkn/gHXE55AyKiMszqNJJY0/qRJirqfu34tmueJ4cT+M4kBmT6Mv/+5RFTR6nRyNuGe51Wu&#10;i/w0blw6xf7LzL4y9WxUBF7yMaak59l5Sm+PpOovvW00hWnfrDRmCPwPH2fvoX/ZdVePKldlOjZ8&#10;esDOUGQQV68oZ5tpfC5ce0BwJleQ9LGxxOpjeBwUm8VgQDmoKBnTi8Sx9UFhBAsVufPmSHWzopq8&#10;ua1RKWfW4Ql3e5pTu1FF8sVc5cCpKLS3zisHmnzUadSAZlWVA8gJb25rozl64ioxRZWzoHIpp5ZS&#10;yjxkRdbzmUil0qDJKAvKWVtwuDJe9mwoJ+5pMtwX8M2AUZRvNp2e03/nmx92sNYj42Z9fUgEoUo+&#10;c+XMlvHNn89Nz4NTW+nUfChVP/mW0Qu3snDVIU4+zPj2UQMREq4cMAVBZ4+yeOUOvkv6/HKBcJui&#10;VCqulKlOKQ+l/NQ5spHrlexxVKjTCODVqsSJJ91knHkZa3DoP5bfRlRCHN9Mz3YjqD54E/uSbqAy&#10;sWXUknFMqiU4tOQ7ajceR9fFHtxJ68CvHDgfhSo5y5WT/KlWjiZ3dnKpBBERz3NZ8/lpNEqhKAuf&#10;sHwinMdhyt/B1/n9x2TrZeVujkXmp1y5wuR9rkqkQqVMP/lPgoKVkwQlUHLfvjPZ9Hfwf6ejsS1d&#10;nFK5Desj4zLO2jSMVCpMDBt3csrJRKeGuYj0cGXvIz36x2fY5R5HyWa1qG4meBQUgVBlI3/eVL/T&#10;ZCdvDhUiKpN1ktY8pbeGXDNvLTV2LWooG6Gyb3zozrRvXLmvV1GgYR2a5TCOkiE9Nzcspnb7idRN&#10;41On/VfMdc/ocVg1JTsNYX4LK7x//IGph0MzPLimRWVpjoUSgIWHRaU8s1WmFBIalbBjyWPcQVm7&#10;VKN+zmhOHTvP9VMXuZJLOVt3yEOj2iVRXz7LwTsXOegeQ9E6TlTNwkn783iefGaJygwLJY8iWgl8&#10;0owBYjj0/UoWulvT+4cl3Dr9A94HFrOxRwatOgqVpZkS6gkio2LSuZdFOcgoO1xlzukMT0fUOeZM&#10;3s7J7I3Y+M9qbh5dite+LxiYYetRIpWlBZZK4FDs41G4HlB+l/zzz0LWdi+CxlgeeuVgEf68leiF&#10;ZbGMTfLQbMQETh9eyIYxldG47aT/pH1cT4phClZh0vJvObd7AtPqqjmxailDfwtIVU8UKnOU1YOI&#10;jCQ01UBdaCRhhsAz18tc5ntOSn6yWSjHaZv6rN6Ter0s4dSSZpR5ySjYyspcCWry0/3bRSmnf2AJ&#10;XrvG0r+kcZvJoIyzPI10WVC/dXWKxlxm96EgAo+4cyq2KO1bl1JO/lRYW5oaNkRCw1JVPF0kIREC&#10;Vc43uE6kV04GMG8xjU112lVN3ADvPYhGqPPQ8qNKJLuVLwNKANRtBAe3zObg5mc/hzZP4vNq6dyN&#10;mESdjy6zBtO/2EN+m76KdXee2W1nSFPUlnK5BLfdL3Iz+U+1ARxxM1xiKYVL0iWA7JVo7mxJiOt/&#10;LD52C/PKFXCxVFO0XiUcdDfY9+NJjoXmolGTMspB/HnpiAyLSfeemOfKZ1YoO2SHktYIvxu4p3gq&#10;RMvDRxHodY/wvhKCqkxN+jcooOyCDQRx8doMAw9NkWLY51DyefZayqes4kJ5EGKYj4rs1kooFhZM&#10;wJNIQc8jZbnOZ3AdSHfvJhceqXBo2YzmRY3RoT6eOG2q3KjVSq0yvP7+6czVBWwpn0/gf8mHgPSq&#10;hzo79na5IPAWHskuxelDr+N6Pb218pKes4zVOYrSevAIFrTLQ8zlG5xPkS01uUpVZ/zCvnQrGM/5&#10;83eevaymrPOKZbIp6/wyx1Jc9tAlBOR3KIBTlee7f0JtaGbSapX1YEx4HurcVCiTC3HvNl6ZvPBO&#10;GxVJxHOvBjWFyhaloHjEuQtBzwZ0aXi2jJ9/GmmxcK5N66Lx/Lf/CGv3XyK2XA06JjxsoMa2bDHy&#10;iEBOud5PMX1DK++Ju1Dc0d6Y8py0MYREvsiKkV4lGcC8zZQAonXzck+u3aqLONGpRtYP3+ocBala&#10;2Z7qVZ79ODsWpUAWWjLUuarw5YKOOMd4MvWLnZx5nlZw80r0bl8ELuxi2LyTeAaEE3T3Ghvm/MDy&#10;y+bU7dkMlyd5sKJxo/JYPXRj62kdVWpWIKeSqrGrTEM7Lcd2uXI/TyVavkDzS9Q/P1DBZSBdfg9K&#10;uxXpufKZFeY0/LgmxbWXWDxzBwduhhIUcIMtC+bScMIx/FW5KFbQHP2di/xz3XA3aQzX9/7G+E1p&#10;nNknZ1mJ7q0KEO/+J2NXeXP9cTh+504wfcBkBvxpWDYNFauWIHvsRVZ+f5rLD4M4u3stXSee4qFZ&#10;+jdNafLmo7ClHp/TXlw2PIQRGcD2eT+z5lbK0jLJn4t8Ki1nj7tz4/FDzl55RJxZeXp2KI7w+JMR&#10;yz24lvCODy1Bt67wx5q/+Sfh4GlKjZZOFBc3WDl3F//6hXD33DEmDfyeX33Tz9dL0WShjLU3WTF9&#10;LT+fDiRcpyfq7jn2eYWhLlaE0kpsr72wl9FzD3DMLxqdPpY7J8/gFqTCrkRh5ew+NTMadqpPGW6y&#10;dPJvbD3/iKDgB7jvWMOwNbexcmlBv6rPcyOFhkIFcqJS8njoUAAP/W9xIeB5Dpim1O7YgIriMoum&#10;bmOvT6SyVpRYNySA//bsYdW/xm0h2pWhDftTetB+AjKOc55h7tyQHmXh1I8rmX/IP/EdOXER3PA4&#10;xfL1nonTy6SMszSNzJiVoXPzwsS57+J7Vz1VW9airLGoLWo34pMS4Ll6BVP+8sEvOJw73v/yxeS/&#10;OGfhwKBuLxLAxLJr0jDsas/jp0yCQ+n1kgHMW0NDthyWmKhNyJnDwnitWY1Ns3o0y69BpTbHsV19&#10;aiXFLxpLcmbXoDa1JIfVKz4ImJlgpjbF3LiXtqr0MSsnVSfHxZ18vtY3Ic1MGUetjJAinFKZKL9R&#10;YaEMS8yRGbVGjuG79vm4sX4pjRoNoEST6QzbEYHLsLH81KuIcTkN1OStV536OZVfWpamaS3jY+Im&#10;drRoUAhToaZIAxfqJrsTL2t5gPjwKCKFBmtrs3QqfNbzmThPpWyM39NjXbMbK0Y7YuK2hc6tBlGi&#10;0VSG7oilZVcniqiz0W5oZxpbXGJax4HYOg+k0ZIQugyqTWFl2hZPZpZyPSQ0l48extQ6Gk4s+Qbn&#10;2gOo2OUHNkQ70bdxHmXZ1BRo3Y1pjXLgs2UJNesOpeGXl3H4YihDSinTMjO2uKWebq4aTBjuiKXH&#10;eurX/gzb2lOY86guYz/KjYUyUlJ2NMXr0K9RLh7u/QGn2iNoNu8Mj/UmOA0ZyZJOebi4aiHVq/ck&#10;j0MvSrScxfC1l7hnPLO3qtGVJYPs0f+3kXZNB1Oh62oOFu7IDwNKKOvKNI2AwMiYV8MlqKdMMDVT&#10;Y6aUVfLbE0zMlXTDuCaGNZ+FMlZZYR3qxpQ+oyhWsQdFmizgl+CyfD71o4SXRKqU7TD4wFraNv2M&#10;fBX64DjkAI+dOjGvj+EVB8+ycO7Cmhn1KHrrbwZ0Hk6JmiNpOvlfgqt24teFLZ5cslGbKmWvbOcW&#10;yjKkT03Jj5rSKl8Yf0wcS+nG05ly2PhwfJplokpYv2pDWRorvpljB1bPboTNtZ10/6gf+R26U6DG&#10;WFpN2cOJwPjElihtFKFRAhNrCyzSzY6hrqgwV8otBbPSjP9uIL0K+fLdsHEUr9SdPI79ceq1gh9c&#10;g4k1zCCTMs7SNAye2RaSM6FKm7pUMYsnzrIC3VoanyIzMC/H5MX9+aRIAD+On0LFmgNw7LaCDaH2&#10;fLFkJIOeXKJKYxnTnaeOsPBYhMaCbOYZrUPpdVMJhfHvlxZ2bYvxL0lKTk9EwG08rwURqcmBvWNp&#10;SuV8Qxu+PoTNoycw/FottmzrT+MML3m/+nzGPPTF49IDIi3yU7lKcQolj3wiH3Hm7G0eqvJT1ak4&#10;BdM9iqcWR+DVG5y9G4OlTQmql1MCDeOQRDH4nb/GxccmlKhSjrJZvHM2IuAG7ldCURcpRa1yudIO&#10;KvTK2bHnNa6Gm1PCsRwOye4EjQq8g+eVh4TqzchruIG3dB6sU8xaT7jfDVxvRGBRrDQ1S+fI8J6f&#10;VyLTMtYRfMcHL59Q4qyVdeRoR+HkT6JpI/C5cJNrj+LJVrQETuXyPPM0Xmp6ZZ5nz/tyL0pNvlKl&#10;cSr+4jdd60MDcPX2J9SiIE5OtuR/kQKLDuLC+dv4hgksc+enXPmiFLYyrBg9gX9+T62pvnRcNZdv&#10;62S2ZOmJ5d4VH877R6K3zI5tKTvKFbRIdrKQSRknyGwaL0mvbBOXbnApMAZNnqI4ORZK9wb7zOgf&#10;HqdP2xVc/GgSR2Y4JrQUSy8mh31X418vRgYw0nst7sIWmvQ6hcuyOXxXL2t3D0nSByHuJnO7zmJb&#10;1XEcmlmF3MZkKSNavJZO5aM99qzb0p+mMnp5KS8bwLyyAFeS3j56bl+LoPKoIUyXwYskpaDz8yW4&#10;QheWj5XBS5bpArkUUoIpX38ig5e3gGyBkSRJkiTpjZMtMJIkSZIkfXBkACNJkiRJ0jtHBjCSJEmS&#10;JL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSU/oCPLz42aQ7KhPkt52MoCR/gdi&#10;uOXpzXGfCN7WrtAi/K5ywPUuwbKvtg+K/sEh+reeQI1R+40p757XX3ff/u1X+jDIAEZ68+JusHzC&#10;fLotOavsCt9G8ZxZs4xuQ7ZwKNaYJH0Q1DlL075rIz5rW86Y8q55A3X3rd9+pQ+FDGDeQvrIIK5c&#10;8OHi3YiELvBT04Y94rIy/NzNECIzOwWKDlamdZtbITpjgoGWIN/bCb/PaAcUFxzIhUu+3I1IZyba&#10;KPxu3OTMhbvci8ooIzHcu3aTi4FP55bw+udM3gEd9eAuXpcDSdGaHxfOzSu3uf7I2M3xM+J5dOc2&#10;noY8ZVI4sY8DOHfpLvejjQnJGfP2Mq+p1oY/Usr+Bl4+QemsJz0RgcoynvflTmjy9ZMks+HKMgTd&#10;5/z5m1xRyjbtpdUR4u+L53k//MJSTyOjYYmyXteeXcevUubLGZ9Qp89eCyK96pol5iXpO20IC7qV&#10;MiaklOk2YfRidTcry5kknoc3leX1CSbKmPLEK6i7mW1HCdNOdwaZ11tJehVkVwJvE10wB5avYMKa&#10;c9yOMqwWDXnK12H2d0PoVUoDETf55evVzN3tw8N4ww9UWBetyMDJg5neNL+xZ18t/y2aweCrdfmh&#10;00O+mrUf18fKTsSiIO2nfM6PTcNZNmUF3x19QLQy/QLVP+bn/+tMfUOPxXFX+KrHcq52GEZn381M&#10;3nCZe8q+VmVdmPbjx/BDTzusE2bhz5a5P/PNrivcDE/cQaks89N0yHB+GlSe3IawOGFa/8eFNgNo&#10;7f0zn+97QFyuugTMMaX2DFfuh0YRo7YkTzYTVOYOfLltDL1yXkv8Tdth9ArYxLj1V3moHAAsbWvw&#10;zQ8jaBP8F8Mn72D/XSVTJjmpM3gU60dUJI8xDA85u4/x07ey82pkQuCnsipIs4GDWDGkIvmS50mZ&#10;/qeBW5nw2yXuKeWoyVWS/rPHM695PjTRboxo+xO7HkYQGqsmRy5LTFVm1J0wl9865UqYT2a0PieY&#10;9OUWtpwJJDThAKbCqmgVxs8fwTjnbAlnDboH3syf8jP/d+IBkYZVbZIdxzY9Wf11I8oqKzKz4YRd&#10;Z+Wsn5i3/w7BCQtrTon67Vk6rwP1jQWif3SObyasYMl/QSScjJvmpvmkaWzqVRRVBsMSOunNSl1L&#10;Zx0HLs5Bw4lncZo6i6Utczw9SwpxZWSPtVxpNZYDI8sYEzORheXU+bsxZfxqfvYKVQ67anKVq8eX&#10;o4qyZ+5pHBd8xXQnJbdx55jUaSVuTUbz95iyT3rajj2+hvpTr9Pme2W8aobxrjCn5zL+dhrCiUmV&#10;jMuYhW0iWd16kbqbleWM89hIi4m+dJ3XiIClv7DSLZg4ZXlzV2zG0v/rS7tcHi9ddw0y2o6sDq1M&#10;f/vNr8683kpSMrIrgfeGnmvrl9F/xTVytO7PH1vncWBlX7rl9mG/l3KOpX/ExknzGb87Apeho9mz&#10;bS5/L+tBS7NrLJmwmO8uGXY1BoKIoCDuev5Jv6+u4DBqEofWD2dAyRB2zV9Ku/5L2GLVnDWbvmL9&#10;8HLoPHYyac0tY0tPNA8DH3Fs6UJGH8vJ4O++5NCvg+lTPIQ/v1nOd+eM8wi/zUmfXHSZNoVTyg7t&#10;8t7pfFVTy6Fla1l5LemMyzCtINzX/Mhs3yosWTebHfNbYF6xAVNGN8UlhwqzcnWYMq47M8Y0o3ZO&#10;Q1U0/OYxrj8tYYJHMab8OIe985tj/8iNaePn0HHcCax7jubAxvFMdNZzatVall9MnJ/+3jFGDlvH&#10;v3lasengWh56LmNbv3yc+b+ljN8TYjybNU5/9VLGnMrPmGWzObiqF62s77B69mb+DldGMStJj9Fd&#10;6VvVGrVpcTqPUvI3thv9qme9M8iwy5e4mr8u81cv5NzxFbj/2pP6cd588/U+ElaTzp8fP1/CQk8r&#10;Os2azKEds9k8tR55z3nhZshDZsOVurBp6kKmns7O4BVL8T+/lrM/taXouW30//IUgQkLqwSyK1ez&#10;6LINU7au5vHFNXit7kazQoajSEbDFFmua+ms4/KlsY8LYOd2dx48OXnX8+jocf68radspWLGtExk&#10;ZTl1Afw05QdWXc1Jt1lTOaTUjS/K3mT6uK38GxDEgwjj+Zkuiof3ggl4FJ2i4UAXHoL/Q2W88KTU&#10;aALvB+H3MPLJ9yxtEy9Rd7O2PpUtOzKMe/eu8v241Ry1ac+6TbPZMtGJ7Ff+4fPvzxD6CupuZtuR&#10;aUbbb2b1VpJeMRnAvC3irvGrcnYXWb41K2Y1o6ljCVwaNWfemkWs65wd7cWDLD0SRqlew1g9vDZ1&#10;K5WiVvN2rFz4ERXib7J20yXjhBKJ6Gx8vGAqiz5xxLl6fWYNciJXlB/+JT9l+7dtaVW1LG2HdKGr&#10;reCa17VkBxpBVI7qLP91NGObl8O5VmMWzmyGvf4uO/fcSBwldx2WrB3FlI8rUqFoboqUqsiQ/jWx&#10;E3c5dyV587ie4MhCjFvYl+4u9jRqaI+mcHm6dqxMGSsVJoUd6NG1CX06VKJk0imxMv/InDX58ef+&#10;9KtThjof92BsQ2sirz/CfvIUVvdzxqWaCxNG1qOE8MdVOetW9pxc3LqHvRHlmDCnE82KWWBmXYCm&#10;Q3vxWekI9v/pwcNkyxeZowY/rRnCkEb2VG/Ymm8+LYvJ46scv6ocjDT5qN22IU1KWKAyUf7u0IS+&#10;XRvQ0Dbrp4952gxi93dd6V7LluIF8mBfqxWjWhZA+NzmfIyyqr0P8ZN7LI6fDWPxJ1VwdrCnZY8+&#10;7Nw3jt65Mx+uvXaY5YejqTVkMBPrFySbmQV29Toyu1tRgo4eY+9jw8LG4HPnMRQsTQOH7JiYWFGy&#10;ZiMGNS2EJsNhyvSfq649u47JXY0uDXIS6X6av5KOvvpw9v9zgYiCznSqZZGYlomsLKf22gnWe8RR&#10;ttdgFnVX6no1Z4bPm8bqdnmVWvGqZGGbSPAidTer69NIxJCr+Qj+nNuKllXtadG3D0OraZRA4xIX&#10;dS9bdzPfjoIKpr/9ZlZvJelVkwHMW0L/4AZe/lDcpRL2z+xv9NzzvMp1kZ/GjUtjZUw1MLOvTD0b&#10;FYGXfIwpiVSWxanjlHi5wsDSpgCFNGrsq1fEJuEagULZydkWUCEiIgl5so9Ukc2xKs0KPq0aZuXL&#10;4pxL4HfjrjElkS4sEI+Tbmz78182uz8iXghiYxKuNzyRo24z+hguf2WZCuty5alpuKSVwAxbJUjS&#10;aGyoXTNP4uUNhUnhfBRWRgkPi0g4OLp63UWfw4yg//5l/R9HEj9/+vBI+UGcXwC3kk6UjdOvlXCd&#10;y0BNgWL5yEEUIaHJDhQvTU+I3w0OHzjJ5h3HORmgQ+jjiY5T1uXZm/hSgDq1bYyX/ZLLfPhjz2tc&#10;0VtjGXKBDUnL+scxPIOUhY1/wHVfw3JY4uxcErNr+xjy+U7+uh6R7ICe0bDnr2vPrmNLGrd3xib2&#10;MjsPPFKmqEw1yJNdp+Mo3qw2tc0Tx8pY1pYz7MJNrutzUqtmcZ5MVp2LerWKK7l4VbK6TbxA3c3y&#10;+jRSWVDJpdzTS0/qnNgVUdZSeAQhyZuWXsRzbUepZVZvJenVe7pFSv9T+pAIQoWKXDmzPdnRPSV4&#10;FBSBUGUjf95Uq0yTnbw5lCAk6plb+VJSqZTda2pKWsLkhPJfBpT55syuzCPGeIOmPoQjy+ZStf5o&#10;mg//kZnL/mDRlstPmrqfUqavUaWxPM8nMY+pqFWJldeQcRHO4zCBPvg6v/+4g+9WJn12cywyP+XK&#10;FSZvRplQAju1MiH9K4pfEu49GTCK8s2m03P673zzww7WeiRdxhIEhUYq69KK3E8OdMllNhyCgiOV&#10;vIbjvn1nsmXdwf+djsa2dHFKJQRnGhz6j+W3EZUQxzfTs90Iqg/exL67hlAlo2HPW9fSXsdW1evR&#10;tpgOt79duaXT8/CwKydiC9G2tf3TQCMTmS8nStAZhVZtTZ4caZfVa5N6m0hHpnVXkbX1mT6NUv4o&#10;Jw8vXX1fajvKvN5K0qsma9pbQmVppuzYBZFRMUn7tWSUMztLU2UfEU1oWKrdlC6SkAiBKmd2Y8Jr&#10;ICIJDRdosiXcrkjkic0MX3GZnJ0n4OW6mosHl+K+onkaLUdviMqcbBbKjtymPqv3LMXrQLLPP0s4&#10;taQZZV42isqyGA59v5KF7tb0/mEJt07/gPeBxWzskXRWqsLKwrAuY4lMuMsxtcyGK8GBlbkSNOSn&#10;+7eLUi7rgSV47RpL/5LGzdokD81GTOD04YVsGFMZjdtO+k/ax3VDnJLusFdU18zK0LVlUXTnTrPz&#10;VhB7/7lETOkadK6Q9UqSleW0tDBBpY8hLLPH8ZQiUWJ45Tj/0of5RKm2iZeR5fX5ur3UdpR5vZWk&#10;V00GMG8JTZFi2OcQ3D57jYQT4SRxoTwIAduyxcgjAjnlej/FtX3trfOcuAvFHe2NKS9LEHXzFueS&#10;7mFUxF64hGuImhJlbZVveu5evEOgqhjtu1ejuPF0Wh+nJT7L+y3ljF05mGjj40l5wekFqXNToUwu&#10;xL3beD3bDPRC1MpZMlotymKlpI0hJDLddnTlIP8I7yshqMrUpH+DAiTe7SGIi9caA1M1xcrYkEtZ&#10;lx5ej1Osy7jHIQTpMx9eqGxRCopHnLsQlGJ4etQ5itJ68AgWtMtDzOUbnE92m9Kzw9SvqK5pcGxb&#10;i8rc4s8Ne9jhocWxRW2Sxy/aqEgikt8ylUJWllNNnpKFKUgQXmcfPh1HH6GU3V1SPB2vsiKblSD0&#10;QTBP4jJ9GCfd7qQcL02ZbRMv4/nXZ2ZeuO5meTtKa/vNrN4av0jSKyQDmLeFZSW6typAvPufjF3l&#10;zfXH4fidO8H0AZMZ8GcQZrUb8UkJ8Fy9gil/+eAXHM4d73/5YvJfnLNwYFC3VxXAKDucS7voNXwz&#10;u68GE3jtNDPmHsLHrCRd29gpQ9XkL5wHa/19jv/rh+EqfsTN/5j65cHEM/us0OSmYF4V8RfPsvdW&#10;KL6X7uCX7oEsK0yp3bEBFcVlFk3dxl6fxMc/40IC+G/PHlb9G/SczesaChXIiUp7k0OHAnjof4sL&#10;AYYpxrJr0jDsas/jp/R28JpcFCtojv7ORf65bri8EMP1vb8xflPAk526Ve36dLDRcfKnn/jumDL9&#10;4Ed47F5Px07L2Hxfn+lwc+eG9CgLp35cyfxD/oQkLGwENzxOsXy9JwGGrCl5XzF9LT+fDiRcpyfq&#10;7jn2eYWhLlaE0qoMhikn0RavqK5pStShUxU1Zzf9zQldaT5uZfP0UlO0K0Mb9qf0oP2J+U1DVpbT&#10;vGotWtkIPH/7lSX/BfLg3g02zZ1Hn9/9jU/WGZnY4lLBkpjT+5izz4/AwFtsmTufIXtCMVcOxpnJ&#10;eJt4OVlan1n2EnU3q9tROttvZvVWkl41GcC8NSyoP3oYU+toOLHkG5xrD6Bilx/YEO1E38Z5UJuX&#10;Y/Li/nxSJIAfx0+hYs0BOHZbwYZQe75YMpJByZqZzcxMlPENl6SSMTXBXK18zDXJVroGcyVdY2aG&#10;6ZOduIqc9VvRQ3+Yvu2GYN92Matu5aHrjKEMt088/ORp0ZGJdcw4OX8SpZ0/o3TnzQS2+ZhOBUyV&#10;6SdNXfnbTKV8V46IqWkK0ekTJwoGnWJIy0FU6vYb+xLee278jaEpOhkzU1M0ysdCk6y6akwxM1Fj&#10;piyPgZljB1bPboTNtZ10/6gf+R26U6DGWFpN2cOJwHhj60fa01eZKenqxGGJ1JT8qCmt8oXxx8Sx&#10;lG48nSmHw5R0HWHhsQiNBdmeLGdq2Wg3tDONLS4xreNAbJ0H0mhJCF0G1aawUhYWhuxaVWDqvK40&#10;1lzi64HK9GsOp8mkf4lq1JSWhhtFMxtuVprx3w2kVyFfvhs2juKVupPHsT9OvVbwg2swsYaFVVlh&#10;HerGlD6jKFaxB0WaLOCX4LJ8PvUjKppmMMzQQpLlupbBOjbQ5KdDu4rkVIIk06o1+dg2WZlpowiN&#10;EphYW2CRXlFmZTktHZjyVXuq687zZd9RlGk4jfEnCzBxaDVSXOhS56LT6E9omfcev46bgH39yUxw&#10;K8bsb1pRVtkGLJ48BZfWMmW+TbxM3c3SciaMZ4KZUk+f5tVApWzvpqiVT2L1fZm6q8wiK9tRettv&#10;ZvVWkl4x+SK7t04cgVdvcPZuDJY2JaheLrfxMoSRPga/Sze4FBiDJk9RnBwLkTtpH/qy4rwYqRzM&#10;drmM5urCytw7e4UrYRaUdLSn7DMzUfJx7hoXHquVg2A5KuZ/3htg9ATfuoa7cpZnaVuaWvY5X82T&#10;C9FBXDh/G98wgWXu/JQrX5TCVi+289SHBuDq7U+oRUGcnGzJG3ycPm1XcPGjSRyZ4UhO43hpinzE&#10;mbO3eajKT1Wn4hRMcdAxig3h4tmb3Ikyx9ahDBULpBops+HKWfW9Kz6c949Eb5kd21J2lCtokSxA&#10;1RF8xwcvn1DirPNT2dGOwk8ezclomNErqGtRp1bjMuAYpacuYnvPfMa86Qn883tqTfWl46q5fFsn&#10;+bNOaclsOZUphgdyxtuPx6YFcHK2xfqfxdiPv0qHlctY1iBZUBH1CE/vOzw0LUj1akXJk9nyPNc2&#10;8bIyX86seqm6a5DpdpTB9ptpvZWkRC/7IjsZwEhPJd9Zf1czZeD0wdPitXQqH+2xZ92W/jTN9Agg&#10;GV7utnfSWHrut+XbvyfRP+ksPO4mc7vOYlvVcRyaWYXX8YqQqL3pBDDP673YJmTdld5O8k28kvQm&#10;6AK5FFKCKV9/Ig8AWRXiyZYjIVg516B1/qe7Gp2fL8EVurB87OsJXqRUZN2V3lOaWQrj3y8t9vFF&#10;41/Su0lFfJSgaLVq1LdP1oeNpIT6OXBs4EyNIrI5PKt0j+5zPTovrXs0pa5Sbk/uMMpjR/MmZSmW&#10;1RfCvAAVWiLVBajTqAJlc2bhLt10vQfbhKy70lvKPG8F418vRl5CkiRJkiTpjZOXkCRJkiRJ+uDI&#10;AEaSJEmSpHeODGAkSZIkSXrnyABGkiRJkqR3jgxgJEn6H9ATF6dNfDW9JEmvnD4unrj3fAOTAYz0&#10;Gmg5vXIBbcbu41xShzTaCG5fv8+jl+rz6O2nvbyXzz79lsXeKXrikZ7Q47t/Dc3r9aFApV4UbbWW&#10;o+95nXgXJNXb79/6epvGvkVKQed/mi+6D6GIYy8KOo1l8qlX0mXuW0kGMG8FHZ6rZlO10TCqdN3I&#10;8RQ79Aj2fDWZqo1HULXzGvaGGpMT6Dj38zycGw/HadxRAvTxnFg0jcoNhlG+/lDKK/+v0GQMtbp+&#10;w5Dvj+EV8qbCcR0BVy5x0sOXxH7j9NzfsoQabcbz6YaHCWNkJsLvKgdc75LQRdI7RPfAj/88LnHx&#10;FfWK/a6WQ7qivJg/Zz/n8zdm1epJLB9YiSJvdC8Uwy1Pb477RLz9rT+Rgbgeu8jV0Nef06R6e+EV&#10;1dvXJ/W+5X/tbatPMRxY/is/Xc7Fp/Mns3Vuexq9x/1QyQDmraCikDX4Bzzm1sUzHLmarFvn6Cv8&#10;9fctbvo/5OaF/9jlEWscoNA95MjBc1z3f0yYWTZyqeO4efkWt+8/JiAompjYOMIfPeDSWW82rlhO&#10;mwF/4PE/OdtVk8uxJn06N6WLUw5jWkbiObNmGd2GbOFQssX98Lx/5aD19eFckJrKbVrTuV4VOnSs&#10;hv0r6QQri+JusHzCfLotOavs6t9usef+YsCQ+Xx94v09g37nvW31SRuI56Uw1A51GNamCk1bNaR5&#10;qVfdZ9fbQwYwbwU1BWs64GDYkWvv4X429Ek0H3flCu4hxncNinDc3G/zJAaJvI5bQrBjgUutciTv&#10;Es+sRk/cT6/G98wK9g0pnTAs4tJxtryuJuK4MHwu3+TSveg0z0QsKjZhwdef8VmllK9f1YY95OJ5&#10;Hy4HJHbd/0TSIif+7xna8EdcuXADL58gIjM89Ynn4c3bnPUJJsqY8gx9DPdu3MTz6gOC0yie2KD7&#10;nD9/kyuBMc95lhXPo1u38br2iPBkMWlKyjh3buN54S730lqQTMrhxWQyT6OsL3cWythIHxVLpFBh&#10;nc2K9HarkYG+eF0NIiLFTHWEBPjhdf421x++XH4SyvJ5CzQ6WKlvt7kVknxFagnyvc25myHpH7y0&#10;kfhdV+rW5QACo9LKtbJc/r54nvfDLyztSpLVV41mfZt4ToZt+4oPXjdSr5P0vdLtM5N9S7oy2a6z&#10;uh28ivqUdp3O6vxTyahOKcscGS1QW1uR8/2NW56QAcxbQmNbgdpFDatDx3nPa8YNRY+/8vdtw34t&#10;4W3oeu54XuaOcT8Xe+Eq3tHKH2Ylqe+STo++Jjlxrl+WwobKLLTExT/vnjszenz/+ZWmDYdQ7ePJ&#10;1Go8jNoTDnM1VYtB3JnNNG70BVOTrsfqQzi8ZDaV6oygducp1Gw0iAqD9nM1wo0RTYfRe/tjdNFn&#10;GNdoACVrDePTP0ISfqb1OcGET0dRsuZwanSaSsOPhlG62Ty+9XjahBvnsZFGTeazwt2N6b1H4tBq&#10;IvWV8Rw6/cKue8k3eD33j22hU7NBlG89mUbtRlK67kSG/HE3MZgKu87KcV9Qtt5o6naeTI0Gg6g2&#10;6A+OBWW+s9EGujOl50jKt5xIw7YjKNd6MT9fSVkoIWf30b/dYMo2n0ijTuMpX3cMXX64wCPD5KPT&#10;Lwed7990bTicTmvuKrXFSCnPzRNGUe7jdfybbDba67vp0HAEA3dHJHzPcJ5JsrDcWS/jJHH8M2sM&#10;5Qf/o9RnLcfmj1GWZwhtVvkqZa3lv0VTcBy8h4NbFlO76ec0bP85Yw8lhurhFw4wrPNQyjSaQMPO&#10;E5X6PIiqn/3OHv+nB/ys5CfqwEqqNPiO3+/riTryExVrDqBUg0Wsf5hWfpPytJcT/6yleRNDfZuo&#10;/H4sn272I+bxJRYOHotDs4nUazWMSr22cCzFJdpovDatoJGS14ptlLr18VjK1RnNx9+642s8mOof&#10;nePrviOwb/w5jTpPoGLt4XRZb1insfw1dRQOI4/ir4vj75nDlfo+EIdRR9K8bJLpNhFymhEth+A8&#10;7mjivsRAH8S2Scr677yR/9JtlY3E47cl1KmrbNvtp9Cw9TDsm89jwemwJ9taaq96+8zKvuVZmWzX&#10;isy2g5evTxnX6Sxth8/IuE7F/Luaag3m87Ofnrj/1lFNqTNlP93JxTSDt/eDDGDeFmYlaOCUU4lT&#10;BGFKYHI+oZ5HcdrTV4nTTalRvyK5lCBGe+0K/yXsKHX4eN5A2XYwsa9AgwIpV6WICef2zQDlLMiT&#10;FatPc0vZcVmUqUOXqmn1zKsnYPsSnJuMoFLjZz+Ozb7i2/NPDxbJ6W7tZ/jkv7mUrx6LfpnDP//X&#10;Gcerm1lwxBBZPSUiQggIfERgeGIAFXdmB+N+vE3ZUV9z6+IGfA9MZlr9PJgqwViP0V3pW9UatWlx&#10;Oo/qzoyx3ehXPVvC78IuX+Jq/rrMX72Qc8dX4P5rT+rHefPN1/u4ZNxQRWQY9+5d5ftxqzlq0551&#10;m2azZaIT2a/8w+ffnyHpNiKdz98MHLcd1+x1WLT6a45t+oL57bJz5uh1wvSP2DR1IVNPZ2fwiqX4&#10;n1/L2Z/aUvTcNvp/eSrj6+8iir8WrOZwodas2fA1u+Y0ptQDVyZN3MkZ48FCf+8YI4cpwUaeVmw6&#10;uJaHnsvY1i8fZ/5vKeP3hKDPoBw0hewobR7Ev/94Pj0gRV5i378PuHfVjT3eSZcc9Nw+6sbxhzmw&#10;L2+V+TwTfpK15c5qGT9lgmO7LkzrUZ58ag32LTolLM/whvmVIYKIoCD8z+5h1PeBNJ09kwO/DGdg&#10;RRP0Af8ydMjPbA2xZ8KimRzZ9iXrxjth5rWbAaN3ctZYnlnJj3nFBkwZ3RSXHCrMytVhyjilTMc0&#10;o3bOtHaDiXm66/kn/b66ogQPkzi0fjgDSoawa/5S2vVfwhar5qzZ9BXrh5dD57GTSWtuGQ+Qevx2&#10;/kC3L08QXLUjv6yby5HfxzGroSmuq5fRd9UtJZxTDnArV7Posg1Ttq7m8cU1eK3uRrNChmZYU6p0&#10;6MrUbvbkVJsoB6uuzBj3CdM+KU/uNLKa6TaRy4l+rXNzd99GZu0NVnKn5+GBDczYHYpj1ya4pNlF&#10;kp67O1fRff5F8vb+Am/P3/E/OImRRW4wb/zPbEsz6HvF22cW9y2pZbhdK8Ozsh28fH3KoE5nZTt8&#10;RuZ1ivL1mDKmOXXyqDApWYOJSp2Z3rcatm/yEu0bJgOYt4Y5LjXKYLhDROd/A1dDZBJ7nVPnYpR9&#10;f1Ea9nXByXD1JcaHk57KXlsfgdtZf2U3qMbOpSIlUzUXxntspkmrscpZ0HxmHH6MyGZH7+HNcE6z&#10;oUZNDvtqfPJxfbqn9WlfC5dCaXWIp+Pi7iOcirFh0JwB9K9ThhpNWrNyzSg+LZ5x+2Xk7UD8yYNT&#10;rRLkMdGQ07YivXtVp6RZPmq3bUiTEhaoTJS/OzShb9cGNDRuhXnaDGL3d13pXsuW4gXyYF+rFaNa&#10;FkD43OZ88nZ8EUOu5iP4c24rWla1p0XfPgytplF2Fpe4mHDQ0+K+9R9ORtsxfN4A+tUrTeWqTgyY&#10;Mg33ZY3Ice0wyw9HU2vIYCbWL0g2Mwvs6nVkdreiBB09xt7Hae9mEqkp1m4oOxe2pY1TaRp06cd3&#10;3Yugu/4ff5w37MWVctu6h70R5ZgwpxPNillgZl2ApkN78VnpCPb/6cFDVQblYFaKlnXyor94loMP&#10;EvMR43mO09GW5LJ8zJFjxsuMyln2oRO3EGWq0NJOZD5PZVLa51nuTMs4OTWFqtWhZ/2iZFOpKFSl&#10;nrI8jWhV1tI4XMluSDQlB41k/scOuNSuhkthgffm3ewLKszAeSOZ2NqBapXK0W7AcH7sY0vcxUOs&#10;cU92f0gm+dEULk/XjpUpY6Xs4As70EM5ePfpUEmpc8bfp0FEZ+PjBVNZ9IkjztXrM2uQE7mi/PAv&#10;+Snbv21Lq6plaTukC11tBde8rpGwOrS3+PXnMzyya8GKbzvRyaUU1ZxrMHr+CIbZa/HacpATcTH4&#10;3HkMBZX64ZAdExMrStZsxKCmhdAoZVXUuS496xZRykr5u3oDpaya0KN2IdLKaubbhCnVBvTl/9s7&#10;D7goju+Bf++AoyugYEPsiIgIYu/YS2KJLZYkxha7scUW0zRGYzSW2BITS2JiiyX+1KgxxhoLgggI&#10;IgiCoiDSi1Lu/ntwIOABB5L8Nc43nzPH7t7OvDfvvXkzO7s7vl4Sv329k6Nh11i8/ALJzQfy+QAb&#10;7ZfyMsLYvtWDRLf+rJ3kQi1TfcyquzD7gy44xHmy60/tszBl55+ljS1F+7WVLr6XI1gZ2JM2m9a5&#10;/LzoYFMXLOozsL8L9U1lyCvZM0Sqz4hOdphrTvFfRCQwLxDlmzfERW38GeFc8UwhLTAAjxgVcuu6&#10;tHZpSKt6kuOqkrjiIXVQT4K4fEMK3vLytG5Z65nAJreuRfcuzejdoSGNbRTSz0L5bvpC3t4VIbnw&#10;s5g5tWPWlMHMn/rsZ97krrS31mYqqVzziUBZwYH2Dk9nduQVG9KhQRG9goR5YwdcDMLZOGctK0+E&#10;E6t9gqcQlMSFB/HnifPs2n+W8xGZqJTppObtNGVGNGrugFVOtSU91awqZW+JSWQtKZI6dw+fKLB1&#10;xL1g9ied/5FnIAFKU4zjfPn511P8lPU5g2eMdGx6FLfCtEUZDVLZbh1cqJyrMn0aSYmMlfIhN4NS&#10;pNMncsnrLspyCmL+Pq05t/Q5GEy0dPq08AhCNKNV7RjQtEMjKqXf4o+z6o4kg2t/BxBTvwsTWxly&#10;+8I1AqXfK2Ovc9JHSb12TWgg16XMEspdnI5LipkzowZXk7SlQRnLJc8IVFWd6eWcd+2UPg3bNcRO&#10;Fsd1dRvmUNb1kZAZ16CNm1luoDSuZkNlPTn2zZyolmM2UoJpZyOTfCwZ9eSoMuomF0NU2LVpitvT&#10;/ExKPO3o3NIaWXQInuGGNG1aG0XgUcbPPsD/biVp9UvdKcYnjOszc35Xakee5f3hG/kpxp4Z0t91&#10;c2QogDI2kMtBSsobJXJ6f44dnGKnT4Kk/QxCQh5I/xZGGfhnaWNLkX4tURLfKwt7esamS+f7utlU&#10;ETHpP0pO0wheAOQ2DWljr3a6x3h5BREudSZBkjGbOzfA1aQy7ZqqR0vZ62CCAgPxlLxIZlafDk2e&#10;dWj9+p1Zv24WP3/7EWeOLmR6A+m8mXGc2Hyci3kDSQ7JMdwMkEZJWj6+gVHaE4zMJGKTlMjLqe+A&#10;0mzTEX3719m2ZiAdVd4snjwb517LWPRnVBFBMRv1uoEvxkylQdeFDF+4gy/W72ebR2HTrvnR05NJ&#10;CaAq+1ilVPdEKUaZm2GpJc7FxCajlILNlX0HWLFxf+7nm4up2NWtQR1tc/lFIC9nSjm5ipRkaRiq&#10;SuRRglSP2Fvs+PbpuVdsPMSZZGscHKpQQUud8mLSzI0OVmlcOuNDfEYEpy5HSyN1N4Z3sEdxy5sT&#10;4Zkk/O3NpSc2dOpYE30dy3xeufPpuITIZHrS7zV/qFEmEB0vbbcoj3UBfehZmmMhU5GUVOjSzyye&#10;pz5akcmyl6PlQ9qWpRaV9J9U7ZgEYlUyLCuUKzC7IaeCpSkyaWSfmCTDcfR0tk9uhOrsLob3mUyz&#10;93Zy9G7J0xhdfcK8WU/eaSwjKioe01buDFcPiApBFZcoddIqYrz/4us8drDiB18Sq9nSqEZB2bIp&#10;M/8sbWwpxq+f1/dKak/P2HQpy9fNpsrMyl8aStjtCP5R9KrQoZk6SVERed2X3ZfVlwL0cXarj7n6&#10;/83ssZL8J+OWP/87c4tgqbc3cnairanm94VhVouOrpZZjZ0ZHYM0ICqAkts/f03rvnNoq+XTpu9n&#10;LMk7VZ+DTIGRlDspU1JILLHv6FG1/UB2/O8b/l43hE5yP1bMXM/G20Wd6DEnV21k+RVT3lq/mpCL&#10;67l24mt+GZZnhKMrmrqrUiXH1zKaMjExRKZnzdCvVuJ1Yk2ez2q8fpvO6Nolcx1lolpHcszKSSM4&#10;mSFmRpIGqrVn8+G855Y+x1dzYXVXiuhbsjFxpHsLMxI9rvFXiA9ng8yyZuKqtHbGVRbKybMPOHvG&#10;n6TKzvRsJGlHxzLLWu7nQqqzsbqNkpOJL2CzmfHJJEgB3cLixZsglxkbYiT5cGJCSoFZFSVx8Smo&#10;ZGZYqRNBfSu6Tp7FxT+X8/P7jdG7fIDRc49yq0Q5jK4+oSTmzH6+8zakfj1Lkk4fYpVH3ms6+ZEZ&#10;G2EsZWXV+03lUj47kD7Hl7NtaFUtCUzZ+2eJY0sxfl0mvvc8lLJ8nW3qFePVk/iFRkpSWtSnojpJ&#10;CTzNDx6p0qYqtHDLTj5Mmjhmr2F5HMj3u4NJl0JIw+YN0Xp1Jw/KGH+OXFYv3pNOZ2dL/WfW8cqp&#10;OWQyf+xexB+7nv2c3DWX2U20LP6Vm2Nf0wIiQ/DIM32pjL/FpVvapnm0IDelfpf+fLuwHVWfhHI1&#10;IDtRksvVSsggTUrScsmM5lpAHLJ6LRndwUZyaDUq0tIzska+JULqpB1rm6IKD+JKvjsfMngYnYJN&#10;fVsqqaK57htT8ql91RMCfUPJvu9HTQY+Hrd4pFcZJ3tjSThLGtazQHU/FK9insalVQ9ZmNChYwPM&#10;E/zY950X3op6tHM1lHLgxnS0V+L55wH2XkyiUpumNJMCum5lyqn8PHKXNVIbOdUzk9rInzP5Ltll&#10;cuuCH3ewwc2lomabrshQD6Iz0tMl//ln0LO1w8FCRegVP27nVWLWTJn68kYdmj+9voi8nC2935vM&#10;l32seOwfpFnAr94hl1pE/cqFIlpCV59IuM7ipWeIafIG2797i76Wd/luyW9cLeSOHrmNHQ0qqrh3&#10;I1jLgKcQytI/SxtbivTrJJQl8D3dKKE9lbL8ktrUq4JIYF4wTJo4kXXDTUYCUXEq5Fb1aJmTkpdz&#10;pK2D9F2VyoOox6ik5KZ9q0paRkKQ7n2Qfm/MpUO/mTh1XcqmIMnq9a0ZOL4LTlqGQ/JylXBtbE8z&#10;l2c/TZ1tsVF3gs9gQIsebtRQBbFRCoanw+O4e/0Mc8euYmuY5NWFkonXtm+Z+4svIUlKlKlRnDp5&#10;i2h5JerVUldOj8o25ZFl3ObkyQge3gvBN0LqwfUsqF7JEOUdP47fUo8eH3PryHZm7tS+rqdoDOnY&#10;ryU1Mm7w9cf7OXE7npiIIHZ/uYSOs84Q3aQjw+rDhW83suzkPeLUCURaEkEeF1j3kycRRcYeJX5b&#10;vuLNlZfwjYwj4MTPzNkVgaJhGwY6qlvLgNZvdMBJ5c/KBXs5Epz9DJy0uAj+PnyYTadjspLNQvWg&#10;waJNE1oZxfG/Q75kODnRTj0ZoVeFTq2r8OTSWX57WA53d3tNR6JbmYZNn0fuskZBxwHtqcdt1szb&#10;zh6faGJio7iyfwsTt4Ri0rw7o1xLOLbXs6RSBRnpft4cCYkn7MYdwnXMtXXGsBFv9a0Kvr8xcel5&#10;PCMSibkbyM+L17PO35C2w7vSXH6bDQu38f3FSBIzlaTcvc5RrwTk1atSVzNW0Le2kAYzGXifvULQ&#10;o4d4B0Q/fQZUDjr5RCpnvtnO9vt2TJzdHYcqrfh4sgvG/v9j7tY7z55TjaIBw/vXQOVxkMnrPAjM&#10;ekZNBjEhAfy65XeOa+t8y9Q/Sxtbivbre0pdfU9HSmxPpSxfF5vSGqP/24gE5kXD3InX21piqG4Z&#10;uQHV27vSLGf9ol4FOnWqj2VWzNajvENzeqoTmlz0sbFRX2yScpzEh/j4hUgjovvEKqxp2qUnX239&#10;jHU9rcq00U1aDGb1OHuUf/9Cny7v0XDwZv6o8gbrx9TCSGHwdHGxQh+FJI9h1gYZ5U2S+N8Xi3Bp&#10;OowKrlMYsiuBlhPeYUJ9tTxyavfqQs+KCfw6Zzp1Oy1k/p/qGyDN6DNhIJ2MbvDhG2OxazoW99Vx&#10;DBrXmiqGBhjlqEJTlnoq+SkyFFJ95Oo6aeKfacshbJjmjP7l3QzsOY5a7guYsP8JPQa7UdWoLjNX&#10;jGVE5TBWTJxBjUZDsXIejduIDay/FMuTwoaUBvoYGNVj6sIOZOxdTZv279Fi8mH8K7Ri2ZLXaKjp&#10;bxXO/dm8yJ1qgQcY2msU1o5DsWkxnZ7zD3MuMl0zYi1MD9nILV14vZWpJJkhTdo5kf3EcD2cO7hS&#10;RypHXsmV15tnpy9qdCpToaPcOuq4IHIDyQbk+tLv8luhQjqfXGrD/I85BKOmg9jyUTtsQ35nzMBJ&#10;1Go5hS7zThPrOoCty7s/nW7XtT56lRnwphuVYi4wvsc4Gg3ZztFC3tOQXSdF/jpJ7auuv6Gh+l6h&#10;HPQwlLbrKRQYZJWjoNWU91nRtyJBP62Rksgx1Oq8kIn7k2g+cTrfjagqjdpNMI2/zPx3plLdaRhV&#10;O3/JD7H1mb2gV+4AQ69GG0a5W/DwyHrcWk+m69KrPHqmqsX7REbgUT7ZFY398LeY6qzOjuTUHDCC&#10;D1ro4/nDHvapHz6i0V+2f6rRx238FFYPsMJv03KaNRuOleMIavX4hEnbbnBfayddtv6pc2wpQJF+&#10;LTWabn7w/PZUmE3r5vsF0cGm1Idl+Zamnlm/+28jU0lovj83CYG7Nd8ErxZKEsODuBSUhFH1urSs&#10;W06na94Z8Q/w8r1LVJoxdo51aSSN3vKijI/g0rV7xBtVws3NDuuckyZHc9U7lIcya1zdalCpsEim&#10;I48fhuFxI4pkI2sau9Sgcr5qPOF+QDA+95JRGptjV6cmDpWMdAoOyqRIrlwNJ86kEk0aV8daWz1T&#10;Y/D1CSUsQYWxpTUODWypYpL/7IXqobToUObzyP1PoJTa3NsnjPspcirWqYtbDbPsgF0qlMSGBHJF&#10;Gv0a29WllX15ney15ChJigjFMzCGZL1y2DvXpU6+Z85kEnsnGK/geNJMJdtzrkmVvHeYqFEmEeQZ&#10;yM1EQ2o5O+BY2ArTMvaJvKRE3sEz4CHxSgUV1At461phWpQhlGldShdb1BTt1xI6+YEulNKeSlV+&#10;cTb1clHOfrDmW+kQCYxAIBAIBIJ/nedNYF7e1E0gEAgEAsEri0hgBAKBQCAQvHSIBEYgEAgEAsFL&#10;h0hgBAKBQCAQvHSIBEYgEAgEAsFLh0hgBAKBQCAQvHSIBEYgEAgEAsFLh0hgBIJ/m4w0npT82eqC&#10;olBm8CRN+xN1BQLBfxORwAj+QTK5vm0Vr006yJWyft/My0qqL7N7jsJ9ze2sd6CUjn9frxn+R3j3&#10;7a9YdS2n1i9S2yoJ27GEWu2/ZtdDkcQIBK8KIoER/IMoibwVwIXLd4gos+c9v8woiTr2O3siazOk&#10;X83neHz9v6/XzKhw/va4gW/uS/xepLaVY9urAx0zvPh2X2leHCgQCF5GRAIjEPxbZEbz6z5vUl1a&#10;0b+GcL2yRF7Bjf5tFFw7dJbcSSKBQPCfRkTRF5TkyDC8bsaQlG9GPJ3oO6F4+t7lfnIhU+UZKYQH&#10;3eaq+piUoqfTtZdRkEziI+7idf02NyMfS+PuskIHWZ4hg5hw6Tf+D4gp5rKFdtkyiYsIx8snlFsP&#10;y0iWtERCAkK4cT+12JG/MvIqh70yadS2MdXK0vOexBF4I4SbUU80G7SQlkBwQDBeQUW1d2naRIN0&#10;/iD/20XoQQc7ykgm7GYwnreiidOWhBQpgwkd29qjCPHkSICYgxEIXgVEAvPCkMHfK+fj/N5h/tj9&#10;Na27zKZj39lMP5ndU8d5H2V0n/eo320O7gNm0qDt+wxa74v6TfhZZNxj92ef4dpyDE6959FJfUzr&#10;qQzc6I/m7e4SRZeRn0wCD33Pa13HUNt9Jh0HzaN5h3G4jN3PhfjsE8Yc24hbu+mM3heV22kpI88z&#10;ofcE3FcEUFh3WqwsWsi8e4k5b07Evov0m37TqNdyNLUlWWu3msx7R1KkI4qWLdH3BBMHTqCe+yw6&#10;DpxD0/bjcH13B4fv5dQ8nVNLZuE4aBeX8qoj7RofSPJ0+vom2Zuzy2k86RgXjm6jV+cJuPSdSyv3&#10;8TSbdozr6qoUQvxlP65lVsTN1UbzJmUlt39aRkP3JawLfiq8MvosY7uOp91SXx5rtqnbw/+Hz2nY&#10;eS274zSbpLqEHfmezu4TadZ/Ls07TqTjZ5e4m6//TsZj+2ratB1Pk77z6dhb0mG3pXx5MSFfElGa&#10;Nskmk/snttNT0oNbv3lZemj+/gl8UjW7dbAjtR6izu+iT6f3aNRnPu6vTZLaaSnf5upEFxnkWLnU&#10;oz73OHcpOtceBQLBfxeRwLwwqEiKieGe92Gmroqky6KPOfHDJMY66aO8f4YpE3/ktFVPdv6xjYee&#10;a9k7qiJXv1nDzMNx2UE8MZTzwRYM+nA+F05uxP/IQj5rmcHJtdvYGJgTzgsv41lS8L58j8qvj2Tf&#10;b2u5eWYlv812Iu3cHuZuD5e6TrBy78pAm2j2rdzBr1FSLZTxHFqxg92PajFyiD0F316vRidZCqKM&#10;4Zclm/juvgNfHvyeR15r+PGNiqQkmtDmrUGMcDaSDipCfxGnmTD+e/bE2TNr5cec2vspP850Q+F1&#10;iDHTDuCdlZkoiY9+xIMHcSSo/8whM5Wo+7FEPEqRSlCTXU74xd0MW3gNm7emcGzPQtYOqkLUsW2M&#10;3xikSXQKkoH/jTBS5JVxqJOjbzm2DapgGOnLwVNPk8DESx4cD4/F98SVpwtkMyM5dtyPB5bVcDbP&#10;3qRK8uDTJTexHz+TE7vmsNjdGJ9ftrD4VE4WpeTugU0MXeZHhbc+4JrnDu79MZcpVYNYOvN79moW&#10;vJaqTTSokq6w8JPrVHt3Wq4eIn/fyoRNOXoo3o5IC+Crjw9yvc4gTl78mUceq/l1mivVDNQ7dZNB&#10;jZ6tLfVMlQT4hRSaPAsEgv8OIoF5wVDGpVJ73BSW9XOkeesmNK+iwm/PYY4kOTBr8QC6VjdCYWpD&#10;lwkjeLduEscOepAVwy3bsHrbVOb3c6KhrSVV6zgxfnRLaqrucj0gf5f6bBnazMCcQYs+YvPUDnSo&#10;b0PlStXo8NZr9LVVcdM/lKwBtqIO0xb0xDHuMotWXeX2mV18fPgx7SaPYISttnNm6iZLQdID+evK&#10;Y2r3fo0RDmbom1Six3udaCGL5qFRA1rnKUub/q7tOsTRmCqMXTqFOb0dadLIgT5jJvHtO3ak+Z1k&#10;y5V0za91R/XYlF5fLOSHcS1o6ezE2wtHMaq2ioBj57mqNYNJIzQ8BpWFFdVMNZskFI2a0Emqo/e5&#10;a9zPkj2NyxdukmxmiukDH074Z19LUUZd5+QNcGzfhLrZ0zdSj12FUasXsu5tN5q7NGHS/J601Ivn&#10;0uU72clDRhjbt3qQ6NaftZNcqGWqj1l1F2Z/0AWHOE92/amewShlm+Qgr8jgLxbw7ajmefSg5MbR&#10;C3hmVUIHO0p9wO0HUNW5ES6WeuibV6b9wO70tpPaVScZNOhZUbWijKT7UTwQUzACwX8ekcC8aJg5&#10;M2pwtad3qCgTueR1F2U5BTF/n+anX09lfw4GEy11ZGnhEYTkWS+QmRCJx/nL7D14ml1XoklXqXjy&#10;uEAHXbCMoshMJuT6dQ4dPsvPv/lzN0OF8kla7gjXpEl/vhhamYiD39FrwV9Eu/Tjizerai6RFKCE&#10;sjxFjkwmVSXjaa+kSn1Cqkrqs/SkfZptWTyjv1gueUagqupML+e8c0L6NGzXEDtZHNd9ojTbdEdm&#10;Upfu7a2eOpCiJq0am6O8d4+AJM22vCiTiE1QIjM1xjxvhRX16N7KgjTva5yMkbritNuc8kjC6c3e&#10;dDB+wF9n7pEhddGPznnjmVmVLh2r58omM65BGzfz3DrIK1aiujnExydnderK2EAuBykpb5TI6f0a&#10;XUufnT4J0jkyCAl5QEap2yQbtR66tbfMrwdntR7u4p9XD0XZkWldWjvpc+PHdYzddBn/3EtLOsqg&#10;ORY9E8qZSspNTCZW3PUmEPznEQnMC4ZMpid1ypo/1KgSeZQgBfvYW+z4dj8rNuZ8DnEm2RoHhypU&#10;UB+vjOPU2iW4tp9Gt0nf8vHaX1m525/cu17z8EwZWlESdWEPA7pNwPXNr5i2fA/LN53k/MOCPYMx&#10;bd7uRDNZPPejDWk/qCMNCsuMdJWlIAYN6N3OnDu/7WLRoRt4eF5h9Re/c9XQQdqeJ4mQeEY2ZQLR&#10;8dJ2i/JYFzi3nqU5FjIVSUlFLFzRGTkW5Uykf9NI1rZ4WlKbMkt1svwJF4a0dnei4uObnLiQQkaI&#10;D+cjKtLGvQNdXaVO/dw1QjNS+evcTR7bOtPdoaiGkyPlc1I52eWr4hKJkxLYGO+/+DpX19LnB18S&#10;q9nSqEY59ErbJoUi6aF8Xj3oYEf6dkxdPYO5rVScXL2C1p1mMPhrD+5ImYlOMmhOk6VbSbkqpVL6&#10;aDYJBIL/LCKBedGRGWJmJHW21dqz+fAavE7k+RxfzYXVXaknRfDkc7uYtMGf8gNn4XVpM35/rOHK&#10;hm7Y6zTNooWU6yyet4/z5u78cnwzt/+Syjv6AWNrF+jNpBH8iY3HuGJSjQY2jzm++SBSP6wdHWV5&#10;hvR7eN5MxaZyBkcWL6HrsNV8E16TGSsn8l7tYkxYKtNYIXVqycnEF7iskBmfTIJKhoWFelGJuvNT&#10;pxYqzVqXkqIkPiEFpdyY8uZa6qRnjJmJDFVKKomaTTmYNm9C+/KpXDjjw60LfgRYONDe0Qr31rWR&#10;+3vzxx0//rjyGNs2brhKsuiKzNgIY5mc6v2mcimvrrP0vZxtQ6uiV9o2KRRJD4lqPRhR3kzSg452&#10;pF/JhbnrvuL6oVl82FbOuU1rmLA9AqUuMmjOgSqV5FRJbhNJ1yWqs0AgeBkRCcyLjtyShvUsUN0P&#10;xUvbdEoWSu763SFSVp2+Q5tQQ3OlRJmWQXrpemMy79/GN1qGY4+udLPV9JrKdNIy8p8w7vwu5h9I&#10;ouX4Geyd04IKwceYtzkoz90zedBJlmfJuCV14qGmdJn+IVcvbSfabzu3//cBCzpW1H6pKi961jjV&#10;M0MV7s+ZsLxlZmYlC3ewwc2lovS3DHNTI1QJsUQk5hynJPqKHz5aVoSqUiO4diOPlGm3OeuViJ6d&#10;HQ3zrHF5ihHVKqmv78TxIPcOHQ3mjejW1Ji4S3/z9ZkQDBs3pLmxHNt2jXDMDOLot+c5E2+Be+d6&#10;WhdGF4bcxo4GFVXcuxFMRGFrQkrZJjk8q4dQLmTpoQaOZrrbUTZyLOo0Y+bykQyplI6Pzx3SdZEh&#10;h0z1YmslCpsKVBYJjEDwn0ckMC88BrR+owNOKn9WLtjLkeDkrGv+aXER/H34MJtOx0jdrBzrKlaY&#10;Kh9w9nQ46qUHSbf/ZsGnf3CruKBfCHoVKlLFWEnwRS/8k6UNyRHsW/o9W0LydHJJvixd8if36vfi&#10;sxG22PYcxtx2hlzfso11AepaFkQXWZ5Fv3o9WlRNYMf06bQc8BG9R37OG++tZOKyI5wI17piNg8K&#10;Og5oTz1us2bedvb4RBMTG8WV/VuYuCUUk+bdGeWqnqbSw8m1FuZP/Ni46iL+D2PwPrSNwXMu8FCR&#10;/6JPFukhrJ6ynMUnwnjwMIwDy7exLdQA19fb4Kx11ksPx/pV0c+4T0BwQd2Y0Mm9ASYPL7PnYiYu&#10;LRtSXtqqV7MxHWtmcOa3SzywakSPkky/qFE0YHj/Gqg8DjJ5nQeBCWpjyCAmJIBft/zO8ayEpXRt&#10;kosyjG8mf8lnx+9w/+FdDq3cxtYQfVxea0NjSQ+62FGG7xGmLTnBmfBUMpVPuHP+KpdjZNSsVQWF&#10;TjJkkxkZQXC8nJr1bJFyJ4FA8B9HJDAvEAqFPnJDg2dG2Qrn/mxe5E61wAMM7TUKa8eh2LSYTs/5&#10;hzkXmZ51ycOq+xvMaaPg/LK51G36LnUH7iLytX4MsJHOZ/i0mQsr4xksWjBrkjPGHj/RvvW72LWe&#10;z+LotkzvZYmRoULqjjO58eMvbL1fjbFz+uCm7lv1bHhrzhu0Mwhm7doLqO+sLlieLrI8g5EV9WxN&#10;MbKuRbsW9XGxr0o1s8dc/fVHhgzbxH7Nw0oKk82o6SC2fNQO25DfGTNwErVaTqHLvNPEug5g6/Lu&#10;mkskcmx6D+FD93IE715Ny7YT6PipP44fTGB8HX3p3Fn39OYiM3dhfH8V29+fTf22s3nnxwiq9BnF&#10;+nftni4gzoecyk3qU08WhZd3waRAToV2zWhfXkqUjOvSpZVFtmPq16R7h8oYqORU7dCctiZZB2eR&#10;Lasiv6wyfQylZMtI2pedcunjNn4KqwdY4bdpOc2aDcfKcQS1enzCpG03uK/J/XRqE+mcCrmk2zw5&#10;lIGBPsYur/Nlv0y2T/8Ah7YzGbElnIq9RrJulEYPxdqRVO1yRsSe2MbrXd6lYsN3cB5/gkduA1j6&#10;jvocusmgJsknmABVeZq5PV3oLBAI/rvIVBKa789NQuBuzTfBP0JqDL4+oYQlqDC2tMahgS1VTPLm&#10;oI8Jvx6I7yM51Z0ccLJ+/jCeFBHElYB45FXr0MrBghLOARROsbLkoOT+rmU0/SyG93Yu4aNGTxOJ&#10;+MNf03jWDXp8s46NnYuvmTI5Gm+fMO6nyKlYpy5uNcy0XIKSdOgTiN8jfWq5OFDfomCd0jnx4RSG&#10;HHNky7nJdIoK4uKtJExr1KN5HfOiO860W3zU92M2247Ga1NnKmkT9x8iJfIOngEPiVcqqKBe/FrX&#10;CtOC5evcJgVRkhh+i4uByZjY1aFZvfLP2EmxdpSRRLDvbQKj0zGzrYWbgxV58rUsipbhCccWTGPY&#10;mcbsODaBHgV/LBAIXjjK2Q/WfCsdIoERvOBk4rtmPh02yZm17zPm1c9JYFK5vOITem2RMXPv58wr&#10;8u6csiRvAjOVvsVOZeUlE791H9Lxe3OWHZ3LqH8zg/mvk3yVST1WcL7rfC5+5IT60YYCgeDF5nkT&#10;GBFBBS84ejj07kQnqzt8OWwGncd8xTvTvqJvv+m8/sMjmowZwXv2L8uKTT0aDOpBNwN/fvntvpTO&#10;CMoGJVEnTnE4sS7vDHcUyYtA8IogZmAELwWZcWGcOHaVy7djSUjXo1ylajTr0IKuDsVctilzlNw+&#10;9isb/asyZnKbUtymriTS35dA/dq0qWcmRhBlROKdAK7EVaB1Y2uRwAgELwniEpJAIBAIBIKXDnEJ&#10;SSAQCAQCwSuHSGAEAoFAIBC8dIgERiAQCAQCwUuHSGAEgmJQpqWTlv/Jc4IXjFe3jZSkpanfVy4Q&#10;vHqIBEZQMjKSCL31gOjinuD/HyDz3kU+GDqeqs4jqOQ2nXkX0jV7BC8Kr24bKQk7toVu7d7BptEI&#10;bHtu468S+GSG/xHeffsrvr6m7ZUfgtKSEReFf1gCr0B4fCEQdyG9MKRzbuWnTDoYQ5q6SWQy5PoG&#10;mJa3ok4DB3r068ybzSoW/wqAUhD3x/e8tuQqjzJUUrEy9BRGWFWqinOLZrz9ZluaWec8Z0XJg5+/&#10;oPGnN3Cbt4ojI60124sgOZJLV6OxaNyA+uVfpnz5Mb/Pf5+hRywY++mbdFPEobRvR7c6L8szZ/4B&#10;Xri2fIXbKOUqk7ovZ591d1ZNd0XxUEnDPk2eva2/kDZ7cnoTjSdcou3XG9ncvcyer/1qo4xl85gp&#10;zLxcly+OfcTEamJ+oDjEXUj/GdK47R9C6INHRMSk8vhJGslxjwjyu8GRvfuY+tZsun56kbAyf/qZ&#10;ksS74QREpGHXviMjBnRkcNeG2BtE8NuG9XTvs4glFxM1U9RyLJxb8s7ALgxyK5e1pTieXP8fY8Yv&#10;4/NzL9nIOCMSzxsJyB3bMPE1F7r07PhqJy8SL1xbvsJtlBEWzPUYOY1f683Adi70f0NL8iLx0vrf&#10;y4jcFLcenXlLGvS1tBJd67+B0PILiEGTwZy9sJnQq9sJ+X0OH3ephEKVgvfPGxm3JSzrbcFljtwM&#10;t/4DmD91MAs/GM13W77iyg8DaKEMYPnsH9gvjfDUGDl15svP3+XdRgXmgjKSCbsZjOetaOK0VLCw&#10;eb6MxGgCfIPwCo4hucgL+ek8vB2Kd3AsKZotz6B8zP2g23jejCJWm5LSEggOCMYrKIak4hYNSOdK&#10;TlVJMcmE8oX1iSkx3PANI6JgxSVdhN+S6uEfQWRKMQWlxkryhxISlzczzSAmLJTrt+N4rNlSHMrk&#10;GOk8wfjdTdJuHzrLXryei5yzLUwnJdF9LpnERYTj5RPKrYePn13noUsbPcMTHkg2cj08v57SYh/g&#10;I7VX1BPNhgIUb6dSXe+F4ekTTnjWG7PzUtS+wihadmXKE5JVMkzNTLS8z+tZip5nTyMqOKRo35Ls&#10;IvpOKJ6+d7lftKMWT6ltpDg96l7H5MgwvG6WxBY1FOnbClwHv8s3H3ahibFmU14Kk1tQasQlpBeG&#10;ZLaPHceUMxkYtHiHa1t7YZuTXqaFsnTYh3zhk468Shd+PTaWTmV2LUlJ+NbPcP0yjnE/fsUSt7zD&#10;OCV3flpCm8X+1J/+Jcffq0bm1V30mHWVVp9/zuet1e8lUhJ1fg9j5h3idGT2KE9h48rnW6dR9Yc5&#10;TDsWS2xiOnpmZpgbyDBqPoxTq9ypEHKOuZ/uZvfVSOKzehIZJrYuzFw2mRlNs59Qm+bxC93nhDF4&#10;qTsRa35g4+VYKdTKsXTqyppvRtKnSo6ClDw4s5dJn/6Pk3efZL09Wd+yJoNmT+GbAbboS7r12L6Z&#10;ad9cwjdeHfikwF/dhfcXT2RWy3LPZPGPT2+m9dwLRMQnkyo3xsrMAIV9b/b90I9617LrNOiTplz+&#10;ZAv772Zg2WcGocubS79MxWvnVmasOYfno+zuUW5iQ4fhb7Pm/WbYZak2g79XfsR7N9uyfsBDPvvk&#10;GJceSXUyqkTf+bP5tksia+dvYMVfUdLZ9LBp1o/vvxlI+2deKqkhM5YT6zYwa8t1QlPUkuth1aAN&#10;i1aMZ0TWbETxshev53T+t2B2oW1p6VmUTkqm+xwSfU8w55M97PGJz15PIDekZsvuLFn8Jr2r6RXZ&#10;Rg0LzETkyvdFR8K+/p5vPeOlVlBQu/s7/Ly8GY9+2MikjZ6EStmifsUGzFwxi7kts20wI7h4O1VG&#10;X+eLWRtY/XeMlB5JGFjSbe6H7Bxhi6yIfYUlHkXLnsnxTz5gwuFHxCakSW1hjrlCH8eR8znwXt43&#10;oT8pss0szmZfQmo+6x2sf9/BVm+1TrT5FsR5H2Xmwj0cuJmclfTJTCrRVYpVG8Y7UbGwBixAThuU&#10;1kaK0rFaj8XXMcfv2rCycyAzF10kNN2MARNa47fXjxYLP2NNNzP1gVkoYy8yddh2bvaawYkpdaUt&#10;uvn2xVUfM+aUA9/seYuOiuLkFohLSK8CCjuG9q5LVrrw8CbnAtVOXgBlDDtmTMe502Qaafm4vrMf&#10;z2y/KwFyqvdsRQtFBj6X/YmRBg6qpDgiIqOJTNTkvWkBfPXxQa7XGcTJiz/zyGM1v05zpZqBAS79&#10;B7NgiD3l5fo4vTaYj2a8yYdvNsBSsroE/xvctG7Lss3LuX52A1e2Dqd92jW++PwoNzT1VCUncP/+&#10;TVbN2Mxf1fry485F7J7jhnnAcWavukp89mFkBv/O2Bn7uGQuBafNn3Nm5wcs62PO1b9ukSAlN3cP&#10;bGLoMj8qvPUB1zx3cO+PuUypGsTSmd+zVzOzlBdFg3bMf78bbaxk6NduwRyp3gtHNskKUll1enBL&#10;GmXtIqT9WA7vnM+mYbWlX0mJ4IH1DPn0HLGub/DDj0s4tWMGn3Q04NLmtYzcFJLdGUnpVVJMDHc9&#10;DzLqswAcp87l5E+TGFM7jt+WraHP6NXsNunGlp2f8dMkBzI9DjB3S0hWUH4WJYE/rWX0hkDK9R7N&#10;r3uWcmLjSIZYBnPMSz2W1k324vVcdFsWpZOS6l6NMuI0E8Z/z544e2at/JhTez/lx5luKLwOMWba&#10;AbwlRRbVRgXJke/rGT/wd71B7Nn9sVS/akQe/5HRI5cw6jdDxny9iOPfDKB1ZgArlvyPnLWtxdup&#10;1DFu3MxK/2rM37OZR35b8No8hK6V1RUpap92ipddH+c+g/hwWAOpY9bDvvsAPpo+hEkdrfMkL2qK&#10;brMsVCkcXrmNS7X7s6MQ31LeP8OUiT9y2qonO//YxkPPtewdVZGr36xh5uE4qYV14/lspGg96lbH&#10;bL+7532Yqasi6bLoY078MInx3epS93EEBw5eJTpXGCWPTp3l4B0l9RvZZv2tq28nRj8iIiKWeE14&#10;LFxuQVkgEpiXAjmVqltjLpO+ZsZz/6GWBEZugmPH9gztp+3TgSE96lGaNWVycxtqVpCRGR3DfW3R&#10;KvUBtx9AVedGuFjqoW9emfYDu9Nb6klsm7ZleNuqmMnk2DbrwMjBnRnWurI09gWr18ZxaMVghray&#10;o4aNFfatejK1hw2q4FB88l43UT3GottkDi7pSQ9Xe7qPfIcJTfSkIHUDv6yokcGVPcc5n1qTSUvH&#10;MKpdXRq7ujFm/odcWeuOVUYY27d6kOjWn7WTXKhlqo+ZNLqb/UEXHOI82fWnOsXJj9ymPgP7u1Df&#10;VIa8kj1DpHqP6GSHuWY/yiSSavTluwUdaOvqTHfXilI1Qtj6vRQEa3Znw1cDGNC8Dk2atmCaNFKf&#10;aJ+B1+4/OJcd5bJQpZrR78sFrHzTmabN2vPJODcsUsK5V/tt9n31Oj1d6/P6+EEMtlMR6BVIlDbd&#10;pwWy9Wd/khv0ZsMnXeniXIvm7t1YumUlPw6UalsS2YvUs9R+RbRlFlp1UnLdqy8TXNt1iKMxVRi7&#10;dApzejvSpJEDfcZM4tt37EjzO8mWK+nFt1FBJPkse0xmn6SnTo0deXNmX3qUf4L//aos+X4qUzrZ&#10;06LrG8zrUwnV7UAuP8quWfF2+pjgO4+gUl06OJqjr29C7ZbujOtSGb0i92lDF9kzqdykDcPb20pt&#10;IaOySzupLdzpWb/gNQsd2kw6pu6Q9/mtUN/KxG/PYY4kOTBr8QC6VjdCYWpDlwkjeLduEscOelBI&#10;DqqdUttIUXosWR2VcanUHjeFZf0cad66Cc0buDGgrRmJFy/xe6zmQGUix074kVy5KQNbGZXYt59B&#10;m9yCMkEkMC8JyowMMrOyeilga201I1z79Gfe1MFZ61jyfwYxd6gTlUrV2qrs6+dyqdzsDfkxrUtr&#10;J31u/LiOsZsu4x9foohGXHgQf544z679ZzkfkYlKmU5q3mAgM6JRcwdy18TJy1OzqgkkJhGnrpcy&#10;Bg+fKLB1xL32s92CMlbqjIKUlDdK5PT+U/z0a/Znp0+CNGLNICTkgfRvSTGm05ud8y2aVEbd5GKI&#10;Crs2TXHL25co7Ojc0hpZdAie4U91IzOuQRu3py9zNK5mQ2U9OfbNnKiWI4Z+RexsZKiSkonTolZl&#10;VBBe96BG80ZaF3CWSPbi9FwsWnRSGt0rY7nkGYGqqjO9nPNeJ9WnYbuG2MniuK5u75Kilq9Z/afy&#10;GVlTw1qOXm1HOlTOFRrbqpbIVSnE5QyhsyjKTo1p2rQ2isCjjJ99gP/dSpK61ByK2qeFf0r2wijW&#10;txK55HUXZTkFMX+fzm2/nw4GEy3ZaFp4BCElcp7S2kgReixpHc2cGTW4mnTuHMzo2suViik3OKhJ&#10;qJUxnvx2KY0aXVrTSmqGkvr2szwrt6BsyDFdwQtNJiG37pOs/qpnQdVK2sdvSZF38Q2QRobPfO5w&#10;424xwbMwUmKIkIK5fkUrqmpzQH07pq6ewdxWKk6uXkHrTjMY/LUHd4oJbFnXtMdMpUHXhQxfuIMv&#10;1u9nm4duU9J6ejIpr1JlHyuNbmITpVhsboalFrWo4hKlYKwixvsvvt64nxU5nx98SaxmS6Ma5Qpd&#10;i1Ao0shXX0o28qKMSSBWJcOyQsHzyalgaYpM9VjqF4qQTjqneoItP9K2rGKkJDLr7/wo45KIl8q0&#10;KG+mVYbnlT2fnotDi05KVb4ygeh46XQW5cm9e1+DnqU5FjIVSUmFLzXVHSkhf1bh0rZsGaRqZ1G8&#10;nerhOHo62yc3QnV2F8P7TKbZezs5elftbUXt08K/Jnvh5GtzVSKPEqTvsbfY8W2e9tt4iDPJ1jg4&#10;VKFCUQZUkFLbSBF6LGEdZTLpbAXqbN6mFd0rPubCcQ+ilEoe/nmJ808q83ov+6zHVpSFbxeUW1A2&#10;CK2+DMT78f2hO1mjVXnFerTSMtNA5gM2T/uANn3n0PaZj7T9nd2cL2qasxBiLnhzJVWPhm71Ka/Z&#10;VhD9Si7MXfcV1w/N4sO2cs5tWsOE7RFFJEyPOblqI8uvmPLW+tWEXFzPtRNf88uwvCMjHZEpMFJI&#10;cSxVCiJaenmZsRHGUqdUvd9ULp1Yg1fez/HlbBtatUBQKh0yY0OM1NfAE1IKyC2N3uNTUMnMsMpd&#10;fFA2yIwVUoBVkZzyWGuC82/JXhilKl9miCQWquRkstZz5iEzPpkEdcJmUeiFojJGRzvVt6Lr5Flc&#10;/HM5P7/fGL3LBxg99yi31PUval9BXijZJaT6mBlJSU219mw+XLD9VnNhdVfqPacB6WwjhelRWQZ1&#10;NHFiYJeKpHpc5nBkHEdP+PO4TgsGOGW38v+Hbwt0Q2j9BUSV/oSYh7HcDQ/j4rFDTHp3FT/cUWf4&#10;ClyHdKWttjuQ9GwYuXwxJ3ct4o9nPov549s3aPn04rdOZNz9m/mrLvHIoglj+hfX2cmxqNOMmctH&#10;MqRSOj4+d7LvFpDLpT3qx53ncf3MaK4FxCGr15LRHWyk4KBGRVp6htaOuEj0rHGsbYoqPIgr+Rbp&#10;ZPAwOgls7GhQUcW9G8FEaOs0ygg9WzscLFSEXvHjdt5yMiI4dVl9iasOzXMvVZQNelWrY19OKtM7&#10;kHyD+rR4ouKUyMtadm1tWQSlKl9qT6d6ZlJ7+nMmLG97ZnLrgh93sMHN5V9aQ1BCO5WXs6X3e5P5&#10;so8Vj/2D8MkzYChqXy7/hOwlbLN8yC1pWM8C1f1QvCKLmGGQyEhJJqkUA6SS2sgzeszQvY6Fo6B1&#10;72bUeBLAwb1/8ptHOo26t8q9m+2f8u3S6kzwFJHAvIBkeO6kXfvxNOwym+5Tf+Inv2QpYBpQq+e7&#10;bBhTM88ivLxICUT12jR1safZM596uNWxKOR3GlSPCbpwjp0HzvDz7iMsW/QVHQasYWd0NUYtGsWb&#10;hSygyfA9wrQlJzgTnkqm8gl3zl/lcoyMmrWqZJWnb21BRVkG3mevEPToId4B0aTpWVC9kiHKO34c&#10;v6VeCfmYW0e2M3NnUbM2hWFIx34tqZFxg68/3s+J2/HERASx+8sldJx1hnv6DRjevwYqj4NMXudB&#10;YNbzIzKICQng1y2/c7zUQa8Aho14q29V8P2NiUvP4xmRSMzdQH5evJ51/oa0Hd6V5iVMIIvFuBFD&#10;e9qQfuUg0zdd49ajRMKvn2PhmHmMORiDUlG2smttS80+rZSqfAUdB7SnHrdZM287e3yiiYmN4sr+&#10;LUzcEopJ8+6Mci3xPF3p0MVOM26zYeE2vr8YSWKmkpS71znqlYC8elXqyorYp76l8BnKXvYSt1k+&#10;DGj9RgecVP6sXLCXI8HZtyinxUXw9+HDbDot2Zj6sNRLTOg4mrrjjhFRUnfSxUaK0rGBjnUsBoVz&#10;a/rUzOD85oOcyahDv57qxy9o+Cd8+3l0JshFJDAvDPrY2Jjnm5qW6RlQ3roKbu3dmbfyc06t7ET9&#10;su4EJYwtzDEjlmPfbOC9OeuY/NluNp+LoVq3IezYs4iVXa2eGopCH4XcAENNPWTljIg9sY3Xu7xL&#10;xYbv4Dz+BI/cBrD0nexnUujVaMModwseHlmPW+vJdF16lUdKM/pMGEgnoxt8+MZY7JqOxX11HIPG&#10;taaKoQFGOVM9mrLUl4ieIkOhMEAufRSaNQymLYewYZoz+pd3M7DnOGq5L2DC/if0GOxGVbk+buOn&#10;sHqAFX6bltOs2XCsHEdQq8cnTNp2g/uFRXPpd0ZSAVllaTZlUUD+pyhoNeV9VvStSNBPa3B3H0Ot&#10;zguZuD+J5hOn892IpzNYCukccukE+SbSDPQxlMo0NNTLU54ehtJ2PYUCAy3rNdQLt9tPm8iCNnqc&#10;W/0FTVuPwWnQen5OdWNkJ3Wb6Si7jnrW3pbSjkJ1UjrdGzUdxJaP2mEb8jtjBk6iVsspdJl3mljX&#10;AWxd3v3pJYHC2qggWuXTx0AhRyHZW97lCfqG0nb1sfpqoXWwU5kJpvGXmf/OVKo7DaNq5y/5IbY+&#10;sxf0wsmgiH2F5CG6yi6XOm61vRhJMhRFcW1WXJsrnPuzeZE71QIPMLTXKKwdh2LTYjo95x/mXGR6&#10;9kxURgrxKSr0TY0wKqw6z2MjRelY0qNOdZTI9jupDpq/86GozcDXa2OYliHFk3b0q5FXkJL6dp4y&#10;CpNbF50JikU8yE7w/GQkEex7m8DodMxsa+HmYIWJZlcWyiSCPAO5mWhILWcHHHNW1SVHc9U7lIcy&#10;a1zdalDpmeBWMh4/DMPjRhTJRtY0dqlB5QKRKiXyDp4BD4lXKqigXiBY1wrTMg8eSpIiQvEMjCFZ&#10;rxz2znWp84+/NyiNyJtBeN99jHG1WjRzsNRc7nhKmcleWFsWQ2nKV0r24e0Txv0UORXr1MWthvbF&#10;yv84xdppJrF3gvEKjifNVLI955pUyb1bpah9hVOmspeyzfKRGoOvTyhhCSqMLa1xaGBLFRN1AyqJ&#10;PLiKVgvCeGPTEr5qk8/zS0TRNqKDHgutY1lRVr5ddjp72XneB9mJBEYgEAgEpSPtNksGf8Je1xmc&#10;/NgFS81mQREIneUinsQrEAgEgv8XMsPDiG04iHXTRfKiK0JnZYeYgREIBAKBQPCvI2ZgBAKBQCAQ&#10;vHKIBEYgEAgEAsFLh0hgBAKBQCAQvHSIBEYgEAgEAsFLh0hgBAKBQCAQvHSIBEYgEAgEgv8QyrR0&#10;0l6BVxSIBEYgEAjykBEXhX9YQgneGSQQvBhk3rvIB0PHU9V5BJXcpjPvQrpmz38TkcAI/h94TIjn&#10;Nc4GJ+n0orX/F5IjuXTGj5vx4k1rrxTKWLbOmEHLXivZfO8lbft/3HbL0H9faj970eLYY06s28p3&#10;/ha8vWwee5b0xb2Ql/D+VxAJjODfJy2IdbOWMWS1t+RyLyZPrv+PMeOX8fm5//YIRlAAuSluPTrz&#10;1pttaWn1cobHf9x2y9B/X2o/e9HiWEYknjcSkDu2YeJrLnTp2ZFudf5f3h72ryESmBcQZXIMAb7B&#10;+N1Nyno1/DNkJBN+6zae/hFEphST+6fGSucKJSRO/Zr6HDKICQvl+u24oh0vLZGQgBBu3E8l76+f&#10;kkl8xF28rt/mZuTjIkchyZFheN2MIUlzUNbjn4t7BnSp6p5O9J1QPH3vcj+5GN2kxXPLP4SbUU80&#10;G57leZ5TnZEYLdU/CK/gGAqrSnFtXawtpCUQHBCMV9BT3eYnk7h7YXj6hBOeULAVi9qnoQS2VrCN&#10;y5Ri5ZQ6w9gH+NwII6K4di8SBa6D3+WbD7vQRNtLF4v1CQ2l9Tsd5MwmnYe3Q/EOjiVFs6Ugz/eM&#10;9aL9qDj/LdZuC1B4XSUbjQjHyyeUWw+LjjH5UD7mfpBktzejiNVaAV3jRNF6Lk4ParT7RQniVF6K&#10;8kdJ5uRUlZSDm1C+BHlL6etX+vhfVohXCbxIZMZyYt0GZm25TmiKuln0sGrQhkUrxjMiK5NOxWvn&#10;VmasOYfno2yvlJvY0GH426x5vxl2Wa/oz+DvlR/x3s22rB/wkM8+OcalR1IQNapE3/mz+bZLImvn&#10;b2DFX1HS2fSwadaP778ZSHsLdS6b/dvxwR3Y8NoDFi85wfkoaWQkM6JO92Fs/aI7zlkvTs0k8FB2&#10;Pf4OS8kOUDJDarTrz8av+tI66w2tOfVow8rOgcxcdJHQdDPeGOOG169XeBCfwmO5MVZm+tJPHfl0&#10;7/uMsFY+R90hzvsoMxfu4cDN5Kw6yUwq0XXsODaMd6Ji1iFPdbNhYAxLPjvKuSjpSD0zXN8cx08L&#10;WmCr94T/LZjNtGOxxCamS7vMMDeQYdR8GKdWuaPLjGxG8Dnmfrqb3Vcjic9WDia2LsxcNpkZTc2y&#10;Rw3FtXWxtpCMx/bNTPvmEr7x6k5Shml1F95fPJFZLctllaGMvs4Xszaw+u8YslI0A0u6zf2QnSNs&#10;kRWxLzv2lcTW8rfxgElt8N/ti9uCT1jTI7suWcRdYsqwbQT0nM6JKfU0G4ujeDnJfMihpWuY8Usg&#10;anPVK1eDIbMH4/DHNg42mMTv0x2ktCSdU0vmMcmrGVt2DKFFzhul067xQf9NeHR5XzquvnRcBhdX&#10;fcyYUw58s+ctOip09YmntlUa29VFzjSPX+g+J4zBS92JWPMDGy/HkibtsXTqyppvRtKnSvpz266a&#10;ovzI5ORGWn90qRD/lQoo1m5zKN7PEn1PMOeTPezxic9ejyQ3pGbL7ixZ/Ca9q+U9V16UPDizl0mf&#10;/o+Td59k5Rb6ljUZNHsK3wywRW22xcWJ4vUsJ+VEUXrIiWP5/WLw2g1811WhQ5zSRtH+aHN+M63n&#10;XiAiPpnUrPoYoLDvzb4f+tEwy1fzot1vda9f6eN/Thk5iFcJ/GdQEvjTWkZvCKRc79H8umcpJzaO&#10;ZIhlMMe81Lm/kvAD6xny6TliXd/ghx+XcGrHDD7paMClzWsZuSlEs+hQRVJMDHc9DzLqswAcp87l&#10;5E+TGFM7jt+WraHP6NXsNunGlp2f8dMkBzI9DjB3S0i2EWp+G35xN8MWXsPmrSkc27OQtYOqEHVs&#10;G+M3BmnKSMH78j0qvz6Sfb+t5eaZlfw224m0c3uYuz0837nueR9m6qpIuiz6mBM/TGJc147Mn9aF&#10;5uVkKBzaMH/GUD56v6vG6Etfd+X9M0yZ+COnrXqyU+q4HnquZe+oilz9Zg0zD8dpRgc55/+NUR/7&#10;YDd2Bid2zWGxuzE+v2xh8Sm1ng1w6T+YBUPsKS/Xx+m1wXw0400+fLMBljp6S4L/DW5at2XZ5uVc&#10;P7uBK1uH017qKL/4/Cg3spRTfFsXt//ugU0MXeZHhbc+4JrnDu79MZcpVYNYOvN79j5USysFkI2b&#10;Welfjfl7NvPIbwtem4fQtbI6mhW1T03JbK1gG4/vWg/7tAgO7LtCVO6IS0n0X2c5GKqkfqPqmm3F&#10;oYucSoJ2bGDij3ew7jOG/bsl25hox7Vlq/ni74dEPEqVapl9rvjoRzx4EEdC1t8aMlOJuh8rHZei&#10;OU5FonRcREQs8VkbdPWJ0tuubnJKJSQncP/+TVbN2Mxf1fry485F7J7jhnnAcWavukp8GdhucX5k&#10;4NShCP8tzm7zUnRdlRGnmTD+e/bE2TNr5cec2vspP850Q+F1iDHTDuCdrfRnyAz+nbEz9nHJXOo4&#10;N3/OmZ0fsKyPOVf/upXV7rrEieL1DIZF6kG7X4x10tcxThWkeH+kQTvmv9+NNlYy9Gu3YI6ky4Uj&#10;m2gGGgV53vqVPv6ryyhLdDRrwT9OWiBbf/YnuUFvNnzSlS7OtWju3o2lW1by40Bzqc8JYev3V4mu&#10;2Z0NXw1gQPM6NGnagmnSqH6ifQZeu//gXB6nVqWa0e/LBax805mmzdrzyTg3LFLCuVf7bfZ99To9&#10;Xevz+vhBDLZTEegljVzzeI7qsSm9vljID+Na0NLZibcXjmJUbRUBx85zNasMcwYt+ojNUzvQob4N&#10;lStVo8Nbr9HXVsVN/1BprPAUZVwqtcdNYVk/R5q3bkKrxo4MfqMx9UwkR6viyLDBnXmnfyNqP03K&#10;S1H3TPz2HOZIkgOzFg+ga3UjFKY2dJkwgnfrJnHsoAeaPiALVaopfb/6kHVvu9HcpQmT5vekpV48&#10;ly7fyRpp2TZty/C2VTGTSd+bdWCkVMdhrStLo3PdsHptHIdWDGZoKztq2Fhh36onU3vYoAoOxUd9&#10;7aC4ti7WFsLYvtWDRLf+rJ3kQi1Tfcyk0frsD7rgEOfJrj8TpEDzmOA7j6BSXTo4mqOvb0Ltlu6M&#10;61JZGhMXtU+ihLZWsI2bOzRlUIfyJF+5yP8iNYpXJnLsuC9JlZoyoJVR9rbi0EVO6ZjdvwaQUqcH&#10;ayRddWpcn17vTuTginZU1d4blIrifSKbUvmdTu2pQfUYi26TObikJz1c7ek+8h0mNNGTOpob+KU9&#10;r+0W70cxlRoU7r/F2W0+iqprJtd2HeJoTBXGLp3CnN6ONGnkQJ8xk/j2HTvS/E6y5Yq2NTMZXNlz&#10;nPOpNZm0dAyj2tWlsasbY+Z/yJW17ljpIF9unChSz6BXpQg9aHjGL6qoShSnctHBHy9Y1Gdgfxfq&#10;m8qQV7JniFSfEZ3spEhdOKWvX+njf/MqZZtyiATmBUEZFYTXPajRvBH2WpJUZdRNLoaosGvTFLe8&#10;1+YVdnRuaY0sOgTP8KfWLzOuQRs3zeUKCeNqkqHpybFv5kTu7Kt+RexsZKiSkonL4zgyk7p0b2/1&#10;1DgUNaXEwxzlvXsEJGm2qclMJuT6dQ4dPsvPv/lzN0OF8kla9iWJHMycGTW4WtbUra6UuO4ZiVzy&#10;uouynIKYv0/z06+nsj8Hg4mWjk8LjyAke1iQRfb5zXPPL69YieqSp8fHJxcyAioNSuLCg/jzxHl2&#10;7T/L+YhMVMp0UqXgV3xbF7M/NpDLQUrKGyVyer9GVumz0ydB0nMGISEPpH+Nadq0NorAo4yffYD/&#10;3UqSwncORe0rua0928bGdOrblGpP/DlwIjpLp8oYT367mEaNrq1pbZh9VHHoJGfSbTxDlNi4OdEo&#10;t/OQY9OiEc46lqMLuvpEafxOt/bUIDOiUXMHctcXy8tTs6oJJCYRlz2FVHqkJLMkflSQ4uxWZ5Sx&#10;XPKMQFXVmV75GlGfhu0aYieL47pPlGZbHpQxeKi32zriXjtH2XkoiXxloeeCflFK/ZbYH3Xleev3&#10;D8X/kpDrj4L/X5RxScSrZFiUN9OsQciPMiaBWGm/ZYVyBfbLqWBpikwaMSQWtUJKJkOm+foUaVuW&#10;Baik/4pCjkU5E+nfNJKzFo4pibqwhwHdJuD65ldMW76H5ZtOcv7hs2eRyfTQ0yZQSSiu7qpEHiVI&#10;zhN7ix3f7mfFxpzPIc4kW+PgUIUKRdZBjtTHoFSVIghoIWvtyZipNOi6kOELd/DF+v1s83g6PVxs&#10;WxezXxWXKAVRFTHef/F1rqzS5wdfEqvZ0qiG2kb0cBw9ne2TG6E6u4vhfSbT7L2dHL2rTlWK2ieV&#10;X0Jb09bGJs3a8Xr1TC7/fomQTCUP/7zEuSeVeb23PbrmFbrISUISCZlyyluYatXVP0dBnygEHfxO&#10;t/YsHD09qQTp989tvc/pR8XZrc4oE4iOl7RkUR7rAifSszTHQqYiKangJSkJZRKxidLvzM2w1FaB&#10;55SvpHp+xi9KWf5zx/5CKH39/uX4XwQigXlBkBkrpMCukoLhY63JhMzYECNpT2JCSr7RstqY4uJT&#10;UMnMsNL1QneJURIvlauUG1PeXCoj5TqL5+3jvLk7vxzfzO2/1uB19APGahv1/BvIDDEzkgJMtfZs&#10;PizV5USez/HVXFjdlXr/WtUec3LVRpZfMeWt9asJubieaye+5pdhT0chxbd1cfuNMJZ6wOr9pnIp&#10;r6xZ8i5n29Cq2YFO34quk2dx8c/l/Px+Y/QuH2D03KPcUhtQEfvKxNYU9Rjcw5bM6xc5EBLDkeM3&#10;eFy3BQOfXVFYKLrIqW8o6UqmJDmpmLuC1EmDlExIUVqrTktOAZ94DnRuz3+a5/Sj4uxWZ6R6SKdC&#10;lZxM1nrmPGTGJ5OgTpIstFwckSkwUv8uVerQtTrO/3OcKGX5/1rs17V+L1D8/6d6PEEJ0ataHfty&#10;KkK9A9EMhLNJiycqTomerR0OFtL+K37czrs/I4JTl9XTpnVoXrlsmlOVGsG1G3lu9Ey7zVmvRPTs&#10;7GhoKgWR+7fxjZbh2KMr3Ww18/bKdNIydA1bMtSDmYz0dMrk6Q9ySxrWs0B1PxSvnDUXz4tcLjmH&#10;krS0AhFUCiHJCY81Cze1kBnNtYA4ZPVaMrqDjRR41KhIS8/IDerFtnUx++U2djSoqOLejWAiClZP&#10;C/JytvR+bzJf9rHisX8QPnkqr21f2diaHs6vt6IxIRz8+TD7PTJw7t463x0RGSnJJBWqSKluOsgp&#10;t6xK3YoQ4RtEWO4xSmK9b+Kfby5bhrmp1A0kxBKRmGMjSqIlGX3yHaed4nzieShpexZLaW1XZz/S&#10;7r/F2a1WtNVVzxqnemaowv05E5b3d5ncuuDHHWxwc5EavSDS7xxrm0q/C+LK/by/y+BhdJKUbJZ1&#10;nChhHCtl+f9a7Nexfs8f/8sOkcC8KBg3YmhPG9KvHGT6pmvcepRI+PVzLBwzjzEHY1AaNuKtvlXB&#10;9zcmLj2PZ0QiMXcD+Xnxetb5G9J2eFea564BeE7SQ1g9ZTmLT4Tx4GEYB5ZvY1uoAa6vt8FZ6oD0&#10;KlSkirGS4Ite+CdLxydHsG/p92wJ0dEp9SypVEFGup83R0LiCbtxh/AiOrLiMaD1Gx1wUvmzcsFe&#10;jgRn3/6XFhfB34cPs+m0pL/sA3VG39qCirIMvM9eIejRQ7wDorMCf8rx9TRsPpZBOwo5p54F1SsZ&#10;orzjx/Fb6g7vMbeObGfmzoino6fi2rq4/YoGDO9fA5XHQSav8yAw6xkuGcSEBPDrlt85rg4+GbfZ&#10;sHAb31+MJDFTScrd6xz1SkBeXerwZUXsM5BOVUa2plerDQNc5Hjv/J1zmXXp17Pa05mE1EtM6Dia&#10;uuOOEVFY4+gip6I+/TrZoPI5wpzNvoRER+NxYBsD3z/GTbUR5KKHk2stzJ/4sXHVRfwfxuB9aBuD&#10;51zgoUI9M1MMxfjEc6GLnCWg1Larqx8V5r/F2a36twXQXlcFHQe0px63WTNvO3t8oomJjeLK/i1M&#10;3BKKSfPujHLVpnRDOvZrSY2MG3z98X5O3I4nJiKI3V8uoeOsM9xTlnGcKHEcK2X5/1rs161+zx3/&#10;yxCRwLwwGNF+2kQWtNHj3OovaNp6DE6D1vNzqhsjO6kXDypoNeV9VvStSNBPa3B3H0OtzguZuD+J&#10;5hOn892Ip9PMCoU+cvXUuubvLAz0MZRLH0O9PI2uh6G0XU+hwCBPDJeZuzC+v4rt78+mftvZvPNj&#10;BFX6jGL9u3bZl0EsWjBrkjPGHj/RvvW72LWez+LotkzvZYmRVG7+ehjkr4cavcoMeNONSjEXGN9j&#10;HI2GbOdobLbxl7buCuf+bF7kTrXAAwztNQprx6HYtJhOz/mHOReZnjv7ofX8MuncUidmJO3LUYNe&#10;jTaMcrfg4ZH1uLWeTNelV3kkVTE9MYVklR6mpopCnMeMPhMG0snoBh++MRa7pmNxXx3HoHGtqSLp&#10;wihLOcW1dXH79XEbP4XVA6zw27ScZs2GY+U4glo9PmHSthvcVwdRmQmm8ZeZ/85UqjsNo2rnL/kh&#10;tj6zF/TCyaCIfVkNXFJb09LGaqQRcf8+TpSXkiQD15b0s8ujsYwU4lNU6JsaYVRoFNJBTqnkdlPG&#10;Mt1FyV8rF+HSZhJdPvOh1sQ36JFvZkSOTe8hfOhejuDdq2nZdgIdP/XH8YMJjK+jL8mhztyy0SZT&#10;sT4hUVrb1U1OCen8CrlkQ/k6K1lW3eXSJycPK73tSkXo4keF+m9xdvsshdXVqOkgtnzUDtuQ3xkz&#10;cBK1Wk6hy7zTxLoOYOvy7oVe6jFtOYQN05zRv7ybgT3HUct9ARP2P6HHYDeqShXQST4d9Vx8HHvW&#10;L3SNU/nR0R8lOzOSKpdVz6zfFc5z1e95438ZIh5k98KRRuTNILzvPsa4Wi2aOUhGodmTjZKkiFA8&#10;A2NI1iuHvXNd6mQ9e6AsSOfEh1MYcsyRLecm0ykqiIu3kjCtUY/mdcxzA3UOSdLo5kpAPPKqdWjl&#10;YCG5WUlQEhsSyBUpyze2q0sr+/LPnL9UpMbg6xNKWIIKY0trHBrYUsWklPpRJhHkGcjNRENqOTvg&#10;aJnIrmmzmBTYit17R9OpqHsUk6O56h3KQ5k1rm41qKRVOcW1dXH7pVF15B08Ax4Sr1RQQb3gs64V&#10;prniZhJ7Jxiv4HjSTK1p7FxTGjlpdhW5L4fnt7WUC5tpPuYMdResZN/wiprAqiTy4CpaLQjjjU1L&#10;+KqNSdbWoihaTgllCiHXAwmI1aeGcwMcTS4zss1qLvaag/di1zxB9DHhPoH4PdKnlosD9XMfJFcY&#10;JfOJ56VYOXXleWxXTbF+VJT/Fm+3+ShY1zwrWZWSH3n7hHE/RU7FOnVxq6HbAuHHD8PwuBFFspFk&#10;2y41qFywFy2zOFHKOFaq8v/J2F8AHer3fPE/m+d9kJ1IYAR5yBusp9L3n0ydX0LSfHfTecQFmq9d&#10;zIp2ZpqtgsJJ5cjc6Qw/ZsdXv89ldM6jYNNus2TwJ+x1ncHJj12wzN5atqT+XUgCU1L+Gz4hbFfw&#10;IiKexCsQ/CsoCQ1MovHU8SwUHYBuxHmy+1QcJk1b0Fv9mHkNmeFhxDYcxLrp/1DyIiiAsF3BfxO9&#10;TyQ035+bJ4/8NN8ELycyZOmPUVapT/eWdlQQ6W0eZFRo4Eov14pFT4cLcsmMfsCt1Ar0HtaFtlUV&#10;ueuL5FY16da5PtX/ydkMqbAnKXJqNG9CuzpPHyxXcv4LPiFsV/BiYlihoeZb6RCXkAQCgUAgEPzr&#10;iEtIAoFAIBAIXjlEAiMQCAQCgeClQyQwAoFAIBAIXjpEAiMQCAQCgeClQyQwAoFAIBAIXjpEAvOf&#10;IpPr21bx2qSDXCnynRwCgUAgELzciATmP4WSyFsBXLh8h4gyuzleIBAIBIIXD5HACAQCgUAgeOkQ&#10;CcwLRybxEXfxun6bm5GPyX63aVmQTvSdUDx973I/WfezpsVF4uMTyu1Y9YvViyAlhhu+YUTkO3cm&#10;cRHheEm/v/WwrGTJICb8Dt6B0SRmajYJBAKB4JVDJDAvDJkEHvqe17qOobb7TDoOmkfzDuNwGbuf&#10;C/HZXX/MsY24tZvO6H1R0tHZKCPPM6H3BNxXBPBEs60gcd5HGd3nPep3m4P7gJk0aPs+g9b7El1U&#10;RpEZxW+fL6Rh26m0HTgH17ajqdlSqlvLsTh/8Dfx0iFpHr/g3nkZ68+eZOTrU2k14ANaf+KR9fNE&#10;3xNMHDiBeu6z6Cj9vmn7cbi+u4PD955mHU8ubKNVhwUs9sybHKXzx2KpjgN3ckmzjie7nK/4zuNv&#10;5o2YjEOXD2j/uvT/Xl/znf/j7IMEAoFA8EohEpgXhhS8L9+j8usj2ffbWm6eWclvs51IO7eHudvD&#10;UXfxVu5dGWgTzb6VO/g1Sso+lPEcWrGD3Y9qMXKIvdY37irvn2HKxB85bdWTnX9s46HnWvaOqsjV&#10;b9Yw83BcIbMiSu4f2MaUHY9o+eEyQv22cW1NR6qnplCuWQ/mDqiD+pVwquQE7j+4xTcf7iKk/VgO&#10;75zPpmG1UUacZsL479kTZ8+slR9zau+n/DjTDYXXIcZMO4C3JjHJTIjj3sNHRCXlXbCjJCH6EQ8i&#10;40nQbMkq574vn0/8lhMVe7L558/5bXEn6jy8xLw5+/EQC5YFAoHglUMkMC8M5gxa9BGbp3agQ30b&#10;KleqRoe3XqOvrYqb/qGkqg9R1GHagp44xl1m0aqr3D6zi48PP6bd5BGMsNXWlJn47TnMkSQHZi0e&#10;QNfqRihMbegyYQTv1k3i2EEPHmrNYDK4fMGfpBqtmfpGTSz1jajl3p+3XeHuI0NaN7VBT3MkyiTp&#10;uL58t6ADbV2d6e5qybVdhzgaU4WxS6cwp7cjTRo50GfMJL59x440v5NsuZKu+XEJUKVh2XkCh1b2&#10;pY9bXToMGsWKoVVRBl3i1+vFXN4SCAQCwX8OkcC8aGQmE3L9OocOn+Xn3/y5m6FC+SQt9/KQSZP+&#10;fDG0MhEHv6PXgr+IdunHF29WfZpQ5EWZyCWvuyjLKYj5+zQ//Xoq+3MwmGjpB2nhEYQU0vfL1ZaR&#10;mUluqqF6TIq6Enpy9HJeK5yFMZ3e7Iy9vuZPZSyXPCNQVXWml3PeOSF9GrZriJ0sjus+UZptJUBm&#10;hFtHF6rkWqw+jdzqYaV8yM3gFM02gUAgELwqiATmhUFJ1IU9DOg2Adc3v2La8j0s33SS8w8L3g9t&#10;TJu3O9FMFs/9aEPaD+pIg5zkoSCqRB4lSAlQ7C12fLufFRtzPoc4k2yNg0MVKmjNfPRp09mFCnfP&#10;smjVOc5dv8nhzdv59rqCltL2qnmtRiZDX0pqclEmEB0vbbYoj3WBc+tZmmMhU5GUVDYJh7ycCeXk&#10;KlKTxToYgUAgeNUQCcyLQsp1Fs/bx3lzd345vpnbf63B6+gHjK1dIAtQJnJi4zGumFSjgc1jjm8+&#10;yIXC8gGZIWZGUuJQrT2bD0vnO5Hnc3w1F1Z3pZ7WBCaDQJ8wEitUIP3PLbwx5GPe3RKF07ipbHyr&#10;kNmeHKQyjRXqdSvJxBe4SygzPpkElQwLC/Osv+VS8qOezFGW8pk1ysQUEpRyzKVERiAQCASvFiKB&#10;eUHIvH8b32gZjj260s1WygDUKNNJy8jfu8ed38X8A0m0HD+DvXNaUCH4GPM2B6F1DkJuScN6Fqju&#10;h+IVWdQtRwXIuMsfZyOwaD+Eg79/zwPfn3lw8St2TWuCbZHZi4SeNU71zFCF+3MmLG+Zmdy64Mcd&#10;bHBzqZi1RWZmjKkqmfuRKbmLiZUx/pwL0LIqV/WEQN9QkjR/qu9WunbpJjF6lXGqb6zZJhAIBIJX&#10;BZHAvCDoVahIFWMlwRe98E+WNiRHsG/p92wJyZMEJPmydMmf3Kvfi89G2GLbcxhz2xlyfcs21gVo&#10;W8xiQOs3OuCk8mflgr0cCU7OupspLS6Cvw8fZtPpGO13Ienb0NzVmuh9q2n62jy6vbWIfqOX8fa8&#10;H9lwJlJ7spSLgo4D2lOP26yZt509PtHExEZxZf8WJm4JxaR5d0a5Zl/zMqhvT2PTdM5u38X+W3Hc&#10;v3GOue+t49do/ayZmfxk4P39CoatuoxfVBw3ft/B3N0PMHRqy8AGxWVVAoFAIPivIRKYFwWLFsya&#10;5Iyxx0+0b/0udq3nszi6LdN7WWJkqECPTG78+Atb71dj7Jw+uKknafRseGvOG7QzCGbt2guo76xW&#10;KPSRGxrk3lKtcO7P5kXuVAs8wNBeo7B2HIpNi+n0nH+Yc5HpaL96o6ByLRssDC1xbt6QFk521Kti&#10;TNL1UywY/zFTjmpuv5bKUsilsjQTRjkYNR3Elo/aYRvyO2MGTqJWyyl0mXeaWNcBbF3ePfeylbxi&#10;az58vwnWoScZ9dp7OAz4nvP2I1j/tq0kh4FUizzITOjydgeUe1fRut17tJr2O7cqteWrJb1xLGwN&#10;kEAgEAj+s8hUEprvz01C4G7NN0FpSYoI4kpAPPKqdWjlYJG/E38eUmPw9QklLEGFsaU1Dg1sqWKi&#10;PX9VRv7BoJ4/cH/EIk7NqPP0+TKJFxjZeQ1n3Wfht6wpRprNhaFMjsbbJ4z7KXIq1qmLWw0zretn&#10;kiOCuXwzHoWdPS3rPHvMk9ObaDzhEm2/3si3bWLxuBpOnGllmrrYYiWSF4FAIHgpKWc/WPOtdIgZ&#10;mBcMs6p1ce/kRoeyTF7UGFvh1LwJvbq44e5mV2jyokYZG0PUE1AYGGi2ZJMYFEqwlIzY2lqjS94g&#10;N62Ia0upzE4uNC8keVFjKiVr7u5NaKMleSmI3KwSzTs0pVtTkbwIBALBq4xIYATPoF+3NW+3KYfP&#10;+o9oPngJw6d9zbCRc2j6zv+426gvn71VXacERiAQCASCfwpxCUmgncwkbpy5yFGvezxIykTfzBJ7&#10;lyb0bV/jX5/5yAy7yJfb71Bv6EAG1ilujkYgEAgELwPPewlJJDACgUAgEAj+dcQaGIFAIBAIBK8c&#10;IoERCAQCgUDw0iESGIFAIBAIBC8dIoERCAQCgUDw0iESGIFAIBAIBC8dIoERCAQCgUDw0iESGIFA&#10;IBAIBC8dIoERCAQCgUDw0iESGIFAIBAIBC8dZfokXoFAIBAIBIJ/AzEDIxAIBAKB4KVDJDACgUAg&#10;EAheOkQCIxAIBAKB4KVDJDACgUAgEAheOkQCIxAIBAKB4CUD/g+waHuPjxIEGAAAAABJRU5ErkJg&#10;glBLAwQUAAYACAAAACEA2AoKI90AAAAHAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KhDKCGEOBVCAiF6AEokrm68TSLsdRS7TeDr2Z7guDOj2TflanZWHHAMvScFl4sEBFLjTU+t&#10;gvrj8SIHEaImo60nVPCNAVbV6UmpC+MnesfDJraCSygUWkEX41BIGZoOnQ4LPyCxt/Oj05HPsZVm&#10;1BOXOyvTJMmk0z3xh04P+NBh87XZOwXLdGfzt6ds/fNc19PL57K/SV57pc7P5vs7EBHn+BeGIz6j&#10;Q8VMW78nE4TlDs4puLoFcTSv05yHbFnIWJJVKf/zV78AAAD//wMAUEsDBBQABgAIAAAAIQAubPAA&#10;xQAAAKUBAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yQwYrCMBCG7wv7DmHu27Q9LLKY&#10;9iKCV3EfYEimabCZhCSKvr2BZUFB8OZxZvi//2PW48Uv4kwpu8AKuqYFQayDcWwV/B62XysQuSAb&#10;XAKTgitlGIfPj/WeFiw1lGcXs6gUzgrmUuKPlFnP5DE3IRLXyxSSx1LHZGVEfURLsm/bb5nuGTA8&#10;MMXOKEg704M4XGNtfs0O0+Q0bYI+eeLypEI6X7srEJOlosCTcfi37JvIFuRzh+49Dt2/g3x47nAD&#10;AAD//wMAUEsBAi0AFAAGAAgAAAAhALGCZ7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250&#10;ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7&#10;AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAbPLvkb4HAACoKwAADgAAAAAAAAAAAAAAAAA6&#10;AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAKAAAAAAAAACEAvfMC5/A2AADwNgAAFAAAAAAAAAAAAAAA&#10;AAAkCgAAZHJzL21lZGlhL2ltYWdlMS5wbmdQSwECLQAKAAAAAAAAACEAcBsL2jbgAAA24AAAFAAA&#10;AAAAAAAAAAAAAABGQQAAZHJzL21lZGlhL2ltYWdlMi5wbmdQSwECLQAUAAYACAAAACEA2AoKI90A&#10;AAAHAQAADwAAAAAAAAAAAAAAAACuIQEAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAC5s&#10;8ADFAAAApQEAABkAAAAAAAAAAAAAAAAAuCIBAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUG&#10;AAAAAAcABwC+AQAAtCMBAAAA&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:97053;height:22860;visibility:visible;mso-wrap-style:square" stroked="t" strokecolor="#00b0f0" strokeweight="1pt">
+                  <v:fill o:detectmouseclick="t"/>
+                  <v:path o:connecttype="none"/>
+                </v:shape>
+                <v:group id="Group 960481544" o:spid="_x0000_s1028" style="position:absolute;left:12372;top:1255;width:84163;height:20196" coordorigin="12372,1255" coordsize="84163,20195" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAEIRfTygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q5vUKJq6iogtHqRQFcTbI/tMgtm3IbtN4r93BcHjMDPfMLNFbyrRUuNKywriQQSC&#10;OLO65FzBYf/9MQHhPLLGyjIpuJKDxfz1ZYapth3/UbvzuQgQdikqKLyvUyldVpBBN7A1cfDOtjHo&#10;g2xyqRvsAtxU8jOKxtJgyWGhwJpWBWWX3b9R8NNhtxzG63Z7Oa+up/3o97iNSan3t375BcJT75/h&#10;R3ujFUzHUTKJR0kC90vhDsj5DQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAQhF9PKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                  <v:line id="Straight Connector 1765930176" o:spid="_x0000_s1029" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="39693,2190" to="39693,8781" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAGl3A2ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/RasJA&#10;EHwv9B+OFXyrFxVjTT1FBMUHQZtKwLclt01ic3shd2r8+15B6NOwOzszO/NlZ2pxo9ZVlhUMBxEI&#10;4tzqigsFp6/N2zsI55E11pZJwYMcLBevL3NMtL3zJ91SX4hgwi5BBaX3TSKly0sy6Aa2IQ7ct20N&#10;+jC2hdQt3oO5qeUoimJpsOKQUGJD65Lyn/RqFNSH4pLOttvN3q+nE4zP2SU7Zkr1e93qA4Snzv8f&#10;P9U7Hd6fxpPZOAoAf53CAuTiFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAaXcDbKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Picture 1583435792" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:12372;top:7229;width:39066;height:11821;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB0vLSsygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8JA&#10;EL6b8B82Y+JNtjyKWFmISjRwIbEQjLdJd2wburO1u8Dy710SE4/zvWe2CKYRJ+pcbVnBoJ+AIC6s&#10;rrlUsNu+3U9BOI+ssbFMCi7kYDHv3cww0/bMH3TKfSliCLsMFVTet5mUrqjIoOvbljhy37Yz6OPZ&#10;lVJ3eI7hppHDJJlIgzXHhgpbeq2oOORHo+D9J6y/mstgn+4/X9Z6k4fluAhK3d2G5ycQnoL/F/+5&#10;VzrOT6ej8Sh9eBzC9acIgJz/AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHS8tKzKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                    <v:imagedata r:id="rId21" o:title=""/>
+                  </v:shape>
+                  <v:shape id="Picture 1594575854" o:spid="_x0000_s1031" type="#_x0000_t75" style="position:absolute;left:69972;top:1255;width:26563;height:16555;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDVDd3xxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4XfIdlhN7qxmBqjK4iFtGLB9N6H7JjEs3OhuzWpG/fLQg9zvc/q81gGvGgztWWFUwnEQjiwuqa&#10;SwVfn/u3FITzyBoby6Tghxxs1qOXFWba9nymR+5LEULYZaig8r7NpHRFRQbdxLbEgbvazqAPZ1dK&#10;3WEfwk0j4yh6lwZrDg0VtrSrqLjn30ZB/2Hj6fFwjS8nY3Yyv6X2sC+Ueh0P2yUIT4P/Fz/dRx3m&#10;J4tZMk/SZAZ/PwUA5PoXAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA1Q3d8cYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                    <v:imagedata r:id="rId22" o:title=""/>
+                  </v:shape>
+                  <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                    <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                    <o:lock v:ext="edit" shapetype="t"/>
+                  </v:shapetype>
+                  <v:shape id="Straight Arrow Connector 2097877424" o:spid="_x0000_s1032" type="#_x0000_t32" style="position:absolute;left:36420;top:3422;width:3436;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBVkNZ0ywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q5sGNRpdpVgKQkGobTw/ss8kmH0bdlcT/fXdgtDjMDPfMMv1YFpxIecbywpeRwkI&#10;4tLqhisFP98fLzMQPiBrbC2Tgit5WK8eH5aYa9vzF132oRIRwj5HBXUIXS6lL2sy6Ee2I47e0TqD&#10;IUpXSe2wj3DTyjRJptJgw3Ghxo42NZWn/dko8Idiy5PjdCevxW24ucmnfrdOqeen4W0BItAQ/sP3&#10;9lYrSJN5NsuycTqGv0/xD8jVLwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBVkNZ0ywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 1180518461" o:spid="_x0000_s1033" type="#_x0000_t32" style="position:absolute;left:40620;top:3447;width:3436;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAhSiFFxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NagIx&#10;EL4X+g5hhN5qdsWfdWuUIhQ89NCqDzBsxs3WzWRJ0jV9e1Mo9Djf/2x2yfZiJB86xwrKaQGCuHG6&#10;41bB+fT2XIEIEVlj75gU/FCA3fbxYYO1djf+pPEYW5FDONSowMQ41FKGxpDFMHUDceYuzluM+fSt&#10;1B5vOdz2clYUS2mx49xgcKC9oeZ6/LYK3v1g51+LiHF2Wa0/9us0Gk5KPU3S6wuISCn+i//cB53n&#10;l1WxKKv5soTfnzIAcnsHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAIUohRcYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:path gradientshapeok="t" o:connecttype="rect"/>
+                  </v:shapetype>
+                  <v:shape id="_x0000_s1034" type="#_x0000_t202" style="position:absolute;left:48066;top:18573;width:10674;height:2382;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB5IZjayAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LT8JA&#10;EL6b+B82Y8JNtrZRS2EhBCTRC4bXfegObaU72+yuUP31romJx/neM5n1phUXcr6xrOBhmIAgLq1u&#10;uFKw363ucxA+IGtsLZOCL/Iwm97eTLDQ9sobumxDJWII+wIV1CF0hZS+rMmgH9qOOHIn6wyGeLpK&#10;aofXGG5amSbJkzTYcGyosaNFTeV5+2kULMvj6KP9tsa9v63z9fxlle/kQanBXT8fgwjUh3/xn/tV&#10;x/lZlo4ekzR7ht+fIgBy+gMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB5IZjayAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="2C74D726" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Axle Spacing</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="_x0000_s1035" type="#_x0000_t202" style="position:absolute;left:31052;top:2286;width:6007;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCL0YJHyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/LagIx&#10;FIb3hb5DOAV3NdMBJU6NIm2FdqN46f44Oc5MOzkZklSnPr1ZCC5//hvfdN7bVpzIh8axhpdhBoK4&#10;dKbhSsN+t3xWIEJENtg6Jg3/FGA+e3yYYmHcmTd02sZKpBEOBWqoY+wKKUNZk8UwdB1x8o7OW4xJ&#10;+koaj+c0bluZZ9lYWmw4PdTY0VtN5e/2z2p4Lw+Tn/birF9/rdRq8bFUO/mt9eCpX7yCiNTHe/jW&#10;/jQaRkrl40mWJ4iElHBAzq4AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAi9GCR8kAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="403BF052" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:line id="Straight Connector 1848923697" o:spid="_x0000_s1036" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="44647,12095" to="44647,21451" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDKP2t2ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFLzVTa2NSXSVIigeCrZpCfQ2ZMckNjsbsqvGt3cLhR7n+5/FajCtOFPvGssKnsYRCOLS&#10;6oYrBV+fm8cEhPPIGlvLpOBKDlbL+7sFZtpe+IPOua9ECGGXoYLa+y6T0pU1GXRj2xEH7mB7gz6c&#10;fSV1j5cQblo5iaJYGmw4NNTY0bqm8ic/GQXtvjrm6Xa7efPr2QvG38WxeC+UGj0Mr3MQngb/L/5z&#10;73SYn0yTdPIcpzP4/SkAIJc3AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAMo/a3bKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="_x0000_s1037" type="#_x0000_t202" style="position:absolute;left:44323;top:5746;width:10255;height:3448;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAu91mCywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;EEXfC/7DMkJfim4iNdTUVcRSkGIeTP2AITtN0mZnQ3ZrYr6+WxB8nLl37rmz3g6mERfqXG1ZQTyP&#10;QBAXVtdcKjh/vs9eQDiPrLGxTAqu5GC7mTysMdW25xNdcl+KEMIuRQWV920qpSsqMujmtiUO2pft&#10;DPowdqXUHfYh3DRyEUWJNFhzIFTY0r6i4if/NQoo65+O2cdosyKR3/lbPwb+qNTjdNi9gvA0+Lv5&#10;dn3QoX68Wi2ek+Uyhv+fwgLk5g8AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAu91mCywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6A6DDF0D" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>15,000kg Load on Fifth Wheel (D1)</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="1412E153" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                          <w:pPr>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t> </w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 582695492" o:spid="_x0000_s1038" type="#_x0000_t32" style="position:absolute;left:32978;top:19973;width:3435;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDJqMBLyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvujE0QaOriFIQCoVa9fzIPpNg9m3Y3Wr013cLhR6HmfmGWa5704obOd9YVjCdJCCI&#10;S6sbrhQcv97GMxA+IGtsLZOCB3lYr4aDJRba3vmTbodQiQhhX6CCOoSukNKXNRn0E9sRR+9incEQ&#10;paukdniPcNPKNElyabDhuFBjR9uayuvh2yjw59Oes0v+IR+nZ/902bveWafUy6jfLEAE6sN/+K+9&#10;1wqyWZrPs9d5Cr+X4h2Qqx8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAyajAS8kAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 65426865" o:spid="_x0000_s1039" type="#_x0000_t32" style="position:absolute;left:44630;top:19910;width:3436;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBH/30UyAAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BasMw&#10;EETvhfyD2EJvjVwTu4kbJYRAIYce2rQfsFgby4m1MpLqqH8fFQo9DjPzhllvkx3ERD70jhU8zQsQ&#10;xK3TPXcKvj5fH5cgQkTWODgmBT8UYLuZ3a2x0e7KHzQdYycyhEODCkyMYyNlaA1ZDHM3Emfv5LzF&#10;mKXvpPZ4zXA7yLIoammx57xgcKS9ofZy/LYK3vxoF+cqYixPz6v3/SpNhpNSD/dp9wIiUor/4b/2&#10;QSuoq0VZL+sKfh/lNyA3NwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBH/30UyAAAAOEA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1248737205" o:spid="_x0000_s1040" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="36354,12095" to="36354,20955" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD8iEw2yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4X+g7LFHqrG9NqbOoqRVB6ENQoAW9Ddkxis7Mhu9X07bsFweN8/zOd96YRF+pcbVnBcBCBIC6s&#10;rrlUcNgvXyYgnEfW2FgmBb/kYD57fJhiqu2Vd3TJfClCCLsUFVTet6mUrqjIoBvYljhwJ9sZ9OHs&#10;Sqk7vIZw08g4isbSYM2hocKWFhUV39mPUdBsynP2vlot136RjHB8zM/5Nlfq+an//ADhqfd38c39&#10;pcP8+G2SvCZxNIL/nwIAcvYHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA/IhMNskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:line id="Straight Connector 61348096" o:spid="_x0000_s1041" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="40620,2190" to="40620,15779" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD/2tNRygAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RW81Y3VphpdRQTFQ0FNJeDtkX0msdm3Ibtq+u+7hYLHYWa+YWaLztTiRq2rLCsY9CMQ&#10;xLnVFRcKjl/r1zEI55E11pZJwQ85WMyfn2aYaHvnA91SX4gAYZeggtL7JpHS5SUZdH3bEAfvbFuD&#10;Psi2kLrFe4CbWr5FUSwNVhwWSmxoVVL+nV6NgnpXXNLJZrP+9KuPd4xP2SXbZ0r1XrrlFISnzj/C&#10;/+2tVhAPhqNxNInh71F4A3L+CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAP/a01HKAAAA&#10;4QAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:formulas>
+                      <v:f eqn="val #0"/>
+                      <v:f eqn="val #1"/>
+                      <v:f eqn="sum height 0 #1"/>
+                      <v:f eqn="sum 10800 0 #1"/>
+                      <v:f eqn="sum width 0 #0"/>
+                      <v:f eqn="prod @4 @3 10800"/>
+                      <v:f eqn="sum width 0 @5"/>
+                    </v:formulas>
+                    <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                    <v:handles>
+                      <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
+                    </v:handles>
+                  </v:shapetype>
+                  <v:shape id="Arrow: Down 254877934" o:spid="_x0000_s1042" type="#_x0000_t67" style="position:absolute;left:38671;top:4622;width:2045;height:4159;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB1h9h2ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q5vaWGN0FVsqitCD0YPHR/aZhGbfLtmtif++Wyj0OMzMN8xiNZhWXKnzjWUFz6ME&#10;BHFpdcOVgtNx85SB8AFZY2uZFNzIw2p5f7fAXNueD3QtQiUihH2OCuoQXC6lL2sy6EfWEUfvYjuD&#10;IcqukrrDPsJNK8dJ8ioNNhwXanT0XlP5VXwbBfvtx+WzX7uJe0vtOTuXXITDVqnHh2E9BxFoCP/h&#10;v/ZOKxhP0mw6nb2k8Hsp3gG5/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQB1h9h2ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" adj="16291" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                </v:group>
+                <w10:wrap type="tight"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="7147B84F" w14:textId="77777777" w:rsidR="00874555" w:rsidRPr="00874555" w:rsidRDefault="00874555" w:rsidP="00874555">
+    <w:p w14:paraId="03B12ED7" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4CED3F03" w14:textId="77777777" w:rsidR="00874555" w:rsidRPr="00874555" w:rsidRDefault="00874555" w:rsidP="00874555">
+    <w:p w14:paraId="3F5EA7F3" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
       <w:pPr>
         <w:rPr>
-          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
+        <w:sectPr w:rsidR="004B116D" w:rsidSect="004B116D">
+          <w:headerReference w:type="even" r:id="rId23"/>
+          <w:headerReference w:type="default" r:id="rId24"/>
+          <w:footerReference w:type="even" r:id="rId25"/>
+          <w:footerReference w:type="default" r:id="rId26"/>
+          <w:headerReference w:type="first" r:id="rId27"/>
+          <w:footerReference w:type="first" r:id="rId28"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+          <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="78612042" w14:textId="77777777" w:rsidR="00874555" w:rsidRPr="00874555" w:rsidRDefault="00874555" w:rsidP="00874555">
-[...3 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="2D5DF7CF" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="008062C1" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:pStyle w:val="Note"/>
+        <w:ind w:left="0" w:firstLine="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6F052290" w14:textId="77777777" w:rsidR="00874555" w:rsidRPr="00874555" w:rsidRDefault="00874555" w:rsidP="00874555">
-[...20 lines deleted...]
-    <w:p w14:paraId="6F2C3C15" w14:textId="0F09F3DC" w:rsidR="008843EF" w:rsidRPr="00874555" w:rsidRDefault="00874555" w:rsidP="00874555">
+    <w:p w14:paraId="08F89492" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="0087243A" w:rsidRDefault="004B116D" w:rsidP="004B116D">
       <w:pPr>
         <w:tabs>
-          <w:tab w:val="left" w:pos="7650"/>
+          <w:tab w:val="left" w:pos="6190"/>
         </w:tabs>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008843EF" w:rsidRPr="00874555" w:rsidSect="00BA31F7">
-[...3 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId14"/>
+    <w:p w14:paraId="43686CBF" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1820AEB6" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="38DB2EFF" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4BA6ACED" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5444D417" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6F8967F2" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="056596D8" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0B40BEA1" wp14:editId="7B11A93F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>12065</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>10795</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2733675" cy="2000250"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="19050"/>
+                <wp:wrapNone/>
+                <wp:docPr id="2028349235" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2733675" cy="2000250"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3F76DD06" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00BC4964" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BC4964">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Dolly:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4E0A0978" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B10) Fifth Wheel Offset (D): _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7D6B0697" w14:textId="0E659975" w:rsidR="00615503" w:rsidRPr="00E91F15" w:rsidRDefault="00615503" w:rsidP="00615503">
+                            <w:pPr>
+                              <w:ind w:left="426"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E91F15">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">If D is further rearwards than the </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>axle group centreline</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E91F15">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> then D value is negative.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0DE8D02F" w14:textId="228E6C6F" w:rsidR="00615503" w:rsidRDefault="00615503" w:rsidP="00615503">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="284"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E91F15">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">If D = 0m, (D2) FAM = </w:t>
+                            </w:r>
+                            <w:r w:rsidR="00EB4C97">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>D1</w:t>
+                            </w:r>
+                            <w:r w:rsidR="009E7799">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>÷2</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E91F15">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> and (D3) RAM = </w:t>
+                            </w:r>
+                            <w:r w:rsidR="009E7799">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>D1÷2</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E91F15">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:i/>
+                                <w:iCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="721A15B6" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B4) Axle Spacing: _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6DBFCE24" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D1) Converter Dolly Imposed Load: ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0B40BEA1" id="Text Box 2" o:spid="_x0000_s1043" type="#_x0000_t202" style="position:absolute;margin-left:.95pt;margin-top:.85pt;width:215.25pt;height:157.5pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDGUfutHAIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8tu2zAQvBfoPxC815JlO04Ey0Hi1EWB&#10;9AGk/QCKoiyiFJclaUvu12dJyY6bopeiOhBcLTmcnZ1d3fatIgdhnQRd0OkkpURoDpXUu4J+/7Z9&#10;d02J80xXTIEWBT0KR2/Xb9+sOpOLDBpQlbAEQbTLO1PQxnuTJ4njjWiZm4ARGpM12JZ5DO0uqSzr&#10;EL1VSZamV0kHtjIWuHAO/z4MSbqO+HUtuP9S1054ogqK3HxcbVzLsCbrFct3lplG8pEG+wcWLZMa&#10;Hz1DPTDPyN7KP6BayS04qP2EQ5tAXUsuYg1YzTR9Vc1Tw4yItaA4zpxlcv8Pln8+PJmvlvj+Hnps&#10;YCzCmUfgPxzRsGmY3ok7a6FrBKvw4WmQLOmMy8erQWqXuwBSdp+gwiazvYcI1Ne2DapgnQTRsQHH&#10;s+ii94Tjz2w5m10tF5RwzGFL02wR25Kw/HTdWOc/CGhJ2BTUYlcjPDs8Oh/osPx0JLzmQMlqK5WK&#10;gd2VG2XJgaEDtvGLFbw6pjTpCnqzyBaDAn+FSNP7dHsi+NtLrfRoZSXbgl5jGelorqDbe11Fo3km&#10;1bBHykqPQgbtBhV9X/ZEVgWdBY5B1xKqIyprYXAuThpuGrC/KOnQtQV1P/fMCkrUR43duZnO58Hm&#10;MZgvlhkG9jJTXmaY5ghVUE/JsN34OBpBNw132MVaRn1fmIyU0Y1R9nFygt0v43jqZb7XzwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhANv7eIvbAAAABwEAAA8AAABkcnMvZG93bnJldi54bWxMjkFPg0AUhO8m&#10;/ofNM/FmFwopFVmaponxqtTqdcs+AWXfIru0+O99nuppMpnJzFdsZtuLE46+c6QgXkQgkGpnOmoU&#10;vO4f79YgfNBkdO8IFfygh015fVXo3LgzveCpCo3gEfK5VtCGMORS+rpFq/3CDUicfbjR6sB2bKQZ&#10;9ZnHbS+XUbSSVnfED60ecNdi/VVNln8/010fbd+yKf5+OjzvZXKo1u9K3d7M2wcQAedwKcMfPqND&#10;yUxHN5Hxomd/z0WWDASnabJMQRwVJPEqA1kW8j9/+QsAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQDGUfutHAIAACcEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDb+3iL2wAAAAcBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3F76DD06" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00BC4964" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BC4964">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Dolly:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4E0A0978" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B10) Fifth Wheel Offset (D): _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7D6B0697" w14:textId="0E659975" w:rsidR="00615503" w:rsidRPr="00E91F15" w:rsidRDefault="00615503" w:rsidP="00615503">
+                      <w:pPr>
+                        <w:ind w:left="426"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E91F15">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">If D is further rearwards than the </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>axle group centreline</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E91F15">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> then D value is negative.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0DE8D02F" w14:textId="228E6C6F" w:rsidR="00615503" w:rsidRDefault="00615503" w:rsidP="00615503">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="284"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E91F15">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">If D = 0m, (D2) FAM = </w:t>
+                      </w:r>
+                      <w:r w:rsidR="00EB4C97">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>D1</w:t>
+                      </w:r>
+                      <w:r w:rsidR="009E7799">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>÷2</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E91F15">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> and (D3) RAM = </w:t>
+                      </w:r>
+                      <w:r w:rsidR="009E7799">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>D1÷2</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E91F15">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:i/>
+                          <w:iCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="721A15B6" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B4) Axle Spacing: _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6DBFCE24" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D1) Converter Dolly Imposed Load: ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="558F0CEA" wp14:editId="6BEF59E0">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5827395</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>19685</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3808095" cy="1542415"/>
+                <wp:effectExtent l="0" t="0" r="20955" b="19685"/>
+                <wp:wrapNone/>
+                <wp:docPr id="805504267" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3808095" cy="1542415"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="19050">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="230E9AF1" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006C1249" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="006C1249">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Total S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="025AD5EA" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(C1) Converter Dolly Unladen Mass: _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="71CD149F" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D4) Converter Dolly S10 Laden Mass = C1 + D2 + D3</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="639D14D1" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="3119"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ + ______ + ______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1C348CD7" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D4) Converter Dolly S10 Laden Mass = _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="558F0CEA" id="_x0000_s1044" type="#_x0000_t202" style="position:absolute;margin-left:458.85pt;margin-top:1.55pt;width:299.85pt;height:121.45pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDjAzEfHAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N8Zp0iZWnNVutqkq&#10;bS/Sth+AMY5RMUOBxN5+fQfszWZb9aUqD4hh4MzMmTObq6HT5CSdV2BKms8YJdIIqJU5lPTb1/2r&#10;FSU+cFNzDUaW9EF6erV9+WLT20LOoQVdS0cQxPiityVtQ7BFlnnRyo77GVhp0NmA63hA0x2y2vEe&#10;0TudzRl7k/XgautASO/x9nZ00m3Cbxopwuem8TIQXVLMLaTdpb2Ke7bd8OLguG2VmNLg/5BFx5XB&#10;oGeoWx44OTr1B1SnhAMPTZgJ6DJoGiVkqgGrydlv1dy33MpUC5Lj7Zkm//9gxafTvf3iSBhuYMAG&#10;piK8vQPx3RMDu5abg7x2DvpW8hoD55GyrLe+mL5Gqn3hI0jVf4Qam8yPARLQ0LgusoJ1EkTHBjyc&#10;SZdDIAIvX6/Yiq2XlAj05cvFfJEvUwxePH63zof3EjoSDyV12NUEz093PsR0ePH4JEbzoFW9V1on&#10;wx2qnXbkxFEB+7Qm9GfPtCE9hl+zJRsp+CsGYzdsn4SDYZ9hdCqglrXqSrpicY3qisS9M3VSWuBK&#10;j2f8rM3EZCRvpDEM1UBUXdJF/BuJraB+QGodjNLFUcNDC+4nJT3KtqT+x5E7SYn+YLA963yxiDpP&#10;xmL5do6Gu/RUlx5uBEKVNFAyHnchzUYkzsA1trFRieCnTKaUUY6J92l0ot4v7fTqacC3vwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhADInno7cAAAACgEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I&#10;/IO1SL1RJyU4EOJUCKlnRNsDx02yJFHtdRQ7bfr3uCc4jmY086bcLtaIM01+cKwhXScgiBvXDtxp&#10;OB52jy8gfEBu0TgmDVfysK3u70osWnfhLzrvQydiCfsCNfQhjIWUvunJol+7kTh6P26yGKKcOtlO&#10;eInl1shNkihpceC40ONIHz01p/1s44hT6oTfn1lN7qCu3is7G6X16mF5fwMRaAl/YbjhR3SoIlPt&#10;Zm69MBpe0zyPUQ1PKYib/5zmGYhawyZTCciqlP8vVL8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALaD&#10;OJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEA4wMxHxwCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAU&#10;AAYACAAAACEAMieejtwAAAAKAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1sUEsF&#10;BgAAAAAEAAQA8wAAAH8FAAAAAA==&#10;" strokecolor="#00b0f0" strokeweight="1.5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="230E9AF1" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006C1249" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006C1249">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Total S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="025AD5EA" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(C1) Converter Dolly Unladen Mass: _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="71CD149F" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D4) Converter Dolly S10 Laden Mass = C1 + D2 + D3</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="639D14D1" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="3119"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ + ______ + ______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1C348CD7" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D4) Converter Dolly S10 Laden Mass = _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5857E3A7" wp14:editId="3EC5727B">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2799080</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>12369</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2949934" cy="2178658"/>
+                <wp:effectExtent l="0" t="0" r="22225" b="12700"/>
+                <wp:wrapNone/>
+                <wp:docPr id="1604086483" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2949934" cy="2178658"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0B787F58" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00BC4964" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BC4964">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Forward Axle Mass (FAM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="28BA191A" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(D2) FAM = (D </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>÷ B4) x D1</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0661D4E3" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (______ ÷ ______) x _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7230C527" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="54086E51" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006C1249" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="006C1249">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Rearward Axle Mass (RAM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="627CEAB9" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D3) RAM = ((B4 – D) ÷ B4) x D1</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6D45981E" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((______ - ______) ÷ ______) x ______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="21E999BB" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:ind w:left="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00B105A9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="19BB64E4" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00C24D53" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5857E3A7" id="_x0000_s1045" type="#_x0000_t202" style="position:absolute;margin-left:220.4pt;margin-top:.95pt;width:232.3pt;height:171.55pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCgmkOsHQIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjxkjY24hRtugwD&#10;ugvQ7QNkWY6FyaImKbGzrx8lu2m6YS/D9CCIonRIHh6ub4ZOkaOwToIu6XyWUiI0h1rqfUm/fd29&#10;WVHiPNM1U6BFSU/C0ZvN61fr3hQigxZULSxBEO2K3pS09d4USeJ4KzrmZmCERmcDtmMeTbtPast6&#10;RO9UkqXpVdKDrY0FLpzD2/vRSTcRv2kE95+bxglPVEkxNx93G/cq7MlmzYq9ZaaVfEqD/UMWHZMa&#10;g56h7pln5GDlH1Cd5BYcNH7GoUugaSQXsQasZp7+Vs1jy4yItSA5zpxpcv8Pln86PpovlvjhDgZs&#10;YCzCmQfg3x3RsG2Z3otba6FvBasx8DxQlvTGFdPXQLUrXACp+o9QY5PZwUMEGhrbBVawToLo2IDT&#10;mXQxeMLxMssXef52QQlHXza/Xl0tVzEGK56+G+v8ewEdCYeSWuxqhGfHB+dDOqx4ehKiOVCy3kml&#10;omH31VZZcmSogF1cE/qLZ0qTvqT5MluODPwVIk3v0l3UDUZ9AdFJj1JWsivpKg1rFFfg7Z2uo9A8&#10;k2o842elJyIDdyOLfqgGIuuSLsPfwGsF9QmZtTAqFycNDy3Yn5T0qNqSuh8HZgUl6oPG7uTzxSLI&#10;PBqL5XWGhr30VJcepjlCldRTMh63Po5G4E3DLXaxkZHf50ymlFGNkfZpcoLcL+346nm+N78AAAD/&#10;/wMAUEsDBBQABgAIAAAAIQA227UI3gAAAAkBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsqF3qQhviVFUlxBZS2m7deEgCfoTYacPfM13BcnSu7j2Tr0Zn2Qn72AavYDoRwNBXwbS+&#10;VvC+fb5bAItJe6Nt8KjgByOsiuurXGcmnP0bnspUMyrxMdMKmpS6jPNYNeh0nIQOPbGP0Dud6Oxr&#10;bnp9pnJn+b0QD9zp1tNCozvcNFh9lYOj3U+5sWK9fxym3y+71y2f7crFQanbm3H9BCzhmP7CcNEn&#10;dSjI6RgGbyKzCqQUpJ4ILIERX4q5BHZUMJNzAbzI+f8Pil8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAoJpDrB0CAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEANtu1CN4AAAAJAQAADwAAAAAAAAAAAAAAAAB3BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0B787F58" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00BC4964" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BC4964">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Forward Axle Mass (FAM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="28BA191A" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(D2) FAM = (D </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>÷ B4) x D1</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0661D4E3" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (______ ÷ ______) x _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7230C527" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="54086E51" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006C1249" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="006C1249">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Rearward Axle Mass (RAM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="627CEAB9" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D3) RAM = ((B4 – D) ÷ B4) x D1</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6D45981E" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((______ - ______) ÷ ______) x ______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="21E999BB" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00B105A9" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:ind w:left="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00B105A9">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="19BB64E4" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00C24D53" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="25588D8C" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="513B0CB9" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6163FF61" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="544914D6" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="12B14577" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006973A7" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="35C2930A" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00710A42" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="048FB1F1" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="00710A42" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="37C5B958" wp14:editId="37642495">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>24158</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>551125</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9604595" cy="1510223"/>
+                <wp:effectExtent l="0" t="0" r="15875" b="13970"/>
+                <wp:wrapNone/>
+                <wp:docPr id="981076958" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9604595" cy="1510223"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="19050">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1AA3B984" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006C1249" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Notes</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="006C1249">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="37C5B958" id="_x0000_s1046" type="#_x0000_t202" style="position:absolute;margin-left:1.9pt;margin-top:43.4pt;width:756.25pt;height:118.9pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQANrox4HAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8NyZpkm6sOKvdbFNV&#10;2l6kbT8AYxyjYoYCiZ1+/Q7Ym8226ktVHhDDwJmZM2fW132ryVE6r8AUdDphlEgjoFJmX9Dv33Zv&#10;rijxgZuKazCyoCfp6fXm9at1Z3M5gwZ0JR1BEOPzzha0CcHmWeZFI1vuJ2ClQWcNruUBTbfPKsc7&#10;RG91NmNsmXXgKutASO/x9m5w0k3Cr2spwpe69jIQXVDMLaTdpb2Me7ZZ83zvuG2UGNPg/5BFy5XB&#10;oGeoOx44OTj1B1SrhAMPdZgIaDOoayVkqgGrmbLfqnlouJWpFiTH2zNN/v/Bis/HB/vVkdDfQo8N&#10;TEV4ew/ihycGtg03e3njHHSN5BUGnkbKss76fPwaqfa5jyBl9wkqbDI/BEhAfe3ayArWSRAdG3A6&#10;ky77QARerpZsvlgtKBHomy6mbDZ7m2Lw/Om7dT58kNCSeCiow64meH689yGmw/OnJzGaB62qndI6&#10;GW5fbrUjR44K2KU1or94pg3pMPyKLdhAwV8xGLtluyQcDPsCo1UBtaxVW9ArFtegrkjce1MlpQWu&#10;9HDGz9qMTEbyBhpDX/ZEVQVdxr+R2BKqE1LrYJAujhoeGnC/KOlQtgX1Pw/cSUr0R4PtWU3n86jz&#10;ZMwX72ZouEtPeenhRiBUQQMlw3Eb0mxE4gzcYBtrlQh+zmRMGeWYeB9HJ+r90k6vngd88wgAAP//&#10;AwBQSwMEFAAGAAgAAAAhAKmTaKTaAAAACQEAAA8AAABkcnMvZG93bnJldi54bWxMj01rwzAMhu+D&#10;/Qejwm6r04+ZksYpY7DzWLvDjkqsJaGxHGKnTf/91NN2EuIR7/uoOMy+VxcaYxfYwmqZgSKug+u4&#10;sfB1en/egYoJ2WEfmCzcKMKhfHwoMHfhyp90OaZGSQjHHC20KQ251rFuyWNchoFY2E8YPSZZx0a7&#10;Ea8S7nu9zjKjPXYsDS0O9NZSfT5OXkqCMWf8/thWFE7mFqPxU2+sfVrMr3tQieb0dwx3fVGHUpyq&#10;MLGLqrewEfFkYWdk3vHLymxAVQLWWwO6LPT/D8pfAAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAA2ujHgcAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAKmTaKTaAAAACQEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" strokecolor="#00b0f0" strokeweight="1.5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1AA3B984" w14:textId="77777777" w:rsidR="004B116D" w:rsidRPr="006C1249" w:rsidRDefault="004B116D" w:rsidP="004B116D">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Notes</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="006C1249">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16643775" w14:textId="77777777" w:rsidR="00BE1311" w:rsidRPr="008062C1" w:rsidRDefault="00BE1311" w:rsidP="00E17C12">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00BE1311" w:rsidRPr="008062C1" w:rsidSect="004B116D">
+      <w:headerReference w:type="default" r:id="rId29"/>
+      <w:footerReference w:type="default" r:id="rId30"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
       <w:cols w:space="282"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EAC8420" w14:textId="77777777" w:rsidR="00C36A28" w:rsidRDefault="00C36A28" w:rsidP="008057AB">
+    <w:p w14:paraId="223221FA" w14:textId="77777777" w:rsidR="00D82235" w:rsidRDefault="00D82235" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="6142F57E" w14:textId="77777777" w:rsidR="00C36A28" w:rsidRDefault="00C36A28" w:rsidP="008057AB">
+    <w:p w14:paraId="6C17DFD1" w14:textId="77777777" w:rsidR="00D82235" w:rsidRDefault="00D82235" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="435C3F25" w14:textId="77777777" w:rsidR="00C36A28" w:rsidRDefault="00C36A28"/>
+    <w:p w14:paraId="6DE0E2EC" w14:textId="77777777" w:rsidR="00D82235" w:rsidRDefault="00D82235"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Trebuchet MS">
     <w:panose1 w:val="020B0603020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000687" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="EffraLight-Regular">
     <w:altName w:val="Calibri"/>
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Effra-Bold">
@@ -6273,330 +12627,629 @@
     <w:charset w:val="4D"/>
     <w:family w:val="auto"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
-    <w:family w:val="modern"/>
+    <w:family w:val="roman"/>
     <w:pitch w:val="fixed"/>
-    <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
+    <w:sig w:usb0="00000001" w:usb1="08070000" w:usb2="00000010" w:usb3="00000000" w:csb0="00020000" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...125 lines deleted...]
-  <w:p w14:paraId="48B13878" w14:textId="554C916A" w:rsidR="00017AF8" w:rsidRPr="00561F10" w:rsidRDefault="00447DC8" w:rsidP="00561F10">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="21BDCD4C" w14:textId="77777777" w:rsidR="006B0013" w:rsidRDefault="006B0013">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61847BBA" w14:textId="0466EB7B" w:rsidR="00E42D1E" w:rsidRPr="00561F10" w:rsidRDefault="00E42D1E" w:rsidP="00561F10">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+      <w:tabs>
+        <w:tab w:val="clear" w:pos="4513"/>
+        <w:tab w:val="clear" w:pos="9026"/>
+        <w:tab w:val="right" w:pos="10206"/>
+      </w:tabs>
+    </w:pPr>
+    <w:r>
+      <w:t>Modification Code S10:</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00295F91">
+      <w:t xml:space="preserve"> </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A46CD0">
+      <w:t xml:space="preserve">Concessional Livestock Loading - </w:t>
+    </w:r>
+    <w:r w:rsidR="004641FE">
+      <w:t>Converter Dolly</w:t>
+    </w:r>
+    <w:r w:rsidRPr="00A46CD0">
+      <w:t xml:space="preserve"> Rating</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> – Version </w:t>
+    </w:r>
+    <w:r w:rsidR="005D097A">
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="005D097A">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r>
+      <w:tab/>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="begin"/>
+    </w:r>
+    <w:r>
+      <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="separate"/>
+    </w:r>
+    <w:r w:rsidR="00AB4785">
+      <w:rPr>
+        <w:noProof/>
+      </w:rPr>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r>
+      <w:fldChar w:fldCharType="end"/>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve"> of </w:t>
+    </w:r>
+    <w:fldSimple w:instr="NUMPAGES   \* MERGEFORMAT">
+      <w:r w:rsidR="00AB4785">
+        <w:rPr>
+          <w:noProof/>
+        </w:rPr>
+        <w:t>7</w:t>
+      </w:r>
+    </w:fldSimple>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1530A7D9" w14:textId="77777777" w:rsidR="006B0013" w:rsidRDefault="006B0013">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="4A356AB5" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="2ECBDF2C" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7002960B" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="432FBD94" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="00561F10" w:rsidRDefault="00E42D1E" w:rsidP="00561F10">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>Modification Code S10:</w:t>
     </w:r>
     <w:r w:rsidRPr="00295F91">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00A46CD0">
       <w:t>Concessional Livestock Loading - Vehicle Rating</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> – Version 2.</w:t>
+      <w:t xml:space="preserve"> – Version </w:t>
     </w:r>
-    <w:r w:rsidR="003817DA">
-      <w:t>1</w:t>
+    <w:r w:rsidR="005D097A">
+      <w:t>3</w:t>
     </w:r>
-    <w:r w:rsidR="00017AF8">
+    <w:r>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="005D097A">
+      <w:t>0</w:t>
+    </w:r>
+    <w:r>
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00017AF8">
+    <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
-    <w:r w:rsidR="00017AF8">
+    <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
-    <w:r w:rsidR="00017AF8">
+    <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="00CF13BB">
+    <w:r w:rsidR="00AB4785">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:t>1</w:t>
+      <w:t>2</w:t>
     </w:r>
-    <w:r w:rsidR="00017AF8">
+    <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
-    <w:r w:rsidR="00017AF8">
+    <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
-      <w:r w:rsidR="00CF13BB">
+    <w:fldSimple w:instr="NUMPAGES   \* MERGEFORMAT">
+      <w:r w:rsidR="00AB4785">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
-        <w:t>3</w:t>
+        <w:t>7</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="600827C6" w14:textId="77777777" w:rsidR="00C36A28" w:rsidRDefault="00C36A28" w:rsidP="008057AB">
+    <w:p w14:paraId="713E75D7" w14:textId="77777777" w:rsidR="00D82235" w:rsidRDefault="00D82235" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4F04D64C" w14:textId="77777777" w:rsidR="00C36A28" w:rsidRDefault="00C36A28" w:rsidP="008057AB">
+    <w:p w14:paraId="7FABBB30" w14:textId="77777777" w:rsidR="00D82235" w:rsidRDefault="00D82235" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="5248A202" w14:textId="77777777" w:rsidR="00C36A28" w:rsidRDefault="00C36A28"/>
+    <w:p w14:paraId="7BF0ED65" w14:textId="77777777" w:rsidR="00D82235" w:rsidRDefault="00D82235"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="1F931FC7" w14:textId="7A85D8B6" w:rsidR="00211735" w:rsidRDefault="00211735">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7F7EC068" w14:textId="77777777" w:rsidR="006B0013" w:rsidRDefault="006B0013">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="32BC8FFD" w14:textId="7BD7C715" w:rsidR="00017AF8" w:rsidRPr="00150C4D" w:rsidRDefault="00017AF8" w:rsidP="008E4A32">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0EF30311" w14:textId="1B87F367" w:rsidR="00E42D1E" w:rsidRPr="00150C4D" w:rsidRDefault="00E42D1E" w:rsidP="008E4A32">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:pBdr>
         <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
       </w:pBdr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
     <w:bookmarkStart w:id="0" w:name="_Toc451414568"/>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve">S10 </w:t>
     </w:r>
     <w:r w:rsidRPr="00150C4D">
       <w:t>Checklist</w:t>
     </w:r>
     <w:r>
       <w:t>—</w:t>
     </w:r>
     <w:bookmarkEnd w:id="0"/>
     <w:r>
-      <w:t>Concessional livestock loading – Vehicle rating (</w:t>
+      <w:t xml:space="preserve">Concessional livestock loading – </w:t>
     </w:r>
-    <w:r w:rsidR="007C0C0A">
-      <w:t>Dolly</w:t>
+    <w:r w:rsidR="0046334C">
+      <w:t xml:space="preserve">Tandem Axle </w:t>
+    </w:r>
+    <w:r w:rsidR="004641FE">
+      <w:t>Converter Dolly</w:t>
     </w:r>
     <w:r>
+      <w:t xml:space="preserve"> rating (</w:t>
+    </w:r>
+    <w:r w:rsidR="00745E29">
+      <w:t xml:space="preserve">Tandem Axle </w:t>
+    </w:r>
+    <w:r w:rsidR="00EA73C4">
+      <w:t>Converter Dolly</w:t>
+    </w:r>
+    <w:r w:rsidR="002C6913">
       <w:t>)</w:t>
     </w:r>
   </w:p>
-  <w:p w14:paraId="06ECA91E" w14:textId="77777777" w:rsidR="00017AF8" w:rsidRDefault="00017AF8" w:rsidP="005F6F37">
+  <w:p w14:paraId="1BC96843" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="005F6F37">
     <w:pPr>
       <w:pStyle w:val="Note"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="259E9A0D" w14:textId="00B9FF5A" w:rsidR="00211735" w:rsidRDefault="00211735">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="1AE96784" w14:textId="77777777" w:rsidR="006B0013" w:rsidRDefault="006B0013">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7914EAAA" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header5.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="47EA6BB2" w14:textId="7D7B7BD0" w:rsidR="004B116D" w:rsidRDefault="00D82235">
+    <w:pPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:pBdr>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
+      </w:pBdr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:sdt>
+      <w:sdtPr>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:id w:val="328177511"/>
+        <w:docPartObj>
+          <w:docPartGallery w:val="Watermarks"/>
+          <w:docPartUnique/>
+        </w:docPartObj>
+      </w:sdtPr>
+      <w:sdtEndPr/>
+      <w:sdtContent>
+        <w:r w:rsidR="00FF2E13">
+          <w:rPr>
+            <w:noProof/>
+            <w:lang w:eastAsia="en-AU"/>
+          </w:rPr>
+          <mc:AlternateContent>
+            <mc:Choice Requires="wps">
+              <w:drawing>
+                <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="1" locked="0" layoutInCell="0" allowOverlap="1" wp14:anchorId="17DC4A23" wp14:editId="6F4321FB">
+                  <wp:simplePos x="0" y="0"/>
+                  <wp:positionH relativeFrom="margin">
+                    <wp:align>center</wp:align>
+                  </wp:positionH>
+                  <wp:positionV relativeFrom="margin">
+                    <wp:align>center</wp:align>
+                  </wp:positionV>
+                  <wp:extent cx="5237480" cy="3142615"/>
+                  <wp:effectExtent l="0" t="1143000" r="0" b="657860"/>
+                  <wp:wrapNone/>
+                  <wp:docPr id="1037914788" name="WordArt 2"/>
+                  <wp:cNvGraphicFramePr>
+                    <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                  </wp:cNvGraphicFramePr>
+                  <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                    <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                      <wps:wsp>
+                        <wps:cNvSpPr txBox="1">
+                          <a:spLocks noChangeArrowheads="1" noChangeShapeType="1" noTextEdit="1"/>
+                        </wps:cNvSpPr>
+                        <wps:spPr bwMode="auto">
+                          <a:xfrm rot="18900000">
+                            <a:off x="0" y="0"/>
+                            <a:ext cx="5237480" cy="3142615"/>
+                          </a:xfrm>
+                          <a:prstGeom prst="rect">
+                            <a:avLst/>
+                          </a:prstGeom>
+                          <a:extLst>
+                            <a:ext uri="{91240B29-F687-4F45-9708-019B960494DF}">
+                              <a14:hiddenLine xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" w="9525">
+                                <a:solidFill>
+                                  <a:srgbClr val="000000"/>
+                                </a:solidFill>
+                                <a:round/>
+                                <a:headEnd/>
+                                <a:tailEnd/>
+                              </a14:hiddenLine>
+                            </a:ext>
+                          </a:extLst>
+                        </wps:spPr>
+                        <wps:txbx>
+                          <w:txbxContent>
+                            <w:p w14:paraId="73583529" w14:textId="77777777" w:rsidR="00FF2E13" w:rsidRDefault="00FF2E13" w:rsidP="00FF2E13">
+                              <w:pPr>
+                                <w:jc w:val="center"/>
+                                <w:rPr>
+                                  <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                                  <w:color w:val="C0C0C0"/>
+                                  <w:sz w:val="2"/>
+                                  <w:szCs w:val="2"/>
+                                  <w14:textFill>
+                                    <w14:solidFill>
+                                      <w14:srgbClr w14:val="C0C0C0">
+                                        <w14:alpha w14:val="50000"/>
+                                      </w14:srgbClr>
+                                    </w14:solidFill>
+                                  </w14:textFill>
+                                </w:rPr>
+                              </w:pPr>
+                              <w:r>
+                                <w:rPr>
+                                  <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                                  <w:color w:val="C0C0C0"/>
+                                  <w:sz w:val="2"/>
+                                  <w:szCs w:val="2"/>
+                                  <w14:textFill>
+                                    <w14:solidFill>
+                                      <w14:srgbClr w14:val="C0C0C0">
+                                        <w14:alpha w14:val="50000"/>
+                                      </w14:srgbClr>
+                                    </w14:solidFill>
+                                  </w14:textFill>
+                                </w:rPr>
+                                <w:t>DRAFT</w:t>
+                              </w:r>
+                            </w:p>
+                          </w:txbxContent>
+                        </wps:txbx>
+                        <wps:bodyPr wrap="square" numCol="1" fromWordArt="1">
+                          <a:prstTxWarp prst="textPlain">
+                            <a:avLst>
+                              <a:gd name="adj" fmla="val 50000"/>
+                            </a:avLst>
+                          </a:prstTxWarp>
+                          <a:spAutoFit/>
+                        </wps:bodyPr>
+                      </wps:wsp>
+                    </a:graphicData>
+                  </a:graphic>
+                  <wp14:sizeRelH relativeFrom="page">
+                    <wp14:pctWidth>0</wp14:pctWidth>
+                  </wp14:sizeRelH>
+                  <wp14:sizeRelV relativeFrom="page">
+                    <wp14:pctHeight>0</wp14:pctHeight>
+                  </wp14:sizeRelV>
+                </wp:anchor>
+              </w:drawing>
+            </mc:Choice>
+            <mc:Fallback>
+              <w:pict>
+                <v:shapetype w14:anchorId="17DC4A23" id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                  <v:stroke joinstyle="miter"/>
+                  <v:path gradientshapeok="t" o:connecttype="rect"/>
+                </v:shapetype>
+                <v:shape id="WordArt 2" o:spid="_x0000_s1047" type="#_x0000_t202" style="position:absolute;margin-left:0;margin-top:0;width:412.4pt;height:247.45pt;rotation:-45;z-index:-251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:0;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:0;mso-position-horizontal:center;mso-position-horizontal-relative:margin;mso-position-vertical:center;mso-position-vertical-relative:margin;mso-width-percent:0;mso-height-percent:0;mso-width-relative:page;mso-height-relative:page;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA3NgrR9AEAAMUDAAAOAAAAZHJzL2Uyb0RvYy54bWysU0Fu2zAQvBfoHwjea0lOnLqC5cBNml7S&#10;NkAc5EyTlKVW5LJL2pJ/nyWt2EVzK6oDIS3J2ZnZ0eJ6MB3ba/Qt2IoXk5wzbSWo1m4r/rS++zDn&#10;zAdhlejA6ooftOfXy/fvFr0r9RQa6JRGRiDWl72reBOCK7PMy0Yb4SfgtKXNGtCIQJ+4zRSKntBN&#10;l03z/CrrAZVDkNp7qt4eN/ky4de1luFHXXsdWFdx4hbSimndxDVbLkS5ReGaVo40xD+wMKK11PQE&#10;dSuCYDts30CZViJ4qMNEgsmgrlupkwZSU+R/qXlshNNJC5nj3ckm//9g5ff9o3tAFobPMNAAkwjv&#10;7kH+8szCTSPsVq8QoW+0UNS44Kdyorc+OBprqq71EL6oljwuoq9Z73w54sd5+NLHTpv+Gyi6InYB&#10;UrehRsMQ4rX5pzw+qUzeMGJEQzucBkUNmKTibHrx8XJOW5L2LorL6VUxSy1FGdHiIBz68FWDYfGl&#10;4khJSLBif+9DZHc+MlKN7I48w7AZ6EikvAF1INI9JaTi/vdOoCYDduYGKFCkukYwzxTBFSbZr53X&#10;w7NAN/YORPuhe01IIpCiopgVJjqhfhKQ6Sh4e9GxWbLgSHE8PJI9osa73q3Ivrs2KTnzHJVQVpLA&#10;MdcxjH9+p1Pnv2/5AgAA//8DAFBLAwQUAAYACAAAACEAOy2kaNsAAAAFAQAADwAAAGRycy9kb3du&#10;cmV2LnhtbEyPwU7DMBBE70j8g7VI3KjTEqE2xKkQEYce2yLObrxNQu11iJ0m5etZuNDLSKtZzbzJ&#10;15Oz4ox9aD0pmM8SEEiVNy3VCt73bw9LECFqMtp6QgUXDLAubm9ynRk/0hbPu1gLDqGQaQVNjF0m&#10;ZagadDrMfIfE3tH3Tkc++1qaXo8c7qxcJMmTdLolbmh0h68NVqfd4BSY7+OlexzH/WazLYcv25Yl&#10;fnwqdX83vTyDiDjF/2f4xWd0KJjp4AcyQVgFPCT+KXvLRcozDgrSVboCWeTymr74AQAA//8DAFBL&#10;AQItABQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBl&#10;c10ueG1sUEsBAi0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxz&#10;Ly5yZWxzUEsBAi0AFAAGAAgAAAAhADc2CtH0AQAAxQMAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9l&#10;Mm9Eb2MueG1sUEsBAi0AFAAGAAgAAAAhADstpGjbAAAABQEAAA8AAAAAAAAAAAAAAAAATgQAAGRy&#10;cy9kb3ducmV2LnhtbFBLBQYAAAAABAAEAPMAAABWBQAAAAA=&#10;" o:allowincell="f" filled="f" stroked="f">
+                  <v:stroke joinstyle="round"/>
+                  <o:lock v:ext="edit" shapetype="t"/>
+                  <v:textbox style="mso-fit-shape-to-text:t">
+                    <w:txbxContent>
+                      <w:p w14:paraId="73583529" w14:textId="77777777" w:rsidR="00FF2E13" w:rsidRDefault="00FF2E13" w:rsidP="00FF2E13">
+                        <w:pPr>
+                          <w:jc w:val="center"/>
+                          <w:rPr>
+                            <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                            <w:color w:val="C0C0C0"/>
+                            <w:sz w:val="2"/>
+                            <w:szCs w:val="2"/>
+                            <w14:textFill>
+                              <w14:solidFill>
+                                <w14:srgbClr w14:val="C0C0C0">
+                                  <w14:alpha w14:val="50000"/>
+                                </w14:srgbClr>
+                              </w14:solidFill>
+                            </w14:textFill>
+                          </w:rPr>
+                        </w:pPr>
+                        <w:r>
+                          <w:rPr>
+                            <w:rFonts w:eastAsia="Calibri" w:cs="Calibri"/>
+                            <w:color w:val="C0C0C0"/>
+                            <w:sz w:val="2"/>
+                            <w:szCs w:val="2"/>
+                            <w14:textFill>
+                              <w14:solidFill>
+                                <w14:srgbClr w14:val="C0C0C0">
+                                  <w14:alpha w14:val="50000"/>
+                                </w14:srgbClr>
+                              </w14:solidFill>
+                            </w14:textFill>
+                          </w:rPr>
+                          <w:t>DRAFT</w:t>
+                        </w:r>
+                      </w:p>
+                    </w:txbxContent>
+                  </v:textbox>
+                  <w10:wrap anchorx="margin" anchory="margin"/>
+                </v:shape>
+              </w:pict>
+            </mc:Fallback>
+          </mc:AlternateContent>
+        </w:r>
+      </w:sdtContent>
+    </w:sdt>
+    <w:r w:rsidR="004B116D">
+      <w:rPr>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">S10 </w:t>
+    </w:r>
+    <w:r w:rsidR="004B116D" w:rsidRPr="00150C4D">
+      <w:t>Checklist</w:t>
+    </w:r>
+    <w:r w:rsidR="004B116D">
+      <w:t>—Concessional livestock loading – Vehicle Checklist Drawings</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="07326522" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header6.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="72DAC0CF" w14:textId="77777777" w:rsidR="004B116D" w:rsidRDefault="004B116D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header7.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="5D52926B" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="00150C4D" w:rsidRDefault="00E42D1E" w:rsidP="008E4A32">
+    <w:pPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:pBdr>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
+      </w:pBdr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">S10 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00150C4D">
+      <w:t>Checklist</w:t>
+    </w:r>
+    <w:r>
+      <w:t>—Concessional livestock loading – Vehicle rating (Semi</w:t>
+    </w:r>
+    <w:r w:rsidR="00E65572">
+      <w:t>t</w:t>
+    </w:r>
+    <w:r>
+      <w:t>railer including B-</w:t>
+    </w:r>
+    <w:r w:rsidR="00B53D6C">
+      <w:t>d</w:t>
+    </w:r>
+    <w:r>
+      <w:t>ouble and B-</w:t>
+    </w:r>
+    <w:r w:rsidR="00B53D6C">
+      <w:t>t</w:t>
+    </w:r>
+    <w:r>
+      <w:t xml:space="preserve">riple </w:t>
+    </w:r>
+    <w:r w:rsidR="0067289B">
+      <w:t>trailer</w:t>
+    </w:r>
+    <w:r>
+      <w:t>)</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="43C7FBEC" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="005F6F37">
+    <w:pPr>
+      <w:pStyle w:val="Note"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="028855DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AB63468"/>
     <w:lvl w:ilvl="0" w:tplc="E39A4CBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -6895,50 +13548,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11063998"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30EE822A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17746ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6194F782"/>
     <w:lvl w:ilvl="0" w:tplc="30267370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -7008,164 +13774,349 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17A014C8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F3327118"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1B425EFE"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="E654DE62"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C5E771F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6074B3DE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7234,51 +14185,200 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="1D701786"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="3F064094"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EF41CD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9168ADAE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7347,51 +14447,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26194AD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17D6D2C4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7460,51 +14560,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="274A6A89"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0BA2D60"/>
+    <w:lvl w:ilvl="0" w:tplc="1BA85A8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0AC0D8D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="361EA482">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B386910E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2E18A3D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="15E8B040">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FD9848D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8F762C6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B67C2784">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="276E577C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDB4C1FA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7573,51 +14786,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A7463D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BB62C90"/>
+    <w:lvl w:ilvl="0" w:tplc="18C8F9D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="71485E58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F4D6574C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5908E106">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3342DEA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="64686DB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="367E0282">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B8088228">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CAB40572">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E4F3682"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DDA2230"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7686,51 +15012,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319B3487"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A97A517E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7799,51 +15125,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="340D15AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D8AB2C8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -7912,51 +15238,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C1B11AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC124B78"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8025,51 +15351,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40622CD0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CAAAC98"/>
     <w:styleLink w:val="Tablenumbering"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -8167,51 +15493,200 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="44D90C19"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="B92C6970"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="452E3239"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE724BCC"/>
     <w:lvl w:ilvl="0" w:tplc="263632A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="361" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8281,66 +15756,328 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47042C64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="674C2AFA"/>
+    <w:tmpl w:val="B742F534"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="475A0262"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="163ECA3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="492D78F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D4A0D6E"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
@@ -8394,51 +16131,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C2F78A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E70182E"/>
     <w:lvl w:ilvl="0" w:tplc="DD28E6D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -8481,51 +16218,200 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4C4661E9"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CC0C672C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CE07EE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BC4D73E"/>
     <w:lvl w:ilvl="0" w:tplc="84948B1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8595,51 +16481,200 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="4D6D1C33"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="FA7CFA2C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DBC659A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BDCF404"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -8708,51 +16743,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BF5A1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ED86576"/>
     <w:lvl w:ilvl="0" w:tplc="81E485CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -8822,164 +16857,349 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
-[...3 lines deleted...]
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52415D73"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="A470D364"/>
+    <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
         <w:ind w:left="2160" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
         <w:ind w:left="4320" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
-[...2 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-      </w:rPr>
-[...6 lines deleted...]
-      <w:pPr>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
-[...7 lines deleted...]
-      <w:pPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52530179"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4B741136"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="580504B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99609AD6"/>
     <w:lvl w:ilvl="0" w:tplc="FC9C9BC0">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9048,51 +17268,137 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5E4837EE"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B6C8B4F0"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="620058A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79367988"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9161,51 +17467,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66937169"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30C6A39E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9274,277 +17580,452 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="6D011B4A"/>
+  <w:abstractNum w:abstractNumId="36" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AAE56E2"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="5032EC38"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="B0D693F0"/>
+    <w:lvl w:ilvl="0" w:tplc="C18CB29A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="760" w:hanging="360"/>
-[...29 lines deleted...]
-    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="434AF530">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="2920" w:hanging="360"/>
-[...29 lines deleted...]
-    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C00ABAB6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
-        <w:ind w:left="5080" w:hanging="360"/>
-[...26 lines deleted...]
-        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4AB8CCA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="023AC7BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6068D7D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="011E49D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B35EB2F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3EEC6E7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
-    <w:nsid w:val="78B20D74"/>
+  <w:abstractNum w:abstractNumId="37" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C403299"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="BFE071DA"/>
-    <w:lvl w:ilvl="0" w:tplc="0C090001">
+    <w:tmpl w:val="CB202220"/>
+    <w:lvl w:ilvl="0" w:tplc="8D3231A6">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
-        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
-[...5 lines deleted...]
-      <w:lvlText w:val="o"/>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0F4E6220">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FF6C9D08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B2920780">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="35020602">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E1482FAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7C38DAD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6452F634">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F538F494">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="38" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6F9A3FF7"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="6600973C"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2880" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="3600" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...18 lines deleted...]
-      <w:lvlText w:val=""/>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5040" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...6 lines deleted...]
-      <w:lvlText w:val="o"/>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
-      <w:rPr>
-[...13 lines deleted...]
-      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="39" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F4254B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="2B48D384"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="40" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5B192A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2EC0CA36"/>
     <w:lvl w:ilvl="0" w:tplc="431CF96A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9614,1728 +18095,3335 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:num w:numId="1" w16cid:durableId="2129541044">
-    <w:abstractNumId w:val="14"/>
+  <w:num w:numId="1" w16cid:durableId="406612757">
+    <w:abstractNumId w:val="20"/>
   </w:num>
-  <w:num w:numId="2" w16cid:durableId="565263393">
+  <w:num w:numId="2" w16cid:durableId="1640456669">
     <w:abstractNumId w:val="0"/>
   </w:num>
-  <w:num w:numId="3" w16cid:durableId="1678264653">
-    <w:abstractNumId w:val="17"/>
+  <w:num w:numId="3" w16cid:durableId="1429617422">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="4" w16cid:durableId="999044653">
-    <w:abstractNumId w:val="3"/>
+  <w:num w:numId="4" w16cid:durableId="759372642">
+    <w:abstractNumId w:val="4"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="2060787548">
+  <w:num w:numId="5" w16cid:durableId="1232691094">
     <w:abstractNumId w:val="2"/>
   </w:num>
-  <w:num w:numId="6" w16cid:durableId="344403024">
-    <w:abstractNumId w:val="21"/>
+  <w:num w:numId="6" w16cid:durableId="918976140">
+    <w:abstractNumId w:val="32"/>
   </w:num>
-  <w:num w:numId="7" w16cid:durableId="1591811192">
-    <w:abstractNumId w:val="26"/>
+  <w:num w:numId="7" w16cid:durableId="1524979860">
+    <w:abstractNumId w:val="40"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="1586039635">
-    <w:abstractNumId w:val="13"/>
+  <w:num w:numId="8" w16cid:durableId="179245216">
+    <w:abstractNumId w:val="18"/>
   </w:num>
-  <w:num w:numId="9" w16cid:durableId="1717389810">
-    <w:abstractNumId w:val="19"/>
+  <w:num w:numId="9" w16cid:durableId="695812492">
+    <w:abstractNumId w:val="29"/>
   </w:num>
-  <w:num w:numId="10" w16cid:durableId="1765227084">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="10" w16cid:durableId="887105997">
+    <w:abstractNumId w:val="24"/>
   </w:num>
-  <w:num w:numId="11" w16cid:durableId="1158423459">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="11" w16cid:durableId="1249268844">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="12" w16cid:durableId="1888637826">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="12" w16cid:durableId="1196427030">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="13" w16cid:durableId="1019087205">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="13" w16cid:durableId="2072842868">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="14" w16cid:durableId="1089695473">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="14" w16cid:durableId="1081097815">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="15" w16cid:durableId="1599024973">
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="15" w16cid:durableId="639850761">
+    <w:abstractNumId w:val="24"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
-  <w:num w:numId="16" w16cid:durableId="1987514444">
+  <w:num w:numId="16" w16cid:durableId="675494405">
+    <w:abstractNumId w:val="14"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1406759663">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1506556151">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1379744394">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1359308114">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1484812246">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="894852677">
+    <w:abstractNumId w:val="28"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1872960836">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1358043898">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1605533271">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="284770925">
     <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="404302272">
-    <w:abstractNumId w:val="12"/>
+  <w:num w:numId="27" w16cid:durableId="855732618">
+    <w:abstractNumId w:val="10"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="560597391">
+  <w:num w:numId="28" w16cid:durableId="740755524">
     <w:abstractNumId w:val="15"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1205370355">
-    <w:abstractNumId w:val="1"/>
+  <w:num w:numId="29" w16cid:durableId="1805654512">
+    <w:abstractNumId w:val="26"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="429467580">
+  <w:num w:numId="30" w16cid:durableId="733313451">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1474836531">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="115489619">
+    <w:abstractNumId w:val="3"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="83844404">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1558935321">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="261035573">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="805976397">
+  <w:num w:numId="36" w16cid:durableId="763497408">
+    <w:abstractNumId w:val="36"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1075934291">
+    <w:abstractNumId w:val="37"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="657265541">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="882978755">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1056314361">
+    <w:abstractNumId w:val="33"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="2066682363">
+    <w:abstractNumId w:val="38"/>
+  </w:num>
+  <w:num w:numId="42" w16cid:durableId="1666744198">
+    <w:abstractNumId w:val="39"/>
+  </w:num>
+  <w:num w:numId="43" w16cid:durableId="1880585482">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="44" w16cid:durableId="606350253">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="45" w16cid:durableId="613943734">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="46" w16cid:durableId="285816061">
+    <w:abstractNumId w:val="27"/>
+  </w:num>
+  <w:num w:numId="47" w16cid:durableId="1679506217">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="22" w16cid:durableId="330330920">
-[...20 lines deleted...]
-  <w:num w:numId="29" w16cid:durableId="971131093">
+  <w:num w:numId="48" w16cid:durableId="1090544525">
     <w:abstractNumId w:val="25"/>
-  </w:num>
-[...7 lines deleted...]
-    <w:abstractNumId w:val="24"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="70"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="80"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00251344"/>
     <w:rsid w:val="000003FE"/>
     <w:rsid w:val="00000646"/>
+    <w:rsid w:val="00000A12"/>
+    <w:rsid w:val="0000149F"/>
+    <w:rsid w:val="000016D0"/>
+    <w:rsid w:val="00001814"/>
+    <w:rsid w:val="00001D1E"/>
     <w:rsid w:val="00001FF2"/>
+    <w:rsid w:val="000033DA"/>
     <w:rsid w:val="00003BCE"/>
     <w:rsid w:val="00004503"/>
+    <w:rsid w:val="000079E5"/>
     <w:rsid w:val="00007A77"/>
+    <w:rsid w:val="00007D75"/>
     <w:rsid w:val="00011656"/>
     <w:rsid w:val="00011715"/>
+    <w:rsid w:val="00011F54"/>
+    <w:rsid w:val="0001282F"/>
+    <w:rsid w:val="00013534"/>
+    <w:rsid w:val="000135D3"/>
+    <w:rsid w:val="00013C3B"/>
     <w:rsid w:val="000143F4"/>
-    <w:rsid w:val="00017AF8"/>
+    <w:rsid w:val="00014895"/>
+    <w:rsid w:val="00015557"/>
+    <w:rsid w:val="000169F6"/>
+    <w:rsid w:val="00017695"/>
     <w:rsid w:val="000208F0"/>
+    <w:rsid w:val="00021D6A"/>
     <w:rsid w:val="000226C1"/>
+    <w:rsid w:val="000228AE"/>
     <w:rsid w:val="000229CC"/>
     <w:rsid w:val="00023D24"/>
     <w:rsid w:val="000243B0"/>
     <w:rsid w:val="00024B4A"/>
+    <w:rsid w:val="000302A5"/>
     <w:rsid w:val="000303C4"/>
     <w:rsid w:val="000307D1"/>
+    <w:rsid w:val="0003099D"/>
     <w:rsid w:val="00031D10"/>
     <w:rsid w:val="00032ED0"/>
+    <w:rsid w:val="0003457A"/>
+    <w:rsid w:val="00034AB4"/>
     <w:rsid w:val="00035A62"/>
     <w:rsid w:val="00035D06"/>
+    <w:rsid w:val="00037161"/>
+    <w:rsid w:val="00037166"/>
     <w:rsid w:val="000402F2"/>
     <w:rsid w:val="000407FF"/>
+    <w:rsid w:val="00043C35"/>
+    <w:rsid w:val="00044113"/>
     <w:rsid w:val="00044C21"/>
     <w:rsid w:val="00044E50"/>
+    <w:rsid w:val="00045E0D"/>
     <w:rsid w:val="00046D4B"/>
+    <w:rsid w:val="00047603"/>
+    <w:rsid w:val="00050BBC"/>
+    <w:rsid w:val="00050FFE"/>
+    <w:rsid w:val="000517AF"/>
+    <w:rsid w:val="000521DB"/>
+    <w:rsid w:val="00052315"/>
     <w:rsid w:val="00052DA9"/>
     <w:rsid w:val="00053963"/>
+    <w:rsid w:val="000543CD"/>
+    <w:rsid w:val="00054474"/>
+    <w:rsid w:val="0005477F"/>
+    <w:rsid w:val="00054EB5"/>
     <w:rsid w:val="00055797"/>
+    <w:rsid w:val="0005673F"/>
+    <w:rsid w:val="0005721E"/>
+    <w:rsid w:val="00060016"/>
+    <w:rsid w:val="00060684"/>
     <w:rsid w:val="00060906"/>
+    <w:rsid w:val="00060CFF"/>
     <w:rsid w:val="00060E66"/>
     <w:rsid w:val="000611AA"/>
     <w:rsid w:val="00061468"/>
+    <w:rsid w:val="000633D5"/>
+    <w:rsid w:val="00063A65"/>
+    <w:rsid w:val="00066927"/>
     <w:rsid w:val="000671CF"/>
+    <w:rsid w:val="00067EB0"/>
+    <w:rsid w:val="00070D6D"/>
+    <w:rsid w:val="00072D10"/>
+    <w:rsid w:val="00073816"/>
     <w:rsid w:val="000738CA"/>
     <w:rsid w:val="00074E4C"/>
+    <w:rsid w:val="00075B25"/>
     <w:rsid w:val="00076317"/>
+    <w:rsid w:val="00076755"/>
     <w:rsid w:val="00076B5A"/>
+    <w:rsid w:val="000772A2"/>
     <w:rsid w:val="000774BE"/>
+    <w:rsid w:val="00077D9E"/>
+    <w:rsid w:val="000809FC"/>
+    <w:rsid w:val="00080AF1"/>
     <w:rsid w:val="00081926"/>
+    <w:rsid w:val="00081B9C"/>
+    <w:rsid w:val="00081D61"/>
+    <w:rsid w:val="000824F1"/>
+    <w:rsid w:val="00082784"/>
+    <w:rsid w:val="00082DAD"/>
     <w:rsid w:val="00082ECA"/>
     <w:rsid w:val="00084492"/>
     <w:rsid w:val="00084657"/>
     <w:rsid w:val="000858D8"/>
+    <w:rsid w:val="00086411"/>
     <w:rsid w:val="00086C84"/>
-    <w:rsid w:val="000907DB"/>
+    <w:rsid w:val="00086E93"/>
+    <w:rsid w:val="000877CB"/>
+    <w:rsid w:val="00087A13"/>
+    <w:rsid w:val="00090118"/>
     <w:rsid w:val="00090986"/>
+    <w:rsid w:val="00090C0D"/>
+    <w:rsid w:val="00091E5E"/>
+    <w:rsid w:val="00091EF2"/>
+    <w:rsid w:val="00091EF5"/>
+    <w:rsid w:val="00092F57"/>
     <w:rsid w:val="000933A9"/>
+    <w:rsid w:val="00094010"/>
     <w:rsid w:val="00094C38"/>
     <w:rsid w:val="00094DA4"/>
+    <w:rsid w:val="000957AD"/>
+    <w:rsid w:val="00096588"/>
     <w:rsid w:val="000968EE"/>
     <w:rsid w:val="00096CD6"/>
+    <w:rsid w:val="00097183"/>
     <w:rsid w:val="00097605"/>
+    <w:rsid w:val="00097709"/>
     <w:rsid w:val="000A0208"/>
     <w:rsid w:val="000A03EC"/>
     <w:rsid w:val="000A1C47"/>
+    <w:rsid w:val="000A2F1B"/>
+    <w:rsid w:val="000A3750"/>
     <w:rsid w:val="000A3881"/>
+    <w:rsid w:val="000A3F3E"/>
+    <w:rsid w:val="000A43CE"/>
+    <w:rsid w:val="000A534B"/>
+    <w:rsid w:val="000A67FA"/>
+    <w:rsid w:val="000A683F"/>
     <w:rsid w:val="000B0985"/>
+    <w:rsid w:val="000B291A"/>
     <w:rsid w:val="000B2A5B"/>
     <w:rsid w:val="000B3A06"/>
+    <w:rsid w:val="000B42CB"/>
+    <w:rsid w:val="000B5661"/>
+    <w:rsid w:val="000B6195"/>
     <w:rsid w:val="000B65B8"/>
     <w:rsid w:val="000C028A"/>
+    <w:rsid w:val="000C07A7"/>
+    <w:rsid w:val="000C2EA5"/>
     <w:rsid w:val="000C388D"/>
+    <w:rsid w:val="000C5235"/>
     <w:rsid w:val="000C5781"/>
+    <w:rsid w:val="000C5C30"/>
+    <w:rsid w:val="000C623B"/>
+    <w:rsid w:val="000C650A"/>
+    <w:rsid w:val="000C6DD6"/>
     <w:rsid w:val="000C7ADD"/>
     <w:rsid w:val="000D0721"/>
     <w:rsid w:val="000D10E7"/>
+    <w:rsid w:val="000D1576"/>
+    <w:rsid w:val="000D16FF"/>
     <w:rsid w:val="000D183B"/>
     <w:rsid w:val="000D1912"/>
     <w:rsid w:val="000D2CAE"/>
     <w:rsid w:val="000D38B1"/>
-    <w:rsid w:val="000D43C8"/>
+    <w:rsid w:val="000D5BBA"/>
     <w:rsid w:val="000D64A7"/>
+    <w:rsid w:val="000D6EA4"/>
+    <w:rsid w:val="000D7933"/>
+    <w:rsid w:val="000E0264"/>
     <w:rsid w:val="000E03A4"/>
     <w:rsid w:val="000E0911"/>
     <w:rsid w:val="000E0EB5"/>
     <w:rsid w:val="000E1000"/>
     <w:rsid w:val="000E1391"/>
+    <w:rsid w:val="000E155A"/>
+    <w:rsid w:val="000E1725"/>
+    <w:rsid w:val="000E18A5"/>
     <w:rsid w:val="000E1DB9"/>
     <w:rsid w:val="000E1F26"/>
+    <w:rsid w:val="000E526F"/>
     <w:rsid w:val="000E544F"/>
+    <w:rsid w:val="000E6469"/>
     <w:rsid w:val="000E695F"/>
+    <w:rsid w:val="000E6979"/>
+    <w:rsid w:val="000E6E17"/>
+    <w:rsid w:val="000E745C"/>
+    <w:rsid w:val="000E75B3"/>
+    <w:rsid w:val="000E7686"/>
+    <w:rsid w:val="000E7F41"/>
     <w:rsid w:val="000F0179"/>
     <w:rsid w:val="000F13FA"/>
+    <w:rsid w:val="000F1E5B"/>
+    <w:rsid w:val="000F1FFE"/>
     <w:rsid w:val="000F2C50"/>
+    <w:rsid w:val="000F317A"/>
     <w:rsid w:val="000F3E8D"/>
+    <w:rsid w:val="000F45C8"/>
+    <w:rsid w:val="000F466E"/>
     <w:rsid w:val="000F7A0F"/>
     <w:rsid w:val="000F7E29"/>
     <w:rsid w:val="0010042B"/>
     <w:rsid w:val="00100558"/>
     <w:rsid w:val="001006FA"/>
+    <w:rsid w:val="00100E17"/>
     <w:rsid w:val="00101AAC"/>
+    <w:rsid w:val="00101D4E"/>
     <w:rsid w:val="0010204D"/>
     <w:rsid w:val="001021D6"/>
     <w:rsid w:val="00103EEA"/>
     <w:rsid w:val="00105586"/>
+    <w:rsid w:val="00105C36"/>
     <w:rsid w:val="00106461"/>
     <w:rsid w:val="00107CFA"/>
     <w:rsid w:val="001105ED"/>
+    <w:rsid w:val="00111DC9"/>
     <w:rsid w:val="00112002"/>
-    <w:rsid w:val="00113302"/>
+    <w:rsid w:val="00112F49"/>
     <w:rsid w:val="00113491"/>
+    <w:rsid w:val="00114260"/>
+    <w:rsid w:val="001142EC"/>
     <w:rsid w:val="00114A50"/>
     <w:rsid w:val="00115054"/>
     <w:rsid w:val="001156C7"/>
+    <w:rsid w:val="00117010"/>
     <w:rsid w:val="0011768F"/>
     <w:rsid w:val="00117B91"/>
     <w:rsid w:val="001203F2"/>
-    <w:rsid w:val="00122BA0"/>
+    <w:rsid w:val="00120B7C"/>
+    <w:rsid w:val="00122B51"/>
     <w:rsid w:val="00122FFA"/>
     <w:rsid w:val="00123008"/>
+    <w:rsid w:val="00123A8E"/>
     <w:rsid w:val="00123ACA"/>
+    <w:rsid w:val="00125F6A"/>
     <w:rsid w:val="00126A53"/>
     <w:rsid w:val="00126CEA"/>
+    <w:rsid w:val="0012712F"/>
+    <w:rsid w:val="00127325"/>
     <w:rsid w:val="00127423"/>
+    <w:rsid w:val="00127819"/>
     <w:rsid w:val="00130DA1"/>
     <w:rsid w:val="00131C25"/>
+    <w:rsid w:val="00132254"/>
+    <w:rsid w:val="00132B23"/>
+    <w:rsid w:val="00132F8B"/>
     <w:rsid w:val="001332EC"/>
+    <w:rsid w:val="001339DF"/>
+    <w:rsid w:val="00133C6C"/>
+    <w:rsid w:val="00134074"/>
     <w:rsid w:val="001351A1"/>
     <w:rsid w:val="00136079"/>
     <w:rsid w:val="00137DE9"/>
+    <w:rsid w:val="00140183"/>
     <w:rsid w:val="00141910"/>
+    <w:rsid w:val="001431BB"/>
     <w:rsid w:val="0014448F"/>
     <w:rsid w:val="00144729"/>
     <w:rsid w:val="00144BC3"/>
     <w:rsid w:val="00150C4D"/>
     <w:rsid w:val="00151C2D"/>
+    <w:rsid w:val="00152537"/>
     <w:rsid w:val="0015264D"/>
     <w:rsid w:val="00152CF3"/>
     <w:rsid w:val="00153297"/>
     <w:rsid w:val="00154230"/>
+    <w:rsid w:val="001542A8"/>
     <w:rsid w:val="00154EE8"/>
     <w:rsid w:val="001557EB"/>
     <w:rsid w:val="001559B0"/>
+    <w:rsid w:val="00155E48"/>
+    <w:rsid w:val="001603F6"/>
+    <w:rsid w:val="001604BC"/>
+    <w:rsid w:val="00161E2D"/>
+    <w:rsid w:val="0016279A"/>
+    <w:rsid w:val="001628A7"/>
     <w:rsid w:val="00163099"/>
+    <w:rsid w:val="0016357D"/>
+    <w:rsid w:val="00163A93"/>
     <w:rsid w:val="00163E6B"/>
     <w:rsid w:val="00163F0A"/>
+    <w:rsid w:val="00164951"/>
     <w:rsid w:val="00166D1C"/>
     <w:rsid w:val="001670F6"/>
+    <w:rsid w:val="00167837"/>
+    <w:rsid w:val="001678D8"/>
+    <w:rsid w:val="001678E1"/>
+    <w:rsid w:val="00170365"/>
+    <w:rsid w:val="00171203"/>
     <w:rsid w:val="0017172C"/>
     <w:rsid w:val="001733F3"/>
+    <w:rsid w:val="00173806"/>
+    <w:rsid w:val="00173ADD"/>
+    <w:rsid w:val="00174B0E"/>
     <w:rsid w:val="0017572C"/>
+    <w:rsid w:val="0017588C"/>
+    <w:rsid w:val="0017623F"/>
+    <w:rsid w:val="001762A8"/>
+    <w:rsid w:val="00176C21"/>
+    <w:rsid w:val="001773C1"/>
+    <w:rsid w:val="00181F98"/>
+    <w:rsid w:val="001823B3"/>
     <w:rsid w:val="00183609"/>
+    <w:rsid w:val="00184FD0"/>
+    <w:rsid w:val="00185133"/>
     <w:rsid w:val="001852DE"/>
     <w:rsid w:val="00185696"/>
     <w:rsid w:val="001861FB"/>
     <w:rsid w:val="00187559"/>
+    <w:rsid w:val="0018795F"/>
+    <w:rsid w:val="00187D5B"/>
     <w:rsid w:val="0019215E"/>
+    <w:rsid w:val="001929D6"/>
     <w:rsid w:val="001929E0"/>
+    <w:rsid w:val="0019320B"/>
     <w:rsid w:val="001934F9"/>
     <w:rsid w:val="00193EED"/>
     <w:rsid w:val="00193F6B"/>
     <w:rsid w:val="0019513F"/>
     <w:rsid w:val="00195924"/>
     <w:rsid w:val="00195EBA"/>
     <w:rsid w:val="00195EE1"/>
+    <w:rsid w:val="00197513"/>
     <w:rsid w:val="00197545"/>
     <w:rsid w:val="00197F08"/>
     <w:rsid w:val="001A00A2"/>
+    <w:rsid w:val="001A121E"/>
+    <w:rsid w:val="001A147F"/>
     <w:rsid w:val="001A2097"/>
+    <w:rsid w:val="001A218A"/>
+    <w:rsid w:val="001A2E01"/>
+    <w:rsid w:val="001A3D36"/>
     <w:rsid w:val="001A7774"/>
-    <w:rsid w:val="001B0FA3"/>
+    <w:rsid w:val="001B07D1"/>
+    <w:rsid w:val="001B0A17"/>
     <w:rsid w:val="001B145E"/>
     <w:rsid w:val="001B18FB"/>
+    <w:rsid w:val="001B2630"/>
     <w:rsid w:val="001B34D1"/>
     <w:rsid w:val="001B56AD"/>
+    <w:rsid w:val="001B5E90"/>
+    <w:rsid w:val="001B5FE9"/>
+    <w:rsid w:val="001B73EA"/>
+    <w:rsid w:val="001B7A29"/>
+    <w:rsid w:val="001C0432"/>
+    <w:rsid w:val="001C1100"/>
     <w:rsid w:val="001C1A8A"/>
     <w:rsid w:val="001C2B5E"/>
+    <w:rsid w:val="001C35B8"/>
     <w:rsid w:val="001C522B"/>
     <w:rsid w:val="001C6718"/>
     <w:rsid w:val="001C6876"/>
+    <w:rsid w:val="001D06B5"/>
+    <w:rsid w:val="001D4ED8"/>
+    <w:rsid w:val="001D6B2A"/>
+    <w:rsid w:val="001D7914"/>
+    <w:rsid w:val="001D7C8F"/>
+    <w:rsid w:val="001E05F9"/>
+    <w:rsid w:val="001E0CAF"/>
+    <w:rsid w:val="001E1780"/>
+    <w:rsid w:val="001E2273"/>
     <w:rsid w:val="001E23EE"/>
     <w:rsid w:val="001E372E"/>
+    <w:rsid w:val="001E398A"/>
     <w:rsid w:val="001E4176"/>
     <w:rsid w:val="001E4A49"/>
     <w:rsid w:val="001E55F0"/>
+    <w:rsid w:val="001E68DA"/>
+    <w:rsid w:val="001E6CDF"/>
     <w:rsid w:val="001E7414"/>
     <w:rsid w:val="001E77C6"/>
     <w:rsid w:val="001E78B7"/>
     <w:rsid w:val="001E7AD0"/>
+    <w:rsid w:val="001E7F78"/>
     <w:rsid w:val="001F13BC"/>
     <w:rsid w:val="001F1E16"/>
     <w:rsid w:val="001F24ED"/>
+    <w:rsid w:val="001F262B"/>
+    <w:rsid w:val="001F2927"/>
     <w:rsid w:val="001F294A"/>
     <w:rsid w:val="001F3833"/>
     <w:rsid w:val="001F480D"/>
+    <w:rsid w:val="001F4D66"/>
     <w:rsid w:val="001F4D87"/>
     <w:rsid w:val="001F66E1"/>
+    <w:rsid w:val="001F692E"/>
+    <w:rsid w:val="001F6AE8"/>
+    <w:rsid w:val="001F6B52"/>
     <w:rsid w:val="001F6F19"/>
+    <w:rsid w:val="001F7149"/>
+    <w:rsid w:val="00200004"/>
+    <w:rsid w:val="00200C76"/>
     <w:rsid w:val="002010F1"/>
+    <w:rsid w:val="00201FBD"/>
     <w:rsid w:val="002024FB"/>
     <w:rsid w:val="002026B4"/>
-    <w:rsid w:val="002047CE"/>
-    <w:rsid w:val="00211735"/>
+    <w:rsid w:val="00202B2A"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="0020378A"/>
+    <w:rsid w:val="00204370"/>
+    <w:rsid w:val="00204F43"/>
+    <w:rsid w:val="00206DB1"/>
+    <w:rsid w:val="0021052C"/>
     <w:rsid w:val="00211740"/>
     <w:rsid w:val="0021240F"/>
     <w:rsid w:val="00212613"/>
+    <w:rsid w:val="00213D8D"/>
     <w:rsid w:val="00213E7A"/>
+    <w:rsid w:val="002141BC"/>
+    <w:rsid w:val="002146D3"/>
+    <w:rsid w:val="00214E5E"/>
     <w:rsid w:val="00214E88"/>
+    <w:rsid w:val="00216AFC"/>
+    <w:rsid w:val="002173F4"/>
+    <w:rsid w:val="00217BF6"/>
     <w:rsid w:val="0022037D"/>
+    <w:rsid w:val="00220446"/>
+    <w:rsid w:val="00221B92"/>
+    <w:rsid w:val="002226FF"/>
     <w:rsid w:val="0022453C"/>
+    <w:rsid w:val="002251A2"/>
+    <w:rsid w:val="002255F5"/>
     <w:rsid w:val="00225B2B"/>
     <w:rsid w:val="0022604F"/>
     <w:rsid w:val="00227718"/>
+    <w:rsid w:val="002279E7"/>
     <w:rsid w:val="00227B01"/>
+    <w:rsid w:val="00227D65"/>
+    <w:rsid w:val="00227E08"/>
     <w:rsid w:val="0023129D"/>
     <w:rsid w:val="002334D5"/>
+    <w:rsid w:val="00233D63"/>
     <w:rsid w:val="002357F7"/>
+    <w:rsid w:val="002368FD"/>
     <w:rsid w:val="00240013"/>
     <w:rsid w:val="00240287"/>
+    <w:rsid w:val="00240599"/>
     <w:rsid w:val="002455EC"/>
     <w:rsid w:val="00245FB4"/>
+    <w:rsid w:val="002466E5"/>
+    <w:rsid w:val="00246DAA"/>
     <w:rsid w:val="00251344"/>
     <w:rsid w:val="00251D29"/>
+    <w:rsid w:val="00251F31"/>
     <w:rsid w:val="00251FA4"/>
+    <w:rsid w:val="00254363"/>
+    <w:rsid w:val="002549E2"/>
     <w:rsid w:val="0025625A"/>
+    <w:rsid w:val="002562EC"/>
     <w:rsid w:val="00257B07"/>
+    <w:rsid w:val="00261267"/>
+    <w:rsid w:val="0026275B"/>
+    <w:rsid w:val="00264181"/>
+    <w:rsid w:val="0026428D"/>
     <w:rsid w:val="00265E78"/>
     <w:rsid w:val="00266086"/>
+    <w:rsid w:val="0027003F"/>
     <w:rsid w:val="002700A8"/>
+    <w:rsid w:val="0027013F"/>
     <w:rsid w:val="00270FB5"/>
     <w:rsid w:val="00271379"/>
+    <w:rsid w:val="00271AD7"/>
     <w:rsid w:val="00271DC8"/>
+    <w:rsid w:val="00272007"/>
+    <w:rsid w:val="00272D86"/>
     <w:rsid w:val="0027328F"/>
     <w:rsid w:val="00277CAF"/>
+    <w:rsid w:val="00280654"/>
+    <w:rsid w:val="00281112"/>
+    <w:rsid w:val="0028135C"/>
+    <w:rsid w:val="00281BB9"/>
     <w:rsid w:val="00281CF2"/>
     <w:rsid w:val="00282012"/>
+    <w:rsid w:val="0028390A"/>
     <w:rsid w:val="00284349"/>
+    <w:rsid w:val="002845D6"/>
     <w:rsid w:val="002846A7"/>
     <w:rsid w:val="00284FBA"/>
     <w:rsid w:val="0028550F"/>
     <w:rsid w:val="00285DCE"/>
     <w:rsid w:val="00286643"/>
+    <w:rsid w:val="00286B7A"/>
+    <w:rsid w:val="00287477"/>
+    <w:rsid w:val="002876DC"/>
+    <w:rsid w:val="00287EFA"/>
+    <w:rsid w:val="00290834"/>
+    <w:rsid w:val="0029095A"/>
+    <w:rsid w:val="0029139B"/>
     <w:rsid w:val="002932A3"/>
+    <w:rsid w:val="0029458A"/>
+    <w:rsid w:val="0029515D"/>
     <w:rsid w:val="002964E3"/>
+    <w:rsid w:val="00296D72"/>
     <w:rsid w:val="00296EF7"/>
-    <w:rsid w:val="002A4659"/>
+    <w:rsid w:val="00297191"/>
+    <w:rsid w:val="002A2446"/>
+    <w:rsid w:val="002A2DDA"/>
+    <w:rsid w:val="002A3F82"/>
+    <w:rsid w:val="002A4F68"/>
+    <w:rsid w:val="002A553A"/>
+    <w:rsid w:val="002A744D"/>
+    <w:rsid w:val="002A7DC9"/>
+    <w:rsid w:val="002B0178"/>
     <w:rsid w:val="002B0786"/>
     <w:rsid w:val="002B16E9"/>
     <w:rsid w:val="002B18C2"/>
     <w:rsid w:val="002B211D"/>
+    <w:rsid w:val="002B2A9A"/>
     <w:rsid w:val="002B2BB3"/>
     <w:rsid w:val="002B342E"/>
+    <w:rsid w:val="002B3DCA"/>
     <w:rsid w:val="002B4807"/>
     <w:rsid w:val="002B4D7A"/>
+    <w:rsid w:val="002B692D"/>
     <w:rsid w:val="002B6A89"/>
     <w:rsid w:val="002B6AA4"/>
     <w:rsid w:val="002B6E29"/>
     <w:rsid w:val="002B7678"/>
     <w:rsid w:val="002B788C"/>
     <w:rsid w:val="002C0A86"/>
+    <w:rsid w:val="002C20CE"/>
+    <w:rsid w:val="002C24C0"/>
     <w:rsid w:val="002C4476"/>
-    <w:rsid w:val="002C4F53"/>
+    <w:rsid w:val="002C4E01"/>
     <w:rsid w:val="002C51F5"/>
     <w:rsid w:val="002C58FD"/>
+    <w:rsid w:val="002C6913"/>
     <w:rsid w:val="002C6EC8"/>
     <w:rsid w:val="002C7308"/>
     <w:rsid w:val="002D03B3"/>
+    <w:rsid w:val="002D08D0"/>
     <w:rsid w:val="002D24E1"/>
+    <w:rsid w:val="002D2855"/>
+    <w:rsid w:val="002D2985"/>
+    <w:rsid w:val="002D2D75"/>
+    <w:rsid w:val="002D311F"/>
+    <w:rsid w:val="002D488C"/>
     <w:rsid w:val="002D4BD3"/>
     <w:rsid w:val="002D4BE8"/>
+    <w:rsid w:val="002D5DB5"/>
+    <w:rsid w:val="002E0AE4"/>
+    <w:rsid w:val="002E0C33"/>
+    <w:rsid w:val="002E1A71"/>
+    <w:rsid w:val="002E220B"/>
     <w:rsid w:val="002E35E3"/>
+    <w:rsid w:val="002E37E8"/>
+    <w:rsid w:val="002E40AE"/>
+    <w:rsid w:val="002E4169"/>
+    <w:rsid w:val="002E4B5F"/>
+    <w:rsid w:val="002E65E8"/>
+    <w:rsid w:val="002E6BDA"/>
+    <w:rsid w:val="002E7594"/>
+    <w:rsid w:val="002F1097"/>
+    <w:rsid w:val="002F28FF"/>
+    <w:rsid w:val="002F438E"/>
     <w:rsid w:val="002F7269"/>
+    <w:rsid w:val="002F72DE"/>
     <w:rsid w:val="002F73D5"/>
+    <w:rsid w:val="002F758B"/>
+    <w:rsid w:val="002F7DC1"/>
+    <w:rsid w:val="0030188B"/>
+    <w:rsid w:val="003022BD"/>
+    <w:rsid w:val="00302529"/>
     <w:rsid w:val="00302E41"/>
+    <w:rsid w:val="00303671"/>
+    <w:rsid w:val="00303AB8"/>
+    <w:rsid w:val="00303B01"/>
     <w:rsid w:val="003053F7"/>
     <w:rsid w:val="0030589E"/>
+    <w:rsid w:val="003075F0"/>
     <w:rsid w:val="00307672"/>
+    <w:rsid w:val="00307971"/>
     <w:rsid w:val="003101F0"/>
     <w:rsid w:val="003103DE"/>
     <w:rsid w:val="00311B68"/>
     <w:rsid w:val="003124AD"/>
     <w:rsid w:val="00312545"/>
+    <w:rsid w:val="00314D8B"/>
+    <w:rsid w:val="00314FF9"/>
+    <w:rsid w:val="003155ED"/>
+    <w:rsid w:val="00315EE6"/>
+    <w:rsid w:val="00316615"/>
+    <w:rsid w:val="00317042"/>
     <w:rsid w:val="003206EE"/>
+    <w:rsid w:val="00320DFA"/>
+    <w:rsid w:val="0032193B"/>
+    <w:rsid w:val="003221CC"/>
     <w:rsid w:val="00322526"/>
+    <w:rsid w:val="0032261F"/>
     <w:rsid w:val="00323A8E"/>
+    <w:rsid w:val="00323B2F"/>
+    <w:rsid w:val="00323D18"/>
+    <w:rsid w:val="00323F1A"/>
     <w:rsid w:val="003248FD"/>
+    <w:rsid w:val="00326707"/>
     <w:rsid w:val="003275B9"/>
     <w:rsid w:val="00331FCD"/>
+    <w:rsid w:val="00332242"/>
     <w:rsid w:val="00332664"/>
     <w:rsid w:val="00332672"/>
+    <w:rsid w:val="003339E2"/>
     <w:rsid w:val="00333B07"/>
-    <w:rsid w:val="00335D97"/>
+    <w:rsid w:val="00336869"/>
+    <w:rsid w:val="00336B68"/>
+    <w:rsid w:val="00336CC9"/>
     <w:rsid w:val="003376D1"/>
+    <w:rsid w:val="003400DD"/>
     <w:rsid w:val="0034057A"/>
     <w:rsid w:val="003416A6"/>
     <w:rsid w:val="00341BD9"/>
     <w:rsid w:val="0034219E"/>
+    <w:rsid w:val="0034277C"/>
+    <w:rsid w:val="00343526"/>
+    <w:rsid w:val="00343FAC"/>
     <w:rsid w:val="0034431A"/>
+    <w:rsid w:val="003443ED"/>
+    <w:rsid w:val="003452B7"/>
+    <w:rsid w:val="003454B0"/>
+    <w:rsid w:val="0034590E"/>
     <w:rsid w:val="003463BA"/>
+    <w:rsid w:val="00346D3C"/>
     <w:rsid w:val="00351717"/>
+    <w:rsid w:val="00351BA7"/>
     <w:rsid w:val="003523A9"/>
     <w:rsid w:val="0035280C"/>
+    <w:rsid w:val="00352D30"/>
+    <w:rsid w:val="003535E8"/>
+    <w:rsid w:val="003543D1"/>
     <w:rsid w:val="00354438"/>
     <w:rsid w:val="003555B3"/>
+    <w:rsid w:val="00355763"/>
     <w:rsid w:val="003557D2"/>
     <w:rsid w:val="00355840"/>
+    <w:rsid w:val="003570DE"/>
+    <w:rsid w:val="00357139"/>
     <w:rsid w:val="003571F7"/>
     <w:rsid w:val="003576FA"/>
+    <w:rsid w:val="00357A6A"/>
     <w:rsid w:val="00357E6F"/>
     <w:rsid w:val="00361ADC"/>
     <w:rsid w:val="0036365C"/>
+    <w:rsid w:val="003645FA"/>
+    <w:rsid w:val="00365200"/>
     <w:rsid w:val="003671A2"/>
+    <w:rsid w:val="00367485"/>
+    <w:rsid w:val="00367BB5"/>
     <w:rsid w:val="00367BD5"/>
     <w:rsid w:val="00370DBA"/>
     <w:rsid w:val="00370E8A"/>
+    <w:rsid w:val="0037121B"/>
     <w:rsid w:val="003719B9"/>
-    <w:rsid w:val="00372333"/>
+    <w:rsid w:val="00372DEE"/>
     <w:rsid w:val="003754B2"/>
-    <w:rsid w:val="00377160"/>
-    <w:rsid w:val="003817DA"/>
+    <w:rsid w:val="003764DB"/>
+    <w:rsid w:val="0037722C"/>
+    <w:rsid w:val="00377397"/>
+    <w:rsid w:val="00377500"/>
+    <w:rsid w:val="003814C0"/>
     <w:rsid w:val="003834AB"/>
+    <w:rsid w:val="0038362B"/>
     <w:rsid w:val="0038365A"/>
     <w:rsid w:val="00383C60"/>
+    <w:rsid w:val="003843AE"/>
+    <w:rsid w:val="003848AE"/>
     <w:rsid w:val="00384C4C"/>
     <w:rsid w:val="00385AD7"/>
+    <w:rsid w:val="00386120"/>
     <w:rsid w:val="003862D3"/>
     <w:rsid w:val="003864CD"/>
+    <w:rsid w:val="00386B62"/>
+    <w:rsid w:val="003872ED"/>
+    <w:rsid w:val="00387A2E"/>
+    <w:rsid w:val="00387A74"/>
+    <w:rsid w:val="00387F31"/>
     <w:rsid w:val="00387FAD"/>
+    <w:rsid w:val="003903EA"/>
     <w:rsid w:val="00390AE8"/>
-    <w:rsid w:val="00392501"/>
+    <w:rsid w:val="003920D5"/>
+    <w:rsid w:val="003929B3"/>
+    <w:rsid w:val="00394748"/>
     <w:rsid w:val="003956C1"/>
+    <w:rsid w:val="00396E84"/>
+    <w:rsid w:val="003A036D"/>
     <w:rsid w:val="003A1123"/>
     <w:rsid w:val="003A2E57"/>
+    <w:rsid w:val="003A3815"/>
+    <w:rsid w:val="003A4060"/>
+    <w:rsid w:val="003A4750"/>
+    <w:rsid w:val="003A5DE7"/>
     <w:rsid w:val="003A666A"/>
     <w:rsid w:val="003A6B3E"/>
+    <w:rsid w:val="003A6D8B"/>
+    <w:rsid w:val="003A712E"/>
     <w:rsid w:val="003B049B"/>
+    <w:rsid w:val="003B0653"/>
+    <w:rsid w:val="003B0DEA"/>
     <w:rsid w:val="003B18EA"/>
+    <w:rsid w:val="003B323A"/>
     <w:rsid w:val="003B34B4"/>
     <w:rsid w:val="003B3550"/>
     <w:rsid w:val="003B4B20"/>
     <w:rsid w:val="003B5897"/>
     <w:rsid w:val="003B5CAD"/>
     <w:rsid w:val="003B617E"/>
+    <w:rsid w:val="003B6AF1"/>
+    <w:rsid w:val="003B7635"/>
+    <w:rsid w:val="003B7719"/>
+    <w:rsid w:val="003B79C6"/>
     <w:rsid w:val="003B7A78"/>
+    <w:rsid w:val="003B7C6E"/>
+    <w:rsid w:val="003C052E"/>
+    <w:rsid w:val="003C07E2"/>
+    <w:rsid w:val="003C1AE8"/>
     <w:rsid w:val="003C1C93"/>
+    <w:rsid w:val="003C1FE6"/>
     <w:rsid w:val="003C20F0"/>
     <w:rsid w:val="003C2279"/>
+    <w:rsid w:val="003C2A0B"/>
     <w:rsid w:val="003C3A8D"/>
     <w:rsid w:val="003C400E"/>
+    <w:rsid w:val="003C52B9"/>
     <w:rsid w:val="003C6DE1"/>
     <w:rsid w:val="003D1334"/>
     <w:rsid w:val="003D1F3D"/>
+    <w:rsid w:val="003D2313"/>
     <w:rsid w:val="003D3541"/>
+    <w:rsid w:val="003D3FE1"/>
     <w:rsid w:val="003D43BE"/>
+    <w:rsid w:val="003D5238"/>
     <w:rsid w:val="003E0046"/>
+    <w:rsid w:val="003E00D3"/>
+    <w:rsid w:val="003E0634"/>
     <w:rsid w:val="003E09D3"/>
+    <w:rsid w:val="003E208C"/>
     <w:rsid w:val="003E3F95"/>
     <w:rsid w:val="003E41B5"/>
     <w:rsid w:val="003E53D0"/>
     <w:rsid w:val="003E6036"/>
+    <w:rsid w:val="003E675A"/>
+    <w:rsid w:val="003E6B2F"/>
+    <w:rsid w:val="003F01A4"/>
+    <w:rsid w:val="003F0784"/>
+    <w:rsid w:val="003F14A9"/>
     <w:rsid w:val="003F1D29"/>
     <w:rsid w:val="003F20AB"/>
+    <w:rsid w:val="003F39E9"/>
+    <w:rsid w:val="003F4C3E"/>
+    <w:rsid w:val="003F5757"/>
+    <w:rsid w:val="003F6B03"/>
+    <w:rsid w:val="003F74A8"/>
     <w:rsid w:val="003F7FBA"/>
+    <w:rsid w:val="00401032"/>
+    <w:rsid w:val="0040269C"/>
+    <w:rsid w:val="00402939"/>
+    <w:rsid w:val="00402B2A"/>
     <w:rsid w:val="00402FA5"/>
+    <w:rsid w:val="004030CA"/>
     <w:rsid w:val="004032C8"/>
     <w:rsid w:val="004069A2"/>
+    <w:rsid w:val="00406F87"/>
     <w:rsid w:val="00407B0B"/>
     <w:rsid w:val="00410282"/>
     <w:rsid w:val="004102AE"/>
+    <w:rsid w:val="004106BF"/>
+    <w:rsid w:val="00411F11"/>
     <w:rsid w:val="004141F2"/>
     <w:rsid w:val="00414F61"/>
     <w:rsid w:val="004159E2"/>
+    <w:rsid w:val="00415D8D"/>
+    <w:rsid w:val="00416B80"/>
     <w:rsid w:val="0042097C"/>
+    <w:rsid w:val="00420F2D"/>
+    <w:rsid w:val="00421589"/>
+    <w:rsid w:val="00422195"/>
     <w:rsid w:val="00422B92"/>
+    <w:rsid w:val="00422FE8"/>
     <w:rsid w:val="0042392A"/>
+    <w:rsid w:val="00424301"/>
+    <w:rsid w:val="00425B67"/>
     <w:rsid w:val="00425D7A"/>
+    <w:rsid w:val="004266D8"/>
+    <w:rsid w:val="00427660"/>
+    <w:rsid w:val="004306A8"/>
+    <w:rsid w:val="00430894"/>
+    <w:rsid w:val="00431F6B"/>
+    <w:rsid w:val="004324E6"/>
+    <w:rsid w:val="004328CF"/>
+    <w:rsid w:val="0043392B"/>
+    <w:rsid w:val="0043398D"/>
     <w:rsid w:val="00433CC8"/>
+    <w:rsid w:val="004351C8"/>
+    <w:rsid w:val="00435D4C"/>
     <w:rsid w:val="00436E0C"/>
+    <w:rsid w:val="00441A88"/>
+    <w:rsid w:val="0044435F"/>
+    <w:rsid w:val="00444365"/>
     <w:rsid w:val="004448B3"/>
     <w:rsid w:val="00444A8A"/>
     <w:rsid w:val="004452DC"/>
     <w:rsid w:val="0044588F"/>
+    <w:rsid w:val="00445D37"/>
     <w:rsid w:val="00446502"/>
-    <w:rsid w:val="00447DC8"/>
+    <w:rsid w:val="00446BEC"/>
+    <w:rsid w:val="00447966"/>
+    <w:rsid w:val="00447EA9"/>
+    <w:rsid w:val="004510E2"/>
+    <w:rsid w:val="00451105"/>
+    <w:rsid w:val="00452B03"/>
     <w:rsid w:val="00452D09"/>
     <w:rsid w:val="00453307"/>
+    <w:rsid w:val="00455913"/>
     <w:rsid w:val="00462EBE"/>
+    <w:rsid w:val="0046334C"/>
+    <w:rsid w:val="004641FE"/>
     <w:rsid w:val="00465784"/>
+    <w:rsid w:val="00466AB6"/>
+    <w:rsid w:val="00466DBE"/>
     <w:rsid w:val="00467A16"/>
     <w:rsid w:val="0047111D"/>
+    <w:rsid w:val="00471141"/>
+    <w:rsid w:val="00471411"/>
     <w:rsid w:val="00471507"/>
+    <w:rsid w:val="0047201E"/>
     <w:rsid w:val="00472831"/>
+    <w:rsid w:val="00472CBA"/>
     <w:rsid w:val="00472ED5"/>
     <w:rsid w:val="00473348"/>
+    <w:rsid w:val="00473C60"/>
+    <w:rsid w:val="004740D3"/>
     <w:rsid w:val="00474456"/>
+    <w:rsid w:val="00474787"/>
     <w:rsid w:val="00474DD4"/>
+    <w:rsid w:val="0047538B"/>
     <w:rsid w:val="004754BA"/>
-    <w:rsid w:val="004757FD"/>
+    <w:rsid w:val="00475B04"/>
+    <w:rsid w:val="00475E0D"/>
+    <w:rsid w:val="00480747"/>
+    <w:rsid w:val="00481C9B"/>
     <w:rsid w:val="0048291D"/>
+    <w:rsid w:val="00483DF5"/>
     <w:rsid w:val="004841DF"/>
     <w:rsid w:val="004845E8"/>
     <w:rsid w:val="00485B9A"/>
+    <w:rsid w:val="00486284"/>
+    <w:rsid w:val="00490DB1"/>
     <w:rsid w:val="004920C1"/>
+    <w:rsid w:val="0049226B"/>
     <w:rsid w:val="00492450"/>
+    <w:rsid w:val="0049254C"/>
     <w:rsid w:val="004925E0"/>
     <w:rsid w:val="0049264F"/>
     <w:rsid w:val="00492DB2"/>
+    <w:rsid w:val="00493970"/>
+    <w:rsid w:val="00493F24"/>
     <w:rsid w:val="00494AC0"/>
+    <w:rsid w:val="00494B67"/>
+    <w:rsid w:val="00495F3A"/>
     <w:rsid w:val="00497AAC"/>
-    <w:rsid w:val="004A0EF6"/>
+    <w:rsid w:val="004A01BB"/>
+    <w:rsid w:val="004A0808"/>
     <w:rsid w:val="004A17D7"/>
+    <w:rsid w:val="004A3B44"/>
+    <w:rsid w:val="004A3EDE"/>
     <w:rsid w:val="004A40B0"/>
     <w:rsid w:val="004A4659"/>
+    <w:rsid w:val="004A5CCE"/>
+    <w:rsid w:val="004A6BAD"/>
+    <w:rsid w:val="004A717B"/>
+    <w:rsid w:val="004A7512"/>
+    <w:rsid w:val="004A7A41"/>
+    <w:rsid w:val="004B0D56"/>
+    <w:rsid w:val="004B0EBE"/>
+    <w:rsid w:val="004B116D"/>
+    <w:rsid w:val="004B1D97"/>
     <w:rsid w:val="004B2677"/>
+    <w:rsid w:val="004B36A9"/>
+    <w:rsid w:val="004B3E17"/>
+    <w:rsid w:val="004B4449"/>
+    <w:rsid w:val="004B5034"/>
     <w:rsid w:val="004B556E"/>
     <w:rsid w:val="004B5719"/>
     <w:rsid w:val="004B62E4"/>
     <w:rsid w:val="004B69F6"/>
     <w:rsid w:val="004B6A9A"/>
+    <w:rsid w:val="004B72D9"/>
     <w:rsid w:val="004B785A"/>
     <w:rsid w:val="004B79CA"/>
+    <w:rsid w:val="004C0C84"/>
     <w:rsid w:val="004C305F"/>
+    <w:rsid w:val="004C3C87"/>
+    <w:rsid w:val="004C46CA"/>
     <w:rsid w:val="004C5147"/>
+    <w:rsid w:val="004C5834"/>
     <w:rsid w:val="004C5E4D"/>
     <w:rsid w:val="004C60AB"/>
+    <w:rsid w:val="004D08E4"/>
+    <w:rsid w:val="004D0EC5"/>
+    <w:rsid w:val="004D1181"/>
     <w:rsid w:val="004D3AB5"/>
+    <w:rsid w:val="004D42B4"/>
+    <w:rsid w:val="004D43BE"/>
+    <w:rsid w:val="004D4B9C"/>
+    <w:rsid w:val="004D5105"/>
+    <w:rsid w:val="004D6670"/>
+    <w:rsid w:val="004D698D"/>
+    <w:rsid w:val="004D6D0D"/>
+    <w:rsid w:val="004E1C16"/>
+    <w:rsid w:val="004E1C95"/>
+    <w:rsid w:val="004E1DD8"/>
+    <w:rsid w:val="004E20F8"/>
     <w:rsid w:val="004E296F"/>
+    <w:rsid w:val="004E3003"/>
+    <w:rsid w:val="004E31BA"/>
+    <w:rsid w:val="004E332D"/>
     <w:rsid w:val="004E3951"/>
+    <w:rsid w:val="004E5A82"/>
+    <w:rsid w:val="004E5BE1"/>
+    <w:rsid w:val="004E5DAE"/>
     <w:rsid w:val="004E5F80"/>
-    <w:rsid w:val="004E607D"/>
     <w:rsid w:val="004E6A87"/>
     <w:rsid w:val="004E70ED"/>
     <w:rsid w:val="004F0C20"/>
     <w:rsid w:val="004F0C8F"/>
+    <w:rsid w:val="004F0DDD"/>
     <w:rsid w:val="004F115D"/>
+    <w:rsid w:val="004F19CC"/>
+    <w:rsid w:val="004F3C39"/>
+    <w:rsid w:val="004F40BA"/>
+    <w:rsid w:val="004F436A"/>
     <w:rsid w:val="004F49D9"/>
+    <w:rsid w:val="004F4B0F"/>
     <w:rsid w:val="004F52D7"/>
+    <w:rsid w:val="004F5392"/>
     <w:rsid w:val="004F6275"/>
+    <w:rsid w:val="004F6380"/>
     <w:rsid w:val="004F707D"/>
+    <w:rsid w:val="004F76E9"/>
+    <w:rsid w:val="004F7BED"/>
+    <w:rsid w:val="004F7FA6"/>
     <w:rsid w:val="00501A12"/>
     <w:rsid w:val="00501DF5"/>
+    <w:rsid w:val="00502257"/>
+    <w:rsid w:val="00502297"/>
     <w:rsid w:val="005028A5"/>
     <w:rsid w:val="005028C8"/>
+    <w:rsid w:val="00502A06"/>
+    <w:rsid w:val="005034E6"/>
+    <w:rsid w:val="005038E4"/>
     <w:rsid w:val="00505042"/>
+    <w:rsid w:val="005051C3"/>
+    <w:rsid w:val="005055C8"/>
     <w:rsid w:val="0050595C"/>
     <w:rsid w:val="00506334"/>
     <w:rsid w:val="0050642D"/>
+    <w:rsid w:val="00507237"/>
     <w:rsid w:val="00507835"/>
+    <w:rsid w:val="00510BE9"/>
     <w:rsid w:val="0051125E"/>
     <w:rsid w:val="00511990"/>
     <w:rsid w:val="00511F8E"/>
     <w:rsid w:val="0051320B"/>
+    <w:rsid w:val="005137E4"/>
     <w:rsid w:val="00514516"/>
     <w:rsid w:val="00514C0F"/>
     <w:rsid w:val="00514E77"/>
     <w:rsid w:val="005165CD"/>
     <w:rsid w:val="00516600"/>
+    <w:rsid w:val="00517EA0"/>
+    <w:rsid w:val="00522F29"/>
+    <w:rsid w:val="00523206"/>
     <w:rsid w:val="00524239"/>
     <w:rsid w:val="00524D99"/>
-    <w:rsid w:val="00525A24"/>
+    <w:rsid w:val="00525359"/>
+    <w:rsid w:val="00525724"/>
+    <w:rsid w:val="00525C84"/>
+    <w:rsid w:val="00525FCB"/>
     <w:rsid w:val="005260A8"/>
+    <w:rsid w:val="00526341"/>
     <w:rsid w:val="00526A72"/>
     <w:rsid w:val="005270D4"/>
     <w:rsid w:val="00527C3E"/>
     <w:rsid w:val="00527D37"/>
+    <w:rsid w:val="00530E77"/>
     <w:rsid w:val="005318CA"/>
     <w:rsid w:val="00532011"/>
     <w:rsid w:val="0053375A"/>
+    <w:rsid w:val="00533F0C"/>
     <w:rsid w:val="005343F1"/>
     <w:rsid w:val="00534A98"/>
     <w:rsid w:val="00535F6A"/>
+    <w:rsid w:val="0053603A"/>
+    <w:rsid w:val="005360AE"/>
+    <w:rsid w:val="0053700E"/>
     <w:rsid w:val="00540308"/>
     <w:rsid w:val="00540A24"/>
+    <w:rsid w:val="005415B0"/>
+    <w:rsid w:val="00541F89"/>
+    <w:rsid w:val="00541FD7"/>
     <w:rsid w:val="0054226D"/>
     <w:rsid w:val="005426B6"/>
     <w:rsid w:val="005432E6"/>
+    <w:rsid w:val="005433B8"/>
+    <w:rsid w:val="00543442"/>
     <w:rsid w:val="00543469"/>
     <w:rsid w:val="0054350F"/>
     <w:rsid w:val="00544122"/>
+    <w:rsid w:val="00544B69"/>
+    <w:rsid w:val="00544E03"/>
+    <w:rsid w:val="00544FDE"/>
     <w:rsid w:val="0054526C"/>
+    <w:rsid w:val="0054697B"/>
+    <w:rsid w:val="00550571"/>
+    <w:rsid w:val="00550631"/>
     <w:rsid w:val="00550EC3"/>
+    <w:rsid w:val="00551533"/>
     <w:rsid w:val="00551AED"/>
+    <w:rsid w:val="00551FC8"/>
     <w:rsid w:val="00553142"/>
     <w:rsid w:val="00553709"/>
     <w:rsid w:val="00553A84"/>
     <w:rsid w:val="00553AF2"/>
+    <w:rsid w:val="00553F40"/>
+    <w:rsid w:val="00554811"/>
+    <w:rsid w:val="0055593F"/>
     <w:rsid w:val="005568F6"/>
     <w:rsid w:val="00557456"/>
+    <w:rsid w:val="00557CA2"/>
+    <w:rsid w:val="00561142"/>
     <w:rsid w:val="00561F10"/>
+    <w:rsid w:val="00562D30"/>
     <w:rsid w:val="0056339A"/>
     <w:rsid w:val="00563D00"/>
+    <w:rsid w:val="00563D43"/>
+    <w:rsid w:val="005641A3"/>
     <w:rsid w:val="00565882"/>
+    <w:rsid w:val="0056589E"/>
+    <w:rsid w:val="00567211"/>
     <w:rsid w:val="00567AB6"/>
+    <w:rsid w:val="00570127"/>
+    <w:rsid w:val="00570FA1"/>
     <w:rsid w:val="00571200"/>
+    <w:rsid w:val="005719A8"/>
     <w:rsid w:val="00572DCA"/>
     <w:rsid w:val="0057335C"/>
+    <w:rsid w:val="0057347B"/>
+    <w:rsid w:val="00573FBB"/>
     <w:rsid w:val="0057426F"/>
+    <w:rsid w:val="00574810"/>
+    <w:rsid w:val="0057505D"/>
+    <w:rsid w:val="0057549E"/>
+    <w:rsid w:val="005766D1"/>
+    <w:rsid w:val="00577030"/>
     <w:rsid w:val="00577335"/>
     <w:rsid w:val="00577E26"/>
+    <w:rsid w:val="00580ACA"/>
+    <w:rsid w:val="00581B41"/>
+    <w:rsid w:val="0058409B"/>
     <w:rsid w:val="005854ED"/>
+    <w:rsid w:val="00585A31"/>
     <w:rsid w:val="00585C45"/>
+    <w:rsid w:val="005864D5"/>
     <w:rsid w:val="00586B29"/>
     <w:rsid w:val="00586FE2"/>
     <w:rsid w:val="00587617"/>
     <w:rsid w:val="0059013D"/>
+    <w:rsid w:val="005901AD"/>
     <w:rsid w:val="00590517"/>
+    <w:rsid w:val="005916D8"/>
     <w:rsid w:val="00592593"/>
+    <w:rsid w:val="005925A3"/>
     <w:rsid w:val="00593069"/>
+    <w:rsid w:val="005941D5"/>
     <w:rsid w:val="00594518"/>
+    <w:rsid w:val="00594CE9"/>
+    <w:rsid w:val="0059535C"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00597784"/>
     <w:rsid w:val="00597D38"/>
+    <w:rsid w:val="005A03A1"/>
     <w:rsid w:val="005A2252"/>
     <w:rsid w:val="005A304E"/>
     <w:rsid w:val="005A3410"/>
     <w:rsid w:val="005A40F1"/>
     <w:rsid w:val="005A4326"/>
+    <w:rsid w:val="005A4A13"/>
+    <w:rsid w:val="005A4D7F"/>
+    <w:rsid w:val="005A5A99"/>
     <w:rsid w:val="005A6E77"/>
     <w:rsid w:val="005A7158"/>
+    <w:rsid w:val="005B03E1"/>
     <w:rsid w:val="005B0C9D"/>
+    <w:rsid w:val="005B0E29"/>
     <w:rsid w:val="005B1616"/>
-    <w:rsid w:val="005B2116"/>
+    <w:rsid w:val="005B2306"/>
+    <w:rsid w:val="005B2747"/>
+    <w:rsid w:val="005B28CC"/>
+    <w:rsid w:val="005B2D67"/>
+    <w:rsid w:val="005B3E81"/>
+    <w:rsid w:val="005B4088"/>
+    <w:rsid w:val="005B55D5"/>
     <w:rsid w:val="005B5FD9"/>
     <w:rsid w:val="005B608A"/>
+    <w:rsid w:val="005B64F9"/>
     <w:rsid w:val="005B6AD1"/>
     <w:rsid w:val="005B709C"/>
+    <w:rsid w:val="005B7AFA"/>
+    <w:rsid w:val="005C010B"/>
     <w:rsid w:val="005C0223"/>
+    <w:rsid w:val="005C068B"/>
     <w:rsid w:val="005C0E57"/>
     <w:rsid w:val="005C1C0B"/>
+    <w:rsid w:val="005C1DE3"/>
+    <w:rsid w:val="005C34CD"/>
     <w:rsid w:val="005C3F31"/>
     <w:rsid w:val="005C4868"/>
+    <w:rsid w:val="005C5531"/>
+    <w:rsid w:val="005C5CAD"/>
     <w:rsid w:val="005C6C47"/>
     <w:rsid w:val="005C6F33"/>
+    <w:rsid w:val="005D097A"/>
+    <w:rsid w:val="005D1C2A"/>
+    <w:rsid w:val="005D1DBB"/>
     <w:rsid w:val="005D22AD"/>
     <w:rsid w:val="005D3F82"/>
+    <w:rsid w:val="005D4201"/>
     <w:rsid w:val="005D451A"/>
+    <w:rsid w:val="005D478A"/>
+    <w:rsid w:val="005D4B62"/>
     <w:rsid w:val="005D5214"/>
     <w:rsid w:val="005D535D"/>
     <w:rsid w:val="005D538E"/>
     <w:rsid w:val="005D53C1"/>
     <w:rsid w:val="005D5BB0"/>
     <w:rsid w:val="005D74D9"/>
+    <w:rsid w:val="005D7826"/>
     <w:rsid w:val="005D7EF9"/>
     <w:rsid w:val="005E1353"/>
+    <w:rsid w:val="005E1645"/>
     <w:rsid w:val="005E17EE"/>
+    <w:rsid w:val="005E3CAD"/>
+    <w:rsid w:val="005E5608"/>
+    <w:rsid w:val="005F007B"/>
+    <w:rsid w:val="005F00F0"/>
+    <w:rsid w:val="005F17B8"/>
     <w:rsid w:val="005F18E1"/>
     <w:rsid w:val="005F1F5A"/>
+    <w:rsid w:val="005F20B7"/>
     <w:rsid w:val="005F2A62"/>
     <w:rsid w:val="005F4F34"/>
     <w:rsid w:val="005F53D8"/>
     <w:rsid w:val="005F6F37"/>
     <w:rsid w:val="005F79BE"/>
+    <w:rsid w:val="005F7DA1"/>
     <w:rsid w:val="00600278"/>
     <w:rsid w:val="00600A51"/>
+    <w:rsid w:val="00601321"/>
     <w:rsid w:val="0060207F"/>
     <w:rsid w:val="006023D3"/>
     <w:rsid w:val="00602AFB"/>
     <w:rsid w:val="00602F7F"/>
+    <w:rsid w:val="00604E8B"/>
     <w:rsid w:val="0060597A"/>
     <w:rsid w:val="006061C8"/>
+    <w:rsid w:val="00606B96"/>
     <w:rsid w:val="00607615"/>
     <w:rsid w:val="006103C3"/>
     <w:rsid w:val="006107EB"/>
+    <w:rsid w:val="006118FB"/>
     <w:rsid w:val="00612833"/>
     <w:rsid w:val="006140ED"/>
+    <w:rsid w:val="0061453A"/>
     <w:rsid w:val="006145CF"/>
     <w:rsid w:val="00614CC4"/>
+    <w:rsid w:val="00615503"/>
+    <w:rsid w:val="0061599D"/>
     <w:rsid w:val="006171B9"/>
     <w:rsid w:val="00617217"/>
+    <w:rsid w:val="006177CE"/>
+    <w:rsid w:val="00617814"/>
     <w:rsid w:val="006179E8"/>
+    <w:rsid w:val="006209E0"/>
+    <w:rsid w:val="006216C3"/>
     <w:rsid w:val="00623B8F"/>
     <w:rsid w:val="006241B3"/>
+    <w:rsid w:val="006253BD"/>
     <w:rsid w:val="00626BD5"/>
     <w:rsid w:val="006274BB"/>
+    <w:rsid w:val="00627ADA"/>
     <w:rsid w:val="00627C86"/>
+    <w:rsid w:val="00630B14"/>
     <w:rsid w:val="0063109A"/>
     <w:rsid w:val="00631416"/>
     <w:rsid w:val="00631F6D"/>
+    <w:rsid w:val="00632B0E"/>
+    <w:rsid w:val="00632E0E"/>
     <w:rsid w:val="00633EFE"/>
+    <w:rsid w:val="00633F58"/>
+    <w:rsid w:val="00634310"/>
+    <w:rsid w:val="00634313"/>
     <w:rsid w:val="00635AB3"/>
-    <w:rsid w:val="006405F1"/>
+    <w:rsid w:val="00637E4B"/>
     <w:rsid w:val="00640C40"/>
     <w:rsid w:val="006414A9"/>
+    <w:rsid w:val="0064280E"/>
     <w:rsid w:val="0064370B"/>
+    <w:rsid w:val="006447F3"/>
+    <w:rsid w:val="00644E07"/>
+    <w:rsid w:val="00645B55"/>
+    <w:rsid w:val="00645FD7"/>
     <w:rsid w:val="00646221"/>
+    <w:rsid w:val="0064785B"/>
+    <w:rsid w:val="00650CFB"/>
+    <w:rsid w:val="006512F8"/>
     <w:rsid w:val="00651CB1"/>
     <w:rsid w:val="00652478"/>
     <w:rsid w:val="00652550"/>
-    <w:rsid w:val="006535B6"/>
     <w:rsid w:val="00654293"/>
+    <w:rsid w:val="00654A64"/>
     <w:rsid w:val="006554F2"/>
     <w:rsid w:val="006555C2"/>
+    <w:rsid w:val="00655687"/>
+    <w:rsid w:val="00656343"/>
+    <w:rsid w:val="00656B8C"/>
+    <w:rsid w:val="00656DC0"/>
     <w:rsid w:val="006600B1"/>
     <w:rsid w:val="0066058E"/>
-    <w:rsid w:val="00660987"/>
+    <w:rsid w:val="0066248F"/>
     <w:rsid w:val="00666448"/>
+    <w:rsid w:val="006667F2"/>
     <w:rsid w:val="00670743"/>
     <w:rsid w:val="0067082F"/>
+    <w:rsid w:val="00670CED"/>
     <w:rsid w:val="00670FA2"/>
     <w:rsid w:val="00672288"/>
     <w:rsid w:val="00672421"/>
+    <w:rsid w:val="0067289B"/>
+    <w:rsid w:val="00672C9D"/>
+    <w:rsid w:val="00672EA5"/>
+    <w:rsid w:val="00673C49"/>
+    <w:rsid w:val="006743A9"/>
+    <w:rsid w:val="006748D6"/>
+    <w:rsid w:val="00674F65"/>
     <w:rsid w:val="00675D00"/>
+    <w:rsid w:val="006761AE"/>
     <w:rsid w:val="00676338"/>
+    <w:rsid w:val="006767B7"/>
     <w:rsid w:val="00676FF4"/>
     <w:rsid w:val="00677AC4"/>
+    <w:rsid w:val="00677CC7"/>
     <w:rsid w:val="00681249"/>
     <w:rsid w:val="00682538"/>
+    <w:rsid w:val="006829CB"/>
+    <w:rsid w:val="0068385C"/>
     <w:rsid w:val="00683867"/>
+    <w:rsid w:val="00683E4C"/>
+    <w:rsid w:val="0068414A"/>
     <w:rsid w:val="00686193"/>
     <w:rsid w:val="00686BFD"/>
     <w:rsid w:val="00687287"/>
     <w:rsid w:val="006877F6"/>
+    <w:rsid w:val="00687C41"/>
+    <w:rsid w:val="00687C43"/>
+    <w:rsid w:val="006901B2"/>
     <w:rsid w:val="0069065A"/>
+    <w:rsid w:val="00690866"/>
+    <w:rsid w:val="006914CD"/>
     <w:rsid w:val="006917D2"/>
+    <w:rsid w:val="00691824"/>
     <w:rsid w:val="00691D6E"/>
     <w:rsid w:val="00691E32"/>
     <w:rsid w:val="00692173"/>
     <w:rsid w:val="00692951"/>
+    <w:rsid w:val="00693928"/>
+    <w:rsid w:val="00696355"/>
     <w:rsid w:val="00696AA3"/>
+    <w:rsid w:val="00696F03"/>
     <w:rsid w:val="00697A60"/>
+    <w:rsid w:val="006A018F"/>
+    <w:rsid w:val="006A080E"/>
+    <w:rsid w:val="006A0F96"/>
     <w:rsid w:val="006A14FB"/>
-    <w:rsid w:val="006A156D"/>
     <w:rsid w:val="006A18A2"/>
     <w:rsid w:val="006A2A69"/>
+    <w:rsid w:val="006A3122"/>
+    <w:rsid w:val="006A3EA7"/>
+    <w:rsid w:val="006A4196"/>
     <w:rsid w:val="006A4D48"/>
     <w:rsid w:val="006A51E0"/>
+    <w:rsid w:val="006A624C"/>
     <w:rsid w:val="006A6449"/>
     <w:rsid w:val="006A6573"/>
     <w:rsid w:val="006A68DF"/>
     <w:rsid w:val="006A6D47"/>
-    <w:rsid w:val="006A7711"/>
     <w:rsid w:val="006A7E16"/>
     <w:rsid w:val="006A7F3B"/>
+    <w:rsid w:val="006B0013"/>
+    <w:rsid w:val="006B0BE1"/>
     <w:rsid w:val="006B0D77"/>
+    <w:rsid w:val="006B0D7F"/>
+    <w:rsid w:val="006B1979"/>
     <w:rsid w:val="006B1A9F"/>
+    <w:rsid w:val="006B46F0"/>
+    <w:rsid w:val="006B49A2"/>
+    <w:rsid w:val="006B4C41"/>
     <w:rsid w:val="006B4CF8"/>
+    <w:rsid w:val="006B5020"/>
     <w:rsid w:val="006B5C0C"/>
+    <w:rsid w:val="006B6B24"/>
+    <w:rsid w:val="006B703E"/>
+    <w:rsid w:val="006B72D1"/>
     <w:rsid w:val="006B7FC3"/>
+    <w:rsid w:val="006C0A38"/>
     <w:rsid w:val="006C29E6"/>
+    <w:rsid w:val="006C33FF"/>
+    <w:rsid w:val="006C3D2C"/>
     <w:rsid w:val="006C51F3"/>
+    <w:rsid w:val="006C67A3"/>
     <w:rsid w:val="006C6F10"/>
+    <w:rsid w:val="006C7457"/>
+    <w:rsid w:val="006D037C"/>
+    <w:rsid w:val="006D04F2"/>
     <w:rsid w:val="006D073F"/>
+    <w:rsid w:val="006D0C70"/>
+    <w:rsid w:val="006D18D2"/>
     <w:rsid w:val="006D2024"/>
+    <w:rsid w:val="006D51C6"/>
+    <w:rsid w:val="006D541D"/>
+    <w:rsid w:val="006D546A"/>
     <w:rsid w:val="006D5CEF"/>
     <w:rsid w:val="006D5EC2"/>
     <w:rsid w:val="006D60B0"/>
     <w:rsid w:val="006D761C"/>
     <w:rsid w:val="006D7BE0"/>
+    <w:rsid w:val="006E0557"/>
+    <w:rsid w:val="006E14E5"/>
+    <w:rsid w:val="006E315E"/>
     <w:rsid w:val="006E3AF3"/>
     <w:rsid w:val="006E454A"/>
-    <w:rsid w:val="006E6AA0"/>
+    <w:rsid w:val="006F05E2"/>
     <w:rsid w:val="006F110F"/>
     <w:rsid w:val="006F11CE"/>
+    <w:rsid w:val="006F141A"/>
     <w:rsid w:val="006F16FB"/>
     <w:rsid w:val="006F2E99"/>
     <w:rsid w:val="006F3087"/>
+    <w:rsid w:val="006F38DC"/>
     <w:rsid w:val="006F4BE7"/>
     <w:rsid w:val="006F5BEE"/>
     <w:rsid w:val="007016DB"/>
+    <w:rsid w:val="00701C69"/>
+    <w:rsid w:val="00702666"/>
     <w:rsid w:val="007032BE"/>
+    <w:rsid w:val="00703C53"/>
     <w:rsid w:val="00704AB6"/>
+    <w:rsid w:val="00705A5C"/>
+    <w:rsid w:val="00706565"/>
     <w:rsid w:val="0071007B"/>
     <w:rsid w:val="00710549"/>
-    <w:rsid w:val="007124F2"/>
-    <w:rsid w:val="00713180"/>
+    <w:rsid w:val="0071057D"/>
+    <w:rsid w:val="00711B1A"/>
+    <w:rsid w:val="0071373A"/>
+    <w:rsid w:val="00713A10"/>
     <w:rsid w:val="00713A8D"/>
+    <w:rsid w:val="00714D22"/>
+    <w:rsid w:val="0071704C"/>
     <w:rsid w:val="00720290"/>
+    <w:rsid w:val="00720ADB"/>
+    <w:rsid w:val="00720BFA"/>
     <w:rsid w:val="007212F7"/>
     <w:rsid w:val="00721F6C"/>
     <w:rsid w:val="007222AD"/>
     <w:rsid w:val="00722D5D"/>
+    <w:rsid w:val="0072361C"/>
     <w:rsid w:val="007239F8"/>
+    <w:rsid w:val="00723BAB"/>
+    <w:rsid w:val="007247F0"/>
+    <w:rsid w:val="00725AD0"/>
+    <w:rsid w:val="00726389"/>
+    <w:rsid w:val="00727946"/>
+    <w:rsid w:val="00730798"/>
     <w:rsid w:val="007307FF"/>
+    <w:rsid w:val="007308A0"/>
+    <w:rsid w:val="0073096E"/>
     <w:rsid w:val="00730A2D"/>
     <w:rsid w:val="007328B1"/>
+    <w:rsid w:val="00732DD0"/>
+    <w:rsid w:val="00733D70"/>
     <w:rsid w:val="00737FE0"/>
     <w:rsid w:val="00740027"/>
     <w:rsid w:val="007405BA"/>
     <w:rsid w:val="007406FB"/>
+    <w:rsid w:val="00740779"/>
+    <w:rsid w:val="007409FF"/>
+    <w:rsid w:val="007429D2"/>
+    <w:rsid w:val="00742C79"/>
+    <w:rsid w:val="00743B27"/>
+    <w:rsid w:val="00744A3D"/>
+    <w:rsid w:val="00745615"/>
+    <w:rsid w:val="00745E29"/>
     <w:rsid w:val="00746068"/>
     <w:rsid w:val="00746F5F"/>
+    <w:rsid w:val="00750C39"/>
     <w:rsid w:val="00751ED9"/>
+    <w:rsid w:val="007533E6"/>
+    <w:rsid w:val="0075379B"/>
+    <w:rsid w:val="007540DE"/>
+    <w:rsid w:val="00754A77"/>
+    <w:rsid w:val="00754CA7"/>
+    <w:rsid w:val="00755AAA"/>
+    <w:rsid w:val="007624F7"/>
     <w:rsid w:val="0076314E"/>
+    <w:rsid w:val="00763317"/>
+    <w:rsid w:val="00763384"/>
     <w:rsid w:val="007634A3"/>
+    <w:rsid w:val="007640F4"/>
     <w:rsid w:val="00764716"/>
     <w:rsid w:val="00764D68"/>
     <w:rsid w:val="00764E98"/>
     <w:rsid w:val="007655FC"/>
+    <w:rsid w:val="00766064"/>
     <w:rsid w:val="00767E48"/>
     <w:rsid w:val="00770712"/>
+    <w:rsid w:val="00771140"/>
     <w:rsid w:val="007713CB"/>
     <w:rsid w:val="00771424"/>
+    <w:rsid w:val="00771FF0"/>
+    <w:rsid w:val="007732E4"/>
     <w:rsid w:val="00773F45"/>
+    <w:rsid w:val="00775C77"/>
+    <w:rsid w:val="00776B86"/>
+    <w:rsid w:val="00777D79"/>
+    <w:rsid w:val="007803DD"/>
+    <w:rsid w:val="00780D95"/>
+    <w:rsid w:val="007811D9"/>
     <w:rsid w:val="00781C72"/>
+    <w:rsid w:val="00782130"/>
+    <w:rsid w:val="00782C5C"/>
+    <w:rsid w:val="00784834"/>
     <w:rsid w:val="00785673"/>
+    <w:rsid w:val="0078707B"/>
+    <w:rsid w:val="007876BE"/>
     <w:rsid w:val="00787AF3"/>
     <w:rsid w:val="00790D5D"/>
     <w:rsid w:val="0079115C"/>
+    <w:rsid w:val="0079193F"/>
     <w:rsid w:val="00792978"/>
     <w:rsid w:val="00792C8C"/>
+    <w:rsid w:val="007939DC"/>
+    <w:rsid w:val="007940EE"/>
+    <w:rsid w:val="007948AB"/>
     <w:rsid w:val="00794ED5"/>
     <w:rsid w:val="00795780"/>
+    <w:rsid w:val="00796A35"/>
+    <w:rsid w:val="007A13CC"/>
     <w:rsid w:val="007A1EFB"/>
     <w:rsid w:val="007A36F5"/>
+    <w:rsid w:val="007A38D4"/>
     <w:rsid w:val="007A3E86"/>
+    <w:rsid w:val="007A4B7D"/>
     <w:rsid w:val="007A5929"/>
     <w:rsid w:val="007A5DCE"/>
     <w:rsid w:val="007A5E96"/>
     <w:rsid w:val="007A6282"/>
+    <w:rsid w:val="007A7C76"/>
     <w:rsid w:val="007A7D86"/>
-    <w:rsid w:val="007A7DF1"/>
+    <w:rsid w:val="007B01E2"/>
     <w:rsid w:val="007B1569"/>
+    <w:rsid w:val="007B2DFE"/>
     <w:rsid w:val="007B3384"/>
     <w:rsid w:val="007B349B"/>
     <w:rsid w:val="007B3E2E"/>
     <w:rsid w:val="007B4ED4"/>
+    <w:rsid w:val="007B4F53"/>
     <w:rsid w:val="007B667F"/>
+    <w:rsid w:val="007B6C2E"/>
+    <w:rsid w:val="007B6F1C"/>
     <w:rsid w:val="007B7039"/>
+    <w:rsid w:val="007B7216"/>
     <w:rsid w:val="007C01A5"/>
-    <w:rsid w:val="007C0C0A"/>
+    <w:rsid w:val="007C08B4"/>
     <w:rsid w:val="007C0D8A"/>
+    <w:rsid w:val="007C19C7"/>
+    <w:rsid w:val="007C1AB9"/>
     <w:rsid w:val="007C23F4"/>
+    <w:rsid w:val="007C28E5"/>
+    <w:rsid w:val="007C3A50"/>
+    <w:rsid w:val="007C517F"/>
+    <w:rsid w:val="007C6042"/>
     <w:rsid w:val="007C61A2"/>
+    <w:rsid w:val="007C65D7"/>
     <w:rsid w:val="007C6934"/>
     <w:rsid w:val="007C7257"/>
+    <w:rsid w:val="007D00A5"/>
     <w:rsid w:val="007D0766"/>
     <w:rsid w:val="007D0F65"/>
+    <w:rsid w:val="007D1AE6"/>
+    <w:rsid w:val="007D223E"/>
+    <w:rsid w:val="007D28C9"/>
     <w:rsid w:val="007D2B6F"/>
     <w:rsid w:val="007D3C18"/>
+    <w:rsid w:val="007D521A"/>
     <w:rsid w:val="007D5360"/>
     <w:rsid w:val="007D53CD"/>
+    <w:rsid w:val="007D63A1"/>
+    <w:rsid w:val="007D6565"/>
+    <w:rsid w:val="007D65A0"/>
+    <w:rsid w:val="007D6D4F"/>
+    <w:rsid w:val="007D74EF"/>
     <w:rsid w:val="007D76F2"/>
     <w:rsid w:val="007D7B81"/>
+    <w:rsid w:val="007E02EF"/>
+    <w:rsid w:val="007E167C"/>
     <w:rsid w:val="007E1B70"/>
     <w:rsid w:val="007E269D"/>
     <w:rsid w:val="007E2F21"/>
     <w:rsid w:val="007E3023"/>
+    <w:rsid w:val="007E5CC5"/>
     <w:rsid w:val="007E63A8"/>
-    <w:rsid w:val="007E731F"/>
+    <w:rsid w:val="007E6B69"/>
     <w:rsid w:val="007E78AC"/>
+    <w:rsid w:val="007E7C00"/>
+    <w:rsid w:val="007E7C23"/>
+    <w:rsid w:val="007F0C22"/>
+    <w:rsid w:val="007F0CFE"/>
     <w:rsid w:val="007F2BAB"/>
+    <w:rsid w:val="007F497F"/>
+    <w:rsid w:val="007F5B3C"/>
     <w:rsid w:val="007F5CAF"/>
     <w:rsid w:val="007F64EF"/>
     <w:rsid w:val="007F6690"/>
     <w:rsid w:val="007F6969"/>
     <w:rsid w:val="007F6CB1"/>
     <w:rsid w:val="007F7C98"/>
+    <w:rsid w:val="00801174"/>
     <w:rsid w:val="008018DE"/>
     <w:rsid w:val="00801B81"/>
+    <w:rsid w:val="00802764"/>
     <w:rsid w:val="00802B4B"/>
     <w:rsid w:val="008031D4"/>
+    <w:rsid w:val="008033A9"/>
+    <w:rsid w:val="0080354E"/>
     <w:rsid w:val="008036B9"/>
     <w:rsid w:val="00803E28"/>
+    <w:rsid w:val="00803F64"/>
+    <w:rsid w:val="008043AC"/>
+    <w:rsid w:val="00804A55"/>
+    <w:rsid w:val="00804B35"/>
     <w:rsid w:val="00804E8D"/>
     <w:rsid w:val="0080564D"/>
     <w:rsid w:val="008057AB"/>
+    <w:rsid w:val="008062C1"/>
     <w:rsid w:val="00806362"/>
+    <w:rsid w:val="008106AF"/>
     <w:rsid w:val="00814AF5"/>
     <w:rsid w:val="00814D7E"/>
+    <w:rsid w:val="00815679"/>
+    <w:rsid w:val="0081671F"/>
+    <w:rsid w:val="008179D6"/>
     <w:rsid w:val="008204D7"/>
+    <w:rsid w:val="00820640"/>
     <w:rsid w:val="00820D2B"/>
-    <w:rsid w:val="008257C2"/>
+    <w:rsid w:val="00825629"/>
+    <w:rsid w:val="00825873"/>
+    <w:rsid w:val="00825EA3"/>
+    <w:rsid w:val="00832565"/>
     <w:rsid w:val="008328AC"/>
     <w:rsid w:val="00834B81"/>
+    <w:rsid w:val="00834ED2"/>
     <w:rsid w:val="00836EAD"/>
     <w:rsid w:val="00836FEE"/>
     <w:rsid w:val="00837281"/>
     <w:rsid w:val="00840E6E"/>
     <w:rsid w:val="0084191F"/>
     <w:rsid w:val="00841CD1"/>
+    <w:rsid w:val="008421B2"/>
     <w:rsid w:val="00842F0C"/>
     <w:rsid w:val="008431C5"/>
     <w:rsid w:val="008432D3"/>
     <w:rsid w:val="00843705"/>
+    <w:rsid w:val="0084467F"/>
     <w:rsid w:val="00844AA9"/>
+    <w:rsid w:val="00844DC2"/>
+    <w:rsid w:val="00844E8F"/>
     <w:rsid w:val="0084531D"/>
+    <w:rsid w:val="00845491"/>
+    <w:rsid w:val="00845EEE"/>
     <w:rsid w:val="00845F52"/>
     <w:rsid w:val="008462E4"/>
+    <w:rsid w:val="00846A1D"/>
+    <w:rsid w:val="00851A7F"/>
     <w:rsid w:val="00851FE7"/>
     <w:rsid w:val="00852691"/>
+    <w:rsid w:val="0085286C"/>
     <w:rsid w:val="008540BF"/>
     <w:rsid w:val="0085647A"/>
     <w:rsid w:val="00856C34"/>
+    <w:rsid w:val="00857212"/>
+    <w:rsid w:val="00857358"/>
+    <w:rsid w:val="008574E7"/>
+    <w:rsid w:val="0086056D"/>
     <w:rsid w:val="00861987"/>
     <w:rsid w:val="00861A5B"/>
     <w:rsid w:val="00861B36"/>
+    <w:rsid w:val="008629AE"/>
     <w:rsid w:val="0086415A"/>
+    <w:rsid w:val="00865FB2"/>
     <w:rsid w:val="0086626C"/>
-    <w:rsid w:val="00871065"/>
+    <w:rsid w:val="008678B6"/>
+    <w:rsid w:val="00871541"/>
     <w:rsid w:val="00871C13"/>
-    <w:rsid w:val="00872B31"/>
+    <w:rsid w:val="008729B8"/>
     <w:rsid w:val="00872CBA"/>
     <w:rsid w:val="00872FCA"/>
     <w:rsid w:val="00873627"/>
     <w:rsid w:val="00873691"/>
-    <w:rsid w:val="00874555"/>
     <w:rsid w:val="008754A4"/>
+    <w:rsid w:val="008759C1"/>
+    <w:rsid w:val="0087619D"/>
     <w:rsid w:val="00877169"/>
+    <w:rsid w:val="00877419"/>
+    <w:rsid w:val="00877A22"/>
     <w:rsid w:val="008801FE"/>
+    <w:rsid w:val="00880387"/>
     <w:rsid w:val="008813CD"/>
     <w:rsid w:val="00881CB3"/>
+    <w:rsid w:val="00881F25"/>
+    <w:rsid w:val="008833A0"/>
     <w:rsid w:val="008838AC"/>
+    <w:rsid w:val="00883BE0"/>
     <w:rsid w:val="008843EF"/>
     <w:rsid w:val="00884645"/>
     <w:rsid w:val="008846BF"/>
     <w:rsid w:val="00884C0B"/>
     <w:rsid w:val="00885DD3"/>
     <w:rsid w:val="00886630"/>
+    <w:rsid w:val="00887262"/>
+    <w:rsid w:val="008901EF"/>
+    <w:rsid w:val="00890D77"/>
     <w:rsid w:val="00891AC0"/>
     <w:rsid w:val="008925B3"/>
     <w:rsid w:val="008936F1"/>
+    <w:rsid w:val="008939D6"/>
+    <w:rsid w:val="008940E3"/>
     <w:rsid w:val="00894673"/>
     <w:rsid w:val="00894CA3"/>
+    <w:rsid w:val="0089701D"/>
     <w:rsid w:val="008A143D"/>
+    <w:rsid w:val="008A166D"/>
     <w:rsid w:val="008A2036"/>
     <w:rsid w:val="008A2683"/>
+    <w:rsid w:val="008A2ECE"/>
     <w:rsid w:val="008A3C88"/>
     <w:rsid w:val="008A4357"/>
     <w:rsid w:val="008A4982"/>
+    <w:rsid w:val="008A687F"/>
     <w:rsid w:val="008A7835"/>
+    <w:rsid w:val="008B0642"/>
+    <w:rsid w:val="008B0671"/>
+    <w:rsid w:val="008B104A"/>
+    <w:rsid w:val="008B15F4"/>
+    <w:rsid w:val="008B16ED"/>
     <w:rsid w:val="008B1833"/>
     <w:rsid w:val="008B20EB"/>
-    <w:rsid w:val="008C2735"/>
+    <w:rsid w:val="008B3034"/>
+    <w:rsid w:val="008B34B6"/>
+    <w:rsid w:val="008B47AC"/>
+    <w:rsid w:val="008B50E3"/>
+    <w:rsid w:val="008B665E"/>
+    <w:rsid w:val="008B6E4E"/>
+    <w:rsid w:val="008C26C8"/>
+    <w:rsid w:val="008C357F"/>
     <w:rsid w:val="008C52FE"/>
     <w:rsid w:val="008C59E8"/>
+    <w:rsid w:val="008C6C10"/>
+    <w:rsid w:val="008C76E1"/>
+    <w:rsid w:val="008D11C4"/>
     <w:rsid w:val="008D1AC1"/>
+    <w:rsid w:val="008D21EC"/>
+    <w:rsid w:val="008D2E94"/>
     <w:rsid w:val="008D3F62"/>
     <w:rsid w:val="008D3FF5"/>
+    <w:rsid w:val="008D4051"/>
+    <w:rsid w:val="008D5826"/>
     <w:rsid w:val="008D5A02"/>
     <w:rsid w:val="008D5CC3"/>
     <w:rsid w:val="008D5D02"/>
+    <w:rsid w:val="008D64B3"/>
+    <w:rsid w:val="008D7039"/>
     <w:rsid w:val="008D71F1"/>
+    <w:rsid w:val="008D74FE"/>
     <w:rsid w:val="008E07BB"/>
+    <w:rsid w:val="008E0DC2"/>
     <w:rsid w:val="008E13A6"/>
+    <w:rsid w:val="008E20D9"/>
     <w:rsid w:val="008E284F"/>
     <w:rsid w:val="008E4A32"/>
+    <w:rsid w:val="008E4B72"/>
+    <w:rsid w:val="008E5CD7"/>
+    <w:rsid w:val="008E734C"/>
+    <w:rsid w:val="008E7974"/>
+    <w:rsid w:val="008F07AA"/>
     <w:rsid w:val="008F12C5"/>
     <w:rsid w:val="008F1FC4"/>
     <w:rsid w:val="008F22C2"/>
     <w:rsid w:val="008F29DE"/>
     <w:rsid w:val="008F2BE2"/>
     <w:rsid w:val="008F3DC1"/>
     <w:rsid w:val="008F4C53"/>
     <w:rsid w:val="008F73AC"/>
+    <w:rsid w:val="008F7419"/>
+    <w:rsid w:val="009000F1"/>
     <w:rsid w:val="009019ED"/>
     <w:rsid w:val="00901DA5"/>
-    <w:rsid w:val="00904240"/>
+    <w:rsid w:val="009023C0"/>
     <w:rsid w:val="0090487F"/>
+    <w:rsid w:val="0090573B"/>
     <w:rsid w:val="00906971"/>
     <w:rsid w:val="0090733F"/>
     <w:rsid w:val="00910FC5"/>
+    <w:rsid w:val="00911715"/>
+    <w:rsid w:val="00912E33"/>
     <w:rsid w:val="00913309"/>
     <w:rsid w:val="00914157"/>
+    <w:rsid w:val="009159FD"/>
     <w:rsid w:val="009164C7"/>
+    <w:rsid w:val="00916AC5"/>
     <w:rsid w:val="00917701"/>
     <w:rsid w:val="00917F86"/>
+    <w:rsid w:val="00921302"/>
+    <w:rsid w:val="0092156D"/>
     <w:rsid w:val="009216D7"/>
+    <w:rsid w:val="00923392"/>
+    <w:rsid w:val="009237BB"/>
     <w:rsid w:val="009246BA"/>
     <w:rsid w:val="00924D4D"/>
-    <w:rsid w:val="00927F05"/>
     <w:rsid w:val="0093077C"/>
     <w:rsid w:val="00930A76"/>
     <w:rsid w:val="00931706"/>
     <w:rsid w:val="00932C2F"/>
     <w:rsid w:val="00932E05"/>
-    <w:rsid w:val="0093331E"/>
+    <w:rsid w:val="0093438C"/>
+    <w:rsid w:val="00935D20"/>
     <w:rsid w:val="00937563"/>
     <w:rsid w:val="00937FDE"/>
+    <w:rsid w:val="009408A4"/>
+    <w:rsid w:val="00941939"/>
+    <w:rsid w:val="00941BEC"/>
     <w:rsid w:val="00941FBB"/>
+    <w:rsid w:val="00942711"/>
+    <w:rsid w:val="00943116"/>
+    <w:rsid w:val="00943AAD"/>
+    <w:rsid w:val="00944447"/>
     <w:rsid w:val="009444E2"/>
+    <w:rsid w:val="00944CC9"/>
     <w:rsid w:val="00944D30"/>
+    <w:rsid w:val="00944D83"/>
+    <w:rsid w:val="00945171"/>
+    <w:rsid w:val="00945B35"/>
     <w:rsid w:val="0094684F"/>
     <w:rsid w:val="009478EA"/>
     <w:rsid w:val="00947BBF"/>
+    <w:rsid w:val="009504A2"/>
     <w:rsid w:val="00951AE5"/>
     <w:rsid w:val="0095208B"/>
+    <w:rsid w:val="00952AF9"/>
+    <w:rsid w:val="00952ED8"/>
     <w:rsid w:val="00953555"/>
     <w:rsid w:val="00953702"/>
     <w:rsid w:val="009556EF"/>
     <w:rsid w:val="00955868"/>
+    <w:rsid w:val="00955A23"/>
     <w:rsid w:val="00955C89"/>
+    <w:rsid w:val="009571E5"/>
     <w:rsid w:val="00957BFA"/>
+    <w:rsid w:val="00957ED6"/>
     <w:rsid w:val="00960244"/>
     <w:rsid w:val="0096101E"/>
+    <w:rsid w:val="00961691"/>
     <w:rsid w:val="00961A35"/>
     <w:rsid w:val="00961C3B"/>
-    <w:rsid w:val="00962EB8"/>
-    <w:rsid w:val="00964387"/>
     <w:rsid w:val="00964F7A"/>
+    <w:rsid w:val="00966A2E"/>
+    <w:rsid w:val="00970184"/>
+    <w:rsid w:val="0097021C"/>
     <w:rsid w:val="009705A2"/>
     <w:rsid w:val="00971612"/>
     <w:rsid w:val="00971B8B"/>
     <w:rsid w:val="00971BA3"/>
     <w:rsid w:val="00971E8B"/>
+    <w:rsid w:val="009733EE"/>
     <w:rsid w:val="0097364D"/>
+    <w:rsid w:val="00973BDF"/>
+    <w:rsid w:val="00974DE2"/>
+    <w:rsid w:val="0097522B"/>
     <w:rsid w:val="0097575C"/>
     <w:rsid w:val="00976BEA"/>
     <w:rsid w:val="009771F2"/>
+    <w:rsid w:val="00977591"/>
     <w:rsid w:val="00977A7B"/>
+    <w:rsid w:val="00980034"/>
+    <w:rsid w:val="009809CB"/>
     <w:rsid w:val="00981180"/>
+    <w:rsid w:val="00982469"/>
     <w:rsid w:val="0098259C"/>
     <w:rsid w:val="0098330D"/>
-    <w:rsid w:val="009836B7"/>
     <w:rsid w:val="00984402"/>
     <w:rsid w:val="00984459"/>
     <w:rsid w:val="00984BCE"/>
+    <w:rsid w:val="0098521D"/>
+    <w:rsid w:val="00985320"/>
+    <w:rsid w:val="0098614E"/>
     <w:rsid w:val="00990EA5"/>
     <w:rsid w:val="009911B6"/>
     <w:rsid w:val="009911F0"/>
     <w:rsid w:val="00991E78"/>
     <w:rsid w:val="009923D1"/>
     <w:rsid w:val="009933CE"/>
+    <w:rsid w:val="009941B4"/>
+    <w:rsid w:val="0099533A"/>
+    <w:rsid w:val="00995C6D"/>
     <w:rsid w:val="00996EDC"/>
+    <w:rsid w:val="009976A8"/>
     <w:rsid w:val="0099793B"/>
     <w:rsid w:val="00997DC0"/>
     <w:rsid w:val="009A0F85"/>
     <w:rsid w:val="009A15D3"/>
+    <w:rsid w:val="009A2145"/>
     <w:rsid w:val="009A2833"/>
     <w:rsid w:val="009A3411"/>
     <w:rsid w:val="009A3887"/>
+    <w:rsid w:val="009A4AB2"/>
+    <w:rsid w:val="009A635B"/>
     <w:rsid w:val="009A71D4"/>
+    <w:rsid w:val="009B0005"/>
     <w:rsid w:val="009B050B"/>
-    <w:rsid w:val="009B2075"/>
+    <w:rsid w:val="009B0833"/>
+    <w:rsid w:val="009B0BCE"/>
+    <w:rsid w:val="009B19D6"/>
     <w:rsid w:val="009B3B2E"/>
     <w:rsid w:val="009B4A51"/>
     <w:rsid w:val="009B5444"/>
+    <w:rsid w:val="009B561E"/>
+    <w:rsid w:val="009B5A65"/>
+    <w:rsid w:val="009B5C74"/>
     <w:rsid w:val="009B5C98"/>
+    <w:rsid w:val="009B7236"/>
+    <w:rsid w:val="009B7872"/>
+    <w:rsid w:val="009C00FA"/>
+    <w:rsid w:val="009C133D"/>
     <w:rsid w:val="009C16E2"/>
+    <w:rsid w:val="009C1AB4"/>
+    <w:rsid w:val="009C1CE4"/>
     <w:rsid w:val="009C26F4"/>
-    <w:rsid w:val="009C2A1F"/>
     <w:rsid w:val="009C2BDD"/>
     <w:rsid w:val="009C2D85"/>
+    <w:rsid w:val="009C33DD"/>
+    <w:rsid w:val="009C35BA"/>
     <w:rsid w:val="009C4BDB"/>
     <w:rsid w:val="009C4CD4"/>
+    <w:rsid w:val="009C55BE"/>
     <w:rsid w:val="009C5AF3"/>
     <w:rsid w:val="009C5B4F"/>
     <w:rsid w:val="009D05DB"/>
+    <w:rsid w:val="009D26AD"/>
     <w:rsid w:val="009D355E"/>
     <w:rsid w:val="009D4373"/>
     <w:rsid w:val="009D4481"/>
     <w:rsid w:val="009D49EE"/>
     <w:rsid w:val="009D4EBD"/>
     <w:rsid w:val="009D6B6F"/>
+    <w:rsid w:val="009D6E93"/>
     <w:rsid w:val="009D77B7"/>
+    <w:rsid w:val="009E24AB"/>
+    <w:rsid w:val="009E25A4"/>
+    <w:rsid w:val="009E4372"/>
+    <w:rsid w:val="009E48F4"/>
     <w:rsid w:val="009E5210"/>
+    <w:rsid w:val="009E5460"/>
+    <w:rsid w:val="009E5761"/>
     <w:rsid w:val="009E57FC"/>
+    <w:rsid w:val="009E6844"/>
+    <w:rsid w:val="009E7799"/>
     <w:rsid w:val="009E7918"/>
+    <w:rsid w:val="009F037F"/>
+    <w:rsid w:val="009F0C59"/>
+    <w:rsid w:val="009F1DB3"/>
     <w:rsid w:val="009F26CE"/>
     <w:rsid w:val="009F2C6A"/>
     <w:rsid w:val="009F2F82"/>
+    <w:rsid w:val="009F49AA"/>
+    <w:rsid w:val="009F4AFF"/>
+    <w:rsid w:val="009F59A4"/>
     <w:rsid w:val="009F6BE1"/>
+    <w:rsid w:val="00A0037E"/>
     <w:rsid w:val="00A004C9"/>
     <w:rsid w:val="00A00A54"/>
     <w:rsid w:val="00A00A9E"/>
     <w:rsid w:val="00A01CAD"/>
     <w:rsid w:val="00A01FEC"/>
+    <w:rsid w:val="00A0234B"/>
     <w:rsid w:val="00A02581"/>
+    <w:rsid w:val="00A03259"/>
     <w:rsid w:val="00A036CC"/>
     <w:rsid w:val="00A03D79"/>
+    <w:rsid w:val="00A06737"/>
+    <w:rsid w:val="00A06A73"/>
+    <w:rsid w:val="00A07A93"/>
+    <w:rsid w:val="00A1018B"/>
     <w:rsid w:val="00A10574"/>
+    <w:rsid w:val="00A1100D"/>
+    <w:rsid w:val="00A112A5"/>
+    <w:rsid w:val="00A11A9F"/>
     <w:rsid w:val="00A1219B"/>
+    <w:rsid w:val="00A123C7"/>
     <w:rsid w:val="00A139EE"/>
+    <w:rsid w:val="00A13CE0"/>
+    <w:rsid w:val="00A13FCE"/>
+    <w:rsid w:val="00A14204"/>
     <w:rsid w:val="00A14432"/>
+    <w:rsid w:val="00A147A4"/>
+    <w:rsid w:val="00A1510F"/>
     <w:rsid w:val="00A16575"/>
+    <w:rsid w:val="00A16C93"/>
     <w:rsid w:val="00A172AC"/>
+    <w:rsid w:val="00A174A1"/>
     <w:rsid w:val="00A179B4"/>
     <w:rsid w:val="00A2027D"/>
+    <w:rsid w:val="00A2071E"/>
+    <w:rsid w:val="00A20DBA"/>
+    <w:rsid w:val="00A20F65"/>
+    <w:rsid w:val="00A21345"/>
+    <w:rsid w:val="00A2384D"/>
+    <w:rsid w:val="00A23BB3"/>
+    <w:rsid w:val="00A24ED0"/>
+    <w:rsid w:val="00A24F5C"/>
+    <w:rsid w:val="00A25CDC"/>
     <w:rsid w:val="00A25F68"/>
+    <w:rsid w:val="00A26302"/>
+    <w:rsid w:val="00A2675A"/>
     <w:rsid w:val="00A26855"/>
     <w:rsid w:val="00A270AA"/>
+    <w:rsid w:val="00A27466"/>
+    <w:rsid w:val="00A3132E"/>
     <w:rsid w:val="00A347E1"/>
     <w:rsid w:val="00A3482C"/>
     <w:rsid w:val="00A34D02"/>
     <w:rsid w:val="00A36CB9"/>
     <w:rsid w:val="00A37CFE"/>
     <w:rsid w:val="00A403A8"/>
     <w:rsid w:val="00A406A2"/>
+    <w:rsid w:val="00A40914"/>
+    <w:rsid w:val="00A40D76"/>
+    <w:rsid w:val="00A4118F"/>
+    <w:rsid w:val="00A411C8"/>
+    <w:rsid w:val="00A41521"/>
     <w:rsid w:val="00A41803"/>
     <w:rsid w:val="00A4227F"/>
+    <w:rsid w:val="00A4292C"/>
     <w:rsid w:val="00A43B46"/>
     <w:rsid w:val="00A45315"/>
+    <w:rsid w:val="00A4537A"/>
     <w:rsid w:val="00A463B4"/>
+    <w:rsid w:val="00A50761"/>
     <w:rsid w:val="00A50C81"/>
     <w:rsid w:val="00A5204C"/>
     <w:rsid w:val="00A52E77"/>
+    <w:rsid w:val="00A532DD"/>
+    <w:rsid w:val="00A53645"/>
+    <w:rsid w:val="00A53DAF"/>
+    <w:rsid w:val="00A53F0B"/>
     <w:rsid w:val="00A54E67"/>
+    <w:rsid w:val="00A5594B"/>
     <w:rsid w:val="00A56666"/>
     <w:rsid w:val="00A5667C"/>
     <w:rsid w:val="00A567D8"/>
+    <w:rsid w:val="00A57B95"/>
     <w:rsid w:val="00A600CC"/>
     <w:rsid w:val="00A601F2"/>
+    <w:rsid w:val="00A62639"/>
+    <w:rsid w:val="00A6295B"/>
     <w:rsid w:val="00A62EDC"/>
     <w:rsid w:val="00A633EE"/>
+    <w:rsid w:val="00A6342E"/>
     <w:rsid w:val="00A63B53"/>
     <w:rsid w:val="00A6535F"/>
+    <w:rsid w:val="00A6549E"/>
     <w:rsid w:val="00A66099"/>
     <w:rsid w:val="00A66F52"/>
+    <w:rsid w:val="00A703AB"/>
+    <w:rsid w:val="00A7070A"/>
+    <w:rsid w:val="00A7105C"/>
+    <w:rsid w:val="00A717A6"/>
+    <w:rsid w:val="00A71875"/>
     <w:rsid w:val="00A71BF7"/>
+    <w:rsid w:val="00A725E7"/>
+    <w:rsid w:val="00A72870"/>
+    <w:rsid w:val="00A72F09"/>
     <w:rsid w:val="00A73B74"/>
     <w:rsid w:val="00A741AD"/>
+    <w:rsid w:val="00A74358"/>
     <w:rsid w:val="00A74BFF"/>
     <w:rsid w:val="00A74CB9"/>
+    <w:rsid w:val="00A75272"/>
     <w:rsid w:val="00A7557E"/>
-    <w:rsid w:val="00A7687A"/>
+    <w:rsid w:val="00A762A9"/>
+    <w:rsid w:val="00A76E63"/>
     <w:rsid w:val="00A7770A"/>
     <w:rsid w:val="00A77EBA"/>
     <w:rsid w:val="00A803EF"/>
     <w:rsid w:val="00A805B0"/>
+    <w:rsid w:val="00A80B7F"/>
+    <w:rsid w:val="00A80D11"/>
+    <w:rsid w:val="00A80E0F"/>
     <w:rsid w:val="00A819EF"/>
+    <w:rsid w:val="00A83083"/>
     <w:rsid w:val="00A83900"/>
-    <w:rsid w:val="00A8517E"/>
+    <w:rsid w:val="00A843A0"/>
     <w:rsid w:val="00A85CC4"/>
+    <w:rsid w:val="00A862EB"/>
     <w:rsid w:val="00A87F50"/>
+    <w:rsid w:val="00A906E9"/>
     <w:rsid w:val="00A907BC"/>
+    <w:rsid w:val="00A90D70"/>
+    <w:rsid w:val="00A90DB0"/>
     <w:rsid w:val="00A922CA"/>
     <w:rsid w:val="00A92AE6"/>
+    <w:rsid w:val="00A93A41"/>
     <w:rsid w:val="00A948BA"/>
     <w:rsid w:val="00A94B4B"/>
+    <w:rsid w:val="00A9518B"/>
+    <w:rsid w:val="00A96340"/>
+    <w:rsid w:val="00A9687B"/>
+    <w:rsid w:val="00A96CD9"/>
+    <w:rsid w:val="00A97212"/>
     <w:rsid w:val="00A97F56"/>
+    <w:rsid w:val="00A97F81"/>
     <w:rsid w:val="00AA1683"/>
+    <w:rsid w:val="00AA1E3F"/>
     <w:rsid w:val="00AA29ED"/>
+    <w:rsid w:val="00AA2D1B"/>
     <w:rsid w:val="00AA359C"/>
+    <w:rsid w:val="00AA67CA"/>
     <w:rsid w:val="00AA6A1A"/>
     <w:rsid w:val="00AA74A2"/>
+    <w:rsid w:val="00AA7AC8"/>
     <w:rsid w:val="00AA7CDA"/>
+    <w:rsid w:val="00AB07BA"/>
     <w:rsid w:val="00AB0DC7"/>
+    <w:rsid w:val="00AB0FF2"/>
+    <w:rsid w:val="00AB11DD"/>
+    <w:rsid w:val="00AB1A7A"/>
     <w:rsid w:val="00AB29EA"/>
     <w:rsid w:val="00AB32C6"/>
+    <w:rsid w:val="00AB4785"/>
+    <w:rsid w:val="00AB4E0A"/>
+    <w:rsid w:val="00AB507C"/>
     <w:rsid w:val="00AB5667"/>
+    <w:rsid w:val="00AB5875"/>
+    <w:rsid w:val="00AB5CA5"/>
+    <w:rsid w:val="00AB6DDA"/>
+    <w:rsid w:val="00AC0233"/>
     <w:rsid w:val="00AC0707"/>
+    <w:rsid w:val="00AC089B"/>
     <w:rsid w:val="00AC1759"/>
     <w:rsid w:val="00AC204B"/>
+    <w:rsid w:val="00AC206F"/>
+    <w:rsid w:val="00AC20C7"/>
+    <w:rsid w:val="00AC2282"/>
+    <w:rsid w:val="00AC38FF"/>
     <w:rsid w:val="00AC4670"/>
     <w:rsid w:val="00AC59C0"/>
     <w:rsid w:val="00AC5F98"/>
     <w:rsid w:val="00AC6313"/>
+    <w:rsid w:val="00AC64B0"/>
+    <w:rsid w:val="00AC6941"/>
+    <w:rsid w:val="00AC79EE"/>
     <w:rsid w:val="00AD024E"/>
     <w:rsid w:val="00AD089C"/>
+    <w:rsid w:val="00AD0FBE"/>
     <w:rsid w:val="00AD1845"/>
+    <w:rsid w:val="00AD199D"/>
+    <w:rsid w:val="00AD26B0"/>
     <w:rsid w:val="00AD296B"/>
     <w:rsid w:val="00AD351E"/>
     <w:rsid w:val="00AD4161"/>
+    <w:rsid w:val="00AD4F05"/>
     <w:rsid w:val="00AD6963"/>
+    <w:rsid w:val="00AD6E20"/>
     <w:rsid w:val="00AE0E97"/>
+    <w:rsid w:val="00AE1A2B"/>
+    <w:rsid w:val="00AE2FAE"/>
+    <w:rsid w:val="00AE3AA5"/>
+    <w:rsid w:val="00AE4ED3"/>
+    <w:rsid w:val="00AE6548"/>
     <w:rsid w:val="00AE72D8"/>
     <w:rsid w:val="00AE750F"/>
     <w:rsid w:val="00AF1BC4"/>
     <w:rsid w:val="00AF1DF2"/>
+    <w:rsid w:val="00AF2BB6"/>
+    <w:rsid w:val="00AF2EBF"/>
     <w:rsid w:val="00AF32AB"/>
+    <w:rsid w:val="00AF3D32"/>
     <w:rsid w:val="00AF61CA"/>
+    <w:rsid w:val="00AF6908"/>
     <w:rsid w:val="00AF6AD8"/>
     <w:rsid w:val="00AF6E83"/>
+    <w:rsid w:val="00AF7B6C"/>
+    <w:rsid w:val="00B00650"/>
+    <w:rsid w:val="00B011CF"/>
+    <w:rsid w:val="00B01F00"/>
+    <w:rsid w:val="00B03108"/>
     <w:rsid w:val="00B03AD5"/>
     <w:rsid w:val="00B0469E"/>
     <w:rsid w:val="00B05CCA"/>
+    <w:rsid w:val="00B061E0"/>
     <w:rsid w:val="00B06AEE"/>
+    <w:rsid w:val="00B07624"/>
     <w:rsid w:val="00B076A2"/>
+    <w:rsid w:val="00B07D85"/>
     <w:rsid w:val="00B114D2"/>
     <w:rsid w:val="00B11A4F"/>
     <w:rsid w:val="00B11E3A"/>
+    <w:rsid w:val="00B122DE"/>
     <w:rsid w:val="00B143CE"/>
+    <w:rsid w:val="00B1503C"/>
+    <w:rsid w:val="00B155C9"/>
+    <w:rsid w:val="00B16D77"/>
+    <w:rsid w:val="00B17B56"/>
     <w:rsid w:val="00B2029D"/>
     <w:rsid w:val="00B20332"/>
+    <w:rsid w:val="00B20994"/>
+    <w:rsid w:val="00B20BBA"/>
+    <w:rsid w:val="00B229A6"/>
+    <w:rsid w:val="00B22F94"/>
     <w:rsid w:val="00B23B39"/>
     <w:rsid w:val="00B25E79"/>
     <w:rsid w:val="00B25F3E"/>
+    <w:rsid w:val="00B2609C"/>
     <w:rsid w:val="00B26B71"/>
+    <w:rsid w:val="00B272E7"/>
+    <w:rsid w:val="00B274E1"/>
+    <w:rsid w:val="00B30D2C"/>
+    <w:rsid w:val="00B324C5"/>
     <w:rsid w:val="00B32D3F"/>
+    <w:rsid w:val="00B336F6"/>
+    <w:rsid w:val="00B344E9"/>
+    <w:rsid w:val="00B3473E"/>
     <w:rsid w:val="00B34D2C"/>
     <w:rsid w:val="00B36496"/>
+    <w:rsid w:val="00B364C7"/>
     <w:rsid w:val="00B376D5"/>
+    <w:rsid w:val="00B41854"/>
     <w:rsid w:val="00B41B00"/>
+    <w:rsid w:val="00B42034"/>
     <w:rsid w:val="00B42573"/>
+    <w:rsid w:val="00B428BC"/>
+    <w:rsid w:val="00B42F65"/>
+    <w:rsid w:val="00B4362F"/>
+    <w:rsid w:val="00B443FD"/>
     <w:rsid w:val="00B444CA"/>
     <w:rsid w:val="00B44E37"/>
+    <w:rsid w:val="00B4547E"/>
+    <w:rsid w:val="00B45647"/>
+    <w:rsid w:val="00B45AC2"/>
+    <w:rsid w:val="00B45AC3"/>
     <w:rsid w:val="00B4754A"/>
     <w:rsid w:val="00B51DB8"/>
+    <w:rsid w:val="00B5306A"/>
     <w:rsid w:val="00B530C5"/>
+    <w:rsid w:val="00B5315B"/>
+    <w:rsid w:val="00B5352E"/>
+    <w:rsid w:val="00B53993"/>
     <w:rsid w:val="00B53A6C"/>
+    <w:rsid w:val="00B53D6C"/>
     <w:rsid w:val="00B54CE4"/>
+    <w:rsid w:val="00B55D0E"/>
+    <w:rsid w:val="00B56662"/>
+    <w:rsid w:val="00B56B21"/>
+    <w:rsid w:val="00B5717F"/>
+    <w:rsid w:val="00B60951"/>
+    <w:rsid w:val="00B61D8E"/>
+    <w:rsid w:val="00B61FA6"/>
+    <w:rsid w:val="00B61FE6"/>
+    <w:rsid w:val="00B62C15"/>
     <w:rsid w:val="00B634EB"/>
+    <w:rsid w:val="00B6430E"/>
+    <w:rsid w:val="00B64507"/>
+    <w:rsid w:val="00B65045"/>
+    <w:rsid w:val="00B65827"/>
+    <w:rsid w:val="00B65A4B"/>
     <w:rsid w:val="00B66124"/>
+    <w:rsid w:val="00B6793C"/>
+    <w:rsid w:val="00B67950"/>
+    <w:rsid w:val="00B70066"/>
     <w:rsid w:val="00B7039E"/>
-    <w:rsid w:val="00B704CE"/>
     <w:rsid w:val="00B71C1A"/>
     <w:rsid w:val="00B72D35"/>
+    <w:rsid w:val="00B74473"/>
     <w:rsid w:val="00B75E60"/>
     <w:rsid w:val="00B75EFC"/>
+    <w:rsid w:val="00B773E2"/>
+    <w:rsid w:val="00B779B7"/>
     <w:rsid w:val="00B77C6D"/>
+    <w:rsid w:val="00B81ACD"/>
     <w:rsid w:val="00B81FF5"/>
     <w:rsid w:val="00B837E4"/>
+    <w:rsid w:val="00B84249"/>
+    <w:rsid w:val="00B84871"/>
+    <w:rsid w:val="00B858EA"/>
     <w:rsid w:val="00B879F6"/>
+    <w:rsid w:val="00B87A1D"/>
     <w:rsid w:val="00B901FF"/>
+    <w:rsid w:val="00B90312"/>
+    <w:rsid w:val="00B912F2"/>
+    <w:rsid w:val="00B91C90"/>
     <w:rsid w:val="00B9211D"/>
     <w:rsid w:val="00B92973"/>
+    <w:rsid w:val="00B9390B"/>
+    <w:rsid w:val="00B93B0D"/>
     <w:rsid w:val="00B93C9C"/>
+    <w:rsid w:val="00B93F99"/>
     <w:rsid w:val="00B94705"/>
+    <w:rsid w:val="00B9486D"/>
+    <w:rsid w:val="00B94C0D"/>
     <w:rsid w:val="00B95EFD"/>
     <w:rsid w:val="00B97236"/>
+    <w:rsid w:val="00B972C6"/>
+    <w:rsid w:val="00B97555"/>
+    <w:rsid w:val="00B97A81"/>
+    <w:rsid w:val="00B97B22"/>
+    <w:rsid w:val="00BA11DF"/>
+    <w:rsid w:val="00BA1FD4"/>
     <w:rsid w:val="00BA31F7"/>
     <w:rsid w:val="00BA396A"/>
-    <w:rsid w:val="00BA5080"/>
+    <w:rsid w:val="00BA396B"/>
     <w:rsid w:val="00BA54B1"/>
     <w:rsid w:val="00BA55BD"/>
+    <w:rsid w:val="00BA5EE3"/>
     <w:rsid w:val="00BA6BDF"/>
     <w:rsid w:val="00BA71E8"/>
     <w:rsid w:val="00BA736F"/>
+    <w:rsid w:val="00BB0521"/>
     <w:rsid w:val="00BB1657"/>
-    <w:rsid w:val="00BB1871"/>
     <w:rsid w:val="00BB1E2B"/>
-    <w:rsid w:val="00BB4136"/>
+    <w:rsid w:val="00BB257A"/>
+    <w:rsid w:val="00BB271E"/>
+    <w:rsid w:val="00BB2E11"/>
+    <w:rsid w:val="00BB3A58"/>
+    <w:rsid w:val="00BB4BAA"/>
     <w:rsid w:val="00BB4F35"/>
+    <w:rsid w:val="00BB4F5A"/>
     <w:rsid w:val="00BB651F"/>
-    <w:rsid w:val="00BB71F1"/>
     <w:rsid w:val="00BB79F6"/>
     <w:rsid w:val="00BC15AF"/>
     <w:rsid w:val="00BC2C60"/>
+    <w:rsid w:val="00BC31AD"/>
+    <w:rsid w:val="00BC378F"/>
+    <w:rsid w:val="00BC3D77"/>
     <w:rsid w:val="00BC407F"/>
     <w:rsid w:val="00BC567C"/>
     <w:rsid w:val="00BC6A90"/>
     <w:rsid w:val="00BC6C4D"/>
     <w:rsid w:val="00BD0A20"/>
+    <w:rsid w:val="00BD17B3"/>
     <w:rsid w:val="00BD1AC6"/>
+    <w:rsid w:val="00BD1C09"/>
     <w:rsid w:val="00BD2656"/>
+    <w:rsid w:val="00BD2B02"/>
+    <w:rsid w:val="00BD31DE"/>
+    <w:rsid w:val="00BD386A"/>
     <w:rsid w:val="00BD46CD"/>
+    <w:rsid w:val="00BD4C08"/>
     <w:rsid w:val="00BD5256"/>
     <w:rsid w:val="00BD6178"/>
+    <w:rsid w:val="00BE05A3"/>
+    <w:rsid w:val="00BE0942"/>
     <w:rsid w:val="00BE1073"/>
+    <w:rsid w:val="00BE1311"/>
+    <w:rsid w:val="00BE199C"/>
+    <w:rsid w:val="00BE2B15"/>
     <w:rsid w:val="00BE2D04"/>
     <w:rsid w:val="00BE525F"/>
+    <w:rsid w:val="00BE552C"/>
     <w:rsid w:val="00BE589E"/>
     <w:rsid w:val="00BE6A4E"/>
     <w:rsid w:val="00BE72AF"/>
+    <w:rsid w:val="00BE73C7"/>
+    <w:rsid w:val="00BF00C9"/>
+    <w:rsid w:val="00BF0945"/>
+    <w:rsid w:val="00BF0D5D"/>
     <w:rsid w:val="00BF1185"/>
     <w:rsid w:val="00BF1C82"/>
     <w:rsid w:val="00BF233E"/>
     <w:rsid w:val="00BF23F4"/>
+    <w:rsid w:val="00BF2B17"/>
     <w:rsid w:val="00BF2E10"/>
+    <w:rsid w:val="00BF2FE7"/>
     <w:rsid w:val="00BF4412"/>
+    <w:rsid w:val="00BF4932"/>
     <w:rsid w:val="00BF4BA2"/>
     <w:rsid w:val="00BF7082"/>
     <w:rsid w:val="00BF7AA4"/>
+    <w:rsid w:val="00BF7CD9"/>
+    <w:rsid w:val="00C0099C"/>
     <w:rsid w:val="00C00CBC"/>
+    <w:rsid w:val="00C00EA0"/>
     <w:rsid w:val="00C00ED8"/>
     <w:rsid w:val="00C02509"/>
+    <w:rsid w:val="00C02706"/>
+    <w:rsid w:val="00C02BDA"/>
+    <w:rsid w:val="00C03E44"/>
+    <w:rsid w:val="00C042E6"/>
+    <w:rsid w:val="00C04A1C"/>
+    <w:rsid w:val="00C11C97"/>
     <w:rsid w:val="00C1277E"/>
     <w:rsid w:val="00C13036"/>
+    <w:rsid w:val="00C131EA"/>
     <w:rsid w:val="00C1378D"/>
+    <w:rsid w:val="00C13889"/>
+    <w:rsid w:val="00C1493D"/>
+    <w:rsid w:val="00C14EBE"/>
     <w:rsid w:val="00C15CE7"/>
+    <w:rsid w:val="00C160DF"/>
+    <w:rsid w:val="00C166B2"/>
     <w:rsid w:val="00C16C96"/>
     <w:rsid w:val="00C17002"/>
+    <w:rsid w:val="00C17491"/>
+    <w:rsid w:val="00C17805"/>
+    <w:rsid w:val="00C178C8"/>
+    <w:rsid w:val="00C17D11"/>
+    <w:rsid w:val="00C2276B"/>
+    <w:rsid w:val="00C22DD9"/>
+    <w:rsid w:val="00C23506"/>
     <w:rsid w:val="00C23B68"/>
     <w:rsid w:val="00C25D0D"/>
+    <w:rsid w:val="00C266A1"/>
+    <w:rsid w:val="00C270BC"/>
+    <w:rsid w:val="00C2719B"/>
     <w:rsid w:val="00C276D0"/>
     <w:rsid w:val="00C27F09"/>
     <w:rsid w:val="00C30EC6"/>
+    <w:rsid w:val="00C31775"/>
+    <w:rsid w:val="00C31EB3"/>
     <w:rsid w:val="00C3221B"/>
+    <w:rsid w:val="00C32458"/>
     <w:rsid w:val="00C326FB"/>
+    <w:rsid w:val="00C32CBE"/>
     <w:rsid w:val="00C3337E"/>
     <w:rsid w:val="00C33849"/>
+    <w:rsid w:val="00C33D9E"/>
     <w:rsid w:val="00C3433A"/>
+    <w:rsid w:val="00C34456"/>
+    <w:rsid w:val="00C3462C"/>
+    <w:rsid w:val="00C354CC"/>
     <w:rsid w:val="00C3570E"/>
-    <w:rsid w:val="00C35D9A"/>
-    <w:rsid w:val="00C36A28"/>
     <w:rsid w:val="00C36E7B"/>
-    <w:rsid w:val="00C37554"/>
+    <w:rsid w:val="00C4062D"/>
+    <w:rsid w:val="00C424BD"/>
+    <w:rsid w:val="00C43393"/>
     <w:rsid w:val="00C43A3B"/>
     <w:rsid w:val="00C43CE2"/>
+    <w:rsid w:val="00C4477A"/>
     <w:rsid w:val="00C4513E"/>
     <w:rsid w:val="00C45CD9"/>
     <w:rsid w:val="00C45F08"/>
     <w:rsid w:val="00C46A73"/>
+    <w:rsid w:val="00C46C0A"/>
+    <w:rsid w:val="00C5021E"/>
     <w:rsid w:val="00C50593"/>
+    <w:rsid w:val="00C50AFC"/>
     <w:rsid w:val="00C51546"/>
     <w:rsid w:val="00C52122"/>
-    <w:rsid w:val="00C57E2F"/>
+    <w:rsid w:val="00C52C6B"/>
+    <w:rsid w:val="00C533DB"/>
+    <w:rsid w:val="00C5425B"/>
+    <w:rsid w:val="00C54BCF"/>
+    <w:rsid w:val="00C553EF"/>
+    <w:rsid w:val="00C555A2"/>
+    <w:rsid w:val="00C56226"/>
+    <w:rsid w:val="00C57216"/>
+    <w:rsid w:val="00C576D4"/>
+    <w:rsid w:val="00C57775"/>
+    <w:rsid w:val="00C6015D"/>
     <w:rsid w:val="00C60D9C"/>
+    <w:rsid w:val="00C614C8"/>
+    <w:rsid w:val="00C61772"/>
+    <w:rsid w:val="00C6179D"/>
     <w:rsid w:val="00C61BE2"/>
     <w:rsid w:val="00C61D6A"/>
+    <w:rsid w:val="00C62587"/>
+    <w:rsid w:val="00C6393A"/>
+    <w:rsid w:val="00C647BD"/>
+    <w:rsid w:val="00C64D38"/>
     <w:rsid w:val="00C64DFC"/>
+    <w:rsid w:val="00C654E2"/>
+    <w:rsid w:val="00C66073"/>
     <w:rsid w:val="00C66D47"/>
+    <w:rsid w:val="00C66F47"/>
     <w:rsid w:val="00C67557"/>
     <w:rsid w:val="00C704EC"/>
     <w:rsid w:val="00C7258B"/>
+    <w:rsid w:val="00C73AF3"/>
+    <w:rsid w:val="00C75082"/>
     <w:rsid w:val="00C751F0"/>
+    <w:rsid w:val="00C75792"/>
     <w:rsid w:val="00C762C5"/>
+    <w:rsid w:val="00C770F3"/>
+    <w:rsid w:val="00C8006A"/>
+    <w:rsid w:val="00C804D6"/>
+    <w:rsid w:val="00C81119"/>
+    <w:rsid w:val="00C81BAD"/>
     <w:rsid w:val="00C81E95"/>
     <w:rsid w:val="00C823FA"/>
     <w:rsid w:val="00C829B9"/>
+    <w:rsid w:val="00C82AD9"/>
     <w:rsid w:val="00C841CE"/>
+    <w:rsid w:val="00C85C47"/>
     <w:rsid w:val="00C86E94"/>
     <w:rsid w:val="00C8700C"/>
+    <w:rsid w:val="00C90E39"/>
+    <w:rsid w:val="00C91521"/>
+    <w:rsid w:val="00C92A04"/>
     <w:rsid w:val="00C92EFD"/>
+    <w:rsid w:val="00C9312F"/>
     <w:rsid w:val="00C934B1"/>
+    <w:rsid w:val="00C93E1D"/>
+    <w:rsid w:val="00C94B2E"/>
     <w:rsid w:val="00C950DA"/>
+    <w:rsid w:val="00C96B96"/>
+    <w:rsid w:val="00C97B01"/>
     <w:rsid w:val="00CA095B"/>
+    <w:rsid w:val="00CA11F8"/>
     <w:rsid w:val="00CA1B6B"/>
+    <w:rsid w:val="00CA298D"/>
+    <w:rsid w:val="00CA2D76"/>
     <w:rsid w:val="00CA365E"/>
     <w:rsid w:val="00CA3AE0"/>
+    <w:rsid w:val="00CA48B8"/>
+    <w:rsid w:val="00CA5271"/>
     <w:rsid w:val="00CA63AD"/>
+    <w:rsid w:val="00CA7678"/>
+    <w:rsid w:val="00CB0313"/>
+    <w:rsid w:val="00CB0C53"/>
     <w:rsid w:val="00CB1AFA"/>
     <w:rsid w:val="00CB1F30"/>
     <w:rsid w:val="00CB33E8"/>
+    <w:rsid w:val="00CB4485"/>
+    <w:rsid w:val="00CB4559"/>
     <w:rsid w:val="00CB503D"/>
     <w:rsid w:val="00CB5287"/>
-    <w:rsid w:val="00CB5B76"/>
+    <w:rsid w:val="00CB56D2"/>
+    <w:rsid w:val="00CB5A11"/>
+    <w:rsid w:val="00CB7171"/>
     <w:rsid w:val="00CB7AA7"/>
+    <w:rsid w:val="00CC067E"/>
+    <w:rsid w:val="00CC1200"/>
+    <w:rsid w:val="00CC2EB7"/>
     <w:rsid w:val="00CC3140"/>
     <w:rsid w:val="00CC3611"/>
-    <w:rsid w:val="00CC4362"/>
     <w:rsid w:val="00CC5103"/>
+    <w:rsid w:val="00CC52B6"/>
+    <w:rsid w:val="00CC565B"/>
+    <w:rsid w:val="00CC5DCC"/>
+    <w:rsid w:val="00CC62CC"/>
+    <w:rsid w:val="00CC64F0"/>
+    <w:rsid w:val="00CC72A8"/>
     <w:rsid w:val="00CC7399"/>
     <w:rsid w:val="00CD1D74"/>
     <w:rsid w:val="00CD303F"/>
+    <w:rsid w:val="00CD313B"/>
     <w:rsid w:val="00CD3946"/>
     <w:rsid w:val="00CD3B3B"/>
-    <w:rsid w:val="00CD587B"/>
-    <w:rsid w:val="00CD5933"/>
     <w:rsid w:val="00CD5BE0"/>
     <w:rsid w:val="00CD61A2"/>
+    <w:rsid w:val="00CD6ADC"/>
+    <w:rsid w:val="00CD7643"/>
     <w:rsid w:val="00CE0586"/>
     <w:rsid w:val="00CE09EA"/>
+    <w:rsid w:val="00CE1577"/>
+    <w:rsid w:val="00CE16B1"/>
     <w:rsid w:val="00CE223C"/>
     <w:rsid w:val="00CE2E49"/>
     <w:rsid w:val="00CE46D7"/>
+    <w:rsid w:val="00CE4D6E"/>
+    <w:rsid w:val="00CE5235"/>
     <w:rsid w:val="00CE6569"/>
+    <w:rsid w:val="00CE6784"/>
+    <w:rsid w:val="00CE7140"/>
     <w:rsid w:val="00CF0330"/>
     <w:rsid w:val="00CF09CC"/>
-    <w:rsid w:val="00CF13BB"/>
     <w:rsid w:val="00CF1F34"/>
+    <w:rsid w:val="00CF20AC"/>
     <w:rsid w:val="00CF227E"/>
+    <w:rsid w:val="00CF3281"/>
     <w:rsid w:val="00CF480E"/>
     <w:rsid w:val="00CF53E2"/>
-    <w:rsid w:val="00CF5F85"/>
+    <w:rsid w:val="00CF69C9"/>
+    <w:rsid w:val="00CF728D"/>
     <w:rsid w:val="00CF7454"/>
     <w:rsid w:val="00CF7AFA"/>
+    <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D00141"/>
+    <w:rsid w:val="00D048F3"/>
+    <w:rsid w:val="00D04D10"/>
+    <w:rsid w:val="00D05ED6"/>
     <w:rsid w:val="00D06A07"/>
+    <w:rsid w:val="00D06ED1"/>
     <w:rsid w:val="00D078AA"/>
+    <w:rsid w:val="00D10898"/>
     <w:rsid w:val="00D10DC3"/>
+    <w:rsid w:val="00D111FC"/>
     <w:rsid w:val="00D12337"/>
+    <w:rsid w:val="00D142A8"/>
     <w:rsid w:val="00D15249"/>
+    <w:rsid w:val="00D15658"/>
+    <w:rsid w:val="00D165B1"/>
     <w:rsid w:val="00D16931"/>
     <w:rsid w:val="00D177ED"/>
+    <w:rsid w:val="00D17AB3"/>
     <w:rsid w:val="00D20F4E"/>
     <w:rsid w:val="00D21325"/>
+    <w:rsid w:val="00D223D7"/>
+    <w:rsid w:val="00D22993"/>
     <w:rsid w:val="00D233B8"/>
     <w:rsid w:val="00D24C3F"/>
-    <w:rsid w:val="00D2612C"/>
     <w:rsid w:val="00D262E5"/>
+    <w:rsid w:val="00D26759"/>
+    <w:rsid w:val="00D27022"/>
+    <w:rsid w:val="00D27419"/>
     <w:rsid w:val="00D303A2"/>
     <w:rsid w:val="00D318B7"/>
+    <w:rsid w:val="00D3449D"/>
     <w:rsid w:val="00D35746"/>
+    <w:rsid w:val="00D35B09"/>
+    <w:rsid w:val="00D3687F"/>
+    <w:rsid w:val="00D36ABA"/>
     <w:rsid w:val="00D37E35"/>
     <w:rsid w:val="00D4280A"/>
+    <w:rsid w:val="00D440EF"/>
+    <w:rsid w:val="00D44510"/>
     <w:rsid w:val="00D445D5"/>
+    <w:rsid w:val="00D446B8"/>
     <w:rsid w:val="00D44D4E"/>
     <w:rsid w:val="00D4534D"/>
+    <w:rsid w:val="00D453A1"/>
+    <w:rsid w:val="00D4651A"/>
+    <w:rsid w:val="00D46710"/>
     <w:rsid w:val="00D50652"/>
+    <w:rsid w:val="00D5085C"/>
+    <w:rsid w:val="00D51834"/>
     <w:rsid w:val="00D51A8B"/>
+    <w:rsid w:val="00D51BB9"/>
     <w:rsid w:val="00D51F90"/>
-    <w:rsid w:val="00D52DB7"/>
+    <w:rsid w:val="00D52349"/>
+    <w:rsid w:val="00D52A44"/>
+    <w:rsid w:val="00D53E23"/>
+    <w:rsid w:val="00D5402F"/>
+    <w:rsid w:val="00D54FC6"/>
+    <w:rsid w:val="00D5557A"/>
     <w:rsid w:val="00D55767"/>
+    <w:rsid w:val="00D55858"/>
     <w:rsid w:val="00D5601D"/>
     <w:rsid w:val="00D56E5A"/>
+    <w:rsid w:val="00D57648"/>
+    <w:rsid w:val="00D57E22"/>
     <w:rsid w:val="00D61DBA"/>
+    <w:rsid w:val="00D62381"/>
+    <w:rsid w:val="00D626D0"/>
     <w:rsid w:val="00D63D4A"/>
+    <w:rsid w:val="00D64434"/>
     <w:rsid w:val="00D64B48"/>
     <w:rsid w:val="00D65FC6"/>
     <w:rsid w:val="00D6604A"/>
     <w:rsid w:val="00D67692"/>
+    <w:rsid w:val="00D676C8"/>
+    <w:rsid w:val="00D700D0"/>
     <w:rsid w:val="00D71CC3"/>
+    <w:rsid w:val="00D72403"/>
+    <w:rsid w:val="00D727D5"/>
+    <w:rsid w:val="00D72DBC"/>
+    <w:rsid w:val="00D72E14"/>
+    <w:rsid w:val="00D733B9"/>
     <w:rsid w:val="00D74312"/>
+    <w:rsid w:val="00D751CB"/>
+    <w:rsid w:val="00D7600B"/>
+    <w:rsid w:val="00D76B03"/>
     <w:rsid w:val="00D76CDE"/>
+    <w:rsid w:val="00D77BDA"/>
     <w:rsid w:val="00D8055C"/>
     <w:rsid w:val="00D80FDA"/>
-    <w:rsid w:val="00D83697"/>
+    <w:rsid w:val="00D81332"/>
+    <w:rsid w:val="00D82235"/>
+    <w:rsid w:val="00D8250F"/>
+    <w:rsid w:val="00D83DFF"/>
+    <w:rsid w:val="00D83FF3"/>
     <w:rsid w:val="00D84029"/>
+    <w:rsid w:val="00D84050"/>
     <w:rsid w:val="00D84A5E"/>
+    <w:rsid w:val="00D84CCB"/>
     <w:rsid w:val="00D84E48"/>
     <w:rsid w:val="00D8679B"/>
+    <w:rsid w:val="00D86BDA"/>
+    <w:rsid w:val="00D87088"/>
     <w:rsid w:val="00D87188"/>
     <w:rsid w:val="00D87AE7"/>
     <w:rsid w:val="00D87B26"/>
     <w:rsid w:val="00D90EDC"/>
     <w:rsid w:val="00D913DC"/>
     <w:rsid w:val="00D9377B"/>
+    <w:rsid w:val="00D944E4"/>
     <w:rsid w:val="00D951EA"/>
+    <w:rsid w:val="00D9570D"/>
+    <w:rsid w:val="00D9571D"/>
+    <w:rsid w:val="00D962F2"/>
     <w:rsid w:val="00D9674B"/>
     <w:rsid w:val="00DA0623"/>
     <w:rsid w:val="00DA0DA3"/>
     <w:rsid w:val="00DA113D"/>
     <w:rsid w:val="00DA1DC7"/>
     <w:rsid w:val="00DA20D7"/>
+    <w:rsid w:val="00DA2F9F"/>
     <w:rsid w:val="00DA2FD5"/>
     <w:rsid w:val="00DA54A2"/>
     <w:rsid w:val="00DA56F0"/>
+    <w:rsid w:val="00DA6892"/>
     <w:rsid w:val="00DA6E9C"/>
+    <w:rsid w:val="00DA75A2"/>
+    <w:rsid w:val="00DB0143"/>
     <w:rsid w:val="00DB0420"/>
+    <w:rsid w:val="00DB07C2"/>
+    <w:rsid w:val="00DB0EB5"/>
+    <w:rsid w:val="00DB196F"/>
     <w:rsid w:val="00DB33A3"/>
+    <w:rsid w:val="00DB4E72"/>
+    <w:rsid w:val="00DB5FC9"/>
+    <w:rsid w:val="00DB5FF5"/>
+    <w:rsid w:val="00DB7EA2"/>
+    <w:rsid w:val="00DC1C5A"/>
     <w:rsid w:val="00DC292B"/>
     <w:rsid w:val="00DC2A3D"/>
+    <w:rsid w:val="00DC4CBE"/>
+    <w:rsid w:val="00DC5251"/>
+    <w:rsid w:val="00DC5D60"/>
     <w:rsid w:val="00DC7EE8"/>
+    <w:rsid w:val="00DD0804"/>
+    <w:rsid w:val="00DD102A"/>
     <w:rsid w:val="00DD11C4"/>
     <w:rsid w:val="00DD16D7"/>
     <w:rsid w:val="00DD367D"/>
     <w:rsid w:val="00DD387D"/>
+    <w:rsid w:val="00DD4610"/>
     <w:rsid w:val="00DD491A"/>
     <w:rsid w:val="00DD6C83"/>
     <w:rsid w:val="00DD6CFB"/>
+    <w:rsid w:val="00DD6DFA"/>
+    <w:rsid w:val="00DD6ECD"/>
     <w:rsid w:val="00DD6FD8"/>
+    <w:rsid w:val="00DD769D"/>
+    <w:rsid w:val="00DE0045"/>
+    <w:rsid w:val="00DE0EC4"/>
     <w:rsid w:val="00DE1FFF"/>
     <w:rsid w:val="00DE4225"/>
     <w:rsid w:val="00DE43F6"/>
     <w:rsid w:val="00DE472F"/>
+    <w:rsid w:val="00DE59BB"/>
     <w:rsid w:val="00DE5E76"/>
     <w:rsid w:val="00DE6704"/>
     <w:rsid w:val="00DE672D"/>
+    <w:rsid w:val="00DE675B"/>
+    <w:rsid w:val="00DE7A58"/>
     <w:rsid w:val="00DF0413"/>
     <w:rsid w:val="00DF094C"/>
+    <w:rsid w:val="00DF1472"/>
     <w:rsid w:val="00DF1805"/>
+    <w:rsid w:val="00DF21A6"/>
+    <w:rsid w:val="00DF3C3E"/>
     <w:rsid w:val="00DF46CF"/>
     <w:rsid w:val="00DF4873"/>
+    <w:rsid w:val="00DF575D"/>
     <w:rsid w:val="00DF5BF0"/>
     <w:rsid w:val="00DF5ED4"/>
     <w:rsid w:val="00DF66E2"/>
     <w:rsid w:val="00DF695B"/>
-    <w:rsid w:val="00DF6FA1"/>
     <w:rsid w:val="00DF7753"/>
+    <w:rsid w:val="00DF7DA5"/>
+    <w:rsid w:val="00E005A4"/>
+    <w:rsid w:val="00E0310F"/>
+    <w:rsid w:val="00E033E6"/>
     <w:rsid w:val="00E0384C"/>
+    <w:rsid w:val="00E03CD5"/>
+    <w:rsid w:val="00E03EDB"/>
     <w:rsid w:val="00E04AAD"/>
     <w:rsid w:val="00E05382"/>
     <w:rsid w:val="00E072A2"/>
     <w:rsid w:val="00E0765F"/>
-    <w:rsid w:val="00E109A0"/>
+    <w:rsid w:val="00E10563"/>
+    <w:rsid w:val="00E109CA"/>
+    <w:rsid w:val="00E10D77"/>
+    <w:rsid w:val="00E11431"/>
+    <w:rsid w:val="00E11752"/>
+    <w:rsid w:val="00E1209C"/>
+    <w:rsid w:val="00E12A2D"/>
     <w:rsid w:val="00E13086"/>
     <w:rsid w:val="00E131D4"/>
     <w:rsid w:val="00E13250"/>
+    <w:rsid w:val="00E14A0D"/>
+    <w:rsid w:val="00E14DA8"/>
     <w:rsid w:val="00E14E28"/>
+    <w:rsid w:val="00E15AD6"/>
+    <w:rsid w:val="00E15BE1"/>
     <w:rsid w:val="00E160F0"/>
     <w:rsid w:val="00E17077"/>
     <w:rsid w:val="00E17079"/>
-    <w:rsid w:val="00E21C0E"/>
+    <w:rsid w:val="00E17C12"/>
+    <w:rsid w:val="00E20984"/>
+    <w:rsid w:val="00E22450"/>
     <w:rsid w:val="00E22620"/>
+    <w:rsid w:val="00E2276B"/>
+    <w:rsid w:val="00E22A2A"/>
     <w:rsid w:val="00E231B1"/>
     <w:rsid w:val="00E23C3F"/>
     <w:rsid w:val="00E24163"/>
     <w:rsid w:val="00E242E1"/>
     <w:rsid w:val="00E24A35"/>
     <w:rsid w:val="00E25142"/>
+    <w:rsid w:val="00E257B1"/>
     <w:rsid w:val="00E260BA"/>
+    <w:rsid w:val="00E2656C"/>
+    <w:rsid w:val="00E26ED4"/>
+    <w:rsid w:val="00E271DF"/>
+    <w:rsid w:val="00E27204"/>
     <w:rsid w:val="00E30185"/>
+    <w:rsid w:val="00E30C21"/>
     <w:rsid w:val="00E30D89"/>
+    <w:rsid w:val="00E33585"/>
+    <w:rsid w:val="00E3592D"/>
     <w:rsid w:val="00E35BDB"/>
     <w:rsid w:val="00E36794"/>
+    <w:rsid w:val="00E36C56"/>
     <w:rsid w:val="00E37A58"/>
+    <w:rsid w:val="00E42241"/>
+    <w:rsid w:val="00E42D1E"/>
     <w:rsid w:val="00E4379C"/>
     <w:rsid w:val="00E43985"/>
     <w:rsid w:val="00E43CAE"/>
     <w:rsid w:val="00E445DF"/>
+    <w:rsid w:val="00E4483F"/>
+    <w:rsid w:val="00E46436"/>
+    <w:rsid w:val="00E46AE7"/>
+    <w:rsid w:val="00E4708C"/>
     <w:rsid w:val="00E473DD"/>
+    <w:rsid w:val="00E47E27"/>
     <w:rsid w:val="00E51651"/>
+    <w:rsid w:val="00E52087"/>
     <w:rsid w:val="00E5210D"/>
+    <w:rsid w:val="00E522BF"/>
     <w:rsid w:val="00E523FB"/>
+    <w:rsid w:val="00E52738"/>
     <w:rsid w:val="00E53000"/>
+    <w:rsid w:val="00E54D33"/>
     <w:rsid w:val="00E551B0"/>
+    <w:rsid w:val="00E55FF7"/>
     <w:rsid w:val="00E60599"/>
     <w:rsid w:val="00E616B9"/>
+    <w:rsid w:val="00E61D6D"/>
+    <w:rsid w:val="00E64D0B"/>
     <w:rsid w:val="00E65120"/>
+    <w:rsid w:val="00E65572"/>
+    <w:rsid w:val="00E65CD3"/>
     <w:rsid w:val="00E66A6C"/>
     <w:rsid w:val="00E67141"/>
+    <w:rsid w:val="00E677D8"/>
+    <w:rsid w:val="00E67FE7"/>
     <w:rsid w:val="00E70083"/>
     <w:rsid w:val="00E704E6"/>
     <w:rsid w:val="00E7064D"/>
     <w:rsid w:val="00E72E9C"/>
+    <w:rsid w:val="00E74424"/>
     <w:rsid w:val="00E758FD"/>
     <w:rsid w:val="00E75AE8"/>
+    <w:rsid w:val="00E80305"/>
+    <w:rsid w:val="00E80780"/>
     <w:rsid w:val="00E8118E"/>
     <w:rsid w:val="00E813AD"/>
+    <w:rsid w:val="00E829B8"/>
+    <w:rsid w:val="00E83052"/>
+    <w:rsid w:val="00E83946"/>
     <w:rsid w:val="00E83A35"/>
+    <w:rsid w:val="00E8493E"/>
     <w:rsid w:val="00E85092"/>
     <w:rsid w:val="00E8509A"/>
     <w:rsid w:val="00E855BF"/>
-    <w:rsid w:val="00E923AD"/>
+    <w:rsid w:val="00E91DD3"/>
+    <w:rsid w:val="00E9216E"/>
     <w:rsid w:val="00E92404"/>
     <w:rsid w:val="00E9377A"/>
+    <w:rsid w:val="00E93C5B"/>
     <w:rsid w:val="00E94B1F"/>
+    <w:rsid w:val="00E94E0C"/>
+    <w:rsid w:val="00E96939"/>
+    <w:rsid w:val="00E96DA2"/>
     <w:rsid w:val="00E96F2D"/>
+    <w:rsid w:val="00E970AA"/>
     <w:rsid w:val="00E97615"/>
+    <w:rsid w:val="00E9785D"/>
     <w:rsid w:val="00EA071D"/>
+    <w:rsid w:val="00EA099F"/>
     <w:rsid w:val="00EA12D0"/>
     <w:rsid w:val="00EA17F9"/>
     <w:rsid w:val="00EA309A"/>
     <w:rsid w:val="00EA38AC"/>
     <w:rsid w:val="00EA5CF9"/>
+    <w:rsid w:val="00EA65DC"/>
+    <w:rsid w:val="00EA73C4"/>
     <w:rsid w:val="00EA7A0F"/>
     <w:rsid w:val="00EB0AC4"/>
     <w:rsid w:val="00EB0B48"/>
     <w:rsid w:val="00EB0F61"/>
+    <w:rsid w:val="00EB113E"/>
+    <w:rsid w:val="00EB1AE8"/>
+    <w:rsid w:val="00EB2A81"/>
     <w:rsid w:val="00EB3D4F"/>
+    <w:rsid w:val="00EB4C97"/>
     <w:rsid w:val="00EB5EC3"/>
+    <w:rsid w:val="00EB62D0"/>
     <w:rsid w:val="00EB6BA4"/>
+    <w:rsid w:val="00EB7562"/>
     <w:rsid w:val="00EC0B75"/>
+    <w:rsid w:val="00EC2173"/>
     <w:rsid w:val="00EC349A"/>
     <w:rsid w:val="00EC4184"/>
+    <w:rsid w:val="00EC4C08"/>
     <w:rsid w:val="00EC523D"/>
     <w:rsid w:val="00EC5618"/>
     <w:rsid w:val="00EC6C0C"/>
+    <w:rsid w:val="00EC7308"/>
+    <w:rsid w:val="00ED0712"/>
     <w:rsid w:val="00ED0A60"/>
     <w:rsid w:val="00ED0EFE"/>
     <w:rsid w:val="00ED1828"/>
     <w:rsid w:val="00ED19F9"/>
     <w:rsid w:val="00ED2E53"/>
     <w:rsid w:val="00ED30DF"/>
     <w:rsid w:val="00ED31BF"/>
-    <w:rsid w:val="00ED36F5"/>
+    <w:rsid w:val="00ED3EB0"/>
     <w:rsid w:val="00ED44CB"/>
     <w:rsid w:val="00ED4A7E"/>
     <w:rsid w:val="00ED5633"/>
     <w:rsid w:val="00EE1BBB"/>
     <w:rsid w:val="00EE213F"/>
+    <w:rsid w:val="00EE25BE"/>
+    <w:rsid w:val="00EE2C67"/>
+    <w:rsid w:val="00EE2FC9"/>
+    <w:rsid w:val="00EE37CE"/>
     <w:rsid w:val="00EE3E58"/>
     <w:rsid w:val="00EE4389"/>
     <w:rsid w:val="00EE5BF6"/>
     <w:rsid w:val="00EE65B7"/>
+    <w:rsid w:val="00EE748D"/>
     <w:rsid w:val="00EF0E34"/>
     <w:rsid w:val="00EF137B"/>
+    <w:rsid w:val="00EF2918"/>
+    <w:rsid w:val="00EF3C50"/>
+    <w:rsid w:val="00EF586F"/>
+    <w:rsid w:val="00EF67FA"/>
+    <w:rsid w:val="00EF776E"/>
     <w:rsid w:val="00F0042B"/>
     <w:rsid w:val="00F01459"/>
     <w:rsid w:val="00F02434"/>
     <w:rsid w:val="00F02834"/>
-    <w:rsid w:val="00F04BA8"/>
+    <w:rsid w:val="00F041CF"/>
     <w:rsid w:val="00F053ED"/>
-    <w:rsid w:val="00F0633A"/>
+    <w:rsid w:val="00F05ADA"/>
+    <w:rsid w:val="00F05BF4"/>
+    <w:rsid w:val="00F0627B"/>
     <w:rsid w:val="00F065C9"/>
     <w:rsid w:val="00F0699B"/>
+    <w:rsid w:val="00F12137"/>
     <w:rsid w:val="00F1311F"/>
+    <w:rsid w:val="00F13686"/>
     <w:rsid w:val="00F167BD"/>
     <w:rsid w:val="00F173CB"/>
     <w:rsid w:val="00F208F3"/>
     <w:rsid w:val="00F21CD5"/>
+    <w:rsid w:val="00F21F01"/>
     <w:rsid w:val="00F2360D"/>
     <w:rsid w:val="00F2373B"/>
+    <w:rsid w:val="00F24245"/>
+    <w:rsid w:val="00F25022"/>
     <w:rsid w:val="00F25E1A"/>
+    <w:rsid w:val="00F262F8"/>
     <w:rsid w:val="00F26578"/>
+    <w:rsid w:val="00F2669F"/>
+    <w:rsid w:val="00F2670A"/>
+    <w:rsid w:val="00F26D24"/>
     <w:rsid w:val="00F27257"/>
     <w:rsid w:val="00F275F4"/>
+    <w:rsid w:val="00F27AAD"/>
     <w:rsid w:val="00F27AEA"/>
     <w:rsid w:val="00F30786"/>
+    <w:rsid w:val="00F30C3A"/>
+    <w:rsid w:val="00F319C5"/>
     <w:rsid w:val="00F31BD7"/>
+    <w:rsid w:val="00F31FF3"/>
+    <w:rsid w:val="00F342ED"/>
+    <w:rsid w:val="00F36768"/>
+    <w:rsid w:val="00F36897"/>
+    <w:rsid w:val="00F375A3"/>
+    <w:rsid w:val="00F43438"/>
     <w:rsid w:val="00F4537B"/>
     <w:rsid w:val="00F456C7"/>
     <w:rsid w:val="00F464AE"/>
+    <w:rsid w:val="00F47AE8"/>
     <w:rsid w:val="00F47F77"/>
     <w:rsid w:val="00F50351"/>
     <w:rsid w:val="00F50356"/>
+    <w:rsid w:val="00F51023"/>
     <w:rsid w:val="00F52003"/>
+    <w:rsid w:val="00F52476"/>
+    <w:rsid w:val="00F52FCD"/>
+    <w:rsid w:val="00F53A97"/>
+    <w:rsid w:val="00F5497B"/>
     <w:rsid w:val="00F55A22"/>
+    <w:rsid w:val="00F55A4E"/>
     <w:rsid w:val="00F55AAA"/>
     <w:rsid w:val="00F56DFB"/>
+    <w:rsid w:val="00F60D15"/>
+    <w:rsid w:val="00F61FCA"/>
+    <w:rsid w:val="00F6264B"/>
     <w:rsid w:val="00F62AD7"/>
     <w:rsid w:val="00F63C94"/>
-    <w:rsid w:val="00F65876"/>
+    <w:rsid w:val="00F63FF7"/>
+    <w:rsid w:val="00F64D3A"/>
     <w:rsid w:val="00F65E5A"/>
+    <w:rsid w:val="00F71E22"/>
     <w:rsid w:val="00F71E92"/>
+    <w:rsid w:val="00F722B1"/>
+    <w:rsid w:val="00F72355"/>
     <w:rsid w:val="00F73768"/>
+    <w:rsid w:val="00F738B8"/>
     <w:rsid w:val="00F73F46"/>
+    <w:rsid w:val="00F74970"/>
+    <w:rsid w:val="00F74C18"/>
+    <w:rsid w:val="00F7518B"/>
     <w:rsid w:val="00F76E0A"/>
     <w:rsid w:val="00F778AF"/>
+    <w:rsid w:val="00F77CC1"/>
+    <w:rsid w:val="00F81101"/>
+    <w:rsid w:val="00F81FF7"/>
+    <w:rsid w:val="00F8236C"/>
+    <w:rsid w:val="00F825F9"/>
     <w:rsid w:val="00F843E9"/>
     <w:rsid w:val="00F848C5"/>
+    <w:rsid w:val="00F84958"/>
+    <w:rsid w:val="00F85127"/>
+    <w:rsid w:val="00F85350"/>
+    <w:rsid w:val="00F85A6F"/>
     <w:rsid w:val="00F86239"/>
     <w:rsid w:val="00F86969"/>
+    <w:rsid w:val="00F86F0C"/>
     <w:rsid w:val="00F876EA"/>
     <w:rsid w:val="00F879C4"/>
     <w:rsid w:val="00F90A13"/>
+    <w:rsid w:val="00F913F6"/>
+    <w:rsid w:val="00F917A1"/>
     <w:rsid w:val="00F91E1D"/>
+    <w:rsid w:val="00F9359A"/>
+    <w:rsid w:val="00F94AB4"/>
+    <w:rsid w:val="00F94EF6"/>
+    <w:rsid w:val="00F95BEF"/>
     <w:rsid w:val="00F95D2F"/>
+    <w:rsid w:val="00F96733"/>
     <w:rsid w:val="00FA10A0"/>
+    <w:rsid w:val="00FA1C43"/>
+    <w:rsid w:val="00FA1C81"/>
+    <w:rsid w:val="00FA2897"/>
     <w:rsid w:val="00FA30C4"/>
     <w:rsid w:val="00FA325A"/>
+    <w:rsid w:val="00FA346D"/>
     <w:rsid w:val="00FA402D"/>
     <w:rsid w:val="00FA559E"/>
     <w:rsid w:val="00FA69A1"/>
     <w:rsid w:val="00FB1232"/>
+    <w:rsid w:val="00FB2524"/>
+    <w:rsid w:val="00FB30C7"/>
     <w:rsid w:val="00FB57B8"/>
     <w:rsid w:val="00FB58D9"/>
+    <w:rsid w:val="00FB61C8"/>
+    <w:rsid w:val="00FB6C21"/>
     <w:rsid w:val="00FB70F0"/>
-    <w:rsid w:val="00FC161B"/>
+    <w:rsid w:val="00FC03F1"/>
+    <w:rsid w:val="00FC2BB9"/>
     <w:rsid w:val="00FC49E2"/>
+    <w:rsid w:val="00FC4C25"/>
     <w:rsid w:val="00FC4CAA"/>
     <w:rsid w:val="00FC5639"/>
+    <w:rsid w:val="00FC62E0"/>
+    <w:rsid w:val="00FD038C"/>
     <w:rsid w:val="00FD1509"/>
     <w:rsid w:val="00FD2684"/>
-    <w:rsid w:val="00FD36B9"/>
+    <w:rsid w:val="00FD35F2"/>
+    <w:rsid w:val="00FD4379"/>
     <w:rsid w:val="00FD4BEA"/>
+    <w:rsid w:val="00FD4F0B"/>
     <w:rsid w:val="00FD5019"/>
+    <w:rsid w:val="00FD6668"/>
     <w:rsid w:val="00FD6669"/>
     <w:rsid w:val="00FD7B67"/>
     <w:rsid w:val="00FD7C9B"/>
     <w:rsid w:val="00FE1F86"/>
     <w:rsid w:val="00FE1F9A"/>
+    <w:rsid w:val="00FE35A0"/>
+    <w:rsid w:val="00FE375B"/>
     <w:rsid w:val="00FE3927"/>
+    <w:rsid w:val="00FE4066"/>
+    <w:rsid w:val="00FE7588"/>
+    <w:rsid w:val="00FE7850"/>
+    <w:rsid w:val="00FE79F0"/>
     <w:rsid w:val="00FF1215"/>
     <w:rsid w:val="00FF187B"/>
-    <w:rsid w:val="00FF7FD5"/>
+    <w:rsid w:val="00FF280F"/>
+    <w:rsid w:val="00FF2E13"/>
+    <w:rsid w:val="00FF3031"/>
+    <w:rsid w:val="00FF40BE"/>
+    <w:rsid w:val="00FF4664"/>
+    <w:rsid w:val="00FF507E"/>
+    <w:rsid w:val="00FF7F45"/>
+    <w:rsid w:val="0E956580"/>
+    <w:rsid w:val="12A54036"/>
+    <w:rsid w:val="15B03101"/>
+    <w:rsid w:val="1EFD8C29"/>
+    <w:rsid w:val="260442DE"/>
+    <w:rsid w:val="2948CF04"/>
+    <w:rsid w:val="2CFB6273"/>
+    <w:rsid w:val="300F0FE3"/>
+    <w:rsid w:val="3E2F6F13"/>
+    <w:rsid w:val="45B89D6B"/>
+    <w:rsid w:val="4EABEB56"/>
+    <w:rsid w:val="4ED8F31F"/>
+    <w:rsid w:val="52C876DD"/>
+    <w:rsid w:val="54599130"/>
+    <w:rsid w:val="5989562A"/>
+    <w:rsid w:val="5C68A18C"/>
+    <w:rsid w:val="5D49A1BF"/>
+    <w:rsid w:val="6688685B"/>
+    <w:rsid w:val="66C96B0D"/>
+    <w:rsid w:val="67DC3ACE"/>
+    <w:rsid w:val="6ADB939A"/>
+    <w:rsid w:val="6B7F1ED5"/>
+    <w:rsid w:val="6C61B373"/>
+    <w:rsid w:val="752C55E9"/>
+    <w:rsid w:val="78AA0B30"/>
+    <w:rsid w:val="78C30BA7"/>
+    <w:rsid w:val="7DDB46C8"/>
+    <w:rsid w:val="7E3FCA71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
-  <w14:docId w14:val="35ED8691"/>
-  <w15:docId w15:val="{78F32601-B816-43CD-8A3C-484AF018C2D0}"/>
+  <w14:docId w14:val="50FFD414"/>
+  <w15:docId w15:val="{7EBE7F45-16EC-4A2D-B8AC-60C26543F718}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -12044,59 +22132,58 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11text">
     <w:name w:val="Table11text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Table11textChar"/>
     <w:rsid w:val="00B34D2C"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11Heading">
     <w:name w:val="Table11Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00660987"/>
+    <w:rsid w:val="00711B1A"/>
     <w:pPr>
       <w:keepLines/>
-      <w:spacing w:before="0" w:after="120"/>
+      <w:spacing w:before="40" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB651F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="4678"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Table11textChar">
     <w:name w:val="Table11text Char"/>
     <w:link w:val="Table11text"/>
     <w:locked/>
     <w:rsid w:val="00B34D2C"/>
@@ -12280,67 +22367,65 @@
     <w:rsid w:val="009705A2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4379C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4379C"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00E4379C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09Heading">
     <w:name w:val="Table09Heading"/>
     <w:basedOn w:val="Table10Heading"/>
     <w:qFormat/>
     <w:rsid w:val="00266086"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09bullet">
     <w:name w:val="Table09bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00144BC3"/>
     <w:pPr>
       <w:numPr>
@@ -12404,51 +22489,50 @@
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00AC1759"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Bullet1">
     <w:name w:val="Bullet1"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Bullet1Char"/>
     <w:qFormat/>
     <w:rsid w:val="00ED5633"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="3"/>
       </w:numPr>
       <w:tabs>
         <w:tab w:val="left" w:pos="851"/>
       </w:tabs>
       <w:spacing w:before="60" w:after="60"/>
-      <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
     <w:rPr>
       <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Bullet1Char">
     <w:name w:val="Bullet1 Char"/>
     <w:link w:val="Bullet1"/>
     <w:rsid w:val="00ED5633"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
       <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="PageTitle">
     <w:name w:val="Page Title"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D37E35"/>
     <w:pPr>
       <w:spacing w:before="0" w:after="240"/>
     </w:pPr>
     <w:rPr>
@@ -12759,110 +22843,113 @@
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="BodyTextChar"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="005C6F33"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="BodyTextChar">
     <w:name w:val="Body Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BodyText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="005C6F33"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Revision">
+    <w:name w:val="Revision"/>
+    <w:hidden/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:rsid w:val="00E42D1E"/>
+    <w:pPr>
+      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
+      <w:sz w:val="18"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
     <w:name w:val="Table Grid2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
-    <w:rsid w:val="00E109A0"/>
+    <w:rsid w:val="00E42D1E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
-  <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid3">
-[...4 lines deleted...]
-    <w:rsid w:val="00FD36B9"/>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00E26ED4"/>
     <w:pPr>
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
-[...19 lines deleted...]
-      <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
-[...1 lines deleted...]
-      <w:szCs w:val="24"/>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00E26ED4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00E26ED4"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="6299485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="16202918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -13091,50 +23178,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="289090316">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
+    <w:div w:id="296834595">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="388069175">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="400057916">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -13346,50 +23446,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="614482287">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="676226712">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="756904738">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="767241446">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -14580,50 +24693,63 @@
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1437601495">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1520393165">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1549612444">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1633048895">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -14941,50 +25067,325 @@
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1576279492">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="128548618">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1162308252">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="163519076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="157775810">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="569116500">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1273978170">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="787743706">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="266427740">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="865102679">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="788012509">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="866602049">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1391421192">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1157383824">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="539703652">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1182891234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1260674520">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1483935123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="927270474">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1978879754">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1022778331">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1632437152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="308830321">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -15175,75 +25576,88 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1696808019">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="80487152">
+          <w:marLeft w:val="1166"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="216"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="589042289">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="216"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="80487152">
-[...10 lines deleted...]
-        </w:div>
       </w:divsChild>
+    </w:div>
+    <w:div w:id="1702052764">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
     </w:div>
     <w:div w:id="1761103879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="938179825">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
@@ -15339,63 +25753,63 @@
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1775861002">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1067151500">
+        <w:div w:id="951472226">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="951472226">
+        <w:div w:id="1067151500">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1810514949">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -15641,50 +26055,63 @@
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1868248715">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="1876187845">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1881895439">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -15866,50 +26293,63 @@
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1845388940">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2012372464">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2030524693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2063746851">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -15944,136 +26384,255 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2077851364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1996911750">
+        <w:div w:id="597561889">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="597561889">
+        <w:div w:id="1996911750">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2096628909">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="815613566">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="144"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1420057907">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1492991055">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2114982362">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="815613566">
-          <w:marLeft w:val="547"/>
+      </w:divsChild>
+    </w:div>
+    <w:div w:id="2126076657">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="733700310">
+          <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
-          <w:marTop w:val="144"/>
+          <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1607350687">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="783886563">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="241843102">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="867177119">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="732697739">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1891915890">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1530558739">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2141265799">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="1994990201">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -16158,72 +26717,191 @@
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2141799517">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="21326292">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="599603791">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="721712400">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1305698282">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1148519326">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1956935854">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="2041469334">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="768546694">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="2141805455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer5.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hv.policy@tmr.qld.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header5.xml"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer6.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header6.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer7.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="NHVR">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="408287"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4DAED0"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C6462B"/>
       </a:accent2>
       <a:accent3>
@@ -16483,226 +27161,206 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
+</file>
+
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="80e757b3-a384-43c4-b221-94b3fd11984a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f32d0472-dedd-468f-903e-695ac5d98c9a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100188134B2972AA042B6259ED0075654D1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="28f73640a9411ff1f47db314d2228ec5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f32d0472-dedd-468f-903e-695ac5d98c9a" xmlns:ns3="80e757b3-a384-43c4-b221-94b3fd11984a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47d3faf306c66a54b9e5b4ed10002565" ns2:_="" ns3:_="">
+    <xsd:import namespace="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <xsd:import namespace="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Inside" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="646e6e12-1eed-4a0d-9865-54bcae2a0fe8" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f32d0472-dedd-468f-903e-695ac5d98c9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Inside" ma:index="8" nillable="true" ma:displayName="Type" ma:format="RadioButtons" ma:internalName="Inside">
-[...10 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f9ec6a42-900c-40b9-95df-acf57bf21585" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="13" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
-[...20 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d882f032-dad1-41cf-a60f-97869fdaafaa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...30 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80e757b3-a384-43c4-b221-94b3fd11984a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0d89b106-7a1c-4f16-8716-f38fddf45850}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19">
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ceb07750-2175-4945-957e-25925177fb66}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="80e757b3-a384-43c4-b221-94b3fd11984a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -16769,128 +27427,146 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B615DE76-7ED7-4340-AFC1-CA598C2C4A76}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F197C919-8667-4908-AB52-FE0961278F08}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5C7D7CC7-A759-46D7-8E6F-F47C61444044}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758D69EC-8D0A-4C9A-BF7F-19C4838C6B46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BC9A9F3-4CDF-4D5D-A136-8ACA7965AC46}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{417A9682-F1CB-4029-8CB3-4DE1C760C95D}">
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2E4CBBFA-9DDB-466C-A656-09A8C0FAA440}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="646e6e12-1eed-4a0d-9865-54bcae2a0fe8"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
-[...14 lines deleted...]
-
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <Template>Normal</Template>
+  <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>3530</Characters>
+  <Pages>1</Pages>
+  <Words>1202</Words>
+  <Characters>6857</Characters>
   <Application>Microsoft Office Word</Application>
-  <DocSecurity>0</DocSecurity>
-[...1 lines deleted...]
-  <Paragraphs>8</Paragraphs>
+  <DocSecurity>4</DocSecurity>
+  <Lines>57</Lines>
+  <Paragraphs>16</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
-  <HeadingPairs>
-    <vt:vector size="2" baseType="variant">
+  <Company>National Heavy Vehicle Regulator</Company>
+  <LinksUpToDate>false</LinksUpToDate>
+  <CharactersWithSpaces>8043</CharactersWithSpaces>
+  <SharedDoc>false</SharedDoc>
+  <HLinks>
+    <vt:vector size="6" baseType="variant">
       <vt:variant>
-        <vt:lpstr>Title</vt:lpstr>
+        <vt:i4>3670083</vt:i4>
       </vt:variant>
       <vt:variant>
-        <vt:i4>1</vt:i4>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>0</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:i4>5</vt:i4>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr>mailto:hv.policy@tmr.qld.gov.au</vt:lpwstr>
+      </vt:variant>
+      <vt:variant>
+        <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
-  </HeadingPairs>
-[...8 lines deleted...]
-  <SharedDoc>false</SharedDoc>
+  </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>S10 Checklist—Concessional livestock loading – Vehicle rating (Dolly)</dc:title>
+  <dc:title>S10 Checklist—Concessional livestock loading – Vehicle rating (Semitrailer including B-double and B-triple trailer)</dc:title>
+  <dc:subject/>
   <dc:creator>National Heavy Vehicle Regulator (NHVR)</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100188134B2972AA042B6259ED0075654D1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+</Properties>
+</file>