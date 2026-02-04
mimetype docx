--- v0 (2025-10-19)
+++ v1 (2026-02-04)
@@ -1,8853 +1,27377 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
+  <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps4.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
+  <Override PartName="/customXml/itemProps5.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer4.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6A094341" w14:textId="72E72ED7" w:rsidR="00F27AEA" w:rsidRPr="00266086" w:rsidRDefault="006A4D48" w:rsidP="00E94E0C">
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4944" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="10145"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00706565" w:rsidRPr="00706565" w14:paraId="40486222" w14:textId="77777777" w:rsidTr="0130D071">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0ADC4B7B" w14:textId="01915943" w:rsidR="00561142" w:rsidRPr="00706565" w:rsidRDefault="00AE1A2B" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Completing This Checklist:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00561142" w:rsidRPr="00C03E44" w14:paraId="228E7BA5" w14:textId="77777777" w:rsidTr="0130D071">
+        <w:trPr>
+          <w:trHeight w:val="718"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="753CBF42" w14:textId="77777777" w:rsidR="000F7A89" w:rsidRDefault="000F7A89" w:rsidP="000F7A89">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Please follow and complete this checklist in the order below.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="702E551D" w14:textId="77777777" w:rsidR="00905619" w:rsidRPr="007E2790" w:rsidRDefault="00905619" w:rsidP="00905619">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="007E2790">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Vehicle units being certified are to be weighed and inspected in an operational ready configuration to ensure accurate S10 calculations.</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007E2790">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3C84255C" w14:textId="77777777" w:rsidR="00905619" w:rsidRDefault="00905619" w:rsidP="00905619">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>There are particulars in this checklist that have reference numbers e.g. (B7). The data from these particulars will be used in other areas of the checklists to complete the necessary calculations as part of the S10 certification. Please follow the references.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3499FC96" w14:textId="456CDEEF" w:rsidR="00905619" w:rsidRDefault="00905619" w:rsidP="00905619">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">For further information regarding the use of this checklist and calculations please </w:t>
+            </w:r>
+            <w:hyperlink r:id="rId12">
+              <w:r w:rsidR="1A6C3AB5" w:rsidRPr="378EADDC">
+                <w:rPr>
+                  <w:rStyle w:val="Hyperlink"/>
+                  <w:lang w:val="en-US"/>
+                </w:rPr>
+                <w:t>email TMR</w:t>
+              </w:r>
+            </w:hyperlink>
+            <w:r w:rsidRPr="378EADDC">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="33E991E3" w14:textId="127BC8E2" w:rsidR="00C6015D" w:rsidRPr="00A27466" w:rsidRDefault="00905619" w:rsidP="00905619">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Refer to Appendix 1 of the S10 code for a glossary of terms referenced in this checklist.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="6A094341" w14:textId="0ACC831C" w:rsidR="00F27AEA" w:rsidRDefault="006A4D48" w:rsidP="00A10CF6">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Part A</w:t>
+      </w:r>
+      <w:r w:rsidR="00E42D1E" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7686">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Owner/Supplier</w:t>
+      </w:r>
+      <w:r w:rsidR="005E1645">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> &amp;</w:t>
+      </w:r>
+      <w:r w:rsidR="000E7686">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F85127">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="00F27AEA" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>etails</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="257A5560" w14:textId="450A02B7" w:rsidR="00387F31" w:rsidRPr="00420F2D" w:rsidRDefault="003454B0" w:rsidP="00380BDC">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Part A</w:t>
+        <w:t>Trailer</w:t>
       </w:r>
-      <w:r w:rsidR="00E42D1E">
-[...9 lines deleted...]
-        <w:t>details</w:t>
+      <w:r w:rsidR="0029095A">
+        <w:t xml:space="preserve"> Owner/Supplier Details</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4944" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="3782"/>
         <w:gridCol w:w="4677"/>
         <w:gridCol w:w="1686"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="6F468F17" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00F27AEA" w14:paraId="6F468F17" w14:textId="77777777" w:rsidTr="009B0005">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="00660BD4" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="00E94E0C">
+          <w:p w14:paraId="00660BD4" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="0011768F" w:rsidRDefault="00F27AEA" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="65E0771D" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00E94E0C">
+          <w:p w14:paraId="65E0771D" w14:textId="73B1B3B5" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Company/business:</w:t>
+              <w:t>Company/</w:t>
+            </w:r>
+            <w:r w:rsidR="00C34456">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r>
+              <w:t>usiness:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="2F14C4BB" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="2F14C4BB" w14:textId="77777777" w:rsidTr="00687E67">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3782" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="00EC61BE" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6363" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="076E5738" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w14:paraId="5BD62857" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00F27AEA" w14:paraId="5BD62857" w14:textId="77777777" w:rsidTr="009B0005">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="4ACC008E" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="00E94E0C">
+          <w:p w14:paraId="4ACC008E" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="00DF46CF" w:rsidRDefault="00F27AEA" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Address:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="0F3E15C7" w14:textId="386BFC62" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="005A4D7F">
+          <w:p w14:paraId="0F3E15C7" w14:textId="386BFC62" w:rsidR="00F27AEA" w:rsidRPr="00C3570E" w:rsidRDefault="00F27AEA" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="654779B4" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00F27AEA" w:rsidRPr="003B617E" w14:paraId="654779B4" w14:textId="77777777" w:rsidTr="00687E67">
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="828"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8459" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="41D68286" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1686" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="5D5A1E41" w14:textId="77777777" w:rsidR="00F27AEA" w:rsidRPr="003B617E" w:rsidRDefault="00F27AEA" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0214E348" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="003754B2" w:rsidP="00E94E0C">
+    <w:p w14:paraId="0214E348" w14:textId="676FAEB7" w:rsidR="003754B2" w:rsidRPr="00266086" w:rsidRDefault="001A121E" w:rsidP="007D1AE6">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00266086">
-        <w:t>Vehicle and modifier details</w:t>
+      <w:r>
+        <w:t xml:space="preserve">Trailer </w:t>
+      </w:r>
+      <w:r w:rsidR="00B61FE6">
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidR="003754B2" w:rsidRPr="00266086">
+        <w:t>etails</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4928" w:type="pct"/>
+        <w:tblW w:w="4926" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3221"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="1435"/>
+        <w:gridCol w:w="3190"/>
+        <w:gridCol w:w="1862"/>
+        <w:gridCol w:w="1745"/>
+        <w:gridCol w:w="3311"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003754B2" w14:paraId="3900903E" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="006C33FF" w:rsidRPr="003920D5" w14:paraId="3F886580" w14:textId="77777777" w:rsidTr="4ED8F31F">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7660026A" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2" w:rsidP="00E94E0C">
+          <w:p w14:paraId="1F529E1C" w14:textId="397CC67F" w:rsidR="001678E1" w:rsidRPr="003920D5" w:rsidRDefault="001678E1" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-              <w:t>Vehicle make</w:t>
+            <w:r w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Trailer Details</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003754B2" w14:paraId="3900903E" w14:textId="77777777" w:rsidTr="4ED8F31F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3190" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7660026A" w14:textId="3791CD19" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="00D44510" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t>ake</w:t>
             </w:r>
             <w:r w:rsidR="008A3C88">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3607" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5C49A4BA" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="003754B2" w:rsidP="00E94E0C">
+          <w:p w14:paraId="5C49A4BA" w14:textId="4634EE8A" w:rsidR="003754B2" w:rsidRPr="0011768F" w:rsidRDefault="00D44510" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="0011768F">
-              <w:t>Vehicle model</w:t>
+            <w:r>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="003754B2" w:rsidRPr="0011768F">
+              <w:t>odel</w:t>
             </w:r>
             <w:r w:rsidR="008A3C88">
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3272" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3311" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="10416D08" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2" w:rsidP="00E94E0C">
+          <w:p w14:paraId="10416D08" w14:textId="06988AEE" w:rsidR="003754B2" w:rsidRPr="00C3570E" w:rsidRDefault="003754B2" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Month and </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>y</w:t>
+            <w:r w:rsidR="00C34456">
+              <w:t>Y</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t xml:space="preserve">ear of </w:t>
             </w:r>
-            <w:r w:rsidR="008A3C88">
-              <w:t>m</w:t>
+            <w:r w:rsidR="00C34456">
+              <w:t>M</w:t>
             </w:r>
             <w:r w:rsidRPr="002E6897">
               <w:t>anufacture:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="7D9A05BA" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="003754B2" w:rsidRPr="003B617E" w14:paraId="7D9A05BA" w14:textId="77777777" w:rsidTr="00687E67">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3221" w:type="dxa"/>
+            <w:tcW w:w="3190" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="65AA672C" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3619" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3607" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="5544FC38" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3272" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="3311" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="528CC623" w14:textId="77777777" w:rsidR="003754B2" w:rsidRPr="003B617E" w:rsidRDefault="003754B2" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9674B" w14:paraId="0A13BA04" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00D9674B" w14:paraId="0A13BA04" w14:textId="77777777" w:rsidTr="007A386A">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4953" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="18DAA8AF" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="00DF46CF" w:rsidRDefault="00D9674B" w:rsidP="00E94E0C">
+          <w:p w14:paraId="18DAA8AF" w14:textId="773699BB" w:rsidR="00D9674B" w:rsidRPr="00DF46CF" w:rsidRDefault="00D9674B" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>VIN (if applicable):</w:t>
+              <w:t>VIN:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5159" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5056" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1785FBA5" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="00C3570E" w:rsidRDefault="00D9674B" w:rsidP="00E94E0C">
+          <w:p w14:paraId="1785FBA5" w14:textId="147FAE1E" w:rsidR="00D9674B" w:rsidRPr="00C3570E" w:rsidRDefault="00952242" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Vehicle chassis no. (if applicable):</w:t>
+              <w:t>Trailer Chassis Number (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9674B" w:rsidRPr="003B617E" w14:paraId="61B3A1C8" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00D9674B" w:rsidRPr="003B617E" w14:paraId="61B3A1C8" w14:textId="77777777" w:rsidTr="00687E67">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4953" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5052" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="31D3F376" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="003B617E" w:rsidRDefault="00D9674B" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5159" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5056" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
           <w:p w14:paraId="2B2FBEB3" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="003B617E" w:rsidRDefault="00D9674B" w:rsidP="00F27AEA">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="0061599D" w14:paraId="2F037E0E" w14:textId="77777777" w:rsidTr="005A4D7F">
-[...297 lines deleted...]
-      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="43525DCF" w14:textId="4942B039" w:rsidR="00F464AE" w:rsidRPr="00266086" w:rsidRDefault="00E5210D" w:rsidP="00E94E0C">
+    <w:p w14:paraId="4EC8B02C" w14:textId="03008EAA" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="0029095A">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Part B</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E0C" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidR="00E94E0C" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00060016" w:rsidRPr="00420F2D">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trailer </w:t>
+      </w:r>
+      <w:r w:rsidR="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Dimensions</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="76B7A2A9" w14:textId="5A2AC278" w:rsidR="008B34B6" w:rsidRDefault="008B34B6" w:rsidP="00380BDC">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Vehicle design</w:t>
+        <w:t xml:space="preserve">Trailer </w:t>
+      </w:r>
+      <w:r w:rsidR="007B2DFE">
+        <w:t>Layout</w:t>
+      </w:r>
+      <w:r w:rsidR="00B61FE6">
+        <w:t xml:space="preserve"> &amp; D</w:t>
+      </w:r>
+      <w:r w:rsidR="00C424BD">
+        <w:t>imensions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4960" w:type="pct"/>
+        <w:tblW w:w="10108" w:type="dxa"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2179"/>
-[...9 lines deleted...]
-        <w:gridCol w:w="1349"/>
+        <w:gridCol w:w="5053"/>
+        <w:gridCol w:w="4929"/>
+        <w:gridCol w:w="126"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00F464AE" w14:paraId="076FBBB6" w14:textId="77777777" w:rsidTr="0017172C">
+      <w:tr w:rsidR="00FC2921" w:rsidRPr="007C28E5" w14:paraId="5907743C" w14:textId="77777777" w:rsidTr="0092042F">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10178" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49E5941B" w14:textId="77777777" w:rsidR="00F464AE" w:rsidRDefault="003C20F0" w:rsidP="00E94E0C">
+          <w:p w14:paraId="30200FB6" w14:textId="77777777" w:rsidR="00FC2921" w:rsidRPr="007C28E5" w:rsidRDefault="00FC2921" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:t>Vehicle dimensions</w:t>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trailer Manufacturer's Ratings</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E20F8" w14:paraId="74EA5925" w14:textId="77777777" w:rsidTr="004E20F8">
+      <w:tr w:rsidR="00FC2921" w:rsidRPr="003B617E" w14:paraId="51D90F40" w14:textId="77777777" w:rsidTr="0092042F">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4807" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6480D7CF" w14:textId="289F69F1" w:rsidR="004E20F8" w:rsidRPr="00C23B68" w:rsidRDefault="004E20F8" w:rsidP="00E94E0C">
+          <w:p w14:paraId="0E0307B4" w14:textId="77777777" w:rsidR="00FC2921" w:rsidRPr="00B87A1D" w:rsidRDefault="00FC2921" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Overall vehicle length</w:t>
-[...2 lines deleted...]
-              <w:t>:</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1) Aggregate Trailer Mass (ATM):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5371" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6E8EBCB5" w14:textId="06B0161A" w:rsidR="004E20F8" w:rsidRPr="00C97E59" w:rsidRDefault="004E20F8" w:rsidP="00E94E0C">
+          <w:p w14:paraId="254B3911" w14:textId="77777777" w:rsidR="00FC2921" w:rsidRPr="00B87A1D" w:rsidRDefault="00FC2921" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Distance from Kingpin to ROH Line</w:t>
-[...2 lines deleted...]
-              <w:t>:</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B2) Gross Trailer Mass (GTM):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="004E20F8" w:rsidRPr="00C23B68" w14:paraId="44D944FD" w14:textId="77777777" w:rsidTr="004E20F8">
+      <w:tr w:rsidR="00FC2921" w:rsidRPr="003B617E" w14:paraId="7B04B2D7" w14:textId="77777777" w:rsidTr="00687E67">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4807" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5D6AE823" w14:textId="77777777" w:rsidR="004E20F8" w:rsidRPr="00C23B68" w:rsidRDefault="004E20F8" w:rsidP="003C20F0">
+          <w:p w14:paraId="0F2AEE6F" w14:textId="6FB39FEE" w:rsidR="00FC2921" w:rsidRPr="00B87A1D" w:rsidRDefault="002631F9" w:rsidP="0092042F">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22620">
+            <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>mm</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5371" w:type="dxa"/>
-            <w:gridSpan w:val="8"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7E37FC5C" w14:textId="3BCB86C4" w:rsidR="004E20F8" w:rsidRPr="00C23B68" w:rsidRDefault="004E20F8" w:rsidP="003C20F0">
+          <w:p w14:paraId="7D09C62D" w14:textId="5BFCC7F5" w:rsidR="00FC2921" w:rsidRPr="00B87A1D" w:rsidRDefault="002631F9" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E22620">
+            <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>mm</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9674B" w:rsidRPr="00C23B68" w14:paraId="0F08229D" w14:textId="77777777" w:rsidTr="004E20F8">
+      <w:tr w:rsidR="00FC2921" w:rsidRPr="007C28E5" w14:paraId="0D34BF58" w14:textId="77777777" w:rsidTr="0092042F">
         <w:trPr>
+          <w:trHeight w:val="317"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3815" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E4DE41A" w14:textId="77777777" w:rsidR="00FC2921" w:rsidRPr="007C28E5" w:rsidRDefault="00FC2921" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Trailer Dimensions</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00FC2921" w14:paraId="1F0E2DC6" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:tblPrEx>
+          <w:tblBorders>
+            <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+            <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+            <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          </w:tblBorders>
+        </w:tblPrEx>
+        <w:trPr>
+          <w:gridAfter w:val="1"/>
+          <w:wAfter w:w="126" w:type="dxa"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9982" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:vAlign w:val="center"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3B9D5D39" w14:textId="77777777" w:rsidR="00FC2921" w:rsidRDefault="00FC2921" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:highlight w:val="yellow"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D461C6" w:rsidRPr="003B617E" w14:paraId="7F669442" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5E388995" w14:textId="2C4C84DD" w:rsidR="00D9674B" w:rsidRPr="00E22620" w:rsidRDefault="00DF7753" w:rsidP="00DF7753">
+          <w:p w14:paraId="3C7F5D64" w14:textId="6800BED3" w:rsidR="00D461C6" w:rsidRDefault="004D45E2" w:rsidP="00D461C6">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="005A4D7F">
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B3) </w:t>
+            </w:r>
+            <w:r w:rsidR="00D461C6">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Overall Trailer Height:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3129" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3A02F3A5" w14:textId="0E91EC94" w:rsidR="00D9674B" w:rsidRPr="00E22620" w:rsidRDefault="004324E6" w:rsidP="00DF7753">
+          <w:p w14:paraId="7D2E9712" w14:textId="0E9E6F29" w:rsidR="00D461C6" w:rsidRDefault="00D461C6" w:rsidP="00D461C6">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="left"/>
+              <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="005A4D7F">
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45E2">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Internal Stock Crate Loaded Deck Width:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D461C6" w:rsidRPr="003B617E" w14:paraId="5FD771B4" w14:textId="77777777" w:rsidTr="00687E67">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2903659B" w14:textId="1D7553BE" w:rsidR="00D461C6" w:rsidRDefault="00D461C6" w:rsidP="00D461C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3234" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1E49C49B" w14:textId="0F2D9886" w:rsidR="00D9674B" w:rsidRPr="00E22620" w:rsidRDefault="00DF7753" w:rsidP="00DF7753">
+          <w:p w14:paraId="025DB438" w14:textId="73FEAEFC" w:rsidR="00D461C6" w:rsidRDefault="00D461C6" w:rsidP="00D461C6">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="left"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...6 lines deleted...]
-              <w:t>:</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00D9674B" w:rsidRPr="00C23B68" w14:paraId="6A1903DB" w14:textId="77777777" w:rsidTr="004E20F8">
+      <w:tr w:rsidR="00D461C6" w:rsidRPr="003B617E" w14:paraId="29AF0AC3" w14:textId="77777777" w:rsidTr="0092042F">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3815" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="46248C45" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="00E22620" w:rsidRDefault="00DF7753" w:rsidP="003C20F0">
+          <w:p w14:paraId="388C033B" w14:textId="7F92763C" w:rsidR="00D461C6" w:rsidRDefault="00D461C6" w:rsidP="00D461C6">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>mm</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45E2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Internal Stock Crate Loaded Deck Length:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3129" w:type="dxa"/>
-            <w:gridSpan w:val="5"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0326057E" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="00E22620" w:rsidRDefault="00DF7753" w:rsidP="003C20F0">
+          <w:p w14:paraId="6E64BCE2" w14:textId="08065E57" w:rsidR="00D461C6" w:rsidRDefault="00D461C6" w:rsidP="00D461C6">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>mm</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="004D45E2">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Number of Decks:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D461C6" w:rsidRPr="003B617E" w14:paraId="181ABFC4" w14:textId="77777777" w:rsidTr="00687E67">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5053" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A68E3A0" w14:textId="6B0B8C88" w:rsidR="00D461C6" w:rsidRDefault="00D461C6" w:rsidP="00D461C6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3234" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="64AD5EC1" w14:textId="77777777" w:rsidR="00D9674B" w:rsidRPr="00E22620" w:rsidRDefault="00DF7753" w:rsidP="003C20F0">
+          <w:p w14:paraId="64F14CC3" w14:textId="77777777" w:rsidR="00D461C6" w:rsidRDefault="00D461C6" w:rsidP="00D461C6">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C20F0" w14:paraId="45D55EDF" w14:textId="77777777" w:rsidTr="0017172C">
+      <w:tr w:rsidR="00072ACC" w:rsidRPr="003B617E" w14:paraId="458BAA4F" w14:textId="77777777" w:rsidTr="00072ACC">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10178" w:type="dxa"/>
-            <w:gridSpan w:val="11"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5CB5CF0F" w14:textId="77777777" w:rsidR="003C20F0" w:rsidRDefault="00BC6C4D" w:rsidP="00E94E0C">
+          <w:p w14:paraId="7291A7D7" w14:textId="5684B1B7" w:rsidR="00072ACC" w:rsidRDefault="00072ACC" w:rsidP="00072ACC">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
-[...1 lines deleted...]
-                <w:highlight w:val="yellow"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Vehicle rating</w:t>
-            </w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">(B7) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F0784">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trailer </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Wheelbase or </w:t>
+            </w:r>
+            <w:r w:rsidRPr="003F0784">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>'S' D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>imension:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="58E0DD03" w14:textId="574BA1C6" w:rsidR="00072ACC" w:rsidRDefault="00072ACC" w:rsidP="00072ACC">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC6C4D" w:rsidRPr="00C97E59" w14:paraId="61DD3B54" w14:textId="77777777" w:rsidTr="004E20F8">
+      <w:tr w:rsidR="00072ACC" w:rsidRPr="003B617E" w14:paraId="7B485066" w14:textId="77777777" w:rsidTr="00687E67">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4921" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="5053" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="25A5647C" w14:textId="63410D57" w:rsidR="00BC6C4D" w:rsidRPr="00C23B68" w:rsidRDefault="009E5761" w:rsidP="00E94E0C">
+          <w:p w14:paraId="1A1179F5" w14:textId="3BA2AF7E" w:rsidR="00072ACC" w:rsidRDefault="00072ACC" w:rsidP="00072ACC">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Aggregate Trailer Mass</w:t>
-[...17 lines deleted...]
-              <w:t>:</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5257" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="5055" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="550CA9DC" w14:textId="51A9B971" w:rsidR="00BC6C4D" w:rsidRPr="00C97E59" w:rsidRDefault="009E5761" w:rsidP="00E94E0C">
+          <w:p w14:paraId="2B807D01" w14:textId="0B8A0C96" w:rsidR="00072ACC" w:rsidRDefault="00072ACC" w:rsidP="00072ACC">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...16 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00BC6C4D" w:rsidRPr="00C23B68" w14:paraId="222FC1EE" w14:textId="77777777" w:rsidTr="004E20F8">
+    </w:tbl>
+    <w:p w14:paraId="07BEEA4B" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00711B1A" w:rsidRDefault="00782C5C" w:rsidP="00380BDC">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r w:rsidRPr="00711B1A">
+        <w:t>Trailer Components</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4926" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="2779"/>
+        <w:gridCol w:w="434"/>
+        <w:gridCol w:w="150"/>
+        <w:gridCol w:w="6"/>
+        <w:gridCol w:w="1405"/>
+        <w:gridCol w:w="848"/>
+        <w:gridCol w:w="851"/>
+        <w:gridCol w:w="256"/>
+        <w:gridCol w:w="9"/>
+        <w:gridCol w:w="1007"/>
+        <w:gridCol w:w="2363"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="007C28E5" w14:paraId="1D565E10" w14:textId="77777777" w:rsidTr="00C770F3">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4921" w:type="dxa"/>
-            <w:gridSpan w:val="4"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="7F3A009F" w14:textId="77777777" w:rsidR="00BC6C4D" w:rsidRPr="005A4D7F" w:rsidRDefault="00BC6C4D" w:rsidP="003C20F0">
+          <w:p w14:paraId="422EED67" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="007C28E5" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A4D7F">
+            <w:r w:rsidRPr="007C28E5">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-              <w:t>kg</w:t>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Component Specifications</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="007C28E5" w14:paraId="1F0942D2" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="156356E5" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="007C28E5" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Axles</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="003B617E" w14:paraId="70D83830" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="41552B89" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="5257" w:type="dxa"/>
-            <w:gridSpan w:val="7"/>
+            <w:tcW w:w="3366" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6F36BE4F" w14:textId="77777777" w:rsidR="00BC6C4D" w:rsidRPr="005A4D7F" w:rsidRDefault="00BC6C4D" w:rsidP="003C20F0">
+          <w:p w14:paraId="7B73F7EA" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A4D7F">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-              <w:t>kg</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3379" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AFAC159" w14:textId="16708713" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00966A2E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5791F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Axle Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00485504" w:rsidRPr="00485504">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003C20F0" w14:paraId="43D6807A" w14:textId="77777777" w:rsidTr="0017172C">
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="003B617E" w14:paraId="4019483B" w14:textId="77777777" w:rsidTr="00A338BC">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10178" w:type="dxa"/>
-[...90 lines deleted...]
-            <w:tcW w:w="2423" w:type="dxa"/>
+            <w:tcW w:w="3363" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2CB9DBE9" w14:textId="3709984C" w:rsidR="0061599D" w:rsidRPr="00C97E59" w:rsidRDefault="0061599D" w:rsidP="00E94E0C">
-[...51 lines deleted...]
-          <w:p w14:paraId="101B93FE" w14:textId="77777777" w:rsidR="0061599D" w:rsidRDefault="0061599D" w:rsidP="00EE65B7">
+          <w:p w14:paraId="31F086DE" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...21 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2423" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3366" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="3585C4BB" w14:textId="77777777" w:rsidR="0061599D" w:rsidRPr="00C23B68" w:rsidRDefault="0061599D" w:rsidP="005A4D7F">
+          <w:p w14:paraId="7372CF2F" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2678" w:type="dxa"/>
+            <w:tcW w:w="3379" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="0CB331CC" w14:textId="5018FC10" w:rsidR="0061599D" w:rsidRPr="00422B92" w:rsidRDefault="0061599D" w:rsidP="005A4D7F">
+          <w:p w14:paraId="1683246E" w14:textId="4BAE7757" w:rsidR="00782C5C" w:rsidRPr="00B87A1D" w:rsidRDefault="002631F9" w:rsidP="00C770F3">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C23B68">
-[...1 lines deleted...]
-                <w:lang w:val="en-GB"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E160F0" w:rsidRPr="00C97E59" w14:paraId="0B11B493" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="003D7F0C" w:rsidRPr="007C28E5" w14:paraId="7881FF73" w14:textId="77777777" w:rsidTr="0092042F">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="38A759C9" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="00C23B68" w:rsidRDefault="00E160F0" w:rsidP="00E94E0C">
+          <w:p w14:paraId="733CA48F" w14:textId="451FC31A" w:rsidR="003D7F0C" w:rsidRPr="007C28E5" w:rsidRDefault="003D7F0C" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Tyres </w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003D7F0C" w:rsidRPr="003B617E" w14:paraId="54AA3259" w14:textId="77777777" w:rsidTr="00FC2921">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2E31E892" w14:textId="77777777" w:rsidR="003D7F0C" w:rsidRPr="00B87A1D" w:rsidRDefault="003D7F0C" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="072C4DB6" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="00C23B68" w:rsidRDefault="00E160F0" w:rsidP="00E94E0C">
+          <w:p w14:paraId="4BB40460" w14:textId="77777777" w:rsidR="003D7F0C" w:rsidRPr="00B87A1D" w:rsidRDefault="003D7F0C" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Size designation</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="3635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="49AE02DA" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="00C97E59" w:rsidRDefault="00E160F0" w:rsidP="00E94E0C">
+          <w:p w14:paraId="5418C0D3" w14:textId="1640063A" w:rsidR="003D7F0C" w:rsidRPr="00B87A1D" w:rsidRDefault="003D7F0C" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Load index</w:t>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5791F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
             <w:r>
-              <w:t>Capacity per tyre</w:t>
-[...18 lines deleted...]
-            </w:pPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00A6769F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Suspension</w:t>
+            </w:r>
             <w:r>
-              <w:t>Total axle group tyre capacity</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Manufacturer's Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00485504" w:rsidRPr="00485504">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E160F0" w:rsidRPr="00C23B68" w14:paraId="0BF05C10" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="003D7F0C" w:rsidRPr="003B617E" w14:paraId="3B42234F" w14:textId="77777777" w:rsidTr="00A338BC">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="3363" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="414913DD" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="205A560D" w14:textId="77777777" w:rsidR="003D7F0C" w:rsidRPr="00B87A1D" w:rsidRDefault="003D7F0C" w:rsidP="0092042F">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...21 lines deleted...]
-                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="673" w:type="dxa"/>
+            <w:tcW w:w="3110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="307A1A9C" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="00C23B68" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="44A402C5" w14:textId="77777777" w:rsidR="003D7F0C" w:rsidRPr="00B87A1D" w:rsidRDefault="003D7F0C" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2154" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="3635" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="575B9030" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="005A4D7F" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="630B156F" w14:textId="02D6551A" w:rsidR="003D7F0C" w:rsidRPr="00B87A1D" w:rsidRDefault="002631F9" w:rsidP="0092042F">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A4D7F">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00782C5C" w:rsidRPr="007C28E5" w14:paraId="629EA8D0" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24F4E916" w14:textId="77777777" w:rsidR="00782C5C" w:rsidRPr="007C28E5" w:rsidRDefault="00782C5C" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Tyres</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="003B617E" w14:paraId="4206CA6F" w14:textId="77777777" w:rsidTr="00B84695">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4E19AF8C" w14:textId="59B90542" w:rsidR="00E17E5B" w:rsidRPr="00B87A1D" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00DA43D8">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5791F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Tyre Size:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2274" w:type="dxa"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2FF24592" w14:textId="18CBD597" w:rsidR="00E17E5B" w:rsidRPr="00B87A1D" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5791F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Load Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4EB4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/Capacity</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00CC4EB4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Per</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Tyre</w:t>
+            </w:r>
+            <w:r w:rsidR="00C710D7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6EB76025" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="005A4D7F" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="03788805" w14:textId="187B03F8" w:rsidR="00E17E5B" w:rsidRPr="00B87A1D" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A4D7F">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-              <w:t>kg</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B</w:t>
+            </w:r>
+            <w:r w:rsidR="00C710D7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5791F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Total Axle Group Tyre Load Capacity</w:t>
+            </w:r>
+            <w:r w:rsidR="00485504" w:rsidRPr="00485504">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E23C3F" w:rsidRPr="00C97E59" w14:paraId="3CAD4397" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00562B39" w:rsidRPr="003B617E" w14:paraId="7CD93F7C" w14:textId="77777777" w:rsidTr="00A338BC">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
-[...20 lines deleted...]
-            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24F9B90A" w14:textId="77777777" w:rsidR="00E23C3F" w:rsidRPr="00C23B68" w:rsidRDefault="00E23C3F" w:rsidP="00E94E0C">
+          <w:p w14:paraId="1CD75E5C" w14:textId="06D2444F" w:rsidR="00562B39" w:rsidRDefault="00562B39" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09Heading"/>
-[...92 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
+            <w:tcW w:w="3369" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="204A1010" w14:textId="77777777" w:rsidR="00E23C3F" w:rsidRPr="00C23B68" w:rsidRDefault="00E23C3F" w:rsidP="005A4D7F">
+          <w:p w14:paraId="15BE2427" w14:textId="7E79EAA6" w:rsidR="00562B39" w:rsidRDefault="002631F9" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3370" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="0DAB39E8" w14:textId="0CC0D627" w:rsidR="00562B39" w:rsidRDefault="002631F9" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="003B617E" w14:paraId="785B519F" w14:textId="77777777" w:rsidTr="00761CDE">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="18014347" w14:textId="1036988D" w:rsidR="00C710D7" w:rsidRDefault="00C710D7" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="gramStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>NOTE:-</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> The </w:t>
+            </w:r>
+            <w:r w:rsidR="00485504">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">limiting factor </w:t>
+            </w:r>
+            <w:r w:rsidR="000A349A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">is the lowest value </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="000A349A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>of  B</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00483311">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="000A349A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>, B</w:t>
+            </w:r>
+            <w:r w:rsidR="00483311">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r w:rsidR="000A349A">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00483311">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidR="00275C67">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="24D772C9" w14:textId="52CA11F1" w:rsidR="00C710D7" w:rsidRPr="00C710D7" w:rsidRDefault="00E17E5B" w:rsidP="00C710D7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Minimum dual tyre load </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>. If more than one load</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> rating</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> is fitted, list all different load</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> ratings</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00051638">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="007C28E5" w14:paraId="11E553DD" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10108" w:type="dxa"/>
+            <w:gridSpan w:val="11"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="35657FD1" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRPr="007C28E5" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:i/>
+                <w:iCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Coupling</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="003B617E" w14:paraId="5CDF9618" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="4DAED0" w:themeFill="accent1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="25CEFE15" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5456EF5B" w14:textId="77777777" w:rsidR="00E23C3F" w:rsidRPr="005A4D7F" w:rsidRDefault="00EC349A" w:rsidP="00EE65B7">
+          <w:p w14:paraId="10F63955" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="right"/>
+              <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A4D7F">
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
-[...1 lines deleted...]
-              <w:t>kN</w:t>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Make:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51023337" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="5C73ADCE" w14:textId="2E60C298" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5791F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) D-Value:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00DF7753" w:rsidRPr="00C23B68" w14:paraId="22DEBCFC" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="003B617E" w14:paraId="277849A6" w14:textId="77777777" w:rsidTr="00A338BC">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1CCADB1F" w14:textId="77777777" w:rsidR="00DF7753" w:rsidRDefault="006A7F3B" w:rsidP="00BC6C4D">
+          <w:p w14:paraId="088E03E5" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="left"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Rear tow coupling</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> (if fitted)</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Kingpin</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:tcW w:w="1995" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2D44FA79" w14:textId="77777777" w:rsidR="00DF7753" w:rsidRPr="00C23B68" w:rsidRDefault="00DF7753" w:rsidP="005A4D7F">
+          <w:p w14:paraId="4B380E41" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4A49AF00" w14:textId="77777777" w:rsidR="00DF7753" w:rsidRPr="00C23B68" w:rsidRDefault="00DF7753" w:rsidP="005A4D7F">
+          <w:p w14:paraId="4087B7F1" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="07CB71F0" w14:textId="77777777" w:rsidR="00DF7753" w:rsidRPr="005A4D7F" w:rsidRDefault="006A7F3B" w:rsidP="00EE65B7">
+          <w:p w14:paraId="31A87AB5" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A4D7F">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kN</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="006A7F3B" w:rsidRPr="00C23B68" w14:paraId="485563BF" w14:textId="77777777" w:rsidTr="005A4D7F">
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="003B617E" w14:paraId="5E2AC528" w14:textId="77777777" w:rsidTr="00A338BC">
         <w:trPr>
+          <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2179" w:type="dxa"/>
+            <w:tcW w:w="2779" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5604DD3F" w14:textId="77777777" w:rsidR="006A7F3B" w:rsidRDefault="006A7F3B" w:rsidP="00BC6C4D">
+          <w:p w14:paraId="4CAE1B41" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="left"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Fifth wheel (</w:t>
-[...11 lines deleted...]
-              <w:t xml:space="preserve"> lead trailers only)</w:t>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Tow Coupling (if fitted)</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2898" w:type="dxa"/>
+            <w:tcW w:w="1995" w:type="dxa"/>
             <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="13A8A197" w14:textId="77777777" w:rsidR="006A7F3B" w:rsidRPr="00C23B68" w:rsidRDefault="006A7F3B" w:rsidP="005A4D7F">
+          <w:p w14:paraId="4E585E0F" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="3752" w:type="dxa"/>
+            <w:tcW w:w="2971" w:type="dxa"/>
             <w:gridSpan w:val="5"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="474BE051" w14:textId="77777777" w:rsidR="006A7F3B" w:rsidRPr="00C23B68" w:rsidRDefault="006A7F3B" w:rsidP="005A4D7F">
+          <w:p w14:paraId="2F1D504C" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
-[...2 lines deleted...]
-                <w:lang w:val="en-GB"/>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1349" w:type="dxa"/>
+            <w:tcW w:w="2363" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="44E961B0" w14:textId="21E44E63" w:rsidR="006A7F3B" w:rsidRPr="005A4D7F" w:rsidRDefault="009C33DD" w:rsidP="00EE65B7">
+          <w:p w14:paraId="129E4E33" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="005A4D7F">
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
               <w:rPr>
                 <w:b/>
-                <w:lang w:val="en-GB"/>
+                <w:bCs/>
               </w:rPr>
               <w:t>kN</w:t>
             </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="003B617E" w14:paraId="4BC48A05" w14:textId="77777777" w:rsidTr="00A338BC">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2779" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DA6613" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Fifth Wheel (if fitted)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1995" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3A8AB8E0" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2971" w:type="dxa"/>
+            <w:gridSpan w:val="5"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76E33845" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="05F2B98A" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:proofErr w:type="spellStart"/>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kN</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="003B617E" w14:paraId="3454C676" w14:textId="77777777" w:rsidTr="00A338BC">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3213" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="808080" w:themeFill="background1" w:themeFillShade="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6E9F10AE" w14:textId="565B542A" w:rsidR="00E17E5B" w:rsidRPr="00E37690" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>(B1</w:t>
+            </w:r>
+            <w:r w:rsidR="00C5791F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>) Rear Fifth Wheel Offset (if fitted)</w:t>
+            </w:r>
+            <w:r w:rsidR="00C710D7">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:vertAlign w:val="superscript"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="00E37690">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2409" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="674FC969" w14:textId="1B3E4024" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7AEEB80D" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3317D50B" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E17E5B" w:rsidRPr="003B617E" w14:paraId="34DF2FAE" w14:textId="77777777" w:rsidTr="005564D9">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5622" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="26574015" w14:textId="65DF31C5" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="40"/>
+              </w:numPr>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="16"/>
+                <w:szCs w:val="16"/>
+              </w:rPr>
+              <w:t>Fifth wheel lead is a positive value. Fifth wheel lag is a negative value.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2123" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7C422DEE" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2363" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="11E90E88" w14:textId="77777777" w:rsidR="00E17E5B" w:rsidRDefault="00E17E5B" w:rsidP="00E17E5B">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="0EE062D1" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="00E94E0C">
+    <w:p w14:paraId="581F1A7F" w14:textId="095249E7" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="009D26AD">
       <w:pPr>
-        <w:pStyle w:val="Table10Heading"/>
-        <w:spacing w:before="120"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
       <w:r>
-        <w:t>Assessment</w:t>
+        <w:t xml:space="preserve">Assessment – Trailer </w:t>
+      </w:r>
+      <w:r w:rsidR="00DE675B">
+        <w:t>Layout &amp; Dimensions</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4950" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="160"/>
-        <w:gridCol w:w="8752"/>
+        <w:gridCol w:w="5204"/>
+        <w:gridCol w:w="3548"/>
         <w:gridCol w:w="425"/>
         <w:gridCol w:w="387"/>
         <w:gridCol w:w="433"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E160F0" w:rsidRPr="001E27C0" w14:paraId="577C8A51" w14:textId="77777777" w:rsidTr="006B0BE1">
+      <w:tr w:rsidR="009D26AD" w:rsidRPr="001E27C0" w14:paraId="129523C6" w14:textId="77777777" w:rsidTr="00C770F3">
         <w:trPr>
           <w:tblHeader/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8912" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="513BA9E4" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="00E94E0C">
+          <w:p w14:paraId="3C486BBB" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Assessment                                                                                                                                      </w:t>
+              <w:t xml:space="preserve">Assessment – Trailer Design                                                                                                      </w:t>
             </w:r>
             <w:r w:rsidRPr="00EB54ED">
               <w:t>Check Yes, No, N/A as applicable:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="78F171FB" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="4159A67F" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001E27C0">
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="61AEA870" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="27552D81" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001E27C0">
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="0480AD14" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRPr="001E27C0" w:rsidRDefault="00E160F0" w:rsidP="002E35E3">
+          <w:p w14:paraId="09BF7FC3" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="001E27C0" w:rsidRDefault="009D26AD" w:rsidP="00C770F3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:jc w:val="center"/>
             </w:pPr>
             <w:r w:rsidRPr="001E27C0">
               <w:t>N/A</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB4785" w:rsidRPr="001E27C0" w14:paraId="0067BD1F" w14:textId="77777777" w:rsidTr="00DD769D">
+      <w:tr w:rsidR="009D26AD" w:rsidRPr="00AC0233" w14:paraId="14B24CA0" w14:textId="77777777" w:rsidTr="00C770F3">
         <w:trPr>
-          <w:trHeight w:val="169"/>
+          <w:trHeight w:val="315"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10157" w:type="dxa"/>
+            <w:gridSpan w:val="6"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7E8A24CA" w14:textId="77777777" w:rsidR="009D26AD" w:rsidRPr="00AC0233" w:rsidRDefault="009D26AD" w:rsidP="00C770F3">
+            <w:pPr>
+              <w:spacing w:before="0"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MUST NOT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275EA1" w:rsidRPr="001E27C0" w14:paraId="12758F2D" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="277"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="47B2CADE" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00AB4785" w:rsidP="00E94E0C">
+          <w:p w14:paraId="173257B1" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRPr="003A6D8B" w:rsidRDefault="00275EA1" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E27C0">
+            <w:r w:rsidRPr="003A6D8B">
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="015AD24F" w14:textId="2F46C760" w:rsidR="00275EA1" w:rsidRPr="001E27C0" w:rsidRDefault="00275EA1" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the loaded Internal Stock Crate Loaded Deck Length </w:t>
+            </w:r>
+            <w:r w:rsidR="00111477">
+              <w:t xml:space="preserve">(B5) </w:t>
+            </w:r>
+            <w:r>
+              <w:t>of the trailer less than or equal to 12.5m?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1442CC3C" w14:textId="22E12EF1" w:rsidR="00275EA1" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1190492780"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00275EA1">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="61A1E1BA" w14:textId="33D2A42D" w:rsidR="00275EA1" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-684124971"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00275EA1" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1A5D904D" w14:textId="32F116E8" w:rsidR="00275EA1" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="2095426060"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00275EA1">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275EA1" w:rsidRPr="001E27C0" w14:paraId="263C4B3F" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge w:val="restart"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="6A6E733B" w14:textId="3FBDC7BA" w:rsidR="00275EA1" w:rsidRPr="003A6D8B" w:rsidRDefault="00282B5A" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A479280" w14:textId="52E2E8A0" w:rsidR="00275EA1" w:rsidRDefault="00275EA1" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the</w:t>
+            </w:r>
+            <w:r w:rsidR="00111477">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t>overall height</w:t>
+            </w:r>
+            <w:r w:rsidR="00111477">
+              <w:t xml:space="preserve"> (B3)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> of the trailer less than or equal to:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="16CC10D8" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00275EA1" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2DAEE7DE" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00275EA1" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2A01E85F" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00275EA1" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00275EA1" w:rsidRPr="001E27C0" w14:paraId="1E1657DF" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="721F7558" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRPr="003A6D8B" w:rsidRDefault="00275EA1" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="595E5AA6" w14:textId="53FC2B5F" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00AB4785" w:rsidP="00AB4785">
+          <w:p w14:paraId="3BE5996B" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00275EA1" w:rsidP="00275EA1">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
             </w:pPr>
             <w:r>
-              <w:t>Is the total internal deck length no more than 12.5m?</w:t>
+              <w:t>4.3m for single deck crate; or</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="13C876C9" w14:textId="59371759" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="723B7FCD" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00000000" w:rsidP="00275EA1">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1958789620"/>
+                <w:id w:val="-105734214"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="00EB72BD">
+                <w:r w:rsidR="00275EA1" w:rsidRPr="0023678B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0C81C6C1" w14:textId="46ECDD74" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="6FA2C4D2" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00000000" w:rsidP="00275EA1">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1661892792"/>
+                <w:id w:val="1455987391"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="00EB72BD">
+                <w:r w:rsidR="00275EA1" w:rsidRPr="0023678B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69B28366" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00AB4785" w:rsidP="002E35E3">
+          <w:p w14:paraId="5265951D" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00000000" w:rsidP="00275EA1">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-33503710"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00275EA1" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB4785" w:rsidRPr="001E27C0" w14:paraId="20F61739" w14:textId="77777777" w:rsidTr="00BE552C">
+      <w:tr w:rsidR="00275EA1" w:rsidRPr="001E27C0" w14:paraId="697C35E3" w14:textId="77777777" w:rsidTr="00C770F3">
         <w:trPr>
+          <w:trHeight w:val="170"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:vMerge/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5A35D3C9" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRPr="003A6D8B" w:rsidRDefault="00275EA1" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5E0AB4B0" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00275EA1" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="20"/>
+              </w:numPr>
+            </w:pPr>
+            <w:r>
+              <w:t>4.6m for multiple deck crates?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5BC2A8A4" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00000000" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1489013571"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00275EA1" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="55CC7A36" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00000000" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1752316378"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00275EA1" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="20795345" w14:textId="77777777" w:rsidR="00275EA1" w:rsidRDefault="00000000" w:rsidP="00275EA1">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1532255573"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00275EA1" w:rsidRPr="0023678B">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w14:paraId="6E5AF46F" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:trHeight w:val="247"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="26CEF24E" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00AB4785" w:rsidP="00E94E0C">
+          <w:p w14:paraId="4466400C" w14:textId="54FD14CD" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="001E27C0">
-              <w:t>2</w:t>
+            <w:r>
+              <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6C325BF9" w14:textId="28F8C87D" w:rsidR="00AB4785" w:rsidRPr="001A716F" w:rsidRDefault="00AB4785" w:rsidP="00D8679B">
+          <w:p w14:paraId="21B3ECB8" w14:textId="38E75B6E" w:rsidR="006F1BD3" w:rsidRDefault="00695637" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-              <w:rPr>
-[...1 lines deleted...]
-              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Is the overall width of the vehicle within the Australian Design Rule definition for maximum vehicle width (for example, 2.5m)?</w:t>
+              <w:t xml:space="preserve">Are </w:t>
+            </w:r>
+            <w:r w:rsidR="006F1BD3">
+              <w:t xml:space="preserve">all other trailer dimensions </w:t>
+            </w:r>
+            <w:r w:rsidR="000D2B65">
+              <w:t>unchanged,</w:t>
+            </w:r>
+            <w:r w:rsidR="006F1BD3">
+              <w:t xml:space="preserve"> and do they continue to comply with relevant ADRs and regulations?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="62FF4C2D" w14:textId="6987040D" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="0E8D18F4" w14:textId="66326841" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1087810943"/>
+                <w:id w:val="830027201"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="0023678B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="771A49C3" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="5602EE67" w14:textId="36D67F13" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1284772198"/>
+                <w:id w:val="2108230332"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001E27C0">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="0023678B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="468CC1DD" w14:textId="27F43826" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="4980D43D" w14:textId="5DD5C03C" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-419487479"/>
+                <w:id w:val="651025974"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="0023678B">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB4785" w:rsidRPr="001E27C0" w14:paraId="0348C2ED" w14:textId="77777777" w:rsidTr="00BE552C">
+      <w:tr w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w14:paraId="51E65B1E" w14:textId="77777777" w:rsidTr="00C770F3">
         <w:trPr>
-          <w:trHeight w:val="170"/>
+          <w:trHeight w:val="247"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="271D03EE" w14:textId="0C13D125" w:rsidR="006F1BD3" w:rsidRPr="003A6D8B" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="1F2C7CF5" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Is the vehicle fitted with a triaxle group?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="08C27F06" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1033105992"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006F1BD3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="288FCF9D" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1625690206"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006F1BD3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="301C89FC" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-386339790"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006F1BD3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w14:paraId="39D54502" w14:textId="77777777" w:rsidTr="00C770F3">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="160" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="0D426E2F" w14:textId="3356573B" w:rsidR="006F1BD3" w:rsidRPr="003A6D8B" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4889C436" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Are all axles fitted with dual tyres?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68391BDD" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-1172873044"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="71EEDBBA" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="148102228"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="433" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="737064BB" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="1415044411"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="006F1BD3">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="006F1BD3" w14:paraId="169EDD05" w14:textId="77777777" w:rsidTr="00C61772">
+        <w:trPr>
+          <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:vMerge w:val="restart"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="1BE5BAAE" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRPr="001E27C0" w:rsidRDefault="00AB4785" w:rsidP="00E94E0C">
+          <w:p w14:paraId="45C526EE" w14:textId="2066698D" w:rsidR="006F1BD3" w:rsidRPr="003A6D8B" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>3</w:t>
+              <w:t>6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8752" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7952FC27" w14:textId="2BBFC9C9" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="00BE552C">
+          <w:p w14:paraId="3773640F" w14:textId="5A756C6E" w:rsidR="006F1BD3" w:rsidRPr="00094C38" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Is the overall height of the vehicle less than or equal to:</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Are the load ratings (B13), for fitted couplings, equal to or greater than the following?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="7FA05502" w14:textId="377584D3" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="002E35E3">
+          <w:p w14:paraId="60D266FE" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="44EA283C" w14:textId="568A8FD7" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="002E35E3">
+          <w:p w14:paraId="02C60C6C" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="66165F09" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="002E35E3">
+          <w:p w14:paraId="02D73F2A" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB4785" w:rsidRPr="001E27C0" w14:paraId="761009E3" w14:textId="77777777" w:rsidTr="00BE552C">
+      <w:tr w:rsidR="006F1BD3" w14:paraId="53035B61" w14:textId="77777777" w:rsidTr="00C61772">
         <w:trPr>
-          <w:trHeight w:val="170"/>
+          <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="3B0F1AD2" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="00E94E0C">
+          <w:p w14:paraId="6791BA1D" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:tcW w:w="5204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4D84C28E" w14:textId="2FEAC8F3" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="00AA29ED">
+          <w:p w14:paraId="1E5AD490" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
-                <w:numId w:val="20"/>
+                <w:numId w:val="18"/>
               </w:numPr>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>4.3m for single deck crate; or</w:t>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>Semitrailer kingpin (if fitted with a rear pin coupling)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C9DD0AE" w14:textId="7187A56C" w:rsidR="006F1BD3" w:rsidRPr="00DB07C2" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>190kN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="79289A5F" w14:textId="7C729A8C" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="2D5B8B4A" w14:textId="44519DFE" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-105734214"/>
+                <w:id w:val="-477771593"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="0023678B">
+                <w:r w:rsidR="006F1BD3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="25B73815" w14:textId="76C30F93" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="2BFB54D3" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1455987391"/>
+                <w:id w:val="173770808"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="0023678B">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="00EF43FE" w14:textId="3152D8DC" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="63F1EC4E" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-33503710"/>
+                <w:id w:val="-69969030"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="0023678B">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB4785" w:rsidRPr="001E27C0" w14:paraId="77C579B2" w14:textId="77777777" w:rsidTr="00BE552C">
-[...527 lines deleted...]
-      <w:tr w:rsidR="00AB4785" w14:paraId="6AEDC8E1" w14:textId="77777777" w:rsidTr="00DB07C2">
+      <w:tr w:rsidR="006F1BD3" w14:paraId="1D3F0878" w14:textId="77777777" w:rsidTr="00C61772">
         <w:trPr>
           <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="7FFAACB4" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="00E94E0C">
+          <w:p w14:paraId="7EA779A0" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:tcW w:w="5204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="4EC070B9" w14:textId="3335447E" w:rsidR="00AB4785" w:rsidRPr="00DB07C2" w:rsidRDefault="00AB4785" w:rsidP="00BA31F7">
+          <w:p w14:paraId="79F1FCBC" w14:textId="6BC8BAFF" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Rear pin tow coupling</w:t>
-            </w:r>
+              <w:t>Semitrailer kingpin (without a rear pin coupling)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5379C430" w14:textId="7B6C06CD" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:tab/>
-[...12 lines deleted...]
-              <w:t>210kN</w:t>
+              <w:t>123kN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="47B1424C" w14:textId="0DFA6891" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="01684413" w14:textId="3E1BEB62" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-477771593"/>
+                <w:id w:val="1504318130"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="76493652" w14:textId="15053896" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="18085031" w14:textId="1D8BA453" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="173770808"/>
+                <w:id w:val="-1903816699"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="71B5EA63" w14:textId="57648636" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="11F91FA0" w14:textId="112BBFCC" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-69969030"/>
+                <w:id w:val="-782110871"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB4785" w14:paraId="29850F36" w14:textId="77777777" w:rsidTr="00DB07C2">
+      <w:tr w:rsidR="006F1BD3" w14:paraId="73D2B41F" w14:textId="77777777" w:rsidTr="00C61772">
         <w:trPr>
           <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="3F4055C0" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="00E94E0C">
+          <w:p w14:paraId="7992F63D" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:tcW w:w="5204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="222683E3" w14:textId="1D916DD1" w:rsidR="00AB4785" w:rsidRPr="00DB07C2" w:rsidRDefault="00AB4785" w:rsidP="00BA31F7">
+          <w:p w14:paraId="15FD7F25" w14:textId="66EE08D2" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>B-double lead trailer fifth wheel coupling</w:t>
+              <w:t>Rear pin tow coupling</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
               <w:tab/>
-              <w:t>135kN</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:tab/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="39036105" w14:textId="54D55241" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t>210kN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="3A9E6CD6" w14:textId="7113E376" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="51ADC798" w14:textId="12011003" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1257044064"/>
+                <w:id w:val="1315606458"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AC2319F" w14:textId="07D21CC0" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="12CEF6B3" w14:textId="519B540B" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="145794389"/>
+                <w:id w:val="615637680"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36F67F79" w14:textId="08857EEC" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="28DAFAC2" w14:textId="4EF412F8" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-1929724098"/>
+                <w:id w:val="-319198014"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB4785" w14:paraId="7544FA3D" w14:textId="77777777" w:rsidTr="00DB07C2">
+      <w:tr w:rsidR="006F1BD3" w14:paraId="3B8E48B1" w14:textId="77777777" w:rsidTr="00C61772">
         <w:trPr>
           <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="70A564AE" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="00E94E0C">
+          <w:p w14:paraId="75550CAF" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:tcW w:w="5204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="14144DCA" w14:textId="519FBF26" w:rsidR="00AB4785" w:rsidRPr="00DB07C2" w:rsidRDefault="00AB4785" w:rsidP="00AB4785">
+          <w:p w14:paraId="5AD4867D" w14:textId="4339B114" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>B-triple lead trailer</w:t>
-            </w:r>
+              <w:t>B-double trailer fifth wheel coupling and king pin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="26385F6D" w14:textId="6B645E2F" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:tab/>
-[...7 lines deleted...]
-              <w:t>162kN</w:t>
+              <w:t>135kN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="69F90B7B" w14:textId="66F6C0CE" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="5BB18F4B" w14:textId="7EFE0F90" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1175761013"/>
+                <w:id w:val="1645240147"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="123A6A5E" w14:textId="2D142D28" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="45D32103" w14:textId="404A7DBA" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1162580800"/>
+                <w:id w:val="1373882620"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="660F5537" w14:textId="43868E18" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="4FA65817" w14:textId="04C6275C" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="147178495"/>
+                <w:id w:val="-991567450"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00AB4785" w14:paraId="40F7DD89" w14:textId="77777777" w:rsidTr="00DB07C2">
+      <w:tr w:rsidR="006F1BD3" w14:paraId="6CE4E963" w14:textId="77777777" w:rsidTr="00C61772">
         <w:trPr>
           <w:trHeight w:val="168"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="160" w:type="dxa"/>
             <w:vMerge/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="78D61B9A" w14:textId="77777777" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="00E94E0C">
+          <w:p w14:paraId="36B97AE3" w14:textId="77777777" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:tcW w:w="5204" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="48EDEE3D" w14:textId="23C82E2A" w:rsidR="00AB4785" w:rsidRDefault="00AB4785" w:rsidP="00DB07C2">
+          <w:p w14:paraId="04AC2E5C" w14:textId="6EA24D64" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:numPr>
                 <w:ilvl w:val="0"/>
                 <w:numId w:val="18"/>
               </w:numPr>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>B-triple second trailer fifth wheel coupling</w:t>
-            </w:r>
+              <w:t>B-triple trailer fifth wheel coupling and king pin</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="3548" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="5C7B355E" w14:textId="442B01C4" w:rsidR="006F1BD3" w:rsidRDefault="006F1BD3" w:rsidP="006F1BD3">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
+              </w:rPr>
+            </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:eastAsiaTheme="minorHAnsi"/>
               </w:rPr>
-              <w:tab/>
-[...6 lines deleted...]
-              <w:t>?</w:t>
+              <w:t>162kN</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6AD96769" w14:textId="69E805A6" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="7DBB4EF5" w14:textId="18930226" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="1184791194"/>
+                <w:id w:val="38408500"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="387" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="31610B66" w14:textId="582E2913" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="15D0F7DB" w14:textId="7806EFEE" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="-198628243"/>
+                <w:id w:val="1273594691"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="433" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72FF233D" w14:textId="0DDCFC2E" w:rsidR="00AB4785" w:rsidRDefault="00000000" w:rsidP="002E35E3">
+          <w:p w14:paraId="0CC140F0" w14:textId="3D2F7652" w:rsidR="006F1BD3" w:rsidRDefault="00000000" w:rsidP="006F1BD3">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
-                <w:id w:val="940269961"/>
+                <w:id w:val="-153068391"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00AB4785" w:rsidRPr="001067A6">
+                <w:r w:rsidR="006F1BD3" w:rsidRPr="001067A6">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="1407F6EF" w14:textId="77777777" w:rsidR="00E160F0" w:rsidRDefault="00E160F0" w:rsidP="00E94E0C">
+    <w:p w14:paraId="03BBD676" w14:textId="7983C0B9" w:rsidR="009D26AD" w:rsidRPr="009D26AD" w:rsidRDefault="009D26AD" w:rsidP="00A10CF6">
+      <w:pPr>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part C </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trailer </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009D26AD">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Equipment &amp; Unladen Mass</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0078E0E7" w14:textId="37702DFC" w:rsidR="00122B51" w:rsidRDefault="00B1503C" w:rsidP="00380BDC">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:t>Advanced braking systems</w:t>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="00122B51">
+        <w:t xml:space="preserve"> Equipment</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4948" w:type="pct"/>
-[...8 lines deleted...]
-        </w:tblBorders>
+        <w:tblW w:w="4867" w:type="pct"/>
+        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblLayout w:type="fixed"/>
-        <w:tblCellMar>
-[...2 lines deleted...]
-        </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="260"/>
-[...4 lines deleted...]
-        <w:gridCol w:w="402"/>
+        <w:gridCol w:w="10143"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00A21345" w:rsidRPr="001E27C0" w14:paraId="14194E75" w14:textId="77777777" w:rsidTr="0091467B">
+      <w:tr w:rsidR="006C33FF" w:rsidRPr="00167837" w14:paraId="79B6C222" w14:textId="77777777" w:rsidTr="00CF728D">
         <w:trPr>
-          <w:tblHeader/>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="130"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8911" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10143" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="01079973" w14:textId="26FB76DD" w:rsidR="00A21345" w:rsidRPr="001E27C0" w:rsidRDefault="00101D4E" w:rsidP="0091467B">
+          <w:p w14:paraId="48EAFB48" w14:textId="4B339AFE" w:rsidR="00122B51" w:rsidRPr="00167837" w:rsidRDefault="00B1503C" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
             </w:pPr>
-            <w:r>
-[...70 lines deleted...]
-              <w:t>N/A</w:t>
+            <w:r w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>quipment</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00A21345" w:rsidRPr="001E27C0" w14:paraId="44E88DB5" w14:textId="77777777" w:rsidTr="0091467B">
+      <w:tr w:rsidR="00122B51" w:rsidRPr="00C3570E" w14:paraId="6FC7299E" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="4786A96F" w14:textId="6B2615D8" w:rsidR="00EA28EB" w:rsidRDefault="00EA28EB">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>The trailer must be ready for service with all accessories</w:t>
+            </w:r>
+            <w:r w:rsidR="00495546">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and equipment</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fitted </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DD342D">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>before</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> the vehicle is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="064BC89B" w14:textId="0364A7D1" w:rsidR="00A862EB" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">List all equipment </w:t>
+            </w:r>
+            <w:r w:rsidR="0047201E" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">that </w:t>
+            </w:r>
+            <w:r w:rsidR="00077D9E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>is</w:t>
+            </w:r>
+            <w:r w:rsidR="0047201E" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>fitted to the trailer at the time of weighing</w:t>
+            </w:r>
+            <w:r w:rsidR="00C17491" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> to determine the </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>u</w:t>
+            </w:r>
+            <w:r w:rsidR="00877419" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nladen </w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidR="00877419" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ass</w:t>
+            </w:r>
+            <w:r w:rsidR="00125F6A" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>. This includes all fuel, water</w:t>
+            </w:r>
+            <w:r w:rsidR="00E257B1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and fluid reservoirs</w:t>
+            </w:r>
+            <w:r w:rsidR="12A54036" w:rsidRPr="15B03101">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, accessories</w:t>
+            </w:r>
+            <w:r w:rsidR="00264181" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and readily removable equipment carried on or in the trailer </w:t>
+            </w:r>
+            <w:r w:rsidR="000A683F" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>during</w:t>
+            </w:r>
+            <w:r w:rsidR="00264181" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="000A683F" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>operational</w:t>
+            </w:r>
+            <w:r w:rsidR="009B0833" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> use</w:t>
+            </w:r>
+            <w:r w:rsidR="00B60951" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">(e.g. spare </w:t>
+            </w:r>
+            <w:proofErr w:type="spellStart"/>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>tyre</w:t>
+            </w:r>
+            <w:proofErr w:type="spellEnd"/>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(s), toolbox(</w:t>
+            </w:r>
+            <w:r w:rsidR="004A717B" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s)</w:t>
+            </w:r>
+            <w:r w:rsidR="00A862EB" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>, OH&amp;S equipment</w:t>
+            </w:r>
+            <w:r w:rsidR="00B1503C" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>etc.</w:t>
+            </w:r>
+            <w:r w:rsidR="00A862EB" w:rsidRPr="6B7F1ED5">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>).</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5B8468C3" w14:textId="1F88BD76" w:rsidR="00122B51" w:rsidRPr="008515A6" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>It is recommended that detailed photographs are taken of the vehicle at the time of weighing that capture all the equipment fitted.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="01B3F4E8" w14:textId="2FA37485" w:rsidR="00122B51" w:rsidRPr="00D01AE0" w:rsidRDefault="00B55D0E">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Attach all photos in the space provided </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>at the end of Part C</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="49482EF8" w14:textId="77777777" w:rsidTr="00CF728D">
         <w:trPr>
-          <w:jc w:val="center"/>
+          <w:trHeight w:val="270"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="260" w:type="dxa"/>
+            <w:tcW w:w="10143" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="29E3A4F0" w14:textId="77777777" w:rsidR="00A21345" w:rsidRDefault="00A21345" w:rsidP="0091467B">
-[...18 lines deleted...]
-          <w:p w14:paraId="1D3B5B23" w14:textId="77777777" w:rsidR="00A21345" w:rsidRDefault="00A21345" w:rsidP="0091467B">
+          <w:p w14:paraId="46947B3A" w14:textId="3E658CCE" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00982469">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:lang w:eastAsia="en-US"/>
-[...1 lines deleted...]
-              <w:t>Is the advanced braking system (where fitted) un-affected or re-certified after the vehicle modification?</w:t>
+                <w:b/>
+              </w:rPr>
+              <w:t>Trailer E</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00122B51" w:rsidRPr="00CF09CC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>ist</w:t>
+            </w:r>
+            <w:r w:rsidR="0057347B">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="0FF9A5C8" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcW w:w="10143" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="0924204A" w14:textId="77777777" w:rsidR="00A21345" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="0091467B">
+          <w:p w14:paraId="713EC432" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
             </w:pPr>
-            <w:sdt>
-[...16 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="458060EB" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="387" w:type="dxa"/>
+            <w:tcW w:w="10143" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="49F770CD" w14:textId="77777777" w:rsidR="00A21345" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="0091467B">
+          <w:p w14:paraId="7759A79E" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
             </w:pPr>
-            <w:sdt>
-[...16 lines deleted...]
-            </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="158BB38E" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="431" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="10143" w:type="dxa"/>
             <w:tcBorders>
-              <w:left w:val="nil"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="34AF51F9" w14:textId="77777777" w:rsidR="00A21345" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="0091467B">
+          <w:p w14:paraId="16C4C379" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
             <w:pPr>
-              <w:pStyle w:val="Table09text-centre"/>
+              <w:pStyle w:val="Table09text"/>
             </w:pPr>
-            <w:sdt>
-[...16 lines deleted...]
-            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="2886134F" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3AFA1F0D" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="346A4D7D" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3FDDA0B0" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00122B51" w:rsidRPr="003B617E" w14:paraId="542E2427" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6D64EEE8" w14:textId="77777777" w:rsidR="00122B51" w:rsidRPr="003B617E" w:rsidRDefault="00122B51">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D3303D" w:rsidRPr="003B617E" w14:paraId="61DED544" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="68355A87" w14:textId="77777777" w:rsidR="00D3303D" w:rsidRPr="003B617E" w:rsidRDefault="00D3303D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A338BC" w:rsidRPr="003B617E" w14:paraId="512C07A4" w14:textId="77777777" w:rsidTr="6B7F1ED5">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10143" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6073AFCC" w14:textId="77777777" w:rsidR="00A338BC" w:rsidRPr="003B617E" w:rsidRDefault="00A338BC">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="4EC8B02C" w14:textId="125851BD" w:rsidR="00E42D1E" w:rsidRPr="00EC0B75" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+    <w:p w14:paraId="7DE4641C" w14:textId="1068B8B6" w:rsidR="004328CF" w:rsidRDefault="004328CF" w:rsidP="00380BDC">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
-        <w:rPr>
-[...1 lines deleted...]
-        </w:rPr>
       </w:pPr>
       <w:r>
-        <w:t>Part B</w:t>
+        <w:t>Trailer</w:t>
       </w:r>
-      <w:r w:rsidR="00E94E0C">
-        <w:t xml:space="preserve"> - </w:t>
+      <w:r w:rsidR="0098614E">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C81119">
+        <w:t>Unladen</w:t>
+      </w:r>
+      <w:r w:rsidR="0098614E">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
-        <w:t>Unladen mass</w:t>
+        <w:t>Mass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4749"/>
-        <w:gridCol w:w="5388"/>
+        <w:gridCol w:w="4787"/>
+        <w:gridCol w:w="5350"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E42D1E" w14:paraId="2984AD53" w14:textId="77777777" w:rsidTr="000A67FA">
+      <w:tr w:rsidR="003A6D8B" w:rsidRPr="00167837" w14:paraId="32A407F6" w14:textId="77777777" w:rsidTr="001E6CDF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="041B61D4" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="00B95EFD" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+          <w:p w14:paraId="48F32374" w14:textId="746D81C8" w:rsidR="0092156D" w:rsidRPr="00167837" w:rsidRDefault="0092156D" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r>
-              <w:t>Weigh vehicle</w:t>
+            <w:r w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Weigh </w:t>
+            </w:r>
+            <w:r w:rsidR="007624F7" w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w14:paraId="56F67958" w14:textId="77777777" w:rsidTr="000A67FA">
+      <w:tr w:rsidR="0092156D" w14:paraId="13BC39F0" w14:textId="77777777" w:rsidTr="003B0653">
         <w:trPr>
           <w:trHeight w:val="772"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="61FA228A" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="008515A6" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="04F57FAD" w14:textId="704D7572" w:rsidR="00B443FD" w:rsidRDefault="00B443FD" w:rsidP="008B3034">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008515A6">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Weigh </w:t>
-[...13 lines deleted...]
-              <w:t xml:space="preserve"> at a registered public weighbridge and record quantities of fuel, AdBlue and water at the time of weighing. </w:t>
+              <w:t>Effluent tanks, if fitted, must be empty when the trailer is weighed.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="540BFCB8" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="008515A6" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="39268F6F" w14:textId="32CF54D7" w:rsidR="00E3592D" w:rsidRDefault="00E3592D" w:rsidP="008B3034">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="008515A6">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Ensure </w:t>
+              <w:t xml:space="preserve">All </w:t>
+            </w:r>
+            <w:r w:rsidR="00D3449D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">other </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">fluid reservoirs must be </w:t>
             </w:r>
             <w:proofErr w:type="gramStart"/>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>vehicle</w:t>
-            </w:r>
+              <w:t>filled to capacity</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidR="00957ED6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> when the trailer is weighed.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="59D234A5" w14:textId="223422FA" w:rsidR="0092156D" w:rsidRDefault="0092156D" w:rsidP="008B3034">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
             <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> is</w:t>
-[...1 lines deleted...]
-            <w:proofErr w:type="gramEnd"/>
+              <w:t xml:space="preserve">Weigh </w:t>
+            </w:r>
+            <w:r w:rsidR="004353AB">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>the trailer</w:t>
+            </w:r>
             <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r>
+              <w:t xml:space="preserve"> at a registered public weighbridge </w:t>
+            </w:r>
+            <w:r w:rsidR="0098614E">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>weighed</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="008515A6">
+              <w:t xml:space="preserve">to determine the </w:t>
+            </w:r>
+            <w:r w:rsidR="00A1100D">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> without driver.</w:t>
+              <w:t xml:space="preserve">Total Trailer </w:t>
+            </w:r>
+            <w:r w:rsidR="00C81119" w:rsidRPr="00E30C21">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Unladen Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00A1100D">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6AEB10F5" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="3B4B97AC" w14:textId="77777777" w:rsidR="0092156D" w:rsidRPr="003B5253" w:rsidRDefault="0092156D">
             <w:pPr>
               <w:pStyle w:val="Table11bullet"/>
             </w:pPr>
             <w:r w:rsidRPr="008515A6">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Attach a copy of the weighbridge ticket in the space provided at the end of Part B.</w:t>
+              <w:t xml:space="preserve">Attach a copy of the weighbridge ticket in the space provided </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0653">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>below</w:t>
+            </w:r>
+            <w:r w:rsidRPr="008515A6">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="0D8DCB48" w14:textId="3CC3C382" w:rsidR="003B5253" w:rsidRDefault="0095710F">
+            <w:pPr>
+              <w:pStyle w:val="Table11bullet"/>
+            </w:pPr>
+            <w:r>
+              <w:t>An a</w:t>
+            </w:r>
+            <w:r w:rsidR="003B5253">
+              <w:t xml:space="preserve">dditional toolbox that will be fitted after the vehicle weigh-in will need to be applied as a simulated mass of 100kg. Refer to the </w:t>
+            </w:r>
+            <w:r w:rsidR="003B5253">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Vehicle Checklist Drawings</w:t>
+            </w:r>
+            <w:r w:rsidR="003B5253">
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00C23B68" w14:paraId="2D285220" w14:textId="77777777" w:rsidTr="000A67FA">
+      <w:tr w:rsidR="00B9486D" w:rsidRPr="00C23B68" w14:paraId="2139BFE2" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6DF028F4" w14:textId="63F283F8" w:rsidR="00B9486D" w:rsidRDefault="0037121B" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F27AAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4040E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00D86BDA">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00E96DA2">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Trailer Axle</w:t>
+            </w:r>
+            <w:r w:rsidR="001E2273">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Group</w:t>
+            </w:r>
+            <w:r w:rsidR="00E96DA2">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Unladen Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="7204122A" w14:textId="4A48CE7F" w:rsidR="00B9486D" w:rsidRDefault="00D33BB2" w:rsidP="00AC6941">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AB5CA5" w:rsidRPr="00C23B68" w14:paraId="146E1FE2" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56979EC5" w14:textId="2EB8FD46" w:rsidR="00AB5CA5" w:rsidRDefault="00F52FCD" w:rsidP="008629AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00F27AAD">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00E4040E">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="00134074">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00804A55">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Total Trailer Unladen Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="11B2D3A5" w14:textId="77A8F543" w:rsidR="00AB5CA5" w:rsidRPr="00AB5CA5" w:rsidRDefault="00D33BB2" w:rsidP="00AC6941">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E4040E" w:rsidRPr="00C23B68" w14:paraId="2F74EA89" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7F956EEA" w14:textId="2F3DAF8D" w:rsidR="00E4040E" w:rsidRDefault="00E4040E" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>(C3) Kingpin Unladen Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="0096110D">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>C2 – C1)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5350" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="22CD0CE8" w14:textId="5A8299DC" w:rsidR="00E4040E" w:rsidRDefault="00D33BB2" w:rsidP="0092042F">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="008B665E" w:rsidRPr="00C23B68" w14:paraId="66069B45" w14:textId="77777777" w:rsidTr="00CF728D">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4749" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:tcW w:w="10137" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="489A05DA" w14:textId="3A71599E" w:rsidR="00E42D1E" w:rsidRPr="00C23B68" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="205E8AFC" w14:textId="6BE7EEC6" w:rsidR="008B665E" w:rsidRPr="000A67FA" w:rsidRDefault="00D86BDA" w:rsidP="008629AE">
             <w:pPr>
-              <w:pStyle w:val="Table09text"/>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-[...4 lines deleted...]
-            <w:r w:rsidR="000A67FA">
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="008629AE">
               <w:rPr>
                 <w:b/>
-                <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Trailer </w:t>
+            </w:r>
+            <w:r w:rsidR="003B0653">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>Weigh</w:t>
+            </w:r>
+            <w:r w:rsidR="008629AE">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>bridge Ticket</w:t>
+            </w:r>
+            <w:r w:rsidR="00050BBC">
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t xml:space="preserve"> – Attach a copy of the ticket below</w:t>
+            </w:r>
+            <w:r w:rsidR="00EB113E">
+              <w:rPr>
+                <w:b/>
               </w:rPr>
               <w:t>:</w:t>
-            </w:r>
-[...18 lines deleted...]
-              <w:t>Kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00C23B68" w14:paraId="004B6FED" w14:textId="77777777" w:rsidTr="000A67FA">
-[...173 lines deleted...]
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00C3570E" w14:paraId="7E4683F3" w14:textId="77777777" w:rsidTr="000A67FA">
+      <w:tr w:rsidR="0092156D" w:rsidRPr="003B617E" w14:paraId="411C708B" w14:textId="77777777" w:rsidTr="00D3303D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="130"/>
-[...154 lines deleted...]
-          <w:trHeight w:val="270"/>
+          <w:trHeight w:val="4124"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
           </w:tcPr>
-          <w:p w14:paraId="45DD6A71" w14:textId="6AAF1924" w:rsidR="00E42D1E" w:rsidRPr="003B617E" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="6BE4BC65" w14:textId="77777777" w:rsidR="00FD35F2" w:rsidRPr="003B617E" w:rsidRDefault="00FD35F2">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
             </w:pPr>
-            <w:r w:rsidRPr="00CF09CC">
-[...4 lines deleted...]
-            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="003B617E" w14:paraId="72D2249A" w14:textId="77777777" w:rsidTr="000A67FA">
+      <w:tr w:rsidR="00B20994" w:rsidRPr="00727946" w14:paraId="135C9EC2" w14:textId="77777777" w:rsidTr="00CF728D">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="47B12B2C" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="003B617E" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="2EEB4902" w14:textId="78B0CD86" w:rsidR="00B20994" w:rsidRPr="00727946" w:rsidRDefault="00727946">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Photos of </w:t>
+            </w:r>
+            <w:r w:rsidR="00037161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>the t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">railer at the </w:t>
+            </w:r>
+            <w:r w:rsidR="00037161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>t</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">ime of </w:t>
+            </w:r>
+            <w:r w:rsidR="00037161">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>w</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00727946">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>eighing</w:t>
+            </w:r>
+            <w:r w:rsidR="00517EA0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="003B617E" w14:paraId="7839BCAC" w14:textId="77777777" w:rsidTr="000A67FA">
+      <w:tr w:rsidR="0023168E" w:rsidRPr="00727946" w14:paraId="4A87E3C6" w14:textId="77777777" w:rsidTr="002E6FF6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="6117"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="02D31E30" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="003B617E" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="2DC3C5CC" w14:textId="77777777" w:rsidR="0023168E" w:rsidRPr="00727946" w:rsidRDefault="0023168E">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="003B617E" w14:paraId="0457204E" w14:textId="77777777" w:rsidTr="000A67FA">
+      <w:tr w:rsidR="002E6FF6" w:rsidRPr="00727946" w14:paraId="0F7362D1" w14:textId="77777777" w:rsidTr="002E6FF6">
         <w:tblPrEx>
           <w:tblBorders>
             <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           </w:tblBorders>
         </w:tblPrEx>
         <w:trPr>
-          <w:trHeight w:val="340"/>
+          <w:trHeight w:val="14197"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10137" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="5A081D41" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="003B617E" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="039BEA2D" w14:textId="77777777" w:rsidR="002E6FF6" w:rsidRPr="00727946" w:rsidRDefault="002E6FF6">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
-            </w:pPr>
-[...460 lines deleted...]
-              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="31D489A1" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="00C56226" w:rsidRDefault="00E42D1E" w:rsidP="00C56226">
+    <w:p w14:paraId="75F096F7" w14:textId="5F51A587" w:rsidR="003903EA" w:rsidRPr="001E27C0" w:rsidRDefault="003903EA" w:rsidP="003903EA">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="Heading2"/>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="0"/>
+        </w:numPr>
+        <w:spacing w:before="40" w:after="120"/>
+        <w:ind w:left="284" w:hanging="284"/>
       </w:pPr>
-      <w:r w:rsidRPr="00B94705">
-        <w:t>Additional equipment</w:t>
+      <w:r>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">Assessment </w:t>
+      </w:r>
+      <w:r w:rsidR="004B36A9">
+        <w:t xml:space="preserve">– </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="004B36A9">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>Unladen Mass</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="4919" w:type="pct"/>
+        <w:tblW w:w="4945" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="6041"/>
-        <w:gridCol w:w="4053"/>
+        <w:gridCol w:w="160"/>
+        <w:gridCol w:w="8752"/>
+        <w:gridCol w:w="668"/>
+        <w:gridCol w:w="567"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E42D1E" w14:paraId="34EAE837" w14:textId="77777777" w:rsidTr="00E42D1E">
+      <w:tr w:rsidR="009E24AB" w:rsidRPr="001E27C0" w14:paraId="10B60757" w14:textId="77777777" w:rsidTr="00CF728D">
+        <w:trPr>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8912" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="29DC7BDE" w14:textId="7E3578E9" w:rsidR="009E24AB" w:rsidRPr="001E27C0" w:rsidRDefault="009E24AB" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Assessment – Trailer Unladen Mass                                                                                               </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB54ED">
+              <w:t>Check Yes</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00EB54ED">
+              <w:t xml:space="preserve"> No as applicable:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A88AA20" w14:textId="77777777" w:rsidR="009E24AB" w:rsidRPr="001E27C0" w:rsidRDefault="009E24AB" w:rsidP="0029515D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001E27C0">
+              <w:t>Yes</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="37F34320" w14:textId="174DC3B4" w:rsidR="009E24AB" w:rsidRPr="001E27C0" w:rsidRDefault="009E24AB" w:rsidP="0029515D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="001E27C0">
+              <w:t>No</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E24AB" w:rsidRPr="001E27C0" w14:paraId="7A41BCF6" w14:textId="77777777" w:rsidTr="00CF728D">
+        <w:trPr>
+          <w:trHeight w:val="311"/>
+          <w:tblHeader/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10147" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="245C0BE9" w14:textId="4C9550E8" w:rsidR="009E24AB" w:rsidRPr="001E27C0" w:rsidRDefault="009E24AB" w:rsidP="0029515D">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:jc w:val="center"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>assessment</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>MUST NOT</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AC0233">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> proceed.</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="009E24AB" w:rsidRPr="001E27C0" w14:paraId="38F2C97D" w14:textId="77777777" w:rsidTr="00303AB8">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10094" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:tcW w:w="160" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
-              <w:bottom w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
-            <w:hideMark/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="41B0C10D" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="00CC3140" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+          <w:p w14:paraId="32444695" w14:textId="77777777" w:rsidR="009E24AB" w:rsidRPr="001E27C0" w:rsidRDefault="009E24AB" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
-            <w:r w:rsidRPr="002A17DE">
-[...264 lines deleted...]
-              <w:t>nladen dry mass (F2)</w:t>
+            <w:r w:rsidRPr="003A6D8B">
+              <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4053" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="8752" w:type="dxa"/>
+            <w:tcBorders>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6CD00E4B" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="00C56226" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
-[...25 lines deleted...]
-          <w:p w14:paraId="05A00C11" w14:textId="35050385" w:rsidR="00E42D1E" w:rsidRPr="005D451A" w:rsidRDefault="00656B8C" w:rsidP="00E42D1E">
+          <w:p w14:paraId="0054A1E4" w14:textId="3186D598" w:rsidR="009E24AB" w:rsidRPr="001A716F" w:rsidRDefault="009E24AB" w:rsidP="0029515D">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
-                <w:b/>
-[...1 lines deleted...]
-                <w:lang w:eastAsia="en-US"/>
+                <w:lang w:val="en-GB"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>ear axle</w:t>
+              <w:t>Is the unladen trailer mass less than, or equal to 15</w:t>
+            </w:r>
+            <w:r w:rsidR="00D33BB2">
+              <w:t>,000kg</w:t>
             </w:r>
             <w:r>
-              <w:rPr>
-[...12 lines deleted...]
-              <w:t>(R2)</w:t>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4053" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="668" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="67FB90EF" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="00C56226" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+          <w:p w14:paraId="49D3608C" w14:textId="77777777" w:rsidR="009E24AB" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="0029515D">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="right"/>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C56226">
-[...49 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-2049982559"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="009E24AB">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4053" w:type="dxa"/>
-            <w:vAlign w:val="bottom"/>
+            <w:tcW w:w="567" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="36B5F0DE" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="00C56226" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+          <w:p w14:paraId="4D2BC7F5" w14:textId="77777777" w:rsidR="009E24AB" w:rsidRPr="001E27C0" w:rsidRDefault="00000000" w:rsidP="0029515D">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
-              <w:jc w:val="right"/>
-[...2 lines deleted...]
-              </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00C56226">
-[...4 lines deleted...]
-            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-466824879"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="009E24AB" w:rsidRPr="001E27C0">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="01F094F1" w14:textId="77777777" w:rsidR="0067289B" w:rsidRDefault="0067289B" w:rsidP="00C56226">
+    <w:p w14:paraId="450626CE" w14:textId="704BFE68" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="00A10CF6">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="007429D2">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>D</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="005D7826">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Trailer Layout &amp; </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">S10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>L</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve">aden </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>M</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB4E0A" w:rsidRPr="00C31775">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>ass</w:t>
+      </w:r>
     </w:p>
-    <w:p w14:paraId="28FC52FE" w14:textId="55CD6045" w:rsidR="00E42D1E" w:rsidRPr="00C56226" w:rsidRDefault="001F6AE8" w:rsidP="00C56226">
+    <w:p w14:paraId="1DC75D64" w14:textId="415B891E" w:rsidR="00C31775" w:rsidRDefault="00C31775" w:rsidP="00380BDC">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
-        <w:t>Trailer u</w:t>
+        <w:t>Trailer</w:t>
       </w:r>
-      <w:r w:rsidR="00E42D1E">
-        <w:t>nladen mass</w:t>
+      <w:r w:rsidR="004A3B44">
+        <w:t xml:space="preserve"> Layout &amp;</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00952ED8">
+        <w:t>S10 L</w:t>
+      </w:r>
+      <w:r>
+        <w:t>aden Mass</w:t>
       </w:r>
     </w:p>
-    <w:tbl>
-[...908 lines deleted...]
-    <w:p w14:paraId="65476A77" w14:textId="423BC340" w:rsidR="00094010" w:rsidRDefault="00094010"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4907"/>
         <w:gridCol w:w="5187"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E42D1E" w14:paraId="615FDAB9" w14:textId="77777777" w:rsidTr="00E42D1E">
+      <w:tr w:rsidR="003A6D8B" w:rsidRPr="00167837" w14:paraId="615FDAB9" w14:textId="77777777" w:rsidTr="001E6CDF">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="5D214BA5" w14:textId="78B873F9" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="00C02706">
+          <w:p w14:paraId="5D214BA5" w14:textId="231CF1E4" w:rsidR="00E42D1E" w:rsidRPr="00167837" w:rsidRDefault="00E42D1E" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:rPr>
                 <w:highlight w:val="yellow"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
-              <w:rPr>
+            <w:r w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Calculate </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>Calculate S10</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>S10</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00351BA7" w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>l</w:t>
-[...2 lines deleted...]
-              <w:rPr>
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="00351BA7" w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">aden mass </w:t>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706" w:rsidRPr="000D1347">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ass </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00152CF3" w14:paraId="5D0E8C50" w14:textId="77777777" w:rsidTr="00E42D1E">
+      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00152CF3" w14:paraId="5D0E8C50" w14:textId="77777777" w:rsidTr="002368FD">
         <w:trPr>
           <w:trHeight w:val="469"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4F0E2A72" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="00B65827">
+          <w:p w14:paraId="2C9B18CB" w14:textId="5E203C86" w:rsidR="00CF3FA0" w:rsidRPr="00FE0E19" w:rsidRDefault="0085415B" w:rsidP="32FDD32B">
             <w:pPr>
               <w:pStyle w:val="Bullet1"/>
-              <w:spacing w:before="40" w:after="40"/>
-              <w:ind w:left="170" w:hanging="170"/>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="851"/>
+                <w:tab w:val="left" w:pos="194"/>
+              </w:tabs>
+              <w:ind w:left="194" w:hanging="142"/>
             </w:pPr>
-            <w:r w:rsidRPr="004F6C1D">
-[...3 lines deleted...]
-              <w:t xml:space="preserve"> </w:t>
+            <w:r>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3FA0" w:rsidRPr="00FE0E19">
+              <w:t xml:space="preserve">ccredited Approved </w:t>
+            </w:r>
+            <w:r w:rsidR="22B3A656">
+              <w:t>Vehicle Examiner</w:t>
+            </w:r>
+            <w:r>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="22B3A656">
+              <w:t xml:space="preserve"> (AVE</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3FA0" w:rsidRPr="00FE0E19">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> are encouraged</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3FA0" w:rsidRPr="00FE0E19">
+              <w:t xml:space="preserve"> to complete S10 calculations using the </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3FA0" w:rsidRPr="00FE0E19">
+              <w:rPr>
+                <w:i/>
+                <w:iCs/>
+              </w:rPr>
+              <w:t>Vehicle Drawings</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3FA0" w:rsidRPr="00FE0E19">
+              <w:t xml:space="preserve">. </w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3FA0">
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="5F3A6E6D">
+              <w:t>VE</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3FA0">
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00CF3FA0" w:rsidRPr="00FE0E19">
+              <w:t xml:space="preserve"> may use their own drawings to complete S10 calculations provided that all assumptions and methodology are clear and concise.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3556C69F" w14:textId="16621AFC" w:rsidR="00AB4E0A" w:rsidRPr="004F6C1D" w:rsidRDefault="00AB4E0A" w:rsidP="00AB4E0A">
+          <w:p w14:paraId="7A9E8765" w14:textId="77777777" w:rsidR="00CF3FA0" w:rsidRDefault="00CF3FA0" w:rsidP="00CF3FA0">
             <w:pPr>
               <w:pStyle w:val="Bullet1"/>
-              <w:ind w:left="170" w:hanging="170"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="851"/>
+                <w:tab w:val="left" w:pos="194"/>
+              </w:tabs>
+              <w:ind w:hanging="668"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Complete the calculations </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">and record the results </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>for the weight distribution and Trailer S10 Laden Mass</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> below</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002F5DCA">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="781F3EF2" w14:textId="77777777" w:rsidR="00CF3FA0" w:rsidRDefault="00CF3FA0" w:rsidP="00CF3FA0">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="851"/>
+                <w:tab w:val="left" w:pos="194"/>
+              </w:tabs>
+              <w:ind w:hanging="668"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF3FA0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>If each deck is an identical layout to the lowest deck, then one drawing can be used for all decks.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="492C1DD5" w14:textId="235467CF" w:rsidR="00D52D21" w:rsidRDefault="00CF3FA0" w:rsidP="00CF3FA0">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="851"/>
+                <w:tab w:val="left" w:pos="194"/>
+              </w:tabs>
+              <w:ind w:hanging="668"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00CF3FA0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Complete a new drawing/calculations sheet for each deck that is a different layout to the lowest deck.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="3556C69F" w14:textId="2572DBC1" w:rsidR="008B104A" w:rsidRPr="004F6C1D" w:rsidRDefault="00FE0E19" w:rsidP="00FE0E19">
+            <w:pPr>
+              <w:pStyle w:val="Bullet1"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:tabs>
+                <w:tab w:val="clear" w:pos="851"/>
+                <w:tab w:val="left" w:pos="194"/>
+              </w:tabs>
+              <w:ind w:left="194" w:hanging="142"/>
             </w:pPr>
             <w:r>
-              <w:t xml:space="preserve">Apply </w:t>
-[...2 lines deleted...]
-              <w:t>15,000kg vertically through the centre of the fifth wheel coupling to simulate loading from a laden semitrailer</w:t>
+              <w:t>I</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C533DB">
+              <w:t xml:space="preserve">f trailer is fitted with a fifth wheel coupling </w:t>
             </w:r>
             <w:r>
-              <w:t xml:space="preserve"> (if trailer is fitted with a fifth wheel coupling i.e. lead b-double </w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve">&amp; b-triple </w:t>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C533DB">
+              <w:t>i.e. lead b-double &amp; b-triple trailer and b-triple middle trailer)</w:t>
             </w:r>
             <w:r>
-              <w:t>trailer</w:t>
-[...2 lines deleted...]
-              <w:t xml:space="preserve"> and b-triple middle trailer</w:t>
+              <w:t xml:space="preserve"> a</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C533DB">
+              <w:t>pply 15</w:t>
             </w:r>
             <w:r>
-              <w:t>)</w:t>
+              <w:t>,000kg</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00C533DB">
+              <w:t xml:space="preserve"> vertically through the centre of the fifth wheel coupling to simulate loading from a laden semitrailer</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="003C6DE1" w14:paraId="6824AC3E" w14:textId="77777777" w:rsidTr="00B65827">
+      <w:tr w:rsidR="007E02EF" w:rsidRPr="003C6DE1" w14:paraId="2C9CBB5C" w14:textId="77777777" w:rsidTr="00CF728D">
         <w:trPr>
           <w:trHeight w:val="313"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4907" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1229CF01" w14:textId="2763E556" w:rsidR="00E42D1E" w:rsidRPr="003C6DE1" w:rsidRDefault="00E42D1E" w:rsidP="00B65827">
+          <w:p w14:paraId="2564F1CB" w14:textId="145301A4" w:rsidR="007E02EF" w:rsidRPr="003075F0" w:rsidRDefault="00B011CF" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
-              <w:tabs>
-[...1 lines deleted...]
-              </w:tabs>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>Total Livestock area (all Decks)</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00B65827">
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r w:rsidR="005B4088">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:tab/>
+              <w:t xml:space="preserve">Internal Useable </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Deck Space</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D7C8F" w:rsidRPr="003C6DE1" w14:paraId="7B4D271F" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="69968632" w14:textId="3608BFE7" w:rsidR="001D7C8F" w:rsidRDefault="00F52FCD" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5392">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5392">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001D7C8F">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Deck #1 </w:t>
+            </w:r>
+            <w:r w:rsidR="002E37E8">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>– Deck Space</w:t>
+            </w:r>
+            <w:r w:rsidR="004F5392">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="68F70917" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="003075F0" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+          <w:p w14:paraId="4EA717E9" w14:textId="679DF85F" w:rsidR="001D7C8F" w:rsidRPr="003075F0" w:rsidRDefault="001D7C8F" w:rsidP="0023168E">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="003075F0">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>m</w:t>
             </w:r>
             <w:r w:rsidRPr="003075F0">
               <w:rPr>
                 <w:vertAlign w:val="superscript"/>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00C81E95" w14:paraId="1B263AC7" w14:textId="77777777" w:rsidTr="00B65827">
+      <w:tr w:rsidR="001D7C8F" w:rsidRPr="003C6DE1" w14:paraId="196401E7" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6684862A" w14:textId="66837DB8" w:rsidR="001D7C8F" w:rsidRDefault="002E37E8" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2) Deck #2 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="051BDFC3" w14:textId="324E4521" w:rsidR="001D7C8F" w:rsidRPr="003075F0" w:rsidRDefault="001D7C8F" w:rsidP="0023168E">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="001D7C8F" w:rsidRPr="003C6DE1" w14:paraId="40A485D8" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7239FB8C" w14:textId="51553358" w:rsidR="001D7C8F" w:rsidRDefault="002E37E8" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3) Deck #3 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3574105D" w14:textId="7FBEDD0C" w:rsidR="001D7C8F" w:rsidRPr="003075F0" w:rsidRDefault="001D7C8F" w:rsidP="0023168E">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B011CF" w:rsidRPr="003C6DE1" w14:paraId="12CB6ED7" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2A258BBC" w14:textId="1EEAF93D" w:rsidR="00B011CF" w:rsidRDefault="002E37E8" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>4) Deck #4 – Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:tcBorders>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D6E7D57" w14:textId="77777777" w:rsidR="00B011CF" w:rsidRPr="003075F0" w:rsidRDefault="00B011CF" w:rsidP="0023168E">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="002E37E8" w:rsidRPr="003C6DE1" w14:paraId="2F8F5CBA" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56E2D216" w14:textId="38B54ADA" w:rsidR="002E37E8" w:rsidRDefault="0055593F" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>5) Total Deck Space:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="56A2687D" w14:textId="3C40FD22" w:rsidR="002E37E8" w:rsidRPr="003075F0" w:rsidRDefault="0055593F" w:rsidP="0023168E">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>m</w:t>
+            </w:r>
+            <w:r w:rsidRPr="003075F0">
+              <w:rPr>
+                <w:vertAlign w:val="superscript"/>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00B011CF" w:rsidRPr="003C6DE1" w14:paraId="3C0EFF52" w14:textId="77777777" w:rsidTr="00CF728D">
         <w:trPr>
           <w:trHeight w:val="313"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4907" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="61F0AE26" w14:textId="3E61DE46" w:rsidR="00E42D1E" w:rsidRPr="00C81E95" w:rsidRDefault="00C02706" w:rsidP="00C02706">
+          <w:p w14:paraId="4211B30E" w14:textId="645AC356" w:rsidR="00B011CF" w:rsidRPr="003075F0" w:rsidRDefault="00B011CF" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Kingpin S10 laden mass </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E42D1E">
+              <w:t>Imposed Load</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB7171">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(F5)</w:t>
+              <w:t xml:space="preserve"> from Livestock</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A0234B" w:rsidRPr="003C6DE1" w14:paraId="0A82080A" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7BA49477" w14:textId="4CA5ADAA" w:rsidR="00A0234B" w:rsidRDefault="00A0234B" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6) </w:t>
+            </w:r>
+            <w:r w:rsidR="00601321">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Total </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Trailer Imposed Load:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF" w:themeFill="background1"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="6955C9A9" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="003075F0" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+          <w:p w14:paraId="73E09A08" w14:textId="41EA146B" w:rsidR="00A0234B" w:rsidRPr="003075F0" w:rsidRDefault="002E5729" w:rsidP="0023168E">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003075F0">
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w14:paraId="649ACDE3" w14:textId="77777777" w:rsidTr="00B65827">
+      <w:tr w:rsidR="00BE0942" w:rsidRPr="003C6DE1" w14:paraId="58F53F54" w14:textId="77777777" w:rsidTr="00CF728D">
         <w:trPr>
           <w:trHeight w:val="313"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4907" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="24A9AABA" w14:textId="4B98E897" w:rsidR="00E42D1E" w:rsidRDefault="00C02706" w:rsidP="00C02706">
+          <w:p w14:paraId="2C3A705C" w14:textId="502FDFD1" w:rsidR="00BE0942" w:rsidRDefault="00BE0942" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Rear axle group S10 laden mass </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E42D1E">
+              <w:t>Imposed Load from Additional Semitrailer (if</w:t>
+            </w:r>
+            <w:r w:rsidR="00C75792">
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(R5)</w:t>
+              <w:t xml:space="preserve"> trailer is fitted with a fifth wheel coupling</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E52738" w:rsidRPr="003C6DE1" w14:paraId="2F4C7F58" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1BAD5236" w14:textId="4B126514" w:rsidR="00E52738" w:rsidRDefault="00825873" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Is </w:t>
+            </w:r>
+            <w:r w:rsidR="00CB4485">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">An </w:t>
+            </w:r>
+            <w:r w:rsidR="00C770F3">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Additional </w:t>
+            </w:r>
+            <w:r w:rsidR="00D5085C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>15</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4099">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>,00</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5085C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF4099">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5085C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Imposed Load</w:t>
+            </w:r>
+            <w:r w:rsidR="00CB4485">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Being Applied</w:t>
+            </w:r>
+            <w:r w:rsidR="00D5085C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="1C077185" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="003075F0" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+          <w:p w14:paraId="43ABC25F" w14:textId="2293912B" w:rsidR="00E52738" w:rsidRDefault="00C94B2E" w:rsidP="00055CD7">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
-              <w:jc w:val="right"/>
+              <w:jc w:val="center"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003075F0">
-[...3 lines deleted...]
-              <w:t>kg</w:t>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Y</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:t xml:space="preserve"> ​</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-226148383"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="0002101D">
+              <w:t xml:space="preserve"> ​</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> N</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0002101D">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:sdt>
+              <w:sdtPr>
+                <w:id w:val="-773553020"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r>
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+            <w:r w:rsidRPr="0002101D">
+              <w:t xml:space="preserve"> ​</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00E42D1E" w14:paraId="13C841B7" w14:textId="77777777" w:rsidTr="00B65827">
+      <w:tr w:rsidR="00021D6A" w:rsidRPr="003C6DE1" w14:paraId="30748018" w14:textId="77777777" w:rsidTr="00CF728D">
         <w:trPr>
           <w:trHeight w:val="313"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4907" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="21D95DC0" w14:textId="441FB56F" w:rsidR="00E42D1E" w:rsidRDefault="00C02706" w:rsidP="00CC1200">
+          <w:p w14:paraId="43E12C7D" w14:textId="4FA40040" w:rsidR="00021D6A" w:rsidRDefault="00021D6A" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t xml:space="preserve">Vehicle S10 laden mass </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00E42D1E">
+              <w:t>Weight Distribution</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05BF4" w:rsidRPr="00C81E95" w14:paraId="4CBA0A96" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="19665B30" w14:textId="4C85044E" w:rsidR="00F05BF4" w:rsidRDefault="00F05BF4" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
-              <w:t>(F5+R5)</w:t>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7) Forward Axle Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="004F76E9">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (FAM):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5187" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
-            <w:vAlign w:val="bottom"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="2AEE51E3" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="003075F0" w:rsidRDefault="00E42D1E" w:rsidP="00E94E0C">
+          <w:p w14:paraId="06C4F364" w14:textId="24602137" w:rsidR="00F05BF4" w:rsidRDefault="002E5729" w:rsidP="0023168E">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
               <w:jc w:val="right"/>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003075F0">
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05BF4" w:rsidRPr="00C81E95" w14:paraId="2E3DB904" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="191CB328" w14:textId="5D3C863E" w:rsidR="00F05BF4" w:rsidRDefault="004F76E9" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8) Rearward Axle Mass (RAM)</w:t>
+            </w:r>
+            <w:r w:rsidR="002173F4">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D11C84A" w14:textId="775F21E1" w:rsidR="00F05BF4" w:rsidRDefault="002E5729" w:rsidP="0023168E">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A50761" w:rsidRPr="00C81E95" w14:paraId="15541867" w14:textId="77777777" w:rsidTr="00CF728D">
+        <w:trPr>
+          <w:trHeight w:val="313"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="775F1275" w14:textId="4F839208" w:rsidR="00A50761" w:rsidRDefault="00D962F2" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>S10 Kingpin and Rear Axle Laden Masses</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00C81E95" w14:paraId="1B263AC7" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="61F0AE26" w14:textId="12B78FDE" w:rsidR="00E42D1E" w:rsidRPr="00C81E95" w:rsidRDefault="00F52FCD" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00D962F2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Kingpin S10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7EA2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7EA2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ass</w:t>
+            </w:r>
+            <w:r w:rsidR="00F60D15">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="004C3C87">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="007C19C7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00651B85">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+            <w:r w:rsidR="004C3C87">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidR="00632B0E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00C43393">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>7)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6955C9A9" w14:textId="72B9689F" w:rsidR="00E42D1E" w:rsidRPr="003075F0" w:rsidRDefault="002E5729" w:rsidP="0023168E">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E42D1E" w14:paraId="649ACDE3" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="24A9AABA" w14:textId="5DA88943" w:rsidR="00E42D1E" w:rsidRDefault="00F52FCD" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00D962F2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7EA2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Trailer Axle</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7EA2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">roup S10 </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7EA2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7EA2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>as</w:t>
+            </w:r>
+            <w:r w:rsidR="00DB7EA2">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidR="00F60D15">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00502297">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="007C19C7">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00DE68B1">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00502297">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> + </w:t>
+            </w:r>
+            <w:r w:rsidR="00632B0E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00502297">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>8)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C077185" w14:textId="136853EF" w:rsidR="00E42D1E" w:rsidRPr="003075F0" w:rsidRDefault="002E5729" w:rsidP="0023168E">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E42D1E" w14:paraId="13C841B7" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4907" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="21D95DC0" w14:textId="7E6925F1" w:rsidR="00E42D1E" w:rsidRDefault="00F52FCD" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3C50">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="004C3C87">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>11</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">) </w:t>
+            </w:r>
+            <w:r w:rsidR="00585A31">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> S10 </w:t>
+            </w:r>
+            <w:r w:rsidR="006C3D2C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="006C3D2C">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidR="00C02706">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>ass</w:t>
+            </w:r>
+            <w:r w:rsidR="00B65A4B">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidR="00402939">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00632B0E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00402939">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve">9 + </w:t>
+            </w:r>
+            <w:r w:rsidR="00632B0E">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00402939">
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5187" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2AEE51E3" w14:textId="36BD5057" w:rsidR="00E42D1E" w:rsidRPr="003075F0" w:rsidRDefault="002E5729" w:rsidP="0023168E">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:lang w:val="en-US"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
               <w:rPr>
                 <w:lang w:val="en-US"/>
               </w:rPr>
               <w:t>kg</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
+    <w:p w14:paraId="10F87298" w14:textId="13FBD2E9" w:rsidR="00372DEE" w:rsidRDefault="00372DEE" w:rsidP="00380BDC">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">Assessment </w:t>
+      </w:r>
+      <w:r w:rsidR="00D048F3">
+        <w:t>–</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> Trailer</w:t>
+      </w:r>
+      <w:r w:rsidR="00D048F3">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r>
+        <w:t>S10 Laden Mass</w:t>
+      </w:r>
+    </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid2"/>
-        <w:tblW w:w="4919" w:type="pct"/>
+        <w:tblW w:w="4927" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="261"/>
-        <w:gridCol w:w="8754"/>
+        <w:gridCol w:w="237"/>
+        <w:gridCol w:w="8969"/>
         <w:gridCol w:w="425"/>
-        <w:gridCol w:w="286"/>
-        <w:gridCol w:w="368"/>
+        <w:gridCol w:w="479"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00094010" w:rsidRPr="00E42D1E" w14:paraId="5561F146" w14:textId="77777777" w:rsidTr="000107E7">
+      <w:tr w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w14:paraId="01734801" w14:textId="77777777" w:rsidTr="00132B23">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9015" w:type="dxa"/>
+            <w:tcW w:w="9206" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="4364CD8D" w14:textId="7B84E8AB" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="000107E7">
+          <w:p w14:paraId="2957008C" w14:textId="34661CAF" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="004351C8">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42D1E">
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:lastRenderedPageBreak/>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E42D1E">
+              <w:t xml:space="preserve">Assessment </w:t>
+            </w:r>
+            <w:r w:rsidR="00D048F3">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:tab/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E42D1E">
+              <w:t>–</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:tab/>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E42D1E">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00D048F3">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:tab/>
-[...2 lines deleted...]
-            <w:r w:rsidR="0067289B" w:rsidRPr="00E42D1E">
+              <w:t xml:space="preserve">Trailer </w:t>
+            </w:r>
+            <w:r w:rsidR="007247F0">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>no</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E42D1E">
+              <w:t xml:space="preserve">S10 </w:t>
+            </w:r>
+            <w:r w:rsidR="000E6E17">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> as applicable: (If </w:t>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00E42D1E">
+              <w:t>Laden Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>No</w:t>
-[...2 lines deleted...]
-            <w:r w:rsidR="0067289B">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>,</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="00E42D1E">
+              <w:tab/>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
               <w:rPr>
                 <w:b/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"> do not proceed with the rating)</w:t>
+              <w:tab/>
+              <w:t xml:space="preserve">                        </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">                                    </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>Check Yes</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> or</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>N</w:t>
+            </w:r>
+            <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
+              <w:rPr>
+                <w:b/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>o as applicable:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:bottom w:val="nil"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="0D2E62D5" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="000107E7">
+          <w:p w14:paraId="09BCC1D2" w14:textId="77777777" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="00BD2B02">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42D1E">
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>Yes</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
               <w:left w:val="nil"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="4792393B" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="000107E7">
+          <w:p w14:paraId="2964494A" w14:textId="2AE9D363" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="00BD2B02">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E42D1E">
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
               <w:t>No</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00705A5C" w:rsidRPr="0058409B" w14:paraId="5711B24C" w14:textId="77777777" w:rsidTr="00132B23">
+        <w:trPr>
+          <w:trHeight w:val="305"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="10110" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
+            <w:vAlign w:val="center"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAA5A95" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="000107E7">
+          <w:p w14:paraId="3F0C547A" w14:textId="4EF43957" w:rsidR="00705A5C" w:rsidRPr="0058409B" w:rsidRDefault="0058409B" w:rsidP="0072361C">
             <w:pPr>
-              <w:keepLines/>
-              <w:spacing w:before="30" w:after="30"/>
+              <w:spacing w:before="0"/>
               <w:jc w:val="center"/>
               <w:rPr>
+                <w:b/>
+                <w:bCs/>
                 <w:szCs w:val="18"/>
-                <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve">If the answer is 'No' to any of the </w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t>assessments</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="0058409B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> then S10 certification MUST NOT proceed.</w:t>
+            </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00094010" w:rsidRPr="00E42D1E" w14:paraId="13ECCB39" w14:textId="77777777" w:rsidTr="000107E7">
+      <w:tr w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w14:paraId="3ECC1F4C" w14:textId="77777777" w:rsidTr="008F7419">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="297200E5" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="000107E7">
+          <w:p w14:paraId="3E9DF8D9" w14:textId="77777777" w:rsidR="00BD2B02" w:rsidRPr="008759C1" w:rsidRDefault="00BD2B02">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42D1E">
+            <w:r w:rsidRPr="008759C1">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8754" w:type="dxa"/>
+            <w:tcW w:w="8969" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="15990B57" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="000107E7">
+          <w:p w14:paraId="4D60764C" w14:textId="7E97CD64" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="00CC62CC">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Is the applicable vehicle S10 mass less than or equal to the values recorded above in the manufacturer’s mass ratings?</w:t>
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r w:rsidR="006A4196">
+              <w:t>Kingpin S10 Laden Mass</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF4664">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF4664">
+              <w:t>9)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than or equal to 1</w:t>
+            </w:r>
+            <w:r w:rsidR="009A4C4C">
+              <w:t>5,000kg</w:t>
+            </w:r>
+            <w:r>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2B54BA49" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000" w:rsidP="000107E7">
+          <w:p w14:paraId="08A72245" w14:textId="77777777" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-674561351"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00094010" w:rsidRPr="00E42D1E">
+                <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
                   <w:rPr>
                     <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
               <w:left w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="6C7B4667" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000" w:rsidP="000107E7">
+          <w:p w14:paraId="0EDA70AF" w14:textId="77777777" w:rsidR="00BD2B02" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="-1249109233"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00094010" w:rsidRPr="00E42D1E">
+                <w:r w:rsidR="00BD2B02" w:rsidRPr="00E42D1E">
                   <w:rPr>
                     <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
-        <w:tc>
-[...19 lines deleted...]
-        </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00094010" w:rsidRPr="00E42D1E" w14:paraId="199787F4" w14:textId="77777777" w:rsidTr="000107E7">
+      <w:tr w:rsidR="00272D86" w:rsidRPr="00E42D1E" w14:paraId="06BBF613" w14:textId="77777777" w:rsidTr="008F7419">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="261" w:type="dxa"/>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="7E3CFDDB" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="000107E7">
+          <w:p w14:paraId="37D98B3D" w14:textId="5D5F3613" w:rsidR="00272D86" w:rsidRPr="008759C1" w:rsidRDefault="00102A9A" w:rsidP="00272D86">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00E42D1E">
+            <w:r>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="8754" w:type="dxa"/>
+            <w:tcW w:w="8969" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="04E3A496" w14:textId="6343F0C5" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="004E20F8">
+          <w:p w14:paraId="2FBF7AD4" w14:textId="16147DE4" w:rsidR="00272D86" w:rsidRPr="00E42D1E" w:rsidRDefault="00272D86" w:rsidP="00272D86">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:r>
-              <w:t>Is the maximum kingpin load less than or equal to 15,000kg?</w:t>
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t xml:space="preserve">Trailer Axle Group S10 Laden Mass </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927" w:rsidRPr="00F96733">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927" w:rsidRPr="00F96733">
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t>Axle M</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve">anufacturer’s </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidR="00687C41">
+              <w:t>oad</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t>R</w:t>
+            </w:r>
+            <w:r>
+              <w:t>atings</w:t>
+            </w:r>
+            <w:r w:rsidR="001F2927">
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="00966A2E">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4539">
+              <w:t>8</w:t>
+            </w:r>
+            <w:r w:rsidR="0077453E">
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:t>?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="425" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:right w:val="nil"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="2C2DC2DE" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000" w:rsidP="000107E7">
+          <w:p w14:paraId="5FD7DE6C" w14:textId="103BD621" w:rsidR="00272D86" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000" w:rsidP="00272D86">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="1686402494"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00094010" w:rsidRPr="00E42D1E">
+                <w:r w:rsidR="00272D86">
                   <w:rPr>
-                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="286" w:type="dxa"/>
+            <w:tcW w:w="479" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="nil"/>
-              <w:right w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="72999736" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000" w:rsidP="000107E7">
+          <w:p w14:paraId="777CB30B" w14:textId="77777777" w:rsidR="00272D86" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000" w:rsidP="00272D86">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
             <w:sdt>
               <w:sdtPr>
                 <w:rPr>
                   <w:szCs w:val="18"/>
                   <w:lang w:eastAsia="en-AU"/>
                 </w:rPr>
                 <w:id w:val="1483358054"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r w:rsidR="00094010" w:rsidRPr="00E42D1E">
+                <w:r w:rsidR="00272D86" w:rsidRPr="00E42D1E">
                   <w:rPr>
                     <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
                     <w:szCs w:val="18"/>
                     <w:lang w:eastAsia="en-AU"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0077453E" w:rsidRPr="00E42D1E" w14:paraId="14738978" w14:textId="77777777" w:rsidTr="0092042F">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="368" w:type="dxa"/>
+            <w:tcW w:w="237" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="nil"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="01385D6C" w14:textId="2980B3D8" w:rsidR="0077453E" w:rsidRPr="008759C1" w:rsidRDefault="00102A9A" w:rsidP="0092042F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>3</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
               <w:left w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
             </w:tcBorders>
           </w:tcPr>
-          <w:p w14:paraId="094AE749" w14:textId="77777777" w:rsidR="00094010" w:rsidRPr="00E42D1E" w:rsidRDefault="00094010" w:rsidP="000107E7">
+          <w:p w14:paraId="6A64AE55" w14:textId="3AD2B9E9" w:rsidR="0077453E" w:rsidRPr="00E42D1E" w:rsidRDefault="0077453E" w:rsidP="0092042F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:t xml:space="preserve">Is the Trailer Axle Group S10 Laden Mass </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96733">
+              <w:t>(</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00F96733">
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than or equal to the Suspension Manufacturer’s Load Ratings (B</w:t>
+            </w:r>
+            <w:r w:rsidR="00BA4539">
+              <w:t>9</w:t>
+            </w:r>
+            <w:r>
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="3380D244" w14:textId="77777777" w:rsidR="0077453E" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000" w:rsidP="0092042F">
             <w:pPr>
               <w:keepLines/>
               <w:spacing w:before="30" w:after="30"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:szCs w:val="18"/>
                 <w:lang w:eastAsia="en-AU"/>
               </w:rPr>
             </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1379089254"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="0077453E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="700F4268" w14:textId="77777777" w:rsidR="0077453E" w:rsidRPr="00E42D1E" w:rsidRDefault="00000000" w:rsidP="0092042F">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1227062835"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="0077453E" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00102A9A" w:rsidRPr="00E42D1E" w14:paraId="0BE7EDE7" w14:textId="77777777" w:rsidTr="00A56092">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="07F604C1" w14:textId="53FBDA0F" w:rsidR="00102A9A" w:rsidRPr="008759C1" w:rsidRDefault="00102A9A" w:rsidP="00A56092">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="04212281" w14:textId="77777777" w:rsidR="00102A9A" w:rsidRPr="00227E08" w:rsidRDefault="00102A9A" w:rsidP="00A56092">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>Is the Trailer Axle Group S10 Laden Mass (</w:t>
+            </w:r>
+            <w:r>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t>10)</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> less than, or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00227E08">
+              <w:t xml:space="preserve">Total Axle Group Tyre Load Capacity </w:t>
+            </w:r>
+            <w:r>
+              <w:t>(B12)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="06355FCC" w14:textId="77777777" w:rsidR="00102A9A" w:rsidRDefault="00000000" w:rsidP="00A56092">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="8347654"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00102A9A">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="48A8B9AD" w14:textId="77777777" w:rsidR="00102A9A" w:rsidRDefault="00000000" w:rsidP="00A56092">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1740246726"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00102A9A" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00272D86" w:rsidRPr="00E42D1E" w14:paraId="59C2AE4E" w14:textId="77777777" w:rsidTr="008F7419">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="5E48C795" w14:textId="75657A38" w:rsidR="00272D86" w:rsidRPr="008759C1" w:rsidRDefault="0077453E" w:rsidP="00272D86">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="291D7539" w14:textId="5E3E5AF3" w:rsidR="00272D86" w:rsidRPr="002C24C0" w:rsidRDefault="00D81332" w:rsidP="00272D86">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">railer </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidR="00357139" w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">xle </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>G</w:t>
+            </w:r>
+            <w:r w:rsidR="00357139" w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">roup </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>S10</w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t xml:space="preserve"> L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="00357139" w:rsidRPr="002C24C0">
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">) less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidR="00703C53">
+              <w:t>Trailer M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">anufacturer's </w:t>
+            </w:r>
+            <w:r w:rsidR="00703C53">
+              <w:t xml:space="preserve">GTM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>rating (</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6BDA">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4B5F">
+              <w:t>2</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6A26DA3B" w14:textId="0787A7D9" w:rsidR="00272D86" w:rsidRDefault="00000000" w:rsidP="00272D86">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1706784134"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00272D86">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="6F8EF10F" w14:textId="1DD13626" w:rsidR="00272D86" w:rsidRDefault="00000000" w:rsidP="00272D86">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-821510793"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00272D86" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A0037E" w:rsidRPr="00E42D1E" w14:paraId="63A30DE0" w14:textId="77777777" w:rsidTr="004F19CC">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="237" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="342933F1" w14:textId="15000E62" w:rsidR="00A0037E" w:rsidRPr="008759C1" w:rsidRDefault="0077453E" w:rsidP="00A0037E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>6</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8969" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2BBA7C4B" w14:textId="7BA63559" w:rsidR="00A0037E" w:rsidRDefault="00A0037E" w:rsidP="00A0037E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+            </w:pPr>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">Is the </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">railer S10 </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>L</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">aden </w:t>
+            </w:r>
+            <w:r w:rsidR="000B5661">
+              <w:t>M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>ass (</w:t>
+            </w:r>
+            <w:r w:rsidR="00BB3A58">
+              <w:t>D</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">) less than or equal to the </w:t>
+            </w:r>
+            <w:r w:rsidR="002E4B5F">
+              <w:t>Trailer M</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t xml:space="preserve">anufacturer's </w:t>
+            </w:r>
+            <w:r w:rsidR="002E4B5F">
+              <w:t xml:space="preserve">ATM </w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>rating (</w:t>
+            </w:r>
+            <w:r w:rsidR="002E6BDA">
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="002E4B5F">
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidRPr="002C24C0">
+              <w:t>)?</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="425" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="nil"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="2C3F179F" w14:textId="585E4DFC" w:rsidR="00A0037E" w:rsidRDefault="00000000" w:rsidP="00A0037E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="-1665382069"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A0037E">
+                  <w:rPr>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="479" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="nil"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="0B7A0874" w14:textId="70CBDCA6" w:rsidR="00A0037E" w:rsidRDefault="00000000" w:rsidP="00A0037E">
+            <w:pPr>
+              <w:keepLines/>
+              <w:spacing w:before="30" w:after="30"/>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:szCs w:val="18"/>
+                <w:lang w:eastAsia="en-AU"/>
+              </w:rPr>
+            </w:pPr>
+            <w:sdt>
+              <w:sdtPr>
+                <w:rPr>
+                  <w:szCs w:val="18"/>
+                  <w:lang w:eastAsia="en-AU"/>
+                </w:rPr>
+                <w:id w:val="495151416"/>
+                <w14:checkbox>
+                  <w14:checked w14:val="0"/>
+                  <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
+                  <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
+                </w14:checkbox>
+              </w:sdtPr>
+              <w:sdtContent>
+                <w:r w:rsidR="00A0037E" w:rsidRPr="00E42D1E">
+                  <w:rPr>
+                    <w:rFonts w:eastAsia="MS Gothic" w:hint="eastAsia"/>
+                    <w:szCs w:val="18"/>
+                    <w:lang w:eastAsia="en-AU"/>
+                  </w:rPr>
+                  <w:t>☐</w:t>
+                </w:r>
+              </w:sdtContent>
+            </w:sdt>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="048DD191" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRPr="003075F0" w:rsidRDefault="00E42D1E" w:rsidP="003075F0">
+    <w:p w14:paraId="02DF47E3" w14:textId="3D091B64" w:rsidR="003848AE" w:rsidRPr="008043AC" w:rsidRDefault="003848AE" w:rsidP="00A10CF6">
       <w:pPr>
-        <w:spacing w:after="120"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="003075F0">
+      <w:r w:rsidRPr="008043AC">
         <w:rPr>
-          <w:b/>
-[...1 lines deleted...]
-          <w:szCs w:val="20"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
         </w:rPr>
-        <w:t>Additional Information</w:t>
+        <w:t xml:space="preserve">Part </w:t>
+      </w:r>
+      <w:r w:rsidR="00632E0E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>E</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7AC8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>–</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7AC8">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>S10 Livestock Loading Modification Plate</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6E039E7D" w14:textId="66F83173" w:rsidR="00E26ED4" w:rsidRDefault="00E26ED4" w:rsidP="00380BDC">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t>Vehicle Manufacturer's Plate</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4919" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="10094"/>
+        <w:gridCol w:w="5047"/>
+        <w:gridCol w:w="5047"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00E42D1E" w:rsidRPr="00A175B8" w14:paraId="470D8A2B" w14:textId="77777777" w:rsidTr="00E42D1E">
+      <w:tr w:rsidR="00E26ED4" w:rsidRPr="001A0D67" w14:paraId="172A158B" w14:textId="77777777" w:rsidTr="001603F6">
         <w:trPr>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="E6F0FB"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="4FAD511C" w14:textId="43A09DFC" w:rsidR="00E42D1E" w:rsidRPr="00A175B8" w:rsidRDefault="00E42D1E" w:rsidP="00E42D1E">
+          <w:p w14:paraId="1BE40F42" w14:textId="77777777" w:rsidR="00E26ED4" w:rsidRPr="001A0D67" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
             <w:pPr>
-              <w:pStyle w:val="Table09text"/>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
-                <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r>
+            <w:r w:rsidRPr="001A0D67">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t>Weight distribution calculations</w:t>
+              <w:t>Vehicle Manufacturer's Details</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D3FE1" w14:paraId="3013CF5B" w14:textId="77777777" w:rsidTr="00127819">
+      <w:tr w:rsidR="00E26ED4" w14:paraId="17E46DE1" w14:textId="77777777" w:rsidTr="001603F6">
         <w:trPr>
-          <w:trHeight w:val="5007"/>
+          <w:trHeight w:val="64"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10094" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="10EEB148" w14:textId="77777777" w:rsidR="003D3FE1" w:rsidRDefault="003D3FE1" w:rsidP="007678CF">
+          <w:p w14:paraId="448942AC" w14:textId="2A219FB2" w:rsidR="00E26ED4" w:rsidRPr="004F61BE" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>Record information from the vehicle manufacturer’s rating plate, affixed to the</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0308">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> by the manufacturer. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="60CF9DC5" w14:textId="66F3E76B" w:rsidR="00E26ED4" w:rsidRPr="004F61BE" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="paragraph"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:spacing w:before="0" w:beforeAutospacing="0" w:after="0" w:afterAutospacing="0"/>
+              <w:ind w:left="336" w:hanging="284"/>
+              <w:textAlignment w:val="baseline"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Where the vehicle has been assessed/modified/re-rated and approved in accordance with VS</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="000F0308">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 6</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">, use the information from the </w:t>
+            </w:r>
+            <w:r w:rsidR="00C71A4C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>VSB</w:t>
+            </w:r>
+            <w:r w:rsidR="00352227">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00C71A4C">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">6 </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="normaltextrun"/>
+                <w:rFonts w:ascii="Calibri" w:eastAsiaTheme="majorEastAsia" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>modification plate. </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004F61BE">
+              <w:rPr>
+                <w:rStyle w:val="eop"/>
+                <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri" w:cs="Calibri"/>
+                <w:sz w:val="18"/>
+                <w:szCs w:val="18"/>
+              </w:rPr>
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00D416F1" w14:paraId="717DC577" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="686D29C5" w14:textId="018B3D6E" w:rsidR="00D416F1" w:rsidRDefault="00D416F1" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Manufacturer Make/Model:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3EE85125" w14:textId="77777777" w:rsidR="00D416F1" w:rsidRPr="0098376C" w:rsidRDefault="00D416F1" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E26ED4" w14:paraId="641B5239" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2969B879" w14:textId="77777777" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group Tyre Size:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="57D6BCF1" w14:textId="77777777" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E26ED4" w14:paraId="5FCDB4B3" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="072E4B66" w14:textId="77777777" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rear Axle Group Tyre Capacity:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="160F30BE" w14:textId="782C4FAE" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="009A4C4C" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00A82D3D" w14:paraId="232561FD" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="181E8F48" w14:textId="47A35A87" w:rsidR="00A82D3D" w:rsidRDefault="00A82D3D" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Tare Mass:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="676B86F5" w14:textId="457A56A2" w:rsidR="00A82D3D" w:rsidRDefault="009A4C4C" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E26ED4" w14:paraId="7E3E7B97" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="719A2266" w14:textId="3675AD17" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00FF280F" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Aggregate Trailer Mass (ATM)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E26ED4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Rating</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B1)</w:t>
+            </w:r>
+            <w:r w:rsidR="00E26ED4">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="4126880F" w14:textId="042E8F9F" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="009A4C4C" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00E26ED4" w14:paraId="2FC38261" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="3E184F62" w14:textId="275B3BF1" w:rsidR="00E26ED4" w:rsidRPr="00E9216E" w:rsidRDefault="00E26ED4" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">Gross </w:t>
+            </w:r>
+            <w:r w:rsidR="00FF280F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Mass (G</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF280F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>M) Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="00FF280F">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (B2)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="45AA426F" w14:textId="3CE52F10" w:rsidR="00E26ED4" w:rsidRPr="0098376C" w:rsidRDefault="009A4C4C" w:rsidP="001603F6">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="4AD579A6" w14:textId="4F8D2A91" w:rsidR="003848AE" w:rsidRDefault="000F0308" w:rsidP="00380BDC">
+      <w:pPr>
+        <w:pStyle w:val="Table11Heading"/>
+      </w:pPr>
+      <w:r>
+        <w:t xml:space="preserve">S10 </w:t>
+      </w:r>
+      <w:r w:rsidR="00AA7AC8">
+        <w:t>Modification Plate Details</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
+        <w:tblW w:w="4919" w:type="pct"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="B0DBEA"/>
+        </w:tblBorders>
+        <w:tblLayout w:type="fixed"/>
+        <w:tblCellMar>
+          <w:left w:w="28" w:type="dxa"/>
+          <w:right w:w="28" w:type="dxa"/>
+        </w:tblCellMar>
+        <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="5047"/>
+        <w:gridCol w:w="5047"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="007C28E5" w:rsidRPr="007C28E5" w14:paraId="4387EA75" w14:textId="77777777" w:rsidTr="00132B23">
+        <w:trPr>
+          <w:trHeight w:val="64"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
+          </w:tcPr>
+          <w:p w14:paraId="029C5C27" w14:textId="46A81E47" w:rsidR="003848AE" w:rsidRPr="007C28E5" w:rsidRDefault="003848AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t>S10</w:t>
+            </w:r>
+            <w:r w:rsidR="4EABEB56" w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Livestock</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007C28E5">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Loading Plate</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003848AE" w14:paraId="65F5CAE5" w14:textId="77777777" w:rsidTr="78AA0B30">
+        <w:trPr>
+          <w:trHeight w:val="64"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="10094" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+          </w:tcPr>
+          <w:p w14:paraId="35C2668D" w14:textId="45B86977" w:rsidR="00CE1577" w:rsidRPr="00CE1577" w:rsidRDefault="00CE1577">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Record information below for the</w:t>
+            </w:r>
+            <w:r w:rsidR="008B47AC">
+              <w:t xml:space="preserve"> relevant fields of the</w:t>
+            </w:r>
+            <w:r>
+              <w:t xml:space="preserve"> S10 modification</w:t>
+            </w:r>
+            <w:r w:rsidRPr="007F7C98">
+              <w:t xml:space="preserve"> plate</w:t>
+            </w:r>
+            <w:r>
+              <w:t>.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="503A5D60" w14:textId="400C5FC2" w:rsidR="003848AE" w:rsidRPr="00AF2BB6" w:rsidRDefault="003848AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Duplicate the below information on the livestock loading S10 plate (maroon in colour). </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="6A1D18AB" w14:textId="77777777" w:rsidR="003848AE" w:rsidRPr="00AF2BB6" w:rsidRDefault="003848AE">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r w:rsidRPr="00BF2FE7">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>Affix the plate to the trailer in a location that is easily visible and accessible.</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="79484E6E" w14:textId="011A8CF5" w:rsidR="003848AE" w:rsidRPr="00BF2FE7" w:rsidRDefault="00B364C7">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:numPr>
+                <w:ilvl w:val="0"/>
+                <w:numId w:val="18"/>
+              </w:numPr>
+              <w:ind w:left="345" w:hanging="284"/>
+              <w:jc w:val="left"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>A</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ll </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>unused</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> fields on the Livestock loading (S10) Plate </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>must</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidRPr="0013590B">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t>be</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:rPr>
+                <w:lang w:val="en-GB"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> blanked out with three (3), or more, ‘X’ (For example: ‘XXX’)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AF2BB6">
+              <w:t> </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="5BA20AE9" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="14F2E181" w14:textId="7B904258" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Vehicle Identification Number (VIN)/Chassis Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="44C1D8AC" w14:textId="77777777" w:rsidR="0093438C" w:rsidRDefault="0093438C" w:rsidP="0093438C">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="right"/>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="2D6B9689" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="217593A0" w14:textId="4DB72C2D" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Approved Vehicle Examiner Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="36AD3233" w14:textId="77777777" w:rsidR="0093438C" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="7158652D" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="137ACE9A" w14:textId="07268C06" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Certificate Number:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="6954B2B3" w14:textId="77777777" w:rsidR="0093438C" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="07B1148A" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="672E5B9E" w14:textId="6CD67534" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00E9216E">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="787DA85E" w14:textId="77777777" w:rsidR="0093438C" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="0093438C" w14:paraId="687A18CB" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F6DA54F" w14:textId="66B26FCA" w:rsidR="0093438C" w:rsidRPr="00E9216E" w:rsidRDefault="0093438C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6042">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>11)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="1C6BA3DD" w14:textId="589E28C4" w:rsidR="0093438C" w:rsidRDefault="009A4C4C" w:rsidP="0093438C">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05ADA" w14:paraId="55EBCACD" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2F1616D6" w14:textId="10ECB4CB" w:rsidR="00F05ADA" w:rsidRPr="00E9216E" w:rsidRDefault="00F05ADA" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Kingpin S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6042">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>9)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="7D76E994" w14:textId="70F1CDBD" w:rsidR="00F05ADA" w:rsidRPr="006D0C70" w:rsidRDefault="009A4C4C" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05ADA" w14:paraId="3810C820" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="51CFF403" w14:textId="39449A4A" w:rsidR="00F05ADA" w:rsidRPr="00E9216E" w:rsidRDefault="00F05ADA" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Trailer Axle Group S10 Laden Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6042">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>D</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>10)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="31D0F341" w14:textId="3E92E5FF" w:rsidR="00F05ADA" w:rsidRPr="006D0C70" w:rsidRDefault="009A4C4C" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05ADA" w14:paraId="0F12D785" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="76DA4059" w14:textId="54D2E075" w:rsidR="00F05ADA" w:rsidRPr="00E9216E" w:rsidRDefault="00F05ADA" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">S10 Tyre Size/Load </w:t>
+            </w:r>
+            <w:r w:rsidR="007F07E1">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>Rating</w:t>
+            </w:r>
+            <w:r w:rsidR="002141BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6042">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B</w:t>
+            </w:r>
+            <w:r w:rsidR="00996874">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5B53">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>0</w:t>
+            </w:r>
+            <w:r w:rsidR="002141BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>/</w:t>
+            </w:r>
+            <w:r w:rsidR="007C6042">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>B1</w:t>
+            </w:r>
+            <w:r w:rsidR="003A5B53">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>1</w:t>
+            </w:r>
+            <w:r w:rsidR="002141BC">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="2DE39689" w14:textId="2730371D" w:rsidR="00F05ADA" w:rsidRPr="006D0C70" w:rsidRDefault="00F05ADA" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00F05ADA" w14:paraId="199FA3C0" w14:textId="77777777" w:rsidTr="0023168E">
+        <w:trPr>
+          <w:trHeight w:val="340"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="60E2C34F" w14:textId="5EBEF5AE" w:rsidR="00F05ADA" w:rsidRPr="00E9216E" w:rsidRDefault="00F05ADA" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="left"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>T</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5FEF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>otal T</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>railer Unladen Mass: (</w:t>
+            </w:r>
+            <w:r w:rsidR="00C17805">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="009D5FEF">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>2</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="5047" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+          </w:tcPr>
+          <w:p w14:paraId="766B9E2A" w14:textId="59526137" w:rsidR="00F05ADA" w:rsidRPr="00EE748D" w:rsidRDefault="009A4C4C" w:rsidP="00F05ADA">
+            <w:pPr>
+              <w:pStyle w:val="Table09text-centre"/>
+              <w:jc w:val="right"/>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t>kg</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
     </w:tbl>
-    <w:p w14:paraId="062FD17C" w14:textId="37A95B43" w:rsidR="005C6F33" w:rsidRPr="003D3FE1" w:rsidRDefault="005C6F33" w:rsidP="00E94E0C">
+    <w:p w14:paraId="062FD17C" w14:textId="3C3B18EE" w:rsidR="005C6F33" w:rsidRPr="008043AC" w:rsidRDefault="005C6F33" w:rsidP="00A10CF6">
       <w:pPr>
-        <w:pStyle w:val="Table11Heading"/>
+        <w:pStyle w:val="PageTitle"/>
+        <w:spacing w:before="40" w:after="0"/>
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t xml:space="preserve">Part </w:t>
       </w:r>
-      <w:r w:rsidR="00080AF1">
+      <w:r w:rsidR="00632E0E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>F</w:t>
+      </w:r>
+      <w:r w:rsidR="003D3FE1" w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - </w:t>
+      </w:r>
+      <w:r w:rsidR="00557CA2">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>Authorisation</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00B97555">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>&amp;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00632E0E">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="003D3FE1">
-[...3 lines deleted...]
-        <w:t>Vehicle details and declarations</w:t>
+      <w:r w:rsidRPr="008043AC">
+        <w:rPr>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+        </w:rPr>
+        <w:t>eclaration</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73843346" w14:textId="03D9A531" w:rsidR="00764716" w:rsidRDefault="006A4D48" w:rsidP="00E94E0C">
+    <w:p w14:paraId="73843346" w14:textId="03D9A531" w:rsidR="00764716" w:rsidRDefault="006A4D48" w:rsidP="00380BDC">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">AVE </w:t>
       </w:r>
       <w:r w:rsidR="00764716">
         <w:t>Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4940" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4141"/>
         <w:gridCol w:w="4536"/>
         <w:gridCol w:w="1460"/>
       </w:tblGrid>
-      <w:tr w:rsidR="009D49EE" w14:paraId="44E0185D" w14:textId="77777777" w:rsidTr="009D49EE">
+      <w:tr w:rsidR="007C28E5" w:rsidRPr="007C28E5" w14:paraId="44E0185D" w14:textId="77777777" w:rsidTr="0C2DB3B0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
           </w:tcPr>
-          <w:p w14:paraId="31AFEB3C" w14:textId="77777777" w:rsidR="009D49EE" w:rsidRPr="003075F0" w:rsidRDefault="009D49EE" w:rsidP="00764716">
+          <w:p w14:paraId="31AFEB3C" w14:textId="77777777" w:rsidR="009D49EE" w:rsidRPr="007C28E5" w:rsidRDefault="009D49EE" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="003075F0">
+            <w:r w:rsidRPr="007C28E5">
               <w:rPr>
                 <w:b/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Declaration by certifier (AVE)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="5DB3AE06" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="5DB3AE06" w14:textId="77777777" w:rsidTr="0C2DB3B0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="10136" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="BFBFBF" w:themeFill="background1" w:themeFillShade="BF"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="64139122" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
+          <w:p w14:paraId="64139122" w14:textId="5E35A723" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text-centre"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00764716">
+            <w:r w:rsidRPr="0C2DB3B0">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
                 <w:lang w:val="en-US" w:eastAsia="en-US"/>
               </w:rPr>
-              <w:t>I am the Approved Person who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
+              <w:t xml:space="preserve">I am the </w:t>
+            </w:r>
+            <w:r w:rsidR="00C71A4C" w:rsidRPr="0C2DB3B0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t>Approved Vehicle Examiner</w:t>
+            </w:r>
+            <w:r w:rsidRPr="0C2DB3B0">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:lang w:val="en-US" w:eastAsia="en-US"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> who completed all the mass calculations and declare that the information in this form is true and correct.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="1C0C8FC4" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="1C0C8FC4" w14:textId="77777777" w:rsidTr="0C2DB3B0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="512812DE" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00E94E0C">
+          <w:p w14:paraId="512812DE" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t xml:space="preserve">Issued </w:t>
             </w:r>
             <w:r w:rsidRPr="003C3A8D">
               <w:t>by</w:t>
             </w:r>
             <w:r>
               <w:t>:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="09689DB4" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00E94E0C">
+          <w:p w14:paraId="09689DB4" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0D76A7B5" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00E94E0C">
+          <w:p w14:paraId="0D76A7B5" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:color w:val="000000"/>
               </w:rPr>
               <w:t xml:space="preserve">AVE </w:t>
             </w:r>
             <w:r>
               <w:t>no.:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00764716" w14:paraId="0935F637" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="00764716" w14:paraId="0935F637" w14:textId="77777777" w:rsidTr="0C2DB3B0">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="28F410D8" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="3637029D" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="776C1A32" w14:textId="77777777" w:rsidR="00764716" w:rsidRDefault="00764716" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="6C214C6C" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="6C214C6C" w14:textId="77777777" w:rsidTr="0C2DB3B0">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="76334DCE" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00E94E0C">
+          <w:p w14:paraId="76334DCE" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Signed:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="293CD006" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00E94E0C">
+          <w:p w14:paraId="293CD006" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Telephone:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
           </w:tcPr>
-          <w:p w14:paraId="1D053725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00E94E0C">
+          <w:p w14:paraId="1D053725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Date:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="455805A8" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="455805A8" w14:textId="77777777" w:rsidTr="0C2DB3B0">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4140" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="547DBE19" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="76F2B074" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="57683725" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1460" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="54185A96" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00764716">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="5CDDDDB7" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="006A4D48" w:rsidP="00E94E0C">
+    <w:p w14:paraId="5CDDDDB7" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="006A4D48" w:rsidP="00380BDC">
       <w:pPr>
         <w:pStyle w:val="Table11Heading"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Owner/supplier </w:t>
       </w:r>
       <w:r w:rsidR="003B5897">
         <w:t>Authorisation</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="4946" w:type="pct"/>
         <w:jc w:val="center"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="95D0E3"/>
         </w:tblBorders>
         <w:tblLayout w:type="fixed"/>
         <w:tblCellMar>
           <w:left w:w="28" w:type="dxa"/>
           <w:right w:w="28" w:type="dxa"/>
         </w:tblCellMar>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4138"/>
         <w:gridCol w:w="4536"/>
-        <w:gridCol w:w="1475"/>
+        <w:gridCol w:w="88"/>
+        <w:gridCol w:w="1387"/>
       </w:tblGrid>
-      <w:tr w:rsidR="003B5897" w14:paraId="0C37F170" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="007C28E5" w:rsidRPr="007C28E5" w14:paraId="0C37F170" w14:textId="77777777" w:rsidTr="009C17E7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="10149" w:type="dxa"/>
+            <w:gridSpan w:val="4"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...2 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F9FC"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="408287" w:themeFill="text2"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="468F8D99" w14:textId="77777777" w:rsidR="003B5897" w:rsidRPr="003B5897" w:rsidRDefault="003B5897" w:rsidP="009D49EE">
+          <w:p w14:paraId="468F8D99" w14:textId="7EFE5FBC" w:rsidR="003B5897" w:rsidRPr="007C28E5" w:rsidRDefault="003B5897" w:rsidP="16701661">
             <w:pPr>
               <w:ind w:right="-33"/>
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00D01AE0">
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve">As the </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
                 <w:id w:val="299198410"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="16701661">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidRPr="16701661">
+              <w:rPr>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Owner</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> / </w:t>
             </w:r>
             <w:sdt>
               <w:sdtPr>
+                <w:rPr>
+                  <w:color w:val="FFFFFF" w:themeColor="background1"/>
+                </w:rPr>
                 <w:id w:val="2041322485"/>
                 <w14:checkbox>
                   <w14:checked w14:val="0"/>
                   <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
                   <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
                 </w14:checkbox>
               </w:sdtPr>
               <w:sdtContent>
-                <w:r>
+                <w:r w:rsidRPr="16701661">
                   <w:rPr>
-                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
+                    <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic"/>
+                    <w:color w:val="FFFFFF" w:themeColor="background1"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:sdtContent>
             </w:sdt>
-            <w:r>
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:u w:val="single"/>
               </w:rPr>
               <w:t>Supplier</w:t>
             </w:r>
-            <w:r w:rsidRPr="00D01AE0">
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> (select applicable) of the </w:t>
+            </w:r>
+            <w:r w:rsidR="626353AB" w:rsidRPr="16701661">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="16701661">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> described in this form, I declare that the </w:t>
+            </w:r>
+            <w:r w:rsidR="46534EAC" w:rsidRPr="16701661">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="16701661">
+              <w:rPr>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D01AE0">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009D49EE">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">pecifications and </w:t>
+            </w:r>
+            <w:r w:rsidR="0948B6F1" w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D01AE0">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009D49EE">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="009D49EE" w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D01AE0">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>e</w:t>
+            </w:r>
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009D49EE">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve">quipment detailed herein are representative of the </w:t>
+            </w:r>
+            <w:r w:rsidR="542C43CE" w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D01AE0">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidR="009D49EE">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> as it will enter into service and that I have enlisted the services of the AVE mentioned above to complete the S10 approval of this </w:t>
+            </w:r>
+            <w:r w:rsidR="561A4658" w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...2 lines deleted...]
-            <w:r w:rsidRPr="00D01AE0">
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t>trailer</w:t>
+            </w:r>
+            <w:r w:rsidRPr="16701661">
               <w:rPr>
                 <w:b/>
-              </w:rPr>
-[...12 lines deleted...]
-              <w:t xml:space="preserve"> mentioned above to complete the S10 approval of this vehicle in this build state/configuration.</w:t>
+                <w:bCs/>
+                <w:color w:val="FFFFFF" w:themeColor="background1"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> in this build state/configuration.</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="28FEF528" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="28FEF528" w14:textId="77777777" w:rsidTr="009C17E7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="59361AC5" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00E94E0C">
+          <w:p w14:paraId="59361AC5" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Name:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6011" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="0BADE38B" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00E94E0C">
+          <w:p w14:paraId="0BADE38B" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
               <w:t>Company (if applicable):</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="7D88B3E6" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="003B5897" w14:paraId="7D88B3E6" w14:textId="77777777" w:rsidTr="009C17E7">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="4139" w:type="dxa"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="580FD912" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6011" w:type="dxa"/>
-            <w:gridSpan w:val="2"/>
+            <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="730763B3" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="0E9980BB" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="009C17E7" w14:paraId="0E9980BB" w14:textId="77777777" w:rsidTr="009C17E7">
         <w:trPr>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
+            <w:tcW w:w="8762" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
-              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
               <w:bottom w:val="nil"/>
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
-            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9" w:themeFill="background1" w:themeFillShade="D9"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
             <w:hideMark/>
           </w:tcPr>
-          <w:p w14:paraId="006A71B9" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00E94E0C">
+          <w:p w14:paraId="1B6A083D" w14:textId="45257B2A" w:rsidR="009C17E7" w:rsidRDefault="009C17E7" w:rsidP="00380BDC">
             <w:pPr>
               <w:pStyle w:val="Table09Heading"/>
             </w:pPr>
             <w:r>
-              <w:t>Address</w:t>
+              <w:t>Address:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="006A71B9" w14:textId="49F2D392" w:rsidR="009C17E7" w:rsidRDefault="009C17E7" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Postcode:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003B5897" w14:paraId="4D973780" w14:textId="77777777" w:rsidTr="007E1B70">
+      <w:tr w:rsidR="009C17E7" w14:paraId="4D973780" w14:textId="77777777" w:rsidTr="00365F99">
+        <w:trPr>
+          <w:trHeight w:val="571"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8762" w:type="dxa"/>
+            <w:gridSpan w:val="3"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="069B8677" w14:textId="77777777" w:rsidR="009C17E7" w:rsidRDefault="009C17E7" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1387" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="nil"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+          </w:tcPr>
+          <w:p w14:paraId="31EC3417" w14:textId="2C81B222" w:rsidR="009C17E7" w:rsidRDefault="009C17E7" w:rsidP="003B5897">
+            <w:pPr>
+              <w:pStyle w:val="Table09text"/>
+              <w:rPr>
+                <w:lang w:eastAsia="en-US"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B5897" w14:paraId="6B85970C" w14:textId="77777777" w:rsidTr="009C17E7">
+        <w:trPr>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4138" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="3D39033A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Signed:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4536" w:type="dxa"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+            <w:hideMark/>
+          </w:tcPr>
+          <w:p w14:paraId="4F3DA26F" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Telephone:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1475" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
+            <w:tcBorders>
+              <w:top w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="nil"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+            </w:tcBorders>
+            <w:shd w:val="clear" w:color="auto" w:fill="7F7F7F" w:themeFill="text1" w:themeFillTint="80"/>
+          </w:tcPr>
+          <w:p w14:paraId="0A8D586A" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="00380BDC">
+            <w:pPr>
+              <w:pStyle w:val="Table09Heading"/>
+            </w:pPr>
+            <w:r>
+              <w:t>Date:</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="003B5897" w14:paraId="2375D114" w14:textId="77777777" w:rsidTr="009C17E7">
         <w:trPr>
           <w:trHeight w:val="340"/>
           <w:jc w:val="center"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10150" w:type="dxa"/>
-            <w:gridSpan w:val="3"/>
+            <w:tcW w:w="4138" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...93 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="7F009E91" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="55D02094" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4536" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="2C7EAA01" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1475" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:tcBorders>
               <w:top w:val="nil"/>
-              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
-[...1 lines deleted...]
-              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0"/>
+              <w:left w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:bottom w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
+              <w:right w:val="single" w:sz="4" w:space="0" w:color="4DAED0" w:themeColor="accent1"/>
             </w:tcBorders>
           </w:tcPr>
           <w:p w14:paraId="124CB2D8" w14:textId="77777777" w:rsidR="003B5897" w:rsidRDefault="003B5897" w:rsidP="003B5897">
             <w:pPr>
               <w:pStyle w:val="Table09text"/>
               <w:rPr>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:lang w:eastAsia="en-US"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="79E2A01D" w14:textId="77777777" w:rsidR="008843EF" w:rsidRPr="00785673" w:rsidRDefault="008843EF" w:rsidP="00E94E0C">
+    <w:p w14:paraId="6FC063A5" w14:textId="77777777" w:rsidR="007E12A9" w:rsidRDefault="007E12A9" w:rsidP="00E17C12">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:sectPr w:rsidR="007E12A9" w:rsidSect="000A534B">
+          <w:headerReference w:type="default" r:id="rId13"/>
+          <w:footerReference w:type="default" r:id="rId14"/>
+          <w:type w:val="continuous"/>
+          <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
+          <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+          <w:cols w:space="282"/>
+          <w:docGrid w:linePitch="360"/>
+        </w:sectPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54690E1E" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpc">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658252" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7B576011" wp14:editId="69C87BE5">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2540</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>327660</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9705340" cy="3114040"/>
+                <wp:effectExtent l="0" t="0" r="10160" b="10160"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21538"/>
+                    <wp:lineTo x="21580" y="21538"/>
+                    <wp:lineTo x="21580" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="1009348475" name="Canvas 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
+                    <wpc:wpc>
+                      <wpc:bg>
+                        <a:noFill/>
+                      </wpc:bg>
+                      <wpc:whole>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wpc:whole>
+                      <wpg:wgp>
+                        <wpg:cNvPr id="895639682" name="Group 895639682"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="691439" y="22659"/>
+                            <a:ext cx="8985836" cy="3052320"/>
+                            <a:chOff x="691439" y="22659"/>
+                            <a:chExt cx="8985836" cy="3052320"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="398279436" name="Picture 398279436"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId15"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="7313882" y="57354"/>
+                              <a:ext cx="2353357" cy="1466646"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="571257407" name="Picture 571257407"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill rotWithShape="1">
+                            <a:blip r:embed="rId16"/>
+                            <a:srcRect t="15672" b="3835"/>
+                            <a:stretch/>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="691439" y="22659"/>
+                              <a:ext cx="6192604" cy="2599262"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="496558228" name="Straight Arrow Connector 496558228"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="799298" y="301930"/>
+                              <a:ext cx="3876675" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="356207250" name="Straight Connector 356207250"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="1274278" y="1922330"/>
+                              <a:ext cx="0" cy="1122795"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1056220494" name="Straight Arrow Connector 1056220494"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="2679216" y="883571"/>
+                              <a:ext cx="3101167" cy="11183"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="578798409" name="Straight Connector 578798409"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="4675973" y="199061"/>
+                              <a:ext cx="0" cy="498809"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1314978028" name="Straight Connector 1314978028"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="799298" y="199061"/>
+                              <a:ext cx="0" cy="489284"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1534577576" name="Straight Arrow Connector 1534577576"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="1266394" y="2955686"/>
+                              <a:ext cx="4480220" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1978744441" name="Picture 1978744441" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId17" cstate="print">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2512528" y="912146"/>
+                              <a:ext cx="333375" cy="333374"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="439729714" name="Straight Connector 439729714"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="5750493" y="812170"/>
+                              <a:ext cx="29890" cy="2198449"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="2041347948" name="Straight Connector 2041347948"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="2669963" y="812170"/>
+                              <a:ext cx="12700" cy="934085"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1403180856" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2974012" y="2836854"/>
+                              <a:ext cx="1067435" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="5BF91956" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>'S'-Dimension</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="727038212" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4060614" y="782620"/>
+                              <a:ext cx="601050" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="7E4DEB8E" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="0027461E">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Load</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="638684928" name="Straight Connector 638684928"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="5428114" y="1103854"/>
+                              <a:ext cx="15167" cy="1123922"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="2089273141" name="Straight Arrow Connector 2089273141"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="5100976" y="1230482"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="none" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1225931928" name="Straight Arrow Connector 1225931928"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="5763842" y="1229212"/>
+                              <a:ext cx="343535" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="none" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1389150732" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="6022658" y="1104753"/>
+                              <a:ext cx="518132" cy="264844"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="0E529555" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00776604">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Semi</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1360298874" name="Arrow: Down 1360298874"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="5332963" y="1478779"/>
+                              <a:ext cx="204716" cy="416257"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="395522880" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4231049" y="1454062"/>
+                              <a:ext cx="1026852" cy="345439"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="1137A357" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>15,000kg Load on Fifth Wheel (M</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="008C3504">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Semi</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="375261338" name="Arrow: Down 375261338"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="2575680" y="1270285"/>
+                              <a:ext cx="204470" cy="415925"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="2059786575" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="1657470" y="1245520"/>
+                              <a:ext cx="843280" cy="465233"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="1E8202B2" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Imposed Load from Livestock (M)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="728391954" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="7292339" y="2380274"/>
+                              <a:ext cx="2374900" cy="647598"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="C00000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="7CAE2214" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Note:</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="3F5E5B0B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D307D2" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:pStyle w:val="ListParagraph"/>
+                                  <w:numPr>
+                                    <w:ilvl w:val="0"/>
+                                    <w:numId w:val="43"/>
+                                  </w:numPr>
+                                  <w:ind w:left="142" w:hanging="142"/>
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00D307D2">
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>The centre of mass of the single load area</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> (and toolbox, if fitted)</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00D307D2">
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t xml:space="preserve"> is taken to be at the geometric centre</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>.</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="655572941" name="Rectangle 655572941"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="2635342" y="1909106"/>
+                              <a:ext cx="1388853" cy="288373"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="21D77F8D" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                </w:pPr>
+                                <w:r>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vertOverflow="overflow" horzOverflow="overflow" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1381856418" name="Picture 1381856418" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId17" cstate="print">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3204429" y="1933678"/>
+                              <a:ext cx="255662" cy="255175"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="798800395" name="Straight Connector 798800395"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="3327161" y="1880564"/>
+                              <a:ext cx="0" cy="868246"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="880820709" name="Straight Arrow Connector 880820709"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3327161" y="2697652"/>
+                              <a:ext cx="2425912" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1438590313" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4294800" y="2570528"/>
+                              <a:ext cx="517525" cy="264795"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="634513CB" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:position w:val="-4"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="773943262" name="Arrow: Down 773943262"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3225030" y="2273552"/>
+                              <a:ext cx="204470" cy="325717"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1736259164" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2272492" y="2343131"/>
+                              <a:ext cx="843280" cy="256138"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="6C154F33" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>100kg (M</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="00C5708E">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1814037991" name="Picture 1814037991"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId18"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="7171007" y="1571971"/>
+                              <a:ext cx="2506268" cy="771160"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                      </wpg:wgp>
+                    </wpc:wpc>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="7B576011" id="Canvas 1" o:spid="_x0000_s1026" editas="canvas" style="position:absolute;margin-left:.2pt;margin-top:25.8pt;width:764.2pt;height:245.2pt;z-index:-251658228;mso-width-relative:margin;mso-height-relative:margin" coordsize="97053,31140" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQCEOW07UwwAAHNcAAAOAAAAZHJzL2Uyb0RvYy54bWzsXO9zmzoW/b4z+z8w&#10;/rDf+oIkQOBt+iYvfcl0pttm2u7rZ4KxzT4MLJDYeX/9niuJH3bsOGnTxNmSmSRgBBbS0b1X5x7p&#10;9a+rRWpdx2WV5NnxiP1ij6w4i/JJks2OR//+cvbKH1lVHWaTMM2z+Hh0E1ejX9/8/W+vl8U45vk8&#10;TydxaeEhWTVeFsejeV0X46OjKprHi7D6JS/iDBenebkIa5yWs6NJGS7x9EV6xG3bO1rm5aQo8yiu&#10;Knz6Vl8cvVHPn07jqP44nVZxbaXHI9StVn9L9feS/h69eR2OZ2VYzJPIVCP8hloswiTDl7aPehvW&#10;oXVVJrcetUiiMq/yaf1LlC+O8uk0iWL1DngbZm+8zWmYXYeVepkIrdNUEEeP+NzLGdU7y8+SNEVr&#10;HOHpY/qM/i/RPzFdTjNrie7l0rbVa1Z5mkzoDrpYlbPL07S0rkNqZPs3+0y16xGudMVwlmbm8eax&#10;y2I2Xs6KtveBmI3uf1BrnZf5VaEaazaOPlxflFYyOR75geuJwPP5yMrCBRCoilndx3hnqgjuOC+L&#10;z8VFaT6Y6TN6wdW0XNB/dJe1Oh55AXNEMLJujkece26gQRSvaivCVT/wXV94IyvCdWG7XHADs2gO&#10;LO5+QDT/fc8j0Ia6KuikGVCrqvvmdZFEY/yadsTRrXbcP4xwV31VxiPzkMW9nrEIyz+vildAchHW&#10;yWWSJvWNGpXoBapUdn2RRBelPum6RAQ+l4FDbaS7BKXoy63uAvqAHkD36CeE9Ibv8+jPysry03mY&#10;zeKTqsDwBiqp/Y/Wi6vTta+/TJOiASwdmxeFKdjA3Ja20sP0bR5dLeKs1nanjFO8c55V86SoRlY5&#10;jheXMfBWvpuoCgH8dRnX0ZyAM8VI+YTKUkV7F1Qtu4rRK1QA4BbIScGETxgGplwpXGcdc1y4QrhS&#10;Y445nuc5nmqVBjBovrKqz+N8YdEBqonaoJfCcXj9vjL1aoqY1tRVUXVEzV4ezFzJuCsdG82yDrPu&#10;wo+DmVXm9deknn+ehwWMDlNt/YNxxzUoqjIirJGvY64nARp4OuEL11zWsGzGzL3gd7fF81jAPdvR&#10;6ONugDNVldZcPQb6lgUChKoZtji7NXAf5CxUv6BT6LGdZXICz3V9zhG0aMh8rsswmc1r66Qs86V1&#10;mmcZmjYvra4kGtI85DQzzqPaOYzRNgEerjwDC4RxDI3rEL70POnqhmx8aON8mtFpBjCsi6pZWyUN&#10;sa3DufXfge3u899nZzZ+jPHo+e9wPI/Dye/ZxKpvCNFVHYdpPR9RXJDORlYaI/5bxBMNsjpM0vuV&#10;7eKCptWoNav6pgk8PsVTOHI4Vv2CKjKM23AjjCKYZO0C6DVRujO45kbzyhRS7rpRG2h1a6yixvZb&#10;73Fze4f65jyr25sXSZaXauhvVLteNVWe6vIqMmrfm5rgMp/cKDzB2Svoa5z98DEgXI/bkgMom2Og&#10;hZrVldmLfmsKZ/tH03smgkIg6XCpBwKMBxebIwFfTuETYxyRgjJcu41JmmTxblf2GNgfMKowfTgY&#10;ZTZAym0ngNPZY6h7RfdilcavQSj3ZMAZIlSg0IfvlCaoa001sxnzmoiLMV8YkzmY68FcP6W5dqUv&#10;A9+xMR/dGAmdue7K7B0CW821g6AkkEINBhYEtrcxGIy1dgLfRz3wHYOxHgKKloFhgjmB9O0tUXUH&#10;0V6hb8Oo7ELruyDqB9xXk+cBogNEO4i6wnGldGVLSe2c+LGu6F6g9uIJxj3QkAhXEE/wwHU9XxE0&#10;4bgJKBwHIwRMoYp7m/nXEEwMwYQJJogcxO+LIXkZTL508MOawOTCsLz9K5O4ikDBnmIOjzTQx6l1&#10;XobXYJGtdxGoVeuVdVbGsfX5j3PrH+Gi+Kd18eHc2lJ4Ec5iKv0hv8os66LM/0P0JsYntdo9SeSO&#10;Vyaqh8gOUEx6lr7+lGfllhGERcin1WBgijLJ1EuCUdaUH164xy4/lHa2Lpf/yid4cHhV52pC3Zif&#10;Zk7kglAlLw4bFjAOnlmTPY0JE/hp2Ct1vMfR3s1B93NS1AGbdLRhRcyAwNkPIQRFIHkg2e15Zhe6&#10;IBdkyux1CFuja1e6mMnq6NpHs8oNVhCMYWD8AmcI9Z0hxFYzjCF+aeMXUCFMOMipYXDunAX2Cn0b&#10;UBHCBIG3G6g6PawCmEA4tj/wdgNOyUp3+RXm2IL5QEYbZ38h5/FbvrJUxsiUpiy8Va/wccMbV8VG&#10;7veWj+7dqoly8hf7XVqABCHTeVWOrL2/mVllticdpM4UqrmAfd6D6n1ObS2lsqacOFM/hj5ZK2bU&#10;F9+VvVkkFGGlyQJ8JmV4jJMxSR0VOZikDY63E9716nJlLIdOTlCSU0lpIADCwTwv/0I+CGIapIf+&#10;exWSnCB9l8ExQzDhwIXV6gQzLZrnlP0rl/0rYRbhUcejemTpw9MaZzoRk+UniE6miUpZU5/rmqDK&#10;dILkyBNlSSSkMMLnBB1tcJ8ZyI7tgZbT80vpIwG7EUR4UBdRSoeyKgOMV0oapIL7DkM/MZo94Xu+&#10;A2qsQXNLf3Rhblfm26IH1+E+MwhlDIPnlql1ewkVLpAWHKhkssRDnNuLc8HfQgvVkQotUDcFGtxu&#10;i+7Fa4+nc5ltB0QDwk4yLmwHoivc3/F0AtFAEw8cOE2XQXE76DPQdY2ig/rR6C20pOQl6jMgiXAD&#10;AdXEbWO9OQZ6RR80BiRsvaODYjwCefCXOwYeIlPaOV62h8ODRunZNEoQwwbMtaU4lPDbQ+7GczU1&#10;iuDGka7Sg3Ruw2U+o9qq+NtzwOLdHdz8n08jVfzdTvl/+tkkEwAQ1BOy5ZmVKR9bb/NlZvWudmac&#10;OBJzppnxTupt6HpIwnlD1zEH2Ri5sVIBhKAkiRNh0mEexNJ3Y3KCyqh63aW2WyMuNviN0x3KUloY&#10;gsRFt1gEJ+tqzU4v2St1f7PMt2kwG+mo+u55OIn1AhbYlU7/2tTCUCLb1KX3kKU+dQSftoLYPerS&#10;dspbFdFZgoUB78OqvghLLIECV0Cszkf8maY5RL65ORpZxPNs+/xxWaDsanGaY0ER8oeonTok1qhO&#10;m8NpmS++YvXXCXFPuNTQRlFdNienmjiysH4sik9OVDG9WuV99plWUenOI2n1l9XXsCyMuLoGK/kh&#10;bzTitxZJ6LKEm0OhowQkBZCt+2iGw6CjuIAX1GukmOOCndoIIZnNQbYahwjxBS2ogjnDkG6Sjht6&#10;9+d2iLts1yPxqsohqphhIKQmWK4iXe4xIdo5Tt8fdhcf4g7h3qC6wQBRM3sJOZpZENOkr+EOHeRe&#10;jTt0g31M/+AOfz53+HhJjsG9TbYteW58LlnBLm/IbeiPfQ8j+ED8G0NdlLFQxsSB893It/iO4GRs&#10;VGztuVjhMrg3NeUd3Bvcm0SuOWABMiCHEa5BvwSEmiXtAkJUTEThWzv6ggvpBJgWKTx7oDewivGZ&#10;wrXAhWO+PV/s70FAsVo3h+tPKx8zWlPhwwBnwBmLZpHTD7qszCfIL7FEP42t7tKDYjUPSZaGgQ7s&#10;ACqMdTzSangfHJvCI+Y9AqtTvgOPSjygaRTq0G3M7kAh6EbSC3OplUgOoqYtqm+2DISBVPhhpAIJ&#10;YvH7ctTgUE5B9eWwdkJ30ajBe1cOSA1OxoQauROP/7Syb+xf4zjccDmBEB4WbqN5esEBlrOA39G2&#10;2HUZovTvsMUHofvGkkqo5MCqNQFaqzPoBDFdGbwtmT9gZccWEFt136DnQb+D3qQ5BL4Ow2O9XU24&#10;BWkO37edy7AG/qfbpwGI8bFRw5aFv5sygK7kXqDSsDbpoz48uQdNDNja9WHvQIhAAkia4x64FOYh&#10;MoC7yt4/5XSPtNCwW8lDNsPbzgxhJzbfDaAqx1zgQDIfWIVBM2UMClDO2P9tw1uSf8QMVntLTKX3&#10;bW/y3ImPp5hKq8TzlhnE42YUmwThQevKJVYJC9pAy8C5n/iQ7cXOkO/XAQgIxmxssKMQCfUkyMoN&#10;Q95LfAhglg06AMo7DzqAng5gSHzQblxPvsyESQFdTsAwNTgM94b9uDgWCmhjAi009u1YNyb9xAd3&#10;kcN9NqKY3Wu91FPk9VUTHLp7e3GUkk+rCbHty+0NBror8JPrLM5L2kfW0AHVY+4jyyQWOGDbMuIc&#10;4OmxtH19+CJU8KDM0eGplNjjbM/M7u7wVJFmmlhXh+gMZUPVxs/qKKKNrXG0tnV2/1yV6vYKf/M/&#10;AAAA//8DAFBLAwQKAAAAAAAAACEAcBsL2jbgAAA24AAAFAAAAGRycy9tZWRpYS9pbWFnZTEucG5n&#10;iVBORw0KGgoAAAANSUhEUgAAAjAAAAFdCAYAAAAdc1d2AAAAAXNSR0IArs4c6QAAAARnQU1BAACx&#10;jwv8YQUAAAAJcEhZcwAADsMAAA7DAcdvqGQAAN/LSURBVHhe7N0FfBTH28Dx393FgzsEQrAAAYIk&#10;BHcvVrxYobh7i0sLpUgLBV4KtLSUQvEChQKlaLESIQmuQRISCBL33N28e8kFkhBD/8h8+zmam93b&#10;nZ2d3X12VkYlFEiSJEmSJL1D1Mb/S5IkSZIkvTNkACNJkiRJ0jtHBjCSJEmSJL1zZAAjSZIkSdI7&#10;RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSZIkvXNkACNJkiRJ0jtHBjCSJEmSJL1zZADzUuI4Obcd&#10;jT9ZirfWmPRaafFe8gmNOy7gdJwxSZIkSZI+QK8+gAn5k+FVS2BbrBjFkn1sSzRitscbOcq/QVr8&#10;z/7LsRPnuaczJmUokiOT61Dargx1px4lypiadTruXTjB8aNn8dcbk15E6B7GOJdU1kkFmk3dz+N0&#10;pxXM4RlNKW9nS+lGs3GVQZMkSZL0lnjlAYw+7BYXL/kSbdeSz/r1o1/S57Ou1LH5wBt8Qvax+hd3&#10;HgTfx/Xn1ewLNaa/YfrQ63ifv0N4WABHFs3ml+tpR186n1/5atFJAsOCuHXmPLfft/hTkiRJeme9&#10;pohCTR6Xvkz78ku+NH5mzRhK48KpZqcNwffiGTy8r3I/MuMmhciAC5w570/Ey7Q8JNAS6nuJM+5n&#10;uBwQSUaTS3OesQ+54X2GC37hGf42LQ//2si+MBfGf92JAo/3sfGvx8Yhr4AhX2c9OHMpIItlpMG2&#10;fWdqqNxY++sZnm1cicNj9c+csv6IHi1yoTKmppRZWWoJuXMeD4+L+IakEf0o6//OeQ88LvqS1mBJ&#10;kiRJSs//qEkknDOr+uFStBB2FZ2pXrU8RQuVofmkP7nz5EAWx4mpLpRs+z37V3fDsZQjzlUqM3jV&#10;YtoWt6PV4ss8aTfQB/J7rzIUrTaBwzHGNIX24ne0KF6SXhuCDN+4smEEjcvkJ79dBZxdnKlQrCCl&#10;W8/leHDSoTfteQ790zBRHXe2j6F28aLYV3XGsYQtlXut5lKy+WVIH8DOjQeJqdGJ3n2706ZIGAc3&#10;7eResqN+0B8DKFe0PD1+vfVk2fT+m/isYjFcppwg1piWUgiuS3tQpYiNki8XqivjFrZvw5wjDzMN&#10;sDRFu/JpYyuubljN4UhjYpLw/fy47hrFug6kWXZj2hOZl6U+8AAzmpagcInKuLhUwq5QcdosT1pn&#10;egIPzKBpicKUqOyCSyU7ChVvw/LLWboOJ0mSJEn/iwBGj+9vfWk7fANBtaay8ag77se38U0bc04t&#10;7EnXb7yMrQGC8AcB3D29iIHTfGi56gin9q9lRHMn7C38OfzHX9xKOt6FH2XX3pv4n9vBztNJh3kd&#10;N/ds5+i9fJSvklP5HorXv5cp3GMJf5+9RcDdyxyc35i4/bMYs+SCckg2SHuew5xN0V1bTr9+yzhf&#10;sBc//HOaE9tnUPXcdOb8FZ7wy8zofbcpy6qjdudO2GVrSPf2tkQe2cgfd5+GGXnaDOGTwr5smTKJ&#10;zYbIRv+AHZO/4PfAqgwaVAtz43hP6fFbN4CPJxwm36hd3AiLIcxnL+Nt3fiyx3A23c8khFHlp2Pf&#10;1uQN2M7PfyYPePQEbPmR7Q8r0WtA3TTmm1lZKoHg3KHM8y7Pl6cfEhcXzPV9s2lV1Czx53EnmDt0&#10;Ht7lv+T0wzjigq+zb3YrkgZLkiRJUqbEK6a7s1g0MFOL7GXqizZt24q2xk+7novE6VhlhHh3MbWS&#10;qTApN04cj0z8TYJYDzG1sqnQFBss/okxJMSIvQNshEadSzRafFnEJ4xkECMODy8hTCybiGW+uoSU&#10;6L39hY1ZLpE7h6ko/8VpYZiN0PmKZY0thWnVGcL76Y9Tiv1XjC5tIizbrxVhCQnpzTNeeM2oIkxN&#10;K4hJrgmZS6C7/5cYZK/k2WaA2Ps0OQ1acWVebWGRrYVYeTcxz7Enxgl7EwtRd+F1ZehTkScnicrm&#10;JsKu305x469BopRpbtFs2VXjOIn5M8ndQ2yLVr7Ge4sZVU2FVaMl4lbiZBPEe0wVjqZWouWqeyJZ&#10;8hOJ68hUVJ3hLeIjD4ihdiYiW5NlT6ehvSC+rmFhTIsR+wYqZZK9i9iUfH2llqIsg8Tqj8yFqeNU&#10;4ZFW2QetFh+ZmwrHqR7JyliSJEmSsu61tcCoVBpMTEyefkxNEpp79AEnOXlVULx5O1ysEsdNYFaJ&#10;Fo3sUN33wv1J04oiR3OGDCyHifErmFOjdVMKxbny935Dq0EcZw4e57HjYMY2sebGwX1c0SrzefQP&#10;+921lG3ZhgpPfwy6EG66HWDHpvWsXX8M33iBPiaaFFeCnplnGGc8rqIvWJfGlZ+2R6gLNqJJFUvj&#10;twxoL7JxiwdmDbvQ3ngfkFmNT+hUVofblk0J+U1iVXsKi4eUxn/dEBoMWMPDWpOV7/ZojMOT0z86&#10;xX+X9OSyesyhtWtYsybxs879oZL3OG5e9TG2LGXAqiF9PylL7PFfWXshceyYEz/xq2d2PhrQHbuM&#10;aki6ZZmdGvWcMLuwlD695rHzYvDTy30G2WtQz8mMC0v70GveTi4Gy0tHkiRJ0vN5TQGMmkJtZrN5&#10;+3a2Gz9/rBlJdTPloPvwIUFCRZ4CBVIdlDXky5cLlYggLPTpAU2lMkGT6uhtVb8NTfJHc3LfQUK1&#10;Vzn4ry+2DdrSt1Ut5aD5D/tuagk7tJ+TMSVo3rqyMRDRE3hwFq3KFKVMnQ4MnjiLOd/8xLE0LrM8&#10;M09dMEGhWtS58pI7rUgiE3GeG9h6Tkf2iP/4ZtwYxoxRPhPWcd3UEq33FjaeTR5mZKf+qAHUVAfi&#10;H2hN4/59UwZgyYjHjwjW63l8+lfmzZ3L3KTPd4cJt3Ogcpl8aQY+KZng1KcXzqqz/P7LSWL0Qexa&#10;uZHbRTszsF1e4zipZVaWJlScsIVtM5si9k+nY+USOLSdxu6kx5hMKjJhyzZmNhXsn96RyiUcaDtt&#10;t3zKSZIkScqy19YCkx6VtRUWhntNQkJSnpUr34KDwxCq3OTNl8lh17oBrRvlJvz4Pg5ePciRS3mo&#10;16gqRZo1w1ntzf6/b3Dk72NEFGtOW2fjjRWR/zC939ccy9Wfndcf8eDODa5f/pNh5dKJDpJTWWJp&#10;rkIfEULYczcWxPLf739wzaQQ+XXX8fbywivhc5YH1kXIo7vM1g2uxvt+FPrH7Ju7nNPW5alYJIK9&#10;CxdwPPUNtkYq62xYqTQU//R3Ll6/zvVkn2vXzrJlSNksBDBK6Gjfk08bWnJz88/8deF3fvwrmAq9&#10;BtIweQtZclkpSxMbWs7Yzvlb59gxuzmao9/Qo+9SrhrLz8SmJTO2n+fWuR3Mbq7h6Dc96Lv0aqo6&#10;IUmSJElpe+MBjMbOkQp5BTePHeFG8qOVoSXl6C0o4UKtYpkddnPSpHV9sgcfYfP8fXia16RRbSs0&#10;xVrQtKIW993z2Hg4iELN2lHTeMVH53uGs/dVVOw8hI/sLBIT9bHExYvEvzOizks5+0Lg74lrsstb&#10;+mBXTl2MNn5LR9QRft9xG6tmX/H30X/5999kn6NbGFFVhc/2DRw3XsMKOTCd8b89ps7UrUrw0ol8&#10;l5czdoF7yktcRurCSlkWEvh5eeD/Mkd+dTG69G1F7oc7mfXpEo6Junz2mWOyS2gpPU9ZqnOVp/3k&#10;dSztZUOMtxtnUzxKpSZX+fZMXreUXjYxeLudTedJK0mSJElK6Y0HMFg0pV/vsuCxkH7jN+Lh+5jH&#10;t0+zdtRnLPK2osHwwdTKwtMouZq1oZ7VfXZuOIzWqTENDQ8aaexp3tSe2CPr2X4vP83a1MZ4eEVT&#10;0BYbaz3Xj+zlYoSSEHGVLeOHsyqpSSBD5tTu0hY74c7SMQs5fDMQP7d1jP2oKz/6ZFyEofs3sDtA&#10;Wa4OrcmfelQTB7p8XAW1359sPKhkKvwIX479GT/HMSwY7kCxrt8ws6UV3ovGsPhcGq/BNa/HZ30c&#10;Ecfn0f+rXVxJeJlKHEHXTrB58f+x9zle15u3bV8+LhLFxbO3yNlqAN2Lpx9EZlqW2jMsGTyWlUdu&#10;Eq7TE3X7ALv+e4i6ZFnslXWrPbOEwWNXcuRmODp9FLcP7OK/h2pKlrVHPogkSZIkZYnxZt5XRue/&#10;UrTMZi4qT3NP/wmTyHPipz6OIpdGZThlVz4qobYqIVrO/Efce/LYTIw4NLyEMCvcT+w2PHGTmi5A&#10;/PJxXmGiyS7qL7z85Eme2OOfCwcLtTC1HSB2hxsTE0QKj0UthY2ZSphY5RK5rHII+87fiXk9bETO&#10;9r+KoIRxMpin7pE4NK2uKGCSmGeVOpuw7/K92DS9prAuOUIcSvMppMSnhkzzdxbrA9N6HkgI7ZVv&#10;RYNspqLo4D3izJwawsraUUw48jTj8ZcWiyZ5TEXeDr+J+7o08hd9Sawd4CTymaqESqURJiZq5f9q&#10;YWXbSfzkk/z5pqd0/itEC2sLUXPuxWRPQMWKU5MdhaW5vRh5MMKYZhAjjowqJczyfyp2PCmTTMpS&#10;e0Os7lxcWKqU9arRCLXyfzObJuKrf4MSnorS3lgtOhe3TMinRmPIr5mwafKV+Dco7TKSJEmSpNRU&#10;hn8SIpk3Tk+ErxfuhjfdmuSnvIsLpV/kDtnnFOHrzumzgaiLO1PXsdBznvHrCb/pxqlLQViUrE4d&#10;h/zpXmZ506ICzuHufZsQvRX57Byo4lAE69fcvpZxWWoJvuGBx+VAYrPbUc2lMkWS31OjDeaGhweX&#10;A2PJblcNl8pFSO+WG0mSJElK7X8YwEiSJEmSJL2YN38PjCRJkiRJ0kuSAYwkSZIkSe8cGcBIkiRJ&#10;kvTOkQGMJEmSJEnvHBnASJIkSZL0zpFPIUmS9BroebB7Cn0XniBUZ3jVkwq1xgzLnAUoUbkBHXr3&#10;pqV9NuO4kiRJz08GMJIkvSYRbOtpR7fN1vReu5svKkXjf/4g6777jg1X89Nt+S7W9C0r374sSdIL&#10;kZeQJEnKlC7QF/+0OuTKkI6Y6FiwcqJJa0ccHGvQrOdUfju0haHFbrFpzEhWJ+tbLHNxBNwJeNrx&#10;qSRJHzQZwEiSlKG4a+v4rFkHFrtGGVOyKO4CXhdj0DhUxyW7Mc0gdyNG9HVCE3aMbbv9jYlZEHeO&#10;n3o0o/vK8zxnTiRJeg/JAEaSpPQFH2Zyt6k8HLSOrxs8X2cP+ntunLktKOJUA7sUvYRoKF7enpwq&#10;HX43bxvTssDMmanrvkC1oCtjdgeS9a5KJUl6H8kARpKktOkD2T6mPxuKTueHoQ6YG5OzKsrNjXNa&#10;K6rWqPrsbzUaJYxRdkDK/5+HScneLPumCn8PGco6XxnCSNKHTAYwkiSlKfTQV0zaWYQx8/tR4rn7&#10;WY3jnKsn4ZryVK+ew5j2VOS9+4QKFQWKFDGmZJWawp2/YXKlo0yfvpOHMoaRpA+WDGAkSXqW9ixL&#10;pvxKdMcvGOTwAr3E6+/h5nEbUbgaLiVT/z4GN7dzxKuLUdXZxpj2HDR2fDqxJxZbprPw9HPfWSxJ&#10;0ntCBjCSJD0jZM/3/HjOjp5DWpHbmPZcotxwPa/FskoNqqW+fhR6gK377qMq0YZONV/sIWrr+kPo&#10;43iTNYu2EShbYSTpgyQDGEmSUtLd5Lel23hYqRu9nF4swIg754pXmIby1V3IaUxLFMe55XPZci87&#10;DUeNpO7z3liTRFOOHt1rErVnGasva42JkiR9SGQAI0lSCtorG1h/IpYqHbtQ3sSY+Fz03HP14JYo&#10;RLUapRJu1k2k5+GBiXz6tQfZWnzN0qGlkw17XhqKd+pELZUXG9adke+GkaQPkAxgJElKRse1nbvw&#10;FuVo1qLMiwUY+occOuKN1qIKNYzXj6LuebDty87U6bCK0GYL+HPDsBcMjp5SF2lOsypwbfcOvGQE&#10;I0kfHBnASJL0lN6fAwfPoS9QgzoVXiTCCObYgt7M+jsMEXOICRWLULhgXopV+4R5/+Wm50+n8Nw+&#10;lhq5jKO/DI0ddWuVgOuHOHDjed7oK0nS+0D2hSRJr5ouhoiIeEyyZcfixa+R/G+Eb6KrbU92uyzn&#10;9r4hFHzLT3FCN3SmeO991F55i78GFpBnZJL0AZHbuyQlp3/ArokfUb9uHerUSetTj4/nnTaOnJZY&#10;3GfVJl/esoz4+9lHfPX3djKhVX3qGqZVtwUzj8YahySn5dKK3jRQ8lC3QTtGb7rGm2pfiLvkxYUI&#10;NTblHMj9DuwdrB0csNPEctHzHPHGtNfpbV9/kvRBMbTASJKUTNhW0T2vWmiK9RG/X7girlwxfC6J&#10;06t7CDsTc9F42V3jiM/S3lgmmuU2ERqVtej4e6QxNaWQTV2FEhwIMBONlt4VOmN6Eu2tVaK1Mn/Q&#10;iCKf7hDBxvQ3IfjXdsJKlXa+3kohv4p2Viph1mip8H9DGX6b158kfUhkC4wkpaaPJkY5sbas1oiW&#10;FcpStqzhU54aPbvRoEBpnKvnN46Yiv4BO2YtIax9NyqaxBMWGp5mfz366Bio8xFNcgju+foq5+vJ&#10;GKYxfR7XCpbGUp2Deq2b8CpuF8kaLXdu+hGvyoZN0bzvRvOsRVFs8qnR372Jzxt6mvrtXX+S9GGR&#10;AYwkpRJ33ouLMYZ3mFRP+Q4TswbM+GsLY9N5N0rkyQV85d6UmcPLY66coIcHBxtO01OJ45znZfKU&#10;r0vZAnD/7t0UB8DwI7OZfqo2HZ3jiDNxpEYNa+OQN0FHQMAD9Op85M//juwaNPnJn1eN7uE97mc5&#10;gNER6nuBC34Rxu+J9KG3OetxmcC0rgo98TavP0n6sMgARpJS0OHv6sFtwztMXJLeYRLDjX//5mxI&#10;dkpWdaBQWg/naC/xw7St2H0+mWb5rbBQCcJCQ56990Hny+kzgZSu0gS7ghAV4MeDpGaaWHcWTtyB&#10;/cRemF/wR2XnTI3CmWyieh1arXKwjMvCR6vLpAdnHcGPg9GrspP7XbgBxkCdmzw5VYioIB5HZOWV&#10;vOG4zmtBudKOONrXYfKpxGgl0msJ7SqWpWr9cfwZksF0XvX6kyTphcmtS5JSiMLV9XziO0ycEt9h&#10;Euo6jz7dfuCMLr3NRU/Axuksi+zLzN62mGTPhpUhgAkOebYFJvw0rpeLUcXJnuI2Voh7fvglnMLr&#10;uPLDRH7JNoa5be/icUVH9qouOGbyItyo7b3Jb2aOuXkWPlZOzPLOoJlCH0FYhBahssba+l0JYLJh&#10;bakCEUFo2LPtXanFuS1gxpmuHPReTCOTS2zZ9B8xj/cyoff/oe43l5kTP6NxvgyW/RWvP0mSXpwM&#10;YCQpuTgvTntFIOJO8mXtcpQrW4JSDb/C3bYGtfIYx0kt9BBz5njRdMYYEq4uWSgHVVNBeGjYMy0w&#10;sV6nOWtameoVrLAtXhju+3E3Xokd/NYxZXEYny0YQSllHO9YExxr1MDK+Lv0WDT9mqPu7rhn5fPf&#10;BobaZ/RulxhiEh7lMVUCnoSEd4AZ5mYqVMQRG5N5AGPmMpntawdRoWw7WldTc9f7ED+NncrVXhvZ&#10;+OV4Zs7sSukMHn1/1etPkqQXJwMYSUpG5+eKxx09BT9Zwanjxzl+/ADfti2MbY3aPNOpcoI4vL6f&#10;yrYiQxhdV0VISAgh4RosLJWDXVgI0caxEum4ffoMDyrUwMXSBDs7G1Qx9/Dzf8DumbO51G4eE1xM&#10;uObmxUOVHc41Cme6gapzlaCykzPOzln4ODlQOKMjqtCh0xmCADXqdGasUinBwv/okzaVkldDZvVK&#10;3hNTMmaFtaEMNDbUrG6H/vR3LGMK675wJvO7VV79+pMk6cXJ7UuSkolwdeWCzoJq9RtSKH9+8hco&#10;QYPuI5jQ3YW0GiV0t9cwdelVTPx+onON6lSvrnzqjmdPiECvBDDBKQ6qYbi6XcG2ugsFlYNuLtvi&#10;5CGAa3/MZurR2nw9ozE5CcbN/Qq67FVxedPXH1QaNBpDoKBHn85tIEKI/9knbUo5J2RWreQ9MSVr&#10;zKhQpQIWIj9NP22HTZb2hG/5+pOkD4wMYCTpiVi8TnsRoSlPjZp5jBuHhhIdJjOkdhrn5/rH/PXl&#10;N3jW+x7Xa9e5ft34ubiNQYbrEGGhKHHMU7GenPY2o6pLJeXwCSbFbbHhLr/P2U6pqXP4uIAyx1gP&#10;XM/GYuJYgxpZuP4Qs280VUqWoESJLHzKtGbRpYwe1THH3NTw/3jiMnwS520SR1y8EuAYLiVZpNdK&#10;k4YYb1atdVVCtftcPHcvk5ubjV7D+pMk6cXJAEaSkujucNrdDwpUpXqZzPsBijq9gGlbczFgWk+K&#10;Jd+S1NZYW6nQhwURkqwFRufzHx4Py1HNyTLhu4mtHUVN9Zg5j+WbPsUTnnjSXj3NmQcqilV2IisP&#10;sJhW6MLkr77iq6x8Zg2jaUYTVWcjRzYTVCKKiMjM7yd5K+gjiIhW8qpS8p49iwGMPpC/xg1kb+0v&#10;GWwvOHf6NOEJ6foMA5nXsf4kSXoJQpKkBLpbS0RjK5UwdfpSnI83JqYn0kN8VTObMCkxXByOMaYl&#10;iTkkhtlphMqypVh1P+k9rVrhs6iBsMzeWWxMekGv9orYOnumWH82aQJacWV+bWGuMhW1519Xvr1p&#10;MWLvABuhMbEXY4/HGtPecvFnxcxqpkKVs5vYkvaLj58KOSXWLPtNrJ1YX5Rq/K04HxMmNnfLLUwK&#10;9xLbAm+Ktb06iLnprvh3Yf1J0odFBjCSpNAF/ilGV85leDW1UJnZiHrT/k7/FfAhx8TcpsWEqUoZ&#10;16SwaDjnmAgzDhLx3mJZ+5LCShmGykyU6LBKCYZ04t6O4cIxl1qgzikqDNgk7jxzdNMJ/62DRYWc&#10;hlfQq4RF8Y/EEs/MoqhXLV54zagiTNV5Ra/t0ca0t1zMQTGsuEaYlB4jjmUSc8X8M1gU06iEpf1n&#10;YnPCCtCJB1t6iiIatTC3KihqTfs3nXX+rqw/SfqwyN6oJUl6IuTXdtj020/Npbc4MKJIGteY4/D+&#10;oT8TNtwkWqhQW5Wlz5JVDHAwXnLT+/L7sD78GN2DH38ZSNmEG2vjcP+uBxN23ENrOLxblGfAqlX0&#10;NdwnpH/Arsl9+fZkKAkPQClUKjUaM2vy2lakbqcBDGpbjmyJg54V+hsfF+nLvhpLuHlwZIY342r9&#10;3fj7TDRl6tejbK6kESO5deoYN8wdqe9kk+aN2pIkvZ3kVVpJkp6wKlsOW40e3xs+Kfv4ecKMKoO+&#10;oF6MO6dO36DogHn0SwpeFLGn/4+vf/mX/7x9iXpyamRG9eFfUDvMnf+8Iqg++Rs+TXrZiroA7aZ9&#10;RtErp3G9W4ahP6xm9U8r+G5aTyoEbmHSx3XputLnmffpJNHe8uFOvJoC9uXI6P1zBiY2LrRp1yBZ&#10;8GJgTYnarWgmgxdJeufIAEaSpCfMHKpQwVqP/5XLpPtGfZMyOJbPgVpjR6XKSU9rKfSBbF30GzdI&#10;62bacMIi1NgPWsLspvlT7nj0sQmdZ1o7NaVN5fKUK18R58a9+XLNZBqYBnF4x0Eep5OX6MuXuKUz&#10;o0JVRxIeoJIk6YMhAxhJkp7KXps6VUyIu3AGr4S38qZFRfbs1sq/wvAalie0F1ax1K02Heumfv+J&#10;nsBtK9gW3Zbpk+o/czko7kJi55kOLtXJbkxLZLhHD8yzZcM8zT1VHOc9zxOpcaB2nXek92xJkl4Z&#10;uc1LkvSUuijNGldC/cCVk5fTe2eMCisrS+VfbcI7WBKFsGfxr8T3HkZ982RRjUHsGZZ9e4gSI2bQ&#10;rVDqXY6ee25nuC1scKphZ+w80yCGC2s24qYvSofeLVMFNkY6P07+dwtKNaJZhl0kSJL0PpIBjCRJ&#10;yZhQ7uO2OHKZg/vTu/dEjbW1IYCJJz4uMUV3Yw1LDlZi5BAHeBLUGOgJ2PQNP4V3YeaISsrUU4vC&#10;ze0cWvNSFM9+m6tXLnLm2HaWjWzFRwsf0HzhVpZ8nHbriv7+PxzwEpRq0yGxDypJkj4oMoCRJCkF&#10;kwq96FnHFM/t27iaZgSjwtLKEoQSwMQbbk6J5NiSldzrOI5PbAQ6Q1LSbTAxp/n+2xM4fTGF5jmN&#10;acnFncPVMxzM77Bl+Kd82qs7XTv2YMzaYDqsPcKWMTVI62eGwMhv+x+c0jnSo7dLwptxJUn6sMgA&#10;RpKklDSl6DOiA3m8N/G7V1qXkVRkS2iB0RKnDNb7b2TxzmIMHV33ae/LKrUyXAky1n/Db5r+zOiT&#10;/PLQU/p7bnjcFtj2+JETrq64epzDx/8Sv7cPZ1XPDszxSKdPA901Nm48iXmrkQysKC8fSdKHSAYw&#10;kiQ9I0/bMQys4MP6lX8TYkx7So11wj0wAqGPw2P5ci61GEuf5N11a9Rook+waNFZmkwdh4uFMT2V&#10;KDdXzmutqFy9ytPHmM1L0qFvCwpHefL7pjMYr1KlEHVqFWu8bOkztpt8Zb8kfaDkpi9J0rPMnBgz&#10;pzcmWxew+sqz15FMlQDGcNlGBP/J4g2W9BvbIuWlHhMTAtfOZUv+UUzrmOqx6SfiOOfqRZimLM7V&#10;cxjTEmlDQokQyg5KncYj2Xpf1s/7jcgOXzGxbjqRkSRJ7z0ZwEiSlKbcLWcxt81tFk/+jTupYhi1&#10;lTUWKsGddUv4r9ZoBpZPdRlH68kPS2/TceYQyqd17chAfw9Xj1uIAlVxLpVsJCV95+bDhKgKU6+R&#10;Y6r7W/QE7pjGXM86zPq6MwXlHkySPlhy85ckKW3qwnRZ9jOdfL5k5M/XUlzKUVlZYqm/zZ49sfQc&#10;14H8qfYkWq9dnHCYyBcN0+0EAP3DQxzx1mJe2QUn4/UjbfBFtk7swujtodj3XczMFtaJA4x0vpsZ&#10;84UrjZevol+J9CIjSZI+BDKAkSQpXeo8zVi4eSbWy3ow/XiUMdUQwBhaYCBH89EMS+sZZrPKDJ3Z&#10;k2Lp7WGCj7Gg9yz+DhPEHvmcSkWKUKRwQYo4tGHOmeIMXnOckz92Stm3UZwX3/ScTdSYzSzrWFju&#10;vCTpAyc7c5QkKVPaezfxz1mS4sbHjPQhFzl06CoW1VpTr0TyXoRi8Dm2B2+tA80bl0/7BXQvLBa/&#10;mw8oULKY7LdIkiQZwEiSJEmS9O6RrbCSJEmSJL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QA86bEnWRu&#10;u8Z8stSb9Pr4fXW0eC/5hMYdF3A6rdeYSpIkSdI77tUHMCF/MrxqCWyLFaOYrS3FS5alct32DFm4&#10;F58Y4zgfIq0/Z/89xonz99Lp4Te5SI5MrkNpuzLUnXqUpw+vZpWOexdOcPzoWfwNHeu9qNA9jHEu&#10;iW2JCjSbup/H6U4rmMMzmlLezpbSjWbjKoMmSZIk6TV75QGMPuwWFy/5Em3Xks8++4w+XZtTQe3N&#10;bxPbU7/nWm5nfvSWQvax+hd3HgTfx/Xn1ewLNaa/YfrQ63ifv0N4WABHFs3ml+tprzydz698tegk&#10;gWFB3Dpzntuvv4lJkiRJ+sC9pktIavK49GXal1/y1bxlbDh6jO+aW3Nv93LWp9U/f+xDbpz14Myl&#10;ACLSOcvXhvpy6Yw7Zy4HEJlRq0JkABeUg6h/ehN6Di87z9iHN/A+cwG/8OfLy8O/NrIvzIXxX3ei&#10;wON9bPzrsXHIK5CFsk5Jg237ztRQubH217Q61ovDY/XPnLL+iB4tcpFGzzUKLaG+lzjjfobLAZE8&#10;O1stIXfO4+FxEd+QNKIfbQh3znvgcdGXtAZLkiRJH543cw+M2obqTraYiGAePUoewITgurQHVYrY&#10;YF/VheoVi1HYvg1zjjx8cpDTXtnAiMZlyJ/fjgrOLjhXKEbB0q2Zezz4yThxJ6biUrIt3+9fTTfH&#10;Ujg6V6Hy0O34/F9bitu1YvHlp/PUB/5OrzJFqTbhME+vaGm5+F0LipfsxYagl5nnn4kDdXfYPqY2&#10;xYvaU9XZkRK2lem1+lKy+WVAH8DOjQeJqdGJ3n2706ZIGAc37eResqN+0B8DKFe0PD1+vfXkcpTe&#10;fxOfKeXnMuUEsca0lDIv6/Roinbl08ZWXN2wmsORxsQk4fv5cd01inUdSLNn3lqm5cqGETQuk5/8&#10;dhVwdnGmQrGClG49l+PBiXPVBx5gRtMSFC5RGReXStgVKk6b5ZeNy6Un8MAMmpYoTInKLrhUsqNQ&#10;8TYsT7Y+JUmSpA/TmwlgYi6x/6gPuhyOOD/p9E2P37oBfKwEEvlG7eJGWAxhPnsZb+vGlz2Gs+l+&#10;4gEu1OtfLhfuwZK/z3Ir4C6XD86ncdx+Zo1ZwgXj2bgIf0DA3dMsGjgNn5arOHJqP2uH1aBYVXss&#10;/A/zx19PD/ThR3ex96Y/53bs5HTSkV53kz3bj3IvX3mq5HyZeTobJsa15f3ot+w8BXv9wD+nT7B9&#10;RlXOTZ/DX+GJv82I3ncbG4/qqN25E3bZGtK9vS2RRzbyx92nYUaeNkP4pLAvW6ZMYrMhstE/YMfk&#10;L/g9sCqDBtVK4y2lWSvrdKny07Fva/IGbOfnP5MHPHoCtvzI9oeV6DWgbhrzDcXr38sU7rGEv8/e&#10;UsrrMgfnNyZu/yzGLLmghDdxnJg7lHne5fny9EPi4oK5vm82rYoaX00fd4K5Q+fhXf5LTj+MIy74&#10;OvtmtyJpsCRJkvQBM7yJ91XS3VksGpipRR7n7mLk6NFi5OBeonn5XMIku4Pou+66iDeOJ+K9xYyq&#10;psKq0RJxS2dMU8R7TBWOplai5ap7IllyMrHi39GlhYlle7E2LDElZu8AYaNRi1yNFovLT2agiDks&#10;hpcwEZZNlgnfhIlFi739bYRZrtwih2l58cXp2ITRdL7LRGNLU1F1hvfT/KXwHPOM9xIzqpgK0wqT&#10;hGuMMU1Zkvt/DRL2phphM2CveJL8DK24Mq+2sMjWQqy8m7j0sSfGCXsTC1F34XVl6FORJyeJyuYm&#10;wq7fTnFDmXYp09yi2bKrxnFixN4BNsIkdw+xLVr5+oJlnbgujeUSeUAMtTMR2ZSyfDIN7QXxdQ0L&#10;Y1qM2DfQRmiydxGbIo3D0xL7rxhdWlkn7deKMBEkVn9kLkwdpwqPtAo+aLX4yNxUOE71SGe9SJIk&#10;SR+q19QCI4i848ahA3v5Y8MmDly34qNv/2BVr9I8aX95dIr/LunJZfWYQ2vXsGZN4med+0NlnDhu&#10;XvVRztCT6Ai56caBHZtYv3Y9x3zjEfoYolNck8lB8yEDKZe8V3/zGrRuWog417/Z/1CvnNGf4eDx&#10;xzgOHksT6xsc3HdFmYeeR//sx11blpZtKjzJ3wvPM+wMHlf1FKzbmMpPmiTUFGzUhCqWxq/p0V5k&#10;4xYPzBp2oX3hxFVjVuMTOpXV4bZlE1eS3f9hVXsKi4eUxn/dEBoMWMPDWpOV7/ak1T/v85V1Oqwa&#10;0veTssQe/5W1xmaomBM/8atndj4a0B27jGqSLoSbbgfYsWk9a9cfwzdeoI+JJobs1KjnhNmFpfTp&#10;NY+dF4OftJQlyF6Dek5mXFjah17zdnIxWF46kiRJkoyMgcwrk3jWbiLsx50QhvYNXdB/4utGeYTG&#10;0knMcHva9qC98JVwNlUJ87y2onTp0ik+Zco4ii4rriS0JujuHxAzW5YQ1moTYZ3fVpRShtvmNRcq&#10;8xZi5YPEaSW0hpjkFj0SmhtSivizjyikySU6rg8S8edmCScLezH+hK/4sZW1MKs1T1yNDxYbuuQW&#10;pvbjxInEBpmXmqf2xgJRx9RUVJzinrLVIHKz6Joj4xaYWNeJwsFEGadhfzFq9GgxOuEzUnSukkOo&#10;TSuJqamaKbQ+34p65iqBKpf4eK0xYwlStsBktaxTS9ECo3zXXv5G1DI3EWVGHxXRusdi8ycFhGmJ&#10;oeJAQotLWi0wOnH/wEzRsoS1UJtYi/y2pZR52oq8Sp7NW6wUCTmOvyv2fdlBOOQyESpNTmHfZqrY&#10;devpcsbf3Se+7OAgcpmohCanvWgzdZdINliSJEn6QL32e2DUuWsycfkX1MCLH+Zv44HxBgqVdTas&#10;VBqKf/o7F69f53qyz7VrZ9kypCwaIvlnej++PpaL/juv8+jBHW5cv8yfw8olaynJmHWD1jTKHc7x&#10;fQe5evAIl/LUo1HVIjRr5ozaez9/3zjC38ciKNa8Lc4J91a83DxVlpaYq/REhISlbE3IVCz//f4H&#10;10wKkV93HW8vL7wSPmd5YF2EPLrLbN3g+vQpIP1j9s1dzmnr8lQsEsHehQs4nvoGW6OslXXmNPY9&#10;+bShJTc3/8xfF37nx7+CqdBrIA2NPRQ/I/Ifpvf7mmO5+rPz+iMe3LnB9ct/Mix5k5WJDS1nbOf8&#10;rXPsmN0czdFv6NF3KUkPq5nYtGTG9vPcOreD2c01HP2mB32XXn3OspUkSZLeN2/kJl5N2b4MapmT&#10;oH2r+f1W4qFHXdiRCoUEfl4e+Kd3NNL5cubsfVQVOzPkIzssEhL1xMbFk+UutHM2oXX97AQf2cz8&#10;fZ6Y12xEbSsNxVo0paLWnd3zNnI4qBDN2tVMvAn1JeepzlsO+0Lg7+mKcVEVeoJdT3Ex2vg1LVFH&#10;+H3HbayafcXfR//l33+TfY5uYURVFT7bN3DceAkr5MB0xv/2mDpTtyrBSyfyXV7O2AXuaT7plKWy&#10;zgp1Mbr0bUXuhzuZ9ekSjom6fPaZY7qBnc73DGfvq6jYeQgf2SWWJPpY4uKfLUl1rvK0n7yOpb1s&#10;iPF242yKR6nU5CrfnsnrltLLJgZvt7PpPGklSZIkfSjeSACDuiAd+3WgcOxJ1vzilXi/hXk9Puvj&#10;iDg+j/5f7eJKwgs+4gi6doLNi/+PvYZXyGoKYmtjjf76EfZejFCGR3B1y3iGr3qeM/BcNGtTD6v7&#10;O9lwWItT44bkVFI19s1pah/LkfXbuZe/GW1qGw+wLztP89p0aWuHcF/KmIWHuRnoh9u6sXzU9Ud8&#10;Mijt0P0b2B1gRYMOrcmfejwTB7p8XAW1359sPKjkKfwIX479GT/HMSwY7kCxrt8ws6UV3ovGsPhc&#10;Gq/BzUpZZ1Hetn35uEgUF8/eImerAXQvnn7bjaagLTbWeq4f2UtiUV5ly/jhrEpqXtGeYcngsaw8&#10;cpNwnZ6o2wfY9d9D1CXLYm9mGLyEwWNXcuRmODp9FLcP7OK/h2pKlrVHPogkSZL0gTNeSnpldP4r&#10;Rcts5qLyNLeU94DE/iemOFoI04qThavxXhMRfUmsHeAk8pmqhEqlESYmauX/amFl20n85JN4V0ak&#10;xyLR0sZMqEysRK5cViKHfWfx3bwewiZne/FrUMIoIubQcFHCrLDot/vZe2AMdAG/iI/zmghN9vpi&#10;4eWkuz1ixfHPHYSF2lTYDtgtwo2pBi87T92jQ2Ja3QLCRGVotFEJdTZ70eX7TWJ6TWtRcsShNO6B&#10;SbxnxTR/Z7E+MK3ngYTQXvlWNMhmKooO3iPOzKkhrKwdxYQjT3Mdf2mxaJLHVOTt8Ju4r4sRh4aX&#10;EGaF+4kn2ctCWaem818hWlhbiJpzLya7RyZWnJrsKCzN7cXIgxHGNIMYcWRUKWGW/1Ox40mRRAqP&#10;RS2FjZlKmFjlErmscgj7zt+JeT1sRM72v4og7Q2xunNxYalSykijEWrl/2Y2TcRX/wYlPBWlvbFa&#10;dC5umZBPjcaQXzNh0+Qr8W9Q2mUkSZIkfThUhn+Mscz/TFTAOdy9bxOityKfnQNVHIpgnbwVIsIX&#10;99NnCVQXx7muI4XexOn3y85TH85Nt1NcCrKgZPU6OOTP6l07r1emZf0aRPi6c/psIOriztR1LJSq&#10;9URL8A0PPC4HEpvdjmoulSmS/J4abTA3PDy4HBhLdrtquFQuQnq33EiSJEkfjrcigJEkSZIkSXoe&#10;b+YeGEmSJEmSpFdIBjCSJEmSJL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0c+hSRJH4Q4&#10;vH/oz4QNN4kWKtRWZemzZBUDHIyP9+t9+X1YH36M7sGPvwykbML7CeNw/64HE3bcQ2t4o5FFeQas&#10;WkXf0spA/QN2Te7LtydD0Rn3ICqVGo2ZNXltK1K30wAGtS1HtsRBb5aSt91T+rLwRGLeEvNlSc4C&#10;JajcoAO9e7fE/n+SMUmSXilDACNJ0gcg/pyY5WQqUBcUn2x6kPCywCQxJz8X5U1VwtRxmvBM/gbK&#10;aFcxqZKpUFk6ijEHUv5GhG0R3fOqhca2j1jnfUlcvnReuB/6TUxrWUyYqvOKVitupNlJ6BsRvlX0&#10;MOZt/dmL4uzpf8T6Ob1F1dwaYWXfQ6y5kvQ2TUmS3lXyEpIkfShMyuBYPgdqjR2VKud5ev1YH8jW&#10;Rb9xA5UxIblwwiLU2A9awuym+VNec9bHEhML1k5NaVO5POXKV8S5cW++XDOZBqZBHN5xkMdZ76Xi&#10;1dLFEK3kzcqpCa0dHXCs0YyeU3/j0JahFLu1iTEjVyfrq0ySpHeRDGAk6X2mC8TXP6mLTxXZs1sr&#10;/wqS90yqvbCKpW616Vg39eum9QRuW8G26LZMn1T/mctBcRe8uBijwcGlOtmNaYkEhgvT5tmyYf4/&#10;2sM8yVt1lxR5y91oBH2dNIQd28ZuYx9gcQF3CEijCzFJkt5uMoCRpPdV3DXWfdaMDotdiUpIUGFl&#10;Zan8q03WI3gIexb/SnzvYdQ3TxbVGMSeYdm3hygxYgbdCqXeVei553aG28IGpxp2PO3SM4YLazbi&#10;pi9Kh94tUwU2b0pS3oqkyptCU5zy9jlR6fy4eTuxU9NzP/WgWfeVnE8sJEmS3hEygJGk91Iwhyd3&#10;Y+rDQaz7uoGx/yg11taGACaeeGOLg+7GGpYcrMTIIQ7wJKgx0BOw6Rt+Cu/CzBGVeLYnryjc3M6h&#10;NS9F8ey3uXrlImeObWfZyFZ8tPABzRduZcnHef9HOxhj3qyqUqOquTHtKY3GENKolf8bvpnhPHUd&#10;X6gW0HXMbgL/V5e8JEl6bjKAkaT3jp7A7WPov6Eo038YisOTY7gKSytLEEoAE284UkdybMlK7nUc&#10;xyc2Ap0hKek2mJjTfP/tCZy+mELznMa05OLO4eoZDuZ32DL8Uz7t1Z2uHXswZm0wHdYeYcuYGqT1&#10;szfCmDdN+epUz2FMeyKSe/dDEaoCFClibJsxKUnvZd9Q5e8hDF3nq5SeJEnvAhnASNL7JvQQX03a&#10;SZEx8+lXIvkFFBXZElpgtMRplTDHfyOLdxZj6Oi6T3v4VqmV4Xr81n/Db5r+zOiT6hKMkf6eGx63&#10;BbY9fuSEqyuuHufw8b/E7+3DWdWzA3M8Yo1jpiWGP/vbkitnTnJm4ZO37tecM1ztyaKkvBWu5kLJ&#10;1JmPccPtXDzqYlVxtnk6UF24M99MrsTR6dPZ+VCGMJL0LpDvgZGk94qWs1/VovZPFdlwbg3tcxuT&#10;jUJ/aUPBwVcYfNCbnvvr0ePBHM6sbk1OvT/LmpZkfNgUzhxpxC81evHgyzOs65LqySOjiK3dKf7J&#10;Hur9coedfZ7OJPbQMOxb/ITFmH85/21tUt8WnEhP4NkjeAXEJb+XOF3qHGWoXad0lu+nSczbX9T9&#10;+Q5/9s1jTE0UursfFTqsw3L4QS4saUCKC0yRRxhZ9SMOf3yIMwtqY2FMliTpLZXwMLUkSe+H4J2i&#10;r42ZcJh4WqT1ppPIjZ1FdpNSYuSO9eKT4rXE1xeML33R3RVLG5kJ0xpzxIFlLUSR+gvFpXRf4hIr&#10;To4vK0xMncXsiylHitjWQ+RRm4hyn59Kc/6vX1Leqj+TNxF7Vnxd01qoczUVS6+ntXBacWGOi7DI&#10;10msu5/ijTeSJL2F5CUkSXpv6Lj521K2PaxEt15OabZ+qK2ssVAJ7qxbwn+1RjOwfKrbc7We/LD0&#10;Nh1nDqF8WteODPT3cPW4hShQFedSyUZS0nduPkyIqjD1Gjmm0/rymiXlrVA1aqTI20MOTPyUrz2y&#10;0eLrpQw1vE34GRrK9ehOzag9LFt9mee4aiVJ0v+ADGAk6X2hvcKG9SeIrdKRLqkDEyOVlSWW+tvs&#10;2RNLz3EdyJ9qD6D12sUJh4l80TD9d+3rHx7iiLcW88ouOBmvwWiDL7J1YhdGbw/Fvu9iZrawThzw&#10;hiXlzaJKDaol5C2Kex7b+LJzHTqsCqXZgj/ZMKx8Gk9VJdIU70SnWiq8NqzjjHw3jCS91WQAI0nv&#10;Cd21nezyFpRr1oIy6bSeqBJaYCBH89EMc0qjjcSsMkNn9qRYenuG4GMs6D2Lv8MEsUc+p1KRIhQp&#10;XJAiDm2Yc6Y4g9cc5+SPnbD5X+xZkuUt5tAEKhYpTMG8xaj2yTz+y92Tn055sn1sDXIZR0+TugjN&#10;m1WBa7vZ4SUjGEl6m8mbeCXpvaDHd0kT7Mdfp/fuG/zUKu1bUPUhFzl06CoW1VpTr0TyW1hj8Dm2&#10;B2+tA80bl/8fvYDu7RB3cjyVGi4jx0xvTk9zSPMpLEmS/vdkC4wkPaEjJiKU8Jh3sZOcSE6d9Cbe&#10;tAJO1dK/+0SdqwLNOnVMFbwYWFCqfic6feDBi4FZRScqWeu4dOrk/64vJ0mSMiUDGOn9oH/Arokf&#10;Ub9uHerUMXzqUrdeA5p81IUB037kmH/mt2TGus+idr68lB3xN0m9Bz1huEF1Qivj9OvSYuZR0nrT&#10;ifbSCno3qEudug1oN3oT195ULBR3Ca8LEahtyuGQW27WL8XaAQc7DbEXPTkXb0x7xfT3djKhVX3q&#10;Gupq3RbMPJpmbeLSit40UOpc3QbtGL3pmhJiS5L0RMKzSJL0PgjbKrrnVQuNTQ/xi+dFcem8mzj4&#10;21TRvKipMCs9SOx+nMGjsdobYlmz3MJEoxLWHX8XkcbkFEI2ia651YZLrsKs0VJxN/XktLfEqtZ5&#10;DY/2CU2RT8WOYGP6mxD8q2hnpUo7X9JzChG/trMSKrNGYqn/6yvMkE1dhRJrKvXJTDRaelc8W51W&#10;idZKfQaNKPLpDvEmq5MkvQvkqZr0/tBHE6OcyFo6NaN9VQfKV6xOk95f8eO4WuCzkV/2hBlHTE3P&#10;gx2zWBLWnm4VTYgPCyU8rUsHhulTh4+a5EDc88U3RaOOYRrTmXetIKUt1eSo15omGd4t+mpp79zE&#10;L15FNpui5JVb9UuyoKhNPtT6u9z0eX0PU+ujY6DORzTJIbjn65vysW39A3ZMn8e1gqWxVOegXusm&#10;Gd98LEkfILmrk94bcee9uBijoXx1l2T98KjJkzcXGmKJiEjn9faRJ1nwlTtNZw6nvDmI8GCC07i1&#10;Pe6cJ5fzlKdu2QJw/y53kx9xwo8we/opand0Ji7OBMcaNXiTDxLrAgJ4oFeTL3/ab86VnoeG/Pnz&#10;otY95N79jAIYHaG+F7jgF2H8nkgfepuzHpcJzKg3BUMv2J6XyVO+LonV6W6KACb8yGymn6pNR+c4&#10;4kwcqVHjf/NYuiS9zeS+TnpP6PB39eC2KIxTzVLJnhyJ5NSps8pBwB5n57zGtOS0XPphGlvtPmdy&#10;s/xYWagQYaGEPHOzgQ7f02cILF2FJnYFISoAvwdJzTSxuC+cyA77ifQyv4C/yg7nGoUz3bj0Oi3a&#10;OOUAlYWPNqGnxfTpgh8TrFeRPXduuVG/NDW58+REJaIIepwyOHkqHNd5LShX2hFH+zpMPpUYrUR6&#10;LaFdxbJUrT+OP0MyWGc6X06fCaR0lSYkVic/JQA1Dot1Z+HEHdhP7IX5BX9Uds7UKCzXqiSlJrcK&#10;6T0RhavrebRWVamZ9HY1JTgJ2DOZievuU6L3l4x0evb1ZfqAjUxfFknfmb2xNclONitDABNMyDMt&#10;MOGcdr1MsSpO2Be3wUrcw88v8ZxZd+UHJv6SjTFz23LX4wq67FVxcczsPbRRbO+dHzNzc8yz8LFy&#10;moV3uo0BeiLCItAKFdbW1nKjfmlqY6eXgojQtC87xrktYMaZrhz0Xkwjk0ts2fQfMY/3MqH3/6Hu&#10;N5eZEz+jcb4M1kT4aVwvF6OKkz3FbawQ9/xIrE46rvwwkV+yjWFu27t4XNGRvaoLmVYnSfoAyX2d&#10;9H6I8+K0l3K2bH6Pf2aNYdTQfnRp4ojTgGPYT9nJoVUdefYkNpRDc+bg1XQGYxJe6mahHLhMEeGh&#10;hKVugYlVpn/WlMrVK2BlW5zC3MfvbrwSO/ixbspiwj5bwIhSyjjesZg41qDGk+6d02NB06+P4u7u&#10;nqXPfxuGYp/e62MVMTGJj8uYKsFOWlQqlfyk80mLmbmZMkypVrHPPI+WwMxlMtvXDqJC2Xa0rqbm&#10;rvchfho7lau9NrLxy/HMnNmVNHsrMIr1Os1Z08pUr2CFbfHCcN+PxOq0jimLw/hswQhKKeN4xyZe&#10;jsy0OknSB0gGMNJ7QefniscdPfmqNqZexbIU0V3iyPEomi7dw6apLbFN4+Af5/U9U7cVYcjouqhC&#10;QggJCUdjYakcXcIIiTaOZKS7fZozDypQw8USEzs7bFQx3PPz58Humcy+1I55E1wwueaG10MVds41&#10;0giWUlOTq0RlnJydcc7Cx8mhcAYHMYFOp0vo2Vmtlpv0q6BSytFQknqlXNNmhbVhhWhsqFndDv3p&#10;71jGFNZ94ZyFe5903D59hgcVauBiaYKdnQ2qmHv4+T9g98zZXGo3jwkuJlxz8+JhFi9HStKHSG4X&#10;0nshwtWVCzpLqncbx5CBQ5n0wyqGVwxg48R5/JvWzZS626yZupSrJn781LkG1atXVz51Gb8nBKFX&#10;ApjglAeuMFc3rthWx6WgcmDLZUvxPBBw7Q9mTz1K7a9n0DgnBLu5c0WXnaoub7ojQxUajUb5Vzng&#10;6tO+70IIIT/pfNIilHI0lKRaKdeMmVGhSgUsRH6aftoui10ohOHqdgXb6i4UVAKlXLbFyUMA1/6Y&#10;zdSjtfl6RmNyEoybe1YvR0rSh0kGMNJ7IBav015EaMpTo6YSWRiYlKNRnaJw918Onk9984iex399&#10;yTee9fje9RrXr183fi6ybVBpNMoBJjTFTTCxeJ72xqyqC5UMxxKT4tjaKJP+fQ7bS01lzscFlA0p&#10;Fg/Xs8QmPDGSlQb/GPaNrkLJEiUokYVPmdaLuJTuPTBgbm6a8P/4uAwffZGyKC4uXgluDJeS0u6S&#10;4YkYb1atdVVq1H0unruXEPRkKtaT095mSqBbKSHQNSluiw13+X3OdkpNncPHBZTdcqwHrmezejlS&#10;kj5MMoCR3n26O5x294MCVan+5MYDcxydK2GpvYGHx6OUB5ao0yyYtpVcA6bRM0WvhWqsra1Q6cMI&#10;Sv4Yks6H/zweUq6aE5aG7ya22BU1RW/mzNhv+lDcMEvtVU6feYCqWGWcsvTEiCkVukzmq6++ytJn&#10;1rCmGVyWUpMtRzZMVIKoiMiES0nSy9ATERGtlKNKKdcMOlbQB/LXuIHsrf0lg+0F506fJjwhPbH1&#10;Jj06n//weFiOak4JtUmpTnYUNdVj5jyWb/oUT3iCTnvVcMlSRbHKTlm4HClJHyghSe843a0lorGV&#10;Spg6fyUuaI2JCu3F2aK6qVrk7vCruP/kNaeRwuOrmiKbSQkx/HCMMS1JjDg0zE5oVJai5ar7T96M&#10;qvVZJBpYZhedNya9n1crrmydLWauP6v8wphyZb6oba7kofZ8cT1ZHt6UmL0DhI3GRNiPPS5ijWnS&#10;i4oXZ2dWE6aqnKLbljTeyRxySqxZ9ptYO7G+KNX4W3E+Jkxs7pZbmBTuJbYF3hRre3UQc8/HG0dO&#10;TSt8FjUQltk7i6fV6YrYOnumWH/2SW0SV+bXFuYqU1F7/nXlmyRJaZEBjPRO0wX+KUZXzpXw+n6V&#10;mY2oO+3vp69cjz0pxtubCJVJAVFz2AZxRRsijs1tKoqZqpSTaxNRuOEccSzMOK5y0PJe1l6UVAIh&#10;QyftZiU6iFXKQUh3b4cY7miYvlrkrDBAbLrz7OFE579VDK6QMzEPFsXFR0s8lam9WfFeM0QVJVjL&#10;22u7iDamvV6xwmt5L9GkTm1Ru3YdUbdpP/HTxWRLrbsj1g9uKOp/+qNS7sY05Tdu33YS9RN+U1vU&#10;adxfrEmK9nSB4s8vWol6xmEJw+vUFfUbtRAd+owX3+26LMITx3wDYsTBYcWFxqS0GHPs2XAw5p/B&#10;ophGJSztPxObE+qDTjzY0lMU0aiFuVVBUWvav+m89l8n7u0YLhxzqQXqnKLCgE3i2eqkE/5bB4sK&#10;OQ1dCKiERfGPxBLPN12bJOndIAMYSXofBK8RbQ19ITVeJl5j9z0pxZ8Ts5xMlYNxQfHJpgcp+vKJ&#10;Ofm5KK8EiqaO00SK42+0q5hUyVSoLB3FmAMpfyPCtiT2ZWXbR6zzviQuXzov3A/9Jqa1LCZM1XlF&#10;qxU33lBrRIhY297YF1IaHUvF33UVu/88Kq4EJx8WIW6e3Cv+8bj7pFVOkqTXS15dlaT3gVVZytlq&#10;0Pve4DV235OSSRkcy+dArbGjUuU8T2+o0weyddFv3Eh4Liq1cMIi1NgPWsLspqm6PdDHJvRlZe3U&#10;lDaVy1OufEWcG/fmyzWTaWAaxOEdB3mcpbtkX5L2Fj534lEXsKdcGi+jM7FxoU27BpTNlXyYNSVq&#10;t6KZkw1pv4lHkqRXTQYwkvQ+MHOgSgVr9P5XuJzRK+xfKRXZs1sr/wqS3zmsvbCKpW616Vg39eO/&#10;egK3rWBbdFumT6pPNmNqkrgLiX1ZObhUJ+Wts4aWYjDPlg3zN7HHir7MpVs6zCpUxTHx4S5Jkt5C&#10;MoCRpPdCdmrXqYJJ3AXOeCW+lff1U2FlZXjlvpa4+KQIJoQ9i38lvvcw6psni2oMYs+w7NtDlBgx&#10;g26FUu969NxzO8NtYYNTDbtkfVnFcGHNRtz0RenQu2WqwOb1iDvvyflIJZCqXUf27C1JbzG5eUrS&#10;e0FN0WaNqaR+gOvJyyl6Nn59DI+dGwKYeOLjElN0N9aw5GAlRg5xgCdBjYGegE3f8FN4F2aOqMSz&#10;L0aOws3tHFrzUhTPfpurVy5y5th2lo1sxUcLH9B84VaWfJz3DeywdPid/I9blKJRM/s08ilJ0ttC&#10;BjCS9J4wKfcxbR3h8sH9+KT3BvxXSoWllSUIJYCJN1y2iuTYkpXc6ziOT2wECR1oJ90GE3Oa7789&#10;gdMXU2ie05iWXNw5XD3DwfwOW4Z/yqe9utO1Yw/GrA2mw9ojbBlTg7R+9srp7/PPAS9EqTZ0SOgf&#10;S5Kkt5UMYCTpfWFSgV4962DquZ1tV99EBKMy9tqsJU6rHPv9N7J4ZzGGjq77tN8mlVoZrsdv/Tf8&#10;punPjD7JLw89pb/nhsdtgW2PHznh6oqrxzl8/C/xe/twVvXswByPN/OGYb3fdv44pcOxR29cZPwi&#10;SW81GcBI0ntDQ6k+I+iQx5tNv3u9gctIaqwT7oERCH0cHsuXc6nFWPqUTBaiaNRook+waNFZmkwd&#10;h0s6b+aPcnPlvNaKytWrPH2Kx7wkHfq2oHCUJ79vOoPxKtVrpOPaxo2cNG/FyIEV5eUjSXrLyQBG&#10;kt4nedoyZmAFfNav5O8QY9prZKoEMIaGChH8J4s3WNJvbIuUl3pMTAhcO5ct+UcxrWOqx6afiOOc&#10;qxdhmrI4V89hTEukDQklQig7KnVaj2S/YlGnWLXGC9s+Y+km398vSW89uZVK0nvFDKcxc+htspUF&#10;q6/wui8kqa2ssVAJ7qxbwn+1RjOwfKp2C60nPyy9TceZQyif1rUjA/09XD1uIQpUxblUspGU9J2b&#10;DxOiKky9Rq+7h289vuvn8VtkB76aWJdMunCUJOktIAMYSXrf5G7JrLltuL14Mr/deb0hjMrKEkv9&#10;bfbsiaXnuA7kT7VH0Xrt4oTDRL5omPqtL0/pHx7iiLcW88ouOBmvH2mDL7J1YhdGbw/Fvu9iZraw&#10;ThzwmugDdzBtrid1Zn1N54JytyhJ7wK5pUrSe0dN4S7L+LmTD1+O/Jlrr/HmEVVCCwzkaD6aYWk9&#10;tWNWmaEze5Ki0+/kgo+xoPcs/g4TxB75nEpFilCkcEGKOLRhzpniDF5znJM/dsLmde6pdL5sHvMF&#10;ro2Xs6pfiTRvMpYk6e2jMvQnYPxbkqT3Sexl1vTtynLbHzg2v97TJ4NeIX3IRQ4duopFtdbUK5H8&#10;Jfox+Bzbg7fWgeaNy7+RF9C9mDi85jShp3tXNmwYSZXX29AjSdIrJAMYSXqfae9x0z8nJYu/jvDl&#10;/RDrd5MHBUpSTHZiJEnvFBnASJIkSZL0zpH3wEiSJEmS9M6RAYwkSZIkSe8cGcBIkiRJkvTOkQGM&#10;JEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ7xwZwEiSJEmS9M6RAYwkSZIkSe8cGcBIkiRJkvTOkQGM&#10;JEmSJEnvnFfalUDYtS3GvyRJkiRJktKXw76r8a8XI1tgJEmSJEl658gARpIkSZKkd44MYCRJkiRJ&#10;eufIAEaSJEmSpHeODGAkSZIkSXrnyABGkiRJkqR3zpsLYOKCuOUfZ/ySmp7gkCjlX0mSJEmSpMy9&#10;mQAm7j6bp8yi1iff8+PVWGNictHs+fpb5rqGyyBGkiRJkqRMvf4AxhC8TP2GEbsDiX5whskDl7L6&#10;2rNBjAi9yrcjFvCNW0TGQUyYB190GEGFFjOZfCgk1bg6rqydj1O7NfyTVpyUiQi/qxxwvUuwjKIk&#10;SZIk6a322gOYuJtu/HokkKSLR9pADyYOXMaa689eThJh11g4fAHz3NMPYvQRgVy4/hD/O1dZNXcL&#10;h8KNAxIIwgPvc+vmQx5pjUlZFs+ZNcvoNkSZ5gsEP5IkSZIkvTmvPYAxK9eGdcva4ZRdZUxRgpj7&#10;7kxQgphfb6QVxFxlwZh1mbSgaKhYrxIFAo4x59dbT4KjTGkj8bt+E8/LAQRGpREiGTtVSLdvhbgw&#10;fK744HUjiAjZSiNJkiRJ/zNv4B4YNflqfcKWpW2pli1ZEHPPjfED/4/ffOKNKU+JyCjCMgkQLJxa&#10;M7y6Ced+28T6u5lFE9F4bVpBo/qDqNhmMo0+Hku5OqP5+Ft3fA0tNdFujGg6jN7bH6OLPsO4RgMo&#10;WWsYn/4RkvhzIvH4bQl16g6hWvspNGw9DPvm81hwOuxpS5HWlx8GjqLSJ1s4neWISpIkSZKkF/Fm&#10;buI1BDG1u7NlWaogJsCVsUoQs97nua/3IFQF6Du6KfZRZ/nuB0+CjOnP0uO38we6fXmC4Kod+WXd&#10;XI78Po5ZDU1xXb2MvqtuEWdWkh6ju9K3qjVq0+J0HtWdGWO70a96toTf3925iu7zL5K39xd4e/6O&#10;/8FJjCxyg3njf2bbQ2MIow/n9s0H+Pnc474uMUmSJEmSpNfjDQUwBmryG4KYpa2pYp0siPE/zZhB&#10;K9kd+HydYgvlP6uq7ZjyUS4Cdm3h/84+25KTQHuLX38+wyO7Fqz4thOdXEpRzbkGo+ePYJi9Fq8t&#10;Bzmhy0fttg1pUsIClYnyd4cm9O3agIa2JgktK7/96kG4UweWDa9CCWsTshWrwudfNKVciCebDxtb&#10;YcwqMGvjd5zeNYh2lglzliRJkiTpNXmDAYyBEsTU6cnW7z9KEcTE3/Vk/5UXaLZQ56DNiPbUt/Dl&#10;p8WHuJnGJPQPrnL6lsC2jjNOyQMLM1ua1MyP6tEtPP3SvwSlD76G2w09OS3C+XfHEdb/kfjZdD4M&#10;E7TcunVf+TeRVQEbyhW2fNOFKkmSJEkfnP/BsVZNgfq9lCCmFZWTBTEvSlO8KdN72BLjupP5hyMQ&#10;qpTT1AeFESxU5M6bA40xLZGavLmtUYkYwjO4I1eEhBMiBEFnj7J45Q6+S/r8coFwm6JUKp56upIk&#10;SZIkvW6vPYDRBXqz5OvVjJ35U7LPz3xzKI6SJbO9ggyY4tyvK10KhrB9+T4up2qFUVmaY2F4vDos&#10;ipSD9ISERikBTzby5E4/FypLCyxVaop9PArXA0vxSv75ZyFruxeRAYwkSZIkvWGvPYDRFKxI6wrR&#10;HP3jIL9sSvnZcf4VvXk3VzUmDqmM1dV/WPqvEpQYkw00RW0pl0tw2/1iyktM2gCOuD2AoqVwKZRY&#10;DGq1SknXEpfsnmJ1AVvK5xP4X/IhIJOrXPrYKEKiX8kSSZIkSZKUgdcewIAJpT8exvb5DShtbkx6&#10;5dQU79iNIeXjuXEzOGVQZF6J3u2LwIVdDJt3Es+AcILuXmPDnB9Yftmcuj2b4WJmGFFDoQI5UWlv&#10;cuhQAA/9b3EhQIlkzMrTs0NxhMefjFjuwbUwQxSjJejWFf5Y8zf/BBrnFneNLzsMoGTzH9kvX4Qn&#10;SZIkSa/VGwhgDDSUaD2EHQsbU+5ln9DRmGFhqsHS3MSYYGRWkhFT2lI9pwaT3DnJ92SwGbVGjuG7&#10;9vm4sX4pjRoNoEST6QzbEYHLsLH81CvpEpCakh81pVW+MP6YOJbSjacz5XCYkm6C05CRLOmUh4ur&#10;FlK9ek/yOPSiRMtZDF97iXtJ73xRqzG3MMHEzBTTl7+1R5IkSZKkDKiEwvj3Swu7tsX419tIT0TA&#10;bTyvBRGpyYG9Y2lK5Xw2ftOHBuDq7U+oRUGcnGzJnyxOigq8g+eVh4TqzchruIG3dB6s31AIKEmS&#10;JEnvkxz2XY1/vZgPKICRJEmSJOlt8bIBjGw/kCRJkiTpnSMDGEmSJEmS3jkygJEkSZIk6Z0jAxhJ&#10;kiRJkt45MoCRJEmSJOmdIwMYSZIkSZLeOTKAkSRJkiTpnSMDGEmSpP8JPXFx2lfTH5wkfYBkACM9&#10;Q3t5L599+i3feyfr1VJ6417Xenh71q+W0ysX0GbsPs59UFVNj+/+NTSv14cClXpRtNVajiZ1SZIF&#10;Setvsdw+XyEdQX5+3AySZfoukQHMW0OH509zcWo4DIcGw6nW+XuWe0cbhyWn5fKW5TRuMUIZbxiO&#10;bRfzs8+rPYfTPfDjP49LXEjqqFL6n3hd6+GFpxsZiOuxi1wNfVX50RFw5RInPXz5oKpalBfz5+zn&#10;fP7GrFo9ieUDK1EkjT1xhN9VDrjeJThV2SStv4ty+3xl9A8O0b/1BGqM2m9Mkd4FMoB5a8Rw0f0i&#10;N+49xv/+I3zO/8fX3x/DN/U+KvwMi5cc58zth8p4j7lz7Rwnr8UbB0rS6xN77i8GDJnP1ydkfXsZ&#10;Wl8fzgWpqdymNZ3rVaFDx2rYp+qbFuI5s2YZ3YZs4ZDs3f61U+csTfuujfisbTljivQukAHMWySp&#10;V6ps5UpQStmhRXqcZMed5BGMnoeHjvP3Y4FZ+VJUNO70XllnVi8qLpTrl29x9UEGe1ptJH7Xb+J5&#10;OYDAqNdw5piVPGTFc+QzMtAXr6tBRGQ0mj6GezeU6V19QHAardPa8EdcuXADL58gIp+jWPSRQcrv&#10;fLh4N4JX1+itIzTgLl7nbnI1MCbdezPS7T0tLgyfKz543cigTAzjXL7JpXvRL3DvRyz3lbI855dy&#10;meOC73NeWV/prfrMy1hHiL8vnuf98AvTGdOSUeqE71UfPK8/IiRLha1ML8APr/O3uf7w2XLUR8US&#10;KVRYZ7My9oSfDmM5Z7x9x/HA5xZnfYKJMqY8K55Hd27jeeEu956nkqVJqc/XbnJRqR/JxQYp6+D8&#10;Ta6kW28yKWNF5tMwigri0gVfAp5zWbRhj7isbDPnboY8Ww/MS9J32hAWdCtlTEjlBecpvV4ygHkL&#10;aeyq07a0smuLv8H2PXef7qz1j9mx8xyhwowarZwprDKmv27aB2ybNoWKjeaw9Jph56Plv0VTcBy8&#10;l5MH1tO6yTCcP56ES8NhNPzKlbsp9k/ReG1aQaP6g6jYZjKNPh5LuTqj+fhbd3wTFkzPzfXzqdBo&#10;LsuTXQrTPzrOwGZDqDfvgrLLTKLj8i9fU6HJMrYoR5Ks5yErMsunQdI893Bwy2JqN/2chu0/Z+yh&#10;tG5g0HP/2BY6NRtE+dbK9NqNpHTdiQz5I3F9an1OMOHTUZSsOZwanabS8KNhlG42j289IjLeeeuC&#10;ObB0LlXrDlN+N4XaTQZR5uPlrPcxLHA8R+ZOwKHLZlyTZynOmy9aD6Xx4qvK4S4tOq7t/pk2zQZQ&#10;stF4GnaZjEuDQVQZuINTCZeLYvlr6igcRh7FXxfH3zOHK/keiMOoI8ZLP5F4/LaEOnWHUK39FBq2&#10;HoZ983ksOB2WbFn0+P7zK00bKuN8PJlajYdRe8JhrmYSb8Z5bKRRk/mscHNlcveRVFDKsl7ToVQf&#10;dZDLsaGcWDGf6g1HU1dZX+Ubz2Lu6afll5Uy1j86x9d9R2Df+HMadZ5AxdrD6bL+rlIiCUN5cHIz&#10;7RoPplK7KTRqM5wyjebxYwaXbMMvHGBY56HKeBNo2Hkizkp9qvrZ7+zxN0wxjn9mjaH84H+4rdNy&#10;bP4YStYaQptVvikCMqLdGNF0GL23P0YXfYZxjZT1UmsYn/4RYhwhUZz/f4zvOoLyH02ivrJsDp1+&#10;Yde9lHkLObuP/u0GU7b5RBp1Gk/5umPo8sMFHqW/CM+Ku8JXnUfQ9Vdv1o75nMptJ1On3U+Jw8Ku&#10;s3LcF5Stp6yDzpOpodSbaoP+4FjQ0xlkXMaKLEwjqR78cPwQfduOolanL6g9fatSr4fgMs2VION4&#10;CfTh7Jw6FodPtiZ+j7jJL5OnUE6Zb01lm6nXaghlms1h5sGHT8tdWcY5XYZTd955Y0I685zlYRwq&#10;vQ1kAPM20hSmXTNbTJRN/MLfJzlr3Mp0t06y2UPZ41uVp0PTXJmsPD0B25fg3GQElRo/+3Fs9hXf&#10;ns/CUV4fwoF5Cxm5IwiHfr3ob284ZxREBAVx13MX/Waex3bgOA5snsicRpac37iGOUeSzgX1+O38&#10;gW5fniC4akd+WTeXI7+PY1ZDU1xXL6PvqlvKLl1N0fKFMQ+8wJ9HHjzZqYW7evCPXzAXDrjjnnTU&#10;1QWy/5+L3M9tg2P2rOYhK7KST4PEefqf3cOo7wNpOnsmB34ZzsCkprBkdD5/M3Dcdlyz12HR6q85&#10;tukL5rfLzpmj1wlThoddvsTV/HWZv3oh546vwP3XntRXAo1vvt7HpRRHs+T0XFu/jP4rrpGjdX/+&#10;2DqPAyv70i23D/u9DMurJ/TRY+7fD0mYxxO6aB7cCybgcVQ6Z/NRnHXzp1DbvmzftYyrxxax6/OK&#10;xJ3YyqTf/JSdvClVOnRlajd7cqpNlACvKzPGfcK0T8qTW63n7s5VdJ9/kby9v8Db83f8D05iZJEb&#10;zBv/M9seJh6EdLf2M3zy31zKV49Fv8zhn//rjOPVzSw4ktZ9Xk+JyDDu3bvK4nG/8F+ZLmzdMpNV&#10;PWwI/Gcd/fvOpd8ucwYsnq1MrxO1dVf4bu5fJN3bmnkZKwHpytUsumzDlK2reXxxDV6ru9GskHF9&#10;Kge1b2f+yblSXTh0egOPPZbwx+iq2JgmDk5NH/AvQ4f8zNYQeyYsmsmRbV+ybrwTZl67GTB6J2fj&#10;THBs14VpPcqTT63BvkUnZoztxvCG+ZVtPRmzkvQY3ZW+Va1Rmxan86juCeP1q57NOIJCRLFn0Vpc&#10;S3bg902z2TLRiexX/uHz788QahxFf+8YI4et4988rdh0cC0PPZexrV8+zvzfUsbvCVFqS1ZF8zAw&#10;CPc1PzLbtwpL1s1mx/wWygwesWnqQqaezs7gFUvxP7+Wsz+1pei5bfT/8pQxuM2kjLM0DWM9uH+d&#10;/5u2mVv1B7Jn0xRW9XbByS6O638f5+/kAVPwGTb/fR99qVIJ0984aT7jd0fgMnQ0e7bN5e9lPWhp&#10;do0lExbz3ZONLZrA+0H4PYw0fk9nnj1KGodKbwMZwLyV1JRt6UJlZRvX3nRlm7fhngMd53adxPBn&#10;jpq1aJM/s+YXNTnsq/HJx/XpntanfS1cCmU2jWjcVixmwMZw6k+ezK+97bA2DjEQ0da0/3Yayz91&#10;wqVKNYZPaUVNTSiubncSD/jaW/z68xke2bVgxbed6ORSimrONRg9fwTD7LV4bTnICWVEs0rVaFxY&#10;cPaEN4knkHG4nbpKZDZrrO+f58DlxJ2M/sE5Dl0Ch/rVMDRQGWSah6zIYj6T6EOiKTloJPM/dsCl&#10;djVcCqfejLS4b/2Hk9F2DJ83gH71SlO5qhMDpkzDfVkj8ihj5GkziN3fdaV7LVuKF8iDfa1WjGpZ&#10;AOFzm/MpW+efirvGrxsuE1m+NStmNaOpYwlcGjVn3ppFrOuc3TjSi8hOl9kzWD2qAQ3KFqBQQRsa&#10;9G5D+6KCq5dvK7VACTKd69KzbhGyqZS/qzegb9cm9KhdCDOtL7/96kG4UweWDa9CCWsTshWrwudf&#10;NKVciCebDxtaYXRc3H2EUzE2DJozgP51ylCjSWtWrhnFp8UzvIiSSMSQu+UItivL3LiyA5+Mb0/L&#10;nLFcvleEuT+PYmRje2o068jkdgURN6/h9jjxYJZ5Gcfgc+cxFCxNA4fsmJhYUbJmIwY1LZR4aSf6&#10;PjfvQxHHSlTJrcEkeyHqd25Ba9u0dps6vDfvZl9QYQbOG8nE1g5Uq1SOdgOG82MfW+IuHmKNu45C&#10;1erQs35RpRxVFKpSTynHRrQqa2mchpEmH7XbNqRJCQtUJsrfHZoo4zWgoW3yMEdN6W5j2DW3FS2r&#10;2tOibx+GVtMoQcolLibUVaXMt+5hb0Q5JszpRLNiFphZF6Dp0F58VjqC/X96YIwts0hPcGQhxi3s&#10;S3cXexo1tEd77TDLD0dTa8hgJtYvSDYzC+zqdWR2t6IEHT3G3oT1kHEZZ20aRvoIIoq356epDahb&#10;1ZEWVUvQvHVlckVeYNeRcGNApufxUTdOROflo9YV0V48yNIjYZTqNYzVw2tTt1IpajVvx8qFH1Eh&#10;/iZrNyk7lIw8M898xgHS20AGMG8pdYkatKmobOK6++zefZmo2Kts3HsXrcqahq2cyTR+UWSrWI8J&#10;I7syZdSzn8kjmlE/f0arX8/tXf9H7x/u46IEL2t6FcfKOCSJyrI4dZyyP6lE6nwFKaYcR0NDIxN2&#10;JvoHVzl9S2Bbxxmn5PtoM1ua1MyP6tEtPP2UMc3K0KJWLuLOenPIcCYVd5MjHhFU/KQ1DSzvc/SY&#10;vxISKDumE2fx1BWhacNiT85YM8tDVmQ5n0myOdKvq03Ks+bk9EF4nH8ARR1oVDKjA7SeEL8bHD5w&#10;ks07jnMyQIfQxxOdTuSlf3ADL38o7lIpjZs+XwFdJLfOnWP3nuNs2HWZu1qBPjaOjK7y6IOVgOGG&#10;npwW4fy74wjr/0j8bDofppSPllu37iv/RuN9PgB93nLUL/e0+UKdrwINypsZv2VAZUGl6mXJk7SS&#10;LfJTXKm7mpIONCj0ZM1TtEhu1CKKkNDk7UwZlbElzs4lMbu2jyGf7+Sv6xFPWgATWJemdkUTLq1b&#10;zsBVblzO6OkrfTCungGIIo585GhuTDQwoUK9CtiqQjhnqBOviqFMXMo9LRN1TuyKKFtoeAQhhsXX&#10;h+PqdRd9DjOC/vv3yXpZ/6cPj5QqGecXwK10W/rSlqNuM/qUSqrPyvboeY0remssQy6wIWn6fxzD&#10;M0gZJ/4B1xOeQMiojLM6jSSWNP6kSYq6n7t+LZrnieHE/jOJAZk+jL//uURU0ep0cjbhnudVrov8&#10;NG5cOsX+y8y+MvVsVARe8jGmpOfZeUpvj6TqL71tNIVp36w0Zgj8Dx9n76F/2XVXjypXZTo2fHrA&#10;zlBkEFevKGebaXwuXHtAcCZXkPSxscTqY3gcFJvFYEA5qCgZ04vEsfVBYQQLFbnz5kh1s6KavLmt&#10;USln1uEJd3uaU7tRRfLFXOXAqSi0t84rB5p81GnUgGZVlQPICW9ua6M5euIqMUWVs6ByKaeWUso8&#10;ZEXW85lIpdKgySgLyllbcLgyXvZsKCfuaTLcF/DNgFGUbzadntN/55sfdrDWI+NmfX1IBKFKPnPl&#10;zJbxzZ/PTc+DU1vp1HwoVT/5ltELt7Jw1SFOPsz49lEDERKuHDAFQWePsnjlDr5L+vxygXCbolQq&#10;rpSpTikPpfzUObKR65XscVSo0wjg1arEiSfdZJx5GWtw6D+W30ZUQhzfTM92I6g+eBP7km6gMrFl&#10;1JJxTKolOLTkO2o3HkfXxR7cSevArxw4H4UqOcuVk/ypVo4md3ZyqQQREc9zWfP5aTRKoSgLn7B8&#10;IpzHYcrfwdf5/cdk62Xlbo5F5qdcucLkfa5KpEKlTD/5T4KClZMEJVBy374z2fR38H+no7EtXZxS&#10;uQ3rI+Myzto0jFQqTAwbd3LKyUSnhrmI9HBl7yM9+sdn2OUeR8lmtahuJngUFIFQZSN/3lS/02Qn&#10;bw4VIiqTdZLWPKW3hlwzby01di1qKBuhsm986M60b1y5r1dRoGEdmuUwjpIhPTc3LKZ2+4nUTeNT&#10;p/1XzHXP6HFYNSU7DWF+Cyu8f/yBqYdDMzy4pkVlaY6FEoCFh0WlPLNVphQSGpWwY8lj3EFZu1Sj&#10;fs5oTh07z/VTF7mSSzlbd8hDo9olUV8+y8E7FznoHkPROk5UzcJJ+/N4nnxmicoMCyWPIloJfNKM&#10;AWI49P1KFrpb0/uHJdw6/QPeBxazsUcGrToKlaWZEuoJIqNi0rmXRTnIKDtcZc7pDE9H1DnmTN7O&#10;yeyN2PjPam4eXYrXvi8YmGHrUSKVpQWWSuBQ7ONRuB5Qfpf8889C1nYvgsZYHnrlYBH+vJXohWWx&#10;jE3y0GzEBE4fXsiGMZXRuO2k/6R9XE+KYQpWYdLybzm3ewLT6qo5sWopQ38LSFVPFCpzlNWDiIwk&#10;NNVAXWgkYYbAM9fLXOZ7Tkp+slkox2mb+qzek3q9LOHUkmaUecko2MrKXAlq8tP920Upp39gCV67&#10;xtK/pHGbyaCMszyNdFlQv3V1isZcZvehIAKPuHMqtijtW5dSTv5UWFuaGjZEQsNSVTxdJCERAlXO&#10;N7hOpFdOBjBvMY1NddpVTdwA7z2IRqjz0PKjSiS7lS8DSgDUbQQHt8zm4OZnP4c2T+LzauncjZhE&#10;nY8uswbTv9hDfpu+inV3ntltZ0hT1JZyuQS33S9yM/lPtQEccTNcYimFS9IlgOyVaO5sSYjrfyw+&#10;dgvzyhVwsVRTtF4lHHQ32PfjSY6F5qJRkzLKQfx56YgMi0n3npjnymdWKDtkh5LWCL8buKd4KkTL&#10;w0cR6HWP8L4SgqpMTfo3KKDsgg0EcfHaDAMPTZFi2OdQ8nn2WsqnrOJCeRBimI+K7NZKKBYWTMCT&#10;SEHPI2W5zmdwHUh37yYXHqlwaNmM5kWN0aE+njhtqtyo1UqtMrz+/unM1QVsKZ9P4H/Jh4D0qoc6&#10;O/Z2uSDwFh7JLsXpQ6/jej29tfKSnrOM1TmK0nrwCBa0y0PM5RucT5EtNblKVWf8wr50KxjP+fN3&#10;nr2spqzzimWyKev8MsdSXPbQJQTkdyiAU5Xnu39CbWhm0mqV9WBMeB7q3FQokwtx7zZembzwThsV&#10;ScRzrwY1hcoWpaB4xLkLQc8GdGl4toyffxppsXCuTeui8fy3/whr918itlwNOiY8bKDGtmwx8ohA&#10;TrneTzF9QyvvibtQ3NHemPKctDGERL7IipFeJRnAvM2UAKJ183JPrt2qizjRqUbWD9/qHAWpWtme&#10;6lWe/Tg7FqVAFloy1Lmq8OWCjjjHeDL1i52ceZ5WcPNK9G5fBC7sYti8k3gGhBN09xob5vzA8svm&#10;1O3ZDJcnebCicaPyWD10Y+tpHVVqViCnkqqxq0xDOy3HdrlyP08lWr5A80vUPz9QwWUgXX4PSrsV&#10;6bnymRXmNPy4JsW1l1g8cwcHboYSFHCDLQvm0nDCMfxVuShW0Bz9nYv8c91wN2kM1/f+xvhNaZzZ&#10;J2dZie6tChDv/idjV3lz/XE4fudOMH3AZAb8aVg2DRWrliB77EVWfn+ayw+DOLt7LV0nnuKhWfo3&#10;TWny5qOwpR6f015cNjyEERnA9nk/s+ZWytIyyZ+LfCotZ4+7c+PxQ85eeUScWXl6diiO8PiTEcs9&#10;uJbwjg8tQbeu8Meav/kn4eBpSo2WThQXN1g5dxf/+oVw99wxJg38nl9908/XS9FkoYy1N1kxfS0/&#10;nw4kXKcn6u459nmFoS5WhNJKbK+9sJfRcw9wzC8anT6WOyfP4Bakwq5EYeXsPjUzGnaqTxlusnTy&#10;b2w9/4ig4Ae471jDsDW3sXJpQb+qz3MjhYZCBXKiUvJ46FAAD/1vcSHgeQ6YptTu2ICK4jKLpm5j&#10;r0+kslaUWDckgP/27GHVv8ZtIdqVoQ37U3rQfgIyjnOeYe7ckB5l4dSPK5l/yD/xHTlxEdzwOMXy&#10;9Z6J08ukjLM0jcyYlaFz88LEue/ie1c9VVvWoqyxqC1qN+KTEuC5egVT/vLBLzicO97/8sXkvzhn&#10;4cCgbi8SwMSya9Iw7GrP46dMgkPp9ZIBzFtDQ7YclpioTciZw8J4rVmNTbN6NMuvQaU2x7FdfWol&#10;xS8aS3Jm16A2tSSH1Ss+CJiZYKY2xdy4l7aq9DErJ1Unx8WdfL7WNyHNTBlHrYyQIpxSmSi/UWGh&#10;DEvMkRm1Ro7hu/b5uLF+KY0aDaBEk+kM2xGBy7Cx/NSriHE5DdTkrVed+jmVX1qWpmkt42PiJna0&#10;aFAIU6GmSAMX6ia7Ey9reYD48CgihQZra7N0KnzW85k4T6VsjN/TY12zGytGO2LitoXOrQZRotFU&#10;hu6IpWVXJ4qos9FuaGcaW1xiWseB2DoPpNGSELoMqk1hZdoWT2aWcj0kNJePHsbUOhpOLPkG59oD&#10;qNjlBzZEO9G3cR5l2dQUaN2NaY1y4LNlCTXrDqXhl5dx+GIoQ0op0zIztrilnm6uGkwY7oilx3rq&#10;1/4M29pTmPOoLmM/yo2FMlJSdjTF69CvUS4e7v0Bp9ojaDbvDI/1JjgNGcmSTnm4uGoh1av3JI9D&#10;L0q0nMXwtZe4Zzyzt6rRlSWD7NH/t5F2TQdToetqDhbuyA8DSijryjSNgMDImFfDJainTDA1U2Om&#10;lFXy2xNMzJV0w7gmhjWfhTJWWWEd6saUPqMoVrEHRZos4Jfgsnw+9aOEl0SqlO0w+MBa2jb9jHwV&#10;+uA45ACPnToxr4/hFQfPsnDuwpoZ9Sh6628GdB5OiZojaTr5X4KrduLXhS2eXLJRmyplr2znFsoy&#10;pE9NyY+a0ipfGH9MHEvpxtOZctj4cHyaZaJKWL9qQ1kaK76ZYwdWz26EzbWddP+oH/kdulOgxlha&#10;TdnDicD4xJYobRShUQITawss0s2Ooa6oMFfKLQWz0oz/biC9Cvny3bBxFK/UnTyO/XHqtYIfXIOJ&#10;NcwgkzLO0jQMntkWkjOhSpu6VDGLJ86yAt1aGp8iMzAvx+TF/fmkSAA/jp9CxZoDcOy2gg2h9nyx&#10;ZCSDnlyiSmMZ052njrDwWITGgmzmGa1D6XVTCYXx75cWdm2L8S9JSk5PRMBtPK8FEanJgb1jaUrl&#10;fEMbvj6EzaMnMPxaLbZs60/jDC95v/p8xjz0xePSAyIt8lO5SnEKJY98Ih9x5uxtHqryU9WpOAXT&#10;PYqnFkfg1RucvRuDpU0JqpdTAg3jkEQx+J2/xsXHJpSoUo6yWbxzNiLgBu5XQlEXKUWtcrnSDir0&#10;ytmx5zWuhptTwrEcDsnuBI0KvIPnlYeE6s3Ia7iBt3QerFPMWk+43w1cb0RgUaw0NUvnyPCen1ci&#10;0zLWEXzHBy+fUOKslXXkaEfh5E+iaSPwuXCTa4/iyVa0BE7l8jzzNF5qemWeZ8/7ci9KTb5SpXEq&#10;/uI3XetDA3D19ifUoiBOTrbkf5ECiw7iwvnb+IYJLHPnp1z5ohS2MqwYPYF/fk+tqb50XDWXb+tk&#10;tmTpieXeFR/O+0eit8yObSk7yhW0SHaykEkZJ8hsGi9Jr2wTl25wKTAGTZ6iODkWSvcG+8zoHx6n&#10;T9sVXPxoEkdmOCa0FEsvJod9V+NfL0YGMNJ7Le7CFpr0OoXLsjl8Vy9rdw9J0gch7iZzu85iW9Vx&#10;HJpZhdzGZCkjWryWTuWjPfas29KfpjJ6eSkvG8C8sgBXkt4+em5fi6DyqCFMl8GLJKWg8/MluEIX&#10;lo+VwUuW6QK5FFKCKV9/IoOXt4BsgZEkSZIk6Y2TLTCSJEmSJH1wZAAjSZIkSdI7RwYwkiRJkiS9&#10;c2QAI0mSJEnSO0cGMJIkSZIkvXNkACNJkiRJ0jtHBjCSJElP6Ajy8+NmkOyoT5LedjKAkf4HYrjl&#10;6c1xnwje1q7QIvyucsD1LsGyr7YPiv7BIfq3nkCNUfuNKe+e11933/7tV/owyABGevPibrB8wny6&#10;LTmr7ArfRvGcWbOMbkO2cCjWmCR9ENQ5S9O+ayM+a1vOmPKueQN1963ffqUPhQxg3kL6yCCuXPDh&#10;4t2IhC7wU9OGPeKyMvzczRAiMzsFig5WpnWbWyE6Y4KBliDf2wm/z2gHFBccyIVLvtyNSGcm2ij8&#10;btzkzIW73IvKKCMx3Lt2k4uBT+eW8PrnTN4BHfXgLl6XA0nRmh8Xzs0rt7n+yNjN8TPieXTnNp6G&#10;PGVSOLGPAzh36S73o40JyRnz9jKvqdaGP1LK/gZePkHprCc9EYHKMp735U5o8vWTJLPhyjIE3ef8&#10;+ZtcUco27aXVEeLvi+d5P/zCUk8jo2GJsl7Xnl3Hr1LmyxmfUKfPXgsiveqaJeYl6TttCAu6lTIm&#10;pJTpNmH0YnU3K8uZJJ6HN5Xl9QkmypjyxCuou5ltRwnTTncGmddbSXoVZFcCbxNdMAeWr2DCmnPc&#10;jjKsFg15ytdh9ndD6FVKAxE3+eXr1czd7cPDeMMPVFgXrcjAyYOZ3jS/sWdfLf8tmsHgq3X5odND&#10;vpq1H9fHyk7EoiDtp3zOj03DWTZlBd8dfUC0Mv0C1T/m5//rTH1Dj8VxV/iqx3KudhhGZ9/NTN5w&#10;mXvKvlZlXZj248fwQ087rBNm4c+WuT/zza4r3AxP3EGpLPPTdMhwfhpUntyGsDhhWv/HhTYDaO39&#10;M5/ve0BcrroEzDGl9gxX7odGEaO2JE82E1TmDny5bQy9cl5L/E3bYfQK2MS49Vd5qBwALG1r8M0P&#10;I2gT/BfDJ+9g/10lUyY5qTN4FOtHVCSPMQwPObuP8dO3svNqZELgp7IqSLOBg1gxpCL5kudJmf6n&#10;gVuZ8Nsl7inlqMlVkv6zxzOveT400W6MaPsTux5GEBqrJkcuS0xVZtSdMJffOuVKmE9mtD4nmPTl&#10;FracCSQ04QCmwqpoFcbPH8E452wJZw26B97Mn/Iz/3fiAZGGVW2SHcc2PVn9dSPKKisys+GEXWfl&#10;rJ+Yt/8OwQkLa06J+u1ZOq8D9Y0Fon90jm8mrGDJf0EknIyb5qb5pGls6lUUVQbDEjrpzUpdS2cd&#10;By7OQcOJZ3GaOoulLXM8PUsKcWVkj7VcaTWWAyPLGBMzkYXl1Pm7MWX8an72ClUOu2pylavHl6OK&#10;smfuaRwXfMV0JyW3ceeY1Gklbk1G8/eYsk962o49vob6U6/T5ntlvGqG8a4wp+cy/nYawolJlYzL&#10;mIVtIlndepG6m5XljPPYSIuJvnSd14iApb+w0i2YOGV5c1dsxtL/60u7XB4vXXcNMtqOrA6tTH/7&#10;za/OvN5KUjKyK4H3hp5r65fRf8U1crTuzx9b53FgZV+65fZhv5dyjqV/xMZJ8xm/OwKXoaPZs20u&#10;fy/rQUuzayyZsJjvLhl2NQaCiKAg7nr+Sb+vruAwahKH1g9nQMkQds1fSrv+S9hi1Zw1m75i/fBy&#10;6Dx2MmnNLWNLTzQPAx9xbOlCRh/LyeDvvuTQr4PpUzyEP79ZznfnjPMIv81Jn1x0mTaFU8oO7fLe&#10;6XxVU8uhZWtZeS3pjMswrSDc1/zIbN8qLFk3mx3zW2BesQFTRjfFJYcKs3J1mDKuOzPGNKN2TkNV&#10;NPzmMa4/LWGCRzGm/DiHvfObY//IjWnj59Bx3Amse47mwMbxTHTWc2rVWpZfTJyf/t4xRg5bx795&#10;WrHp4Foeei5jW798nPm/pYzfE2I8mzVOf/VSxpzKz5hlszm4qhetrO+wevZm/g5XRjErSY/RXelb&#10;1Rq1aXE6j1LyN7Yb/apnvTPIsMuXuJq/LvNXL+Tc8RW4/9qT+nHefPP1PhJWk86fHz9fwkJPKzrN&#10;msyhHbPZPLUeec954WbIQ2bDlbqwaepCpp7OzuAVS/E/v5azP7Wl6Llt9P/yFIEJC6sEsitXs+iy&#10;DVO2rubxxTV4re5Gs0KGo0hGwxRZrmvprOPypbGPC2DndncePDl51/Po6HH+vK2nbKVixrRMZGU5&#10;dQH8NOUHVl3NSbdZUzmk1I0vyt5k+rit/BsQxIMI4/mZLoqH94IJeBSdouFAFx6C/0NlvPCk1GgC&#10;7wfh9zDyyfcsbRMvUXeztj6VLTsyjHv3rvL9uNUctWnPuk2z2TLRiexX/uHz788Q+grqbmbbkWlG&#10;229m9VaSXjEZwLwt4q7xq3J2F1m+NStmNaOpYwlcGjVn3ppFrOucHe3Fgyw9EkapXsNYPbw2dSuV&#10;olbzdqxc+BEV4m+ydtMl44QSiehsfLxgKos+ccS5en1mDXIiV5Qf/iU/Zfu3bWlVtSxth3Shq63g&#10;mte1ZAcaQVSO6iz/dTRjm5fDuVZjFs5shr3+Ljv33EgcJXcdlqwdxZSPK1KhaG6KlKrIkP41sRN3&#10;OXclefO4nuDIQoxb2JfuLvY0amiPpnB5unasTBkrFSaFHejRtQl9OlSiZNIpsTL/yJw1+fHn/vSr&#10;U4Y6H/dgbENrIq8/wn7yFFb3c8almgsTRtajhPDHVTnrVvacXNy6h70R5ZgwpxPNillgZl2ApkN7&#10;8VnpCPb/6cHDZMsXmaMGP60ZwpBG9lRv2JpvPi2LyeOrHL+qHIw0+ajdtiFNSligMlH+7tCEvl0b&#10;0NA266ePedoMYvd3Xeley5biBfJgX6sVo1oWQPjc5nyMsqq9D/GTeyyOnw1j8SdVcHawp2WPPuzc&#10;N47euTMfrr12mOWHo6k1ZDAT6xckm5kFdvU6MrtbUYKOHmPvY8PCxuBz5zEULE0Dh+yYmFhRsmYj&#10;BjUthCbDYcr0n6uuPbuOyV2NLg1yEul+mr+Sjr76cPb/c4GIgs50qmWRmJaJrCyn9toJ1nvEUbbX&#10;YBZ1V+p6NWeGz5vG6nZ5lVrxqmRhm0jwInU3q+vTSMSQq/kI/pzbipZV7WnRtw9Dq2mUQOMSF3Uv&#10;W3cz346CCqa//WZWbyXpVZMBzFtC/+AGXv5Q3KUS9s/sb/Tc87zKdZGfxo1LY2VMNTCzr0w9GxWB&#10;l3yMKYlUlsWp45R4ucLA0qYAhTRq7KtXxCbhGoFC2cnZFlAhIiIJebKPVJHNsSrNCj6tGmbly+Kc&#10;S+B3464xJZEuLBCPk25s+/NfNrs/Il4IYmMSrjc8kaNuM/oYLn9lmQrrcuWpabiklcAMWyVI0mhs&#10;qF0zT+LlDYVJ4XwUVkYJD4tIODi6et1Fn8OMoP/+Zf0fRxI/f/rwSPlBnF8At5JOlI3Tr5VwnctA&#10;TYFi+chBFCGhyQ4UL01PiN8NDh84yeYdxzkZoEPo44mOU9bl2Zv4UoA6tW2Ml/2Sy3z4Y89rXNFb&#10;YxlygQ1Jy/rHMTyDlIWNf8B1X8NyWOLsXBKza/sY8vlO/roekeyAntGw569rz65jSxq3d8Ym9jI7&#10;DzxSpqhMNciTXafjKN6sNrXNE8fKWNaWM+zCTa7rc1KrZnGeTFadi3q1iiu5eFWyuk28QN3N8vo0&#10;UllQyaXc00tP6pzYFVHWUngEIcmbll7Ec21HqWVWbyXp1Xu6RUr/U/qQCEKFilw5sz3Z0T0leBQU&#10;gVBlI3/eVKtMk528OZQgJOqZW/lSUqmU3WtqSlrC5ITyXwaU+ebMrswjxniDpj6EI8vmUrX+aJoP&#10;/5GZy/5g0ZbLT5q6n1Kmr1GlsTzPJzGPqahViZXXkHERzuMwgT74Or//uIPvViZ9dnMsMj/lyhUm&#10;b0aZUAI7tTIh/SuKXxLuPRkwivLNptNz+u9888MO1nokXcYSBIVGKuvSitxPDnTJZTYcgoIjlbyG&#10;4759Z7Jl3cH/nY7GtnRxSiUEZxoc+o/ltxGVEMc307PdCKoP3sS+u4ZQJaNhz1vX0l7HVtXr0baY&#10;Dre/Xbml0/PwsCsnYgvRtrX900AjE5kvJ0rQGYVWbU2eHGmX1WuTeptIR6Z1V5G19Zk+jVL+KCcP&#10;L119X2o7yrzeStKrJmvaW0Jlaabs2AWRUTFJ+7VklDM7S1NlHxFNaFiq3ZQukpAIgSpndmPCayAi&#10;CQ0XaLIl3K5I5InNDF9xmZydJ+DlupqLB5fivqJ5Gi1Hb4jKnGwWyo7cpj6r9yzF60Cyzz9LOLWk&#10;GWVeNorKshgOfb+She7W9P5hCbdO/4D3gcVs7JF0VqrCysKwLmOJTLjLMbXMhivBgZW5EjTkp/u3&#10;i1Iu64EleO0aS/+Sxs3aJA/NRkzg9OGFbBhTGY3bTvpP2sd1Q5yS7rBXVNfMytC1ZVF0506z81YQ&#10;e/+5REzpGnSukPVKkpXltLQwQaWPISyzx/GUIlFieOU4/9KH+USptomXkeX1+bq91HaUeb2VpFdN&#10;BjBvCU2RYtjnENw+e42EE+EkcaE8CAHbssXIIwI55Xo/xbV97a3znLgLxR3tjSkvSxB18xbnku5h&#10;VMReuIRriJoSZW2Vb3ruXrxDoKoY7btXo7jxdFofpyU+y/st5YxdOZho4+NJecHpBalzU6FMLsS9&#10;23g92wz0QtTKWTJaLcpipaSNISQy3XZ05SD/CO8rIajK1KR/gwIk3u0hiIvXGgNTNcXK2JBLWZce&#10;Xo9TrMu4xyEE6TMfXqhsUQqKR5y7EJRieHrUOYrSevAIFrTLQ8zlG5xPdpvSs8PUr6iuaXBsW4vK&#10;3OLPDXvY4aHFsUVtkscv2qhIIpLfMpVCVpZTTZ6ShSlIEF5nHz4dRx+hlN1dUjwdr7Iim5Ug9EEw&#10;T+IyfRgn3e6kHC9NmW0TL+P512dmXrjuZnk7Smv7zazeGr9I0iskA5i3hWUlurcqQLz7n4xd5c31&#10;x+H4nTvB9AGTGfBnEGa1G/FJCfBcvYIpf/ngFxzOHe9/+WLyX5yzcGBQt1cVwCg7nEu76DV8M7uv&#10;BhN47TQz5h7Cx6wkXdvYKUPV5C+cB2v9fY7/64fhKn7Ezf+Y+uXBxDP7rNDkpmBeFfEXz7L3Vii+&#10;l+7gl+6BLCtMqd2xARXFZRZN3cZen8THP+NCAvhvzx5W/Rv0nM3rGgoVyIlKe5NDhwJ46H+LCwGG&#10;Kcaya9Iw7GrP46f0dvCaXBQraI7+zkX+uW64vBDD9b2/MX5TwJOdulXt+nSw0XHyp5/47pgy/eBH&#10;eOxeT8dOy9h8X5/pcHPnhvQoC6d+XMn8Q/6EJCxsBDc8TrF8vScBhqwpeV8xfS0/nw4kXKcn6u45&#10;9nmFoS5WhNKqDIYpJ9EWr6iuaUrUoVMVNWc3/c0JXWk+bmXz9FJTtCtDG/an9KD9iflNQ1aW07xq&#10;LVrZCDx/+5Ul/wXy4N4NNs2dR5/f/Y1P1hmZ2OJSwZKY0/uYs8+PwMBbbJk7nyF7QjFXDsaZyXib&#10;eDlZWp9Z9hJ1N6vbUTrbb2b1VpJeNRnAvDUsqD96GFPraDix5Bucaw+gYpcf2BDtRN/GeVCbl2Py&#10;4v58UiSAH8dPoWLNATh2W8GGUHu+WDKSQcmamc3MTJTxDZekkjE1wVytfMw1yVa6BnMlXWNmhumT&#10;nbiKnPVb0UN/mL7thmDfdjGrbuWh64yhDLdPPPzkadGRiXXMODl/EqWdP6N0580EtvmYTgVMlekn&#10;TV3520ylfFeOiKlpCtHpEycKBp1iSMtBVOr2G/sS3ntu/I2hKToZM1NTNMrHQpOsumpMMTNRY6Ys&#10;j4GZYwdWz26EzbWddP+oH/kdulOgxlhaTdnDicB4Y+tH2tNXmSnp6sRhidSU/KgprfKF8cfEsZRu&#10;PJ0ph8OUdB1h4bEIjQXZnixnatloN7QzjS0uMa3jQGydB9JoSQhdBtWmsFIWFobsWlVg6ryuNNZc&#10;4uuByvRrDqfJpH+JatSUloYbRTMbblaa8d8NpFchX74bNo7ilbqTx7E/Tr1W8INrMLGGhVVZYR3q&#10;xpQ+oyhWsQdFmizgl+CyfD71IyqaZjDM0EKS5bqWwTo20OSnQ7uK5FSCJNOqNfnYNlmZaaMIjRKY&#10;WFtgkV5RZmU5LR2Y8lV7quvO82XfUZRpOI3xJwswcWg1UlzoUuei0+hPaJn3Hr+Om4B9/clMcCvG&#10;7G9aUVbZBiyePAWX1jJlvk28TN3N0nImjGeCmVJPn+bVQKVs76aolU9i9X2ZuqvMIivbUXrbb2b1&#10;VpJeMfkiu7dOHIFXb3D2bgyWNiWoXi638TKEkT4Gv0s3uBQYgyZPUZwcC5E7aR/6suK8GKkczHa5&#10;jObqwsrcO3uFK2EWlHS0p+wzM1Hyce4aFx6rlYNgOSrmf94bYPQE37qGu3KWZ2lbmlr2OV/NkwvR&#10;QVw4fxvfMIFl7vyUK1+UwlYvtvPUhwbg6u1PqEVBnJxsyRt8nD5tV3Dxo0kcmeFITuN4aYp8xJmz&#10;t3moyk9Vp+IUTHHQMYoN4eLZm9yJMsfWoQwVC6QaKbPhyln1vSs+nPePRG+ZHdtSdpQraJEsQNUR&#10;fMcHL59Q4qzzU9nRjsJPHs3JaJjRK6hrUadW4zLgGKWnLmJ7z3zGvOkJ/PN7ak31peOquXxbJ/mz&#10;TmnJbDmVKYYHcsbbj8emBXBytsX6n8XYj79Kh5XLWNYgWVAR9QhP7zs8NC1I9WpFyZPZ8jzXNvGy&#10;Ml/OrHqpumuQ6XaUwfabab2VpEQv+yI7GcBITyXfWX9XM2Xg9MHT4rV0Kh/tsWfdlv40zfQIIBle&#10;7rZ30lh67rfl278n0T/pLDzuJnO7zmJb1XEcmlmF1/GKkKi96QQwz+u92CZk3ZXeTvJNvJL0JugC&#10;uRRSgilffyIPAFkV4smWIyFYOdegdf6nuxqdny/BFbqwfOzrCV6kVGTdld5TmlkK498vLfbxReNf&#10;0rtJRXyUoGi1atS3T9aHjaSE+jlwbOBMjSKyOTyrdI/ucz06L617NKWuUm5P7jDKY0fzJmUpltUX&#10;wrwAFVoi1QWo06gCZXNm4S7ddL0H24Ssu9JbyjxvBeNfL0ZeQpIkSZIk6Y2Tl5AkSZIkSfrgyABG&#10;kiRJkqR3jgxgJEmSJEl658gARpIkSZKkd44MYCRJ+h/QExenTXw1vSRJr5w+Lp6493wDkwGM9Bpo&#10;Ob1yAW3G7uNcUoc02ghuX7/Po5fq8+jtp728l88+/ZbF3il64pGe0OO7fw3N6/WhQKVeFG21lqPv&#10;eZ14FyTV2+/f+nqbxr5FSkHnf5ovug+hiGMvCjqNZfKpV9Jl7ltJBjBvBR2eq2ZTtdEwqnTdyPEU&#10;O/QI9nw1maqNR1C18xr2hhqTE+g49/M8nBsPx2ncUQL08ZxYNI3KDYZRvv5Qyiv/r9BkDLW6fsOQ&#10;74/hFfKmwnEdAVcucdLDl8R+4/Tc37KEGm3G8+mGhwljZCbC7yoHXO+S0EXSO0T3wI//PC5x8RX1&#10;iv2ulkO6oryYP2c/5/M3ZtXqSSwfWIkib3QvFMMtT2+O+0S8/a0/kYG4HrvI1dDXn9OkenvhFdXb&#10;1yf1vuV/7W2rTzEcWP4rP13OxafzJ7N1bnsavcf9UMkA5q2gopA1+Ac85tbFMxy5mqxb5+gr/PX3&#10;LW76P+Tmhf/Y5RFrHKDQPeTIwXNc939MmFk2cqnjuHn5FrfvPyYgKJqY2DjCHz3g0llvNq5YTpsB&#10;f+DxPznbVZPLsSZ9Ojeli1MOY1pG4jmzZhndhmzhULLF/fC8f+Wg9fXhXJCaym1a07leFTp0rIb9&#10;K+kEK4vibrB8wny6LTmr7OrfbrHn/mLAkPl8feL9PYN+571t9UkbiOelMNQOdRjWpgpNWzWkealX&#10;3WfX20MGMG8FNQVrOuBg2JFr7+F+NvRJNB935QruIcZ3DYpw3Nxv8yQGibyOW0KwY4FLrXIk7xLP&#10;rEZP3E+vxvfMCvYNKZ0wLOLScba8ribiuDB8Lt/k0r3oNM9ELCo2YcHXn/FZpZSvX9WGPeTieR8u&#10;ByR23f9E0iIn/u8Z2vBHXLlwAy+fICIzPPWJ5+HN25z1CSbKmPIMfQz3btzE8+oDgtMontig+5w/&#10;f5MrgTHPeZYVz6Nbt/G69ojwZDFpSso4d27jeeEu99JakEzK4cVkMk+jrC93FsrYSB8VS6RQYZ3N&#10;ivR2q5GBvnhdDSIixUx1hAT44XX+Ntcfvlx+EsryeQs0Olipb7e5FZJ8RWoJ8r3NuZsh6R+8tJH4&#10;XVfq1uUAAqPSyrWyXP6+eJ73wy8s7UqS1VeNZn2beE6GbfuKD143Uq+T9L3S7TOTfUu6Mtmus7od&#10;vIr6lHadzur8U8moTinLHBktUFtbkfP9jVuekAHMW0JjW4HaRQ2rQ8d5z2vGDUWPv/L3bcN+LeFt&#10;6HrueF7mjnE/F3vhKt7Ryh9mJanvkk6PviY5ca5flsKGyiy0xMU/7547M3p8//mVpg2HUO3jydRq&#10;PIzaEw5zNVWLQdyZzTRu9AVTk67H6kM4vGQ2leqMoHbnKdRsNIgKg/ZzNcKNEU2H0Xv7Y3TRZxjX&#10;aAAlaw3j0z9CEn6m9TnBhE9HUbLmcGp0mkrDj4ZRutk8vvV42oQb57GRRk3ms8Ldjem9R+LQaiL1&#10;lfEcOv3CrnvJN3g9949toVOzQZRvPZlG7UZSuu5EhvxxNzGYCrvOynFfULbeaOp2nkyNBoOoNugP&#10;jgVlvrPRBrozpedIyrecSMO2IyjXejE/X0lZKCFn99G/3WDKNp9Io07jKV93DF1+uMAjw+Sj0y8H&#10;ne/fdG04nE5r7iq1xUgpz80TRlHu43X8m2w22uu76dBwBAN3RyR8z3CeSbKw3Fkv4yRx/DNrDOUH&#10;/6PUZy3H5o9RlmcIbVb5KmWt5b9FU3AcvIeDWxZTu+nnNGz/OWMPJYbq4RcOMKzzUMo0mkDDzhOV&#10;+jyIqp/9zh7/pwf8rOQn6sBKqjT4jt/v64k68hMVaw6gVINFrH+YVn6T8rSXE/+spXkTQ32bqPx+&#10;LJ9u9iPm8SUWDh6LQ7OJ1Gs1jEq9tnAsxSXaaLw2raCRkteKbZS69fFYytUZzcffuuNrPJjqH53j&#10;674jsG/8OY06T6Bi7eF0WW9Yp7H8NXUUDiOP4q+L4++Zw5X6PhCHUUfSvGyS6TYRcpoRLYfgPO5o&#10;4r7EQB/EtknK+u+8kf/SbZWNxOO3JdSpq2zb7afQsPUw7JvPY8HpsCfbWmqvevvMyr7lWZls14rM&#10;toOXr08Z1+ksbYfPyLhOxfy7mmoN5vOzn564/9ZRTakzZT/dycU0g7f3gwxg3hZmJWjglFOJUwRh&#10;SmByPqGeR3Ha01eJ002pUb8iuZQgRnvtCv8l7Ch1+HjeQNl2MLGvQIMCKVeliAnn9s0A5SzIkxWr&#10;T3NL2XFZlKlDl6pp9cyrJ2D7EpybjKBS42c/js2+4tvzTw8Wyelu7Wf45L+5lK8ei36Zwz//1xnH&#10;q5tZcMQQWT0lIkIICHxEYHhiABV3ZgfjfrxN2VFfc+viBnwPTGZa/TyYKsFYj9Fd6VvVGrVpcTqP&#10;6s6Msd3oVz1bwu/CLl/iav66zF+9kHPHV+D+a0/qx3nzzdf7uGTcUEVkGPfuXeX7cas5atOedZtm&#10;s2WiE9mv/MPn358h6TYinc/fDBy3HdfsdVi0+muObfqC+e2yc+bodcL0j9g0dSFTT2dn8Iql+J9f&#10;y9mf2lL03Db6f3kq4+vvIoq/FqzmcKHWrNnwNbvmNKbUA1cmTdzJGePBQn/vGCOHKcFGnlZsOriW&#10;h57L2NYvH2f+bynj94Sgz6AcNIXsKG0exL//eD49IEVeYt+/D7h31Y093kmXHPTcPurG8Yc5sC9v&#10;lfk8E36SteXOahk/ZYJjuy5M61GefGoN9i06JSzP8Ib5lSGCiKAg/M/uYdT3gTSdPZMDvwxnYEUT&#10;9AH/MnTIz2wNsWfCopkc2fYl68Y7Yea1mwGjd3LWWJ5ZyY95xQZMGd0UlxwqzMrVYco4pUzHNKN2&#10;zrR2g4l5uuv5J/2+uqIED5M4tH44A0qGsGv+Utr1X8IWq+as2fQV64eXQ+exk0lrbhkPkHr8dv5A&#10;ty9PEFy1I7+sm8uR38cxq6EprquX0XfVLSWcUw5wK1ez6LINU7au5vHFNXit7kazQoZmWFOqdOjK&#10;1G725FSbKAerrswY9wnTPilP7jSymuk2kcuJfq1zc3ffRmbtDVZyp+fhgQ3M2B2KY9cmuKTZRZKe&#10;uztX0X3+RfL2/gJvz9/xPziJkUVuMG/8z2xLM+h7xdtnFvctqWW4XSvDs7IdvHx9yqBOZ2U7fEbm&#10;dYry9Zgypjl18qgwKVmDiUqdmd63GrZv8hLtGyYDmLeGOS41ymC4Q0TnfwNXQ2QSe51T52KUfX9R&#10;GvZ1wclw9SXGh5Oeyl5bH4HbWX9lN6jGzqUiJVM1F8Z7bKZJq7HKWdB8Zhx+jMhmR+/hzXBOs6FG&#10;TQ77anzycX26p/VpXwuXQml1iKfj4u4jnIqxYdCcAfSvU4YaTVqzcs0oPi2ecftl5O1A/MmDU60S&#10;5DHRkNO2Ir17VaekWT5qt21IkxIWqEyUvzs0oW/XBjQ0boV52gxi93dd6V7LluIF8mBfqxWjWhZA&#10;+NzmfPJ2fBFDruYj+HNuK1pWtadF3z4MraZRdhaXuJhw0NPivvUfTkbbMXzeAPrVK03lqk4MmDIN&#10;92WNyHHtMMsPR1NryGAm1i9INjML7Op1ZHa3ogQdPcbex2nvZhKpKdZuKDsXtqWNU2kadOnHd92L&#10;oLv+H3+cN+zFlXLbuoe9EeWYMKcTzYpZYGZdgKZDe/FZ6Qj2/+nBQ1UG5WBWipZ18qK/eJaDDxLz&#10;EeN5jtPRluSyfMyRY8bLjMpZ9qETtxBlqtDSTmQ+T2VS2udZ7kzLODk1harVoWf9omRTqShUpZ6y&#10;PI1oVdbSOFzJbkg0JQeNZP7HDrjUroZLYYH35t3sCyrMwHkjmdjagWqVytFuwHB+7GNL3MVDrHFP&#10;dn9IJvnRFC5P146VKWOl7OALO9BDOXj36VBJqXPG36dBRGfj4wVTWfSJI87V6zNrkBO5ovzwL/kp&#10;279tS6uqZWk7pAtdbQXXvK6RsDq0t/j15zM8smvBim870cmlFNWcazB6/giG2Wvx2nKQE3Ex+Nx5&#10;DAWV+uGQHRMTK0rWbMSgpoXQKGVV1LkuPesWUcpK+bt6A6WsmtCjdiHSymrm24Qp1Qb05f/bOw+4&#10;KI7vgX/vgKMroGBD7IiICGLv2EtiiS2WJMYWu7HFFtM0RmM0ltgSE0tiYosl/tSoMcYaC4IICCII&#10;gqIg0otS7v57cCDgAQeS/DXON58zx+7ezrw37715Mzu7O75eEr99vZOjYddYvPwCyc0H8vkAG+2X&#10;8jLC2L7Vg0S3/qyd5EItU33Mqrsw+4MuOMR5sutP7bMwZeefpY0tRfu1lS6+lyNYGdiTNpvWufy8&#10;6GBTFyzqM7C/C/VNZcgr2TNEqs+ITnaYa07xX0QkMC8Q5Zs3xEVt/BnhXPFMIS0wAI8YFXLrurR2&#10;aUirepLjqpK44iF1UE+CuHxDCt7y8rRuWeuZwCa3rkX3Ls3o3aEhjW0U0s9C+W76Qt7eFSG58LOY&#10;ObVj1pTBzJ/67Gfe5K60t9ZmKqlc84lAWcGB9g5PZ3bkFRvSoUERvYKEeWMHXAzC2ThnLStPhBOr&#10;fYKnEJTEhQfx54nz7Np/lvMRmaiU6aTm7TRlRjRq7oBVTrUlPdWsKmVviUlkLSmSOncPnyiwdcS9&#10;YPYnnf+RZyABSlOM43z5+ddT/JT1OYNnjHRsehS3wrRFGQ1S2W4dXKicqzJ9GkmJjJXyITeDUqTT&#10;J3LJ6y7Kcgpi/j6tObf0ORhMtHT6tPAIQjSjVe0Y0LRDIyql3+KPs+qOJINrfwcQU78LE1sZcvvC&#10;NQKl3ytjr3PSR0m9dk1oINelzBLKXZyOS4qZM6MGV5O0pUEZyyXPCFRVnenlnHftlD4N2zXEThbH&#10;dXUb5lDW9ZGQGdegjZtZbqA0rmZDZT059s2cqJZjNlKCaWcjk3wsGfXkqDLqJhdDVNi1aYrb0/xM&#10;Sjzt6NzSGll0CJ7hhjRtWhtF4FHGzz7A/24lafVL3SnGJ4zrM3N+V2pHnuX94Rv5KcaeGdLfdXNk&#10;KIAyNpDLQUrKGyVyen+OHZxip0+CpP0MQkIeSP8WRhn4Z2ljS5F+LVES3ysLe3rGpkvn+7rZVBEx&#10;6T9KTtMIXgDkNg1pY692usd4eQURLnUmQZIxmzs3wNWkMu2aqkdL2etgggID8ZS8SGZWnw5NnnVo&#10;/fqdWb9uFj9/+xFnji5kegPpvJlxnNh8nIt5A0kOyTHcDJBGSVo+voFR2hOMzCRik5TIy6nvgNJs&#10;0xF9+9fZtmYgHVXeLJ48G+dey1j0Z1QRQTEb9bqBL8ZMpUHXhQxfuIMv1u9nm0dh06750dOTSQmg&#10;KvtYpVT3RClGmZthqSXOxcQmo5SCzZV9B1ixcX/u55uLqdjVrUEdbXP5RSAvZ0o5uYqUZGkYqkrk&#10;UYJUj9hb7Pj26blXbDzEmWRrHByqUEFLnfJi0syNDlZpXDrjQ3xGBKcuR0sjdTeGd7BHccubE+GZ&#10;JPztzaUnNnTqWBN9Hct8Xrnz6biEyGR60u81f6hRJhAdL223KI91AX3oWZpjIVORlFTo0s8snqc+&#10;WpHJspej5UPalqUWlfSfVO2YBGJVMiwrlCswuyGngqUpMmlkn5gkw3H0dLZPboTq7C6G95lMs/d2&#10;cvRuydMYXX3CvFlP3mksIyoqHtNW7gxXD4gKQRWXKHXSKmK8/+LrPHaw4gdfEqvZ0qhGQdmyKTP/&#10;LG1sKcavn9f3SmpPz9h0KcvXzabKzMpfGkrY7Qj+UfSq0KGZOklREXndl92X1ZcC9HF2q4+5+v/N&#10;7LGS/Cfjlj//O3OLYKm3N3J2oq2p5veFYVaLjq6WWY2dGR2DNCAqgJLbP39N675zaKvl06bvZyzJ&#10;O1Wfg0yBkZQ7KVNSSCyx7+hRtf1AdvzvG/5eN4ROcj9WzFzPxttFnegxJ1dtZPkVU95av5qQi+u5&#10;duJrfhmWZ4SjK5q6q1Ilx9cymjIxMUSmZ83Qr1bidWJNns9qvH6bzujaJXMdZaJaR3LMykkjOJkh&#10;ZkaSBqq1Z/PhvOeWPsdXc2F1V4roW7IxcaR7CzMSPa7xV4gPZ4PMsmbiqrR2xlUWysmzDzh7xp+k&#10;ys70bCRpR8cyy1ru50Kqs7G6jZKTiS9gs5nxySRIAd3C4sWbIJcZG2Ik+XBiQkqBWRUlcfEpqGRm&#10;WKkTQX0ruk6excU/l/Pz+43Ru3yA0XOPcqtEOYyuPqEk5sx+vvM2pH49S5JOH2KVR95rOvmRGRth&#10;LGVl1ftN5VI+O5A+x5ezbWhVLQlM2ftniWNLMX5dJr73PJSyfJ1t6hXj1ZP4hUZKUlrUp6I6SQk8&#10;zQ8eqdKmKrRwy04+TJo4Zq9heRzI97uDSZdCSMPmDdF6dScPyhh/jlxWL96TTmdnS/1n1vHKqTlk&#10;Mn/sXsQfu579nNw1l9lNtCz+lZtjX9MCIkPwyDN9qYy/xaVb2qZ5tCA3pX6X/ny7sB1Vn4RyNSA7&#10;UZLL1UrIIE1K0nLJjOZaQByyei0Z3cFGcmg1KtLSM7JGviVC6qQda5uiCg/iSr47HzJ4GJ2CTX1b&#10;Kqmiue4bU/KpfdUTAn1Dyb7vR00GPh63eKRXGSd7Y0k4SxrWs0B1PxSvYp7GpVUPWZjQoWMDzBP8&#10;2PedF96KerRzNZRy4MZ0tFfi+ecB9l5MolKbpjSTArpuZcqp/DxylzVSGznVM5PayJ8z+S7ZZXLr&#10;gh93sMHNpaJmm67IUA+iM9LTJf/5Z9CztcPBQkXoFT9u51Vi1kyZ+vJGHZo/vb6IvJwtvd+bzJd9&#10;rHjsH6RZwK/eIZdaRP3KhSJaQlefSLjO4qVniGnyBtu/e4u+lnf5bslvXC3kjh65jR0NKqq4dyNY&#10;y4CnEMrSP0sbW4r06ySUJfA93SihPZWy/JLa1KuCSGBeMEyaOJF1w01GAlFxKuRW9WiZk5KXc6St&#10;g/RdlcqDqMeopOSmfatKWkZCkO59kH5vzKVDv5k4dV3KpiDJ6vWtGTi+C05ahkPycpVwbWxPM5dn&#10;P02dbbFRd4LPYECLHm7UUAWxUQqGp8PjuHv9DHPHrmJrmOTVhZKJ17ZvmfuLLyFJSpSpUZw6eYto&#10;eSXq1VJXTo/KNuWRZdzm5MkIHt4LwTdC6sH1LKheyRDlHT+O31KPHh9z68h2Zu7Uvq6naAzp2K8l&#10;NTJu8PXH+zlxO56YiCB2f7mEjrPOEN2kI8Pqw4VvN7Ls5D3i1AlEWhJBHhdY95MnEUXGHiV+W77i&#10;zZWX8I2MI+DEz8zZFYGiYRsGOqpby4DWb3TASeXPygV7ORKc/QyctLgI/j58mE2nY7KSzUL1oMGi&#10;TRNaGcXxv0O+ZDg50U49GaFXhU6tq/Dk0ll+e1gOd3d7TUeiW5mGTZ9H7rJGQccB7anHbdbM284e&#10;n2hiYqO4sn8LE7eEYtK8O6NcSzi217OkUgUZ6X7eHAmJJ+zGHcJ1zLV1xrARb/WtCr6/MXHpeTwj&#10;Eom5G8jPi9ezzt+QtsO70lx+mw0Lt/H9xUgSM5Wk3L3OUa8E5NWrUlczVtC3tpAGMxl4n71C0KOH&#10;eAdEP30GVA46+UQqZ77Zzvb7dkyc3R2HKq34eLILxv7/Y+7WO8+eU42iAcP710DlcZDJ6zwIzHpG&#10;TQYxIQH8uuV3jmvrfMvUP0sbW4r263tKXX1PR0psT6UsXxeb0hqj/9uIBOZFw9yJ19taYqhuGbkB&#10;1du70ixn/aJeBTp1qo9lVszWo7xDc3qqE5pc9LGxUV9sknKcxIf4+IVII6L7xCqsadqlJ19t/Yx1&#10;Pa3KtNFNWgxm9Th7lH//Qp8u79Fw8Gb+qPIG68fUwkhh8HRxsUIfhSSPYdYGGeVNkvjfF4twaTqM&#10;Cq5TGLIrgZYT3mFCfbU8cmr36kLPign8Omc6dTstZP6f6hsgzegzYSCdjG7w4RtjsWs6FvfVcQwa&#10;15oqhgYY5ahCU5Z6KvkpMhRSfeTqOmnin2nLIWyY5oz+5d0M7DmOWu4LmLD/CT0Gu1HVqC4zV4xl&#10;ROUwVkycQY1GQ7FyHo3biA2svxTLk8KGlAb6GBjVY+rCDmTsXU2b9u/RYvJh/Cu0YtmS12io6W8V&#10;zv3ZvMidaoEHGNprFNaOQ7FpMZ2e8w9zLjJdM2ItTA/ZyC1deL2VqSSZIU3aOZH9xHA9nDu4Ukcq&#10;R17JldebZ6cvanQqU6Gj3DrquCByA8kG5PrS7/JboUI6n1xqw/yPOQSjpoPY8lE7bEN+Z8zASdRq&#10;OYUu804T6zqArcu7P51u17U+epUZ8KYblWIuML7HOBoN2c7RQt7TkF0nRf46Se2rrr+hofpeoRz0&#10;MJS26ykUGGSVo6DVlPdZ0bciQT+tkZLIMdTqvJCJ+5NoPnE6342oKo3aTTCNv8z8d6ZS3WkYVTt/&#10;yQ+x9Zm9oFfuAEOvRhtGuVvw8Mh63FpPpuvSqzx6pqrF+0RG4FE+2RWN/fC3mOqszo7k1Bwwgg9a&#10;6OP5wx72qR8+otFftn+q0cdt/BRWD7DCb9NymjUbjpXjCGr1+IRJ225wX2snXbb+qXNsKUCRfi01&#10;mm5+8Pz2VJhN6+b7BdHBptSHZfmWpp5Zv/tvI1NJaL4/NwmBuzXfBK8WShLDg7gUlIRR9bq0rFtO&#10;p2veGfEP8PK9S1SaMXaOdWkkjd7yooyP4NK1e8QbVcLNzQ7rnJMmR3PVO5SHMmtc3WpQqbBIpiOP&#10;H4bhcSOKZCNrGrvUoHK+ajzhfkAwPveSURqbY1enJg6VjHQKDsqkSK5cDSfOpBJNGlfHWls9U2Pw&#10;9QklLEGFsaU1Dg1sqWKS/+yF6qG06FDm88j9T6CU2tzbJ4z7KXIq1qmLWw2z7IBdKpTEhgRyRRr9&#10;GtvVpZV9eZ3steQoSYoIxTMwhmS9ctg716VOvmfOZBJ7Jxiv4HjSTCXbc65Jlbx3mKhRJhHkGcjN&#10;RENqOTvgWNgK0zL2ibykRN7BM+Ah8UoFFdQLeOtaYVqUIZRpXUoXW9QU7dcSOvmBLpTSnkpVfnE2&#10;9XJRzn6w5lvpEAmMQCAQCASCf53nTWBe3tRNIBAIBALBK4tIYAQCgUAgELx0iARGIBAIBALBS4dI&#10;YAQCgUAgELx0iARGIBAIBALBS4dIYAQCgUAgELx0iARGIBAIBALBS4dIYASCf5uMNJ6U/NnqgqJQ&#10;ZvAkTfsTdQUCwX8TkcAI/kEyub5tFa9NOsiVsn7fzMtKqi+ze47Cfc3trHeglI5/X68Z/kd49+2v&#10;WHUtp9YvUtsqCduxhFrtv2bXQ5HECASvCiKBEfyDKIm8FcCFy3eIKLPnPb/MKIk69jt7ImszpF/N&#10;53h8/b+v18yocP72uIFv7kv8XqS2lWPbqwMdM7z4dl9pXhwoEAheRkQCIxD8W2RG8+s+b1JdWtG/&#10;hnC9skRewY3+bRRcO3SW3EkigUDwn0ZE0ReU5MgwvG7GkJRvRjyd6DuhePre5X5yIVPlGSmEB93m&#10;qvqYlKKn07WXUZBM4iPu4nX9NjcjH0vj7rJCB1meIYOYcOk3/g+IKeayhXbZMomLCMfLJ5RbD8tI&#10;lrREQgJCuHE/tdiRvzLyKoe9MmnUtjHVytLznsQReCOEm1FPNBu0kJZAcEAwXkFFtXdp2kSDdP4g&#10;/9tF6EEHO8pIJuxmMJ63oonTloQUKYMJHdvaowjx5EiAmIMRCF4FRALzwpDB3yvn4/zeYf7Y/TWt&#10;u8ymY9/ZTD+Z3VPHeR9ldJ/3qN9tDu4DZtKg7fsMWu+L+k34WWTcY/dnn+HacgxOvefRSX1M66kM&#10;3OiP5u3uEkWXkZ9MAg99z2tdx1DbfSYdB82jeYdxuIzdz4X47BPGHNuIW7vpjN4XldtpKSPPM6H3&#10;BNxXBFBYd1qsLFrIvHuJOW9OxL6L9Jt+06jXcjS1JVlrt5rMe0dSpCOKli3R9wQTB06gnvssOg6c&#10;Q9P243B9dweH7+XUPJ1TS2bhOGgXl/KqI+0aH0jydPr6Jtmbs8tpPOkYF45uo1fnCbj0nUsr9/E0&#10;m3aM6+qqFEL8ZT+uZVbEzdVG8yZlJbd/WkZD9yWsC34qvDL6LGO7jqfdUl8ea7ap28P/h89p2Hkt&#10;u+M0m6S6hB35ns7uE2nWfy7NO06k42eXuJuv/07GY/tq2rQdT5O+8+nYW9Jht6V8eTEhXxJRmjbJ&#10;JpP7J7bTU9KDW795WXpo/v4JfFI1u3WwI7Ueos7vok+n92jUZz7ur02S2mkp3+bqRBcZ5Fi51KM+&#10;9zh3KTrXHgUCwX8XkcC8MKhIionhnvdhpq6KpMuijznxwyTGOumjvH+GKRN/5LRVT3b+sY2HnmvZ&#10;O6oiV79Zw8zDcdlBPDGU88EWDPpwPhdObsT/yEI+a5nBybXb2BiYE84LL+NZUvC+fI/Kr49k329r&#10;uXlmJb/NdiLt3B7mbg+Xuk6wcu/KQJto9q3cwa9RUi2U8RxasYPdj2oxcog9Bd9er0YnWQqijOGX&#10;JZv47r4DXx78nkdea/jxjYqkJJrQ5q1BjHA2kg4qQn8Rp5kw/nv2xNkza+XHnNr7KT/OdEPhdYgx&#10;0w7gnZWZKImPfsSDB3EkqP/MITOVqPuxRDxKkUpQk11O+MXdDFt4DZu3pnBsz0LWDqpC1LFtjN8Y&#10;pEl0CpKB/40wUuSVcaiTo285tg2qYBjpy8FTT5PAxEseHA+PxffElacLZDMjOXbcjweW1XA2z96k&#10;SvLg0yU3sR8/kxO75rDY3RifX7aw+FROFqXk7oFNDF3mR4W3PuCa5w7u/TGXKVWDWDrze/ZqFryW&#10;qk00qJKusPCT61R7d1quHiJ/38qETTl6KN6OSAvgq48Pcr3OIE5e/JlHHqv5dZor1QzUO3WTQY2e&#10;rS31TJUE+IUUmjwLBIL/DiKBecFQxqVSe9wUlvVzpHnrJjSvosJvz2GOJDkwa/EAulY3QmFqQ5cJ&#10;I3i3bhLHDnqQFcMt27B621Tm93Oioa0lVes4MX50S2qq7nI9IH+X+mwZ2szAnEGLPmLz1A50qG9D&#10;5UrV6PDWa/S1VXHTP5SsAbaiDtMW9MQx7jKLVl3l9pldfHz4Me0mj2CErbZzZuomS0HSA/nrymNq&#10;936NEQ5m6JtUosd7nWghi+ahUQNa5ylLm/6u7TrE0ZgqjF06hTm9HWnSyIE+Yybx7Tt2pPmdZMuV&#10;dM2vdUf12JReXyzkh3EtaOnsxNsLRzGqtoqAY+e5qjWDSSM0PAaVhRXVTDWbJBSNmtBJqqP3uWvc&#10;z5I9jcsXbpJsZorpAx9O+GdfS1FGXefkDXBs34S62dM3Uo9dhVGrF7LubTeauzRh0vyetNSL59Ll&#10;O9nJQ0YY27d6kOjWn7WTXKhlqo9ZdRdmf9AFhzhPdv2pnsEoZZvkIK/I4C8W8O2o5nn0oOTG0Qt4&#10;ZlVCBztKfcDtB1DVuREulnrom1em/cDu9LaT2lUnGTToWVG1ooyk+1E8EFMwAsF/HpHAvGiYOTNq&#10;cLWnd6goE7nkdRdlOQUxf5/mp19PZX8OBhMtdWRp4RGE5FkvkJkQicf5y+w9eJpdV6JJV6l48rhA&#10;B12wjKLITCbk+nUOHT7Lz7/5czdDhfJJWu4I16RJf74YWpmIg9/Ra8FfRLv044s3q2oukRSghLI8&#10;RY5MJlUl42mvpEp9QqpK6rP0pH2abVk8o79YLnlGoKrqTC/nvHNC+jRs1xA7WRzXfaI023RHZlKX&#10;7u2tnjqQoiatGpujvHePgCTNtrwok4hNUCIzNcY8b4UV9ejeyoI072ucjJG64rTbnPJIwunN3nQw&#10;fsBfZ+6RIXXRj85545lZlS4dq+fKJjOuQRs389w6yCtWoro5xMcnZ3XqythALgcpKW+UyOn9Gl1L&#10;n50+CdI5MggJeUBGqdskG7UeurW3zK8HZ7Ue7uKfVw9F2ZFpXVo76XPjx3WM3XQZ/9xLSzrKoDkW&#10;PRPKmUrKTUwmVtz1JhD85xEJzAuGTKYndcqaP9SoEnmUIAX72Fvs+HY/KzbmfA5xJtkaB4cqVFAf&#10;r4zj1NoluLafRrdJ3/Lx2l9Zuduf3Lte8/BMGVpREnVhDwO6TcD1za+YtnwPyzed5PzDgj2DMW3e&#10;7kQzWTz3ow1pP6gjDQrLjHSVpSAGDejdzpw7v+1i0aEbeHheYfUXv3PV0EHanieJkHhGNmUC0fHS&#10;dovyWBc4t56lORYyFUlJRSxc0Rk5FuVMpH/TSNa2eFpSmzJLdbL8CReGtHZ3ouLjm5y4kEJGiA/n&#10;IyrSxr0DXV2lTv3cNUIzUvnr3E0e2zrT3aGohpMj5XNSOdnlq+ISiZMS2Bjvv/g6V9fS5wdfEqvZ&#10;0qhGOfRK2yaFIumhfF496GBH+nZMXT2Dua1UnFy9gtadZjD4aw/uSJmJTjJoTpOlW0m5KqVS+mg2&#10;CQSC/ywigXnRkRliZiR1ttXas/nwGrxO5PkcX82F1V2pJ0Xw5HO7mLTBn/IDZ+F1aTN+f6zhyoZu&#10;2Os0zaKFlOssnreP8+bu/HJ8M7f/kso7+gFjaxfozaQR/ImNx7hiUo0GNo85vvkgUj+sHR1leYb0&#10;e3jeTMWmcgZHFi+h67DVfBNekxkrJ/Je7WJMWCrTWCF1asnJxBe4rJAZn0yCSoaFhXpRibrzU6cW&#10;Ks1al5KiJD4hBaXcmPLmWuqkZ4yZiQxVSiqJmk05mDZvQvvyqVw448OtC34EWDjQ3tEK99a1kft7&#10;88cdP/648hjbNm64SrLoiszYCGOZnOr9pnIpr66z9L2cbUOrolfaNikUSQ+Jaj0YUd5M0oOOdqRf&#10;yYW5677i+qFZfNhWzrlNa5iwPQKlLjJozoEqleRUSW4TSdclqrNAIHgZEQnMi47ckob1LFDdD8VL&#10;23RKFkru+t0hUladvkObUENzpUSZlkF66XpjMu/fxjdahmOPrnSz1fSaynTSMvKfMO78LuYfSKLl&#10;+BnsndOCCsHHmLc5KM/dM3nQSZZnybgldeKhpnSZ/iFXL20n2m87t//3AQs6VtR+qSovetY41TND&#10;Fe7PmbC8ZWZmJQt3sMHNpaL0twxzUyNUCbFEJOYcpyT6ih8+WlaEqlIjuHYjj5RptznrlYienR0N&#10;86xxeYoR1Sqpr+/E8SD3Dh0N5o3o1tSYuEt/8/WZEAwbN6S5sRzbdo1wzAzi6LfnORNvgXvneloX&#10;RheG3MaOBhVV3LsRTERha0JK2SY5PKuHUC5k6aEGjma621E2cizqNGPm8pEMqZSOj88d0nWRIYdM&#10;9WJrJQqbClQWCYxA8J9HJDAvPAa0fqMDTip/Vi7Yy5Hg5Kxr/mlxEfx9+DCbTsdI3awc6ypWmCof&#10;cPZ0OOqlB0m3/2bBp39wq7igXwh6FSpSxVhJ8EUv/JOlDckR7Fv6PVtC8nRySb4sXfIn9+r34rMR&#10;ttj2HMbcdoZc37KNdQHqWhZEF1meRb96PVpUTWDH9Om0HPARvUd+zhvvrWTisiOcCNe6YjYPCjoO&#10;aE89brNm3nb2+EQTExvFlf1bmLglFJPm3Rnlqp6m0sPJtRbmT/zYuOoi/g9j8D60jcFzLvBQkf+i&#10;TxbpIayespzFJ8J48DCMA8u3sS3UANfX2+CsddZLD8f6VdHPuE9AcEHdmNDJvQEmDy+z52ImLi0b&#10;Ul7aqlezMR1rZnDmt0s8sGpEj5JMv6hRNGB4/xqoPA4yeZ0HgQlqY8ggJiSAX7f8zvGshKV0bZKL&#10;MoxvJn/JZ8fvcP/hXQ6t3MbWEH1cXmtDY0kPuthRhu8Rpi05wZnwVDKVT7hz/iqXY2TUrFUFhU4y&#10;ZJMZGUFwvJya9WyRcieBQPAfRyQwLxAKhT5yQ4NnRtkK5/5sXuROtcADDO01CmvHodi0mE7P+Yc5&#10;F5medcnDqvsbzGmj4PyyudRt+i51B+4i8rV+DLCRzmf4tJkLK+MZLFowa5Izxh4/0b71u9i1ns/i&#10;6LZM72WJkaFC6o4zufHjL2y9X42xc/rgpu5b9Wx4a84btDMIZu3aC6jvrC5Yni6yPIORFfVsTTGy&#10;rkW7FvVxsa9KNbPHXP31R4YM28R+zcNKCpPNqOkgtnzUDtuQ3xkzcBK1Wk6hy7zTxLoOYOvy7ppL&#10;JHJseg/hQ/dyBO9eTcu2E+j4qT+OH0xgfB196dxZ9/TmIjN3YXx/Fdvfn039trN558cIqvQZxfp3&#10;7Z4uIM6HnMpN6lNPFoWXd8GkQE6Fds1oX15KlIzr0qWVRbZj6teke4fKGKjkVO3QnLYmWQdnkS2r&#10;Ir+sMn0MpWTLSNqXnXLp4zZ+CqsHWOG3aTnNmg3HynEEtXp8wqRtN7ivyf10ahPpnAq5pNs8OZSB&#10;gT7GLq/zZb9Mtk//AIe2MxmxJZyKvUaybpRGD8XakVTtckbEntjG613epWLDd3Aef4JHbgNY+o76&#10;HLrJoCbJJ5gAVXmauT1d6CwQCP67yFQSmu/PTULgbs03wT9Cagy+PqGEJagwtrTGoYEtVUzy5qCP&#10;Cb8eiO8jOdWdHHCyfv4wnhQRxJWAeORV69DKwYISzgEUTrGy5KDk/q5lNP0shvd2LuGjRk8TifjD&#10;X9N41g16fLOOjZ2Lr5kyORpvnzDup8ipWKcubjXMtFyCknToE4jfI31quThQ36JgndI58eEUhhxz&#10;ZMu5yXSKCuLirSRMa9SjeR3zojvOtFt81PdjNtuOxmtTZyppE/cfIiXyDp4BD4lXKqigXvxa1wrT&#10;guXr3CYFUZIYfouLgcmY2NWhWb3yz9hJsXaUkUSw720Co9Mxs62Fm4MVefK1LIqW4QnHFkxj2JnG&#10;7Dg2gR4FfywQCF44ytkP1nwrHSKBEbzgZOK7Zj4dNsmZte8z5tXPSWBSubziE3ptkTFz7+fMK/Lu&#10;nLIkbwIzlb7FTmXlJRO/dR/S8Xtzlh2dy6h/M4P5r5N8lUk9VnC+63wufuSE+tGGAoHgxeZ5ExgR&#10;QQUvOHo49O5EJ6s7fDlsBp3HfMU7076ib7/pvP7DI5qMGcF79i/Lik09GgzqQTcDf3757b6UzgjK&#10;BiVRJ05xOLEu7wx3FMmLQPCKIGZgBC8FmXFhnDh2lcu3Y0lI16NcpWo069CCrg7FXLYpc5TcPvYr&#10;G/2rMmZym1Lcpq4k0t+XQP3atKlnJkYQZUTinQCuxFWgdWNrkcAIBC8J4hKSQCAQCASClw5xCUkg&#10;EAgEAsErh0hgBAKBQCAQvHSIBEYgEAgEAsFLh0hgBIJiUKalk5b/yXOCF4xXt42UpKWp31cuELx6&#10;iARGUDIykgi99YDo4p7g/x8g895FPhg6nqrOI6jkNp15F9I1ewQvCq9uGykJO7aFbu3ewabRCGx7&#10;buOvEvhkhv8R3n37K76+pu2VH4LSkhEXhX9YAq9AeHwhEHchvTCkc27lp0w6GEOauklkMuT6BpiW&#10;t6JOAwd69OvMm80qFv8KgFIQ98f3vLbkKo8yVFKxMvQURlhVqopzi2a8/WZbmlnnPGdFyYOfv6Dx&#10;pzdwm7eKIyOtNduLIDmSS1ejsWjcgPrlX6Z8+TG/z3+foUcsGPvpm3RTxKG0b0e3Oi/LM2f+AV64&#10;tnyF2yjlKpO6L2efdXdWTXdF8VBJwz5Nnr2tv5A2e3J6E40nXKLt1xvZ3L3Mnq/9aqOMZfOYKcy8&#10;XJcvjn3ExGpifqA4xF1I/xnSuO0fQuiDR0TEpPL4SRrJcY8I8rvBkb37mPrWbLp+epGwMn/6mZLE&#10;u+EERKRh174jIwZ0ZHDXhtgbRPDbhvV077OIJRcTNVPUciycW/LOwC4MciuXtaU4nlz/H2PGL+Pz&#10;cy/ZyDgjEs8bCcgd2zDxNRe69Oz4aicvEi9cW77CbZQRFsz1GDmNX+vNwHYu9H9DS/Ii8dL638uI&#10;3BS3Hp15Sxr0tbQSXeu/gdDyC4hBk8GcvbCZ0KvbCfl9Dh93qYRClYL3zxsZtyUs623BZY7cDLf+&#10;A5g/dTALPxjNd1u+4soPA2ihDGD57B/YL43w1Bg5debLz9/l3UYF5oIykgm7GYznrWjitFSwsHm+&#10;jMRoAnyD8AqOIbnIC/npPLwdindwLCmaLc+gfMz9oNt43owiVpuS0hIIDgjGKyiGpOIWDUjnSk5V&#10;STHJhPKF9YkpMdzwDSOiYMUlXYTfkurhH0FkSjEFpcZK8ocSEpc3M80gJiyU67fjeKzZUhzK5Bjp&#10;PMH43U3Sbh86y168noucsy1MJyXRfS6ZxEWE4+UTyq2Hj59d56FLGz3DEx5INnI9PL+e0mIf4CO1&#10;V9QTzYYCFG+nUl3vheHpE0541huz81LUvsIoWnZlyhOSVTJMzUy0vM/rWYqeZ08jKjikaN+S7CL6&#10;Tiievne5X7SjFk+pbaQ4Pepex+TIMLxulsQWNRTp2wpcB7/LNx92oYmxZlNeCpNbUGrEJaQXhmS2&#10;jx3HlDMZGLR4h2tbe2Gbk16mhbJ02Id84ZOOvEoXfj02lk5ldi1JSfjWz3D9Mo5xP37FEre8wzgl&#10;d35aQpvF/tSf/iXH36tG5tVd9Jh1lVaff87nrdXvJVISdX4PY+Yd4nRk9ihPYePK51unUfWHOUw7&#10;FktsYjp6ZmaYG8gwaj6MU6vcqRByjrmf7mb31Ujis3oSGSa2LsxcNpkZTbOfUJvm8Qvd54QxeKk7&#10;EWt+YOPlWCnUyrF06sqab0bSp0qOgpQ8OLOXSZ/+j5N3n2S9PVnfsiaDZk/hmwG26Eu69di+mWnf&#10;XMI3Xh34pMBf3YX3F09kVstyz2Txj09vpvXcC0TEJ5MqN8bKzACFfW/2/dCPetey6zTok6Zc/mQL&#10;++9mYNlnBqHLm0u/TMVr51ZmrDmH56Ps7lFuYkOH4W+z5v1m2GWpNoO/V37Eezfbsn7AQz775BiX&#10;Hkl1MqpE3/mz+bZLImvnb2DFX1HS2fSwadaP778ZSPtnXiqpITOWE+s2MGvLdUJT1JLrYdWgDYtW&#10;jGdE1mxE8bIXr+d0/rdgdqFtaelZlE5KpvscEn1PMOeTPezxic9eTyA3pGbL7ixZ/Ca9q+kV2UYN&#10;C8xE5Mr3RUfCvv6ebz3jpVZQULv7O/y8vBmPftjIpI2ehErZon7FBsxcMYu5LbNtMCO4eDtVRl/n&#10;i1kbWP13jJQeSRhY0m3uh+wcYYusiH2FJR5Fy57J8U8+YMLhR8QmpEltYY65Qh/HkfM58F7eN6E/&#10;KbLNLM5mX0JqPusdrH/fwVZvtU60+RbEeR9l5sI9HLiZnJX0yUwq0VWKVRvGO1GxsAYsQE4blNZG&#10;itKxWo/F1zHH79qwsnMgMxddJDTdjAETWuO3148WCz9jTTcz9YFZKGMvMnXYdm72msGJKXWlLbr5&#10;9sVVHzPmlAPf7HmLjori5BaIS0ivAgo7hvauS1a68PAm5wLVTl4AZQw7ZkzHudNkGmn5uL6zH89s&#10;vysBcqr3bEULRQY+l/2JkQYOqqQ4IiKjiUzU5L1pAXz18UGu1xnEyYs/88hjNb9Oc6WagQEu/Qez&#10;YIg95eX6OL02mI9mvMmHbzbAUrK6BP8b3LRuy7LNy7l+dgNXtg6nfdo1vvj8KDc09VQlJ3D//k1W&#10;zdjMX9X68uPOReye44Z5wHFmr7pKfPZhZAb/ztgZ+7hkLgWnzZ9zZucHLOtjztW/bpEgJTd3D2xi&#10;6DI/Krz1Adc8d3Dvj7lMqRrE0pnfs1czs5QXRYN2zH+/G22sZOjXbsEcqd4LRzbJClJZdXpwSxpl&#10;7SKk/VgO75zPpmG1pV9JieCB9Qz59Byxrm/ww49LOLVjBp90NODS5rWM3BSS3RlJ6VVSTAx3PQ8y&#10;6rMAHKfO5eRPkxhTO47flq2hz+jV7Dbpxpadn/HTJAcyPQ4wd0tIVlB+FiWBP61l9IZAyvUeza97&#10;lnJi40iGWAZzzEs9ltZN9uL1XHRbFqWTkupejTLiNBPGf8+eOHtmrfyYU3s/5ceZbii8DjFm2gG8&#10;JUUW1UYFyZHv6xk/8He9QezZ/bFUv2pEHv+R0SOXMOo3Q8Z8vYjj3wygdWYAK5b8j5y1rcXbqdQx&#10;btzMSv9qzN+zmUd+W/DaPISuldUVKWqfdoqXXR/nPoP4cFgDqWPWw777AD6aPoRJHa3zJC9qim6z&#10;LFQpHF65jUu1+7OjEN9S3j/DlIk/ctqqJzv/2MZDz7XsHVWRq9+sYebhOKmFdeP5bKRoPepWx2y/&#10;u+d9mKmrIumy6GNO/DCJ8d3qUvdxBAcOXiU6Vxglj06d5eAdJfUb2Wb9ratvJ0Y/IiIilnhNeCxc&#10;bkFZIBKYlwI5lapbYy6TvmbGc/+hlgRGboJjx/YM7aft04EhPepRmjVlcnMbalaQkRkdw31t0Sr1&#10;AbcfQFXnRrhY6qFvXpn2A7vTW+pJbJu2ZXjbqpjJ5Ng268DIwZ0Z1rqyNPYFq9fGcWjFYIa2sqOG&#10;jRX2rXoytYcNquBQfPJeN1E9xqLbZA4u6UkPV3u6j3yHCU30pCB1A7+sqJHBlT3HOZ9ak0lLxzCq&#10;XV0au7oxZv6HXFnrjlVGGNu3epDo1p+1k1yoZaqPmTS6m/1BFxziPNn1pzrFyY/cpj4D+7tQ31SG&#10;vJI9Q6R6j+hkh7lmP8okkmr05bsFHWjr6kx314pSNULY+r0UBGt2Z8NXAxjQvA5NmrZgmjRSn2if&#10;gdfuPziXHeWyUKWa0e/LBax805mmzdrzyTg3LFLCuVf7bfZ99To9Xevz+vhBDLZTEegVSJQ23acF&#10;svVnf5Ib9GbDJ13p4lyL5u7dWLplJT8OlGpbEtmL1LPUfkW0ZRZadVJy3asvE1zbdYijMVUYu3QK&#10;c3o70qSRA33GTOLbd+xI8zvJlivpxbdRQST5LHtMZp+kp06NHXlzZl96lH+C//2qLPl+KlM62dOi&#10;6xvM61MJ1e1ALj/KrlnxdvqY4DuPoFJdOjiao69vQu2W7ozrUhm9IvdpQxfZM6ncpA3D29tKbSGj&#10;sks7qS3c6Vm/4DULHdpMOqbukPf5rVDfysRvz2GOJDkwa/EAulY3QmFqQ5cJI3i3bhLHDnpQSA6q&#10;nVLbSFF6LFkdlXGp1B43hWX9HGneugnNG7gxoK0ZiRcv8Xus5kBlIsdO+JFcuSkDWxmV2LefQZvc&#10;gjJBJDAvCcqMDDKzsnopYGttNSNc+/Rn3tTBWetY8n8GMXeoE5VK1dqq7Ovncqnc7A35Ma1Layd9&#10;bvy4jrGbLuMfX6KIRlx4EH+eOM+u/Wc5H5GJSplOat5gIDOiUXMHctfEyctTs6oJJCYRp66XMgYP&#10;nyiwdcS99rPdgjJW6oyClJQ3SuT0/lP89Gv2Z6dPgjRizSAk5IH0b0kxptObnfMtmlRG3eRiiAq7&#10;Nk1xy9uXKOzo3NIaWXQInuFPdSMzrkEbt6cvczSuZkNlPTn2zZyoliOGfkXsbGSokpKJ06JWZVQQ&#10;XvegRvNGWhdwlkj24vRcLFp0UhrdK2O55BmBqqozvZzzXifVp2G7htjJ4riubu+SopavWf2n8hlZ&#10;U8Najl5tRzpUzhUa26qWyFUpxOUMobMoyk6Nadq0NorAo4yffYD/3UqSutQcitqnhX9K9sIo1rcS&#10;ueR1F2U5BTF/n85tv58OBhMt2WhaeAQhJXKe0tpIEXosaR3NnBk1uJp07hzM6NrLlYopNzioSaiV&#10;MZ78dimNGl1a00pqhpL69rM8K7egbMgxXcELTSYht+6TrP6qZ0HVStrHb0mRd/ENkEaGz3zucONu&#10;McGzMFJiiJCCuX5FK6pqc0B9O6aunsHcVipOrl5B604zGPy1B3eKCWxZ17THTKVB14UMX7iDL9bv&#10;Z5uHblPSenoyKa9SZR8rjW5iE6VYbG6GpRa1qOISpWCsIsb7L77euJ8VOZ8ffEmsZkujGuUKXYtQ&#10;KNLIV19KNvKijEkgViXDskLB88mpYGmKTPVY6heKkE46p3qCLT/StqxipCQy6+/8KOOSiJfKtChv&#10;plWG55U9n56LQ4tOSlW+MoHoeOl0FuXJvXtfg56lORYyFUlJhS811R0pIX9W4dK2bBmkamdRvJ3q&#10;4Th6OtsnN0J1dhfD+0ym2Xs7OXpX7W1F7dPCvyZ74eRrc1UijxKk77G32PFtnvbbeIgzydY4OFSh&#10;QlEGVJBS20gReixhHWUy6WwF6mzephXdKz7mwnEPopRKHv55ifNPKvN6L/usx1aUhW8XlFtQNgit&#10;vgzE+/H9oTtZo1V5xXq00jLTQOYDNk/7gDZ959D2mY+0/Z3dnC9qmrMQYi54cyVVj4Zu9Smv2VYQ&#10;/UouzF33FdcPzeLDtnLObVrDhO0RRSRMjzm5aiPLr5jy1vrVhFxcz7UTX/PLsLwjIx2RKTBSSHEs&#10;VQoiWnp5mbERxlKnVL3fVC6dWINX3s/x5WwbWrVAUCodMmNDjNTXwBNSCsgtjd7jU1DJzLDKXXxQ&#10;NsiMFVKAVZGc8lhrgvNvyV4YpSpfZogkFqrkZLLWc+YhMz6ZBHXCZlHohaIyRkc71bei6+RZXPxz&#10;OT+/3xi9ywcYPfcot9T1L2pfQV4o2SWk+pgZSUlNtfZsPlyw/VZzYXVX6j2nAelsI4XpUVkGdTRx&#10;YmCXiqR6XOZwZBxHT/jzuE4LBjhlt/L/h28LdENo/QVElf6EmIex3A0P4+KxQ0x6dxU/3FFn+Apc&#10;h3SlrbY7kPRsGLl8MSd3LeKPZz6L+ePbN2j59OK3TmTc/Zv5qy7xyKIJY/oX19nJsajTjJnLRzKk&#10;Ujo+Pney7xaQy6U96sed53H9zGiuBcQhq9eS0R1spOCgRkVaeobWjrhI9KxxrG2KKjyIK/kW6WTw&#10;MDoJbOxoUFHFvRvBRGjrNMoIPVs7HCxUhF7x43becjIiOHVZfYmrDs1zL1WUDXpVq2NfTirTO5B8&#10;g/q0eKLilMjLWnZtbVkEpSpfak+nemZSe/pzJixve2Zy64Ifd7DBzeVfWkNQQjuVl7Ol93uT+bKP&#10;FY/9g/DJM2Aoal8u/4TsJWyzfMgtaVjPAtX9ULwii5hhkMhISSapFAOkktrIM3rM0L2OhaOgde9m&#10;1HgSwMG9f/KbRzqNurfKvZvtn/Lt0upM8BSRwLyAZHjupF378TTsMpvuU3/iJ79kKWAaUKvnu2wY&#10;UzPPIry8SAlE9do0dbGn2TOferjVsSjkdxpUjwm6cI6dB87w8+4jLFv0FR0GrGFndDVGLRrFm4Us&#10;oMnwPcK0JSc4E55KpvIJd85f5XKMjJq1qmSVp29tQUVZBt5nrxD06CHeAdGk6VlQvZIhyjt+HL+l&#10;Xgn5mFtHtjNzZ1GzNoVhSMd+LamRcYOvP97PidvxxEQEsfvLJXScdYZ7+g0Y3r8GKo+DTF7nQWDW&#10;8yMyiAkJ4Nctv3O81EGvAIaNeKtvVfD9jYlLz+MZkUjM3UB+Xryedf6GtB3eleYlTCCLxbgRQ3va&#10;kH7lINM3XePWo0TCr59j4Zh5jDkYg1JRtrJrbUvNPq2UqnwFHQe0px63WTNvO3t8oomJjeLK/i1M&#10;3BKKSfPujHIt8Txd6dDFTjNus2HhNr6/GElippKUu9c56pWAvHpV6sqK2Ke+pfAZyl72ErdZPgxo&#10;/UYHnFT+rFywlyPB2bcop8VF8Pfhw2w6LdmY+rDUS0zoOJq6444RUVJ30sVGitKxgY51LAaFc2v6&#10;1Mzg/OaDnMmoQ7+e6scvaPgnfPt5dCbIRSQwLwz62NiY55ualukZUN66Cm7t3Zm38nNOrexE/bLu&#10;BCWMLcwxI5Zj32zgvTnrmPzZbjafi6FatyHs2LOIlV2tnhqKQh+F3ABDTT1k5YyIPbGN17u8S8WG&#10;7+A8/gSP3Aaw9J3sZ1Lo1WjDKHcLHh5Zj1vryXRdepVHSjP6TBhIJ6MbfPjGWOyajsV9dRyDxrWm&#10;iqEBRjlTPZqy1JeIniJDoTBALn0UmjUMpi2HsGGaM/qXdzOw5zhquS9gwv4n9BjsRlW5Pm7jp7B6&#10;gBV+m5bTrNlwrBxHUKvHJ0zadoP7hUVz6XdGUgFZZWk2ZVFA/qcoaDXlfVb0rUjQT2twdx9Drc4L&#10;mbg/ieYTp/PdiKczWArpHHLpBPkm0gz0MZTKNDTUy1OeHobSdj2FAgMt6zXUC7fbT5vIgjZ6nFv9&#10;BU1bj8Fp0Hp+TnVjZCd1m+kou4561t6W0o5CdVI63Rs1HcSWj9phG/I7YwZOolbLKXSZd5pY1wFs&#10;Xd796SWBwtqoIFrl08dAIUch2Vve5Qn6htJ29bH6aqF1sFOZCabxl5n/zlSqOw2jaucv+SG2PrMX&#10;9MLJoIh9heQhusoulzputb0YSTIURXFtVlybK5z7s3mRO9UCDzC01yisHYdi02I6Pecf5lxkevZM&#10;VEYK8Skq9E2NMCqsOs9jI0XpWNKjTnWUyPY7qQ6av/OhqM3A12tjmJYhxZN29KuRV5CS+naeMgqT&#10;WxedCYpFPMhO8PxkJBHse5vA6HTMbGvh5mCFiWZXFsokgjwDuZloSC1nBxxzVtUlR3PVO5SHMmtc&#10;3WpQ6ZngVjIePwzD40YUyUbWNHapQeUCkSol8g6eAQ+JVyqooF4gWNcK0zIPHkqSIkLxDIwhWa8c&#10;9s51qfOPvzcojcibQXjffYxxtVo0c7DUXO54SpnJXlhbFkNpyldK9uHtE8b9FDkV69TFrYb2xcr/&#10;OMXaaSaxd4LxCo4nzVSyPeeaVMm9W6WofYVTprKXss3ykRqDr08oYQkqjC2tcWhgSxUTdQMqiTy4&#10;ilYLwnhj0xK+apPP80tE0Taigx4LrWNZUVa+XXY6e9l53gfZiQRGIBAIBKUj7TZLBn/CXtcZnPzY&#10;BUvNZkERCJ3lIp7EKxAIBIL/FzLDw4htOIh100XyoitCZ2WHmIERCAQCgUDwryNmYAQCgUAgELxy&#10;iARGIBAIBALBS4dIYAQCgUAgELx0iARGIBAIBALBS4dIYAQCgUAgELx0iARGIBAIBIL/EMq0dNJe&#10;gVcUiARGIBAI8pARF4V/WEIJ3hkkELwYZN67yAdDx1PVeQSV3KYz70K6Zs9/E5HACP4feEyI5zXO&#10;Bifp9KK1/xeSI7l0xo+b8eJNa68Uyli2zphBy14r2XzvJW37f9x2y9B/X2o/e9Hi2GNOrNvKd/4W&#10;vL1sHnuW9MW9kJfw/lcQCYzg3yctiHWzljFktbfkci8mT67/jzHjl/H5uf/2CEZQALkpbj0689ab&#10;bWlp9XKGx3/cdsvQf19qP3vR4lhGJJ43EpA7tmHiay506dmRbnX+X94e9q8hEpgXEGVyDAG+wfjd&#10;Tcp6NfwzZCQTfus2nv4RRKYUk/unxkrnCiUkTv2a+hwyiAkL5frtuKIdLy2RkIAQbtxPJe+vn5JJ&#10;fMRdvK7f5mbk4yJHIcmRYXjdjCFJc1DW45+LewZ0qeqeTvSdUDx973I/uRjdpMVzyz+Em1FPNBue&#10;5XmeU52RGC3VPwiv4BgKq0pxbV2sLaQlEBwQjFfQU93mJ5O4e2F4+oQTnlCwFYvap6EEtlawjcuU&#10;YuWUOsPYB/jcCCOiuHYvEgWug9/lmw+70ETbSxeL9QkNpfU7HeTMJp2Ht0PxDo4lRbOlIM/3jPWi&#10;/ag4/y3WbgtQeF0lG40Ix8snlFsPi44x+VA+5n6QZLc3o4jVWgFd40TRei5OD2q0+0UJ4lReivJH&#10;SebkVJWUg5tQvgR5S+nrV/r4X1aIVwm8SGTGcmLdBmZtuU5oirpZ9LBq0IZFK8YzIiuTTsVr51Zm&#10;rDmH56Nsr5Sb2NBh+Nuseb8Zdlmv6M/g75Uf8d7Ntqwf8JDPPjnGpUdSEDWqRN/5s/m2SyJr529g&#10;xV9R0tn0sGnWj++/GUh7C3Uum/3b8cEd2PDaAxYvOcH5KGlkJDOiTvdhbP2iO85ZL07NJPBQdj3+&#10;DkvJDlAyQ2q068/Gr/rSOusNrTn1aMPKzoHMXHSR0HQz3hjjhtevV3gQn8JjuTFWZvrSTx35dO/7&#10;jLBWPkfdIc77KDMX7uHAzeSsOslMKtF17Dg2jHeiYtYhT3WzYWAMSz47yrko6Ug9M1zfHMdPC1pg&#10;q/eE/y2YzbRjscQmpku7zDA3kGHUfBinVrmjy4xsRvA55n66m91XI4nPVg4mti7MXDaZGU3NskcN&#10;xbV1sbaQjMf2zUz75hK+8epOUoZpdRfeXzyRWS3LZZWhjL7OF7M2sPrvGLJSNANLus39kJ0jbJEV&#10;sS879pXE1vK38YBJbfDf7Yvbgk9Y0yO7LlnEXWLKsG0E9JzOiSn1NBuLo3g5yXzIoaVrmPFLIGpz&#10;1StXgyGzB+PwxzYONpjE79MdpLQknVNL5jHJqxlbdgyhRc4bpdOu8UH/TXh0eV86rr50XAYXV33M&#10;mFMOfLPnLToqdPWJp7ZVGtvVRc40j1/oPieMwUvdiVjzAxsvx5Im7bF06sqab0bSp0r6c9uumqL8&#10;yOTkRlp/dKkQ/5UKKNZucyjezxJ9TzDnkz3s8YnPXo8kN6Rmy+4sWfwmvavlPVdelDw4s5dJn/6P&#10;k3efZOUW+pY1GTR7Ct8MsEVttsXFieL1LCflRFF6yIlj+f1i8NoNfNdVoUOc0kbR/mhzfjOt514g&#10;Ij6Z1Kz6GKCw782+H/rRMMtX86Ldb3WvX+njf04ZOYhXCfxnUBL401pGbwikXO/R/LpnKSc2jmSI&#10;ZTDHvNS5v5LwA+sZ8uk5Yl3f4Icfl3Bqxww+6WjApc1rGbkpRLPoUEVSTAx3PQ8y6rMAHKfO5eRP&#10;kxhTO47flq2hz+jV7Dbpxpadn/HTJAcyPQ4wd0tIthFqfht+cTfDFl7D5q0pHNuzkLWDqhB1bBvj&#10;NwZpykjB+/I9Kr8+kn2/reXmmZX8NtuJtHN7mLs9PN+57nkfZuqqSLos+pgTP0xiXNeOzJ/Whebl&#10;ZCgc2jB/xlA+er+rxuhLX3fl/TNMmfgjp616slPquB56rmXvqIpc/WYNMw/HaUYHOef/jVEf+2A3&#10;dgYnds1hsbsxPr9sYfEptZ4NcOk/mAVD7Ckv18fptcF8NONNPnyzAZY6ekuC/w1uWrdl2eblXD+7&#10;gStbh9Ne6ii/+PwoN7KUU3xbF7f/7oFNDF3mR4W3PuCa5w7u/TGXKVWDWDrze/Y+VEsrBZCNm1np&#10;X435ezbzyG8LXpuH0LWyOpoVtU9NyWytYBuP71oP+7QIDuy7QlTuiEtJ9F9nORiqpH6j6pptxaGL&#10;nEqCdmxg4o93sO4zhv27JduYaMe1Zav54u+HRDxKlWqZfa746Ec8eBBHQtbfGjJTibofKx2XojlO&#10;RaJ0XERELPFZG3T1idLbrm5ySiUkJ3D//k1WzdjMX9X68uPOReye44Z5wHFmr7pKfBnYbnF+ZODU&#10;oQj/Lc5u81J0XZURp5kw/nv2xNkza+XHnNr7KT/OdEPhdYgx0w7gna30Z8gM/p2xM/ZxyVzqODd/&#10;zpmdH7CsjzlX/7qV1e66xIni9QyGRepBu1+MddLXMU4VpHh/pEE75r/fjTZWMvRrt2COpMuFI5to&#10;BhoFed76lT7+q8soS3Q0a8E/TlogW3/2J7lBbzZ80pUuzrVo7t6NpVtW8uNAc6nPCWHr91eJrtmd&#10;DV8NYEDzOjRp2oJp0qh+on0GXrv/4Fwep1almtHvywWsfNOZps3a88k4NyxSwrlX+232ffU6PV3r&#10;8/r4QQy2UxHoJY1c83iO6rEpvb5YyA/jWtDS2Ym3F45iVG0VAcfOczWrDHMGLfqIzVM70KG+DZUr&#10;VaPDW6/R11bFTf9QaazwFGVcKrXHTWFZP0eat25Cq8aODH6jMfVMJEer4siwwZ15p38jaj9NyktR&#10;90z89hzmSJIDsxYPoGt1IxSmNnSZMIJ36yZx7KAHmj4gC1WqKX2/+pB1b7vR3KUJk+b3pKVePJcu&#10;38kaadk2bcvwtlUxk0nfm3VgpFTHYa0rS6Nz3bB6bRyHVgxmaCs7athYYd+qJ1N72KAKDsVHfe2g&#10;uLYu1hbC2L7Vg0S3/qyd5EItU33MpNH67A+64BDnya4/E6RA85jgO4+gUl06OJqjr29C7ZbujOtS&#10;WRoTF7VPooS2VrCNmzs0ZVCH8iRfucj/IjWKVyZy7LgvSZWaMqCVUfa24tBFTumY3b8GkFKnB2sk&#10;XXVqXJ9e707k4Ip2VNXeG5SK4n0im1L5nU7tqUH1GItukzm4pCc9XO3pPvIdJjTRkzqaG/ilPa/t&#10;Fu9HMZUaFO6/xdltPoqqaybXdh3iaEwVxi6dwpzejjRp5ECfMZP49h070vxOsuWKtjUzGVzZc5zz&#10;qTWZtHQMo9rVpbGrG2Pmf8iVte5Y6SBfbpwoUs+gV6UIPWh4xi+qqEoUp3LRwR8vWNRnYH8X6pvK&#10;kFeyZ4hUnxGd7KRIXTilr1/p43/zKmWbcogE5gVBGRWE1z2o0bwR9lqSVGXUTS6GqLBr0xS3vNfm&#10;FXZ0bmmNLDoEz/Cn1i8zrkEbN83lCgnjapKh6cmxb+ZE7uyrfkXsbGSokpKJy+M4MpO6dG9v9dQ4&#10;FDWlxMMc5b17BCRptqnJTCbk+nUOHT7Lz7/5czdDhfJJWvYliRzMnBk1uFrW1K2ulLjuGYlc8rqL&#10;spyCmL9P89Ovp7I/B4OJlo5PC48gJHtYkEX2+c1zzy+vWInqkqfHxycXMgIqDUriwoP488R5du0/&#10;y/mITFTKdFKl4Fd8WxezPzaQy0FKyhslcnq/Rlbps9MnQdJzBiEhD6R/jWnatDaKwKOMn32A/91K&#10;ksJ3DkXtK7mtPdvGxnTq25RqT/w5cCI6S6fKGE9+u5hGja6taW2YfVRx6CRn0m08Q5TYuDnRKLfz&#10;kGPTohHOOpajC7r6RGn8Trf21CAzolFzB3LXF8vLU7OqCSQmEZc9hVR6pCSzJH5UkOLsVmeUsVzy&#10;jEBV1Zle+RpRn4btGmIni+O6T5RmWx6UMXiot9s64l47R9l5KIl8ZaHngn5RSv2W2B915Xnr9w/F&#10;/5KQ64+C/1+UcUnEq2RYlDfTrEHIjzImgVhpv2WFcgX2y6lgaYpMGjEkFrVCSiZDpvn6FGlblgWo&#10;pP+KQo5FORPp3zSSsxaOKYm6sIcB3Sbg+uZXTFu+h+WbTnL+4bNnkcn00NMmUEkoru6qRB4lSM4T&#10;e4sd3+5nxcaczyHOJFvj4FCFCkXWQY7Ux6BUlSIIaCFr7cmYqTToupDhC3fwxfr9bPN4Oj1cbFsX&#10;s18VlygFURUx3n/xda6s0ucHXxKr2dKohtpG9HAcPZ3tkxuhOruL4X0m0+y9nRy9q05VitonlV9C&#10;W9PWxibN2vF69Uwu/36JkEwlD/+8xLknlXm9tz265hW6yElCEgmZcspbmGrV1T9HQZ8oBB38Trf2&#10;LBw9PakE6ffPbb3P6UfF2a3OKBOIjpe0ZFEe6wIn0rM0x0KmIimp4CUpCWUSsYnS78zNsNRWgeeU&#10;r6R6fsYvSln+c8f+Qih9/f7l+F8EIoF5QZAZK6TArpKC4WOtyYTM2BAjaU9iQkq+0bLamOLiU1DJ&#10;zLDS9UJ3iVESL5WrlBtT3lwqI+U6i+ft47y5O78c38ztv9bgdfQDxmob9fwbyAwxM5ICTLX2bD4s&#10;1eVEns/x1VxY3ZV6/1rVHnNy1UaWXzHlrfWrCbm4nmsnvuaXYU9HIcW3dXH7jTCWesDq/aZyKa+s&#10;WfIuZ9vQqtmBTt+KrpNncfHP5fz8fmP0Lh9g9Nyj3FIbUBH7ysTWFPUY3MOWzOsXORASw5HjN3hc&#10;twUDn11RWCi6yKlvKOlKpiQ5qZi7gtRJg5RMSFFaq05LTgGfeA50bs9/muf0o+LsVmekekinQpWc&#10;TNZ65jxkxieToE6SLLRcHJEpMFL/LlXq0LU6zv9znChl+f9a7Ne1fi9Q/P+nejxBCdGrWh37cipC&#10;vQPRDISzSYsnKk6Jnq0dDhbS/it+3M67PyOCU5fV06Z1aF65bJpTlRrBtRt5bvRMu81Zr0T07Oxo&#10;aCoFkfu38Y2W4dijK91sNfP2ynTSMnQNWzLUg5mM9HTK5OkPcksa1rNAdT8Ur5w1F8+LXC45h5K0&#10;tAIRVAohyQmPNQs3tZAZzbWAOGT1WjK6g40UeNSoSEvPyA3qxbZ1MfvlNnY0qKji3o1gIgpWTwvy&#10;crb0fm8yX/ax4rF/ED55Kq9tX9nYmh7Or7eiMSEc/Pkw+z0ycO7eOt8dERkpySQVqkipbjrIKbes&#10;St2KEOEbRFjuMUpivW/in28uW4a5qdQNJMQSkZhjI0qiJRl98h2nneJ84nkoaXsWS2ltV2c/0u6/&#10;xdmtVrTVVc8ap3pmqML9OROW93eZ3Lrgxx1scHORGr0g0u8ca5tKvwviyv28v8vgYXSSlGyWdZwo&#10;YRwrZfn/WuzXsX7PH//LDpHAvCgYN2JoTxvSrxxk+qZr3HqUSPj1cywcM48xB2NQGjbirb5Vwfc3&#10;Ji49j2dEIjF3A/l58XrW+RvSdnhXmueuAXhO0kNYPWU5i0+E8eBhGAeWb2NbqAGur7fBWeqA9CpU&#10;pIqxkuCLXvgnS8cnR7Bv6fdsCdHRKfUsqVRBRrqfN0dC4gm7cYfwIjqy4jGg9RsdcFL5s3LBXo4E&#10;Z9/+lxYXwd+HD7PptKS/7AN1Rt/agoqyDLzPXiHo0UO8A6KzAn/K8fU0bD6WQTsKOaeeBdUrGaK8&#10;48fxW+oO7zG3jmxn5s6Ip6On4tq6uP2KBgzvXwOVx0Emr/MgMOsZLhnEhATw65bfOa4OPhm32bBw&#10;G99fjCQxU0nK3esc9UpAXl3q8GVF7DOQTlVGtqZXqw0DXOR47/ydc5l16dez2tOZhNRLTOg4mrrj&#10;jhFRWOPoIqeiPv062aDyOcKczb6EREfjcWAbA98/xk21EeSih5NrLcyf+LFx1UX8H8bgfWgbg+dc&#10;4KFCPTNTDMX4xHOhi5wloNS2q6sfFea/xdmt+rcF0F5XBR0HtKcet1kzbzt7fKKJiY3iyv4tTNwS&#10;iknz7oxy1aZ0Qzr2a0mNjBt8/fF+TtyOJyYiiN1fLqHjrDPcU5ZxnChxHCtl+f9a7Netfs8d/8sQ&#10;kcC8MBjRftpEFrTR49zqL2jaegxOg9bzc6obIzupFw8qaDXlfVb0rUjQT2twdx9Drc4Lmbg/ieYT&#10;p/PdiKfTzAqFPnL11Lrm7ywM9DGUSx9DvTyNroehtF1PocAgTwyXmbswvr+K7e/Ppn7b2bzzYwRV&#10;+oxi/bt22ZdBLFowa5Izxh4/0b71u9i1ns/i6LZM72WJkVRu/noY5K+HGr3KDHjTjUoxFxjfYxyN&#10;hmznaGy28Ze27grn/mxe5E61wAMM7TUKa8eh2LSYTs/5hzkXmZ47+6H1/DLp3FInZiTty1GDXo02&#10;jHK34OGR9bi1nkzXpVd5JFUxPTGFZJUepqaKQpzHjD4TBtLJ6AYfvjEWu6ZjcV8dx6Bxraki6cIo&#10;SznFtXVx+/VxGz+F1QOs8Nu0nGbNhmPlOIJaPT5h0rYb3FcHUZkJpvGXmf/OVKo7DaNq5y/5IbY+&#10;sxf0wsmgiH1ZDVxSW9PSxmqkEXH/Pk6Ul5IkA9eW9LPLo7GMFOJTVOibGmFUaBTSQU6p5HZTxjLd&#10;RclfKxfh0mYSXT7zodbEN+iRb2ZEjk3vIXzoXo7g3atp2XYCHT/1x/GDCYyvoy/Joc7cstEmU7E+&#10;IVFa29VNTgnp/Aq5ZEP5OitZVt3l0icnDyu97UpF6OJHhfpvcXb7LIXV1ajpILZ81A7bkN8ZM3AS&#10;tVpOocu808S6DmDr8u6FXuoxbTmEDdOc0b+8m4E9x1HLfQET9j+hx2A3qkoV0Ek+HfVcfBx71i90&#10;jVP50dEfJTszkiqXVc+s3xXOc9XveeN/GSIeZPfCkUbkzSC87z7GuFotmjlIRqHZk42SpIhQPANj&#10;SNYrh71zXepkPXugLEjnxIdTGHLMkS3nJtMpKoiLt5IwrVGP5nXMcwN1DknS6OZKQDzyqnVo5WAh&#10;uVlJUBIbEsgVKcs3tqtLK/vyz5y/VKTG4OsTSliCCmNLaxwa2FLFpJT6USYR5BnIzURDajk74GiZ&#10;yK5ps5gU2Irde0fTqah7FJOjueodykOZNa5uNaikVTnFtXVx+6VRdeQdPAMeEq9UUEG94LOuFaa5&#10;4mYSeycYr+B40kytaexcUxo5aXYVuS+H57e1lAubaT7mDHUXrGTf8IqawKok8uAqWi0I441NS/iq&#10;jUnW1qIoWk4JZQoh1wMJiNWnhnMDHE0uM7LNai72moP3Ytc8QfQx4T6B+D3Sp5aLA/VzHyRXGCXz&#10;ieelWDl15XlsV02xflSU/xZvt/koWNc8K1mVkh95+4RxP0VOxTp1cauh2wLhxw/D8LgRRbKRZNsu&#10;NahcsBctszhRyjhWqvL/ydhfAB3q93zxP5vnfZCdSGAEecgbrKfS959MnV9C0nx303nEBZqvXcyK&#10;dmaarYLCSeXI3OkMP2bHV7/PZXTOo2DTbrNk8CfsdZ3ByY9dsMzeWrak/l1IAlNS/hs+IWxX8CIi&#10;nsQrEPwrKAkNTKLx1PEsFB2AbsR5svtUHCZNW9Bb/Zh5DZnhYcQ2HMS66f9Q8iIogLBdwX8TvU8k&#10;NN+fmyeP/DTfBC8nMmTpj1FWqU/3lnZUEOltHmRUaOBKL9eKRU+HC3LJjH7ArdQK9B7WhbZVFbnr&#10;i+RWNenWuT7V/8nZDKmwJylyajRvQrs6Tx8sV3L+Cz4hbFfwYmJYoaHmW+kQl5AEAoFAIBD864hL&#10;SAKBQCAQCF45RAIjEAgEAoHgpUMkMAKBQCAQCF46RAIjEAgEAoHgpUMkMAKBQCAQCF46RALznyKT&#10;69tW8dqkg1wp8p0cAoFAIBC83IgE5j+FkshbAVy4fIeIMrs5XiAQCASCFw+RwAgEAoFAIHjpEAnM&#10;C0cm8RF38bp+m5uRj8l+t2lZkE70nVA8fe9yP1n3s6bFReLjE8rtWPWL1YsgJYYbvmFE5Dt3JnER&#10;4XhJv7/1sKxkySAm/A7egdEkZmo2CQQCgeCVQyQwLwyZBB76nte6jqG2+0w6DppH8w7jcBm7nwvx&#10;2V1/zLGNuLWbzuh9UdLR2SgjzzOh9wTcVwTwRLOtIHHeRxnd5z3qd5uD+4CZNGj7PoPW+xJdVEaR&#10;GcVvny+kYduptB04B9e2o6nZUqpby7E4f/A38dIhaR6/4N55GevPnmTk61NpNeADWn/ikfXzRN8T&#10;TBw4gXrus+go/b5p+3G4vruDw/eeZh1PLmyjVYcFLPbMmxyl88diqY4Dd3JJs44nu5yv+M7jb+aN&#10;mIxDlw9o/7r0/15f853/4+yDBAKBQPBKIRKYF4YUvC/fo/LrI9n321punlnJb7OdSDu3h7nbw1F3&#10;8VbuXRloE82+lTv4NUrKPpTxHFqxg92PajFyiL3WN+4q759hysQfOW3Vk51/bOOh51r2jqrI1W/W&#10;MPNwXCGzIkruH9jGlB2PaPnhMkL9tnFtTUeqp6ZQrlkP5g6og/qVcKrkBO4/uMU3H+4ipP1YDu+c&#10;z6ZhtVFGnGbC+O/ZE2fPrJUfc2rvp/w40w2F1yHGTDuAtyYxyUyI497DR0Ql5V2woyQh+hEPIuNJ&#10;0GzJKue+L59P/JYTFXuy+efP+W1xJ+o8vMS8OfvxEAuWBQKB4JVDJDAvDOYMWvQRm6d2oEN9GypX&#10;qkaHt16jr62Km/6hpKoPUdRh2oKeOMZdZtGqq9w+s4uPDz+m3eQRjLDV1pSZ+O05zJEkB2YtHkDX&#10;6kYoTG3oMmEE79ZN4thBDx5qzWAyuHzBn6QarZn6Rk0s9Y2o5d6ft13h7iNDWje1QU9zJMok6bi+&#10;fLegA21dnenuasm1XYc4GlOFsUunMKe3I00aOdBnzCS+fceONL+TbLmSrvlxCVClYdl5AodW9qWP&#10;W106DBrFiqFVUQZd4tfrxVzeEggEAsF/DpHAvGhkJhNy/TqHDp/l59/8uZuhQvkkLffykEmT/nwx&#10;tDIRB7+j14K/iHbpxxdvVn2aUORFmcglr7soyymI+fs0P/16KvtzMJho6Qdp4RGEFNL3y9WWkZlJ&#10;bqqhekyKuhJ6cvRyXiuchTGd3uyMvb7mT2UslzwjUFV1ppdz3jkhfRq2a4idLI7rPlGabSVAZoRb&#10;Rxeq5FqsPo3c6mGlfMjN4BTNNoFAIBC8KogE5oVBSdSFPQzoNgHXN79i2vI9LN90kvMPC94PbUyb&#10;tzvRTBbP/WhD2g/qSIOc5KEgqkQeJUgJUOwtdny7nxUbcz6HOJNsjYNDFSpozXz0adPZhQp3z7Jo&#10;1TnOXb/J4c3b+fa6gpbS9qp5rUYmQ19KanJRJhAdL222KI91gXPrWZpjIVORlFQ2CYe8nAnl5CpS&#10;k8U6GIFAIHjVEAnMi0LKdRbP28d5c3d+Ob6Z23+twevoB4ytXSALUCZyYuMxrphUo4HNY45vPsiF&#10;wvIBmSFmRlLiUK09mw9L5zuR53N8NRdWd6We1gQmg0CfMBIrVCD9zy28MeRj3t0ShdO4qWx8q5DZ&#10;nhykMo0V6nUrycQXuEsoMz6ZBJUMCwvzrL/lUvKjnsxRlvKZNcrEFBKUcsylREYgEAgErxYigXlB&#10;yLx/G99oGY49utLNVsoA1CjTScvI37vHnd/F/ANJtBw/g71zWlAh+BjzNgehdQ5CbknDehao7ofi&#10;FVnULUcFyLjLH2cjsGg/hIO/f88D3595cPErdk1rgm2R2YuEnjVO9cxQhftzJixvmZncuuDHHWxw&#10;c6mYtUVmZoypKpn7kSm5i4mVMf6cC9CyKlf1hEDfUJI0f6rvVrp26SYxepVxqm+s2SYQCASCVwWR&#10;wLwg6FWoSBVjJcEXvfBPljYkR7Bv6fdsCcmTBCT5snTJn9yr34vPRthi23MYc9sZcn3LNtYFaFvM&#10;YkDrNzrgpPJn5YK9HAlOzrqbKS0ugr8PH2bT6RjtdyHp29Dc1Zrofatp+to8ur21iH6jl/H2vB/Z&#10;cCZSe7KUi4KOA9pTj9usmbedPT7RxMRGcWX/FiZuCcWkeXdGuWZf8zKob09j03TObt/F/ltx3L9x&#10;jrnvrePXaP2smZn8ZOD9/QqGrbqMX1QcN37fwdzdDzB0asvABsVlVQKBQCD4ryESmBcFixbMmuSM&#10;scdPtG/9Lnat57M4ui3Te1liZKhAj0xu/PgLW+9XY+ycPripJ2n0bHhrzhu0Mwhm7doLqO+sVij0&#10;kRsa5N5SrXDuz+ZF7lQLPMDQXqOwdhyKTYvp9Jx/mHOR6Wi/eqOgci0bLAwtcW7ekBZOdtSrYkzS&#10;9VMsGP8xU45qbr+WylLIpbI0E0Y5GDUdxJaP2mEb8jtjBk6iVsspdJl3mljXAWxd3j33spW8Yms+&#10;fL8J1qEnGfXaezgM+J7z9iNY/7atJIeBVIs8yEzo8nYHlHtX0brde7Sa9ju3KrXlqyW9cSxsDZBA&#10;IBAI/rPIVBKa789NQuBuzTdBaUmKCOJKQDzyqnVo5WCRvxN/HlJj8PUJJSxBhbGlNQ4NbKlioj1/&#10;VUb+waCeP3B/xCJOzajz9PkyiRcY2XkNZ91n4besKUaazYWhTI7G2yeM+ylyKtapi1sNM63rZ5Ij&#10;grl8Mx6FnT0t6zx7zJPTm2g84RJtv97It21i8bgaTpxpZZq62GIlkheBQCB4KSlnP1jzrXSIGZgX&#10;DLOqdXHv5EaHskxe1Bhb4dS8Cb26uOHuZldo8qJGGRtD1BNQGBhotmSTGBRKsJSM2Npao0veIDet&#10;iGtLqcxOLjQvJHlRYyola+7uTWijJXkpiNysEs07NKVbU5G8CAQCwauMSGAEz6BftzVvtymHz/qP&#10;aD54CcOnfc2wkXNo+s7/uNuoL5+9VV2nBEYgEAgEgn8KcQlJoJ3MJG6cuchRr3s8SMpE38wSe5cm&#10;9G1f41+f+cgMu8iX2+9Qb+hABtYpbo5GIBAIBC8Dz3sJSSQwAoFAIBAI/nXEGhiBQCAQCASvHCKB&#10;EQgEAoFA8NIhEhiBQCAQCAQvHSKBEQgEAoFA8NIhEhiBQCAQCAQvHSKBEQgEAoFA8NIhEhiBQCAQ&#10;CAQvHSKBEQgEAoFA8NIhEhiBQCAQCAQvHWX6JF6BQCAQCASCfwMxAyMQCAQCgeClQyQwAoFAIBAI&#10;XjpEAiMQCAQCgeClQyQwAoFAIBAIXjpEAiMQCAQCgeAlA/4PsGh7j48SBBgAAAAASUVORK5CYIJQ&#10;SwMECgAAAAAAAAAhADp56/Iv0wAAL9MAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcNChoK&#10;AAAADUlIRFIAAAEvAAAAnggGAAAAYz+MvAAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAA&#10;CXBIWXMAAA7DAAAOwwHHb6hkAADSxElEQVR4XuydBXRVx/b/L54EgkNb2uLu7sEhCRGIu7u7u7u7&#10;u7uTECzBnRrUXoXn79WgRin5/vfMvYGQpvr6X4vfWnfW+qxjY3v2nH3GzjkCsRM7sRM7sRM7sRM7&#10;sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7&#10;sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7&#10;sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7sRM7&#10;sRM7sRM7sXvqNgkE4xZOmzZl2QyB9FqBYOJKgWDScPaK2CkQSA9uh7JVIJj8lOmCyXJDOERxH1q4&#10;kKAt2+fHQvbOmzL12Lx5T1GYO3eawtwp03Q5c6epv/badPWVImjfYPnyGcdFsH2D5XNm6Gx6ZabO&#10;0qUzdTYJUV+/eJb6YoK2JrvXz9Jfu3a29rbVL2mvHgIda2xZ+bIRZwtHT2bjK0/ZKIL2tTdsmMPZ&#10;OZSdv4LIz6FDItg52g5BT0bmFT1ZmVdUCLblx8NQ+UNs5Miy/Y0MOiZkRdvB/ZGQWb58GBtf2bty&#10;5cuDbBnOvHkvb1uw4KXVz7H6pbULF85eSCwmPax/efGsxS+/PGvpK6/MHGT5nDkzGHOIlZMnT39t&#10;CHOnTJk2yLwpU6YyWP0UInjKYqpbHKpzDFZ/l82YIc3qK1VraYJtB5koOjeFGEeI3f9hNzpIIBir&#10;KBBIvbp+q8Y0WY3U6XJqsTNk1cKnyWlGzDqsHvHSEfWI2XJqkS8Tc4jXGPLqUXPl1aPnHdWI4cir&#10;xy6UV49bKKcWv5hYflQjfoWCZsIqJe2E1UqaiWuPEcpaSZuOqidvOaqWvF1BPWWrkmbKNmWt1B3E&#10;TmXNtN1Kmul7ldUy9h7XztijbpC5T10/a7+GbvYhTb2cg5r6ubKahvmy2saco9rGhXK6xoXyeiZF&#10;iromxYq6xiUKesalSvompUp6xuXH9EzKjxmYVirrG1ceMzCpOm5oWq2ib1pz3MC0TlnPpP64gVm9&#10;iqFVw3Ejs0YVQ7MmVUOTZlUDsxYVI5NWVUOjNlVDszZVI4s2NUOTDiGmHaoG5p1CTLsGUTM0O/EU&#10;I7MT6sNQM7ToUjU071JjfvWMCdMudX2zTlV90062FWLSwVAxNO9QMbEkaGv0PMcJZbr+FP2hmD6H&#10;kh7DpENRz6hDUdeoQ0HPtE1Bm2HUdpSQ0zFqk6XtYXXDtkPEAXX9tn3qem17VHXa9qjotMmoarft&#10;VNHkbFPWaNuqqNG2mdiioNFK+mtdf1S9Za2cajNjNbFSVqVphezxxhVHjjUuPXSscdHhYw2LDh2v&#10;X3hEtW7hYcXaBfsUaubvV6qae0Cx8vV9ipWv7lUsn7NfseylPfKls/fKlczcp1g0c59S4Yy9CvmM&#10;WXuO5s3adzRn5n6l7Jn7FbJmHjiaSfsZM/cqpc88oJw664BSyqwDx1JmHDyWPOugctKsQyoJsw4d&#10;S5h18Hj8TMbh43Ezj6jFzD54PHr6AaWoKQeUI6fsV44QohQ+6ZB6rPRhjdRX1m1RURcIJFn9pwfx&#10;WNH9IHb/V9z8zZuXvbRH1nH2fkX/qceNL0nYhf4wwTH68USrgB8n2ob8ONE5+sfJzlE/TnGKfDLN&#10;KerJDGKWc9STl5yjn7zsEv3kFZeYJ6+6CpnrGvtkrlv0wAJioXvMwGKP2IGlnrEDyzzjsNw7Dqvc&#10;wrHWJWxgjWv4j2scAn/YSGx1Dv5hG7GD2O4e8XiHd8zAbq8oyPjGQSY4FXuJ/SEpOBCSisOhaTgS&#10;lg7Z8AzIRxCRGTgamQkFQjEqi6MUnQ1l4hgjJgfHYnOgQluV2FyoEmyrEpdH57KhGp4K1agMqMbn&#10;QT0+H2q0ZWjE5xK0TSgg8qGRSLAtHavzc0KE+8JrmuRHM7FAxLNjjYRCaEVnERnQiEqHdmgitIPj&#10;oRWSAO2QeL6vGZEC9RjyQ9c1aatO8XF4voTwvMWRDMPhcjH5nnE8JpdzjGRksPJg5aIYnUNllQGF&#10;4ETIU5nKUTnKUjkeCU/HofA0HAxNxUEqZ1bee4NTsCcoBbsCk7EjIAnb/ROxzS8RW3wTsMknHhu8&#10;4rDOKxZrSLdr3GOx0iMaK9yisNw1EkvdorGEtkscgrCQmG8XiPkWXphv5oHXideM3THHxBWzLXww&#10;yyYQL7GtlT+m2wZjmm0QptkEYSoxhROIydZBkKb9STbBmGRN0P5E8juRjiUZtiEDT7EPG5C0ChiQ&#10;NHJ7NMXE6/v5TmHfbfBN+G5nYMp3u4JTvtsdnPrt9tCMR6sDUn5YZGjf//KuQ24zZI54z9558Jhg&#10;8eIJottC7P4vuDl7ZJUl7EM/GuOV+t14lziM90nHeLd4TDb1/HqqufdDaZeYb8h4fTPNMfIbMlzf&#10;zHSO/GYWMZsg4/XNqy5R37xOzHWN+maeW/Q3C1yjv1lILKZ9qsTfLHOP/ma5R8w3K92jvl7jGPhw&#10;uXfCo2URBVgUkIEl3olYE5SGtUGpWBuSgTUxxVgTXTSw1Tfm611uoQ93+iV8vTMg6etd/glf7wlI&#10;/HpvYOLX+4j9gUlfHwhK/PpgUNLXB4MZyV8fCU4haBua/FA2NOUZYSkP5UJTH8qFPeWBfETmF0dD&#10;Ur5V9I2Egn/8EzKAXx2NyPhKPjz1IeMoIyyNts/xtYIItn80PJ3207+WD0/7hnE0ghBtyc+3CmFE&#10;eDptU75VCIr/9nBs3qN9mbU4kFqOQ/EFRCEOxRXgYHwR9mXUYG9a1RP5sJTvFAITvpOPzPpelpCL&#10;yHwkF5n5SDaKtlFZtM16dDgq+9ERRnT2o8PROU85NISDMXmcA8R+Yh+xNybv+31xhd/uj8774SB7&#10;GERkPmHHe2LyvpOJyn20Jzr3kQyFlYnMebQ7IufRzojsRzvCsx9tD896tC0889HWsIxHW+im3xyS&#10;8WhTYMajDYFpj9YFpj5aG5j6/bqA1O9XByR/v8o/+fuVfknfr/BP/X65T8L3K51CvlviFfdofkg2&#10;FgSkYqFnPOZ7xWOeRyxe94jDK1QHXvZNe/K6jf+3c2wCvp3lHvvtTNfob2c4R39LD8pvpzpGfjuZ&#10;6p20Q+S3Ex0iv5EiJB0ivpEgxtszwr8ZZ8eI+GYcHY+zj/xmrGPUAwlL/4cSRm4DE1zj8FpYAbYl&#10;VeBQZh0OZ9VzDmTUYmNyJV4KyBqYYB/+YKxtyDeT1C0qJm/fPl10W4jd/wU3d5+imqRT1Gejwssg&#10;8M3COFOfTyYeUM6cvnqD6ZR1O42n7DhoOci0bfufY+Zz7LGcuWOP5ezNQl4hXt282/LVbYw9lnM3&#10;7jSfs26zyew98m5LjB1bNgUmf/+SXwbG2YVhgkcCJL1SMM3Y/aPXjhumLJA5YL5w3QaT+RR+PsXD&#10;tov4vhC2v4jinT8EdvyLUJiFW3dZLdi8y3TNjr3qy46oJLysa/ftXGW9uxtkDlit3L5Hd/F2GWvG&#10;MsYWGeul23bbLN22x5axfIeM3fLtMvbLtu92WEIs27bHkXBaulXGeenW3S5Lt+x2ZSzbust92VYZ&#10;Dzrnydm03XPRlh1uC2WPBbyqb98i7RT5nRTJPdE1FlIk80Rihqn7e/PUjFMX79rvvWTDTr/FW/cE&#10;Ldy+L2jRtv3BjAW7aLvrIG0PBs/bdZi2Qti+ENnneH2vbAjj1UH2HAmds+dI4IKD8q7zlLRLZhs6&#10;f/+autm9xYeOBr2+R87rVRl58icfzJEZRHYY8sGvDPEzZ49ckJAjgbQNfJlvjwS+vJuQkQ+YvfuI&#10;3ysk/9yDCgEv61i2TbQP+36CVxoknKIwwT0REsRUA6f3X1LUSXpl+16HmZv3OE3fLecyXeaI8/Rd&#10;sk5Td8s6Tt4t5zB15xGHybuO2E/eJWs3eYecLWPSTjmbSTtlrSftlBeyS9Zq0m45S6kdRywnbj2k&#10;M2v3ERtpbZs3xtqEYJyuM6Q0bSGtbQ9pLSGT6FhKyw7jTbww3iES49wSMEnDqnXp0k0zRbeF2P1f&#10;cCuOKB6f7hr9r9E+mRCoWp8V7Diyk07/f20+L9y4RUXWO+qzvYnlkLSLGBDYEKYBmLRXsWWRQPC6&#10;yNv/X7ddfpfANvy/o+T1TtIRG7z9X9yoIYweAXZeILlgmbrguPnnAutwCOwjBwT20U8Eht4DUnsU&#10;6l8VCF5jfsixsZdB2IDyn4VwTGfTwX0CC//PBAc1WulosKUxkv9fY2g+fw4mu2DailVaozVsvhDY&#10;kcyO0QMCp7gnAlO/gSn7FGs3UOOf+RE5Xk5/gpOWUDFrflXFEKtWrMbypcuweOUaLKZ9xpLlq7Bi&#10;yTIs3LgNk/SdMNopGhPVzOuXL18+QxRe7P4vuHXqhiozfVO/GGvq9/C1ddtVAIx+68yZSdHR0VNG&#10;ImcII13/OYJSUiYPDHwqedzCYpFgj3r1S5q23+tGpv1zSWTBd6M1bT8be0D9vwJtl/szjhlafeqi&#10;Pn3g9u2Jll7RU7xGiOt/ISglaPLFmgTJhQaOR0dbBHw2Xtno7GElpQXXW3Ok2PWh8g0lhfI/SNmQ&#10;/ZHIz8+XHgqVqYSchcMigbx+neCo0fcTFI3+OdY59rsJ+s7/Hn9I818CHZdPZyvpWyLIaSrwNymP&#10;mBjp/Jh86eZh8fxWWLjh5FOcA52dExbp28qNMvH9bJyiYYeKisprn16skRzJ//8CyzvLx8DAwIQj&#10;traLBXJ6TQIl4+/HKxl9OtYp5lsJXaf/jj+k9R+Bjuv9V1QMzZHkNHXgH7cnsjrCyo+V70iMpJfh&#10;3O4unbhD13aexDHTzvXqBtCX2QatXVuhum831PbugiqhQejv3oaDe/Zgsp4DBI4xmKhh1bB8+Rax&#10;8fq/5JapmKhLOkR9ttTa58u2suL0Ny+dT2traytqamoqHImWpkYRbH8IjULaaP8ZLYVNjY2FDY2t&#10;Rbf6+/KutNSnb7PyPClQdX6s4BbyIDW/+MPXvBO/W2Pl9k+fsLAPX3WMGhit7vJ396Dw8g8v9Wed&#10;Pnm6sKmtrbC9vV1Ip2jL6SzsJLqG0vnLdJBcJ0+cyP/gxpX0iIz8LilNx0errb3/fqajo/jOpQtZ&#10;3V3dhYyTIzB4bfD60OPh9HazbVdhZ8/JorduXMu71tmSvtHU9eRobfcfdQPjHrgHhn8obez17TYH&#10;n78HRMd9wOVWcfiHf0R0+T9uXc3qP32OZOsSpt198ifx/xrD893ZeaLozMlT+X+5eS09PC2H5LZ/&#10;tNEx+H7/yZ6i2xfOZnfz/I7M0Lieh+XvpzCddFB6b129nHelsyltg5n7qdFa7k90AqK/cAsOuzvZ&#10;0PNbGTsvJuuHL9tHYrSa49/8w6NKP718gfTdW9jS0lbY2Ub65bD9Z7Djn0D+B2lpaiu8dKonu6Gu&#10;rnS9Y+Cn83StIa+pCwVtAxzRNoasthFHXtcQysR2TUNIG7hilF0EJmtYNi/dJO42vvBuO/Vg2HoY&#10;2h21UE5bZYKR67+UQxIG3r529dG9N94cuHT5Kq6MxBXGNSFXr+PqU27g6jUh167ffMp14vK163jv&#10;7j188eG7A3F5JU8mqDljuW0Q7l29/Ph0T++jyUomA0qBsY//9cn738fnlw6MU3bAarp+qf/8k4d/&#10;/xveeucebt15A2+++RbxNt58a5B38NYQ3ma8/TzvMN5h3OW8Rcfvv/c+Hv7z70+q27qpwtrjoE80&#10;Pn7nnSf//PiTgbcprXeIuwzK8x/jXb5l+f7b/b9SWn8dSCyufDJBxRGrHULw17tvPT7fe+rRlMM6&#10;A8eD4x//6+/3v48vKB8Yq2yPjY5huHn16pPv//NvvPveh5Tfe7gniu8XGczzCDB53nr7Lsn9AR7+&#10;619PqltPYLKmAxTCUvDXD95/8vePPhpg1wfLaDhv/yLP64Dp6NYbb+LTjz7GV/c/GojKK30y/pgD&#10;1pLc99+6/cPp7pPfT5XTH9AKiXv8r08/+D4yu2hgDMm93j4EV8/3P/ny049x+/abvO7cvHkLN27c&#10;wnUO1SWGqE5dZ/VsEKp/DFYPWZ189403Bq5fujSgFJ6KUcpmmHRYHbMUdTFDyYDQF6Koh5mKOpiq&#10;YgIpNu5lH47J6pZti9fvniW8Q8TuhXWvbt1lNV1WLX7W3qMvLzSy2jXRPvSvilHpuHX+At66fgN9&#10;/Rdx4fzv4RIuXBgGne/rv0AV7Rr+dfctlNXU4RVdd0xTtUdBaTlw/0OU1DRA4pgF9nlH4tO33sDf&#10;b1yBjnc4BPLWOOYdjbcvX8RHb7+NC5eu4CLFefniZVwaAju+fIlxBZdGgJ0fykXyf4Mq/KfvvIXc&#10;yjpIazlht2soyd2Pu7du4+KlqyOG+1kuD2HIufMXL+EW3Wz/efcuymobMIfknk5yF1VUUa/wI9rW&#10;QELBmMv9ydtvglpb0PIkueWsoO4Xi/euXSaDehcX6IHB8vxc/L8TJs8Fkdyf3H0HuRV1mKTthIP+&#10;MXjzymXcJSNx4eJPy+7XEMb/TBeMftL5Tao//773NkpJ3y+T3DPUHFBaSXL/9S8orKqHpLI5DpHc&#10;fyV9/+36ZWgwuUnf6n4xuEf6/stbb6H/wmWcp7iYzn9Sr4bztA5exHk6fpMelufP9eFoWCok9yph&#10;7qJlWLp6HRat34xF6zZxFq/ZgKUrV2Pe1t2Q1nfCWKdoTNKw6BAbr/8DbsZRzc4xLnEfCayjNqyz&#10;9Vw1xSf148MR6Tjb3obLZ86gq6sb1GX4VU78Ah0dXeg+cRLvXDqPxqpKzNdzoUpqCe+YZHx67RI+&#10;unkdCTmFmEjnd7iHoq+rC3+7fQvnutqx3dYPgsNmMPUJx53eblw+exbtHZ3oojhPdBJsOwx27dfo&#10;aO9Eb3cPbp07i0RKe5K2M7Y7BeBUSxMunupFZ8eJEcP9HjraO0jubrxzsR+1FRWYq+sMwVEb+MWl&#10;4BOS+y83riEyNQuSGg7Y4RZK8nbg77dv4gyV/RYrHy63mV84bpPcl84Myi2U/Y9CXTmS+yRu9jO5&#10;CzCRjNcezwic62zHxd5erquRwv0Sw8uflW33iR4ud015OV7XcSK5rRCUkIr7168I5c7IhxSV+W6S&#10;+3xXJ/5x5xZOkdwbmdxHzGHuH4E7p5i++0hu0kXnCdI3g+oUY4R6Ngivk5T+xVOn0d7ajkOBCVgs&#10;pwqVrRugsWcHju3fg+P7ZHCMYONfOnu2Y//efZisYwcBM16aFl2L168XG68X3b2srNszziP1E4Fd&#10;+Ob9zqGrZgfmfLQ3KBEtVRU42daKuroGNPwP1NJTt7a+ERd6enCqqR4HHPwhkLWEspMfztLxhd5T&#10;ONPRgaiUTEzSc8UO12C0VldRRe7EjdO9yM/Lw2xNe4xXtkVQXDJu9tDN29aO6tp61LM0KO6R0v01&#10;6uvq0dLUjP7ODkSQAZmo64LN9r5oJbl7SO56Fm89+eUM3/85hHGz/TrKXx1tL5zsxsn6WuyzJ7nl&#10;rXDcNQjnWhq5gTxLxiqUDJkUdd2Y3C011ThFZXHj1ElkZediJp0ff9wewST39e4OdLW2obqG5P5J&#10;nn4jTG7KV0tTC/rJYESmZnK5d5IB6ayrRU8ryT2kjP4ITO5BfZ9sqMVuO1/StxXUXAPR30xyk4E8&#10;Q2UenJiOiTou2O0SjLYq0rdI7sycHMxUt8eEY3YIjU/GjR4yhmSAuNwjpPezUB5OtLSiuqISh32j&#10;sUDfFoc0dCCnY4BDuiY4rGtMW2Mc0TOGgp4RtmoaQdpQNOalZtE+d/nyV6TnzJkxb968qXSb/Fkz&#10;n2L3Z7r5x3TbJ7vFfTjOImijkk/s2ldD8z7e6R2F4swM1JaWIjevgAzIHyMvNx9ZOXmop1bHyepy&#10;6HsE8RbXakMnVORmo51u1sLCYjSUFMMvMg5S+u7YYu+HiuwslBUUoqS4DL01FfAKCsc4BSvM1HBE&#10;QnIyTtXXoJCuZ2XnIY/iz6V0cnOGQueeI/cn5GTnoDC/AI2lJfCOYGm7YZ2VJ4rSU1FVVISc3JHD&#10;/VYys3JQV1aOHpJbxyOQtyZW6TuiPDsTbZWVJHch6kuK4BkUAUnqsm4m41aalYXS/HyUFJWgt7oC&#10;7oGhGHfUAjOoZRZPcvfWVqEgn8mdM2Kav4WhcvtExEBKzw2bHQNQRmVeWVhEfoaUI5Ur0+FvIZ9g&#10;/pnRrSN9d1eVQtstgLq/llhr6ILK3By0VVejiPTdWFYCz/BYSOq6Yasd03c2yqnMy0qZvivhERiG&#10;8YpWmKXpiMSUFK7vYgrH4h+pno0IlVNlUTHyMjIh5xtFRtoRk45oYOZRLcxUYuNcukIUdOicNqap&#10;GGOiqSfG24Vh8nGzkml7FVZLK+hmz9p31GvTK69IiW4XsXuR3DJV/c6Zvinvj3eNX37EO3LxnNC8&#10;v+zxj+cGpbOxAZVV1ah+jprnqRZua0agoqIabfSUv9DWDBcyQGOVrDHH0JPfPFdOtKO2llplNbU4&#10;3dqC8KQM3grY4RSI9soKdDY0oqyyBl309LzU1gS70DgIlB2wRM8J5Xk5uHCik8JT/iqrUVNd+xy1&#10;w445lM5QWJ4bqTVyhlpZYcksbVdstPGhm7oUJ6hFVsNajBROSM2w/eepebovjLuS4m5racHl9hYu&#10;9xglG8w19kJxAclNra1a3mqsp655K4Jjk3i3cbtzELX6qqjMG1FeVYsTlK+LrY2wDY7BqGMOWGrg&#10;jMqCfFzs7kQNha+iNHh6T/P1UwZlf7rP5KZ8DsodLmr9bHcNpdZuNU+7eki4wbDC8EI5hfzUD9c3&#10;6aKd9M305Uhyj1a0xjwmNxmSS13tvEzriNOtzdSFTIMkpb2NDGdLRTk6GupRTvrupHK70NIAa5Jb&#10;QHIvN3RGdX4u71pWU9jKyirS3fA6OQKUzzYq4/LScigGJ2KWrBrmLVyMpStWYcnaDViyZj0WE0tW&#10;r8Oy5aswb8suSOs7Y6xjNCTk9bPnGTjtmOMR99E0DYtmwZQp00S3i9i9SG69hlHry95Jn0zVtNI7&#10;4Oij/Wpg1j8OBFPrpq0Nl86eReeJHpwYBhtPYGNYnG4hPT29nJMnTxG9dK4X58714+NbN8gIVWOa&#10;ljOklG0Qn5mHj29ew+WLl3Cy9zQunL+Ad2/dQlZpNSZpOWKfRzhu9p3jg61n+87jXP9FvP/mm3j7&#10;0nko0zXBAVNo+ETggxuX8dG9d/gAPhs0Fs5+Crl69dowruMqxXdtCOz4jdt38Pf330V+dQOk6Sm/&#10;iwzI7YsX8OHb7+Da9VvPZrSu3xiy/1NuDNm/TOndeeNNfPnxh6inG3kataqkSe7s0kp8+dF7ePvN&#10;t3HxyjW8SX7+8ZcPkFNWjYnHrXCQWrtv37iGD95+m+K4jiuU5l/ffx8f3LoOFZ8oCA6aQtcvBp/c&#10;uYH7dP7KtVtcjqH5EMLyKuSaiKf75P8K5e/2rdv423vvoqCK5KbW7AHfGLx1/Sree+MNXB5SjlcG&#10;JwcuX8aly5dwiXR2kbjAuMAGxQnS3/n+Czhztp/8XcXf334D5WQ4mL6lqeuXmleET2/f4GG7qW5c&#10;IJ3evX4NSfml1F12hIxbCHUxu3G9/zzVmVM4QX7uXLmMyz0ncIgeZIIjFtD0isCds724eekSOqjO&#10;dXWd+Emd/AlUJ8+fOo3mlnaw2ca1iuo4vnE1NHZugYrMTqjs3oHjhBqhs3Mz9u/ejanadhA4RFNr&#10;UStXxsZz546onPdf0rJupNtEbLxeRLfLwLzqVbeYL6Ye0by338HnjYX+aY/2+ETjRGMT+sgItbR1&#10;oG1EOjnt7UI62tlALdHRhbb2DnR29eDOxfPoaKzHGksfPlBtHxKLN8+dwsW+PrR2nkAHcYoq6+0L&#10;F5CcV4qJ2s7Y4xqC/hNdfGCeVcAuiocZubtXr1DLoB4rqWk/WtEOHrGpePdSH65S2O6Tp9FLfgY5&#10;RZX2GWdGhPnrp3zcvXoVaUUVZDidsM3BH32U9i26SU6dPovTp8+IGNxn23M/Sy/5OXP2HN4j43ya&#10;WlgbbKnbJG8FJ2o1vnf5PFv6gJMURy+lz4z23RvXkZRbBClVGzLaYbh8+hRukvE8RfH0Ut7PkvH/&#10;8NZNdDU1YoWxO8Yq2sI3MQMfXr2Ea5cuo4fieZbHEWDXRTwvdz/eJgOSWljO5d7nFYlLp3tx/cJ5&#10;XtZDy7K39xR6+QNpEOFDqqeHPbCED60uMhbMML1z+SI6mhqw2sIbAgUbuIYn4O0+kpXSa+vsfqrv&#10;m/19iM0qgBSlvdMlEKepFXiB5G2nutNKdaujqxt3zvehubYGy029MJrHFY83zvTiLOWnqXWk+vg8&#10;7VQXz5zo5uNkx0KTsFrXErJyR6GofAxHj6sRqpAnFAiVYyrYqayGKdStF9jRA/KwToG8vc8u2ejs&#10;d+domtXRbSI2Xi+i22ds07jYP/XvMw4cDz1i5hQ4PyT7vzJ+sWihLkxvezsfdH42IP3rsMrCwvSd&#10;OIHeumrIOfpDQMbmKFXSM0316D/Zw6+zrlNdXSNamlvQR12CqNRs6sI4Y5eTPzprq9FDXclaavY3&#10;kD/W3WCDzLd6e5CZk4sZOq6QUnFAaEw8rnS2oq25lQ/o1pF/BuuS/QTWVRsCm0hobmjCOZIxIoUN&#10;XFO30doLTWWlfOC6lslB/n4rLD7WnTvT2YkT1RU4bO8rlJtac0zuPmpJsEkGJgujubEZfZ0dCI1P&#10;gZSGPXay7jJ13U40N/OyqSV5WBeumbqwN06eQFpWNqaRcZ+oaofwuERcJrlZ2VVRV5CX5W+Ayc26&#10;bS3swdTRgYjkTEixAXuXYHRQmXe3UNpUVmyShulxKOyckGdxMd2w/Vrqhp7r6kJ3TQUOMrnJ2Ci6&#10;BqGPun/9PT18AL+OuvgsfCvluZ8MexilzbuNDn5or6rESWrp1zewOtTA89DW0obbp3qQmplNLSIX&#10;SKk7ITI+GVep+8lmEJl+GkV1biQaG5r5kAMbt9UMTcAUu2BMNHDDZHoITCaDOJkeghwTT0wx9cYk&#10;Mx/OeOsgjDqoUSjn6rdbNjaPjJeF2Hi9qO6gmW3n2si8D+bbh65TcgxaOy+y6OMd1PIqycxAPd3I&#10;BQWFfHD8t5KXV4DaCqqMlaWw9A6B4Jg9Fhi6oCgzHT11tSgoLOIDqkXklw0+lxaXoLWyAv7RCXyp&#10;xDY7b1Tl5aCW0maDroUi2GBtdVk5ztRVwjkgDGOV7TCH/KcmJ6GHjEUxxZOXX0Bx/hzC9AbJz2MD&#10;48VoqSiDb3Q8H7hea+GOkvQ01JZQ2gVFPwkzYrxcjgKedm15OU6UF8HMO5jkdsQiI1cqx3Q+28jk&#10;zqM0mSxMfqHc5fAKi4KkpgPJ7csHtWtKS7jcg+nlUBgm9+maSjj4h2D0MVu8pu+G9JQUdJPcRUUk&#10;N8XHxhF/mt/hsMHsfJSS3K0V5fCNJLnJaG+hFmcVpV1bwtJmcY0U9nmEfoRy15EcPRXFMPEMgkDZ&#10;HotF+u7m+i4W5k9UTmUkdxuTOyIOElTmG6w9UZ6VgbqyMl5Gg/Uol/JZU15GclfAzi8Eo0jfc8n4&#10;ZKWmoKemivRNOhLFOxJFJGNlCaVN5aQZEAspz2QI7GOE3UJH2j6Fjl3iIXAmP5b+kLAMwKgj6sWH&#10;ndz2HIzOvjdHXWy8Xlh3xNyhc310wftzfGPXHwuKXb8gquiTzW5hSIuKQmFaGpKTUpCSlPyMRCHJ&#10;PyEJ8fGJyExNR1N+Ntz9gyGp6oDJavYIDA5BY1420lLSkECthqSEJE4ikZacwg2GM92YUvrU+rF0&#10;R1ZsDHKp0iUkJD/zG5+AWKIgMxPV6SlQtnLjXdGVRi7IS47nN188xR0fG09+E0cg4TkSYhOQSvEW&#10;pSTDkW4OSUMPrDBxQUpYGHKSk7ksCXHk71eJR0xMHDKSU9GcnwPXgGBIkIGZpGID/8Ag1Gdn8nKL&#10;pVbiYJh4SpuVYRHdiPZe/pDUdsIGK3dkREcjm6VNcgz1G0syFaYzuZNx1MqFLz1YZ+yKwuREVORk&#10;I+6p3CQbhXmO5+QWxsvyU5SWAie/IEiSQVhv48XTzqHzCc+VmZAkRsIzvXHikyjdBDImaVzfLhTX&#10;hOP2mKJuj5CQUDTmZtODJY3njflPFoVLp3Iqy0iDI+lbwsAdq81ckREViXyqa0lU11hdGqxfTP8l&#10;2dmozUyBoo07tWRtsd7UFQXJCVzfieQniepdCq+jz5NKdS2L6lYi6VPDPxJTfdPJUMVitFMMRpOh&#10;GsootwSMdomDlIUvGS9/jJXTLl1vYLN3pVfcvZmqpnXiAfsX1MlbOHVsjCl6f65b1CYFz6CtC6IK&#10;Pt3mGYE8qsiV9KTMzspBDnVZnkLNeHaOk8m2wvOZdHPl5eSjo7wUMRERmEU35FgNV6qkoWgvzEUx&#10;PUnTyU92RhayRGQSedn0xC/Ih2dIFO/CbLb2QDHd1GXUPWTXGUL/mchIz0A67dcVF6GM/Gyz8oJA&#10;xQXyNh5UwVNRU1iItDTyl5bB8/M87NwzMlIzkJuRjRq6CdyDI+kmdscqupGy42JRSnlieWXx/Bqp&#10;KenIojJpKy1GTGQUZlLXd7yGCxx8g8iYZaMgNw+paelC/yxd2qYTuVRm1fl5cPULhaSWI5e7gAxp&#10;CUtbJMNgmDR6IKSnM7kLUZySiC3mHiS3ExTtvVGXncGXOKSlUhiSKZPCPMcQmVk5sDiZvmoobY/g&#10;CEhS62eTrQ+lTQ8RSjvjuTITksWg8h/UGyOdlR/pqKOsGFERkZhB+h6v6QKXgBC0F+WhiFpFaWlC&#10;v0zn2ZmkS5IhPzsX9QUFcA+NIuPlhjXm7ihIIiNM9UNYp6h+ETm0n0n6yaJtU1kJGbxUbLH2gUDN&#10;BYq2HmjIyaBWaikys3Kp/FkdzeVhBmFLZIoofxmxsdAJjsHUgCxqYSURCRC403YQt0QIvNMw2iOJ&#10;jJcfJAkpRd2yGceM9k209Ls3+Zhx3ZS5c8XG60V0R62dOzbFCY3XERffrXPD8z6VYUslqBl/ormF&#10;jyXxMRgRg2MXfCykntEoPG5qweVTp9BFXYUtzKjIW8PQLwpXutpxrqcHDc1taGltEw6otnfw1eJs&#10;20PXbvT3ISm3GJOo+7THOZCPgbGZzq7uHnSLBoVP0pbPYtL21JmzeO/6FbS3NGOpuQ9Gy1vANyYZ&#10;H9O5G1eu8gHxMxT+7NlzRN9Tzp0bpJ8fX75wEe/fuoGM0iq+wn6LvS/O95zAG9eu4VzfefSRPwYb&#10;4B6kbwgsDvb61EdvvYH+7k5sNie55SzhEJOKD69fxhvXr+MMi4OF7X8WB8sDe53mgzduIzW/BBNV&#10;rHDALRjX+84+Tfu5tCgsk6X//Hl88sZNdHV0YAndZKOPWiEwLhWf3LqGW9euU7kI5RvMN5NTCJ0X&#10;lcHpM+f46zPv3iS52USFpiP2eoThypnTuHGRTVQMDu6fxqne03yQng/Y95ziemCD9GyA/gQdv3n5&#10;Enqbm7DRguQ+ag2r0DjcPn0S/RS2ecigOhuEbyXdNzW3orOjCxd7TyIyPReS9LDaaOONlqpK9HZ2&#10;or6xmdcnDtUpVq9Y/WtoaMLlE13Upc3Hq9RlHnPMjrqdsbjW2YZ2ireiqg7V1WwskY0pCqll46kN&#10;jSinbqtxdBpmk27GHtLAJHkdSCsZYpKSAUdaUQ+TFPQgrWKOSUbukLANwWRl/bKJClr7xpr73JNW&#10;MqqbKzZeL6ZTJOO1Oa7og9edwzcz4/V6aO6nMgEJfMD+JN0kdVRxGqhSMRo5LWgkQ9XEIOPG9hua&#10;WvnM5IX2Vmh5hfFxjz32gTjV1Ihr586iVTSLxGaT2Gwkm3VitNE+M0g36aZMyqObmIzXXpdAnO8+&#10;gct0w53oppuF3Ti9wpkuPvtFN0Y3HfdfuIAPb1xBBrX2Jqs74SV9TxSUVeKjm9f4TB6bLTxLN+qg&#10;4eJQnEL6ybj14dKFS3jv5k2kl7FlGk7YQi2Qfkr7jetkQPrJeA01IE9h58+TQTiP0wR7//Pdy+dh&#10;GkZPcerG7rPzw5WT3Xj/jTt8mQdLi4fh8Qlh59i7mO/duYMUMl5Sxy1xwJWMF5UVM15n+y489fuM&#10;fjI8fbh6+So+vXMD6UxuVXu8rO+B0qoafHL7Bl/CcIrkGzRaLB0hz8rgFDNe/RfIeN1ERnElf2Ds&#10;dRfOdN64RMaIHgyDs6uDs56ck0JDxmcXaXv94kXc6O2Btm8Un5g45BiA/o5W3CS9dJBx6+gc1HMX&#10;1zubkWaGjL0uxQxlVGY+JHTIeFl7oa2mGmfoQdXU0oZmMnDMyLH6xeoWq3N19U1op7DXe7oQm5IB&#10;aW03zNRyRhK1Iq+dPMEfisxYMSNXL6KBwrZT/WRrDY0TcrBWQQ1rXp6FzQvmYfPyZdi8bClny9LF&#10;2LFgLlavWY8p2rYY4xhNRs2wfIqC3r5xFn73pKnlJTZeL6hjxmsLGa+FZLz2OXlvez005/4u31jU&#10;Fhejo7GRnmo1qKqqRlXlENgxwRaIllHlaKHKcra+Bk6BkRit6oTXjD1QSE32Cx1tfMasrLwSleSv&#10;sqKKKtMzyuk8W+B4koxcSGIapKjrscPOm3cTWmvrUEbGiPnhsP2yCtonaFtcWoFmavmdb6qHQ3A0&#10;peuI+fquyM9Ix6nmBlRUVqG0pJyH4/FQmLIhlJaWc1lO1NchMCEVUnquWGvuhoqcHEpbmGee3giU&#10;lZWjhOJuojz21lbChrp+o487YK6hO8mdg762Vi4fG1RmaQ0PX1pahmqWdkM9/KISIKlui5223qgv&#10;KUZzTc2IYRhllOciSreZWiR9jXWwC4qEgOReaOiKgowMkptaGpQuy1sZlc9QeQdhctdQ2t2UdnB8&#10;Cl8YvNXBj3fFm6trUMrLnNIjykTbwTJnZVlC5cLK/XRtFWx86UFFcs8zdkdJXi7Ot7fxxbMsHaGu&#10;q7ke2D7TfwWFrWP6ptZaYEIaJHRdsY7KnHVh2xtIZ6yuDalfz+pZFdWzKnQ0N6Of9G1F9Uyg6owl&#10;pp4oofI+R+XNFrCytFj6DHbM9FNQUAT9mAwcNLSAxq5t0D4gA03ZQ9A8cpCjc+QAjA/vw+FDhzFV&#10;05q/HsSN11Hd/WLj9YI7Zry2xhV+sMAxZIuci+/2+ZEF97fQkzgzPo4qRjbS0jOQzqCn3HCSU9OR&#10;nZ2NxoJcBISEQVrHFdIazvAOCkFbSQEfe0hOSUNaWvqIsLEgNpbCZtncQyIgpeuMzRZuyEtORGFW&#10;FlIo/tTUtBFJSUlFIsVdQV2J+pwMyNp4UovPETss3FGUFI/y3Gyev5HCMlj4TLrhy3Oy4BJMaVML&#10;ZqWJM9Kjo1GUmcnzNlI4RmJyCg9bn5MJn8BgTNRyxWQNJ/gEh6K9pJCP2STyQePUEcOnUL4zSW6W&#10;Rye/YD7byOTO/VW503m+kyh8ZWEBarLTccjGgwyIE3ZZeqI4JQFlpLNk8pvyk7BCBuWuyM2Ca3A4&#10;N9rrrT2Rk5SAQib3CGFS04Rbpstsyh+bfPEODOFyT9F0hh/J/VTf5O+ZjjM4g/WFnWNjX2w2mZX5&#10;BFbmxk7IjIlGMRmhNCoTXtd+hhSKo7KgANWZaTjA9K3ijL3UcitPTeZvH6SmZwrTI78ZlE4uxRcX&#10;EwOd8ERscw7Cdm1jyOiZQcbQGjIGVpy9BtTqNbTCej1LTNZ3whj2U49jhgWSKhZbxlkEvDNZxaRh&#10;zZo1YuP1IrqhxuuoW8i2BVGF99eToqMDA5AWG4OIyChEDiMqKgrhEbQfHYOi1CSEBwXiVV0nCDRc&#10;YeBMlSkpDskJCQiNiBT6HxZ+EBZ3LMWRFR8LWy8/upFcsN7EEYmhwUiitMOZPxYHETECYWHhPB9s&#10;tjE5PATLjFz4EgV5KxcUJkQjjfIQwvwwwiOeIywsAtEUf0ZMFCwpbQlDTyw1tEeknw+Sopl8kT8J&#10;wwgJDedpF6WQ3MGBeEXHgbc+9Byo9UFpJsbGIpj8jBR2kDAimsownW5aC1cvSOo4kdxOiAsJQiIZ&#10;z7DwkdMeJJTkYXHkJsYjgcIsMqCyp666ko0rihNikJoQz/PA/AwPy+Rm+siIjYKVhy+fqGAzfnGk&#10;Qyb3z6XNylEodyJCqG68pO3IJw0MnTxI7hgkxjC5w0Ys60EG5c5kZe7hhwlU5ksMqMx9vJFMZREW&#10;yfQaMYxh+o6MRgEZ+cSwEL4kQ3DcEUrWLiiisk/l+qYwFE8U1au4SMq3vz/0wxKxwMoH42UUIb3/&#10;GKbKamDKEXXO1MNqmHJQFdKK+pCm+CbYhkBaQad5hoycnoSZz1+klY2q1wlfzha7F80p2pDxiiHj&#10;ZR+0lRmv+ZFkvJzIeAUEIPVnjBe/saOikZuSjNSwYGwydYZAywN7LV2RFRGCjEQyXMwfVR5e8agy&#10;RTJof6ghYvFEUzwZsdGw9vSDJGsFGDsiPlh4E4fSjcQq/PPQTcluXlaRCXbDsDzmx0fD09ODz3qN&#10;1XaDmYsHiuKjEEfxB1LLIJT8MUJEBFNLMYLiS40Mh7m7DxkvDyw1sEO4tyfiWaWnuJm/wXCMoOAQ&#10;BIWEI4uMQyrdPJvM3SFQd8deYwekhAQgmQxXEBkNtlRgaFrDYWmzmzklKhKmLp6QYMaL5I4O9Eds&#10;hFCmEPIjJHQYwnNs+Uk4lU8uGSFXVzf+8vY4LTdYuHnzG5kZiQCSm6X1XNqEUO5IWLqR3Nx4uSAm&#10;wA8JZCyYcR4qMyOY0mLGMJuMJdM3W64gUHfDfnrQpIUGcbkDmT/K1zO5Ka+i8IOwvEeytKMjYU6G&#10;c4KRF5boU5l7eSKRyoLrW6RbDul60OgxwumY6SWSdFqYEAt3Ty9Mo27vOG13WLqSvhNjEB8bxw1Y&#10;JBk5VpaBVI/1wpOxWcMIy19/DasXL8LaVauxduUqzroVK7BxyRIs27iVWpFWGOMQiWnyml8tXLf1&#10;00l6Tt+MOayVOl34sU6xe9Gc0HgVfDDf1nvbHjv3Ha+F5d3f4hHB1zqVURM9g7oC7AsJDDZtzaam&#10;2bmKklK0FhdC08mXv0C71tKbL2xtLi9HTkERcvMKkZ9fJIQt+Cwo5gsWCwpLUFjEKEUBwcZS2utq&#10;ERiXgon0NN9OXRg+9lNbh9KyKj6Gw2Av/VZU1vCXnquqalFVXcvHNfhYR3UNmhqbcaWzDVGpmZis&#10;445pana8e3e9t5tPFtQ2NAonHEQDwXxAl86zT9ZEZebx1f3rqevWWlWJM93daGptQ3NLK1pENBEN&#10;re04d+o0LrS1QMvZDwIFW8i4ReJkazMun+rlr62wQecWEc0/QyObdevswqWzp/nneKRUrLHH3hfd&#10;TU043SNMmw1CC2kfsh3cF9JAeWLxsBm+hJx8SOt7YYa6Pe/y3jp3Gh1dJ/hkytC02WA4mzRhA/Qx&#10;mfm8zHc4+lPajTjb3UN+KI1hcjOZ+ntP4UJHCzRFcu9zj0BvSxOVn3AmubFZOIEzSGPTs7Jm+w2N&#10;Taira0ILpd93ohOhKVmQIMOzhgxnLXWB+edratnsYh3XLdMx03Ul6ZzpvrxSVBfKq1BUWsFfED/T&#10;WAe/6HjqdrtiJsnB1gGeaqilelOB/OJSqqMlSKOupEFUGuRMrKHOxrz2y0BL9hC0hox5mRzeLxzz&#10;UjfnrwfNPGaAReu3YZKy2aO5xq7xDnp6YuP1IjpuvKKZ8QrYttPSacfLwZn3d/rEoqqwCK119Sil&#10;ylJGVBB8MJi2jXUNONNQDze2VocqzssmPsjIyOIDtnX1zaisruevyrCvPnD4tHcjnzWqJxoahLOX&#10;9bRtoxv+/MmTdCMVYKKmPWTsfeimaMbZnl66QdlyCvbuJJulPMHp7GR08xfGu7pP8vcf2Yu4Xd2n&#10;cJV9PfPsKf4OpUDFERscgvk3yd65dpXPwrEZyDNnzvHlAmyffaGTLRlIF70UvtnKk38I8c616zjT&#10;f4HPKA7O9p0+14+rV67ioxtXEZNdyG+Yl/XdUEVl8skd4ZdXz57tR985CtcnpO9nYP4uk//333wD&#10;qQVlmHjMAgecA3Gt7xzuXL/OZyn7Kf1f4xxxhuJ789YtvH/lAuxC4yFQssc25zD0kxF8//Zt8nMJ&#10;Z7kcorRpn33p9P07d4Qvw2tQmbuG4OrZs1xu9jL8czOc5P8ayf2X61cQlVVA+nbDHGqtVZOR//jO&#10;LSrDy1SWwlldNoM7CCvj5zmLk71nqHzO4y2KL4nklqBW8joLd/Q0NuAqpXeCzWSSPju7SL9Mx2y2&#10;UqR3NmPJ36WlB04rGfHGlg6cOXkKl9pbYBYQSS1BF6y18UNjeRku0MOHGdRWMpyl9LA0jc3AVirf&#10;LTpm2KVvgV3GtthlZIOdhAyxz8QWa/VtMFnbDqOtgzBLSReL1m6BtJLpoyXW3okODg5i4/UiOgUr&#10;p/Yt0fkfLCHjtcXUbsfsgIz72zwjUZCajqqiYuSw7zqJYN/PKqQWVCdbiBoTh+nU1Rqn4QJnv2C0&#10;lxahmFpUmdnsm1F5yB4kJ4/iEPL0HPlhZFErLo9aaGxmk63bkdJxxBZq/RSnZ/DvebFWXjZbhPgU&#10;YeuPLUrMFMEWiLLjjIxspGfmora0BBUZadhFLTiBqgtkbbxQlZHKFzRmUBxssSf3S1u2kLGGL5iM&#10;4d/zWkldt6y4OP5NLd7iJH8MttgyJ6cALUWF1H2JxExdN0zQcOZys9ZnXm4BUqgFxfyyuH8NnjaV&#10;QzU9IFwCwiGlYYct1OUuSE1FcW4e0jOE8vwWWFxpJH9NcQnK01Kxw5LkVnOBvK0XKqkcqkgnaVQu&#10;Q+Vm+qmi8nUPieZrrdZbevDXaIqpPNLJD5c7nU3WUD5JNiZ3MHXF2DulTG63AOGEDPuGV0paJsVL&#10;spMeMhiifA2Fx0fXWNxMblbmbqHRmEBGcLmRsMyZvpl+mD+hXkW65gj1n01yZGfn8LrD9U9xNVBL&#10;vyw9FduY3NSVVWAzp9kZ/JtiTC/J8Ykwi0nDfDbmtVcZkw4exxQ5TUxh416isa/Jh9UgrWyASbqO&#10;GG8TjFlHtbBi625MMXB5NO6QZsIMgUBadLuI3Yvk5JnxYu82kvHaoGO5Y6Zf+v2NLsGIDw1FGik+&#10;KjoO0URUTDyiYxORE0/bAH8sMXHDGG1PaDp4oSwpHmmJyQiPjEVU1C9A1yOHEEHnYinurLgE2HoH&#10;QFJ/cMA+DMmxcRRfDPkbSjQiIn6G8GiEhkXyMGylenxYGOXRg08iqFo7ISciBAkxsQglv+HhbGA6&#10;CtHkNyM6BpYelLZozCvS1xdJ0bEIH+IvgvLKXp8J8/HGfDYjRXFqOZHcyYlIoTIKCmVjNVHc/2+B&#10;+Y2itNMpP+au3pDUcuBjXnHBwUigMgkLo7TIz68RLiKE0mf5LUpNRgyV3UIjdy63mqUTssNIlyRP&#10;2KA8VEaDaVt5+EOCjPZqUxfEBgUhKSqG5H3mj8sdE40Qb2+8pudEDyo36Dh6oTSJyZ2AYC43G+B/&#10;Xr6fY7DMM2OpzD0DMN7IC4tFZS7UN9UJpsshMJ0/XweewWRi9bOIDG90SAgWGntgtLY7tOzoQRAT&#10;iTSK0z8ojLqNqdiiYYjFr7yEVQvnY92q1Vi3ciXWrViJ9SuWY+OSxVi2YQsmq1tgtH0EXlHUxpod&#10;ezDZ1OPRBBWThGUzZoiN14voDpPx2kDGi7W8Fh032CHtlXh/s3s4Ve4Y5FELKCk5HcnJaUhKSUcO&#10;VZJ4X++BTYb2EJiHQt4rkr+mw16nSUxKR1JSKvf7W0ki0lIz+BdEXQLDqRXgjE1mzsiOj+NfwBxM&#10;+7eSQiRSHlKpNVBHcTLj+JJzFKSMfWFs7TBAFXogg1qUbMqfwabvSzOz4BwkfD1oBcmVGhGBfGpJ&#10;JFO+uD+KK5daREl+3k82GTmQ3GE46h2JikG5RXlMofJJ5vu/ThKVVTq15lh4B78Q6orZY5O5K7IT&#10;4nnaSSmU9gjhfg6WdmISyZOeifrsLD6ZMtMxChONfGBuaz+QHxs1wJe28HiZ3JlU5tnCMtdna63c&#10;kUmtn3wq82SKi8WXwl7/SUlFgp/Xk/VM3xbhUPaJQkUatdAo3wlPy3xoXp7pYiSYvjMo7TLSjWNg&#10;BMYbeGAZGS/2PmkB6SGJlfmwML9GAumbjWvVZWcilAzdLJJbytAHFnZOA6VkwKLpnF5kGhRNrKCx&#10;ZS10dm+B9v490NknA+19u6G3bxdM9u6A7L59mKJqCoFtOF5X0sH67bsw2cj1kZSmdcJOsfF6Md0B&#10;M7v2daHZvOW1XN10x1Tv5L8tNnd/5GZjfTfAw/0tFzf3e67unvc83dxuB1oa31S0cno4zimedTf+&#10;aWtq/kacj/c7buTH0dnlnouL6+/G3d3jnTBPjzc0LB0+lTRwe7JMx/Khl63NXT9Pj7edXd1GDPNr&#10;ODq73vP18r4X7+H89gFdk7sCk8Bv5zhGwNrM/NMAO7tLrm4eb5G/9zzc3e+Gebi/oW7l+KmEideT&#10;+RqW37laWN4L8PB885nc7rcDLUyuH7V0fDjOJRET9Zz/YWtm+kasr/c77PofkduZ8CC5Q0huVVOb&#10;+xJ6LgPLtC2/9rKzvefnQXn7o3ITfiR3jKvT2zLaxncFZv7fve4YBhsLs7/4O9hfdHP35nJ7enjc&#10;5WVuZf+phLHXk0W6dt942tjc83Mfqm/32wEWptflLRy+HucYD2kdl7/bm1vcifHzuuv6P+jbi+QO&#10;pzJXs7T/dLypz8DrmhbfO1tYvBvgKSzzkcL8GsPkfldg7P/9POcI2Jsaf+BubHT5uF/UV0cDYqHr&#10;7ElGzBK7NAywW9MQe7SNsE/bEId1jLBR0xjSWjYQWAXjNSVtbN62nbqNzo8k1a3ELa8X1e0xtm1f&#10;EZzxwTxzz+0r9OxlXvJN+q+0uvkZme3bN+qrqy+WVVJapaiqutxh797X5uw44jbBIerHCW4J9186&#10;pKTpfHD3QiO6tp/8yMnJrfy9yMrK8rhNVBUWvqpqaiBlEfBwhpJBn9yOHRu0jh9fKiv7x+JlsHy7&#10;ah1farBh1YqpqpaJo91TMUnT9s7O1cs26+rqzmNxHz9+dIUNpT1HWd9E0i7iq2lq5rd3btm5w1BL&#10;a9Fzcu864j7BMfpHCbfE+y8dVNTyPrh5oc7/KLcqk1uB5FbSspxo4f/NdCX9vsM7d66neJfIySmP&#10;GO43oay80o7KTmvbqhWTNS1SxrinYJKG9Q2ZRXM3GmlpzR+Um5X5nGP6xhK2YV9NUTW/QPreOlTf&#10;LgcOvPrKbllPkntgglviJ68dUFbxOyyzgPSyYv8f1AuXW1GRyz1HWc9Uwjb0+6lqpu/s3rZtGytz&#10;JjfzM1LYX4Xkdj0uv1R9/fqV0urWaWPckyGlYnby6NxZO4+7BtavSajArKBsSNuHY4JlICZYBUHC&#10;OpigrW0YJOzCIGXkinHmvpijQMZr+05MNXJ5NEFsvF5ct1nXon1hQBo3Xku0rGVmeMR/JqlqXkuX&#10;xgt9iNxB1YUCu6jzAtekz6YcMzQXnf3znKnXBgnrwM8mK+i30dFY4ck/xy1cuHD2WD3XeoFr8tej&#10;tWx96dRo4RWRU7ffSjfpfybTTUxHz88sHdRaKnCMuyhwS/73FGVDE9HZP88dM5eRsg78coqSQSsd&#10;PZ+v/9HNm7fy5XEGbi0Cl6SHY7VsvenU8/FrOm6ZYB/+n4mqZp109PxPJmTVlwkcYy8L3FL/PV3x&#10;/4Pc6nY7xtuHfzNJzfQKHUkIT/45bhaT29C9leS+P+WwWoiqtWPD0ujixwKHGN6yEjhEEZFC7CMg&#10;cBZ+22uiIRkvUx+8cswA23fJYLaB/aNx6hYJM8TG68V0azVN2l/zSfzgVXOX7a+rmctMdIr+bJyS&#10;EbuRZgh9CARrNm9eKG3q1TXKMe6R4ICGF51ixoXdCMzA/a8IDZWy4f4J5n5fSB1W76Ej9qt19rup&#10;kfz/XiYQ5CRfE2g4nidD9M3MY0bOpkNnkGR1D42zD//vRCXDa3Q0V3hSJLeZb6/AnuTeo+pKp5jM&#10;Y4iR0vm9COXep6IgYeH31cQjWifoiJX5nyy3xFyBptMFMkQkt4Gzm0AwUXieHJPbJuQzCUW9U3T0&#10;svCkQLBq585Fk8x9zggcSO7dx5ncTOY/V+6D2nLjbIK/lVQ2uEFHr/BzI/v/vQjlnjJ3gUDF9qyU&#10;kff3sn6xD9ZE5j0Zwz4+aB/Jv901xjmWM5oM12i3RDoXDykDV4w18cYcbSvs3XsAc1UNH004Zpgg&#10;2LlTbLxeRLdM1bD9JY+4D+aYuu+Ytldx91ir4H+9bux418Xe3rEqMc4g0sXG5GUV04pR1hFYaeP7&#10;L19zE+e08BANb98AR29PX2eCbR29vZ/HdxDfoQQMwdfRx8ffKTAw0C43PMhQyco5RULf7fv5GqZ3&#10;A1wc7eOjws19AgOduN8AIQEjEuQYNIQQRtAgIY5BQSGuEdERVu1x4QoGto4lU9lXM3U9/3FAUz+0&#10;PSXOoDkrRU/J1i19grnvNy+pm33i4eDgdbq0SC/J3d74ZWXDijE20djkFPzvaBcn55yEBI2QkEgW&#10;rzOLW0i4iMHjn+OZv+DAYKfI8Ejb8rg4AyUrpywJXadH8zVN3wnzcndIi4kxDw4OdXrm/+cYjHN4&#10;OkKY3FFRMZZMbkMH54qpbgkQaLnfP6KqF9iVGWfQkpGqr2ztmiZh7Pnda1pW9/w93Fx6SvINEjxd&#10;TF4+blrN5N5gH/jvcCc75/zkWI3AwAinoIChcg8iLOdn+4RID4M6YTpiuvL393cKCQmxzY8MNlCy&#10;oTI39flxtprZX12tLDxTwsNNfUX+nuEr5Bfq0HNQffP09nYNCgqyLA3xVVLQMamYZeiGHSGZWBNT&#10;RAYqkVpZpH+3JAhcaX8QT/Y9rxRIUctrjJE7XjN2xWElNSxXUH8kdURNbLxeVDfvmG77NNcYMl7e&#10;OySWbd4p0PP86x6/uCed1bVfXm9u+NwhMuGL8cZ+T1429kRsZNSj7vr6/1RV139WUlb5oFREWbmQ&#10;8kEqqh9UDKeSUfOgklFd86CquvZBZVXNg7r6hq/OdrR/EZac9c1ELQfstPV63FFb+2VXS+uX1bX1&#10;D2prGx7U1gmpq2sk/40P6p+j6UF9Q9ODhoaWBw2NLQ8aOa0PmpoYbQ+amlsfNra0PTjde+rfFzta&#10;PrfwDnkyXssDSx3Dvmutr//8H9evfJ6QV/KNlJrNwFoj+x/PtDQ9uH+p73OfxKwvxut6PnnN2At5&#10;mZmPbpw9+5/OrpOftbS2P2ht7XjQIqK1tVME2/8lnvlraml/cKKj56sb5859Hpma+81EFUu2OPfx&#10;qdbWL8+d7P2y6anfzgdtQ3gWB2MwzuHpCKF8Pmxpaf/q7KnT/77c2faFhU/wwHhNVyx3DP+2q7Hx&#10;83/euPp5Ym7xNxOPW2K7tcfjK90nvvr04rnPvZjcej5P5pp4Ijcj/dG106f+09HV/VkTlSHFNwR2&#10;TOU7CCtrKvNGhkgPTCf1DKYj0lUt0dLc+tXF7hOfh5PcEnquWGXi/KSusOjByfZ20nfDg5qa+iHU&#10;PqimesJg9YXXGao7DFaXeJ0aVs/KyqsellZUf9XW3PrvxuLiL3RsnJ7s8gjHGnt/SO9VwOR9iphx&#10;RA3TD6tyZhw6zpmmpIdJWjYYbeqNV829IGtgia1HFB+9tFUmQbBsmdh4vYjuZQWtdknHKN7ykl62&#10;Y6dA1+u+XFgaLjXUIC0pFXNMAzDN1B8BEdHorirjP5pg/1MkAyWEv7bzx2Ar9ll8J5tbEMr+26jt&#10;iJ02XmgpL0cb+5Acez3kOdgrIyPAXif5RepQVduIjsYmtBbm4ZhrEMbq+0LRKwqXWxr4glRJJVNs&#10;M3XAxdpKvjDyNYsgzDALQEhkLHqqK9HA3hyoaRDG9T/C8szeNGB/iQ6MSwMZTuyy9UZzVRU6mlr4&#10;Gwrs43r/C0/Tq2tCZ1MTWoryoERyj9HzgZJnFK60NiIvJxeTjplht60XrjbV8wWlr5kHYLqpH0Kj&#10;YnGypoq/DVFZU/9c/n/KSGUuhOlmUE/s9S72kcFTrS0ITszABH13/iUP9lWRDspjBfMregWMb1k9&#10;4Z/V+X2welVV24Cm6mpkpyTDOCoFu1V1sH3OTMgseBV7li/BnmWLOHuXLsShRa9j09p1mHLMCAJz&#10;f8y2DeRfq5A5cOTRsmXLEgQzxMbrhXQz5DXbx9pFfDBL32GnxKodO8eY+N1XDY5HdlQEVlj4QKDh&#10;BgMXH/4ZlNLiIqRmZPFPMbNPjjxP9k8QrpYWXWersFm4IbB4crJzUZVfAI+wKP4Dji3mbKV5Cl9p&#10;nko3E/MzEmkjwVabczKfkSaErXFKzcxBfWkpf8F4mYkbBLreMHT1hbWzO6bQDbvW1geB3t5Ybu3H&#10;XzQ3dPNDY34OigqK+BqkVP5ZlyFxP03v98A+t5PBDWR5fj4cA8IhqWGHzeYuyElJQn5ODl+1zvz8&#10;GbA1Y4NyZybEY7GRKwRkwMy9g+Dm6Q1pUx+ssfNFgI8PFlv5QqDtAWM331+R++cYSV6G8Dpbf8fk&#10;rsjLg3NIFCYYsIXB9kiNikJRbi5SSN/8sza/AFvL9hzsMzqcIfWD0kynusc+d52ckgLzuAwomttD&#10;a+9u6B3eD72jctCTl4UuYXD0CMzlD0NOVh5Tj5PxMvHBNCs/LLMLxGJtS8zftjN9sfjF7BfTTRUZ&#10;rzlkvKQ3y+yUsAq8v9PJHzKmTpDS98ZBKzfkRYQiKzYW4extffZWPxERGsYJFxEWEoZQ9lUB9gWH&#10;nxDyE0II9rUCFkdqeDjMXbwwTtMBq3StEevnhzhKI4jCMn/PGCFuSpelzQhniPIVyQlHFMXDiA6P&#10;oPPhrOuL0sQ4BPr54iV9F0grmWGHpTuWheVgsk0gZquYQkrLGfI27iiMCuevrkSGRz6Nh8XL5Ral&#10;ydLncv8GhuYzNjISWTFRsHLx5N+w38i+TBEcyD+TE03pxVB+/wxiiSiSOy4ymsvt7+OLOcZumKRh&#10;g9e1rTHeMRqTrQPwspo5JLVFckeHkdzxpOdIRJPOWdkNl/33MKgPVv5xJHduTCRsPP0w3tgbS3Rt&#10;Eevtwb/pFRMRNaIMQ2Hy/BbiSc+J7CsU9DAyDEvANvdwrFQ3wjotE2zQt8QGPQvOJl1zbNGzxDKq&#10;d1O0bDHWzBfSqmb/mH1U+4qEme/9qccME7ZOFxuvF9INNV5zZPbvlLIOvC9l5o3R7Bf0Fi7IDPBB&#10;MRmv2IAARPv70dYfMbRlRPv5E76IYvgObn0QKSKCbpQIeqIzItmWnRsKnYshQ5UZ6AdbO2dMVbPF&#10;Jg1TJHi4IInOhVOcg/6exSOMczANYbrCbTTFFeNPW5ZPUR5j/f2JAMRRvhkxdJwWEYaCED8YWdpi&#10;h3sYjqZVYnFwJgQWIdTyIEOmZYEYd2eURIcjPiSYhxGGJZkJlh7LV7iPN8K9fRBGN0gowbbDeXbe&#10;i79exMKxsogPDEB+SCBsbB35l1Q361kjnW7irJAgxAUG8ut/GizvRDrJXRYWCAMLG4xTtYbANABj&#10;ndgMXBS1xjyxhOSOdnNGcTTd/GRsWdmxsEznQrn9KP/PdCqEyoDDykNYJhEk71A/7PUfXjeIRDLQ&#10;BSEBsHN2wwRDdyzVNEe8sx2yQ4MRFxQ0cv7/AAnBQUimuhDh6grT8EQssvTC2E37ILXtICbvOYrJ&#10;MvJCdstCetcRSLN3HHUcIGEbiknKxmdmLl+zabKspuzMnQdkVq5cyWYxxe5Fc9PJeI0h4zWNjNdc&#10;anlNoJaXwCoI47TtsNfcAZZeAdDxCISmWwD0PYNg6B0ME99QWPiHwyYoEvbBUXAOjYV7RDy8ohLg&#10;G5sEv9hkBMSlIDA+FUEJKQhOSEVwohD2uedBQonw5AzEUdfEPToRB72joe0XicjEZESlpCMkSeiP&#10;h6U4WFzsk80B8Snwj0vmaflQOM/IeLiFx8IpNAZ2lB+rwAiY+4XByCcUBl7B0PUIgpa7PzQJNRdf&#10;KNu6QcHOHWp+EVBNKaFWVy7GWQZhlG0YRtlH4CVLHxxy9IWKvTuU7dxwzNkXGiQ/i8uCunn2IdFw&#10;jYiDb0wiyZnMP6ccJJIx5KmMwn12PojKgfnzi02EB+XVgcLbUtnZ+IfhiJ0HJurYY56+HVQcKE+U&#10;P0VnHyg5ef95UHzKtD1O8hx39MYmGy9MsAjg/ywcaxfO3+dj651mWfriAMl93N6D5Ca/lBcNKjM9&#10;ryCYUXnaUNk6UTm7kwwepGsvKnuGN5WDTwzpgmD7/DxtPaMTuF+XsFjSSyTM/ENh6BMCI88A7LXx&#10;wDh9Z7ykYwslGxeoUfddicp5xPz/AZRZOVJ5ylk5QyUkCYd0jLH59ZexZeE8bF+xHNuXL8U2Ysey&#10;Jdi9ZD7WrttAD09zjHWIolap5ZmFmw5NYfdH0J+89k7s/kQ33HhJWPrfH28bTJXbD1L0VJZyiYeE&#10;cxykXBMw0T0RkzySIO2ZgqleqZjum45Z/hl4JTALrwbn4PWQXMwLy8PC8HwsiijAYmJJZCGWMqIK&#10;sYxThOVDiS7C0uhirIouxNbIbGyILsCyaDIooutsy8KyOFhciyOF8S6KyMeCsHzMC83D65T2nKBs&#10;vBSQiZl+GZjmk4bJXimU12SeZym3BEi6xhMJkHCKhaShJxmrYEz0y8JkknGUmT9GWQfTjRxGlTcc&#10;o9ySiBSMN/HFBDPq3jjFUdhETPFMpjQyMD80BysoTxvjS7E1oRzbkyqxM6UKu4jdjNRqvmXH7PyO&#10;5EpsSyzHJvK/iuRdSGXEymyqdxqkKH8SjhEY5xCJcY4xGO/AiBqB6F/hF/ySzGwrYeKNsVahELin&#10;8P8VjqVWBscuFGPsw/mvwJ7KzSDdS1IZTvFOwZzATCyJyMPa2BJsIVm2J1dgB5MvVSivjAi2v4vO&#10;sWvbUyq53/VxJVhK+no1iGQm3UhROuPZOiubEEo3gudvAs/roPx/AlRnx9lFQtLUH3sCE2FMLXvD&#10;gzLCMS8FeT7upUsYHJWFhcJhyMnJk/Ey4w+wieqWF+ZulB1ceyZ2L6r7acsr4L6kfRgkjd0fj7EM&#10;/IfALvITgVXIvwWWwf99ikXwZwJzwiKQtgGfUffjc4GZ/+cCU/8vnuH3hcCE86UQ36+eYuT7gGPs&#10;81BgTFt23dj3W/YD1PEm3o8FZgF0na4Z+nwrxFuEaN/Y+zuOoQ9tCbY18SXYljClfVO/7yne7/mW&#10;YUZYBH4vMPd7NFbT5vuxxp7fCVwTHgnsIgZG24RSRSfDRXKPpZtptHviD3Rzfz9W2+mHMTpOlB8/&#10;IcbePz7F0PvHUYZeP47meHLGGHCeDIXOPxnNtqJ9AcPIa4B4Qnn9cbSp7xNJYw9MMPcdGG0e8CPl&#10;/cdRpr4DP8XnyU8w8/vxKaZD4XEM8ph09JjK4PFoTbvHY4y9Ho12S3o0xiV2gMvLjBfbOpDcbkmP&#10;Se4fxuo4/TBax/ERLy+LAGHZMagcRxNjzHy/G0tlPJZv/b4bx/EV4cfOfSvE/5sxZn7fjDbz/5rq&#10;x9eUj68pvodUh74YZRnwLRueoIflk1FWoV9RWl9QvfpKYBn05TOCGV8M4XOOVchnQ/jvU6xD//MU&#10;27D/UHz/nGDg+Z+D/nE/yPvHYL2BNdbrW2OjiQM2GttzNpnYY5upI5YZ2VO30R7jrAIxUc3ivNh4&#10;/R9wzxmvHfu58RpLrYAJes4/zN6vkDFt/9Gdgh1HjgvWyegJNu/TEmzaqyNYt1NPhL5g1Q4Dwart&#10;hoKVW4wEK7eZCJZtNRUs3WQmWL7RnLAgLAXLNlgJlq63ESxdZ8dZstaBcBQsXufM9xetMZfacjB9&#10;sorp91P3Hrs3dvE6T8HCVU6CBWt8BQtWEWv8BPNX+QtZ4y9YuDpgCIGChWsDRy9eGzRq0ZpgzpJ1&#10;IUToqCUbQkctI5avDxu1dH34qOXrIsYsWxc1Yf7yiKkrNwbMkFOvHWdFNxS1yMZRy4Ottma/g5+o&#10;afvOzB2HYiQXLY8Zt2B58pgl6xNHLVmbNGrR6mTBgpXJgnkrUwTzVqQKXl9OLE0TvL44/RlLMkbk&#10;tSWZgrnLhMxfnjVq/oqMMfNXJE7esLt9toL2D7P3yn8ycfn6bJbGmCWrssb9hDWZz1ibIWR1+lOW&#10;rk0bt3RdKmfJuuRBxixbmzRm2frEMUvWJo6bvzxeeuWGiBlyqrXjLHy/FlDLaiyTm417sVa2jt37&#10;M3YfSZ64eFXkuEWrosYs3xDBymzU0rXhoxavDRMsWhVK+ggVzFsVInidmLeCtiuCSZ4gztyVgUQA&#10;Z8EqPyonH8GC1T6kIy/BkjUegmXrPKg+OI9evsVcWkY2c4aO3eNZR7XuS63Z6jF6zTbj0eu32Yxe&#10;u9169LrtVqPX7bAcvW63xej1O81Hb9hlytkoYzx60x7D0Zv3GhD6o7fs0xu9ab8OZ/MB7dFUP0dv&#10;2a/JEGw9oCHYuE/21T3yhsreEW9tdA2FxO6jkNoliykHj2HyAWUh+5UgvVcRk+S1Ia3rCAlqDUqr&#10;mfXPFBuvF989NV5aDjtfP3R8twQzXpq2XwhUbR6OU7M9tUJVdZ7I6686CASjhsLGC4aiIRCMGWSv&#10;QDCWQcH4mMLE/UoHxhu4fim54yh7PYi/mrRYIJiwUiAYz2D7vwR5lxjcpwyzd+VGQlLEmFqBYMrs&#10;jbsCBOq21AL0HRjrEoPR9uEDAh1XjJfVvrV8zfKNzJ/IP3ul5ueY9Adg64bYu4Rjpm/YpSqp6/hQ&#10;aueRk3Q8hxgnuj6ckeIZzkj5G4SlNzZTIJg2e6NMgEDVmrV8B8Y4xwyMotanQI9avfK6d5YvX7OJ&#10;/DGdsDIdLC/GSOU5CPM7nOGv7TC5GFzf03YfkRtv5vvthP0q1+nwJXaOHLs2HPa61CC/281ZvnzG&#10;AZeAU0dMrLF1wWvYMv81bF25HFuXL+VsX7YYuxfPw5r1GzCFj3lFUrfRon/uRhmx8XrR3TQ57bax&#10;duEfstnGSTtlZcaa+d/fZub8rqKVy53xxv6PJqnbdxRlZRn/685No862TpvWpiar9tZWq/amIbDj&#10;9larzs5Oy5/jxIkTFoP09vSYM3pov+/UGZP71y6o24bGxEzQcvh2nrrpG/UFBWYf3Lmpc+bMGfPT&#10;vb1mP+X0Tzh79qxp/xBOnTxlevaUkL4zZ0zOnDpl0tndbfbOtZtGA/fvqum4BngLjtu/v9jcc2Cn&#10;jcd3knYRT162C3y83dLlsYSh57fSWg619VUlWgP//kTrwoULJmd6e43PnztjfP4MwbZDuNjfb/R7&#10;OH/uvPH1K1f0Hty7c4zkjpug6fj9Qi2rO501lUZ/f++u+qXz5/9AnOcoLyNxxpjK0fje7dsGjz99&#10;R0XX099nlKrTB0stvAd22bp9J2kb9uQV24Aft5k7/zjBwOvbKTr2NQ3Vpdo//vUj7bP9/aanenpM&#10;+qjsfiunTp40PUn0dveaDaeHdN5/7pzR/ct96tahCQnjDLx+mK5i8kl2YrzDu9eu6fT09JqfaOuw&#10;+CltFh1EZ0uLJaO9lergYD1sb39Ka2ur9SDdXV1WfV1dBolZOS7HAmPeVbWwg/7urTDYuwP6h/dD&#10;/9A+6BFGB/fC8qAM5A4cwFRVU4yyCxcbr/8rbjoZrzFkvGbpu+6UmLtqJ7U87pumFD56o7v9obJ3&#10;FP8noH5w/FfvXz7/5d2bNx/2nu57ePb0uYd95/ofnjvX94y+vod9ff3PoOvPji8I6RfSL+Jc3/mH&#10;Vy5defDJ2299kV/d8M1kdTscdg1+/OblS1++dfPWl33nLzy8cOHiCFx6nouXHl66dPnBZc6Vp1y5&#10;IuLylQfk58HVazce/vf9dx9Qxf5irrnfd1N1PJBfUoaysvIfp2k5Dsg4Bzw501z/o0pAPATKDjAN&#10;T/7q72/d/vIvd995eOHSZZbGQ4prBK4+x+Vf4dKlKw9v3bj14O8fvPd5dnnNN9LK5pB1DX189/r1&#10;L999680vL1258vDyFfLLGCH8b2EwL6xsbty8+eDzD9//qqOz84tXTby/n67ryf9FUFNW+uN0TXvs&#10;9QwbON3S+KOCL/v2vxMso1K/+tubt7784J23SW5RWV6+OgxhuQ7nMmOIDgYhmR+cJ11dv3rtwf27&#10;b3+RW9XwDVtPt8HK48ml3p4H795548sLFy8/vHBepOPzpNenXHh4XgRdezC43088rVucZ3XuXN+F&#10;BzcuX/ny0unTD1wzin5cZ+uDtaoG2Kptiq36ltiqZ4EtxHZip4ElVulZYbKOHcZZBVG30YK6jWLj&#10;9cK7aUfJeNlHcOMlPW/1DoGm0331pGI8fPcdXO7twQJzX2pOOyE2pxifv38X775zF2QEcOPGTdwc&#10;Bjv3lOsjMMzPtes38OadN/Gvv3yI0oY2TNawg6x7CN6/dQMf3n2Hrg/xPzyuoQyJc5Bn+bqF65TO&#10;9Ru3KZ0P8PaVi5D1ZL+ot4VjTBq+//AeGls7MOmoIXabO+FfN6/g8ulezDf3w3Q1FyTkleLzD+7h&#10;PS738/E+Y+j5kfMzlGvXr+OtN0jujz5EXkUdJjHj5RaKd5nc9+5SfkcO93u4dfMml/vGTaHcb12+&#10;gMMeJLeyPVxiM/DDX95Fa3MrJsnr45CTP7585w7On+zBPDNfzFB3RkpBGb784F0u9xWS+waT8+bP&#10;y/xrsDwxfXO5P/wABbUtkCTjtcnaCzf7zuKTd+/xvN4gP8IwQ9MaCZGsw+sCcZXFcecN/O2D99Hf&#10;0QaTiCTM8k7BaKtQjLMO4eOb46iFxbENwzg+0xmFicbukKL6Lq0qHvP6P+H4mNeg8Vq0YYdA2+2+&#10;bFgaVahz+Pyt20jOzoP0MRtM1XBEbnEp/nLjMvrO9aG75yROnezFqd5TT+nt7X0GXfs1TlIc586c&#10;xVtXLiGtsAyTyHjtc/DFxZ4TuNbfD+pGjBjuN0PhWRrsrzS3Ll3Cm+dOwdCfbuAjFthh7Y1rvd34&#10;4r27SCmuxEQNe6wzccSFrg58de8NpOQWYJKSDaapOSCvqAQfXL1EeT3H/1TUS3GyuJ/Bjp/B0vwl&#10;urt7uNxvktxxmfmQOmZBcvvh/IkuXO3v43KPFO63IsxDD7qpDG4zuc/2wsA3EoLD5tht64cbp0/i&#10;C3oQpRZVYKKaDXba+eDG2TP4ggxYUlYepJStMV3TEYXFZfjw6mWe124m95By/UUG/Q2jh/LVx/R9&#10;+RKS6KEgoe2MNWau6Gmow80L56nenBbmf4Swv4VTrN5ReFZ+d65exRXSr6GzFzY6BmJhaC7GsMW4&#10;tqEY5RCJUfaDsO95xWKUU4zIePkx49U3U0ZsvF5495zxWr5lh0DX/f7hoCQ0VVXhQvcJXD3RDqfg&#10;KIw+aoUlpNya0hJc6u5CXX0DampqUVdb9wvUo67u56klP82NTTjX0Y7I1Cywr0qwl4Q7a6twoqUF&#10;NSOEqf8dsDxUUx47W1txrasN3pFxGEctrld1nFFUWIg36KbuJ2MVkpKJiXquWGvmhOqCfN7ivN7T&#10;CUcmt7wVlhq5o7asBJdJ7vqGRqHcI6T3W2FytzQ1o6+T0k5IhZSqNZe7vaYa3a0t/1PcHIq/qqYO&#10;Xa1tuE768wiPxVhFG8zXd0UJyX2LWpb834lJGZhEZbHFxhsNFWWg7huukX/bALqpSe5lJHcd6ZvJ&#10;XVcvlHvE9H4DTCYuN9N3ZxvCqMwn6PKvSqCuMB8n29hv8xqf6vkXYfWKM6Su8fNCuU+Qvq92tcMx&#10;KBKTZI2w0SUCa2IKMcY5js8mj3ERfstLSAxGuSditGs8JpK8kqzlpW7WN2vL0affNxO7F9Q9M14O&#10;O6et3rlDYOB1f79/AmqLC1FfWcW/SNBbWwllZ38I5KwgQ838tooS/pPS4tJylJSUoqy07HdRKqKk&#10;pAyVFZXoqqtFULzwp7M7rNxRX1SAxuoqip/8Ufx/iOIS/pNbFv/5tkbEJCZhqootJI7ZIiwmAeea&#10;69BQW4vWmkq++p0ZrzUmTijJSEM9+7pDYyNOVJVBnlqCAlkr/pUBJvcJkruwuBRFFH/JH6S4iPJV&#10;XkFy18CXDCr7qgSTu4Zu4obKShSPEOb3wOSuIrn7WxoREZuAyUxuFTtExCWir7kBddUkN5VvYGwS&#10;/9ku+19lZV4u6kjfHSQf+3rIEXuS+4gl9tt4oaOiFF1UHkxulrcRy/s3wPJWRXJ31lXDn9KeoOeG&#10;FUaOvMxbampQUlbxtG4MZaQ6NBzmr6i4FNUkQ39LA8LikjBZ1R4SCmY4Tq3OlRH5ENixllcEtbyi&#10;h0DnnOMxximWGy/WbZykbnlGaqPMK5YCwTg20y26VcTuRXPMeI0VGS9pkfE6EJCApvJSNFfX8E/e&#10;nGtv4QZlnZkHBEp2MPIOwbnGGnS1NKO0vBIVVCHZzcIMxfNU8JuUUUX+OIPnCRaujtI4STcMe1WI&#10;fxLH2gPNpcVoI4NWPsQvj08U/mladPw8z/yWlZWjqqoaFzpaUVaQi0VGbhhNebfzD0d/Yx1a6+v5&#10;9ZON9fw1JG68TNnnWbLRwtKuqsHZNmr9FeXTeU8+RmbsGYRz9dVk0JspfpKbbraf5uHXYX8JF8rd&#10;gIDoBOEncaw90UitnFZqPVSMEOa3IpS7BheodVOSm0OtLReMJbkdAiO43C0NDVzuHkqbtfomajth&#10;M6XdUFJEhrwWFRS2j+SuLsyjVpEbl9vcJxT9DdSCpQcZ+xs11+dTvQiPR8rLYD3g+qLjivJyLndv&#10;YwN/3UuCWl4rjZ1QkZ2FDmrJs8/ZDA03GP9g3RHGOyTdIfGXUb6qKe/n21tRlJ2NuYbuGK/qCBNX&#10;b7jHp2EFdU+lN+/F7O0H8cpeeby8R8grMrJ4ZfdhzDqswn86K2EdwmYbG2bs3L9sxkFF2zk7DmjP&#10;mzdPQnS7iN2L5PiL2WS85gzpNsqFpaKHDNMZ9rt40e/h3+w/iwJ6cs7UcoKUkg0Zm1S81Xcavd29&#10;aGpuR3trB/+b8fN0or1DCIuD09nFf1HPYOfZGMfN/j4k5xVjEpv5opYO605dPHMGXSe6+fhQD+ck&#10;Z3Bch41rCMeGGKfQe5LRi97eUzjJOY23r1/DjdM9kHUKhOCAKbR8IvH2xXN449oVdFOYvrPncPfq&#10;FaQWV2IS3cSbLNxwim7cW5cvoefUGZw714ePb11HNRmUWXSjTZS3REx6Dj6lc5cvXEQPpXOa/J0+&#10;/ds5Q5w6dRoX+vpxl/KXlFsE9kHAA44BuHzqFG5cukT+znJ/QxkpruHwcUfKz92bN3Dj7CkcpjgF&#10;B01hEBCNe5f68cbVqzhx8jTO9fXxtNOKyqnMHbDL0R8Xerpxg2TqpnI8R+XC5K6k1tBMHRdMUrRG&#10;fGYuPr5xFRf7z1PZCcc6WVlzeNlTmTOoXJlOnulHpC/+Z/NunCHZ75w/j8TcYkhQ3GzMq6u2GpfP&#10;niV996CL/xX9WR1hDNYd9tdsXp/4n7MZVMfa2/kftFvp+Pq5s+ijB+0BOz/qJVjC2C8Sp8lgu2aW&#10;YKuSOva8PhuHl87H4dXLcXjVMhwijqxcAoXl87Ft/TpMUzPDWLsITD5unC+tbrpjrG3wm1PUzKvJ&#10;eE0V3S5i9yK554zXIjJeOm73j4an42xXFy7QDdHZ1YP2zm4+WH3vQh9i07MxSc0RM6i7kU/dn7uX&#10;LlIFPkNGiQwNVb7uE2xAepBeXtGHM1ixT1ClZr/ff+PKZaQODtg7+uHCyR5coQreTQaIDeKy+Dl0&#10;YzJODYXdtHSznzpDsO2ps+T3LBmgq3j30nnYRiRBoGCDTVa+ONvRhvdu3cSZvvPcuF3ov4B7N64j&#10;vaSKG6/Nlu44096G21eu4szZfpw8fQ5XLl/BR9evcqMlpeqA2fREr6iuxke3b6K//yJPl/3q/vfA&#10;fn9/kQzFPcpLcl4JJh4j4+UUgKtnTuMmpX16hDC/BivHXuLOtWu4d7Ef1mEJvNW01dYPfV3teP/O&#10;bZztu8DL8cJ5SpsMXEYxyU3Gazelfan3JJXZZTKC53CSyvDKJZL75jVEp+dC6pgdXma/+Kfu5l8o&#10;XB+VWy/5ERpZUbkP1QHTyRAdDeqthwxnH5XrW5SO8Hf/zlhLDwzWCrxOeTpJeeOGjx5Cg3WE8ZM6&#10;xOoV5yQ3eB1dJ3GFjOqtM70wJkPN9L3bMQjXujt5XTKIz8Y+A0toH9gLPbnD0FE8Ch2Fo9Am9BXk&#10;YaYohyPyCpiqboFRViGQVjHOnaRrtmusbchfpNXNm1577bXpottF7F4k95zxWrx1u0Df/b5saAq6&#10;Gxv5lz6bG1vQ1NiM+oZmnOvpwdWuNpj5htGNYYP1ZBDY2MnVU71obm5DY0MTmqlL1dREYX4CO/88&#10;zH97axsudHcjJiMXE+lGkrH1Rk99HU+7gdJtHgLLx/M0PQ/FxwZ9u9s7cLOnEyHxKZAggzOLWovZ&#10;OXm4feYUWluEA8MNRDvtX+w+wW/Qiey399QKaC4txRl62jc1tfL8Mb9nqeV3jQyAiV843RjW2Gjp&#10;g7aqSlw5eZJanS1oIH8/zdvPw/xzuam1E5aUzgfsZey80UVy94rkHincSAjLheWzieTuwg26YYNi&#10;kyGh4oCXyCDn5efj9tleLnc9ydI4RO4YknsSlc12Ox901tbgNJVbI+l5qNxXqftp7EP6JoOwmfTd&#10;Tvq+THI3kk4bKE1W5k8Zro9heWXxdojSjkzLoW6jC/9bdxN1l89SmTdTnM/peYQ681ydIj91lN8e&#10;CnvrZCf/uscEVSfM1nVCYWEB3qPeQi11M/UikrHUPhBz1c2wVNsCy/RtsUzPhrNczxor6Xiuvj2k&#10;9Rwx3sIP0scMc6Q1zbePs/C9J33cuG7u3LnTRLeL2L1IbvB7Xq8auWyXXr5ru8DI5/5+/zhU5eeh&#10;lm7kgoIiFBIFBYXIp21bTTWaSwqxn4yMQMEO8vY+aC3OR3NlJfKYv/wC8l/4FBbu58jPK+QD6y0V&#10;5fCLjufjL9ss3VCZk40aSjsvn/xRfL+VnJx8Phh+sqYS8QkJmKnpiAnHbOEVGoFTdVUoLynjRiw/&#10;rwD5ufkoKSxCc3kpfKLiIaXvhlXGTihITiK5S5BPaefn5SM3Nw855L+1qgqNRfnYY+XJJy7k7by4&#10;3E2VFeRH6I/5/y3kkV9h2mXwDI3i3/PaTq2+8uwsVJcUI4/lb4RwP0d2Ti6KC0vQW1OFmLh4zNBw&#10;gMRxe3iHRuJUbSXJXTpM7mIq8zLhZAEZkI0kU1lWJmpKmNzCsmQyMbmZvhtI7l1M7qM2UBTpm8st&#10;yudwPTwP06EQln5pUQlaSd/ekfGYQGW+wtgRhSlJqKeyKKAyGVp3fpkinj6bCOitFco9U9MJE8lo&#10;+4ZH4WxjLRoqKpCenAK98CTMMXDAuE17MXn7QUzbcxRTZeSF7JbF1F2HMfmwKqR1HTDBOogZryxp&#10;NYtt4ywC7kkrG9eLjdcL6p4zXmt3byPj9eke3xgUZ6SjjCpmZlYO/3Qvg326OSs7F21U8XNTU7DA&#10;0JUvetR380NrUR7KyXCkZ5KfLEY2sjKfR/hZ6OeP8+imqqWnpFdYFKR0nPhnoAvTUlFCxjMjM4d/&#10;RvpZOIr3KXSckUnnGexTwxlIz8impzgZPcrbEiM3CJRsoevii7ZClrcipKazz08L/WekZyInOwfV&#10;lI57aDQk9dyw0sgRmXExKM3LFX26OpPDPoPM8tJCRi0zMQHz9F243IYe/lzuErpJU8gP+yzxYJhf&#10;Ip3yytMuyIdLQCj/DPQWC/b562SU5ObyTxmPFG4kWN5YmbNJjuzkRCxin3lWdoAe6aSF5C4jg8Dl&#10;prwxuVkec0mHbGbTgwynlB61OC09kJciTFv4SW8Wt7BMmb5bycBnJCXidT1njFKygynJ3UYGrJSM&#10;CPtsM4v3ef0O05MIFifTdx3p243KfAJ1RZcbOSCLyryc8pNJZcLrzZA693OwuDKzctFCRi+LjN8C&#10;A9LJMUcYuVPeyNhWlpYhn/zFxydBNSQRm49rY9eC17Fv2WLsXbsKe9es5OxfvQKHVy7Bpo2bMFXN&#10;AmNswzDluEnGZE2LLWLj9YK754zXin3ceO31iUFJehrKqYWQTZUuh0GVisEqDXt6d9LNEhIegala&#10;znTzOcMnJAInKopRQhWaVVR2c+ZQRc2jys+h1gGruHnUOsqj8CwOti2mJ2hzWRn86Uk8kYzXNgs3&#10;VOVk8dYPe1oXkmEo5NtC/k314bAWDHsKF1JrooO6Xa0lBZCjLpjguDMOOPihmYxLR20tCotKqVVW&#10;Qi29Uo5w2r6cDxYHxqVgIhkvtlSiLCsdzdQ1Ki0tRxl7dUhEMYVhs1rnmuoQQ0/zaXoekFJzhD89&#10;5c811qG2ppb7KWX+h0zhjwRbXlJVWYWuhlr4RVHrh1peO609UVdUyH8awdMeIdxwWKuVLTc50Uxd&#10;QWoNH6I4BMcccMQlCG2lReioq+PLB5isfLkC7bMyqCgrRwe1qAJiEumB4YzNNl68pV1PLZUiasEV&#10;UVkWU7ky8kmfrMV6ilqz4dGxmEL6ZmOeAeHROE2tugp6WLBWWgG1gp7BjoU6HgqrD8WkR2ZoPcNj&#10;ufFiSyXy4uNQTQ8Xdj2HDM4zntW7oXBjSNcby0pRm5OJg5R/gYoz9jA5MtNQR/JmZdNDhepgQnwi&#10;FP1jsNfQCjoH90H/6ZiXPLTZd70U5GCqKIsj8tQaY2Ne1PKacsw0fbK25eZxlmLj9UI70ZjXB3MM&#10;nHbw2UZ9r/tHgpLRSt3ADjatXl3LB2qHUl5Vi7amFlzpZAs/E3gX5VV6gudTd+9SVycfC2F/sHm2&#10;mJCoawD7c0x9XSMfe2FjTmxchb2icv5EN2LS8zCJL1L1xon6evR2dKKRjbexcZCntKKZ/LcM0tJG&#10;4dvQQNdO95zEndMn4RIeh9EK1lhu4oGmmhrc7jvHZ6mY3/b2zqe0tnWgm9K9fvYM4nOKMEnbBRuo&#10;1cfGfi6cEU5AdLKZL45w1quV8nTu9Bm8ff4s/GNTMIHSmWvohloydm9fPM8Hj9vIz/DZMiFsFk0I&#10;yw+bGb15vh+xbKxPxQp7ydCe6WjH+TOnKe2fzrg9jzBfbIatn/L6Vv8ZuETEY9RRK6w280JbQx1u&#10;9/ejg/y0tbZTemxWbojcXSdwjdKJyyrARC1H7HT0x8nmJpyjMmxp7RDO3rGyJZqJhsZW9JJsd071&#10;cH2Pp9YXk7uKDNeN071oIj/19c1oIn01srEthmjsjI3vMV0zakn/LaSrvq4OvkiVLZVYbeZKLbFC&#10;9FAcNbUNqKF6U1NTT7At1bdBqN7VsPon+gtRV3MLLrY1wdKPjcdZY7W5Nx/m6KcyZP6qqthymAaU&#10;kBFVDYrDPEsvLFAzwnINUyzXsSQssFzbAiu0zbGK9ufpWGEyG/Oy9IP0ccNUKT27jWOtAu5OFhuv&#10;F9eJFql+MJtaXpMWbtol0HX/q3xYOk61t+Msq8xU4duG0dregRa6Ac+fOYsrXe0w8o+klo4jttn6&#10;oau+BtfOnSU/ZDDoJmgjv4OwcBy6gdoIdr2LbqTL3IAU8qUSMg4+6G1twZmeHjTzKXChfw67sYYc&#10;txCNLe10M3bzmaao5HRM1XTGVD13ZFBL787ZU3y5Bbu5hNPp7RRGCDvHDABbnhBDN/EkHeo+mbvx&#10;CYhzJ0luFj+FGYSFZ9smykM/hblMhpu/aqTihB22vtS6q8YVMiQtJB+74Xl6PwO7zuS+cvY0f7NA&#10;SsUae+x9cZItTxmU+xdg+WikOJjxvUkGOzwhBVPUHTHNwANZdLPeOXOKDFw3GsmwD5WBy07bLjJ+&#10;LO3YrHzhwmAyXt1DjNezMMIyZvtNtGVGna1c12OvGlELb7e9Pz1o6rj+WkjfLN9Mrz8Hu36CdHWV&#10;0o6mtCXogbGWyryNyry/t5fXGe53hDrH4XF08FeA2CREeFIaJpO+p1ELLju3gPR9mr++1dxKDyqq&#10;n6d7uvlCZI2wZExVNcOE9TswZfMeTN1xEFO3H8A02k5nbNuPqQeVRWNegZikYpIsZeCwQWy8XnAn&#10;NF6RH8w2cN8xdcWWPQJ9z78eCkpEY3mZcLEmdZUqhsEWBpaXV/D/4zFD01BYgM3mHtyA6XiFUhej&#10;gq/ULi0X+qug7ghbkDoctlizpqoa3U31/LvvwkWqbLFmMVqo0pUyPz9LOV/hzxY2nqVuU152Nl4z&#10;9sRYZTvY+4eir7kOzdRtKmbdOOomsbTKacv2GWxFdnVFNb/52HfmpfRdscbMBRUUD1vtzdIe9DuU&#10;EtZdo7iY3PXFhdhg5s7Hv3Q9Q9BbVYF2ajUW03XW9Rua3vA42Erw7sZ66jbGU7fRDjttPHl8zdSd&#10;Kx0hzCAsTtZVZHKfofDZGRmYY+iOccq2cAoKRz+VZVOtUG7mdyg8DspXNYU90VDP32pgA/abqbVb&#10;S922ZpKbLfYUlpUIKgemKx6W9Hma5K4tzMc6U5Kb9G3gHUbdR5KbWuklTN8UZrieB2F5qKmqQU9j&#10;AwLZTDB11dlsI5ugYeVWTmXC68qw+jYI0wnrCfS1NiInOwuvGHthPLX6nQPD0cfkrqvnumF+2ULc&#10;JmpFs4mXo4HxWCmngp3z52D30gXYsWIZdi5fil2rlmMfH/NajE0bN2IadRvZmNdkVdNEKSOn9WLj&#10;9YK7QePF3m2csXLrAYGhz99kfKKRl5yMwsxMpKamI20Y7BwjOSUN7L98TVTxk+Li8JqRB8arOcHc&#10;1Qf12elkUHLIj9Dv8DiE8WQgi8JX5ObALSSSbiRnMoKuyE9KQiGFZYPg/P+D7N+BQ0gjUijeZLpW&#10;mZuL/IQ4rDd1g0DVGSrOfmjIzeKTDUmUP+aP+R8eBzufmZ6JCrpxXIMpbXp6s9XeGTHRfIW2MN1n&#10;sg4lOZnkzsjks48JsXF4xcgdEqqOsHDzRUN2JvKycijtkcMyWNpZGSR3Xg6c/EMgqemAzRZuyE1K&#10;QGFWFlJ4Hn8+LPuvIxujyo6PxVoTF976UxPJXUrnEyl/qUw3I4ZPQyblvSKX5A6KgJSeKx+wz0lI&#10;REEmS3t4mMEyS0cSxcv+idhcVIi42Fi+5k2C9G3p7ov6nKFyPwszFGHaJDeVuTOlzce8qMzTo6nM&#10;KSzX97Awg3UlJZV0Sder8nKRHReDNcZMbmeok9xN+dm8e5hI8aeSPx6GdJtPckbHxGGveyh2aBrC&#10;XHY/XLRU4WqoC2c9LViqKsNQ9iDMjuyF3OFD3HgJrIIxSc0kQcrEZZ3YeL3gjhsvh6j3Z+k675q+&#10;fNthgZHP33d6RiAjNgZZZMDi4pMQH5/4MyQgJi6BV8rarDS4+gZAQssNktQd8PDxR1VmKpKTUhAT&#10;G8/9Dg8fRyQnJKMgJRWOfsHceG00dUZadBQyKe3YuCTEUfzDiY1NQBSRm56O4qQ4yNlQq0+VvZvo&#10;iuyYKJRmZSKW4o6ldOPiKJ0R44hHUkISpZ0Cez8yINTlYjNfCaHBIrmZPxZ+BChsFN0UyckpqMqg&#10;vHv7YYKWK3WDXOFBZcDOJSYm040TL8wDwbZPofOJlHZ+ajL/f6GklgO14JyREhWJjKRkKi9h/obC&#10;0o2hcFEEk7swMRaHmNzqZHzIcLN/QBZnZXB9sBuW+f9JHGzL0yZDRWk7+AZBUt+Nd91SoyKQmURl&#10;NlROzvPlFk1xpJK+akhGey8/jNd0gZS2M7z9SN/paUgiuVk+h4djML2x6wUpybAjfbOfzi43ckQi&#10;L/MU0hnTN9PXM3g9obAxpI+8jHQUJcXigDW1+lRdsMnMFTmx0aTvbMQlsrDxfICe1bUEOs6gh2Bk&#10;SChknAIwx8IbO229oB2WCJOEbOjHpOGwRyjWGNljlYEtFhrYY7K+E8azr0ocM4oUOMYsGWcZ+M5k&#10;JaNGsfF6QZ3IeL03S8dx96yVW+QEJn7/2OoaguhAf8SEhiIoOAzBwaHPwX7+OkhwSAgCgkMQRzde&#10;dkQwjls6YpS6C+YZuSEiKBC5CbEIDWM/kA1BSEgYQkKHwH5KGhZBN04kLN18IEmtgHXGjoiltOMj&#10;IijucISSv9AwIWEUDzsOIuJjYlGcGA1TF+oqanlglo4TfLw8qRUWi8iISO4/PDyCiETECITRteio&#10;aP6zUyu6CdkfhdhPGKL8fZFMN0REVBQiIn8BlkZEFG9xFsRFQs3OFaPJkCwwcEVMcBBfuxQZFUPp&#10;RCKS/A8lgv1cNYYeDtRysnTzJqPniPVkvJjhTKaHRkRk9AhhKD2KKzkhAaVkuIycPTBG0w2v6Lkg&#10;0N8PBdRqE6YXweMfHn6QcLoWHR3Dl4RYM8NJrZ811NqNDwlEMhnAcPITEUllxBCVFStDXo6Uh3DS&#10;C5tlTqSWV150OFSsnUjfznyJRmxIMM8Hk5npl+lrKKweRFK8adGRMKfW2gRDLywzdECEtycSIknf&#10;dH2wXjDYD31DyPgEUj2LpzwXUjkbkNyjSd8v6TjCz8udG6+Q0AhR/aI6yQnh9SQmjOqvhzv2OPhi&#10;vHsSxjrHY5JLPKa4J2KyWyIkaH+0QwxGOSdiDLtm6gUpU68BaQWd1EmKBrsnmPu9N+WYca3YeL2g&#10;brocGS8nMl4GjrunLt6oKDD0+udev1gUZWagJDcPGdScZ2u9nkLduUHYGiBGJpFO16pLSqgLmQ8l&#10;l0AIjjlhi6krKqhF1sDW4uSyxZR5yGFT5gSbXs/OyecLDhvYQtHIBL7Oa6uVO8qpS1NVWoLc/EK+&#10;UDWP/LApe7ZINoeOS8vK0FNXjSC6Eaeqsb++uPOvCPTWV/Mxmjy2fKK45CnsCxBsyQCnRATtsxeg&#10;2+tq4B+XQt0nN6yxcEVZdhYaa6r5uBUbm/oJlDaDjUux46LScrQ11KO7pgLH3ULAFu7upG5Yc1kR&#10;OpsaUUT5KSG/bCyGhRkMx8Zkuprq+eJctkh1h6036kqK+Qwp/7qCyO8ghSVlqKyqwbmWRoSSkWJf&#10;ipiq647o5HScba5HVXUN5UWYLyFs/6ewL3VUVFTxZSUBscl8zGuLnQ+qC0kPlCcmD/PDoTSf8XzZ&#10;FRBsXLKzsgzKbsEQKNlDhnTXWJRH52tIByWkr2L+hYtBmB7ZMpHmqgp4sVlqVubU6iuiFls1pZdD&#10;13PzC/jiUyH5yMzJRVFRMbqqyuFDhklazY4vUwmlVlxnBeWDdM3qKKtbWRxhncyiusXW32UkxOOg&#10;axBGO8UKvyphHfoMu3D+bS+BcxxG0fVJ7JM4Zj4D9EC/N3f91jNShi5fTlS3yFw8fbr4j9kvonvO&#10;eM1foyzQcf2XQkQ6TrPZxu4etLSxWZ5fh81ItXec4EsPWirLsd7aj7o0bjAPjuHfBOs/Ree5X9EL&#10;2wSbPezu6sHVs2eFyxWo+yTj6IdTba3o6z0lnH0S0U6w8B3kny1/qCejsMTaH6Oo9eEQEoNrJzrQ&#10;d/osWtnyAOaftsIXeQdhx89gcbN3466dO4e43GJMZF1Wa090kiHqP30GbZ3donC/TGu7ME/sa6Ds&#10;TYG1Nv4QaLnDKjQO17o7+FIGnqdhYdiH+a739yGavzNpjT1OgbzM2Uxm6xC/DDbj23lCKHcNGaaF&#10;Vv4YQ2m4hMVTGl18+cazMMPlfh6W9lO5swv5Ww07nYPQ29aG/t7TT/MqhO0/X26DsGUaQrnPoZnk&#10;XmXlC4GGG2zD43Gjp5ProqVNpAsRLAx795XNRsdkFkCSupubbH3Q1dBAcrO0ma6F9YnVDzbTydK4&#10;Rf6rS0ux0JLkJn27hsXy75SdofzyOkX1iPl/rk62n8DZnl4ylFWQ9QwTGi5qaQlc4oZBRo1aZaPZ&#10;f0kN3SBh5o1ZirpYtGUPJuk5/yClYRW/bMYM9gMUsXvRHO82kvGaqWcvM2PRmmMCPc9/sU/iVBcU&#10;oJae1IOvB/0W8vLoyVpMraKaKuq6RWG6liNVAC++ELOHnpyV1KJgrxAN+mdxs4WTLVWV1AKhysMW&#10;qdp48W9LsZs0jz25Rf5Yqyufnt6sMjYV5kOWbjg2YLvX0h11edloqq7i/tns0mCYX4K16NjizZaK&#10;Cviyz9KwmS/qPrFWQC2lzdLiaf4GcnILUFxUip7aat7lm6bpgEnUGvSPiEV3RRlf5JlLZcNeh2L5&#10;Y/sl5L+5ohKebHW/pj22UsurPDcHNdQyycuneMlfPm3z8ghKo5nKqKEwDwccAnirlo13NRbkopHi&#10;eBb3sLwNPyaEcrO0Se4okpvNNlLLi6dNrR+W1vAwgwwvwxxKky3M7a6p5F3aKZqOkNbzRCC1Jnvo&#10;AVZeUs5bz4P+WX64visrqeUVDwl9N6yz8EAJtfLZO4iszJ/6ZVDrraW6muTOx0Enat2Rvg9be6Ah&#10;PxdN1Erk9YPiHFoHBykqLOV6LEhLw16XIIyyDMEo8wCMsfDHaMsAjLYQwo+tgjGWWmITDV0hYe6D&#10;WUe1sWTrbkgbuD6SUrdKEBuvF9RNP6rVMcY5mo95zVix6fgoY59/7XAPR1J4OFJiYvk4StRvJDKS&#10;jblEIzEuERWpybD39oeEthum0s3s6e6JoqREPhgdTjc490/ExMQhKyEBtl4BkNR3xXozFySGhSM5&#10;Nh4RUbFP4w2PjEVaYhLyoyOgaO7IZ9hWmLojNTqSv04UER2H8AhhvL8FFmcchcmOi4eNVyAkDNng&#10;sRNiAwORSmlHRQvT/i0Myp1EclemJsHO0x8TSO5pZJQ8PZncCSQnyc3yR36ZfzZwnhWfwMf6JMho&#10;szVmCaFhSKG0I0nWQX9htJ+akIQ8kltOJPdqUw+kRUWiKDWFyjAWEaJ4OUPzNvyY4GmTccmKJ7k9&#10;A8iAuGOthTuVOUs77g/pOyk+ieRmkw8ktxaT2wFeHl4oTCR9D8ot8h9HaWdT2pbMr6EnVpm6ID4o&#10;CCmkh0hRmUdGRQv1TXLnkpxyZkxuZ6w280B6dBQKU0nfQ+UekqenUFys/kYEh2IzGXzpo3p4fe1m&#10;LNi0HfO2yWD+ViELNu/i516VkcVkLWuMtQnFS/KaWL51F3UjxcbrhXZTyXiNHjReS9cdFxh5/UvG&#10;NwZ5Scl8qjlZNGX9W2Ezj2y6vCgnD7UZadDzCsI4sxAsNvVEtJ8vf+2IvYPIpuTZMgq2XKE8Jwdu&#10;bLkCGS/2Yby8pCQ+bZ+ckoFUvjQgA9kZWSiOi4GpgxsmGPvjFZtgPjDdSE9hFh+bxv/pNP/Pw6ft&#10;WdrZ2XAJjoCkoTtf7c2WSvAlA7+wVGIknsqdm4fq9FToeNLT3CIUi82Y3H4kd/rzcpM8rLXjxGY6&#10;2bfErL2QS8ZZuFxBmDZbEsHkLoqLhrGDK8ab+GMOyR1FctdT65S9p8jkHp6XX4Llk70TycqcLZVg&#10;s40bbLyRQw+WkZdK/DKDchfn5aGG5NZyJ7lJ30vJ0MT6C+VOI7mZ36dyU9pOgeGQMPDgyzSy4+NQ&#10;OFjmXN9CuUtIbiNHd4wnfb9qEySSO48v10hKTv1JXobC4iogORPIsG5wCsKCg0pQWrEIx9atgPym&#10;dTi6cS1HccMaqNK53Vu2YoqKCQS24XhNURtrd+yFtJHbI0k1C7HxelHd1KMaQuNlMNjy8v33Fufg&#10;J3HBwf+NDQv7LDgk7IuQ3wkLE0ikREZ+ER/g89+1lu5fCszDsNuSWhde7p8nR0b9PSQs4rOg4NAv&#10;w0LDP0+LiviPhZvPA0kD94E1ps6P44IC/xsXHv5fdj0wOOyLiIjIf6WHBf/TwdH50XRLMoYm/j/o&#10;2bv8Jyci7LOo8MgvAoJDKV3GyPkZiWAKEx4awdM2c/N5KGHkObDU2PFxuI/X57Fh4SR3+IjhfolB&#10;uVMjI76I9/f97ypLjy8FpiHUtXVDkq/n50lRUX9jcgcGhn4VHhbxeWpU5H9MnDweSuq5UJfV7YcY&#10;JndY+H8DRXJHhkf9Mz2Eye30A5N7vLHfI30Hl//mhod+HhEa8eUflTtMlLa5q/dDSUOPgVUW7j/E&#10;Utqx4UzukcP9EsGU18BQkjsq8os4P5//rjAnuc1Dsc/SFYkjyE2txv+YUNoSRl7UenZ5HB3g91lc&#10;BKsPYVzu8PDofzJ9Ozq5/DDNOhgTSN9GDs7/eV7ukfPylNDwL1ic/n7+Xyy19Hi8VMscukqK0D12&#10;DGoqalBXUeVoqarAkDiopIYpahYQUDnPV9LBpp17uPGaIDZeL67jxssl9l22zmuxzEG1aQ5hX7yi&#10;Z3fr6IF9Zqqyhwxk5eWtZWVlrX4vBw7LWh09qmhlc/SwvozMXusxBp7Xx7olYbmCxmmTvTsUVVTU&#10;tWVl5e3k5OTM9GQPaa5XUo8dZ+rz/UxV47eO7d1rrnb4sP5hWVk7eQUFC8Pjx+Xldu1wn2Xk9qXA&#10;If7JHCW9XDOZnVpUEY0PycpbH6a0RsrDr2B99PBRnvZaJc3EcVZB305XM39fVkbGTl1OTk/26NGR&#10;wvwqz+SW09+zf4/lGEPPa+Ndk7BSQaPXZM8u+SFymxocPqyxSv54ynhz70czNczfVDxwwFxd7oje&#10;Ybp+hOQ2UD0mK7tzu8dsY7evRjnG/fiKgm4GxaGpo6xosv+InM0flVtO7qiZgdxhjXWKGvHjLPy/&#10;naFu8Yby/v0WanJy+n9I35QPJrfsoL737bMaY+RzfZxLIsmt1sPkPn5cTefIEXl7Jjcr8zVKminj&#10;LQK/n6Fm9qbCnj2WanJM30xuZQt9FRW5wzI7PWaaeHw1yiH28VxF3Uyr/UK5Dx4kuUfKw3COylpp&#10;Ulnu33/QYaam5dvTLH0xX8sSC9RNMU/L4inzNc2xQNsSr+jYYpKOA8ZYBGC+gia2bN8JaQOXRxPU&#10;xcbrhXWDxktC037XDmV1jRV+SQ+maZjX06UpQh/P/W79j8DdrCMqcqOc4z4V2Ef/S7BHTUZ0+ul1&#10;gaLJ3vFWAV9MVDLopqPBL1ey370zN0GgbBYhcEr4UVLXqXbJa9NfFZ1nbnh6vwehk9c+MNY+7DMp&#10;FbM+Ohr89fxI/n8P3M2UVVEQOMffF9jF/F2wR2eH6PTT64IDavLjrQO/mnjcpIuOBtcTPZP7mGmU&#10;wCn+R0kd+5rlM2cO/R3X8PR+D0J31HD/ONuQzySPmXbS0QzhyRH9/x64m3FIRZny/VeBbdTfBHs1&#10;t4tOD8olEBzRlhtnG/qlpLJRBx0NfmZ5iL5NY0jfjyW17Mo3Skn9UbkFgkmLZ0mqWXdN0bTCy1v3&#10;4qXNuzF7xwHM3r6f89I2dk4GM/cpYpKWDcbahGCuohYZrx2YQsZLUjzm9eK6qUc1O0e7xN0TGLqv&#10;VdQ1kd8ZmfPVLG2rCro0TujjT3QHdY8JHBP+Ndoh8vaUg8obRGeFTtNu4zjrwM8kFPTb6GiM8KRA&#10;UEv70irG7lSRvxRoudENPnG26NKf5w7rbxvjEPbf8ceNe+lokvDkn+j2qmsIbGP/PcYu4uaUw8fW&#10;i84K3WHdPeOsg74cq2zUSkdPb+4ggWDspGMmngKnuK8EWs7sBv/z5T5itnWsbch/xyoaNdPRBOHJ&#10;P9Ht19CklvJ/x9hG3ph9UH6N6KzQKRrsHmMT9sU4JYMmOnpO7snHjX3I8D0QaLuyMpkpvPJHncb4&#10;0cfNW1aq6OHY5rVQ2LAaR7ZuguyWjRz5zeuhtGkNdu4gY6ViCoFNGF47bogdu/dgpoHTo3HibuOL&#10;66Yd1Wwb7RzzwXg1O8WDanqmuyKyv15k7nFSU99kXVZM6BJnD4+NDq6uG1x/F15CvIR4+PpuTMlO&#10;WZSkrrxssaZZyxineIxVs+kw0DbY/Lf+1rknqgpf32xsazre1Oeb6erm522dnNbf6uqafzcpav6S&#10;oxrGAvPgf0tYB/+wX1XL5h8XumcHRUSs9fYO2OTv77/h1wkdkaCgoI1RUVFrTpaUzN1i5GQxzjLg&#10;wVR1i2uOjo5bGrOzF7HroaGhG/4oLHxAQMCm+oqKhUWWOssXalo0j3GMwziS29xId9Pn1/vnXqgv&#10;n7dZz8Z2nJnPd9Qy6Hd3913/9xs35n1UlTV/kYKGhcAs6L+SloGPDqvrWD28fWF2RGzyWhbnSOn9&#10;VoKCwoVy15LcZs7mY818H07TsDjn5eW6oT4ra8lIco9Ufs/zrLx9SdeMmtLSBRlmWiuoS9Y52jGe&#10;5LZucjAw2PB5/8m5rMzXG1rbjLMI+GaKmvk5J1vb9W9fODXvblbU/LnymuYCi5DPJKxDvjugrmP+&#10;QXfDbMrTWm83701eVJd+Dl7XRPXO2dl5IyM7NnaRsq3tNik1i/Orjeygr6YGnePHoaqqDnVVNagR&#10;moQBnT9wXB1TVM0goG7jXG1r7N13EHPUTB9NOGaUMGPZMrHxehHdDDn16jE2oZ9Jy+vcXKGoeWud&#10;T9wP8iEJ31QWFX9YV1HxQUFR6ceMouEUEyWlHxcPoYRRyqj4uLS08uPSssqPyxjlFZ+UV9d+2NnY&#10;9FZVdtZfdtj5PxFoeQzIugd/2t9U896bp3vfC0rJ/KeUnuvARoeAbzsbGv5y73TP+5kZme9NNfH5&#10;70QjPzgFRTy41Nr8RveJ7ndrG5o+rq1r+LiuofHjBk7Tx42NjOaPG5uaP25qahHS3PJxc3OrkBYh&#10;LaJtE53r6uj6y+2+c+9FZxb8c6KO85MNtr7f9TQ3f3Sh9+QHLa1tH7cOpU1IW1sHp1W0/WXaP+k8&#10;0fPh1b5zb3TWlH+42znkiUDDdUDJI+STO70n3vvr7evvhaZm/1NSw35gi2vwt/0ne/7yzxtX38sv&#10;LHx/srHv55OMA9ibB1/e6um6c+5c373Wjq4R0vjtsDwzuTo7T3x050L/ezGZ+f+UIrl3uId8c6ar&#10;/S99PT0fNLcMytz6FFZmgwyW41OoHFk5c6jMG4n6xuZPmts6Pujv6X6joST/o60OQQMCTfcfj3tF&#10;fHyjs/m9e/1n3vNPzPynpK7rwCbHwG97mpv+8v65U++lpGW8P8nIk8vtHBz54Fxj3RtUhvcqqqo/&#10;rqioGkYlh9cvgtU1VudY3WN1sLik7OPmmtoPSgoLP17rGPDteG0HvKZmigWa5pirZYnXtcw5c+l4&#10;Hm1f1rWhbqMtRpl4Y76JK44oqWCxguYjySOaCYKdymLj9SI6Ml41Y2zD/iMtq9G9/LDSydVOwd/q&#10;xWTg3IkTuHDmLDpPsF9W9eJE9/OM9GegoX986ek5zWG/wuo5yTiN02f6cP3UKfbFiIEFVoGYYh6M&#10;yKwCfPHmTZRV1fHf3h9wD8P961dx51Q3jvgnYJRxIHR8wnG+qX7g+sVLONt/EWcoHsbZc0LOnTsv&#10;pE9I33NcENIvpJ9vL5K/C7hy6So+fOMNZJbX8h9R7HQOxpWzZ/DWjRvoO38J/ecvPsf5P0A/xXP5&#10;8jX+l6XS/IKBeZZ+mG4egtSSKjz64C6Ky6ow/og+DnqF459v3ca9/nOQD07GKMMA6JLcVztbn7A/&#10;Al2gvJ7vvzRiGr8HJv8Vys9f3nwT2WU1JLcj9vvF4tbF83jj+jWco7J5Tm52PARWdoNlyeHl+6y8&#10;B3XA/lR0/sIlvNF/FoU5OQOvW/hjhmUIkgrL8PXdOyigtCWVzHDEOxx/u3kNN0+ewD6fOIwmfRv6&#10;8k/7DLA/Ap0+04+TvWf5356Ef5ISwo7ZL+56WP3iCOvbYP3rpvp25RyF7TqBXX5xEOxTwdQV6zFz&#10;7RbM3LwbL23dw3l5y268vHEHZu2VxyQNS4w29cU8Kx8cNbDERjnlRzN2HUgQLNspNl4vopsqz5ZK&#10;xL4/QdPm0I7de9VXe0b961hgLH/Hj33/nL3DmJOdi+zsvKewT+wOPX6OLAb551vRPgtPW/YdePaJ&#10;4Y7SYrj5BECS/UrMPAA5GRmIjYjEpOMWOGzrie68TJj6R/DXTVYZOSMvOYF/X4y9r5Yh+gTwc1C8&#10;zyP6VPAICL+xnsO37EcY7Pv5HmHR/Acca608+bfcy/IpHfbOJsU9lKfpZYgYfjwCmRnZSEvPRmFe&#10;IdpKiuDK5bbDLLpJstPSkRIdjWk69thr54W2rFQY043LXqtaw+ROikdDWSmVN+UnPWvE+H8TQ/LJ&#10;5WZr8AoL4RHK5HbFJocAFJIOSpnc5O85uXlZPeO3li+DrWtjn+puJ7kdvfwgoWqPl6hbVpiRSfqO&#10;wiQVSxy290JnbjoMyVAzudeZOKMoOQmNZWX8A4MsHl5/hjH4Xq2wrjFE9Y9fZ+845qOioICvK1vt&#10;HILZ+xRwaOl8HFyxBPvXrYHspg0c+Y3roLRhFXZu344px4whIL28aheMQ9ZekNl/+NHiVavIeIm7&#10;jS+kmyqn2TnKJe7eOCPf9UeOKB1eGpz5zzVu4Qj19EAae9M/NBxBIWEI5oSPwOC1oYzkj31ZIgz+&#10;dD0uJhaF8dHQcfLCWF0PvK5hha06ZphkFYz1Fi5Q0jOGpLYrXjbyRFBAAHLj4xAcFgn/oBAeB8vP&#10;c7BzvxP2pYJQko29SWDKvuxAaS03c0W4ry9iwsLpujC/fwYsLb+gUMRGx6IgLhpajp4Yo+OBRTo2&#10;ULdzxtLANKywcMchLUOS2w0vG3siOIB9kYPkDo2Af2AIj2OkuH8vgUFhQrkjwmHuyuT2wmq6USOp&#10;nKPDWF7/PLmDKM/+tI0nuQtJbg0H0rcOlbOeHQ4bW0PaJgQrqcyP6BjzNzFeM/FCaGAgcuJjEUL6&#10;DqDwI9evXyeIZGRfJgnwD8Q8M3csVDeGl6kholwdYW9iCjUFBajIy0NTSQH6ivI4qKDMfrwBAZXH&#10;Sw6h2OAajlXHdJ4sWrcpebr4xewX0wmNV+y7EgbuO3bv3qv4mmfCPyc6xUDF3BZZgb7cgMVQJYil&#10;yh5HN/pw2PmhxP0KzDBE0zY/MR45YcE4aGaLiWo2mEoVdzylK2XmjdGqVpip5ww3d09UkJFLjolB&#10;FN1YI8X3R4mlvCdFRaIgJgr2nj78kzirzN2QEuiPzJhIkiVC6HeYvH8IUXrRFCczSPkRIZCzdiE5&#10;LSFl4ILJHomQsvCD4LglZus5wsNjmNyiOP4MWD4SmdyxUXBw9+ZysxX2aaFByIhmehbJ/SfB0ouh&#10;OsT0nREcgAPmThhN+h5P+h3nEgtJJreKFWbrO8PT0wvl8TFIpIdbFIVjeYmNjKTwv5/oqChkxkYj&#10;LjAASy3cMMEqCIfCM2CUWY49QSmYY+qB2UYueJUM22sWXphl4Y1Jek6YQA+xaXoOX75s4Pi3iZa+&#10;X09R0EpZPF0gNl4vopsqp8GM13vTzT23r1izXn6iTeg/BO7pmGzuBy17NwS6u8HH0eGJt53NDz42&#10;Vo98rK3Y9ilettaPh+It5EdvOxG2ViJo38bqibeN5RNPa4snXrY2T0Kd7Ad83V2hG5mKRaE5GGVH&#10;XUX29r9pALYb2iDCxQEhzg5P3GytnnjaWg5Q/AOeg9gM2RfBrv9WmH9fe9uBSHvrAUNjsyfsQ4jL&#10;dS3hb240EEznPO1sBrwoDZbfP4bFE29r2lqTzByS24rO2Vk/iXF3HrC0tqWbxBECa+ouOUZD4BBD&#10;cvtjpxHJ7eyAYGfHAXcqMy8WF8k/WHYcdjwCXnzLyvznIdl/9LO3/THKwfpHQyMTLvdqA7snwVam&#10;P4bYWf3oZWfz03CDuvwt8DAifYvwtLb60YfiTfR0eWJn74CpZLgENuEY5RoLAftUjQmT2xaRLvYI&#10;JX172FAdsrEkrHh98qFjqmuPfdi+HcPmFxD6ofr6ONTe6rGfqcHj1YY2T0bZR2Mc1S0pyxCMswmj&#10;8qZ6xrCnOkd5GE06mGjswR+ek5UNWqftOCQrragbOn2PvOG8efMkRLeL2L1IbqqCdu8oz9SPptmF&#10;7Ji7Zs3BSXahf58SlI+xLomYYBkEegJhoYLG40Vyql/PV9Z7uEBZ5+uFStrfLlTWFaKk991CZSHz&#10;lXW/n3eMUNGjrf4P847r/zD3uAFhSBj9MP+44eP5akaP56noP35NTvXxSj2rAfWYbBzNrMNU3zSM&#10;oso02jUeArdETLEPxVxjZyxQ0vlxgaLW47nqpoTx47kUfq4a25o8nqtq+HiuisFT5qkY/i7mEwuP&#10;6T2eo2L8o6SRG6ZrWw8sVNZ+vOC4Hl1n8RFs/3ehK9yqGjyeT/kTQvuU7/kU3wIqy/nqJgMvWfpS&#10;GYs+x+ISRzcyye2eCGnHCLxu7Aoq58cLFDV/mMfCq4niYVueb/3HCyjfLJ9Dmc/SZeX+G1iopPvD&#10;qxSnpKErpmvaPFmooP0DlfUPc4/p0fXhjBzHT2D6ViFdqxiJMKT8G/3wqoLODwvk1H5QcvZ+stc/&#10;AROYsXZJwGj3OIx2iycSMNU+GPMNHLDkqPrj5UeOfb9UUeP7ZUfVvl8mq/L98iPHhRxS/n75QUUR&#10;SiPAzit8xzmk8N2KA3LfLt9/5Ls5Sno/slaVpLYdJmhYQ1LHAZNI39xYERJm1PI29eJfUpW09Mfk&#10;4wb1mwQCKQ2BYPzal16aSLeJcMGr2L1Yjn1VYqxb0gdj7WI2v7ZkzZ51tr5/UwhLwwozN96tEahZ&#10;YayC/sAobYcfBbaRRMQTgVXYE4G1CL4f/gwbEdahA+R3QOCUMCBwTqZtEpE4IHClfRfCyHuAzexM&#10;dIyChIk3BBpOEKhSS0TTFWNN6dgmBALzIAj03CGwCh8QuKUKwzlTHM4UF9t3iBmgPAxQegSl9Uex&#10;i8RY+zCMtaMnsi3F9TROBtv/HXC5I0VyUz55fmmfye2WMiAw9h0Q6LmRbIEYa+FL8rmS3CQ7k9vY&#10;E6Ms/KklQl0pPdcBKlthGBdRPGzLcIgWpvOT9Afz/BuxixgYRzKPsaXWHyuH5+T+vbCwFAeTezC/&#10;XG7aZ+eMfAam2oViknM0xpqR3LoiubVIbhMPjDKnc0Y+EGg7DQjMAp8IHBKeCOxinvD6ZhNJW8Iy&#10;5InAxOeXMfYWYsKgY1PfJ6x+SZFxkjQnI0VlzrqqkpZ+kLAMoAd0AMbbBGO8dRAmGbvTNX829tWx&#10;dNPe/3FxrNj9f3dzNu8ynaGgGT7xgPZLL6/fJT/P2Plfq13C8KqePSaqmmOShhUm6dhDwioQY5yp&#10;ec1wiv4V2Kd1Y8kgRGCyqSemGbliKlUMDlXUqVSRZmjbYuYxQ0w9qoVZR9Twuqw65h+mrZw6f6v/&#10;5WN6eImuz1YzF4Zn8Zi4Ex6YbkytJDonSRWOtVpYnsZQmn8IUdixDhEY6xgpPHYevPb7GUX5GesQ&#10;iSn/r733gI+jOteHBcYYbMC4qmu10hatVn1XZaVV21Xvvffee7FVLMuSLMmW5N4L7oWa0CFA4FKT&#10;QIBAQkCUUBI6IYlBoT7f+56VhE24NwkJvv98d9/f79HMnJk5zzkzex6978w5Z7iOXE4uL4PLX7EG&#10;K+m6WlG9uI6S2HQ4RqXA0ZAMSWQqHKPT6DqkwY6uiVV6majnsvJucT7Xm/NbSfVeXLOOeMhjadn8&#10;nWX4x/BNvRfQP5D5ev+zmL1O7DleRvlcQ/94VpLnOFfm5eVdWF5B1yKvHssS87E6juudSfVOhcSQ&#10;BIeIFEiiU6neqbCNzYJVWind73YspWu1lK4Zg/NZRnny/b6kbYrqPimu8yU8A+q3welz+8RvYzMW&#10;0v0w1ZPuL62bQNt8zxuHqfxjYt8SChnZ8yLxul3mpV8120TM9v+qSSwsrnC1sLgK5BpbBxrzL6/q&#10;/+CSzm24tJFv6CjdXPphk5u/gG7yZXWDYuyXWP63WI8F9B+WZ6hcQj/CgMAgxGk8EBHgB4M/wxfG&#10;AC3CA3UIIwT6+sPfNwRtFVl48nQ9DgwkIzwkHL4aP4Tp/BAaGIjQAH+E+WlNoPMjNF6I8HCFbWKu&#10;6VlR/TAuraIGXU0/7m+D0yn8NYHXL4TFt1HZf+G6AK9/F+b2M8hj4nMaRrEwrwVevgEweKoRrPGB&#10;XqNBEC2DNN4I9PNFEF0HX28tfLwC0ViSgCeOleLQQCLCg0Pg7Un7tVo6zg+BWg0C+Rw6V6f1QYiX&#10;G8JcFbAhgSOPhLwlus4VxDsPKgcvzy8Xp3HZBM5Ln9/+rrrM4X9KP28f15u81wVFnXDXBSOS7k2I&#10;1pvqoUGwANXd3x86qpO/D9XbW4eawhQ8dqIORzakwBgcTNfDDyF0XUJ0OoTQ/Q711yKU7jenGX29&#10;EeWlglNMqri+jEvJW7qUfovfYAMWMOouxGUCtJ9+k/y7NKWbvGzTPtqmUH0Bed5LSHhN4lVC4uVl&#10;Fq//JLPWR+QurB9+36J3Lyz4Pxz9NxXg/2DsUfF/6H8A7HlZtG8ht7wPHlFJ0Icb4R8ZC985RMRA&#10;GxUHbXQCPIzxUIYlIr+mFDef6MLg+kJ4RSdDFRYHTTQhKh6aCFoaY2hJoPP9wiLgpw+FZTaFtFTO&#10;y5rJy6sfwcKGjVgoliO4fB4bcTmlCdD2IgatLyLBW9QwjCtoeQVtz2M+jUACwWlXUlg1t37F7Dqn&#10;XUnHXCn2z24T15XiQw49UFK9fIND4RkeCY+wKFpGwYvgSfXwiIil+sXCOSQBmZX5OHWsFYPDxfCK&#10;TYY8NA4ekfHwInjTsQxPQ7Q4TxMeAY0+BHbp5RR+TWJx0zjxUqMj3vOxmMq1mOq5hDwMkcZLAqct&#10;pvp9s03l5fKLuprKv4T+WS1miH2m+oltgblz5tJpW4D2kSe4hEIwRXQK/EMN4l55Uz29jbHwMlDd&#10;aekTnUh1T4AiPBFp5UU4frQbQ1RvDdVbFZ4Ar6gEOicOPsZo+NA5nIcv3X8/WvenetunFGIh3Wse&#10;XraAysGe06UMqteltH0plYXnpJ/HXBr9JgWonPwb5jQB+k1fRl7jpW2m3/diEnQhXsklt5nF6z/M&#10;VpN4Xd40/rHF4BFYdO3AJR3bvgF5Yxad2/9ndF2IS7q2YSGJH78Sv5x+3IvaGZO4soMaHuEqgSlc&#10;1TWJa8i9X147jmVNE7i2awtWrNmGVWu2wLJzApZrt8G6bydhF2zW7YZ9z3Y40j7HDfshHb1uFkch&#10;Hz4IJaUpx47CZdMxqDYdh+vECbiPXQePsUPwmDoJz6nT8NpyGt5bT0MzeQy+E0fhu+0MtNvPwm/7&#10;9fDbcRYBW05Ct+UE/Hdej4BdNyBw51n4bzuNgK2m9ABaD9pxBkF7bkTQ7psQvP0MQradEtvBe26G&#10;ntJ0fOymQwgYOwgf4vYnLj0dp99+GiGTRxFKCNl+Ctrxo3Du3QOX9fsRRMcHbzoMLR2vHWfQ+vh1&#10;0G8+guCJI9Buuo5wGH4Tx6iMpwRn8LaT8Nt6Cr5UZr9ZBIv0U5Ru2uZ9DD2l6el4La1rp05AO0l1&#10;2XE9QnedpXJRWShPzeRxAu2bOk51ZZyAz8RxeBO8iNeb9utonz8teZvhSdfak5Z+dC01owehHton&#10;oBraS9gHL1q6b9gN+cAuAdm6nbBfsxU2FP7ZdW6BXc8WSClNPrQf8g37IOvfAQe6v1Z0zGr6bVj1&#10;bIMlH09ptgN7YDl4EKvoeq1cvw8rBvZixdrtWNazE0vX7cXVfXtwFWFx725c3bUVi7u3YVHPLixa&#10;uxML1+zEZYSF9Bvkf8gW9I/GomEMFvT7tqDf9yLyxq4kAV6aVHSrQqMxP/P6TzJrXXD00qzql5cW&#10;tmJpVg2uyazE1eeBt/9HZHyDpYysalyV14gleU205PnNm3ANYSnhWsKygiYsL2zGyqJmXJvbiMVp&#10;dbgmuwmradu6uAWWZZ2wLuuCXWEj7Iua4EDpEl5WdEFS3QNFcSNc86rhml8LdUEd1KUtoq8Wf4vP&#10;s6geXrT0LiFUtsGruguasmb4ljbCt6wJfrTuR2l+9WsQUNFKaIGusgWBla3Q1XUjoLEHQVXthFYE&#10;1XYguGENgpt6xAdCQhvX0nY3gqvbEUIIblgLPe0LqelAaHUb9LQMaVuH4DWjAtE9Ywjv3EB59iKQ&#10;0TYIXfsQ9K0DlNYPVUkHlAVUnqZ+hHSOwL9uDTSV7dAQv6aqA7qW9dC1DkJT3SHgT+UNLKlHCJVd&#10;T9wBpQ0mlJmWepFO9aK6BlD9BShdlLOhB/607kfnB1Y0I5Tr1tyH0NZ1oi6c7ldch8DyZgS39CGQ&#10;8vKlbd/SemhL6gR0zEnXSEvpGtrW8LKoDv6U7kN14K9gu9G9cOX7QesejQNwq++DsriJ7lkTXEqb&#10;oSxtg23pWtgUd8K5qAEqqqeqqgvyctqu64O6dQiy8jasIi+Tn78qa3vhTHCk+y/NrYZjXi0kuTVw&#10;INgWt8KG0u2yq2CTxaiENa2vpt/WajrXMqMCqwgrKa/lhGWUblXajlUpxVgWlYlr0yvE2MYV9Jtl&#10;z+uq9IofWyvM4vUfZR4eHkucFapCmUTyhFzi8LmLkyMUUobkH4Pj+aDzCHJHKS0ZprzkIm12n4Qh&#10;MYHOkROfnPKROdhDbmsNqVwJq6AISFzdxbbcxgpyq9Ww1gZhhTEZTnSejLadra0gW70K1pogLKcQ&#10;1NHeHk6rV0NqZUXLVVhNxy8PjYejrT2kq1dS+mo4rVyNVZpgrAiJh8TGDo6ULrFcDUdO11J6cCwc&#10;rewgWb4MtlInuHhp4BRkgF1INFS+AbBVqmG/bDkcl63ECp8gLNMZIVllDTs63m7ZMqgdHeAYGgNV&#10;cgGKc/Nh0AXAavkK2C5fSbx6LPULx6oVq+Hp4oLinGzkp6fBXh8JB0MispNTkJYQj7T4eGTQ0jE0&#10;FpaBkUiKiUZ6YgLSCOlxcXAIjqb0CKTExFA6hWIJtC82Drb6aFhTeiqlp8VTGiE9Nha2IbGwColD&#10;MqXnpqUhLyMD/m5qLFJpsTooEsmRUchJSUFmYhIyiNvOkAQ7Cm8ziCuDOQnJsdFYTfnYU5iXSWVj&#10;Xt7HZVhF6RJDArIoLT0pSeQj0vnaRyQjh/NNSkROagpyiN/KmARFbDqqCgsRH2GEwyq6h3R9rtbH&#10;QJtbirzkRBRkZiLM3x8GvR6K1AK61oGQrloBZ/o9yOi+O9vaYCWF2lb+Iabfgg39Tvj3YG+LVWHx&#10;sKF0hbUl5Ha2UNI5TnT8arrGfmm5KExJRmVBPiJDwxDl4wmFnw6Xkee1JL/5RwqzeP3nGSwsLvWz&#10;sJAqVl7b72Jj9ZLK3vpTpZ315y521jMutn8PNt+B7zrOeoZ+SDNKmwuhELASS6Xlyhn60c3YagJm&#10;rHThM/bu3jP2ru4zDmq3GctA48xyY/KMrYfPjJ3afcbOzXPGXuU+syowYmYZpdu4a2Zs6VhbtceM&#10;LaWvDIyk45NmbNTeYtvW1XPG1sV9ZkVg1MwyQ9KMtZvXjI3KQ0CkB5nSbV29ZmzlqnOrPP1mJMGR&#10;XztGJME2KgXS8DhY+oXCSukGG8IyEpZrSQQpf1ipPLBS5goHNx8oUvLJA6xDQnEVfCPjsVqhhqXC&#10;DSuCorGUsNzJBQp/PbJqm1HQ3EWNMx+OCTlIr2xAJqVl1DQji6BIKYBDXDbSKuqQVUfptC+ztgky&#10;yp8nzksTx7eYUN0Ep6Q8SOIpvaqBjm0RyKxuhFMy5Z+chwxaL2jpQnZ9K7zCIrHQk8SXhCcmtxh5&#10;De3IaWijPOsh4U+Akfhm1TSZ8q5roTzr4ZCYC1lqIbKpHFmUzkil4+0SciFPK0QOl4/KyfVKq6yF&#10;PaUr04pEOp/DSx7BYRefA4/scpR39MCQngNLuQqr5WpcFRQDOxK79NIqdI9tQWRWHlx0wbCNTsPK&#10;QCPs6J+Zg5sXHNResKfrvCosAZYs/GpPOLh70z5PSGi5igSW//k5UjpvS9zpeHcfLA+OIZGNQ2FD&#10;C3ondiA0JQuunt70z8Moukwszm+85SKGjZdIJJJrPTwUUldXVwelUmljZ2dna29vb9PR0WFVU1Oz&#10;eunSpTxJJc8zx51lLyfwXHvfTOxotm+Za+bljnK5v8zRaUAmlW53ljqPOTk5bXSWSkcvFuQOjrR0&#10;HnXw9hu10YaMOmgDR+20etoOGHVw19J6IKXR9ny6dtTBkyDSOS2QzjOlO3r7nHe8Xhzv6OlH4Hwo&#10;zW8uPXDU0SeAjqd038CNdr5BfSRUWx0McW8GRMcjOCoa8sikr+0CwiHX+EPuq4PMSwtnDx/ItDrY&#10;unnjantnpJNwnL7zJxjYvFU0/NC0HEg8tXDw0EJOx0upQbH4+cckoaZvA9ZM7sTUoWPYQhjefwQj&#10;B45iZD/jGCZoffLgMWyk9bm0YU47cESkjxzg9NlzCBMHOZ3Wxb7z8qG0qcPHMXroOPq27UXz8DjC&#10;03OxzJa8Xm8tSklE1lI5hvZdh40Hj1P+lNdsnvP5ENcUrfM+U77fpE8SrzietodnsZG2p6icE1Q+&#10;3hb79vHxR0Vdx/YcRDcJSGpFvRAWew8NJC7uWGYtQVR2IcapHIkkYitJ2OwIMk8NpBodnDQBkPqY&#10;IKNr7kzn8VeA5tKkdG9kJFh8X0zp/qY0vkdyF1xr6yiEdJTKHZiQhuU29rDxC8E1Je24JqXkZoVC&#10;cVHEy9raerGXh8eaoKCgXwfq9U8G6gIf8fXRPqHV+j2Un59/W3p6+mlPT8/dFBUNa7XaHo23Zr23&#10;t/d6H0+fTh8vr1pPH88S2s4mJBKMGg8PvZeXlye11bmZkP/vGg+NkC2XXWNJIeVFh6XHEg8LCwGx&#10;7mF5QRr3fvbgbVry8d+dTuuz6ZYi3YQL8z4v/bx8OF1mIVu0SOnpKNXp74wyGJASYYB7SMQ7dir3&#10;e10dJc+6K+Sferko4aVUwMNVBRsKfewofLnpxhvw5eef48zxU2iob0JCbPx8yOwhl0FmZ4eVS69B&#10;BoVpD9x3P16ZfgWf/OUcPpuZwZ/+8hcT/mzCzCef4q+ffkpp5+bTPr4gffbY2fNmKG0+/bx9nPbX&#10;mU/p3D/jrd//Hr/4+c9RXVmFBeRwe1Idbr7xRrz++uv46OOP6fhz4njOi7nmeOfTiXs+XfB8kz5/&#10;7AXHfzJ/PC//fM5U13N//hNee+01TG2eoPDdGg7W1nCVSmG9bCkSKOQ8efwESotLYEPhv4xCPze6&#10;dq4KBUE+D7WzE8HZtC3nNNN+kS47P10ON6qnzM4GVpR/VXkZTp08jZiICNgtXgQpCeNVZV24OrX4&#10;Jhcbm7lpsX9QW7FixdUkSBsjIqNeNkZFvRoSZng5LDz8xdBww7sRkZGgdIQbjF8ajBEzYeERH4eG&#10;hr+kC9I/rQsMekqnC3xSF6B7mvCMv5/fL0ncfqHVaJ718fb+qUqlMs5SmO3/tCkDr5boQvaHR0V9&#10;nRodBU99+FOr1F6eLiuvVqik0vVqpeJ5b3ePP3mp3amRWSIqwkgi8Dt89NHH2L59FxoampGclAyV&#10;aHhyeHu4QymTYdWyZcjJzMIvn3wKf/zoI3z99de4WPbpp59g+qWX0NTQgEsvuQTenh64/yf3kpj8&#10;mcrx1exRP7x9ja/w5z/9Cfv27IbUwQ5Sezt4qNWQkLjHRkXh2LETKC8rF9suJECe7m603/VbUH9H&#10;2nene7q5iXzsbWxQWUbideqM4HFefjVkAXpc0TCExWkVpwMsLK6cvfs/uMksLK4JdLLXhsikkeHO&#10;DoEGBytXf6W8KdTf74MIvR7GoEDEhochVOPzqq+zY6UvH+sijdQ5S1I0Tg5BWpXK20uh8CV3K8hd&#10;4WR0dXIyWP/L02eb7f8vtsRGZxz3SC9CYHYxZCFRD1n4+or/zDKZbJFcLndSq9UVcqn8Tnsb+7fr&#10;SBBef+v3eOqXz2D33gMYHBlFWnoG1K6u8PL0hJ+vLzVCDzg6SJCZkYnbb78Tv3zmWfzu9Tfwxptv&#10;0fL1HwSvvvY7kf9bVLZf//o3eOCnD6K6qgbLrllKZfLDqdOn8avnnsdLL78sjnv9jTfmz33t34w3&#10;3ngLb1I5Xn7lVTzzq19hfHwTVC4uBBW0Ploo5QokJSbh8JFjKCfvUCmEywO+Wi3t13xv+Gp84eHm&#10;DrmTs6j7kWMnER+XAFd7W6j4c2dFbbg6oeDulYYEnxVJ+Upe2hiTvCUC6d6SmHRvmUCStwctVell&#10;3rLCNm9VYaO3qqzN24OgJegIcXVtuYmMhrbclOZOgXRCalNXTnrDmtz4sorKlPySstSq2tK0nKJd&#10;BQVFd+QXll6fn1s4Tr+LG/Oyc/9ckJOLbPrtFOTmIisj45W09My9ufkl44UFhQfy8gpOJecVlFSP&#10;bnFsHtjiOLD/uN3W+x63HL7pLuuavg1K8cv9HpZZ267Jqq/3yWls9D4f6TWEshrvHEJSY7d3TPcG&#10;75i2Pm/jeQip6RbQEfg6MPiaMFR0nfhayfhaJeV4q+ga8rXkaypA15ivNWNlVIpmRWy61t7b22a2&#10;WGb7PpZpYbHAVhNStDy34bnlRW2vWBvipxwcHOa+9DNnl65avNhK7aJOqK2vf3jfgYMzLA5P/PwX&#10;mNq6A8kp6dRwtAjwC4A+SE9i4Q83tRsyyfO67rqjuOP2u8QspTzz6txspN/g0X8C3z73Gzz40CMi&#10;/0cf/Rnuufd+nD59BmWl5XC0l4gy8Uds77zrXtz3wIPiuLkZZ38IcN6PPPqEmF33jrvuRv+6AWhI&#10;XBhBgUHw9PBEOjXaw0eOoqq6RgiXPwksl5P3f1+Ia6/1hburGvX1Dbju2HGkJKdCo6TQX6fH0sxq&#10;XF7c+ZclpR2/XVLS/puri9uml5W0Ta8o7ZheUdY5bVnZNW1V2TFtQ0vrhvXT1m3j07adm6cdCJKu&#10;qWlZ99ZpRc/WaReCum/7tHv/jmnP9bumfTbsntYO7Zn2Hd4zrRvdMx04to+wfzqY1g3rt05H9G2e&#10;jlw3NR253oRoQgxjcMv5eCmW0uLWT74RPbLzjcjNB9+M33zor6lbrkPy5GEkTRz8mpGw+cDXiRMH&#10;kDxxEImb9yNx8uAXiVuu+yxx6tBXyVOHkTJ1HWImDv0xcurwi3Gju1+MH9z6m/ihbb+KHd3xXMzQ&#10;thei1295mbm5DHPlYXAZDYSQDdung0b3izroRvZO+1GduF6awT3TXut3THtQnbnuLr18LbZMO63d&#10;Mu1I18aha2LatmPztHX7pmmrluFpq9reaesKuqZlHdMr6dquoOW1JR3TS4tbppeUd72ypLLntaVJ&#10;BcdsbW3tZtuY2b6PLZf5XWORVKa0yKlTL4mM5C/5/Ldve7z9vVX5+YU7H338Z5+8/e57GNs8hZTU&#10;DERERiMmOg4xMXEIN0TA31+HzKxsbN22AycofPkxeWC3koj96NY7fjBw/rffeQ/OXH8jeYX7UVZW&#10;Qd6gNyKpbOObJnHy1FncdMuts+W4E7f8+PYLcPOPbhP7/1VwPlyeG276EY6dOIWOzm4EsrjoQ2A0&#10;RkKnC0JeXiEOHT6KuvpGEp5gGOiaRUfHCsTMLucQFRWDiIgocS6D68NpDF6fA2+HhRtE/m1tHcKz&#10;y8zMRigJY4AhElfnNYipchY1bcQVjcMCiwV4xAJjCEtaaP/aHbiia5sYs2qdXQ2b/HpY5TfCMq8e&#10;q3PrYEmwyquj9AbYFjSKvooO3EexuAmOJc2QFjVASuvWrWNYMXgAln27YN25GTYE664JWHdPwGYe&#10;kyZ00f61U1hNx68e2AtJXR+cChvgWNQICeVlT0tbKod1Tg1scmthy/xUDruCBkjEMQRaOhbUw4nK&#10;YNe5CauGDsGqf5cpb4bgMvFyGUQ5qDw2dKx11yRWDezDinV7YFdL3KIOzXAk2FP9uD8e8/O1sKZ1&#10;htW3YE3lsiQsrVuPy3t248rOLabr2mC6xlcyKHS/gq7/wjXbsKiq989W/mG9s03LbBfD6uqaQ557&#10;/tdvvf/hH1m8voqNS3w3LMz42+TUtHO51ChT0zOpMUZ+lZOb//WmiUkcOHwdTl9/E87ccBNOnb0B&#10;p87cgJOnr8cJwnESFBPO/Lc4cfqsAJ9z8sz14nzO5/TZGy/A2RtuxvU33YLrjhwnj3A7ausaqEHH&#10;kojmYGTjGA4cuo7yOYOzN94kjhdlmQXnyxzfVZZjJ/8+jgucpvXTIh/O8ygJ1979B9G9podEPR4R&#10;JC5x8UmIi0tCXV0jDh4+gpq6+q/Cwo1fkOh/Hhef8IUxIvqLcEPUFxG0jIyK+SIqOu6L2Nh43v7a&#10;GBGJeDo/PiHpy7iExM8TEpO/SEpO/SKZMLeMoWPpn8fnJJhfHjh0BMXFpciKj0dkWhauorCRx8pe&#10;Xjsouk0wFgqsw+VVfbisbkgMfeNxlKsNSXCh8FNlYwOZrR2ktHS0toaznR3kDg5wcZRA6egIBfdH&#10;tLeHM0FmR+Clra3oj+ag8sDi1HLTvGZNY2JWkUvKe2nZ/w0qOK0HFjWDYiohHpO7IiwezhIp5FaW&#10;kFhaw271aoIlHKy47xvxM58Dc9rBicrDZRMgXtEXjs6zn+feTBgHj3dlHsE3zz/LXb3eNGSQ6r2c&#10;6i1zcoKC8nGiPCVW1oLXifJW2DtQnSVUd8fZujtQWQh0PXhdSeVS2drAWe2BpWllVB8efjiBhdV0&#10;jav6aUnXma73pXQPLDq38pRRn65IyLve1KrMdlFsbHIy4Lnnfv36G2/9AaPjE18lJKceUavVnkFB&#10;AWvJU3g2whjxakpK2kxzazsGNgxh4/hmbNu5Bzt27cX2XXuwc/c+7NqzXzwz47nc9x04/HdwSIgA&#10;H79zzz5TPpTfth27Kd9vwHnv2L0XE1u2iim+i0vK/mQ0iLK8vXZt35ebJ7diC3mCO0QZ9grvjPm5&#10;kR8iL+Xo8ZPknZ0R4sjixh7cWRJcxvUsjAK8bkoToGP4uDNCQFmYWVxJCCmfg+RZ7aByDW4Ymiko&#10;LP59QkLy7xOTkv9AXtLrlVXVHxw5duLruoamv5JX9j4J0/sxMbEfhocbPgwJMdDS+KHBYOTt9yMj&#10;oj5Kz8j6orComIX469j4hL9ERka+R8d/EB+X8GF8vAkJ8YkfRkZGfRAcHPJeZ2f3J5T/V4UFhX9M&#10;NRpeNSSlv7+4rPtrbswLGkawgKcLokbESx7ALcbsrtmFK8rWQuIbCC87K3jYWkHO4mVjBS+ZM0I0&#10;3ogJ0iGaYPTXItjbE4EebvBXq6BxUcBT5gS1VAJXqSPU1Mg9bFaJ9VUxmWKGFB5WdykJpGmQOXGL&#10;9UFc0kTc3cy9Bo7E7WlnCTVxy0gImNtTJkWIjxfxBgp+we0zx+0KrYsSnnInuBGXq5NUlMHT+nzu&#10;CTFEysQ9eCF34xhx7yQvqA8OAcHwsrWEO4G5nUjAPJ2dEEL1jA4KEPzn1ztgtt5eVG83J+ImPjeq&#10;t5ftatGR2zI6TcxMwsMRxbXmejePkYj148qKHp6p5Ny1aWWnZpuV2S6GjU9NBT/5y6fffOqXz4r5&#10;57Nycw+GhoZyJ8MF9EeSkpaxubqm7k9t7R0f1NY3/bWppQ1d3T1Y27MO/QOD2DC0kUUPk1PbSIB2&#10;khDtxs6de8EftbgAlLZDiNQubNmyXYR+Q8OjGBjYgLW9/SJPAfJsGN1reufR1NL6OYVMu/z9/eWJ&#10;iYlp9Y3Nb63t6UdH11pxTvfaXqxZ20dl6kdf3wDWUZ6DQyPCQxsd24RxKt8m4ts8MSUwMbEFE5Nb&#10;MEmYIhGcovJsIe+Ow2IGiyJvT27ZRsdtxSYKpzeObkIPlbOmtv6h9vZuw/DwsHZsbEJPZVKVVVTU&#10;kFjOsIfY0tKKdgotmfeWW27BAw/cj1tvvY1E8gYcOHAQG6lMN950Mx546L+wpqcPdG3R2tbO+aKw&#10;sATZWbnIzc1nsUZJaTlKS8uwe89e4YWWllVs1Lu4KKT6mLpFFb0fX0L/8XngNs80sYDCmYU88wQ1&#10;KBaPxcUdcHH3hK8dNT5qjE5SJ3h4eFAYG4W87GxCFtKSkpAYG4u4yAhEhofDGBqCMD2FxDod/H21&#10;8PbyhJubG1zVariTsGik9vBxsIFdeBzxkAdGAsYNeW7mCx40zqLJs7SoiNuPhINFyIlEw93dDTFR&#10;kcjPyUI+cWckJyMxLhaxlGbiDkVYcDD0gYHw9/OFzxw3wc3VFT6z3LaCm0Vk+/zcdqZ6j8Ji7S4x&#10;WaPCy4fqTcLF3OR5cT5RkcRN9S7IyUZ6CnFTvZk7yjDLrdcTtw4BvsztBXc39Wy91dA4OUBjbw37&#10;4GgsoFDdomunGG+6kDxL98h4RAUFQZmUc+6qhPwTplZltotiU9u3B//8ySfffPiRR9FDDT8jO/f4&#10;qlWil/SCY8fO5ExMbX+uurb2UFxcQmdeXtEfyiuqUVlVi6rqekIdqglVYruW0qtRQfsrKqpMKD8P&#10;c2mE8vJKlJWZUE77yjmN862soTxmQflx/px3UVHpucTE5HYub0ZGhrSguOQ3zMtcfA7nU1xchoKC&#10;YuTlFSAnJw9ZWXkixMzIyEFmRjYtCZkmZGZSGu3Lzs5FXm4h8um8gsJSlJRUsECghFBayuuz5eQy&#10;VlYjn8TFYIw8S8W44GvljY2NzsMbR+8bGd38OnmNL27dtecFCq1feOutt1744osvXnj3vfdeeOV3&#10;v3vhF0899etTp8++9PDDj7z37K+e/5hE9qPOrjW/m5ja+uvedYO/qa1vfqG0tPwFuhYv1De3vkD7&#10;XujvX/fCtm07frd1285nSioqopnvMm144OWVfe9c2rVNeF6X1c9OqUMCxo36ytJuqN29oZPYwl2u&#10;gEzughBqnBXFRairqEBuejo13mjEU4PmPmrJJCJJtIynxhwbYUBUWChCyTPhaZG03JBJuNzd3MUz&#10;Rz+FDL4OtrAzJIo5yC6h0HRh3Xox35hF9w4Sjy6oPbygI6FhbrnCBcHUuMsLCwV3HnELruhIKgNx&#10;k4h8w21EVPgctxZa8oq4G4kbcXt6egluPxZPQ4IYsH5J+5SJm0SMua8gD8jFWyu4PRRyyIg7UBeA&#10;0oI81FdWID8zg/go3CeuhOhoJHG9iT8hKgqxRuKmeocxNwkY19vD7Zt6+yoVxG0Lh9AYLOCZhXv2&#10;4YqSToRS/kW+7tCFR5y7KjrdLF4X04Tn9dQv33zyqaf5KzhfGmPidqbFxUnuueee9bfdcdc75FUd&#10;NqYYV+j1emNefuG7FSQmNXWNqCVUsoBQo+YGX1xSjsKiUiEg+flFAnkFjMJZmNIKChnFLEgkFuVC&#10;GFishBDWNsyDOWrqmwRHbl4Ri1cPlzcpI0OZk1/wAosJz6/P5aiuqZ8XUc6Ly8RiWMag/Eu/A2Us&#10;oLxk4eTjCRUkhBV8/nmorKayEQ/Xu6i4FKlpGTfp9TEXTEMzMDBwWUV+hV1TU6d89+5DTtv375ee&#10;Pftj6dtvvy2dmfla+vYf/8jrjq+88orD/qNHFYODw4nr1q0vL8wjX6uk1nff0aMOAwOjjg0N7dKK&#10;igpCg7ShvV3a29srHRoaklL+soaGBmlCVdVi5luhjzFeXkXiReGTEC+en448EIuOrWIeOx6iFCp3&#10;hA97Lq7k8UREoLW+FtUlxdRQI5GaEI/K0hLUUIMuys8nTyQFCdSIo2c9kRhqyLHkjUWQJxbk50cN&#10;2RPu5P24u3tAq/WHnhq1TuEMq6R88VyNJ/TkqcEXMneAHiEy5naHi9oN0ZRPaz3dn7JSIZYp8bPc&#10;JGRF+XnISEklEYujMpo8sGgDcVN5I0LJCwswcXOnag/m9iVud+KWS2GZVCC4hbfXMUn1H4YiKFxw&#10;a6neKqp3BOXXXFeL2vJyJJLHmRIXRwJebOIuyEdG6iw3iVfkXL0Fdwhx+8OXxZPrTXXRiHqrEURh&#10;pU1clpid5pK2SVhnlMM1Ph0r8hvOXZVWYhavi2mDIyPBz/zquTdfe/1NrBsc/sQQGfOjE8dOnKWG&#10;9vKxEydGKYQUnQizs/Oym1vaPl4jwrU16OxeS+g5b0mgEE+Awz/GbAg4j7njuvmYOXyTRwctORQU&#10;mE1bs7YfTc1tM9nZ2f2mchSqauobptf2rjMdQ8ea8pjFPF/vN6CQ8m8wv990PJ8ncH5e5+XJ9e4i&#10;vtLyih9T6GrJZfkX7XuP+VsdGh1xeVX/BeLFAsIPlO1jM2BwVSLI2xse5DHEUcPsaG5ESV4eCUM4&#10;GmqrMTK0Ac0NjUinxhtN+6PJC6E6IT4uXnTR0PkHwBAaRo2ZwklqyMHUkDWeHlC7KCmU9KbwSg+j&#10;pzs1bm9cXdBMXsge4QU5RKchXE3cPsRNnguLJnOXkkBGhYehrpq4NxB3YwPSBHe0APeTiydRCyLu&#10;AOIOn+VmT4i5fbw8xIgDL8ozKCiYuN3gS+sm7r24pGML7GKzEKZWIZjrTWVkMWprqBceH3OzYHG9&#10;W5ubkZGWJnijqO5JCYlIiE9AsD7YxB0SKkQsMizMVG8ST7XKRfR7DOJ6U1kCaJ1fmFxC4asNCbhz&#10;bDpWZlefW5aQZxavi2mDgyPBv31x+s133n+fv4X4VX1Dy2enTp2ZvvXWWytcTYNrhRUWFhf2rRs8&#10;N7JxM3pIOHr6B9Dbv34Wg+KbjX1zy38QFCqJc7/Jh9BnAoewLFBDI2P8DcevS0srhXiVlla7kmC9&#10;MrZpUjxz6+mjsojj//0wlcVUjg3DG8XLioaG5ltTU1O5C8r/mq0OjY+4vLL3nUup0bJw8YN69kKu&#10;KWhCkK8WURT2+PrpYKQG2Fxbg6LcXMSR57FpbBS7d+1CTnY2iUCQ6NKRmJCEutp6jI+NYXx0FP39&#10;/SgrLUOQLhB+PhpEUB7CA/P3gyc/B1Iq4efPeZOX5OMBZUQ8cW/FktIu4vYT3LzfQOc1kViV5OWS&#10;iBnFZwn37t5DIX2O6GoSHm5EAnHXkle7aWxc8PevW0fecDmFeoHw9dGSgIQj6jxuFYdufgEiPcbb&#10;3cTdsZ3CxV7o/PyJWyO69YSGhKChmjzqwgISIgNGBtdj3569KCAR5T503AUlPj6RvPUaqjPVm/jX&#10;rRtAJXnhLN6+s/WOJPEMIgHzcicPlrh9yfOL4DL5aSCNTcOSzBqEajXI8XZBkD743MrwFLN4XUwb&#10;GRkPn55++e133/sAmye3cbj1+7a2thTadcGXaLKy8kLq6ppuItxJ4dlZCtOu/6FRWVl3pq6+8fbG&#10;xta7KcDK5HLk5JTZVFbX7mxobLy3uq7uxqqai1GWmjO19fU/ampqeaC0tHxNUlLS/+qXqVcbYiMX&#10;1g2+c8na3WJefhE+tWyGW0ImUkOCyOswQh8cIp71VFKYxCHg1MQmHDl8GLExMfAP0FHYXoJ6Cs9b&#10;m5oxuWkChw8cEuM2hwc3YHJikkS7j8QlUXS4DQ8JRngweUVaH6ipEbupXRFujEIaeWwG8pCuzW+E&#10;c2oRUsJDycth7lDBXUVhKj9Lmtw0juNHjiKOQlMWn8LCUtTVNZAHRtzjEzhy8DC2EufQhkHiniDu&#10;fhO31lfwmrg1cFUpxcN7gzES6eQ5sfhek98MSXopkklsOOQkEUERCSSHqRwCsmieOn5CeHdarR/y&#10;C4rmuTePbsJ1gnsKQ4PMPUUitg7JySmi3vwCIZygo38I7HWqVSqEEUdKbDyFuBFwIK9Lml4C73Ty&#10;vjLLzi2PzTSL18W01tYu97t/ct9zFDry158/MxiiJin5MtPebywmJmYRexyRkamrE0ITViYk/PBI&#10;MaasiIyMXJ2ZmWlF2+J5D60vIHd/eWhcHKd953n/bqQYjSuo/quo/tb5+TH8Ydf/1U+MrQpLjr68&#10;aeOfLh08gkvX7oJF7z4sr+yh8CcR+SkpiIyORWJ8LAlXERJiorGupwcnjh5FJDVmHXkeHR3dOLBn&#10;P+667Q489MCDOHv6LMbGNpHXtR5tLe1YT97s4YOHxBvTpKQUBPhRQ9brEaILEONd5U5OCCABzM7M&#10;QVZ6BgLjkhGZlE7rmaJzbSKFn8ydSNy93d3EfUyEp34UlrW3dQnuO2+9XXCfIe6REfL4iJO5B8jL&#10;PbT/EDYSdzLVZY47WKeDD3ErnKQU3umQxdxp6cSdBGNiquDmDsH87G6Ou6O1BadPniQhTICWxKil&#10;uR37d+/DHT++DQ/99CFcf/2NGCMBW0f1bm/tQH9Pv+DeRGLOoyZ0/v6megcSN4XJCmcnIb5ZaZko&#10;pTDbP7MQl5PXaTF0Egv69n++NMX8zOti2sK45GSv3fv23/fk089gcMPIX4ODQ1v0+vhlAMzfAPx/&#10;1OxCjL7XZNXet7i489lFhW1PLChse1wanf54fFjIw9EREQ+Ehoa+lJeR/mVOehryc7Kpwe5BYX4B&#10;PDy9xJvdk0dP4L57f4Kbbr4Fzz//G/zs57+g0JxD8EGMbyYvZMMwxilM7unuoTCugkQhBsEkeiwg&#10;fj4+IoRSu7h+Qp7Pk7Gx8Q/F6PWPxYaFP2yIiHgoKDjoFeL9it9octeEA/v2obCgAG4eHuIt88kj&#10;x/EAc994E3G/gMef+Dm61/Jzxz7y/LdiIwnZ2PAI1nR1i5cpcbFxxBto4taw5ye8r7+GGyKejotL&#10;fDBar380Jjz8EUNk5IMU8r2ck5r2ZX5mJnIyMyhM3YWK0nK4u3uSt1eM6w4cJu77cPNNN+PpZ57F&#10;U798WnSr6V7bj/GJLRgaGhHcfWt6wUO9EuLjqd6BJF6BwvNzI89PrXT5LDws/FdpsbEPBhkiHr0m&#10;vfKRSyv6f7mkpPM1u5DYG2Zvkdl+aON+Uw0NDYdOnDz12t333vt+T2//R6lpmc/Sf6r6gICAizZb&#10;gdn+OZPFyBYtC46yX6qPd1oWlWx/BUGt1dpH+/hY29rayoP9/U/mZWZ8lZGchM62VrS3tApvJS0t&#10;g7yLPjz39LP41bPPUcNdL/qfPfTwoxgd30yYFP302jo6Rf+z5oYmVFVWIy8vH4bQUCEgHEJpvDyg&#10;kss/kEicagIDI2xi/PzsIgIDbcgUgf7ao3mZ6V+lE3dHSzPxt8OfPK7k5FSsI6/qeeJ+/rnnMLB+&#10;EDfeeDMeefQxjJD3M7JxE3aRV8RCxm+PWyisq66uFV1fDCGz3LNdN1QK+UdSiaQ2kDjjAwJsmdvO&#10;zk7m7+NziETzy8yUZLQ3N6F37VrxED6JwsBeEqSnnvgZfv3889zRGMcolHzk0ceFWA+PjIuOzl1r&#10;1ornYO0tbaipqhH1NoaHCc/L1H3Ck5+7/dFJImkJjIiwMXh62toRVnmHylRKVaePWn3n7C0y2w9t&#10;CREJDrW1tW3Dw8MNPT098Xl5edlpaWnrSLzSzeL1n2nS1astY4zGR3PSKZRKTUFbUxPiYrgbRCwG&#10;1w3i8L4DuPeen+Cdt9/Biy++iKHhYWTn5qKkpBRV1GCbqeFW1dajhsRjEwna2PCo8EK4G0VoUJD4&#10;1J3W24s8L5cZqb09j+Wb99B5bjHygu7NJY8vMzUZLQ31iI2KRkxsvOA+tPcA7rnnXrz99tuYnp7G&#10;6MYx5OTmobi0THA0NbeKbjJ1jS0idBsj76+6ulq8GQwR3L7iDaebyuVTib09d52Zf2O73GL5Ncbg&#10;4Duy0lKRQeLV0tCA5IREGI0R6FnbJ8LFu+68C2+++SZefe01bNo8IbiLikvA/RObmkiwZrvncAg9&#10;TvXmAfFxceT5kefFwunr4w13VxXXewNRLjAxm8zTwTpf6+l+9+ym2X5o4+dHBQUF/Jn4+RvBvesZ&#10;5rDxP9N83N2D46Oi/pCVloKcjHSUFhYiRB+M/PxC7Nm+C/v37Udv/zrcdfc9uJfCt7CwcNDvAMeO&#10;HhNiEp+YjLyCYmwY2YiNG0exmRpyD3kt/MCbO7oGBQQI74cfnMtlsuvJ25qfDJHSA+OjI95g0cwl&#10;7rJi5tZT2FiMfbv24gCJV3f3Wtxyy49IxO6BwWAkbzAN1x05QoIxjgTi5g7DgxS2Dg4OYXz2WVhK&#10;Sqro6BoY4C+Ek/ucEfdZJyen+be+Xl5errGRxpeyUlKEaBfn59M5elHv3VTvg/sPUr0HxKiHBx98&#10;UEw6kJSUhOsOH8bk5BSSiSMnrxCDJJgs6JtHx7B+3XqkUvn0QYGi3ixePNeaXCa/UyqVzneX4clA&#10;XZXKairDXbNJZjOb2f5Zc1OpUqKNxvfSEhMhvBDuTxUdLeYEG6DGu3PXHpw4eQonTpwgb6sMJeR5&#10;3H/ffXhp+lUSkZPcCRcJSckw9b1bQw14EN2d3WI+t3AKHYMofBO9z0lAFDLZT85vxO6uyqQYo+Hd&#10;tKQEkAtP3GmIIW7ugsAh466de3D06AkcJsGgf5qEQvyEBPSll1/F0eOnkJaeyQPVKWztRmt7J5V3&#10;PfrIa8rKyhbdH/Q6Es5Z8VI4Od0jt7OznaW28PBw1UdHGN/K4I+nJCcjlRAZGYX6unqMrB/CbgoL&#10;jx0/SfzHyNsqQm5eLu4mAX/5ld/h5JkbkJmdg7j4BLR3daON6svXqndND3Fnib5fwRQ6+hI39/in&#10;ej9JwukwS20SLxeXKrN4mc1s/4K5KmUZBr3+fR52k5qYgPiYGORQA2xva0dddR0OHDiMp59+BmfP&#10;nKWwKUc8+/nNCy/h4OFj6CAPq6yyCskkOnVNzRgiT2wDeUAsAHl5eaIHPIuXhjuCuqrh4uT0gEQi&#10;sZqlJm5lhiEk5F0TdyJxxyI7OxvNlFdVeSVxHxITOp49c0a8zTt06DB+85uXcOjICXR0Ezcdk0jC&#10;WdfQhOHRcfIEx9FKoWQehXfcr4zHHvr6mIRT6ex8//nipVarw4n7D9yLnnvxx1ComZGejr7eXrQ0&#10;tWAveX2/+MVTuP7sWaSSZ7Z7zx789sWXcezEGdGxmuvN3FV1DWJSzhHyPLkbSX5ePiLCDQii0JGF&#10;kz0vpVz2LE/sOUttFi+zme3fYa7OzkkhOt17CZGRYswiD89JT0snD2qAvJhebNtqGkA/NTWFrq5O&#10;MaB+554DaGxtFyMJeFxnSmo61q0fFAPb2WMaHBhEeXmFeGjP4RP3OndTCc/r7vM9L7XMJSEkMPBd&#10;7tXP3Dzkh7m542tP1xps3bINW7ZtE+Foc1MTNk9swZ59h9DY0o528vT47WJKSjp6e/tF6LiOliMU&#10;xlVVVYuH9kHkeTG3u0oFF5nT3Up7+/nZS9VKZSDV+y0egpREAhZpMCCZwsLx8TEMkee1dct27Ni5&#10;C5s2bUZzc7MYaL93/3VoaesU3Dw8LCklTYSWQ8MjFK72Y4zqX1dbJzwvES6TaLPXp5TLf272vMxm&#10;tn+zcSMO8vP7fTQ1Xv5+ZpTRiDBqfAMDA6Iz6sjQMLZu247HHnsc999/vxjEzg/UK2vqxGD4VPK6&#10;WET6129AJ4VPG9atx47tO8RMtqHBIaIRe3u4iS4LJF6n7Fxdl89SWyjUCt/AAL/XeHhNUmwMeWoG&#10;8bxthMRgBwnXEHlxmycmifenFKreL8a8RscmEHeteLuZmpohxpv2EifPtNFPYrt9204RdoYzt87U&#10;2524v1bI5SdlMtn8GFO1XKIK0Hj/Noq8Qx5sLbzEoEAMDw1h59btQsCmSLh/+uBDeOThh8VA/sjo&#10;OJRTOF1NnmUqiSwLd//ABrS3dwjuPRRi8+iDcApZ+aG9jxgi5QKFs/OtJFjzz9vM4mU2s/0bjD0C&#10;rY/PL4zU4Hi2BO517qvRiNBt8/hm0Q3gvx78L3xy7hxuvfV2tLS2orauDm3kgdTUNKCjvVN4XQ3k&#10;iXHazi07xLz9SQlJQgSDAnRioLRKofhM5uQ0YmFnN/9W2tnZ2d7Hx+shnlqHZ21gAaGyoK21DVOb&#10;pygMa8WDJB6fnPsEd9xxJ9pIJOa4a2sbibtLzN3WTNu8vmNqK0ZHx8TLgjAhXgH8to+HKP2VhHOE&#10;RWOWWrxl9fJwu4974ydER4ne9TydeXVNtah3S2ML7r3nXpyjet/7k59Q/h20rxYtVN8aChVb2zow&#10;MLgBTZTeRtxbqLzjdF4aiXl4WBiCSQg5ZFQrFZ8pnJw2n889J17e3t7mrhJmM9v3NW5Ibq6uuyl8&#10;+zLWaEAchVF68pa4s6foQ1VZg6OHDuOxRx/F6Ng4br3tdjz2+BPiQf6OnfuwY8duCqXaxfMn7hO2&#10;k0LMpsYmIR5hFDb6+/qKkJEa67tyJ6e0WVph/Hk0tUq1I1in+4rHFHIIxx5LVGQUOrq6UVtdJ4YC&#10;PfbYYxgdH8dtt9+Bx594AtuJY+vWndi1ay+6uteIaZP6unuwl8rUSuIaSt4be30mbhXclKoPlDJZ&#10;OlGe/0Z8sVqlnNTrAr6MMYQL4Q4J0sNA3l8ncdeRZ7dn525R7zHiPnv2evHdhj379pMnukv0Metc&#10;s0Z0yuU+YbvpWH5OyPUW3H6+IlxVuyg/kkmlBcQ3zy3Ey9W13svT66HZJLOZzWzfx6hhZwZoNB8Y&#10;QvRgAYumBswT7KVnZqJ7zVo01zWK8XyPPvIo3v/gQzzEEyNSmMQTS45sHBedQ9d2dGPfnn0Ubq5H&#10;LH+TkbyuUMrPw00txvgpFYoHnayt55/7zBlxZ/hrtB8ayAOKizAihsJXnomCv0rF4tlc34gpCl8f&#10;+a+HBfdPyQvs6OxC/7pBjIyOizBtDXlDe3fuwSB5QvEUAjI3jzNkbjcX4fU9xl7eLOW8uchkCQFa&#10;nz/weEQWT/Y6NV4+SE5NFTOhNFK9NxPHgz/9Kd559z08/rOfo7ePJ9XcgI1jE2LMY2drhxBNfmCf&#10;GJ9A4SrVm/LjT9GxcKpclE9LJBLVLKUwa431YhKvUm83zx/NJpnNbGb7PsYPsj1cXe/hOamMIcGI&#10;pUYcEhgkwseCoiJ0dHSJgcksYNefPot9e/ejj2ez7VyDLhKt0eGNOLDvIIZHRkVHTx6eE0li4MvD&#10;c1xcuBF/SmFbC1Hx5/wvMO575eaqvpNngjCGsngaEUYekJa48wsLxbjKloZmCssmcPbUmfO4u4i7&#10;C6NDI8R9ABspXOTuDnrijiBuP62GvR7m/1Tp7NxBVBd0EmVTWFuv9HR1PRPkHwCDEDDiJq+JPyWX&#10;k5svPp7STNwTFA6e4am9DxxCf98AOjuo3u3dGBkcFn3ROExOp3CRQ+RIyoNnV3VTujD/5wqFbIA/&#10;cD1LOWeXuTo7yxQKhWF222xmM9v3NWdnx2yNt+eHPLTFoNeTF2IQIuTv54fU9DTRszwjIxM52bno&#10;bOvE6MiYeLvGb/e4s2obhUw8CwSLBzdg7iDKwsVv29Ry+X3nd1P4tlFYlan18nw3JJBFhLnDRfgY&#10;4OcvXggUl5SauLNy0NHWIXjnuckz4udu8RTm8nTUzM3Pupibn7W5KpUPOjg4SGep/saIO8HH0+vt&#10;YDonXNTbKEYG8GfkkkgMmZtn1s3KzEZbcxsJ9SjGyds01XscnSSiPLCchYtFk7tnsLfH9SZufsso&#10;n6Uym9nM9kMYP39yUSi2ary9vuDOnTw3fQRP7kciws+OwkLDEEviFBcfj2wSER7D2ETeWG1NLdJS&#10;UoVoce/4OfFwU5FwqUi4XFzedHa0T5ql+U4T3C6yTVriDg4g7iASQOIOoaW/n1Y8O5vnzs4m7io0&#10;NjSKub34ATmLLHPzm9I54WLxcFO5/kHh7MzTNf1Ptlgpl2/QeHl9qicPLIzqa+I2CVhoaAhiYoib&#10;BIq/RVpVUSme6dXV1YtuHXoegE7grhb6IN0cL4fK75C3yc+6zGY2s/3Qxh9BJW/hNPeID6Qwjr0R&#10;FhKeJYG9mmASCH6eww+keclDcFg0wkJCRG/6cGroASQ2QjyoAVO4+B414DrK+m/CxW+bHXlmKoXL&#10;CY2X59c8lXSIjqeXIW7iF9zEZeIm6Ge5KbxkboaBwOMJmZufNbm7qt6Ty+VNlPXf5ba0tFxN9T6g&#10;8fT8gsdi8oyoXG+eG5/FMISE3MTL9Q+h60DbxC2erc3WXUfnsWCLFwQql4+p3t1UJ/N4X7OZ7WIZ&#10;hVhOKoXilJeb2+f+Wq0QBH4exc/D+C0ke1jcDYC/2sMwiQqPYfSHt7u7mH6ZuydQA35d7ixtoCz/&#10;4QbsaGUlcVHIT3i5M7dGfFTjfG7hYZGXoydO7sE+x80fzeB5w/gZF3s+xP97pZNTs7W1tZjT7R8x&#10;Fm6VTHbA093tExP3efWm/NkDZW+Mvaz5epOY6UlkvWf7c3GYStx/UMic1rA3OZu12cxmtotlklWr&#10;rGTOzkMeburXuGHyAGOeG4tnRg3w1RC05GH5Cm/Dn9K8WLREtwD2uFSfuimVjysUjsmU1d/1er5t&#10;EskqK6XUedBd7foqc2vnuU28PMUOc/NDcU7nTqiz3g5xu/zVTaX8mVIq5W4Ri0w5/uPGg8YVTrI1&#10;JEIvz3NznefqLepsEnR+IcBiTZyCm/CZm4vLM0qZLI8q8e0H9GYzm9kumkksrlA6S8Io/DmlVqne&#10;clerPyZB+dRdrfqcvJsvqbF+5eri8qVaqfxMpVSeI+H60EWp/LVS7twrJ+9tNpfva4scHR1D5M7O&#10;J1xVLsTt+rEHc7uqPndzVRG36ivim+VWnFMrFR9SGV5wkckGVP/6A/KFMokkgLgPEfcbxP1H4v6E&#10;6v2FqLeLi+Amvs9cFVRvpfJDF4XiJaVcPkph6gVdIsxmNrP9L9qqVauuovDLx9HBod9JIrlH7uQ0&#10;TQ31PaWz84fUwP8gc3Z6msLDk3JHxyKZTGZHp/xNl4Tva8wtkdh4kZD1yaXSexTOzi8p5M6CWyET&#10;3M+Qh3iKylQy24/rb6Yj/77GIaednZ2bxF6yRuboeIfC2elFhai37EOFk/PbVPfniPess1RaQeWT&#10;0Cn/tJdpNrOZzWxmM5vZzGY2s5nNbGYzm9nMZjazmc1sZjOb2cxmNrOZzWxmM5vZzPZ/3iws/j8J&#10;ubu0yAadlwAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAp6IHRgEHAAABBwAAFAAAAGRycy9tZWRp&#10;YS9pbWFnZTMucG5niVBORw0KGgoAAAANSUhEUgAAAFAAAABQCAMAAAC5zwKfAAAAAXNSR0IArs4c&#10;6QAAAARnQU1BAACxjwv8YQUAAAIKUExURQAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAIhNjGoAAACtdFJOUwABAgMEBQYHCAkK&#10;CwwNDhAREhMUFRYYGRscHR8gISIjJicpKistLi8wMTIzNjk8Pj9AQUJDRUZHSUpLTlBRVVZXWFla&#10;YGRlZmtsbW5vcHJzdXZ3eHl7fH5/goOEiIqLjY6PkJGTlJWWmJqcnZ+goaKlp6irr7GytLW4uru9&#10;vsDBwsTFxsfJysvMzc7Q0dLT1dbY2dvc4uPk5ebn6ert7/Hy8/T19vf4+fr7/P3+L7aGWAAAAAlw&#10;SFlzAAAh1QAAIdUBBJy0nQAAA8dJREFUWEfd2OlDTFEYBvCrRAgVhQiRLSJL1shSliyRnUJjJ7JH&#10;siRLtuw7FZWomf/RnOc8M+6de5apb/w+nfe8z1t3us29d8b5L6QsKA+ElS9I4Ub/JeZueRHyaNk0&#10;JYHNvit89Js/xqP7QQEDfTKujvNKl8cwFq+0Zk7qBJuGMRqP1Bscg95Pz+sDARYuF+M+R2W/OBJ2&#10;YV6WPAms3bpXo2Mz8g3zoY66idwL457Xkzhed27k8DqXckfibozOTLa1VjH5Yx03Irjvs4R9jTOM&#10;VQ3kRhQbfgcZUKqUma9jWbvIjkoZEwpHZeJhEms32VLaxojPBtk/zdJL9tS8py+qUHbLWcaQTY3x&#10;DHmk96CnO340db4nM+X2Ea1TrHzQ1brHlMs+NBpZ+aGtt5yxqAy84C+q8ythTK9rMHMRTdg2vJHQ&#10;NwgwR9nY3MNKBQGTRAal12KrlYUShkwaGIRJ2FrGSgkJk94RTAr1YqeNhRqGjLYzKWBjPgs1RIx6&#10;mAzbKmrjXzCeHxjKYdRx3oryJAsNjJhFT8twlL5LqhcyZu2MOvkoWeggYxG56JwXxWEWOpiwWMks&#10;nmBmsdDBhMVNd9Z2h0XIxpX9xrUWBmxkdIZYvpRrPQzYyOh6sbwj13oYsJGPT4fEsgZLAwzY5CF6&#10;Viz3Y2mAAZtiRE+IZRWWBhiw2Y1oFSszRA1wWJVY7sWADaIGtSIk7yGlGLBB1OC2CJVgWYABG0QN&#10;nohQPpYpGLBB1OCdCPG2jgEbGdXrdoUwYMOsTqY71IrCglmdRSLzjsUBTFgwq3NNZHawmIkJC2Z1&#10;kMllkdSL0oxZjbEi0hN9vGnBiBmjGtdFpJmF46zBiBmjaon4pylkFYYRMybVikUiyEK4hBkjJtVw&#10;gNUshKwghkyYVCoTgeBoVmA/LQyqJHWKwH1WUgaGTBhUwT0kNIQVNWDTgDmFPPRrWUWkK79RcWHO&#10;L7ldtLt9Tx67MKbHmN8rtNeycnmPhhZTPlfRfczKLVV+eNRhKpb8iN05lKUHLmlaDMU4LpuTWcbg&#10;B3A1ZryuyN4Klj78fUqMuCXj81coVMFa4YhMqDDhMrVNdjazVqqRGQUGopLPsWH8msVxShjzYT9i&#10;Yxf3F3NDa7bmLcM2JBTjehXWYf2qynHSPjDsxW7YtIbI0YUexVwRNCpUB4lOwoSFuF9KP4uwGYdR&#10;dzniEjjW0PKZa6lW+fbQyHzGKZ3g7fhe7V/ZtziqVJvBWJ8UPVVeL7oa5zDQd4nTK2Kuas2lOQPY&#10;7L/0wp2BQKB6y9xB3PiXOc4fOyNJev/p7gkAAAAASUVORK5CYIJQSwMECgAAAAAAAAAhAGOc6Zdu&#10;GQAAbhkAABQAAABkcnMvbWVkaWEvaW1hZ2U0LnBuZ4lQTkcNChoKAAAADUlIRFIAAAFFAAAAZAgG&#10;AAAAEfMiegAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAABYlAAAWJQFJUiTw&#10;AAAZA0lEQVR4Xu2deaxd0/vGt99fqLlBVE1tDTELpSkqBDVEjEFFpSlB26BKlaggFDVr0xqCNDSG&#10;GEpEDRWipaE1KzFUCVXEPH3xl9/9rJ7neO/uPsO9vbc9557nk+zcs9fee+01vOtZ71rnnrXW+LeN&#10;zBhjTOL/Sn+NMca0YVE0xpiARdEYYwIWRWOMCVT8ouXmm2/O3njjjdJZe0aPHp3tt99+pbNiLrjg&#10;gmzIkCHZ0UcfXQppD/GvtdZa2ahRo0ohHWfGjBnZ888/nz3wwAOlkNo8+OCD2SuvvJL9/PPP6Xyn&#10;nXbKzjzzzGzjjTdO51zr1atXtscee6TzrqYr8t1RLrvssqx///7ZiBEjSiHLefLJJ7O5c+dmN910&#10;Uzrv7rx3B9Q/+Zg2bVopxJiVo6KnOG7cuCQ2EhyEUOe1BPH777/Pvvnmm2zLLbcshazI119/nfXp&#10;06d01jFoBGPGjEkNerPNNiuF1obn5syZk4SafFx55ZXZTz/9lE2ZMqV0R5a9/PLL2WuvvVY663o6&#10;km/KEUHj78rAOwcMGFA6+49ly5Zlm2++eems+/MOdEocXcVnn33WaTsypoiaw2e8B9h+++3T33r4&#10;+OOP099KHkc9olmJt99+O1u0aFF26KGHJu8nNupa8BzP8Cxsu+222amnnpo+i0svvbTbvLiO5pty&#10;RNDkxXaGTz/9NPv7778LO7LFixe361S6M+/iww8/LH3qGvLCbszKUvP/FDXczA9P4jB0zTXXTN6X&#10;hsoMa99///3knSxcuDA1yv3337/c4Hhu+vTpZS8Usbj//vuTaHEvwnXuuefWFAO8RQQuDtFvv/32&#10;9M7Jkyev8DxpxlMcOXJkoUgguDfccEM5Xdx3yCGHpIaMR4KAXHzxxdnTTz+dvNR8vsg391111VXp&#10;HOLQtSjfjz76aLmMNtxww+yMM85IncmkSZOyDz74IN0H5JM4GC4+99xzSVzz5Q6kQWnjvXvttVe7&#10;IXLklFNOKU+FxLyT75NPPrnceUDMB+8gzdR9TDNoOCu7YAqFZxR/hHcRPnv27HJe89MZta7n8zBz&#10;5sxsl112WWGqgPLcaKONsr/++itNC5G2c845J9WB0pu3u2o2XimfQDoef/zxZAtAHQwfPrymPZvG&#10;oKanuGTJkmQsEQwCYxk7dmwybIzr4YcfTgYGeDcYC8Oae++9Nxs/fnw2b9689AzgocQ4NXxFyIiP&#10;5+66664UVgnexTvyXtcGG2yQ4i4ywGHDhmUDBw5MwsScJ0avNMNHH31U9pzkYZH/0047LbvtttvS&#10;+YQJE9J10qp80QiARpAvqzh0zecbQWT4rnzTsGnUgNeGACBMXKPBUX4PPfRQduyxx6awSy65JDVM&#10;vV+dEeFcR7C5XuRJqS7UOcS8cz8emCAO0ilB5B2qe0Ri6tSppTuzlD7CuEa+EGTsBdGkvIBrHJQ9&#10;z/I+hTHfKnvQ9X79+qVr1AHQgYLyzSiG/Nx9993txClCfij/vffeO8VFPRA34k5eiJs8vvDCC+n+&#10;WjZeKZ+AiGPDXOPATqlr0xzUFEWMqWjeDoFh+Al9+/ZNfwXPxF6VBoERYpSAUEgcMGzEBGNluIgh&#10;ImzRSyqi0hCddCEolcCrYy6R3pt3XXfddWVDx/uSgOAd4gURF/lEZPE0EFUaHef5d+fn7sgbQqqp&#10;h5hvIJ8nnnhiWcB79+6d/grKJc6XMee38847p8+k/bvvvktpfPfdd1MYDXPo0KHlekFQyU9R/X31&#10;1Vft0hLzTjgCAZQNoki5Au+g7Hg3aVh77bVTHvkMpAehIe/kCzHZZptt0rUovIAAcX8UMexAHpau&#10;693ER3kdeOCB6fzLL79M1+fPn586XzxW2VyEDg5hOvvss8udAHnl2Xz9RqrZeLV8Eg+2LpGkUx00&#10;aFD6bBqfqqJIg8CYtthii1LIchiCMITD22JYdcUVVyQjwTj0TN6Do5FxDyCaauw0aIYfxKcDQcJL&#10;qkbe6+oIGDoGT7oRAwlsFK2YRkEe4jslBIhjXgCBRosIUC4Q46Sc/vnnn+y+++4rlyPeh4RJnmoU&#10;XjoK0hjLClEiTtLC/XHICwhMvv6AfMf8xbxTT9QhMFVAOGKid1A/MQ1c33TTTdP9TC+QB7w2pjdA&#10;wsI7Y6dBPAx1K1F0nbhUJpQnAoQHx5A/30mJzz//PNmY0gHUZf7Lp1hW1WwcquWTjhePledJF/mo&#10;lDbTeFQVRYmFelfAa6AHpPdjnor5M7wXNTDEAaIRqKfecccdy5/VqwLGRTw6iBuPoBo04rxoVQPD&#10;Zr4xIgMHRIpGKzGnwTFsE0XpjsIsryXGSSOLIhefZwhIHpjDUjnyvDwpGnI+PmDoHMsKzzAvhEKi&#10;HetPRC80n3c8VtJGmvEM83UR30/6jzvuuCQIeh+eH3PQ2AWiIeqpM4bm1TrEOF1A+WNTRx11VDZr&#10;1qyUjyKoy9iZQcw/xLKqZePV8knaKDc8Vp5lbhbRJsw0B1VFEaPLD71o2PTONAKMUJPuEhAMEJiv&#10;A4zhjjvuSIbOMwy7gKEj7LbbbqmxyNC5/9Zbb02iUI3odQnSwoR6ETQK0qkhDe/hfwbxIPDu6AD4&#10;LDHPe1j09ohU9DZId2xseBfEq3JhQl/ll8835YhgInpKC8K0ww47pOvkj/REKMMFCxaUzpbnFzEA&#10;eWrKHw2XIWVeDATvZ/4O8nlHGPAI8WLxeJRnwrkP0QDyydyv/o0HzyjOnRF/zAP50ztBdSIxI82c&#10;H3DAAekcweOc8gGuIzDrrLNOOic+6givH5usNA8dOycgPvJP/CJOJ9Sy8Wr5ZORDuSlPePKgejeN&#10;T1VRxJjyQ4x99903DT341o8hBcJEA5KA8AyeCwbLPddee22Kg28MAQFCKM4777x0TkOkV6Wn5X4E&#10;kcZXyfsBDA7DzQ/RESnNheWhV6eB06B5z+WXX55EjLkghIkOQA0neg2iSISjtzF48OD0PPGqXEAi&#10;l883X4LghZEWGpHEU8JEZ0G5cl0dBmVImgnjIL/MkwEN+KSTTkpDcK4hntG7ycO8II2dvMa8C9JD&#10;Wcb5PqC8lG6+dEI8TjjhhHQNj5FyUvrw+uK/PJHn2HERN2kkHu5H4PGsVO6IHdexIV3nGfKaryPK&#10;hvSqM47k7bhoOM0XaiqrWjZeLZ9HHnlk6jypZ66RHuol7/GbxsVLhxljTKDmt8/GGNNKWBSNMSZg&#10;UTTGmIBF0RhjAhZFY4wJWBSNMSZgUTTGmIBF0RhjAhZFY4wJWBSNMSZQ+DO/6e8uLX0yxpieyejd&#10;2q+RKQpF8ZNPPil9MmY5L/y1dnbwWv8rnRnT/Gy33XalT+3x8NkYYwIWRWOMCVgUjTEm0CNFkYVW&#10;2eTJrB7YoIpFg3/55ZdSSM/EdtYzaWpRZDXruAeIYGn/J554onTWddDY33zzzdJZ5+D5SuluJiiL&#10;888/P+WFg530CIN33nkn7fH87bffpvOugPg5aoEQU8ZsL9BRqBPykqen2pnuYW/z2IGpHOop75WB&#10;TdHYvZF3c7DKOedKkzocpbOoTAjnkO2B7ucA8kHc9dIjPUWW4r/llltKZ13HjTfemJaYN8vL4tVX&#10;X037onC89957aasCYEsB9n3RVgyrErYeoI7YR6W76Sl2xqZr2nOGzqTWnutdBXsIHXHEEWn/Gt7P&#10;1g3jxo1Le2Wvt956aYuJejs3ykxcc801pU/LGT58eIq73pFLjxRFegh6B3oaPqvH0Tk9CT3L8ccf&#10;n87plei1QD0W4Rx4Q4QRHxvfg+IgPHpLsYHkrxFnUaWQBo6ia80Am0ix0RT7zLCHNsjToIzUazPU&#10;pJxVTtyDV8ChsqeMo3fCvfE8QnzRq9C7JCZ4qnqW+PVuylpeBWWuuuZ6rb3G8yh91ews2gHplY3E&#10;d3OsTjtDmCgvyoU90XfdddfSlf+IaSWNEivVI+GxbCkDlTl/VceC5xctWlTewzuy5557pr2aEMd1&#10;1123FFoZ0k+ZYROkh7jZ20doI7Rnn302/a1Fj/6ihcJYf/31s7feeiudv/TSS2mzKwqd7Sv5/Prr&#10;r6eNheihqFA8DXoVhkZsxv7777+nHdouvPDCckFTWez8RsVFb4ldC6kUyF8jznylYGhUIBs5Ndtu&#10;b2y1+uuvvyYRwuifeeaZijsHwiOPPJJEEwOmnJYuXZq2nKV+8Bg6Ag2bDcKoM+oPr4K4eD+NGtj0&#10;ijqjTrmPOuZe6py6B+qDeuGZiRMnpvrqDNXsjLhp/NgSaSTvNN5GsjM23WJTMTx9xIWyjSBwxMum&#10;b6SVe+SJI6bUKWXLHt3aUIwtfIERA2XPcxFGFsAGbcAGZJQh70Zk77nnnqxXr151tQt2uRw/fnwq&#10;S8qAONg8LEL+SGM99GhRBCps9uzZ6TN/Oaf3pUFzvs8++6SKhT///DPbZJNNUuXQkDDogw8+OBk9&#10;Q0EVNMZOZfE8vSrXOSh4bfeZv4ZxMKwUiAiGxrtXxzBzZWHXOgydMkKUaKjswFjkicDhhx+eyk17&#10;OrNXM+dbbbVVEo2OQNnTQP/444807JLXQrh26Ovbt28qVzVSypm6pl6oe1BDpV6oI+042RmK7Eyf&#10;GZ5iR/JiSXej2RliTDoRl7i1LxAvYkNZxq1dAQEn/tNPPz3lRzs7Us/ER4dJB3jWWWelcMFunyDR&#10;I21sz4uwsZsicbLLJ221Hngv76cssM0i6HjqoceLIu45lYP7TmOgcdIDARWAEdGDqFfGIKgcDBXo&#10;dejZO4oaXiXwJKhEvIpmBE+F3p4G+Nhjj6WtVskzHlB3Q0OhwWDkbAmbb8QR7RGNAFLX/KWuu5oi&#10;OwPqGK+Vd3Pw7qFDhzacnSFKpK9ouoK6psNg21u2CY5Q97QjvEQ6RuWHIT15VWch77wSlBuCi6Ax&#10;PYAIg7b3rQXiOmfOnLIHvTI0vSjSY1IQOvLQy2EUVBYGQuVz8JlhGw2MyqAX59tSDBOPYvfddy9P&#10;3tKzA94HaJ6HCkcYGF5wMKwYNGhQuid/jbmVaPT0pDQEesT8fEszwKb0lCl5In/yyPCAOgvzR5Qh&#10;8eXrkmuUJ2WvzfElPL/99lv6C3o/3glDZ7wOYDjGszTgUaNGpTC8M1Ae1BCL6IydgURBdoCdMdxt&#10;JjtjrpU8UZbxPwooX95H58QQHa9R3hhD4JkzZyZxpFPIi7f2OdfIYuHChcmbRRDJt77V133w1FNP&#10;lcu/o3lhn3iVay2aXhQxEApTRxEYDpXCXzF16tT0FyOlMTBswJAPO+ywVIl4IhgtQxUNCfCKMA6e&#10;wSMaO3ZsMhR6UQ68Jd2LIcZrxEncEXpF0kRD0gR1s0D5kT/ySf6AcqzmtdWCIRbCQnw0LspeHHPM&#10;MekvZU85co06Yp6O4bvg/dQDIoDYcI4QIkQ8y1BddqJ4yMOUKVPKAlpEZ+0sbyOyg2ayMw19SSfi&#10;RR0B7UVzeYgjnRPDcKCMKGvCqQvuiTDMBeZRgTySdu5VPRF3HApzTeU/a9asUmhtEF7iGzhwYCmk&#10;Ol4QwtSFF4QwXQ3fVjPsxsvsTvCg6TCYJtMcJnhBCGNMQzFy5Mg0tVDpy7mugm/C8UKjIFbDnqKp&#10;C3uKpqdhT9EYY+qg0FM0Jg+rsVdaqdiYnoQ9RWOMCVgUjTEmYFE0xpiARdGYJmPJkiXZgAEDSmem&#10;q2lIUeRnSmussUb5WBmuv/76dHQno0ePbvfTKhtt64B9xl+QYGuyW+xC8DNIhUfb4Fn9RLJe+Fkq&#10;/4xcL3feeWdKV72/6Gh1Gk4UMRD+0ZIvxTn4eVU0rjzcH40yf25Md4HQ6HfU4sUXXyzbLj9BlOCN&#10;GDEi2TLhrCa0Mh0179DP/OqBn+lddNFFWe/evUshphoNJ4pXX311+o2jYJ216dOnJ+NST8vBOQe/&#10;GWVtN8K4L57LICMxjiLy7xEILeJMWPQK60HPcUSBx2MgXsLxLqOXoXdEr7la52BWLdQX4sTvdCNx&#10;LUNWwwHZIbYMPMOzeahj3as618H7gL+LFy/O+vXrl86xIdkXn6P9RvvnuXp/0dHqNJwoUuGssJEH&#10;g4reI+JJGJ8xPsIxjnguIxQIED+wVxxFIoOo6p7Jkyev4HUSHterE3i3Msa42CqihkHyHAfLRUnw&#10;eA8eBOEY+YQJE8r38Q6emzFjRjkMoqGb1Qe2w8K0laDu6Jxlg3HI3KdPn2TnEa5jk9xP3Ngedc5f&#10;nASJYH7ojA1tvfXW6V7ikD3xDG0Efvzxx7Q4xrRp09K5qU5TfdFCpSM6CFdnwEgRLMWBQEUQHARV&#10;BsgQJRpv3iuIYIQSLwxVzJ07NxmqwKBZd09EgeXdsfGwB4i8Xg6GY/Pnzy9dNasLOjVsJN/pRhC2&#10;OOKpBrZI5xfjY5Uc+OKLL9rZCysR5YfODI2BNEkIcSxku2PGjEkL17J8GmJtqtNwoogoLFu2rHT2&#10;HwwtmYtBdOhRO4uEiyPfW69uGHoh1AigvEnmrGKa1QDM6oOOjg5KnSsdV+zMEMSDDjqoXYcXbQ37&#10;jvfjDcaOHs9PIw/sQXWOoPGcOu16wZbYioB4OvpsK9JwoohXFQ0EQ9AwF2OBznpLeIkSmyIY1mDg&#10;6k0ZqiDEKwNpxgsQ9PSDBw8una0IRouHQcNjUUwan2ksmLtWJ6XpGomebDV2XniAjB409cGK1Iim&#10;wB4QRj3LfKOmcKKYYo/xOdNNtBV8w9FmIEyglQ+h8zZx+7fNEEuh/6ZzwtsMdIVz4uKANkMrx8HR&#10;5oWl8EibIJWvE4/gfYo/D/HwnOA9+WcVp9ICnIt82jiHfFlUSkN3M+2dr0qfTIT6kC3yOdYVh2ws&#10;2lW03WhXfJa9FsWBTckuBNdFtMO8DZr68YIQpi68IMSqgyFy9BAZRreJXPIk8zv1ma6nqb5oMaYV&#10;4Ms4hFAH0ykeOq867CmaurCnaFoFe4rGGBMo9BTxCowxpidTaeTj4bOpCw+fTavg4bMxxgQsisYY&#10;E7AoGmNMwKJoTJOh30Cb7sGi2AZGFv9ZVsuFKdyYPHHtS/1mGWJ4tJ24zmEUNGyto8vBeeXt7sWi&#10;WKJ///7pB/j6Ml7LQ/nLeVNE0QrbdKJxTcxRo0YlMQKvvN08WBQL4OdUWsMu9vb08OrtOTraw5ue&#10;Q9EK20XLcrEuouxE6yV65e3GxqJYAMt7aZFPQc+u9Rz5LerkyZOrLjJqWgPEJq6wjW1IlFg2Tmsq&#10;xiGzV95ubCyKJTAuGTNGV7TlgNZzxItkRWRjEDAESLAOJp4jYsZQWh5eNbzydoPR1qu0PNXWnlMR&#10;tRl++qyj1fB6iivC+oWsfSji2oqAzWi9xGhf8T7+Eke0KZ1zxOew0xg/xOe8nmLXYE+xTvAANFHO&#10;YVobfeMcV9heunRpu2ExHh7eGx4gIxHN8Xnl7cbGolgnQ4YMScMcDbHzu/yZ1gFx4xtn7dPCgaAx&#10;5cK8nsIYPrN1ATDElv0whI1iCpwTztw1wsd/Q8S4oWjobLoeLwhRJ4ggBh6/9WNTIZ33dLwgxKoD&#10;24oeIsKI54g4euXt7seeYp3wrV7svfkyplUE0axavPL26sWeoqkLe4qmVbCnaIwxAa+8bYxpSbzy&#10;tlkpPHw2rYKHz8YYE7AoGmNMwKJojDEBi6IxTQa/fOEfvE330LCiyCKv+udV/cyJn1c1w8/r4pp2&#10;HCuzoKhpTKjTvH0KzgmPRJuIguaVtxuPhhXFYcOGlX8U30wg5vzGlXTr4Af+nV2yiQbk5Z4aj6KV&#10;twGR43fyebzydvPQFMNn/aheIBT0uNFrRDiKeuJK4XxWj85RJDx5j0/wnJ7NG/fEiROT8Uf4vap+&#10;Ehg94Hx6FC7PgzA6Bn5eqDDTGBStvA2E59filGBqvUSvvN3gtPVcDYnWL2SNOME6dITxF1gvLn4W&#10;PKt17iqFEw/nQFh8j+CeNlFKn7lHa9lxb35dO1GtSIkrXieeoveSZr03fl6deD3FYvJ1KmIYNhrt&#10;hWdkl4RznXPZMjYhO+Wv7BQ41zXgPTonLsXLM3rnDz/8kOLkr6lNw3qK9LZt6UufY0/ZVtHlHpdh&#10;CGvYca3N0Mo9JENvDVmLwoV6dIYirHgToZflXeqRuSeuXMJwqBbR+yMtCxYsSJsZCTwG5SvOUZFm&#10;0xzgpbUJUOmsc3jl7cai4YfPDJ0REiaXq9HWQyYR1aHhTaXw7oL3adiCUfJOwqqBocZd4GrdbxoD&#10;BJGVa4q2rsgTO9Rly5alDlO0eXpJGAXbXtCB00HSWUv0sBOe6+jqTEzZTJo0KcXT0WdbkYYURSo/&#10;zqFxnt9IKkJF413FORSoFC4wFkBw8TojbC7EhkTqWYvuKYKeOhp4pG/fvmlSXsQVmCWEvM+eYuMj&#10;+5RgVcMrbzcXDSmK6s00nOS8Vm88b9688srGHPoCpFI4sMUAYXGFZME7GRYhVtzDsCV/TxGkk+f0&#10;Pg4gPhoHxq9wBFC9N4JLGO+LniL/esF57CTM6gVxK1p5GzRlAvyVvWETskPVe4Rzwrkf4ZPdxbi9&#10;8vaqoWUXhMDYWjTrncILQqw6ENboIWKreI6IY3dP/5gm+ZccY1oJr7y9evHSYaYu7CmaVsGeojHG&#10;BLzytjGmJfHK28YYUwcePhtjTJks+39L/1cCKQDqXwAAAABJRU5ErkJgglBLAwQUAAYACAAAACEA&#10;iUgLJN8AAAAIAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3KjdKA1RGqdCSCAE&#10;B0qJxNWNt0lU/0Sx2wSenu0Jjjsz+nam3MzWsDOOofdOwnIhgKFrvO5dK6H+fLrLgYWonFbGO5Tw&#10;jQE21fVVqQrtJ/eB511sGUFcKJSELsah4Dw0HVoVFn5AR97Bj1ZFOseW61FNBLeGJ0Jk3Kre0YdO&#10;DfjYYXPcnayENDmYfPucvf281PX0+pX29+K9l/L2Zn5YA4s4x78wXOpTdaio096fnA7MEINyElbL&#10;DNjFXSU5LdmTkiYCeFXy/wOqXwAAAP//AwBQSwMEFAAGAAgAAAAhAFd98erUAAAArQIAABkAAABk&#10;cnMvX3JlbHMvZTJvRG9jLnhtbC5yZWxzvJLBasMwDIbvg76D0X1xkpYxRp1eRqHX0T2AsBXHNJaN&#10;7ZX17WcogxVKd8tREv/3fwdtd99+FmdK2QVW0DUtCGIdjGOr4PO4f34FkQuywTkwKbhQht2wetp+&#10;0IylhvLkYhaVwlnBVEp8kzLriTzmJkTiehlD8ljqmKyMqE9oSfZt+yLTXwYMN0xxMArSwaxBHC+x&#10;Nv/PDuPoNL0H/eWJy50K6XztrkBMlooCT8bhdbluIluQ9x36ZRz6Rw7dMg7dI4fNMg6bXwd582TD&#10;DwAAAP//AwBQSwECLQAUAAYACAAAACEAsYJntgoBAAATAgAAEwAAAAAAAAAAAAAAAAAAAAAAW0Nv&#10;bnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAA&#10;ADsBAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCEOW07UwwAAHNcAAAOAAAAAAAAAAAAAAAA&#10;ADoCAABkcnMvZTJvRG9jLnhtbFBLAQItAAoAAAAAAAAAIQBwGwvaNuAAADbgAAAUAAAAAAAAAAAA&#10;AAAAALkOAABkcnMvbWVkaWEvaW1hZ2UxLnBuZ1BLAQItAAoAAAAAAAAAIQA6eevyL9MAAC/TAAAU&#10;AAAAAAAAAAAAAAAAACHvAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ1BLAQItAAoAAAAAAAAAIQCnogdG&#10;AQcAAAEHAAAUAAAAAAAAAAAAAAAAAILCAQBkcnMvbWVkaWEvaW1hZ2UzLnBuZ1BLAQItAAoAAAAA&#10;AAAAIQBjnOmXbhkAAG4ZAAAUAAAAAAAAAAAAAAAAALXJAQBkcnMvbWVkaWEvaW1hZ2U0LnBuZ1BL&#10;AQItABQABgAIAAAAIQCJSAsk3wAAAAgBAAAPAAAAAAAAAAAAAAAAAFXjAQBkcnMvZG93bnJldi54&#10;bWxQSwECLQAUAAYACAAAACEAV33x6tQAAACtAgAAGQAAAAAAAAAAAAAAAABh5AEAZHJzL19yZWxz&#10;L2Uyb0RvYy54bWwucmVsc1BLBQYAAAAACQAJAEICAABs5QEAAAA=&#10;">
+                <v:shapetype id="_x0000_t75" coordsize="21600,21600" o:spt="75" o:preferrelative="t" path="m@4@5l@4@11@9@11@9@5xe" filled="f" stroked="f">
+                  <v:stroke joinstyle="miter"/>
+                  <v:formulas>
+                    <v:f eqn="if lineDrawn pixelLineWidth 0"/>
+                    <v:f eqn="sum @0 1 0"/>
+                    <v:f eqn="sum 0 0 @1"/>
+                    <v:f eqn="prod @2 1 2"/>
+                    <v:f eqn="prod @3 21600 pixelWidth"/>
+                    <v:f eqn="prod @3 21600 pixelHeight"/>
+                    <v:f eqn="sum @0 0 1"/>
+                    <v:f eqn="prod @6 1 2"/>
+                    <v:f eqn="prod @7 21600 pixelWidth"/>
+                    <v:f eqn="sum @8 21600 0"/>
+                    <v:f eqn="prod @7 21600 pixelHeight"/>
+                    <v:f eqn="sum @10 21600 0"/>
+                  </v:formulas>
+                  <v:path o:extrusionok="f" gradientshapeok="t" o:connecttype="rect"/>
+                  <o:lock v:ext="edit" aspectratio="t"/>
+                </v:shapetype>
+                <v:shape id="_x0000_s1027" type="#_x0000_t75" style="position:absolute;width:97053;height:31140;visibility:visible;mso-wrap-style:square" stroked="t" strokecolor="#00b0f0" strokeweight="1pt">
+                  <v:fill o:detectmouseclick="t"/>
+                  <v:path o:connecttype="none"/>
+                </v:shape>
+                <v:group id="Group 895639682" o:spid="_x0000_s1028" style="position:absolute;left:6914;top:226;width:89858;height:30523" coordorigin="6914,226" coordsize="89858,30523" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBWo51ZywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvhX6H5RV6q5sohhhdRaQtPYjgHxBvj+wzCWbfhuw2id++WxA8DjPzG2axGkwtOmpdZVlBPIpA&#10;EOdWV1woOB2/PlIQziNrrC2Tgjs5WC1fXxaYadvznrqDL0SAsMtQQel9k0np8pIMupFtiIN3ta1B&#10;H2RbSN1iH+CmluMoSqTBisNCiQ1tSspvh1+j4LvHfj2JP7vt7bq5X47T3Xkbk1Lvb8N6DsLT4J/h&#10;R/tHK0hn02QyS9Ix/F8Kd0Au/wAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBWo51ZywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                  <v:shape id="Picture 398279436" o:spid="_x0000_s1029" type="#_x0000_t75" style="position:absolute;left:73138;top:573;width:23534;height:14667;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA0QLCPyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heUJvujEWG6OriEX04sFU74/sM4lm34bs1qT/vlsoeBxm5htmtelNLZ7UusqygukkAkGc&#10;W11xoeDytR8nIJxH1lhbJgU/5GCzHg5WmGrb8ZmemS9EgLBLUUHpfZNK6fKSDLqJbYiDd7OtQR9k&#10;W0jdYhfgppZxFM2lwYrDQokN7UrKH9m3UdB92nh6PNzi68mYnczuiT3sc6XeRv12CcJT71/h//ZR&#10;K5gtkvhj8T6bw9+lcAfk+hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA0QLCPyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                    <v:imagedata r:id="rId19" o:title=""/>
+                  </v:shape>
+                  <v:shape id="Picture 571257407" o:spid="_x0000_s1030" type="#_x0000_t75" style="position:absolute;left:6914;top:226;width:61926;height:25993;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCoSGl+yQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYVeRDcRNRpdpbQIngRtyfmRfSah2bcxu9XUX+8KgsdhZr5hVpvO1OJCrassK4hHEQji&#10;3OqKCwU/39vhHITzyBpry6Tgnxxs1v3eClNtr3ygy9EXIkDYpaig9L5JpXR5SQbdyDbEwTvZ1qAP&#10;si2kbvEa4KaW4yiaSYMVh4USG/osKf89/hkFmGfnyf6WzXdxt/0yi4FZ2FOm1Ptb97EE4anzr/Cz&#10;vdMKpkk8niaTKIHHpXAH5PoOAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAqEhpfskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;">
+                    <v:imagedata r:id="rId20" o:title="" croptop="10271f" cropbottom="2513f"/>
+                  </v:shape>
+                  <v:shapetype id="_x0000_t32" coordsize="21600,21600" o:spt="32" o:oned="t" path="m,l21600,21600e" filled="f">
+                    <v:path arrowok="t" fillok="f" o:connecttype="none"/>
+                    <o:lock v:ext="edit" shapetype="t"/>
+                  </v:shapetype>
+                  <v:shape id="Straight Arrow Connector 496558228" o:spid="_x0000_s1031" type="#_x0000_t32" style="position:absolute;left:7992;top:3019;width:38767;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBxpIOqyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4P9j+EJ3ibqcWKVqOMwWDqLtOBens0z6bYvHRN1Prfm8PA48f3e77sbC2u1PrKsYLhIAFBXDhd&#10;cangd/f5NgHhA7LG2jEpuJOH5eL1ZY65djf+oes2lCKGsM9RgQmhyaX0hSGLfuAa4sidXGsxRNiW&#10;Urd4i+G2lmmSjKXFimODwYY+DBXn7cUqWO/Oe1dno+/933G12axPB2vuTql+r3ufgQjUhaf43/2l&#10;FYym4yybpGncHC/FOyAXDwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBxpIOqyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 356207250" o:spid="_x0000_s1032" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="12742,19223" to="12742,30451" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCAaKQ0ygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NasJA&#10;FIX3Bd9huEJ3OmlKkjZ1FBGULgTbtAS6u2Ruk2jmTshMNb69sxC6PJw/vsVqNJ040+Baywqe5hEI&#10;4srqlmsF31/b2QsI55E1dpZJwZUcrJaThwXm2l74k86Fr0UYYZejgsb7PpfSVQ0ZdHPbEwfv1w4G&#10;fZBDLfWAlzBuOhlHUSoNthweGuxp01B1Kv6Mgu5QH4vX3W6795sswfSnPJYfpVKP03H9BsLT6P/D&#10;9/a7VvCcpHGUxUmACEgBB+TyBgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAIBopDTKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Straight Arrow Connector 1056220494" o:spid="_x0000_s1033" type="#_x0000_t32" style="position:absolute;left:26792;top:8835;width:31011;height:112;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAdtSnDyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEG+xtJitVXGcUEQab7kUdqG9HczbF5tI1mdZvvwwGPt7v/01mvWvEmbpQe9bwPFAgiEtv&#10;aq40fG3fnsYgQkQ22HgmDVcKMJve302wMP7CazpvYiVSCIcCNdgY20LKUFpyGAa+JU7c0XcOYzq7&#10;SpoOLyncNTJTaiQd1pwaLLa0sFSeNj9Ow3J72vlmmH/uvg8fq9XyuHf26rV+fOjnryAi9fEm/ne/&#10;mzRfDUdZpvKXHP5+SgDI6S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAHbUpw8kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 578798409" o:spid="_x0000_s1034" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="46759,1990" to="46759,6978" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDWAgfYywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gq96aalmj+6ShGUHgrVKAFvj+wzic2+Ddmtpt++Wyh4HGbmN8xiNZhWXKl3jWUFz5MI&#10;BHFpdcOVguNhM05AOI+ssbVMCn7IwWr5MFpgpu2N93TNfSUChF2GCmrvu0xKV9Zk0E1sRxy8s+0N&#10;+iD7SuoebwFuWvkSRTNpsOGwUGNH65rKr/zbKGg/q0uebrebD7+Opzg7FZdiVyj19Di8zUF4Gvw9&#10;/N9+1wqmcRKnyWuUwt+lcAfk8hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDWAgfYywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:line id="Straight Connector 1314978028" o:spid="_x0000_s1035" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="7992,1990" to="7992,6883" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOQFivzQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;EMXvhX6HZQq91Y229U/qKiIoPQi2qQS8DdlpEs3OhuxW02/vHAo9zrw37/1mvuxdoy7UhdqzgeEg&#10;AUVceFtzaeDwtXmaggoR2WLjmQz8UoDl4v5ujqn1V/6kSxZLJSEcUjRQxdimWoeiIodh4Fti0b59&#10;5zDK2JXadniVcNfoUZKMtcOapaHCltYVFefsxxlo9uUpm223m11cT15xfMxP+UduzONDv3oDFamP&#10;/+a/63cr+M/Dl9lkmowEWn6SBejFDQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAAT&#10;AAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/&#10;AAAAFQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAI5AWK/N&#10;AAAA4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAAB&#10;AwAAAAA=&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Straight Arrow Connector 1534577576" o:spid="_x0000_s1036" type="#_x0000_t32" style="position:absolute;left:12663;top:29556;width:44803;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCM2LM6yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4X+h+WKXirm1ZjSuoqpSD4ulQL6m3IjtlgdjbNbjX+e7cg9Djfe8bTztbiTK2vHCt46ScgiAun&#10;Ky4VfG9nz28gfEDWWDsmBVfyMJ08Powx1+7CX3TehFLEEPY5KjAhNLmUvjBk0fddQxy5o2sthni2&#10;pdQtXmK4reVrkoykxYpjg8GGPg0Vp82vVbDcnnauTofr3c9hsVotj3trrk6p3lP38Q4iUBf+xXf3&#10;XMf56WCYZlmajeDvpwiAnNwAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAjNizOskAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Picture 1978744441" o:spid="_x0000_s1037" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:25125;top:9121;width:3334;height:3334;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBzb9f8ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9BbsIw&#10;ELxX6h+srcStOCBUaMCglgo1h14a8oDFXpJAvI5iN0n7+rpSJea2OzszO5vdaBvRU+drxwpm0wQE&#10;sXam5lJBcTw8rkD4gGywcUwKvsnDbnt/t8HUuIE/qc9DKaIJ+xQVVCG0qZReV2TRT11LHLmz6yyG&#10;OHalNB0O0dw2cp4kT9JizTGhwpb2Felr/mUVvF+K+jU/XfuP7PCTadZvxWCPSk0expc1iEBjuB3/&#10;qzMT339erpaLiBn8dYoLkNtfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAHNv1/zKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                    <v:imagedata r:id="rId21" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 439729714" o:spid="_x0000_s1038" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="57504,8121" to="57803,30106" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB2jyJnzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Pa8JA&#10;FMTvQr/D8gredOOfGpO6ShEUDwXbtAS8PbKvSWz2bciumn77bqHgcZiZ3zCrTW8acaXO1ZYVTMYR&#10;COLC6ppLBZ8fu9EShPPIGhvLpOCHHGzWD4MVptre+J2umS9FgLBLUUHlfZtK6YqKDLqxbYmD92U7&#10;gz7IrpS6w1uAm0ZOo2ghDdYcFipsaVtR8Z1djILmWJ6zZL/fvfpt/ISLU37O33Klho/9yzMIT72/&#10;h//bB61gPkviaRJP5vB3KdwBuf4FAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAdo8iZ8wA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:line id="Straight Connector 2041347948" o:spid="_x0000_s1039" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="26699,8121" to="26826,17462" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBR60DgyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlCr3pRo1ao6uIoHgo2KYl4G3ITpNodjZktxr/ffcg9Ph436tNZ2pxo9ZVlhWMhhEI4tzq&#10;igsF31/7wRsI55E11pZJwYMcbNb93goTbe/8SbfUFyKEsEtQQel9k0jp8pIMuqFtiAP3Y1uDPsC2&#10;kLrFewg3tRxH0UwarDg0lNjQrqT8mv4aBfWpuKSLw2H/7nfzKc7O2SX7yJR6fem2SxCeOv8vfrqP&#10;WsE4ikeTeL6Iw+jwKfwBuf4DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAUetA4MkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shapetype id="_x0000_t202" coordsize="21600,21600" o:spt="202" path="m,l,21600r21600,l21600,xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:path gradientshapeok="t" o:connecttype="rect"/>
+                  </v:shapetype>
+                  <v:shape id="_x0000_s1040" type="#_x0000_t202" style="position:absolute;left:29740;top:28368;width:10674;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBM8/VxyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LTwIx&#10;EL6b+B+aMfEmLT5IWSiEqCR6wQh4H7fD7up2umkrrPx6SmLicb73TOe9a8WeQmw8GxgOFAji0tuG&#10;KwPbzfJGg4gJ2WLrmQz8UoT57PJiioX1B36n/TpVIodwLNBAnVJXSBnLmhzGge+IM7fzwWHKZ6ik&#10;DXjI4a6Vt0qNpMOGc0ONHT3WVH6vf5yBp/Jz/NUevQtvryu9Wjwv9UZ+GHN91S8mIBL16V/8536x&#10;ef69uhtqpR9GcP4pAyBnJwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBM8/VxyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="5BF91956" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>'S'-Dimension</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="_x0000_s1041" type="#_x0000_t202" style="position:absolute;left:40606;top:7826;width:6010;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDeuCehygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heQVvujGFmqauIlqhvShqe3/Nviap2bdhd9W0v94tCB6HmfmGmc4704gzOV9bVjAeJSCI&#10;C6trLhV8HNbDDIQPyBoby6TglzzMZ/3eFHNtL7yj8z6UIkLY56igCqHNpfRFRQb9yLbE0fu2zmCI&#10;0pVSO7xEuGlkmiRP0mDNcaHClpYVFcf9yShYFV/PP82fNW77vsk2i9d1dpCfSg0eusULiEBduIdv&#10;7TetYJJOkscsHafwfyneATm7AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAN64J6HKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7E4DEB8E" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="0027461E">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Load</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:line id="Straight Connector 638684928" o:spid="_x0000_s1042" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="54281,11038" to="54432,22277" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC3OP6+yQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Na8JA&#10;EL0L/odlBG+6qdY0pq4igtKDYJuWQG9DdppEs7Mhu9X037sHocfH+15tetOIK3WutqzgaRqBIC6s&#10;rrlU8PW5nyQgnEfW2FgmBX/kYLMeDlaYanvjD7pmvhQhhF2KCirv21RKV1Rk0E1tSxy4H9sZ9AF2&#10;pdQd3kK4aeQsimJpsObQUGFLu4qKS/ZrFDSn8pwtD4f90e9eFhh/5+f8PVdqPOq3ryA89f5f/HC/&#10;aQXxPImT5+UsbA6Xwh2Q6zsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAtzj+vskAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Straight Arrow Connector 2089273141" o:spid="_x0000_s1043" type="#_x0000_t32" style="position:absolute;left:51009;top:12304;width:3436;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAefqy+ygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33SRWa1NXEaUgFITa2vMj+0xCs2/D7qrRX98tFDwOM/MNs1h1phEXcr62rCAdJyCI&#10;C6trLhV8fb6N5iB8QNbYWCYFN/KwWvZ7C8y1vfIHXQ6hFBHCPkcFVQhtLqUvKjLox7Yljt7JOoMh&#10;SldK7fAa4aaRWZLMpMGa40KFLW0qKn4OZ6PAfx93PD3N9vJ2vHd3N33XW+uUGg669SuIQF14hP/b&#10;O60gS+Yv2fMkfUrh71P8A3L5CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAB5+rL7KAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 1225931928" o:spid="_x0000_s1044" type="#_x0000_t32" style="position:absolute;left:57638;top:12292;width:3435;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQB5B0f9yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BTsMw&#10;EETvSP0Ha5G4UaeG0ibUrapKSBw4QOEDVvE2DsTryDap+/f1AYnj7szOvN3sshvERCH2njUs5hUI&#10;4tabnjsNX58v92sQMSEbHDyThgtF2G1nNxtsjD/zB03H1IkSwrFBDTalsZEytpYcxrkfiYt28sFh&#10;KmPopAl4LuFukKqqnqTDnkuDxZEOltqf46/T8BZG9/i9TJjUaVW/H+o8Wc5a393m/TOIRDn9m/+u&#10;X03BV2pZPyxqVaDLT2UBcnsFAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAeQdH/ckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="_x0000_s1045" type="#_x0000_t202" style="position:absolute;left:60226;top:11047;width:5181;height:2648;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDYn6h3yAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9Lb8Iw&#10;DL5P4j9ERuI2UkDbSkdAaIC0XZh43b3GtGWNUyUBuv16MmkSR39vT2atqcWFnK8sKxj0ExDEudUV&#10;Fwr2u9VjCsIHZI21ZVLwQx5m087DBDNtr7yhyzYUIoawz1BBGUKTSenzkgz6vm2II3e0zmCIpyuk&#10;dniN4aaWwyR5lgYrjg0lNvRWUv69PRsFi/xrfKp/rXGfH+t0PV+u0p08KNXrtvNXEIHacBf/u991&#10;nD9Kx4On5GU0hL+fIgByegMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDYn6h3yAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0E529555" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00776604">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Semi</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shapetype id="_x0000_t67" coordsize="21600,21600" o:spt="67" adj="16200,5400" path="m0@0l@1@0@1,0@2,0@2@0,21600@0,10800,21600xe">
+                    <v:stroke joinstyle="miter"/>
+                    <v:formulas>
+                      <v:f eqn="val #0"/>
+                      <v:f eqn="val #1"/>
+                      <v:f eqn="sum height 0 #1"/>
+                      <v:f eqn="sum 10800 0 #1"/>
+                      <v:f eqn="sum width 0 #0"/>
+                      <v:f eqn="prod @4 @3 10800"/>
+                      <v:f eqn="sum width 0 @5"/>
+                    </v:formulas>
+                    <v:path o:connecttype="custom" o:connectlocs="10800,0;0,@0;10800,21600;21600,@0" o:connectangles="270,180,90,0" textboxrect="@1,0,@2,@6"/>
+                    <v:handles>
+                      <v:h position="#1,#0" xrange="0,10800" yrange="0,21600"/>
+                    </v:handles>
+                  </v:shapetype>
+                  <v:shape id="Arrow: Down 1360298874" o:spid="_x0000_s1046" type="#_x0000_t67" style="position:absolute;left:53329;top:14787;width:2047;height:4163;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC74mKFxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/da8Iw&#10;EH8f7H8IN9jbTOfEtdUoMhA2hOEX+no2t7bYXEKSaf3vl8Fgj/f7vum8N524kA+tZQXPgwwEcWV1&#10;y7WC/W75lIMIEVljZ5kU3CjAfHZ/N8VS2ytv6LKNtUghHEpU0MToSilD1ZDBMLCOOHFf1huM6fS1&#10;1B6vKdx0cphlY2mw5dTQoKO3hqrz9tso2NzkUdef/iRtsSw+wtqFw8op9fjQLyYgIvXxX/znftdp&#10;/ss4GxZ5/jqC358SAHL2AwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhALviYoXHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="16289" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:shape id="_x0000_s1047" type="#_x0000_t202" style="position:absolute;left:42310;top:14540;width:10269;height:3455;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCOroHfyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/PSsNA&#10;EMbvQt9hmYIXsZtGWtLYbSmKIGIOxj7AkB2TaHY2ZNcm5umdg+Dx4/vHb3+cXKcuNITWs4H1KgFF&#10;XHnbcm3g/P50m4EKEdli55kM/FCA42Fxtcfc+pHf6FLGWskIhxwNNDH2udahashhWPmeWLwPPziM&#10;Ioda2wFHGXedTpNkqx22LA8N9vTQUPVVfjsDVIw3r8XL7Itqqz/Lx3GW/9mY6+V0ugcVaYr/4b/2&#10;szVwt9ts0jTLBEKQBAf04RcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCOroHfyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1137A357" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>15,000kg Load on Fifth Wheel (M</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="008C3504">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Semi</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Arrow: Down 375261338" o:spid="_x0000_s1048" type="#_x0000_t67" style="position:absolute;left:25756;top:12702;width:2045;height:4160;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQADAdrhxwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/Pa8Iw&#10;FL4L+x/CG+ymqXY6qUZxY0MRdrB68Phonm2xeQlNZrv/3hwEjx/f7+W6N424UetrywrGowQEcWF1&#10;zaWC0/FnOAfhA7LGxjIp+CcP69XLYImZth0f6JaHUsQQ9hkqqEJwmZS+qMigH1lHHLmLbQ2GCNtS&#10;6ha7GG4aOUmSmTRYc2yo0NFXRcU1/zMK9tvvy2+3cVP3+W7P83PBeThslXp77TcLEIH68BQ/3Dut&#10;IP2YTmbjNI2b46V4B+TqDgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAAMB2uHHAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" adj="16291" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:shape id="_x0000_s1049" type="#_x0000_t202" style="position:absolute;left:16574;top:12455;width:8433;height:4652;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCc7z9MygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;EIXvC77DMoI3RTcKiTZ1FakUSmkujH2AITtNotnZkN2aNE/fLRS8PJyfj7PdD6YRN+pcbVnBchGB&#10;IC6srrlU8Hl+nW9AOI+ssbFMCn7IwX43edhiqm3PJ7rlvhRhhF2KCirv21RKV1Rk0C1sSxy8L9sZ&#10;9EF2pdQd9mHcNHIVRYk0WHMgVNjSS0XFNf82CijrHz+y99FmRSIv+bEfA39UajYdDs8gPA3+Hv5v&#10;v2kFqyh+Wm+SeB3D36fwB+TuFwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAJzvP0zKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="1E8202B2" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Imposed Load from Livestock (M)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="_x0000_s1050" type="#_x0000_t202" style="position:absolute;left:72923;top:23802;width:23749;height:6476;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCI9/cnzAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dSsNA&#10;FITvBd9hOYI3pd001trEbotYSqUS6N8DHLLHJJo9G7Jru769WxC8HGbmG2a+DKYVZ+pdY1nBeJSA&#10;IC6tbrhScDquhzMQziNrbC2Tgh9ysFzc3swx1/bCezoffCUihF2OCmrvu1xKV9Zk0I1sRxy9D9sb&#10;9FH2ldQ9XiLctDJNkqk02HBcqLGj15rKr8O3UfC+zgq3/UybQbFabXenTThiEZS6vwsvzyA8Bf8f&#10;/mu/aQVP6ewhG2ePE7heindALn4BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAiPf3J8wA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="#c00000">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="7CAE2214" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Note:</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="3F5E5B0B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D307D2" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:pStyle w:val="ListParagraph"/>
+                            <w:numPr>
+                              <w:ilvl w:val="0"/>
+                              <w:numId w:val="43"/>
+                            </w:numPr>
+                            <w:ind w:left="142" w:hanging="142"/>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D307D2">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>The centre of mass of the single load area</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> (and toolbox, if fitted)</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00D307D2">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t xml:space="preserve"> is taken to be at the geometric centre</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:rect id="Rectangle 655572941" o:spid="_x0000_s1051" style="position:absolute;left:26353;top:19091;width:13888;height:2883;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBoidFAyAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BawIx&#10;FITvBf9DeAVvNas0VlejWEXwVFB78fbcPHeXbl7CJur6702h0OMwM98w82VnG3GjNtSONQwHGQji&#10;wpmaSw3fx+3bBESIyAYbx6ThQQGWi97LHHPj7ryn2yGWIkE45KihitHnUoaiIoth4Dxx8i6utRiT&#10;bEtpWrwnuG3kKMvG0mLNaaFCT+uKip/D1Wowk1hspujV1znz19Nx7btPVFr3X7vVDESkLv6H/9o7&#10;o2GslPoYTd+H8Hsp3QG5eAIAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBoidFAyAAAAOIA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" fillcolor="#4daed0 [3204]" strokecolor="#091a21 [484]" strokeweight="2pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="21D77F8D" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                          </w:pPr>
+                          <w:r>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:shape id="Picture 1381856418" o:spid="_x0000_s1052" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:32044;top:19336;width:2556;height:2552;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA527RQywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/NTsMw&#10;EITvSH0Haytxo074qaJQtwKqihy4kOYBjL1N0sbrKHaTwNOzBySOuzM78+1mN7tOjDiE1pOCdJWA&#10;QDLetlQrqI6HuwxEiJqs7jyhgm8MsNsubjY6t36iTxzLWAsOoZBrBU2MfS5lMA06HVa+R2Lt5Aen&#10;I49DLe2gJw53nbxPkrV0uiVuaHSPbw2aS3l1Ct7PVftafl3Gj+LwUxgy+2pyR6Vul/PLM4iIc/w3&#10;/10XlvEfsjR7Wj+mDM0/8QLk9hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA527RQywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;">
+                    <v:imagedata r:id="rId21" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 798800395" o:spid="_x0000_s1053" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="33271,18805" to="33271,27488" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDpfpa1ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6q7ttUZPoKkVQPBRqUwl4e2SfSWz2bciumv77bqHgcZiZb5j5crCtuFDvG8cankcK&#10;BHHpTMOVhv3X+ikB4QOywdYxafghD8vF/d0cM+Ou/EmXPFQiQthnqKEOocuk9GVNFv3IdcTRO7re&#10;Yoiyr6Tp8RrhtpUvSk2kxYbjQo0drWoqv/Oz1dB+VKc83WzW72E1HePkUJyKXaH148PwNgMRaAi3&#10;8H97azRM0yRR6jUdw9+leAfk4hcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDpfpa1ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Straight Arrow Connector 880820709" o:spid="_x0000_s1054" type="#_x0000_t32" style="position:absolute;left:33271;top:26976;width:24259;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDupb//zAAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PS8NA&#10;FMTvgt9heYI3u2vxT4zZFhEEbXsxFdreHtmXbGj2bcyubfrtXUHocZiZ3zDFfHSdONAQWs8abicK&#10;BHHlTcuNhq/1200GIkRkg51n0nCiAPPZ5UWBufFH/qRDGRuRIBxy1GBj7HMpQ2XJYZj4njh5tR8c&#10;xiSHRpoBjwnuOjlV6kE6bDktWOzp1VK1L3+chsV6v/Hd/d1q8737WC4X9dbZk9f6+mp8eQYRaYzn&#10;8H/73WjIMpVN1aN6gr9L6Q7I2S8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA7qW//8wA&#10;AADiAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="_x0000_s1055" type="#_x0000_t202" style="position:absolute;left:42948;top:25705;width:5175;height:2648;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC+ljblyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fT8Iw&#10;EH834Ts0R8KbdDghY1AIEUn0BSPo+7ke22C9Lm2F6ae3JiQ83u//zZedacSZnK8tKxgNExDEhdU1&#10;lwo+9pv7DIQPyBoby6TghzwsF727OebaXvidzrtQihjCPkcFVQhtLqUvKjLoh7YljtzBOoMhnq6U&#10;2uElhptGPiTJRBqsOTZU2NJTRcVp920UrIuv6bH5tca9vW6z7ep5k+3lp1KDfreagQjUhZv46n7R&#10;cf5jmo2nSTpK4f+nCIBc/AEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC+ljblyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="634513CB" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:position w:val="-4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Arrow: Down 773943262" o:spid="_x0000_s1056" type="#_x0000_t67" style="position:absolute;left:32250;top:22735;width:2045;height:3257;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAvcXS/ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8oRepG4aS7TRVUQQxIKgrUhvj+wzCWbfhuw2xn/vCkKPw8x8w8wWnalES40rLSt4H0Yg&#10;iDOrS84V/Hyv3yYgnEfWWFkmBTdysJi/9GaYanvlPbUHn4sAYZeigsL7OpXSZQUZdENbEwfvbBuD&#10;Psgml7rBa4CbSsZRlEiDJYeFAmtaFZRdDn9GwWR7+6JTNNjxcXfZb037a862Vuq13y2nIDx1/j/8&#10;bG+0gvF49PkxipMYHpfCHZDzOwAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAvcXS/ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" adj="14820" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:shape id="_x0000_s1057" type="#_x0000_t202" style="position:absolute;left:22724;top:23431;width:8433;height:2561;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAuEzVLzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/RasJA&#10;EEXfC/7DMkJfim60NWp0ldJSKKV5MPoBQ3ZMotnZkN2aNF/fLRT6OHPv3HNnu+9NLW7Uusqygtk0&#10;AkGcW11xoeB0fJusQDiPrLG2TAq+ycF+N7rbYqJtxwe6Zb4QIYRdggpK75tESpeXZNBNbUMctLNt&#10;DfowtoXULXYh3NRyHkWxNFhxIJTY0EtJ+TX7Mgoo7R4+04/BpnksL9lrNwT+oNT9uH/egPDU+3/z&#10;3/W7DvWXj/F8sZ7FT/D7U1iA3P0AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEALhM1S8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="6C154F33" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>100kg (M</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="00C5708E">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Picture 1814037991" o:spid="_x0000_s1058" type="#_x0000_t75" style="position:absolute;left:71710;top:15719;width:25062;height:7712;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDNsx96xwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/Q/LFLzVTar4SF2lNAjSXox66W3ITpNgdnbJrhr/fVcQPM73nuW6N624UOcbywrSUQKCuLS6&#10;4UrB8bB5m4PwAVlja5kU3MjDevUyWGKm7ZULuuxDJWII+wwV1CG4TEpf1mTQj6wjjtyf7QyGeHaV&#10;1B1eY7hp5XuSTKXBhmNDjY6+aipP+7NRMG1Oubvlrjh/6+Pvzv24PB87pYav/ecHiEB9eIof7q2O&#10;8+fpJBnPFosU7j9FAOTqHwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAM2zH3rHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                    <v:imagedata r:id="rId22" o:title=""/>
+                  </v:shape>
+                </v:group>
+                <w10:wrap type="tight"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00460B3D">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t>Semitrailer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lead / Middle Trailer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D4F7E8C" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00740779">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658242" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3882114C" wp14:editId="70DE5517">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-7729855</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>189494</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1381125" cy="238125"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="367800477" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1381125" cy="238125"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="19050">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="088C4C6B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00740779" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:spacing w:before="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Internal Stock Crate Length</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3882114C" id="Text Box 2" o:spid="_x0000_s1059" type="#_x0000_t202" style="position:absolute;margin-left:-608.65pt;margin-top:14.9pt;width:108.75pt;height:18.75pt;z-index:251658242;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCRZ7GLEgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlhTZqulq6FCEt&#10;F2nhAxzbaSwcj7HdJsvX79jJdstFPCDyYM1kxmdmzhxvroZOk5N0XoGpaDHLKZGGg1DmUNGvX/Yv&#10;VpT4wIxgGoys6L309Gr7/Nmmt6WcQwtaSEcQxPiytxVtQ7Bllnneyo75GVhpMNiA61hA1x0y4ViP&#10;6J3O5nn+KuvBCeuAS+/x780YpNuE3zSSh09N42UguqLYW0inS2cdz2y7YeXBMdsqPrXB/qGLjimD&#10;Rc9QNywwcnTqN6hOcQcemjDj0GXQNIrLNANOU+S/THPXMivTLEiOt2ea/P+D5R9Pd/azI2F4AwMu&#10;MA3h7S3wb54Y2LXMHOS1c9C3kgksXETKst76croaqfaljyB1/wEELpkdAySgoXFdZAXnJIiOC7g/&#10;ky6HQHgs+XJVFPMlJRxjc3TQjiVY+XjbOh/eSehINCrqcKkJnZ1ufRhTH1NiMQ9aib3SOjnuUO+0&#10;IyeGAtinb0L/KU0b0mMr63yZjwz8BSPH708YnQooZa26iq5iziSuyNtbI5LQAlN6tHE8bSYiI3cj&#10;i2GoB6JERdexQOS1BnGPzDoYlYsvDY0W3A9KelRtRf33I3OSEv3e4HbWxWIRZZ6cxfL1HB13Gakv&#10;I8xwhKpooGQ0dyE9jUicgWvcYqMSwU+dTC2jGtOKppcT5X7pp6yn9719AAAA//8DAFBLAwQUAAYA&#10;CAAAACEA7Y64eeAAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPzU7DMBCE70i8g7VI3FInQSpJ&#10;yKaqgB64FLWFuxObJOCfyHbbwNOzPcFtR/NpdqZezUazk/JhdBYhW6TAlO2cHG2P8HbYJAWwEIWV&#10;QjurEL5VgFVzfVWLSrqz3anTPvaMQmyoBMIQ41RxHrpBGREWblKWvA/njYgkfc+lF2cKN5rnabrk&#10;RoyWPgxiUo+D6r72R4Pw1LXlp/5xxr++bIvt+nlTHPg74u3NvH4AFtUc/2C41Kfq0FCn1h2tDEwj&#10;JFme3d8RjJCXNIKQpCwvV4uwJIc3Nf8/ovkFAAD//wMAUEsBAi0AFAAGAAgAAAAhALaDOJL+AAAA&#10;4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEA&#10;OP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA&#10;kWexixICAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwECLQAUAAYACAAA&#10;ACEA7Y64eeAAAAAMAQAADwAAAAAAAAAAAAAAAABsBAAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAAE&#10;AAQA8wAAAHkFAAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="088C4C6B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00740779" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:spacing w:before="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Internal Stock Crate Length</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4DB69F0B" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658241" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1C73544F" wp14:editId="0F762568">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-6402705</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2933700</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="4286885" cy="2113280"/>
+                <wp:effectExtent l="0" t="0" r="18415" b="20320"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="605644621" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="4286885" cy="2113280"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="095C6623" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00893C51" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Centre of Mass to ROH Line - </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00893C51">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>D:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="38C70835" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4692BBA2" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="063522A7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3F7F0A41" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (B14) = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="07B93230" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008248A6">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t>If D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008248A6">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:szCs w:val="18"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008248A6">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> is farther rearwards than the rear overhang line then D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008248A6">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:szCs w:val="18"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="008248A6">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:szCs w:val="18"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> value is negative</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>.</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="66C7155B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m):</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (If applicable)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7E8B2D8E" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3C5F9733" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                            </w:pPr>
+                          </w:p>
+                          <w:p w14:paraId="3A3847AF" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00CF3281" w:rsidRDefault="00214076" w:rsidP="00214076"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1C73544F" id="_x0000_s1060" type="#_x0000_t202" style="position:absolute;margin-left:-504.15pt;margin-top:231pt;width:337.55pt;height:166.4pt;z-index:251658241;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAsORumGwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vviypHONOEWbLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60vJSZp12MswPQiiKB2Sh4fLm7FXZC+sk6Arms1SSoTm0Ei9rej3b5s3&#10;BSXOM90wBVpU9CAcvVm9frUcTCly6EA1whIE0a4cTEU7702ZJI53omduBkZodLZge+bRtNuksWxA&#10;9F4leZpeJQPYxljgwjm8vZ+cdBXx21Zw/6VtnfBEVRRz83G3ca/DnqyWrNxaZjrJj2mwf8iiZ1Jj&#10;0DPUPfOM7Kz8A6qX3IKD1s849Am0reQi1oDVZOmLah47ZkSsBclx5kyT+3+w/PP+0Xy1xI93MGID&#10;YxHOPAD/4YiGdcf0VtxaC0MnWIOBs0BZMhhXHr8Gql3pAkg9fIIGm8x2HiLQ2No+sIJ1EkTHBhzO&#10;pIvRE46X87y4KooFJRx9eZa9zYvYloSVp+/GOv9BQE/CoaIWuxrh2f7B+ZAOK09PQjQHSjYbqVQ0&#10;7LZeK0v2DBWwiStW8OKZ0mSo6PUiX0wM/BUiTe/SzSnB3yL10qOUlewrWqRhTeIKvL3XTRSaZ1JN&#10;Z0xZ6SORgbuJRT/WI5ENshw/B2JraA5IrYVJujhqeOjA/qJkQNlW1P3cMSsoUR81tuc6m8+DzqMx&#10;X7zL0bCXnvrSwzRHqIp6Sqbj2sfZCMRpuMU2tjIS/JzJMWeUY+T9ODpB75d2fPU84KsnAAAA//8D&#10;AFBLAwQUAAYACAAAACEA+QR69+IAAAAOAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7FI7cdSGEKeqKiG2kFLYurFJAn6E2GnD3zOsYDmao3vPrbaLNeSspzB4JyBdMSDatV4NrhPw&#10;cnhICiAhSqek8U4L+NYBtvX1VSVL5S/uWZ+b2BEMcaGUAvoYx5LS0PbayrDyo3b4e/eTlRHPqaNq&#10;khcMt4ZmjK2plYPDhl6Oet/r9rOZLfZ+5HvDdq+bOf16PD4dKD82xZsQtzfL7h5I1Ev8g+FXH9Wh&#10;RqeTn50KxAhIUsYKjrCAfJ3hLGQSznkG5CRgc5cXQOuK/p9R/wAAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQAsORumGwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD5BHr34gAAAA4BAAAPAAAAAAAAAAAAAAAAAHUEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="095C6623" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00893C51" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Centre of Mass to ROH Line - </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00893C51">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>D:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="38C70835" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4692BBA2" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="063522A7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3F7F0A41" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (B14) = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="07B93230" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008248A6">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t>If D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008248A6">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:szCs w:val="18"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008248A6">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> is farther rearwards than the rear overhang line then D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008248A6">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:szCs w:val="18"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="008248A6">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:szCs w:val="18"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> value is negative</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>.</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="66C7155B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m):</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (If applicable)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7E8B2D8E" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3C5F9733" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                      </w:pPr>
+                    </w:p>
+                    <w:p w14:paraId="3A3847AF" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00CF3281" w:rsidRDefault="00214076" w:rsidP="00214076"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658253" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="4285BDEE" wp14:editId="1FD42150">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-2044700</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2932166</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1785620" cy="715645"/>
+                <wp:effectExtent l="0" t="0" r="24130" b="27305"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="840404329" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1785620" cy="715645"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="1C22DB58" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Wheelbase:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="00457F7C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="008248A6" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008248A6">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B7) S-Dimension: _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="4285BDEE" id="_x0000_s1061" type="#_x0000_t202" style="position:absolute;margin-left:-161pt;margin-top:230.9pt;width:140.6pt;height:56.35pt;z-index:251658253;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAcqEWnGgIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysk1Fv2yAQx98n7Tsg3hc7UZykVpyqTZdp&#10;UtdN6voBMMYxGuYYkNjZp9+B3TTd1JdpfkCcD/5397tjfd23ihyFdRJ0QaeTlBKhOVRS7wv69H33&#10;YUWJ80xXTIEWBT0JR68379+tO5OLGTSgKmEJimiXd6agjfcmTxLHG9EyNwEjNDprsC3zaNp9UlnW&#10;oXqrklmaLpIObGUscOEc/r0bnHQT9etacP+1rp3wRBUUc/NxtXEtw5ps1izfW2Yaycc02D9k0TKp&#10;MehZ6o55Rg5W/iXVSm7BQe0nHNoE6lpyEWvAaqbpH9U8NsyIWAvCceaMyf0/Wf5wfDTfLPH9LfTY&#10;wFiEM/fAfziiYdswvRc31kLXCFZh4GlAlnTG5ePVgNrlLoiU3ReosMns4CEK9bVtAxWsk6A6NuB0&#10;hi56T3gIuVxlixm6OPqW02wxz2IIlj/fNtb5TwJaEjYFtdjUqM6O986HbFj+fCQEc6BktZNKRcPu&#10;y62y5MhwAHbxG9VfHVOadAW9ymbZAOBNiTS9TXdxbDDqK4lWepxkJduCrtLwDbMVsH3UVZwzz6Qa&#10;9nhZ6ZFjQDdA9H3ZE1khk0g5cC2hOiFZC8Pk4kvDTQP2FyUdTm1B3c8Ds4IS9Vljd66m83kY82jM&#10;s2Xgai895aWHaY5SBfWUDNutj08jgNNwg12sZQT8ksmYM05j5D6+nDDul3Y89fK+N78BAAD//wMA&#10;UEsDBBQABgAIAAAAIQDTO3v04QAAAAwBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/NTsMwEITvSLyD&#10;tUjcUidp+qM0TlVVQlwhpXB1YzcJ2OsQO214e5ZTue1oRzPzFdvJGnbRg+8cCkhmMTCNtVMdNgLe&#10;Dk/RGpgPEpU0DrWAH+1hW97fFTJX7oqv+lKFhlEI+lwKaEPoc8593Wor/cz1Gul3doOVgeTQcDXI&#10;K4Vbw9M4XnIrO6SGVvZ63+r6qxot9X5mexPv3ldj8v18fDnw+bFafwjx+DDtNsCCnsLNDH/zaTqU&#10;tOnkRlSeGQHRPE0JJgjIlglBkCXKYjpOAharbAG8LPh/iPIXAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAHKhFpxoCAAAnBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEA0zt79OEAAAAMAQAADwAAAAAAAAAAAAAAAAB0BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="1C22DB58" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Wheelbase:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="00457F7C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="008248A6" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008248A6">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B7) S-Dimension: _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658240" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="280EC957" wp14:editId="5A4EC8D3">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-9810115</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>2933700</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3338195" cy="1802765"/>
+                <wp:effectExtent l="0" t="0" r="14605" b="26035"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="103147960" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3338195" cy="1802765"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="05387A96" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="005C28B6" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="005C28B6">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Load Area – Imposed Load – M:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="62C38B5B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B5) Internal Stock Crate Loaded Deck Length (m): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="02C6197C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B4) Internal Stock Loaded Deck Crate Width (m): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="04CC5B34" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B6) Number of Decks: _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2ED3935D" w14:textId="3AA27DE4" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D6) M = B5 x B4 x B6 x SL</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC7CBA">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="05C92D79" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="567"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">______ </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______ x ______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="11E22542" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D6) M = ______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="280EC957" id="_x0000_s1062" type="#_x0000_t202" style="position:absolute;margin-left:-772.45pt;margin-top:231pt;width:262.85pt;height:141.95pt;z-index:251658240;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQD/pgQmHQIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthxkjYx4hRtugwD&#10;ugvQ7QNkWY6FyaImKbGzry8lu2m6YS/D9CCIonRIHh6ub/pWkaOwToIu6HSSUiI0h0rqfUG/f9u9&#10;W1LiPNMVU6BFQU/C0ZvN2zfrzuQigwZUJSxBEO3yzhS08d7kSeJ4I1rmJmCERmcNtmUeTbtPKss6&#10;RG9VkqXpVdKBrYwFLpzD2/vBSTcRv64F91/q2glPVEExNx93G/cy7MlmzfK9ZaaRfEyD/UMWLZMa&#10;g56h7pln5GDlH1Ct5BYc1H7CoU2griUXsQasZpr+Vs1jw4yItSA5zpxpcv8Pln8+Ppqvlvj+Dnps&#10;YCzCmQfgPxzRsG2Y3otba6FrBKsw8DRQlnTG5ePXQLXLXQApu09QYZPZwUME6mvbBlawToLo2IDT&#10;mXTRe8LxcjabLaerBSUcfdNlml1fLWIMlj9/N9b5DwJaEg4FtdjVCM+OD86HdFj+/CREc6BktZNK&#10;RcPuy62y5MhQAbu4RvRXz5QmXUFXi2wxMPBXiDS9S3dRNxj1FUQrPUpZybagyzSsQVyBt/e6ikLz&#10;TKrhjJ+VHokM3A0s+r7siayQhyx8DsSWUJ2QWguDdHHU8NCA/UVJh7ItqPt5YFZQoj5qbM9qOp8H&#10;nUdjvrjO0LCXnvLSwzRHqIJ6Sobj1sfZCMRpuMU21jIS/JLJmDPKMfI+jk7Q+6UdX70M+OYJAAD/&#10;/wMAUEsDBBQABgAIAAAAIQDN5v2i4wAAAA8BAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/LTsMwEEX3&#10;SPyDNUjsUtvBfSTEqapKiC2kFLZubJJAbIfYacPfM6xgOZqje88ttrPtydmMofNOAl8wIMbVXneu&#10;kfByeEg2QEJUTqveOyPh2wTYltdXhcq1v7hnc65iQzDEhVxJaGMcckpD3RqrwsIPxuHv3Y9WRTzH&#10;hupRXTDc9jRlbEWt6hw2tGow+9bUn9VksfdD7Hu2e11P/Ovx+HSgd8dq8ybl7c28uwcSzRz/YPjV&#10;R3Uo0enkJ6cD6SUkfClEhrAEsUpxFjIJZzxLgZwkrMUyA1oW9P+O8gcAAP//AwBQSwECLQAUAAYA&#10;CAAAACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBL&#10;AQItABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BL&#10;AQItABQABgAIAAAAIQD/pgQmHQIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnht&#10;bFBLAQItABQABgAIAAAAIQDN5v2i4wAAAA8BAAAPAAAAAAAAAAAAAAAAAHcEAABkcnMvZG93bnJl&#10;di54bWxQSwUGAAAAAAQABADzAAAAhwUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="05387A96" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="005C28B6" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="005C28B6">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Load Area – Imposed Load – M:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="62C38B5B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B5) Internal Stock Crate Loaded Deck Length (m): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="02C6197C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B4) Internal Stock Loaded Deck Crate Width (m): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="04CC5B34" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B6) Number of Decks: _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2ED3935D" w14:textId="3AA27DE4" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D6) M = B5 x B4 x B6 x SL</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00DC7CBA">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="05C92D79" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="567"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">______ </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______ x ______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="11E22542" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D6) M = ______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="72004F32" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658251" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="1B7B25AA" wp14:editId="5E60AA85">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2843226</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>308610</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3191510" cy="4235450"/>
+                <wp:effectExtent l="0" t="0" r="27940" b="12700"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1311067648" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3191510" cy="4235450"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="2BBC09D7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Rearward Axle Mass (RAM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="67D2496B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="09577AEF" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) ÷ B7) x D6 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7C13D193" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">____ - </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______) ÷ __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____) x ______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1F5C01CB" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="27BD994C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2FAEB634" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) ÷ B7) x M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5C90A834" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((_____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_ - ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___) ÷ _</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_____) x ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3491BF63" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="56681367" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="71BD3978" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) ÷ B7) x M</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0352B5BF" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">___ - </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______) ÷ ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___) x __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="17130B53" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="50A625B4" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="001737A5" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001737A5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001737A5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001737A5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="11013DDD" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D8) RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+ RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001737A5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="77AF0818" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="1134"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__ + __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_____ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+ ________</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="10D6857F" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="1134"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="10CC0785" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE73C7" w:rsidRDefault="00214076" w:rsidP="00214076"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="1B7B25AA" id="_x0000_s1063" type="#_x0000_t202" style="position:absolute;margin-left:223.9pt;margin-top:24.3pt;width:251.3pt;height:333.5pt;z-index:251658251;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQA8kD6mGwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthO4q0x4hRtugwD&#10;ugvQ7gNkWY6FyaImKbGzry8lJ2naYS/D9CCIonRIHh4ur4dOkb2wToIuaTZJKRGaQy31tqQ/Hjfv&#10;rihxnumaKdCipAfh6PXq7ZtlbwoxhRZULSxBEO2K3pS09d4USeJ4KzrmJmCERmcDtmMeTbtNast6&#10;RO9UMk3T90kPtjYWuHAOb+9GJ11F/KYR3H9rGic8USXF3HzcbdyrsCerJSu2lplW8mMa7B+y6JjU&#10;GPQMdcc8Izsr/4DqJLfgoPETDl0CTSO5iDVgNVn6qpqHlhkRa0FynDnT5P4fLP+6fzDfLfHDLQzY&#10;wFiEM/fAfzqiYd0yvRU31kLfClZj4CxQlvTGFcevgWpXuABS9V+gxiaznYcINDS2C6xgnQTRsQGH&#10;M+li8ITj5SxbZHmGLo6++XSWz/PYloQVp+/GOv9JQEfCoaQWuxrh2f7e+ZAOK05PQjQHStYbqVQ0&#10;7LZaK0v2DBWwiStW8OqZ0qQv6SKf5iMDf4VI09t0c0rwRaROepSykl1Jr9KwRnEF3j7qOgrNM6nG&#10;M6as9JHIwN3Ioh+qgcgaWZ6Fz4HYCuoDUmthlC6OGh5asL8p6VG2JXW/dswKStRnje1ZZPN50Hk0&#10;5vmHKRr20lNdepjmCFVST8l4XPs4G4E4DTfYxkZGgp8zOeaMcoy8H0cn6P3Sjq+eB3z1BAAA//8D&#10;AFBLAwQUAAYACAAAACEAzNvlceAAAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3KgdSJM0xKmqSogrpJRe3dgkgXgdYqcNf8/2BLdZzWjmbbGebc9OZvSdQwnRQgAzWDvdYSPh&#10;bfd0lwHzQaFWvUMj4cd4WJfXV4XKtTvjqzlVoWFUgj5XEtoQhpxzX7fGKr9wg0HyPtxoVaBzbLge&#10;1ZnKbc/vhUi4VR3SQqsGs21N/VVNlnY/420vNu/pFH0/7192/GFfZQcpb2/mzSOwYObwF4YLPqFD&#10;SUxHN6H2rJcQxymhBxJZAowCq6WIgR0lpNEyAV4W/P8L5S8AAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAPJA+phsCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAzNvlceAAAAAKAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="2BBC09D7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Rearward Axle Mass (RAM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="67D2496B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="09577AEF" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) ÷ B7) x D6 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7C13D193" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">____ - </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______) ÷ __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____) x ______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1F5C01CB" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="27BD994C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2FAEB634" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) ÷ B7) x M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5C90A834" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((_____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_ - ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___) ÷ _</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_____) x ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3491BF63" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="56681367" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="71BD3978" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) ÷ B7) x M</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0352B5BF" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">___ - </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______) ÷ ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___) x __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="17130B53" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="50A625B4" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="001737A5" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001737A5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001737A5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001737A5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="11013DDD" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D8) RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+ RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001737A5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="77AF0818" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="1134"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__ + __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_____ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+ ________</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="10D6857F" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="1134"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="10CC0785" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE73C7" w:rsidRDefault="00214076" w:rsidP="00214076"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658249" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3D7AA042" wp14:editId="2462EC0E">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>8255</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>307340</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2790825" cy="4235450"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="12700"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1065666442" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2790825" cy="4235450"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7E493D7F" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Forward Axle Mass (FAM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5AC93C94" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7525D4F3" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">÷ B7) x D6 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="476770A7" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ÷ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6659929A" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="155A1948" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3C8891E2" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>÷ B7) x M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5E5163D1" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ÷ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">______) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="736F2529" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="09F186BD" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="11CAC96B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="0091393B" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">÷ B7) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="002A4000">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2B9DCFA9" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="0091393B" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___ ÷ __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_____) x _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="60344C4D" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="516011DE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6D9A6110" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D7) FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> + FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Semi</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+ FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004A5CE9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="568AA6D6" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="1134"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_ + </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_______ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+ _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="202F3BAE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="1134"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4F11572E" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3D7AA042" id="_x0000_s1064" type="#_x0000_t202" style="position:absolute;margin-left:.65pt;margin-top:24.2pt;width:219.75pt;height:333.5pt;z-index:251658249;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCviNIFGgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU11v2yAUfZ+0/4B4X+x4zppYcao2XaZJ&#10;3YfU7gdgjGM0zGVAYme/vhecpGkn7WEaD4jLhcO55x6W10OnyF5YJ0GXdDpJKRGaQy31tqQ/Hjfv&#10;5pQ4z3TNFGhR0oNw9Hr19s2yN4XIoAVVC0sQRLuiNyVtvTdFkjjeio65CRihMdmA7ZjH0G6T2rIe&#10;0TuVZGn6IenB1sYCF87h7t2YpKuI3zSC+29N44QnqqTIzcfZxrkKc7JasmJrmWklP9Jg/8CiY1Lj&#10;o2eoO+YZ2Vn5B1QnuQUHjZ9w6BJoGslFrAGrmaavqnlomRGxFhTHmbNM7v/B8q/7B/PdEj/cwoAN&#10;jEU4cw/8pyMa1i3TW3FjLfStYDU+PA2SJb1xxfFqkNoVLoBU/Reoscls5yECDY3tgipYJ0F0bMDh&#10;LLoYPOG4mV0t0nk2o4RjLs/ez/JZbEvCitN1Y53/JKAjYVFSi12N8Gx/73ygw4rTkfCaAyXrjVQq&#10;BnZbrZUle4YO2MQRK3h1TGnSl3QxQyJ/h0jT23RzIvjipU56tLKSXUnnaRijuYJuH3UdjeaZVOMa&#10;KSt9FDJoN6roh2ogskaV83A5CFtBfUBpLYzWxa+Gixbsb0p6tG1J3a8ds4IS9VljexbTPA8+j0E+&#10;u8owsJeZ6jLDNEeoknpKxuXax78RJNBwg21sZBT4mcmRM9ox6n78OsHvl3E89fzBV08AAAD//wMA&#10;UEsDBBQABgAIAAAAIQCfBT1o3AAAAAgBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqB1qaBTiVFUlxBVSClc3NknAXofYacPfs5zKcTSjmTflevaOHe0Y+4AKsoUAZrEJpsdWwevu&#10;8SYHFpNGo11Aq+DHRlhXlxelLkw44Ys91qllVIKx0Aq6lIaC89h01uu4CINF8j7C6HUiObbcjPpE&#10;5d7xWyHuudc90kKnB7vtbPNVT552P+XWic3basq+n/bPO77c1/m7UtdX8+YBWLJzOofhD5/QoSKm&#10;Q5jQROZILymoQOYSGNlSCnpyULDK7iTwquT/D1S/AAAA//8DAFBLAQItABQABgAIAAAAIQC2gziS&#10;/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgA&#10;AAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgA&#10;AAAhAK+I0gUaAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsBAi0AFAAG&#10;AAgAAAAhAJ8FPWjcAAAACAEAAA8AAAAAAAAAAAAAAAAAdAQAAGRycy9kb3ducmV2LnhtbFBLBQYA&#10;AAAABAAEAPMAAAB9BQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7E493D7F" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Forward Axle Mass (FAM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5AC93C94" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7525D4F3" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">÷ B7) x D6 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="476770A7" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ÷ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6659929A" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="155A1948" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3C8891E2" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>÷ B7) x M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5E5163D1" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ÷ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">______) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="736F2529" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="09F186BD" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="11CAC96B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="0091393B" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">÷ B7) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="002A4000">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2B9DCFA9" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="0091393B" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___ ÷ __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_____) x _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="60344C4D" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="516011DE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6D9A6110" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D7) FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> + FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Semi</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+ FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004A5CE9">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="568AA6D6" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="1134"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_ + </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_______ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+ _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="202F3BAE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="1134"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4F11572E" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658250" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02069408" wp14:editId="51699A32">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>6074410</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>316865</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3674745" cy="3743325"/>
+                <wp:effectExtent l="0" t="0" r="20955" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="620039673" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3674745" cy="3743325"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="674A58CC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00E75C9F" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00E75C9F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Total S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2A3D8930" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(C3) Kingpin Unladen Mass (kg): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="15C4D2AD" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(C1) Trailer Axle Group Unladen Mass (kg): _______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3AD30154" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Kingpin S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4BE6BC1F" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D9) Kingpin S10 Laden Mass</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= C3 + D7</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6DCBCB79" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="1440" w:firstLine="1112"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= _______ + _______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3E49D579" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="2160" w:firstLine="392"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="318F47D1" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Trailer Axle Group S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="60C2F3FE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D10) Trailer Axle Group S10 Laden Mass = C1 + D8</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="321733A9" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="2160" w:firstLine="1384"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= _______ + _______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3F25B2CF" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="2682" w:firstLine="862"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="244995EE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Trailer S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="36098010" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(D11) Trailer S10 Laden Mass = D9 + D10 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2582ACEC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="1440" w:firstLine="1112"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= _______ + _______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="21309BAC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="1690" w:firstLine="862"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="009A597C">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="02069408" id="_x0000_s1065" type="#_x0000_t202" style="position:absolute;margin-left:478.3pt;margin-top:24.95pt;width:289.35pt;height:294.75pt;z-index:251658250;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBc5oVdGwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vthJnKY14hRtugwD&#10;ugvQ7gNkWY6FyaImKbGzry8lu2naAXsYpgdBFKVD8vBwdd23ihyEdRJ0QaeTlBKhOVRS7wr643H7&#10;4ZIS55mumAItCnoUjl6v379bdSYXM2hAVcISBNEu70xBG+9NniSON6JlbgJGaHTWYFvm0bS7pLKs&#10;Q/RWJbM0vUg6sJWxwIVzeHs3OOk64te14P5bXTvhiSoo5ubjbuNehj1Zr1i+s8w0ko9psH/IomVS&#10;Y9AT1B3zjOyt/AOqldyCg9pPOLQJ1LXkItaA1UzTN9U8NMyIWAuS48yJJvf/YPnXw4P5bonvb6HH&#10;BsYinLkH/tMRDZuG6Z24sRa6RrAKA08DZUlnXD5+DVS73AWQsvsCFTaZ7T1EoL62bWAF6ySIjg04&#10;nkgXvSccL+cXy2yZLSjh6Jsvs/l8togxWP783VjnPwloSTgU1GJXIzw73Dsf0mH585MQzYGS1VYq&#10;FQ27KzfKkgNDBWzjGtFfPVOadAW9WmDsv0Ok6W26jbrBqK8gWulRykq2Bb1MwxrEFXj7qKsoNM+k&#10;Gs74WemRyMDdwKLvy57IClmOFARiS6iOSK2FQbo4anhowP6mpEPZFtT92jMrKFGfNbbnapplQefR&#10;yBbLGRr23FOee5jmCFVQT8lw3Pg4G4ECDTfYxlpGgl8yGXNGOUbex9EJej+346uXAV8/AQAA//8D&#10;AFBLAwQUAAYACAAAACEAgtsjD+AAAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7KhT8qAJcaqqEmILKYWtGw9JwB6H2GnD3+OuynJ0j+49U65no9kRR9dbErBcRMCQGqt6agW8&#10;7Z7uVsCcl6SktoQCftHBurq+KmWh7Ile8Vj7loUScoUU0Hk/FJy7pkMj3cIOSCH7tKORPpxjy9Uo&#10;T6HcaH4fRRk3sqew0MkBtx023/Vkwu5XstXR5v1hWv487192PN7Xqw8hbm/mzSMwj7O/wHDWD+pQ&#10;BaeDnUg5pgXkaZYFVECS58DOQBqnMbCDgCzOE+BVyf//UP0BAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEAXOaFXRsCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAgtsjD+AAAAALAQAADwAAAAAAAAAAAAAAAAB1BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="674A58CC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00E75C9F" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00E75C9F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Total S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2A3D8930" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(C3) Kingpin Unladen Mass (kg): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="15C4D2AD" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(C1) Trailer Axle Group Unladen Mass (kg): _______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3AD30154" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Kingpin S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4BE6BC1F" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D9) Kingpin S10 Laden Mass</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= C3 + D7</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6DCBCB79" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="1440" w:firstLine="1112"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= _______ + _______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3E49D579" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="2160" w:firstLine="392"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="318F47D1" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Trailer Axle Group S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="60C2F3FE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D10) Trailer Axle Group S10 Laden Mass = C1 + D8</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="321733A9" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="2160" w:firstLine="1384"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= _______ + _______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3F25B2CF" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="2682" w:firstLine="862"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="244995EE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Trailer S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="36098010" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(D11) Trailer S10 Laden Mass = D9 + D10 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2582ACEC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="1440" w:firstLine="1112"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= _______ + _______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="21309BAC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="009A597C" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="1690" w:firstLine="862"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="009A597C">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00460B3D">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:t>Semitrailer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>1:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Lead / Middle Trailer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="10EB2814" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
       <w:pPr>
         <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
         <w:rPr>
           <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
         </w:rPr>
       </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658254" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5B4D5F35" wp14:editId="424A6C70">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-6143625</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>4384040</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9756140" cy="1932305"/>
+                <wp:effectExtent l="0" t="0" r="16510" b="10795"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1205987306" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9756140" cy="1932305"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="60D0E954" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="006561C7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Notes</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E75C9F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5B4D5F35" id="_x0000_s1066" type="#_x0000_t202" style="position:absolute;margin-left:-483.75pt;margin-top:345.2pt;width:768.2pt;height:152.15pt;z-index:251658254;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBpEK2vHAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk81u2zAMx+8D9g6C7ovtNEkbI07Rpssw&#10;oPsA2j2ALMuxMFnUJCV29vSlZDdNO+wyzAdBNKU/yR+p1XXfKnIQ1knQBc0mKSVCc6ik3hX0x+P2&#10;wxUlzjNdMQVaFPQoHL1ev3+36kwuptCAqoQlKKJd3pmCNt6bPEkcb0TL3ASM0OiswbbMo2l3SWVZ&#10;h+qtSqZpukg6sJWxwIVz+PducNJ11K9rwf23unbCE1VQzM3H1ca1DGuyXrF8Z5lpJB/TYP+QRcuk&#10;xqAnqTvmGdlb+YdUK7kFB7WfcGgTqGvJRawBq8nSN9U8NMyIWAvCceaEyf0/Wf718GC+W+L7W+ix&#10;gbEIZ+6B/3REw6ZheidurIWuEazCwFlAlnTG5ePVgNrlLoiU3ReosMls7yEK9bVtAxWsk6A6NuB4&#10;gi56Tzj+XF7OF9kMXRx92fJiepHOYwyWP1831vlPAloSNgW12NUozw73zod0WP58JERzoGS1lUpF&#10;w+7KjbLkwHACtvEb1V8dU5p0mMt8Oh8I/FUiTW/TbZwbjPpKopUeR1nJtqBXafiG4QrcPuoqDppn&#10;Ug17vKz0CDKwGyj6vuyJrJDDIlwOYEuojojWwjC6+NRw04D9TUmHY1tQ92vPrKBEfdbYnmU2Cyx9&#10;NGbzyyka9txTnnuY5ihVUE/JsN34+DYCOA032MZaRsAvmYw54zhG7uPTCfN+bsdTLw98/QQAAP//&#10;AwBQSwMEFAAGAAgAAAAhAPujCLfhAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8tOwzAQRfdI&#10;/IM1SOxau5AmcYhTVZUQW0gpbN3YJAE/Quy04e+ZrmA5ukf3nik3szXkpMfQeydgtWRAtGu86l0r&#10;4HX/uMiBhCidksY7LeBHB9hU11elLJQ/uxd9qmNLsMSFQgroYhwKSkPTaSvD0g/aYfbhRysjnmNL&#10;1SjPWG4NvWMspVb2Dhc6Oehdp5uverK4+5nsDNu+ZdPq++nwvKf3hzp/F+L2Zt4+AIl6jn8wXPRR&#10;HSp0OvrJqUCMgAVPszWyAlLOEiCIrNOcAzkK4DzJgFYl/f9E9QsAAP//AwBQSwECLQAUAAYACAAA&#10;ACEAtoM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQIt&#10;ABQABgAIAAAAIQBpEK2vHAIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBL&#10;AQItABQABgAIAAAAIQD7owi34QAAAAwBAAAPAAAAAAAAAAAAAAAAAHYEAABkcnMvZG93bnJldi54&#10;bWxQSwUGAAAAAAQABADzAAAAhAUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="60D0E954" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="006561C7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Notes</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E75C9F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
     </w:p>
-    <w:sectPr w:rsidR="008843EF" w:rsidRPr="00785673" w:rsidSect="00BA31F7">
-[...3 lines deleted...]
-      <w:headerReference w:type="first" r:id="rId14"/>
+    <w:p w14:paraId="286D44EF" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460B3D">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Semitrailer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Semitrailer</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="02FA4B1C" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00740779">
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658246" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3C2EEC04" wp14:editId="6F211B6F">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>3091180</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>61595</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1381125" cy="238125"/>
+                <wp:effectExtent l="0" t="0" r="28575" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="987552610" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1381125" cy="238125"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="19050">
+                          <a:solidFill>
+                            <a:srgbClr val="FF0000"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="49941F2C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00740779" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:spacing w:before="0"/>
+                              <w:jc w:val="center"/>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="16"/>
+                                <w:szCs w:val="16"/>
+                              </w:rPr>
+                              <w:t>Internal Stock Crate Length</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="3C2EEC04" id="_x0000_s1067" type="#_x0000_t202" style="position:absolute;margin-left:243.4pt;margin-top:4.85pt;width:108.75pt;height:18.75pt;z-index:251658246;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBQpZzVEwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO0zAQfUfiHyy/0ySlZbtR09XSpQhp&#10;uUgLH+A4TmNhe4ztNilfz9jJdstFPCDyYM1kxmdmzhyvbwatyFE4L8FUtJjllAjDoZFmX9Evn3cv&#10;VpT4wEzDFBhR0ZPw9Gbz/Nm6t6WYQweqEY4giPFlbyvahWDLLPO8E5r5GVhhMNiC0yyg6/ZZ41iP&#10;6Fpl8zx/lfXgGuuAC+/x790YpJuE37aCh49t60UgqqLYW0inS2cdz2yzZuXeMdtJPrXB/qELzaTB&#10;omeoOxYYOTj5G5SW3IGHNsw46AzaVnKRZsBpivyXaR46ZkWaBcnx9kyT/3+w/MPxwX5yJAyvYcAF&#10;piG8vQf+1RMD246Zvbh1DvpOsAYLF5GyrLe+nK5Gqn3pI0jdv4cGl8wOARLQ0DodWcE5CaLjAk5n&#10;0sUQCI8lX66KYr6khGNsjg7asQQrH29b58NbAZpEo6IOl5rQ2fHehzH1MSUW86Bks5NKJcft661y&#10;5MhQALv0Teg/pSlDemzlOl/mIwN/wcjx+xOGlgGlrKSu6CrmTOKKvL0xTRJaYFKNNo6nzERk5G5k&#10;MQz1QGSDnVzFCpHYGpoTUutglC4+NTQ6cN8p6VG2FfXfDswJStQ7g+u5LhaLqPPkLJZXc3TcZaS+&#10;jDDDEaqigZLR3Ib0NiJzBm5xja1MDD91MvWMckw7mp5O1Puln7KeHvjmBwAAAP//AwBQSwMEFAAG&#10;AAgAAAAhAFXeQ6PeAAAACAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAQRO9I/IO1SNyoQ6ma&#10;NI1TVUAPXFrR0rsTL0nAXkex2wa+nuUEx9UbzbwtVqOz4oxD6DwpuJ8kIJBqbzpqFLwdNncZiBA1&#10;GW09oYIvDLAqr68KnRt/oVc872MjuIRCrhW0Mfa5lKFu0ekw8T0Ss3c/OB35HBppBn3hcmflNEnm&#10;0umOeKHVPT62WH/uT07BU10tPuy3d8PuZZtt18+b7CCPSt3ejOsliIhj/AvDrz6rQ8lOlT+RCcIq&#10;mGVzVo8KFikI5mkyewBRMUinIMtC/n+g/AEAAP//AwBQSwECLQAUAAYACAAAACEAtoM4kv4AAADh&#10;AQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQA4&#10;/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBQ&#10;pZzVEwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQABgAIAAAA&#10;IQBV3kOj3gAAAAgBAAAPAAAAAAAAAAAAAAAAAG0EAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAQA&#10;BADzAAAAeAUAAAAA&#10;" strokecolor="red" strokeweight="1.5pt">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="49941F2C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00740779" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:spacing w:before="0"/>
+                        <w:jc w:val="center"/>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="16"/>
+                          <w:szCs w:val="16"/>
+                        </w:rPr>
+                        <w:t>Internal Stock Crate Length</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:noProof/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wpc">
+            <w:drawing>
+              <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251658245" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="64266430" wp14:editId="1DAE8F0D">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5080</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>8255</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9705340" cy="2879090"/>
+                <wp:effectExtent l="0" t="0" r="10160" b="16510"/>
+                <wp:wrapTight wrapText="bothSides">
+                  <wp:wrapPolygon edited="0">
+                    <wp:start x="0" y="0"/>
+                    <wp:lineTo x="0" y="21581"/>
+                    <wp:lineTo x="21580" y="21581"/>
+                    <wp:lineTo x="21580" y="0"/>
+                    <wp:lineTo x="0" y="0"/>
+                  </wp:wrapPolygon>
+                </wp:wrapTight>
+                <wp:docPr id="318853551" name="Canvas 1"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas">
+                    <wpc:wpc>
+                      <wpc:bg>
+                        <a:noFill/>
+                      </wpc:bg>
+                      <wpc:whole>
+                        <a:ln w="12700">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                        </a:ln>
+                      </wpc:whole>
+                      <wpg:wgp>
+                        <wpg:cNvPr id="1114905039" name="Group 1114905039"/>
+                        <wpg:cNvGrpSpPr/>
+                        <wpg:grpSpPr>
+                          <a:xfrm>
+                            <a:off x="676093" y="51455"/>
+                            <a:ext cx="8991146" cy="2797385"/>
+                            <a:chOff x="676093" y="51455"/>
+                            <a:chExt cx="8991146" cy="2797385"/>
+                          </a:xfrm>
+                        </wpg:grpSpPr>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="475789598" name="Picture 475789598" descr="Livestock semitrailer 3 axle"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill rotWithShape="1">
+                            <a:blip r:embed="rId23">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect t="15335"/>
+                            <a:stretch/>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="676093" y="284672"/>
+                              <a:ext cx="6213783" cy="2199167"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:ln>
+                              <a:noFill/>
+                            </a:ln>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="1898743453" name="Straight Arrow Connector 1898743453"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="785358" y="154324"/>
+                              <a:ext cx="5962650" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="837065635" name="Straight Connector 837065635"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="1260338" y="1826433"/>
+                              <a:ext cx="0" cy="968526"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1709128126" name="Straight Arrow Connector 1709128126"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3811607" y="746408"/>
+                              <a:ext cx="1749541" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1329616636" name="Straight Connector 1329616636"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="6748008" y="51455"/>
+                              <a:ext cx="0" cy="498809"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="818031412" name="Straight Connector 818031412"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="785358" y="51455"/>
+                              <a:ext cx="0" cy="489284"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="28828125" name="Straight Arrow Connector 28828125"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="1261080" y="2746803"/>
+                              <a:ext cx="4317320" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="228625941" name="Picture 228625941" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId17" cstate="print">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3645544" y="955040"/>
+                              <a:ext cx="333375" cy="333374"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="1350131414" name="Straight Connector 1350131414"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="5585468" y="664564"/>
+                              <a:ext cx="0" cy="2147647"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="965701831" name="Straight Connector 965701831"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="3811607" y="635014"/>
+                              <a:ext cx="12700" cy="934085"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1361960947" name="Picture 1361960947"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId15"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="7313882" y="57354"/>
+                              <a:ext cx="2353357" cy="1466646"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="369892601" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2997125" y="2610715"/>
+                              <a:ext cx="1067435" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="527CA4CA" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>'S'-Dimension</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1144320730" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4446724" y="625489"/>
+                              <a:ext cx="601050" cy="238125"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="12CAB001" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r w:rsidRPr="004337A7">
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Load</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="559898592" name="Arrow: Down 559898592"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3720474" y="1332466"/>
+                              <a:ext cx="204470" cy="415925"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1180254760" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2793638" y="1230066"/>
+                              <a:ext cx="843280" cy="513553"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="04CEC8F2" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Imposed Load from Livestock (M)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="341343980" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="7292339" y="2351700"/>
+                              <a:ext cx="2374900" cy="476250"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="9525">
+                              <a:solidFill>
+                                <a:srgbClr val="C00000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="0BFF9055" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Note:</w:t>
+                                </w:r>
+                              </w:p>
+                              <w:p w14:paraId="6650CAFE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D307D2" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:pStyle w:val="ListParagraph"/>
+                                  <w:numPr>
+                                    <w:ilvl w:val="0"/>
+                                    <w:numId w:val="42"/>
+                                  </w:numPr>
+                                  <w:ind w:left="142" w:hanging="142"/>
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="00D307D2">
+                                  <w:rPr>
+                                    <w:rFonts w:eastAsia="Calibri"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>The centre of mass of the single load area is taken to be at the geometric centre of the stock crate.</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1235850183" name="Rectangle 1235850183"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="2846365" y="1880559"/>
+                              <a:ext cx="1156292" cy="292893"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="4488625E" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:rPr>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r w:rsidRPr="004337A7">
+                                  <w:rPr>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="209607948" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="2388482" y="2230134"/>
+                              <a:ext cx="843280" cy="255905"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FFC000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="3F327FCC" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>100kg (M</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:position w:val="-4"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>)</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1517043332" name="Picture 1517043332" descr="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId17" cstate="print">
+                              <a:extLst>
+                                <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                                  <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                                </a:ext>
+                              </a:extLst>
+                            </a:blip>
+                            <a:srcRect/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="3311389" y="1910191"/>
+                              <a:ext cx="255270" cy="254635"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:noFill/>
+                            <a:extLst>
+                              <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+                                <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+                                  <a:solidFill>
+                                    <a:srgbClr val="FFFFFF"/>
+                                  </a:solidFill>
+                                </a14:hiddenFill>
+                              </a:ext>
+                            </a:extLst>
+                          </pic:spPr>
+                        </pic:pic>
+                        <wps:wsp>
+                          <wps:cNvPr id="118633801" name="Straight Arrow Connector 118633801"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3423532" y="2504053"/>
+                              <a:ext cx="2154868" cy="0"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="straightConnector1">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:headEnd type="stealth" w="lg" len="med"/>
+                              <a:tailEnd type="stealth" w="lg" len="med"/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1191182292" name="Straight Connector 1191182292"/>
+                          <wps:cNvCnPr/>
+                          <wps:spPr>
+                            <a:xfrm flipV="1">
+                              <a:off x="3427239" y="1883338"/>
+                              <a:ext cx="8993" cy="661453"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="line">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:lnRef>
+                            <a:fillRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="tx1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr/>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="825897908" name="Text Box 2"/>
+                          <wps:cNvSpPr txBox="1">
+                            <a:spLocks noChangeArrowheads="1"/>
+                          </wps:cNvSpPr>
+                          <wps:spPr bwMode="auto">
+                            <a:xfrm>
+                              <a:off x="4196560" y="2382768"/>
+                              <a:ext cx="600710" cy="265335"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFFFFF"/>
+                            </a:solidFill>
+                            <a:ln w="19050">
+                              <a:solidFill>
+                                <a:srgbClr val="FF0000"/>
+                              </a:solidFill>
+                              <a:miter lim="800000"/>
+                              <a:headEnd/>
+                              <a:tailEnd/>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:txbx>
+                            <w:txbxContent>
+                              <w:p w14:paraId="0F5D922C" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                                <w:pPr>
+                                  <w:spacing w:before="0"/>
+                                  <w:jc w:val="center"/>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                </w:pPr>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                  </w:rPr>
+                                  <w:t>D</w:t>
+                                </w:r>
+                                <w:r>
+                                  <w:rPr>
+                                    <w:b/>
+                                    <w:bCs/>
+                                    <w:position w:val="-4"/>
+                                    <w:sz w:val="16"/>
+                                    <w:szCs w:val="16"/>
+                                    <w:vertAlign w:val="subscript"/>
+                                  </w:rPr>
+                                  <w:t>Toolbox</w:t>
+                                </w:r>
+                              </w:p>
+                            </w:txbxContent>
+                          </wps:txbx>
+                          <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <wps:wsp>
+                          <wps:cNvPr id="1491088518" name="Arrow: Down 1491088518"/>
+                          <wps:cNvSpPr/>
+                          <wps:spPr>
+                            <a:xfrm>
+                              <a:off x="3320015" y="2209045"/>
+                              <a:ext cx="204470" cy="216843"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="downArrow">
+                              <a:avLst/>
+                            </a:prstGeom>
+                            <a:solidFill>
+                              <a:srgbClr val="FFC000"/>
+                            </a:solidFill>
+                            <a:ln>
+                              <a:solidFill>
+                                <a:schemeClr val="tx1"/>
+                              </a:solidFill>
+                            </a:ln>
+                          </wps:spPr>
+                          <wps:style>
+                            <a:lnRef idx="2">
+                              <a:schemeClr val="accent1">
+                                <a:shade val="15000"/>
+                              </a:schemeClr>
+                            </a:lnRef>
+                            <a:fillRef idx="1">
+                              <a:schemeClr val="accent1"/>
+                            </a:fillRef>
+                            <a:effectRef idx="0">
+                              <a:schemeClr val="accent1"/>
+                            </a:effectRef>
+                            <a:fontRef idx="minor">
+                              <a:schemeClr val="lt1"/>
+                            </a:fontRef>
+                          </wps:style>
+                          <wps:bodyPr rot="0" spcFirstLastPara="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" numCol="1" spcCol="0" rtlCol="0" fromWordArt="0" anchor="ctr" anchorCtr="0" forceAA="0" compatLnSpc="1">
+                            <a:prstTxWarp prst="textNoShape">
+                              <a:avLst/>
+                            </a:prstTxWarp>
+                            <a:noAutofit/>
+                          </wps:bodyPr>
+                        </wps:wsp>
+                        <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                          <pic:nvPicPr>
+                            <pic:cNvPr id="1789760696" name="Picture 1789760696"/>
+                            <pic:cNvPicPr>
+                              <a:picLocks noChangeAspect="1"/>
+                            </pic:cNvPicPr>
+                          </pic:nvPicPr>
+                          <pic:blipFill>
+                            <a:blip r:embed="rId18"/>
+                            <a:stretch>
+                              <a:fillRect/>
+                            </a:stretch>
+                          </pic:blipFill>
+                          <pic:spPr>
+                            <a:xfrm>
+                              <a:off x="7244443" y="1569099"/>
+                              <a:ext cx="2422796" cy="745476"/>
+                            </a:xfrm>
+                            <a:prstGeom prst="rect">
+                              <a:avLst/>
+                            </a:prstGeom>
+                          </pic:spPr>
+                        </pic:pic>
+                      </wpg:wgp>
+                    </wpc:wpc>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:group w14:anchorId="64266430" id="_x0000_s1068" editas="canvas" style="position:absolute;margin-left:.4pt;margin-top:.65pt;width:764.2pt;height:226.7pt;z-index:-251658235;mso-width-relative:margin;mso-height-relative:margin" coordsize="97053,28790" o:gfxdata="UEsDBBQABgAIAAAAIQCxgme2CgEAABMCAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRwU7DMAyG&#10;70i8Q5QralN2QAit3YGOIyA0HiBK3DaicaI4lO3tSbpNgokh7Rjb3+8vyXK1tSObIJBxWPPbsuIM&#10;UDltsK/5++apuOeMokQtR4dQ8x0QXzXXV8vNzgOxRCPVfIjRPwhBagArqXQeMHU6F6yM6Rh64aX6&#10;kD2IRVXdCeUwAsYi5gzeLFvo5OcY2XqbynsTjz1nj/u5vKrmxmY+18WfRICRThDp/WiUjOluYkJ9&#10;4lUcnMpEzjM0GE83SfzMhtz57fRzwYF7SY8ZjAb2KkN8ljaZCx1IwMK1TpX/Z2RJS4XrOqOgbAOt&#10;Z+rodC5buy8MMF0a3ibsDaZjupi/tPkGAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAAL&#10;AAAAX3JlbHMvLnJlbHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrb&#10;Ub/Q94l/f/hMi1qRJVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG&#10;5lrLq9biZkxWOiqY22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nT&#10;NEV3j6o9feQzro1iOWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMA&#10;UEsDBBQABgAIAAAAIQBSW2B+QAsAAApKAAAOAAAAZHJzL2Uyb0RvYy54bWzsXFtz2zYWft+Z/Q8Y&#10;PexbYoLgVY3TcZ3ak5ls6onT5pmmKIlbiuSCtCX31+93APAiWopsr2MrqTxjWxRAEDj4zv2Ab35e&#10;LTJ2k8gqLfLjEX9tjViSx8UkzWfHo98/n70KRqyqo3wSZUWeHI9uk2r089t//uPNshwndjEvskki&#10;GQbJq/GyPB7N67ocHx1V8TxZRNXrokxyNE4LuYhqXMrZ0URGS4y+yI5sy/KOloWclLKIk6rCt+90&#10;4+itGn86TeL6t+m0SmqWHY8wt1r9lervFf09evsmGs9kVM7T2EwjesQsFlGa46HtUO+iOmLXMr0z&#10;1CKNZVEV0/p1XCyOiuk0jRO1BqyGW4PVnEb5TVSpxcSgTjNBfHrCca9mNO+8OEuzDNQ4wuhj+o7+&#10;L7E/CTVnOVtie23fstQyqyJLJ3QHNVZydnWaSXYTEZGtX6wzRdcjtHTdcJXlZngz7LKcjZezst19&#10;IGaw/Q+i1rksrktFrNk4/nhzIVk6wZw5d0LLtUQ4Ynm0AARVP9b7HqumqeCec1lelhfSfDHTV7TE&#10;1VQu6D82jK2OR57vWaEYsdvjkcsd19UwSlY1i9EahCEe6o1YjHbbD30RmB7xHGjcPkA8/3XHEKCi&#10;ngq2aQbcqum+fVOm8Ri/hpL4dIeSuxkJd9XXMhmZQRb3GmMRyT+vy1fAchnV6VWapfWt4kvsA00q&#10;v7lI4wupL7pNcXzXD0I3hHDQe4Je9HDWa5gkVQxG/ZDeJFVdxH+yKlmktYzSDAJDsGiVJUR2egoN&#10;rB8TERk+oHfF8uJ0HuWz5KQqIQUABOp9tN5dXa7N8SpLS8I1k0X9Ja3nl/OoBGa4Qj01GvJgZgOs&#10;bqCwZu93RXy9SPJayyuZZKBUkVfztKxGTI6TxVUCnMr3EzVDYqf4E2ZMsoq7QhjoVLVM6njerKGZ&#10;pyZABdCyq+W/iwnmGl3XhZrudtDageP59jpqPZsLPwCoFWo5MOz5imQN5EBbWdXnSbFg9AFTxizV&#10;g6KbD1VNM+u6ELO0MkWzfu+LRhjQbtDczcbgklgRmqBq6IyrO5R+kFRQG4hZ0rAdAHkQBr4jHBfr&#10;1Qi8JGjN5jU7kbJYstMiz7G8QrJeVyzRDHOaGylRmfl3RDIiwg9c4QLfEAHcdYTtrFPbDT3bc6GR&#10;iNqNuGw2bEBnbL2aWjsnjcYtVDeimmSe2pyeDB6I6rMzCz9mj9e6zZNo8ms+YfUtgb+qkyir5yNS&#10;AdlsxLIEqn6RTPSKanDk/fo2u0401LuuPtW3jY75lEwhsyFB9QKVEZC0miWKY3CRZmNCFHoTyqbg&#10;1vZGs2SyHrbdaPrTrYkyEB5yc3uHenKR1+3NizQvpCb4+tPrVTPlqe6vlCAooNdNJLgqJrcKT5Dq&#10;CvzPxAWB8C3P9SBihkzQQo11fXain00hH/9ods/wAbc9SwjDCIHtOUKsc4LhgdALXNszYNzCCFma&#10;J4rE3wz6B4gqSO8PRLlvhdwOgKI7GL0jqLuuO6FK7GsAKgLOPctXktp3PMcK1vHJfSd0HX6Q1I3E&#10;MrL3IKnJTHkmSc2FHXrc88RdNuhEda/TTgbYKKs93wks4H+LX2MktRMGgRUeJDWZuwdjonW0Ax5Y&#10;gjvcviOoO4R2fR4H0J5RvcHvbvAZhPBvDvg84HPN5bODgOyIu7bu0I5oO+7EaM+KgIHCrQAIVCEf&#10;xwMvrJsRjuC+sA1EG6dri517cPhUKPFv5fBRKAS/300Iz7YDz3ZDMozXQ3i9BhPCO4Xbjpjdb1N2&#10;LqMbRAjZ+xgBMPaKnckkYZd/nLN/RYvyJ3bx8Zxt6LyIZgn1/lhc54xdyOI/FHgCdxLN7hn768KB&#10;FN6h+AbiSg8LCRK3f+MIIHRnjGxJjaBLKdNcLbINCGLB+KzDgPRR2x6xCby1DSqm+YjwoPAQyHYc&#10;JcFC17UcJaQQJDEhaYEfH9KTAlbq8w4Ve+/ooJrwy0QBhWtxslmw6kEUsLNZeNdpp0LYaFW7buBC&#10;ISjCeiCypwjXEdboBJs7vufsCLkeIiD3iPD9WEG60HN9iweiFbSXTaS6w2jX53EQ7cdAEA60wBBK&#10;2jS8rxN/ivVDgQiJyknA/dlivxxQuk8o/d4sCy48HiK/Clk4MC16LYDnA7Q/et878/cMat64Bq3K&#10;fqgupyk2rNekmwQXcHB06MYX7oCBbUGZRBCUtDdy09BDO2LtX1ffL6ezhRfCv/esVhx+JiH1S7Fi&#10;Kp9JCRSYhJeUEK1X+LpJR1TlIC18xw7s3aqjemST7Myq2mHoK6+SHD/4gD43CdtWdloIq1GKReVV&#10;IWnhghIeuy0cpPu+TnmYgF1RBdmGvdqLM/VjRl/r9hRJQWTfYcVn6QIVDpQ4NPahyRUqfWFygXp5&#10;ptyjn+urV1crXZWhguxd7ovS7ZQHpVIifJgX8i+kG1GWg+zjf68jKkvI3ucw2UPuwDBltbpwXJ88&#10;atlvueq3RHmMoY5H9Yjpj6c1rrRwzosTJMqnqbKfu5mY1MczhnaxIgQGfIGVaCP0hRHtOFQcoB0B&#10;uHhOoGK9nb0K3qPc8gHP1bjDs6JRh6K/MZ5dlPWEgRu2cWAVXxuzd8UyZ10jZERP4Jor7QV2krFJ&#10;0YHNHV8jkgvUUnhKeXWQRLPjG0g6HM/eIWInmIua1teyyWsCdCBnT7cUTpDMG0robeUAvfHvn3a2&#10;N5UYNIEy9ex5NEl0KR53e7NsZqE0z+biiXtUXTx3viNr6z12FE+0DFeV8VmK8qQPUVVfRBLFnMDF&#10;02qV/HpxWqDUESYInqY+4hmyzpqPU1ksvqAu9YR0GZoaNRTXsrkwioihsjVOTk5UN11F9yG/pPpO&#10;vRlkGnxefYlkaWquapgVH4umqCkaDyohdF/Cwf6ot8CCEkHB5J6oNxRkCq8pSLEFaogHwiSAOqZI&#10;PtlrLqI/qBHTBk1jcu+ZvbZNFj2lvQYzy4hoXavUstvTclbDKPtsrwmHC0eEhJC9MNd8O7QFVTeT&#10;AyJcFMwMAre2QAULvlSABiPaMN5eCNChC818V0P2fRhC8+aixCfFswr9H+y1CRQNQBMg5EelvxrQ&#10;n5BeQeV0lrBem2F/41ubqy32GpUXCw8uLwUbUCwCq48Q19lrnLseYGt8CKTrUUz/f0BSlU3qudCW&#10;msrKtTqlg92kidQVnba+i90GTgay/WBKSdR37Y8pZVsIi/qhg1TSXmgeGxFHx8QcbVhS0IvrbN63&#10;pGwIAWuHW/bSka9nsaSUpNt3zfPd5QzI7kFpuWijDhfmRBHvtexRPQJpu/UEhrrceBaJZNCPXHgg&#10;OHIX2oDlIbfwuy5GIDpw8NAYC0il6yNRjw+gt+eSXi6LwXng4VREl8W4bJK6w2q0rqexuWCB7T59&#10;JBzK+IAZyCmgWg7txHYWmI1DSQEVJZCXu8MfqA7nj+hkaxNl04bq5hDaPfK+zx1C2+PzRxyszgNb&#10;eQLaomnZoKtt6HXayQEb62/AC75tHGR4I1ASgxMeOK9rjj16Hk7z7nBFDsUN9wD5j1WCE9huEPoh&#10;nYzYC8PbQX2ESwFVFfIJbB+CHLzRSXfPQh660Zhec4j48Rqzl6r4blPO+gTuvhveNL9vf/rZgZkV&#10;BC5vAd3P0eF9CU1rJ3AvUQthrrYEfWB7WxaKHxQo4apazqAQop+ks7kH55BAux2UhyTdphPOhyRd&#10;v8Bje+nHj5Kk++48cbzYA8k+L2xPKraeeNcCvl93fp/svR3P4CubIBe8InohBz3wYZX4dEeTSmyq&#10;92wU3UAeqoC564VWOAiY246NvKV5pYzvUD7168Lz66G0jY6veqUM3sejKqDw7p8SL+OAdDYvR6I3&#10;GvWvVa/uFU5v/wcAAP//AwBQSwMECgAAAAAAAAAhAGs1F2BAAgEAQAIBABQAAABkcnMvbWVkaWEv&#10;aW1hZ2UxLnBuZ4lQTkcNChoKAAAADUlIRFIAAAFqAAAAlwgGAAAAPKMRkAAAAAFzUkdCAK7OHOkA&#10;AAAEZ0FNQQAAsY8L/GEFAAAACXBIWXMAAA7DAAAOwwHHb6hkAAD/pUlEQVR4Xux9d2BcxfH/53q/&#10;06n3YhXLvfeCcaGD6S0EkhASEtJIICG0EEIgEAjkS0gIAVIgAUzv3eDee5EtyepdOl3v7Tezdyed&#10;pHPF/P7SSHNv375tszs7O7O7bx9GYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRG&#10;YRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRG&#10;YRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRG&#10;YRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRG&#10;YRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRGYRRG4SuDJH49JpSWlp/tLJ94oywc6kIkAqnwlUjYIYlC&#10;ImW38IoKh1RCXnxLwFcOJqFnwgUKQ3HYKY05JVJJlKLEwgoPfiqha5Sv4gH/sk/MTf6xe3JTesKf&#10;0pKRi+7oGedEXlw2KQcTCYswIpZMDkk4TH4cn384BoeJObiUHBgyGYXjGy5wLIhUUEZUUFqU9BAY&#10;uE0OE3PGIH5DBaOgSU+IiLgrBRAVQ2BIiuKOAhw9PtdCHKgyohD0RMgvUVoijn/j+UTpGpUporF2&#10;FuFi/vSAa5SuEb6n+qCHdMcVxQ5Jwl9EEslQbXKECF85BfIhv9gzisj/sbj8L8Jwbnwbo0f4C0/O&#10;I+bmSNIoZ8WRY+E4PXElEOnGisI3BOSWKSQSoodpGoSBKAT8DAhLZeQm5oqE6JZqVuQTh1iQmIN/&#10;Bx7FChu7H/AUlSDuY/8CYslFBkMJB1coORKljjljfvH7mCvmEG4KIJKP/0bihYn9xoH8wlI5O4Q7&#10;7iXuY2VjIAf5hYnP2U9KzMFB4sEFJDkFDHBf3DH8+fEgEX8wXoIPuR6ZiQYKFwtDP4mwiSdcvgQV&#10;3PKDabGbvbkd2ZfdsfSTwwwA904ukCB4gLIYiNuYXyLfZOBUQxp9nqGx5g1rW8PLMd+vDxK1JKB0&#10;3LjFPnP+FdJIsFd4UPeQ+T19/sy8K62TFi2RhgID5HBElmp8jUnVGFkJ/4QfQ8ItnjHSTewaux98&#10;zv2V74aGYZ+YUIxdE34xr1hc4c9/8evwe/FPN1JqWe6IoE4pjTeBkOwCYuGZjqhMSuEikJBQjw6U&#10;SSQjwsX/43cih0GPOAzcJvnHQ8aAnOKOuW2gDMkwGHqQ5QiEI1X4GCQ/ERSShyhjOMg1TH8J1huZ&#10;RpQ6rTQURITp5gFtUAYOAU7naBATXbGyJ/JnGEiJHLEQMZ9EWgPPCZLdfJcoBl8GnpEjdh/LkYHD&#10;JeS2uFK9SgI+0YbsjsalkIiTHJafh0lA0zVCdcByQDxPhBNX/uU4sXgxP5GYEBDCj+/JzWJkMLwI&#10;GRMdHIDTFk84JP2JwDG38BPpxO5EeHEvngz4Cw/xH78Kf37OD4UXpEG/aE/iYvKg3GNBB9IQV9I8&#10;JEQ3IiSkZQr2FGnw88SvAOFMbvVBVwySwh4NEoWL83rsLsYn3Ddl1GmlVB7ZMJQSDXLqj3Lus3SV&#10;8T0/Y16NX/m5kBkchmjlLMQ95xm7GdLPhR8Baw6skCWKn6BCPKVnok6TaB2sfxLUah20DXv365pq&#10;/hVU6dIipDpEouFoJESDJAUMhyPREPFbKBQORf1eSYi0xhA944GV/IkV6UqtE78nN/Ggz4OIQmmW&#10;ej372vZuf15kSjBYAoLc+cvv7Vp+zW/hcdATiqQ3iQbUdjRAIlcgSsgRmDau3tiV72PJJLv5obhP&#10;dtMPX4XYE/8xgcpCUxbyQ+l1I6wzIqpQxiub86AwiTQorBDQ7BBe8XTj7kQY4Uv/MfEqvOMYY0oF&#10;0efPyCd65FC4bKQbEhNzAGoE0joR1JkEA6t72xFRaxFWqKjBmd1j6QmIO5N8CBJ3ieZOBRyGn9NV&#10;lCcIhdsuGj2s0tLgwCrvQIijQDz9gQBxR6IjEIwsgYRotSJoSGdNIEY3DbxCQMXjBam9owo1dO11&#10;CCs14l50YoJEesllGpKHuIkzMbsGHib5xX/YnmB9nMsQUqoF7RJBN4WNB+LroEBJdvOV/oTcifvF&#10;Bd+gW8hC4RMh3lL0dRAtafCZMiF3WElw+8mfhTaFoIQCWiOCVPfM56xV+yks000dL5Zm/MrAZRHX&#10;uA/nw3f8PzAExMMISDxniPMYqL3ZqoPWQJE4FldILMhIOMazAf8UAaivqiydCBNtoYxcSLi9acBK&#10;mITMz2EN5U/9Td1J/TscgS8tG9Jw4OhFORUQlcE0MP/ZxOAfJLpj7T0Iop9TMBamjLH7wesAUvmH&#10;3scwJguoTUl2aGy94urJLhJ9S07Cb4BuFogaLUK6NGh72yAJBuBPyxLKSQySG28oxJoy/pwvRAP3&#10;pRDJCJCFnuBNksGCdxjDEuI/Ww/kdgtsRdUI8qAQComwzDuJcPQPKFXQNB6En9pE09W81f3yU3NE&#10;XgRD2iR3zhn3dC2++H7OVEYEpDUd2KjsbFjl6Wzv8EvkNHDFqR2AoZU99O4oMCwQG1smhbRVUjT2&#10;F/1jZ67MqNn8XKSt+T92f6CQ8hPB2ZA5obRPBGj4kkdCYU12fm6osPwqR+mEBczUoM4rrgTalpq9&#10;uraGF5xdLa1U/cQJimF0f3Wg0RZGmaRNmV9yWd+URT8xHtn3map5/+/7/dE8esosGw95moBGdxrO&#10;Q4bsnKxQYdmFjtJJ50SZwfzExHKlYGRtS22dtvPIf7ytR+oDFB4KFVf9aQWmW6OQ9hgysuf0TF78&#10;gL6zcbOmfudd/b4wSQkm+nRXtSQq8XtCxoyctGhh2bm2somXhEkQs+YiNCnu2G31rcb2I//ytx85&#10;5PaFwjI10c1TYwwnUAOpgwz1DVN6GrnSYkgzTLJMXfJHhd3SZK7d+uN+f0jj9wUUrBWeTgjH6daZ&#10;zAZZUfmZtpLxV5NAkst8btHWYRogdd3N/cbW2n8Fmht2u71eP9HNcyWnFZhutULmNOqNOf3Tl/xD&#10;5nZY0g5s/q4zGJF7fF7lcLpjtR6ve7qk6vcxPxrg4g9jA2QS+Nwhrd6okRWXz3EVVV8fzSrQifZm&#10;IJ6X9HV6tM01L4Rb6zf53E4PVFrFQHufSIOngqRozME8DikVUn+6XiN1l4x7wps3Jj8ilUPmtFDY&#10;mMIrxi++0i/r7hGVBkpSWH3mbGi7mjY6XntugXhMMEJQdy++5P4oSXyVw4LiD5//dl1H97/ij79W&#10;MFVNfMBx/a/uMv7j3hvtzY0DKv/XCeW5Wd9sPf+7/wkY02lg8iNMAkvm96H4o3/f3dh45PfxYF8r&#10;pGflXt7/0z++anrvn3+zb179w7j31wqVafrF7ed9ew1rHDLSqsPMOKRRFH3xyt9aDu77/1KGTK12&#10;hu1nj21XrnvnJc+6D6+Ne3+tUKVTTO4691t7HEVjIWe6SXtmTa9g7Ruvte3cfEU82NcK+UqM7b3l&#10;j4dULbU7XK//Y2bc+2uF8cRm3eddXW+pnmWW8bQWWxOk6eVt+XBz58bP58WDfa2QDhgdt/zOrrZ2&#10;Nbn+91RZ3PtrhRk0DLcsW3m4d/KiMjHdScDCMmvv+qasz98ae5DUM+H5NYPxvGv2OSbNn1i46T3k&#10;1WyGn6za4SAlCy5IVmz3xAWwlo6HrvnQescbzy2KPx6qvvBNlMxdxd6Njf6ODk/d0uv/eebMSWNj&#10;T79ekKo1kmh/H6Qa/elWqVLCitmzy44sufafgZ5en2LHmiOR7EIoDu9sC9ce7G9c+o0H5k6dekY8&#10;6NcKmqwsCexWODyeuE319cIVy5eb6hZe/prHF4Z825cN0ax8KBoOtkl2bWpuWfbNH1SPn3RNPOjX&#10;CorMPJSRIm9UyP+/tDdD7ZyL/u1Qm6FY9/7BqMEEeV9bn2TzF41tCy67PH/85J/Hg32tkFE2FkGn&#10;Ay67dYiS9HVCzfyz/2vJH2uWrX2/HnIZ5LY+m2zdBzWdM8+dmz5l9kPxYF8rVFRUIORywtVv+/9G&#10;974ZC//RO25BGdFaJw0GAtKQP8ju3up5pfUzFj4TD/a1g9PllLJGbzIZMXbsWIwZUzYCKysrUFJS&#10;BDnP/0QiPDU1pJ6GatRzl9zbNe2c337X6DqSrZAqH+xQFmUFulv/Pr9iryqvWNtttVI7DzcNvmK9&#10;k4VdmZPu/r81Oya9tL+z5Ja5ZYevmzGxrq7bouNtHKcGkpQGdDgaRaY5DaGOFvf3N9VP7ZRlFv6q&#10;KNwaCIZ8jzcEKq/OReuMdG349nZlqczV0/v89NztxeMnqVp7+yRy0kBGwIhMTry8UTK1Kgty3G/v&#10;PFj2+w31E5aWGjt+v3TWrjZvSEM8xRNwsYBfsXoZOC+jyQSt3eL+6eqdY/dHsyt/VCbrM4UDtt/X&#10;eivOyZW1rszWun7QKh0HW5/rLxPTN0+bORNNPRaZ9JTbIDVEw1EUZWd6P9mzL/sdp3zmbL2s58qK&#10;nO22YFQdDIfFUsPpAp73U2vUyIsG3Hd8vLl8jcsw7soyrW2OOtj2i0OeiZOM6Ptpsbb/5z3qKkdH&#10;t+++CvWmc89YGKrvtYr+ciw41qiaiJoIw/cRaoPc7Gx/W0OD+YZ1tXPy1DLX88umbAob06R2m00q&#10;OZWpj6MVgvqUXKVAiVLi/eNnm3Jfs+qmn1mkC1xu8DXeUusdW6qW2O4q0bXe3S2f1N1ji9xWIt14&#10;5eIF7jqrQ8kmeEoYMb+QGsiAj7tiwH0uw2QM+qw2zXXrahcpfG7/v5ZNXKfKzIHFapPJkho8FvNY&#10;NXt8YEuhKk3re/rTdRn/6lbMnpxvwPfNgUO/aAyU88LhY6XyI3+3qqr3dbrwrezg1puXLbTU2l3q&#10;gbnnlHCcMqWom3A0DJPeEJb6PJKffbptXlNUqx0btmFa2A6XXBUPNQgKqgZnVIoDYSX6skuhbavb&#10;YH/znwvjj4eKgfxZi+7pyBl7/5+uWIZbz56P5Q/8FZ93RnHllBz8/apz0BGWwefzion740mQoR1u&#10;aNjhnbEiKx33rHofj7+xBg995yL8+OxFONLbT08GAw6Pk3h2tHyG+/PkvUqtxhi1DN958W38Z1Mj&#10;lhSp8cUDP8N/vtyOG+54BPf89Abc/72rcf09j+KFPb04c1oJ3r/xIvTLdXC4XGLRYijwIkbcOQLo&#10;Qez/KCDhqRf885Mv8d0nX8V3Ll6M5765EkdsLlHWoZCUyjHTHAmckkyuQJlJg3tfege/+3g/qjOl&#10;qHnkNny08yDO/ekD+O63LsM/bvs+7vjDE3h4YzMmjM3H2u9dDDl1pu5+q1h5H4RE7kdj3thz/o2F&#10;4N+4XzxqfroZb23Ygt99uQuXTarA7cvnoc8fHEr3YLTUkPw8KVoy8ILwmGwz/v7G+7j5nZ3IVIfQ&#10;fN/30ez0YfwPfoMzZ0/A6j/djf/7x4v46bu7kTMmD9tuPA8ZJWPQ3mcZRvdQGCjqkDLEPJnOVP0+&#10;Pc2EltrDmPbkKkwozsfGW66ElTpnMBgzyxmSkjkGpA6QyJOFY3VuJl7/fA0uf3UjeXhR87MrkZeX&#10;j7Qf/gYTSwqw79Ff4cXX38M339gKeZYZ225YjnETJuJIV28KupMXSIfmPeg96D88qI4Gy4CtH/Of&#10;eQtaMqC2EN1OqRKB4NCZBxF8eGSCo+XNt8k+4WgEldkZWLdlO857ZwdJPjs+/cYZmDt5IvLv+BOl&#10;E0XHw7/Alr37seJ/a8VC6nsXTcPCWTNQT/KGB40kMo4C8QBJ4Y4WRaVQQBkK4IrnX8eebgc0KrZm&#10;ehHlNaHhQGXnqQ+zUg5XWjZkbQ0b7G8lCeriCdO+6ckpvr5v9dsr8mYtvKlz8vJnfj4uA3dftAzN&#10;zS244D8fob3TjduWVOC2C5djb49NrBifTigx6fHwx+vw3PrD+OU503HjwhlosTmPXgNDgNdZY8B9&#10;5mhRItQIk7LT8X/vf4aH1zYgO0uNd7+xApXl5fjTB1/ggQ934NsLqvHgpWfBbu3HtS98gJ1HbLh2&#10;Rh4eueoCHLa6ESLGOn0qH2mWZiNe27ob93y8FyunFuPB5bPRGYht10lAKnqOVoJUYUPEeVPys/Hy&#10;F+tx24f7oDCp8eHVizFz8iQ89f5q3PXxblwwoxx/WblEtOvN/30PH+7rwdkTMvH0Neei2Rehwdl3&#10;0nQfK3S2UY+PduzFq31BLMjU4prKAril8iF0Dwem7WRKwNudqnOzsW7HTtzwNnVaivzKFfNw7sL5&#10;oi6+99EezMjV4p+XLkU2DRy/fPk9/GdLKyaXGbHqhgvQL1HC7nQOCK2j8VjiPlG2VG2QAL1WC3tn&#10;O7699hBU0RBeOX82/Go9/MHEjoNjw/A8EvcJYH+ySlBBdNfX1eKCVeuBQBR/O38Krlx6Btbs2oNL&#10;39+BsjQtXrlgLkoL8/HQ6x/i8fWNKMvT4jXqDxG9GRabnZSSow9SQ2B4IVKAWqWE1O3Ed748AEt/&#10;P966eD7lkwZ/4NhTxEOTPnZGIeLdoox09He04tz/fQF3vxcPnjsJP77oHGzcfxAr398mdvm8fcFs&#10;LJg0Hk++8yHu/HA/9BkafHTdMqTlFqC1r19s+ztdoFIqIPW6cdNba1DjlyOvZS+yDm9HgBezhwHP&#10;UfuVagQnzoWloAryxpohglrqzSs5r2/51ctLS0tLpMGAlT1572ErjawKvRH/t2IakGPCo9ta8crn&#10;a1Fq0FIFh0honUYMBGOdlDRWXiXme+EfOhEMIxzHZHcyBoJhKrcO765Zj4eJDqTr8RTRZTRnopno&#10;FEANxGXopcbyy9X409mzYS5Ox/8OWfGPDz5DMS8MU0/g8p0ejFDZWChTooLuiKBH+CdhJAVyvFTI&#10;+zeTMRgIoyQtDeu2bsdt62sB0uj+vGQ8ivML0dDRF2N9yptfEbHbnejyhvG7s+aivDwDH9c78Md3&#10;V6NIKSMBQHWTIv1jYaryJSOvc/c4nHB7/TSKRlOGScYTSTOBAeLPPJMJtYdr8INP9wCkqTxwRjVm&#10;VVaiprVL0CuIp6vP7UWj3YdfLpuLuRPzsLc3gnve+AQZYT8UZKKGiHc4zWS6Eu7k+0Teyc+GY4jK&#10;pSQ+M2k1CDLvDks7VVsn43CeSOYTRu4zWUYTepsacct7m6leVfjJnFKcPXUiDnX1iXpmulmzDPj9&#10;qO1z4AdnzMbZk/LQaAnh1299Cb3XCaWK6Ba8mMyvR8EU/W04BoluFn9GoluUk+5ThRuO3J8HcXi/&#10;H8QADXRGDcml3k788K21cPvkuIHovmrWFOzt6EWE5AkDq3RhUrbY76pZU0UYl1eOH725BoGeLpFG&#10;ICF7TgfG5aSwFImGdLIsJpM1U12QOwLZwqrMyYKCFKIIK8LDVHuZoaT84mBO0WTTgdWPh7Xphc68&#10;iitmG2UYR6ZTQ58N1fk5yPL0YU23Hxv63VhkiMJMnb/f7RENlariThY1JCw2NbZjb7cTswrMGEea&#10;bz91oFRhTxb9VPGZeg06Wppxy7pa+IIS3D0pE0unTMTBbgv0cgn2d3RjQ0sfxmfpMaswW9BdRCZU&#10;WcSFD9vtWGPxYZYmhOLsTPQ63aeNbrVMioPtXVjXZsMYswrz8zNhp84bJMZLFX4AafQ9HgZCQRg0&#10;KniJeW9de5DqE/hepR5XzZmGGosdauo5tUT3ly0WVGTqsbAwCy1WB9KobSfIfHizy45t1jDKJU6M&#10;y89Ft4vbO3VeJ4tKmQSdpFm9eqAFWWo5zijMILpDJLyI7hThTwaZbg0JGpnLil99vhNNTilWFinw&#10;/QXTUe/yi33qnX0WfNBsQa5GhhUlOeh2+6DW6TFNB7xDgnyPVQJzwIYZRTnopYEkdBrKxcjzt1G/&#10;F2usftgddlxYnAm/TE48SnlwmFRtfYLIPCOTy5EWdOO3q7djOw04C/PkuGPxNLT4edD2w+lw4PWm&#10;PhgVMpxPdW6jvsE7neaaFPi0o4foBhReC+YX5xLdLLCOw4cniKwAKagO15KW29nXh5UlmQgplPDR&#10;YJEq/Mkg081KVmY0gEdXb8PnXRFMSI/ivjOmok+qhMvtht/twuvNfUIpurgwHWGJFM6oBHOJ77e0&#10;tWGfTQanvRdLirNgDUXh9we+cnsw8v7okM+Lj460w+IPw6xRIt1kgNeUhZDBPASjxnS49IRUZg9Z&#10;WVJ7X6v/8J7BF17yzrzgBff8867LfP53Jf780jntM89bdaM5hIvGl6OTGFgql6GaTKU/fb4FbzUF&#10;MC5PiT8vm4qeMBFHlXDCJtIxII8I+PeeOrze6MS3q9NxybgydHpI0/qKwAxi0OmQI4/g9tW7sbsz&#10;hPMLJLht2RzRacPUyHk6Mn3qWvC3gz24qEiHG6dWopsqlXdVjks34sUN2/FsnRc5aVL8fekEhDRG&#10;dFvt4k2orwZR5NAA8vnhJjxZa8cZWXL8dFIJLBKFKPdXAR7BlUolyg0a/IY67ZfNXszLkeCBFbNF&#10;p/VTB8nRa7G2rgmPH7RgaaEBP51cgq4AaTsUdwINUu9u3YXH9lmhMijwzKIKpGVmo81CpuFp2O+b&#10;rlXjYGsHfrO7G3PydLhjcjF6w7F1hK8CHF9Kgm98hgH/t24nVtV5UGkM4okVM2AjK4nXGTJ0Whxu&#10;68A9B62YpA3j3ullsMlUJOBDqMzKwI6DNfj19i6SWHL8ZUEJKktKUNdN1uVpoFtBfUkT9OPxPgnq&#10;6mrx5+nFCBvShEZ4PNP+eMA2ysRsM17YvBPP1DiRoQriKeJXmSkDvXYHaYtqWElI/vhAHwpUEjxC&#10;WrSPBIKPhNIYUowO19XjZ5tbxJ76h2bkYGZ1FWpJkTkdUwE8fZQujeL/+qLYsm8/nppRDGkaDVLH&#10;mfo4EWB+nZSTgfd278cju/qglAfx7JJqGHPy0N5vg16tht/ej58c7BMK1pMTsqBNz4TT60NBehrs&#10;3R347peHEQwr8aupGThv6gTs7yY+Pw1TnAoaOHnf+u92HEF9WAF1NAw5DQhHm6P2K9Qo1qlh09Fg&#10;0nzoA/u7/z3ffMG1rUqP6wNJPgnqwKILrjM9e3+xL7uQBfWrPy3R4to5U9DucAvm11AjZ0Z8+MXq&#10;PVjX4sH5ORHcf8EZ6IjIERg2f5m6qw33jdudcSgigfLk2p14YXcrfjSvAt+cPQltlPdXAS63gjSr&#10;IlkEv/1gLd7uAGnrajx51nRYpWoyebzizaYCow5v7D6ER9YdxhXjs/GLM2ahwxsQwpJNwEIFhIby&#10;doMXs4w+PHHBAjhIWLtpkBoxb5sgaSh5gzAseIFRj3d3H8TvNzdieYkJv1k0BX1RPnchLqhTV6aA&#10;5EeJ7BLJ8w6CMXoV/vLxl3i2IYiKHA0NMuPF/KONNGOmO4/y/nhvDX5LdJ83Lh/3Lpoq6BbpUPxy&#10;nZyE3S48d8iBMRo/nj1vFiLmbFjtzhSLqicHWQYddtY34mdf1GDxmEw8tHASevgt5q84QLGwqkrX&#10;479frscj+2xIM2vx4rJqGDLJIrC7SGBIkEED1L6GJvx4bS2mpyvw+LKZxA9K0Yn5Lc0xRjVe2boH&#10;D++3wQQX/r1iMtJLytFFg1TyfHVyEx+3NuIBVKRFKrxO3H3YgiMNjXhh+RRETekjBVZy4yYgkUly&#10;Q8eBp+TKM9Lw+eYt+CUNMhID0b2wDGNKStFq43l2CfTUh/u6u/GNNYdRqJXjuTPGw68xCI2U660i&#10;TYcPdu3HXTt6II948OKZ1SiqGot2y/DF5JMHOQ1QZhJSvyG6N5OgfnnFVMhp4Pf5EspYMnHJkLpm&#10;E778ThYPMlt27sQP1zcCZBX9Y14RplRWotlG7U0BtdSHPVYLvkF8zhbbS4vHwZiVAzfJLa63EqJ7&#10;5+E63Ly5DfC48Deqt9nTp6Ohh9s7df4nCkpFbI761s+343BYjfyGncip2YoAadDDgeeoPQoVlDOX&#10;oCt3DCKHdr1j/+CllfIfPxjV9Xd+LClcdsEL0UUXXad95r5p7vyS6R0Tlz53x6Rc3Lh0AZnCdpFI&#10;mDpQYWYGWmtrcOlr6+GGFn9YVIZrF83BYSt1XCJYkHRUunhGUlziEHMIOUdYmmbAg+99gWc+34Nf&#10;XTgXP1w+H839DhEmFigeI0kwprzn37gXd/mJ1IgvfLEeP/lwP9SKED6+9kyUjJuA9j5iPrHtTIIS&#10;YvB/rdmCX7/0Ob61eDweuvJ8tLl8NMBFhKnE2/mCve0479l30NgXwq+p499zydk4YHUhdrDTsDLE&#10;b+MUj4QBbwlKs6h8qzfgp//9HCtnleOZa89Hd1gqhEYsxDAY4hHLYXi/5RX/saQRf7xpCy59ZQMQ&#10;8OLD65djwbx5qBcr+hSa/osz0vHKmg24+dn3cfWyGXjmmxeh2e4W5hoPciaDAVqPDRf/7RVsanDh&#10;xkXl+Os3L0aDJyjmN7/KomoeaTLrdu3FpX99E+fOHof/XX8h2snU/iqCmhcPq3KzsGPPHpzx788B&#10;GpD+e9kcXHzWMtRRp2NRw3WVazZh894DWPnMu1hAg8QbN10hBkcxNcFKiVqDPLLAbnj6f3hzby8u&#10;nFWCl759sdjx5PF4htA9KFYGXQKOcqvlOVpLD77xwXa0d7TjyxtXQpKeBS8pDQOhhsVNwMCSOV2S&#10;g4QiYdIMzehrbcayFz5Hf0c/Hj5nAn6w8jwc7LWJoxgYjGRJdJKZf+aLn6GEBqMPrj0LAa1BDBL8&#10;Gr1CSUqNUoJfvPgmXtzbh7nV2XjlG+fAqdDA5nCKoxUEiMwHF/BjwDwTdzIwD8Wd7GaBZQgHcMv6&#10;GtKoD+Djq5dBnZMPj6BbBOFf4RZAzthdkl8ykDe3d3aaEVFbHy5/YyOOtFjx02lZ+Pkl5+KI0yu2&#10;pDLwjhO3pRcXvLMFAaL1g5XzkJZXQOwRe1NRKCWkKP7pzQ/x5929KC9Ow6sXz4ckLYssEftXGqRU&#10;ZNVKvdR3XvscNS5ggq0B0/ob4FIb4iEGgexo2CJSdBWNR0tWKXB4z7v2D/53kfbbvyRB3fOhpHjZ&#10;Rf9ULjjnW/Z1H/Z40zIVLk2G+WfjsnDN/BloJy0kAcFwBOPysrD94EF856P95BHEP86eiFmTJ6G2&#10;Z6iJdPwuHBMWCSgiDeD/1mzDf7Y34kcLx+KGuVOFRn3MdMTD1CG4ESuyM7H7wD5868N9FEyGp1eM&#10;w+JpU1HTSRrDQFklKEzT49UdB/CHL/bjsnHZuGPFAnT5Y/NqDCGiewyZVk2NDbj0nR2IugN4ZGkl&#10;LlowFzVdfWJLz7HKciwoogHqrR378FvScpaXpeH3y2fBQk2WENQxSEr3OFkw3SWZ6ehoacIlb2xC&#10;0Ac8tKQcly+ciwNkziVvic43GUiD2od7PtmLCycX4/4Vc9Du9g90DS5DYVYG3L1dNDivg6U/gLsW&#10;FONbyxahps8uDrc6VcgibX7H4Xr88KNdOKMiB38irbb7K2jUrEhkp5kQsvbiqtfXoaMvgFvnFeKn&#10;5y7Fvm6rON8hGqc9k7T5PfUNuPnjPZiZSRbWBQthlQzWOaeVYTJC53fhmle+wOE2J747Mw+/vnA5&#10;DtLgzALguC09pGoGb7jjyj1O3LG/E7X19Xjl3NmQZmTDS9rdyUNULCimGamsATdueOUzHOwO4vqp&#10;2bj7/CWotXvEHHNiYDGQwOrt7sJVn+1HgVpGlsJUcaZNwM/aPKVFdBsNemRJQrjp9S+wpdFJ/cGE&#10;3128HA2uoJjjPvrgTDQegx147tyMEO492IMNu3bjlXNmQJ1bGB+gCAQvcdrHSIQg8ZSVCZ1Gi1xp&#10;CD987VNsavbigolZeOzipah1+oYoElq1Ct5+C65dWyNofWnJeKTl5guLmoEHZ7acKw1q/OKt1Xh/&#10;fy8WlOrw1yuWoz0kFYMJW6CnAgMa9adbcdgNVIf6McXXBxcNfsOB91FbiQVtpmy0mPIQqdtLgvrl&#10;i3Q33BbVWbs+lJK1J5NTQXUtB2/S9DT9kQ8GoVYTGmUyyikhnrOaWlqM26fkAGRG37HlCBrra5FD&#10;HU+YjvGw3OjHxjAxWQLpXmgz1EmpQmJ+JCgJefHqqBhiDI7AYDAg5kBb62rwK97poDLi51NzMb+y&#10;DAc7u0XebALFMECjrF+kxwsSnKY/4BNpJDAaCYlFt5K8PDw8uwgwmXDH9lZs3b4NmRqVWBBhBmDm&#10;OFnkbW9iMUQmFYsPXq9PzB/HkN2M3kH0HR19Xg+0Chn6mo7g9k+2Iygz4LoJmTh7fCX20+AU9HlG&#10;hA+yyU10c13zffJz3opY39YBrd6IP8wrB9IN+P2uTnywbiOylVK4iYF5T/2poJfz4rNViPl4dd9D&#10;96nCnQhyWmwlRPo68av3N6DDq8R54zNw3fTx2NvZCx+Zs76kumM6ue6Z7ijxgn843VSuju5ueKVK&#10;/G5eJZQFZjxb78KLn6xGjowXmqhNksKnxOQ2G2jHWLsyv7EtxP2Eyy/8TgH9voDQclWufjzwwVoc&#10;9Kgxs9yE788ejwaHh7R/N/FUrD8w8p5lwWvUx8RBVFSOYJCQ+gD3hTDVRZ/VCltUinvmVyO9wIDX&#10;24J49uM1RHdsYSxVf4vhsL45DCNhspYoDAMLRi4XD3gDMiAhE4bIiJGYkC98Pki2JIDHP1mPTXYV&#10;qsoz8Is51Wglq8znIQFMeSTCRkm+8JUHAtbzk9MR/hSW47RR3NvmVlNa6dhgV+CJT9cjRxIUeQ2P&#10;c7LIeSASQF1mGV7Nm4YPM6tH4DsZ1ViTN1kc8qSmNqFIor7EVmiqI5m5Yvyl2orxk0Pr3/xVSGnQ&#10;uArHXjlVEUCx2QALmTyDjOYTTN5PDDI9y4S29iYccKrQarNgUboKTmoHl9slGC85zomgnBpuW1s3&#10;DtoCmGhWoNykQ5/TTc8SQuvEkAUfg87nxIMba3DQLsUZaX58f8ZY1Dn98LicMSZPQjkxUU1XL7b2&#10;eVGmjmBShhE2byytRJggYRdp+FNz0uHuacX+fgkOkFm0JE2OIGnrdpdLMH5yuieCcmLOw1092GwJ&#10;IF8Zxox0HRzB8EAHPlEUq+fEEBkhL57achDr+qSYoPHgtpmV6AxJYKOyslBOjiOjAYinQjb2eFBm&#10;kGNqhh4W99B8OU4X8UBVphkaawe226TYRUJggY7n79Xop2fD0z0R5J0Xbb0WrO52I18rw2wzmdd+&#10;6mRJdX6iyIuA2ZIw/rV1L97plqBA5cU900thlathsfQL4ZQcnk/F410fn3d7hACam22I13lSexNN&#10;PTY7SsmiyHL2YH2PFxtcIcxS+JGmI948Rbo5ToQ0rI1kdXfTYLA8U0sDqhxuEqqpwh8LfZRWnjyK&#10;t3fuxz9bgtBIvXhgcj4khjS09/TSgDO0fCwo7SSI36c610kixLukZJCZwdM5iTCCbqsdWaSMlPmt&#10;+Ix4Y5MzgomgdiLrr8vuGNF/TgQ5jpQUoM3uKJo7OrEiQ4OwgndksLwYlAMngh7CbAWwes8BPNFE&#10;A0/Ei/snZJCWnIdGUsRYwUgOzxsG3Haiu4d3a4WwPI0ik4bvTMqb+66F+ojBYERVxIUPOvqx2yVH&#10;YaAf5elG0QcCSWmeKHIbBNwOfNHWh34ep4wmsZDIJwjySaTDEQoVciMkZyFFwNpX668/8JJy0uz7&#10;lC57vWTM2Ze8kLHi0ussj/2yxFNUPqdryopV16tsWFpdhr4UOy94dDFotTBF/LhnawOOuFW4ICeE&#10;780ch1qHj0aw0DFMpNSQo5JhVW0H3u0J46pcGc6vLESPj1fCTxx4pOazo8eatPjn9gN4o0eJUo0P&#10;988sgUehheMoO1Sy1Ap80dKDf7UHsUTtxvUTSmDDyJcvOH0VWRt5iij+uK0eW2kkX5Dmxe1zx6PZ&#10;FxbMeLJ0Z5FGvr65A/8gATNT7sTNlTlwqnTEUMlTH8cHDj2eGOrNPYfwfCuZw6oQHpmWDxl12j6n&#10;K+U8W4ZGiS3NnXi6NYAlZgm+PTYPvcGRpifTLScTrlSrxFNbD+KzfhXG6X24b1YFLPHtTye78ydN&#10;rUQtabuPtNCgr4/ix6TF9EuIWVnzOAkIRaIYm2XGxkN1+OMR1jBDeGwSCdecXLTbHCl3LJgob377&#10;7g+tQUyUuvCzcflwkFAf3t4MvLhYadTgpd2H8UqXjPjUh0dnlcJPWg8rMSc7f8k7hXSkGDwbMGHf&#10;vr34fZUZ8oyck979wNNx5dkZONjQgN/UOIV18NsqHapKitBsdRLdI/lQq1TA3t+PX7eHkUXC4Del&#10;ZAUb02ggi2m6yRBbXNTjvX2H8Xy7BHoaoB6bmgeVORNdp7DjiacOMmTAP4MmrN++Aw9WGKHNK6TB&#10;8eR2doWoX/DaSndXB27dayHGl+D2chXmVJWj3krtnaL/8duBAYcVd7eTtUyW74NFCrGY6BFTPkOB&#10;d5BUmo3YWNuAxxrY6orgceKnHLKmWywkFU6Sbt7lIyXl9vHaHjSE5KQVZ8Q05KNASKrAtKgTvVE5&#10;HPWH3nV8/MpFhmt/EtX3tX0oM1eNvzStcsJk14ZPngia0gtdmSVXLCBNcUZVBSIk5bUklJNRRxqF&#10;lIhPz8jAbJMcX7iC2EejT07IgTMnVMInV4n5o+HxeCEl+V6ThLlpxLi9dhzsdWF2ngmzy0sQprw1&#10;Go1Adfw6gOph94QqyrOaOu3qA4fwXI8cSq0UD5GwyiSGcBFj6ygfNcWLoVogv1KeZTKi2enBti4X&#10;KvUSLC4vRVRF6alUA+HU6phbSiOxxmDCLLMaW6hDHPDroPL2YWllCdFN6SmVIl4y8vzXcL8EZpgM&#10;aLW7SZv3oUgVxZmledSj9FCQtpEqfCqUUdjqvGzsPtKIx9pIZKsUuG+sEaXFNOAEI1RXVK4U8TIM&#10;BnSQlbC5m+g2qbCorIC0O853ZN5yopuPh5yXpcd+0spq/HoEvTacW14Av1IrGHJ4HKb7aJhm0MPq&#10;9WENaXeFejmWluSIIx4VKervaCgjHqwkutva23FXPR/dqcCdFVpMqyxHbyAi5iZVpPUPj5em18NB&#10;AuILypsH3RVjChBV68V2xuFheY4xROWanUMWJFmONSETDXz9OLckW2iuPEClykMl8h6Jeuo7vGi0&#10;1hGGrd+Ci0qyoM3MElseR4bndIchtaWcylmSlwt3byd+c8gKn8KIHxUrqO9VoTcsJbrjPKtJ8G4M&#10;jUQ3m+EfkJasJ416ZWkO1GnpgtdEn6A+lEANlZ/PCZ9bkEkKjg37qL1bbFZcUJwOXVau2LIr+i6F&#10;1XL4Icj+cYz3bz3lbSS+WmsPimmly8fkIj2/gPJm+aIbIhcE6obdE3IZi/PzEKX6/83eDjgV6fhu&#10;iRKXThuPPokSei7LsDiMPIevpIGLNepgIIgryrKRRdo31+PwsNw+QaJ7en42ZAEndgd0ONBvxbn5&#10;RuQWlYgBkeXf8HhHQ6PeAD31xy9JQ+/304CYkYWI1sAfBkCE8hmCxGdQaVEY9sATjsJn7a31Hzn4&#10;knrSrPtULke9pPzcy18oOfey65oe+nmJkzTq3rELV91eacLVSxehPb7rYzjwuMVbW8Zmp+OdNevw&#10;q40tkNEIvGrFeJSWjkFbvx18lvSQ8S0+2g3343t+hfyPn23EP9cdxE/PnIjvL1tIjOEYDJscN2nU&#10;jN3zAlAUpZnpaGw4gvPf2oKI04/Hz6zAZUvPwOE+W+yo2Hjg5DT4t5j3Sm/cgXvf3oyLx2Xj4asu&#10;QC/VKWu18SiJWALCiKKCTOJtu3biktc3k48U/1s5C8vmzMThXt5/GR91B6MkOYd6lmSa8b81m3Hb&#10;mxuxrCITf7/mfLHflxeBEmESkFyGBPDCF++gsHe04uwXPyNNw4nfLR+Ln158Hg4S3fyG6chYMSjK&#10;SMNr67fix//5GFcvnIA/X3shWhweMZ2WCriOi7Oojg8fxPL/fsFH/uLJ8ybj+rOWoia+q2IIDCV1&#10;CPDOiw1kul79rw+xbGIJ/n3teegibZ7nK+NTcyMhkQg9Z+03gwZ3qcOCC55/FzWtLvxkXiHuv+oi&#10;1FPbx+ZDUyeUk2bE1gM1uOLfn2B+oREv3XgZ+kiD4TWCEUBJMN25VMfe7jac868P0Nrjx2+WVeHn&#10;K89GjYW02UiS9ZMyy8EdEEYdaeItTbj64x3wWi344JoV0BeWCjNcQDzgQAy6xFzxXyoLKzxZ0QBu&#10;+N+H+KKmF5dOzMJT116ARn/sbUPB2oPRY7/0z1Zwd2c7zntzE3LlUbx+6SJI0jIGtFoRNt74/Mt1&#10;nEaDuZLq+JqXP0NNbxA3zyrAr89fijpSLnhuWjRKLCL/JDmH7vrgV8glLidu2VyP2rpavHLeLGSW&#10;j4XTRXQn5SkgiQETLra0lGTNlqiluPujDXi9ph9zM6P4y2XLYSNr2T1sN04yJBYTr169H27K75UV&#10;U5BdzHWeevsv56WjwcMcdOGW11djc58El40z43fnLDhpy5m1eYnPjZ+8vwGHPNR2CEJl7RGCegSQ&#10;ps0vu8wuyEG7XAvboT2kUb92kfGaH0X1va0fyjKrx1+aVTVxsmXtW08ETNmFnqziK+YaZKguzofd&#10;7Rmc8E/C2MJhGN0uNxaPLYfcb8OmI/1Y19KB8wtMUBuM1Ahu0dgclhcKYgsLsbgJFAuG9Ewrk2BT&#10;Qxv2dFgxoyANkwuyh7yZmFisGP4qKfvxK58mGoF9pGF896316LeF8P2p2fjOmQtwoNuKMJmV4s0y&#10;En6MbOrxvKVwk7+aKn1PayfWNfWg3CDH/DGFcFAYbhAOx6Nw8uIivxLaSYPIZDIzM4NOrG7ox0fN&#10;HTgzU4XM9Az02mwibd4KNIjD7wnJ9OIztPY2teKLpj4U6qRCo3ZSvfi8XgozbPGIwifP+/FOASVp&#10;umqPHTet+hSHmh24nDrtr85ZjIMWB7xU/5wHL9olx0ugUhLFfsr7s9oOGnBNWEB581uXsfm1keF5&#10;1b+LtIuKgnxUSX14t64bH7b0YZ4+gqLsLHpmE2FSxR2OMmLKxvZOvHO4A8VpGiwjjbrf4zuhOWqx&#10;DkH9JD3sxW2vfoJ1dTYsKNPj4ZVL0eQJwm63i7pLFZeR827u7MbbRHeBRooVFUWx+XHS8AfqO173&#10;HJ7nbXutNmSRBTmd2uiV+nasaexDhdyHSUUFaLNYY3ORiXgjkNst1t48mPHOi5fqu8Q54BeSZh4l&#10;TZEFyHDeSLi5TrkMnD5vvSxUSvDbNz7GmwcsmFCkx/9duAA9NNDYbHbRT8TCoeDZZKS8Ka6d2m9V&#10;Qw8JjLDQ5sMkSLg+E/0h1q8G3bz2YjClYUGmBm80d2NzE9VDqB9zyOrscrgQGYgT74+M4ZifcIv7&#10;sKDb54q9FenhNzKLMqCmdHkhmJ+Lox/iMiEZY5sK6DmVnd8LeOqjL/GfPd3Iz1Lj7xfOh0+lE+eS&#10;sHAfLqMSKCNm4TcT32yxiHq8uNBMVrFR9J9U4Vlm8eK2XKPD2aXZ+Jhk2tb6flL+urG8ugw9npgi&#10;kDLuMGSIUn/6uKEDFpkW+Q27UbHnC5hsPcjobh6CWZ0N0He3IK2kHH26dAS624VGreI5ao+jXkZC&#10;+tKc6omTHWvefcJjyiv0ZBZdMVsHlOfnUENRRSZXehKKxiGG6Ccmn56uRavDhr0+HZo6W7AogwSn&#10;TCG233C4oUyThBSfmVxFwnpLSyf297kxOUODqsw0WJzEvMz88Q6TClkbEHPHtl7c//l27PRosShX&#10;hh/PqMIRpw9O6rTMiFyOVOjxeMVnmfa3dWFLrxtF8iAmZ5rEIOEiJvXQqMvIL7cko4eesbUxJcNI&#10;o7kNu11q7DhSj5nKAHzEGnzwDMd3EQ0xdKbEiM+DA60d2GQNIEfixxSjmgSWXwgbJz0/FnpIsKjs&#10;ffjDB1/iE6sSk3IVuGPGGDR7aSDp6hL5Oyicw5GE9kF3iAbhg8SEG4juEo0E1Xo1Oiy2oeGHIefb&#10;1NWLajOZkyEnttul+LKuEdMkNChTe3f3WuBMEW84BijvxvYOfE7maC4pF1N1cnQ73ES3I2X4ZHQS&#10;T5p8TvyFOu3/WsPIy1TggRmlsJDZ39zWATfVd6p4CfRT3ryg9Vm3C1mSIKbRQNFLaXKdi/pKqjNu&#10;I6aZBSmfCVNg0CE/6sY6lxyfNrZjnLdXaF+8OMntnNw+yZho7wDxXEdbG97tdkMV8mOBQQo/iTGr&#10;1SriDyDzzgC6Y0jlTov48fLn6/BUM2lmJgX+MDUfUp0RTTTo8eAe41fe8ZGMMT7n3SxWSx/e6XRC&#10;EwliaboG3qhU5MdxBzE2YDJy3+O3cPnlqDHw4HNHBKu7nRjv7yMrw4w+EtY8kCT6aQwTgwwpJ6zc&#10;kJukFlxUv2+12xHyuLAiSw+FwST6EssBMTCkRFKYCPPVCny+bSf+0EiDtFGDhydkID0rBx2kHPB0&#10;Tir5lEDWff2kzb/TaRebAs7LNUCt14ttd6nCM7KQtVPZeDplvMyL991R4vUwijw9YprRQkoFC+tU&#10;cZORteQI5fNZUzcsAbL6JT5MN2ugz81HRmbmEMwlZUeZlg5kkMJEVkKgq6PW35AkqDOrJ16aO3bC&#10;5L4vWVDnFHpySq+YEHUiS68V2iGvSKdC3v7DI4/VTpqUVI5J6gg2dnTjIAlria0DE00atBMTCOYZ&#10;wjhDkc0W/hzUrs4+HKYKGasJk3apQi91FE7/mEjMlB0N4tXdNXijTwGzxIk7xmWLxaHO3l4S5kcX&#10;0gmUBH04TKb7LmdEdMJqsxZ2Gny4bF4fhUmBzMQuanxnKIIZBiVZAu045NUSM/ZgNnWALhK2XD8+&#10;yj/B9KmQv6pS12PBDpcE2REPJhuVpFFHRd6pwieQ36rKkUXwxcE6PNdNOgMJzTsr0yA3mkmgdIvO&#10;kSqeKE8cJeEAGkiwbiMLpEQVwTiTmhiQ8k0KMxxj9elBH3XGKdS+TV3tOBwwoMdGmnWaEtZAmDpf&#10;bDU9VfwEktSgQcGC9bYwcuQhTCFLhs+dEHWbInwC3fQ8SyHBjrp6/KktQgLAj1+XqpCRnYsjnV3U&#10;sYnuFPGSkfPutJD1R3RnR/2YalaL9mZeSFlnCSS6e0gITs4wwdLVjEM0OB9xOsiiANxUFDvxg6A7&#10;Vdw4Rqi9u3p7sJro1kYCmK2NIqSkNieBnCp8DL1wU95pcqCxuRn3HiGTner/1gIJxhYX4VBHlxCQ&#10;w3l0OLJAtZIC8ak9BDWVY64uSoJaIgaD4X0iGZnuThpAq9ONCPe144BTgT1kUc7TkAJGYrCfBDCH&#10;S9k/iZ8YeceEhdr7A2sQMr8bs9VkkStVYjdSIkwq5OkJLVl+XW1E9yEb/N4wvpdJ9VY5Bgc6e+BN&#10;kkdHQ94u6bBa8Dm1Nw8K81VB8fFizjtV+AR6Kf9OsqTKMtJh6G/DDmsU2xx+UkpckMtIsaBn3BdS&#10;xU0gP/eQAru+2w5rRApe65Jo9bDoMmDXpg1Bhy4NnRqz2HliJWXP19d52N9Q87IQ1G4W1GNJUFdN&#10;nNz70TtPeDJYUJdcMT5kFy8l8NTHgDl2FGTiLdSQOhp9plCH/9wewB5rCBn2DlRkmoWJJEy3YyCb&#10;gQf6nKj3y8ikDKBIS52eRq1UYRPoJebM1yixfv9B/L2Txk2VDHcWq6Clkbqlt59GtBTTDSmQP03U&#10;YHVin0+GvKADVaTVukgAcydJFT6BbA3wMZj8lecZeik2uwLY6yCh2deMKdlp6CItjUfwVHETKCMz&#10;sanfjj1BpZhGGa+TiU5/rLx5cMrRqFBDwuoPTV7wN/9uL5ShMDMd9SR42RxNFW84SinvFsp7l1uC&#10;IlkAlTolbGShpAo7HLlz827g2STcd9uo7lxKuLsaMSPTiB4fhaHOkSpeAkmiknB3YItHRlptABPV&#10;EjjI/GUrKVV4RjZVzcTo3S3N+G0tmflkSn4vJ4zJhbk00FrENqxU8YYjBRRvnG12S5EZ9mCSXi4G&#10;3GPlnUDWOK2BEOaQBdlAA9J+twadHY2Yl6FDPw1S3DFTxUsg7x1ma2ujXw41KQjTlaS9KTVCKKUK&#10;z8h0G1RUvz2deGBvJzxyE67OCGBxaR4O9ZGGyhptinjDMUKaKR/KtMYrI0HtxyxlGAGpTAjZVOGT&#10;0U9lENtyMwzoctpQQ8pYY1sT5tDg7CZhz5pxqngJ5AHKSYPaWupjMq+LLM8gpBrdMeNxH1DJ5ZDa&#10;LXhodwu6Iwacl+bHhRUFOET91X8C5WZkOeClvNd5Y+d+z1GQDUODBCuIqcIPRT96qB9PJQvfR5bz&#10;fo8G+zs7xOAcJAvSQYMzy4HUcWOyMUg0brV6YVNoxKDb1tmNDh9ZvW7fEOTjOjp9EZTlZMIpITnQ&#10;09Fa3NP2kXvslNsVHsdhsZFn4I01XnUjU4JXY3l1c+hq7tGRDz6yk4Apzs3GDzOCZJ6Y8Yxbh66e&#10;HpRkpUMhVp4TOy4Yh65I88oxnweAcETsMFBrtWKFe3DFe+iKOK/YFmaY0dPdiedcOvG19O+aPBhD&#10;+VuCsRV/XsVPRt5RIJAE2yAqxDPxgc1oVMx98la0AZQnUD4C+W0rjmujjmtMM+M7ZhICNFj8L5iB&#10;w22dKKSBjrd38afuBVKnGIr0jK4SboH4qgm/wDAEKX4yRigc73H12a14rl8KaDOwUtGHsTQgcuMr&#10;RBxJSqSf1MjA+ad6dhSUUbntPFdHbXlDehiQ+vFeNAc727vFoTKhCIUTRufRkGct+UoZC9qHPx+K&#10;/Co/71pQeh34ZzcJDlUGzpR0Y3Y2DcoePkIzdbxjI/1ymw+U5fjIbeAlbdZNpulVGVLo4MIGRSG+&#10;bOlGoUaBKNXLkDgp6m6gLRiS/FMhl453DxgCHrzS7kKfvhDToj1YkmtCZ5DSItN6sI2H8soIjPOG&#10;AMHrFIf4kv1jvDgcB3mVeZ3PuXbIVbg6X4M8qQO71UX4uKUX+WThyJVq6kOxPpHA4f1FQf2IchTt&#10;zWG5D3Mf4z44HOVyJXR6A7KlYbzW3I8mXTHGKx24pDgNFplabLtkORDr23yN4zA5EcOY/IjlHYGS&#10;+j3vbBHyJUkGjUSSbWotlFRuK7X35aUZmKhxi7K82mxBtox40pQmwqaSiYy88MtX8WYj1V1O1xFM&#10;P7weE5p2jMBJjdtReWQLVAEvafxkPslVy+VZ2T0kPEgmRy2S6ouueWHqhZdft/eX3y3prZ48p7d8&#10;zqpbsoDzF89HN2k9x4WktudtO+V6FR77dCPe6uBT2BR4fMkk2KhyY4cgEbNw4HgcBq7AAurcz2zd&#10;j1f2d+BbE3Nw3bzp6KSRLBFi4Jd+WFgZiXnTyez94UdbsL8nhMtK1fjVWQvEORQ8NyQqZiAP0URH&#10;vc836PDW3sN4bPMRLDGHcfd5Z8IpU4mzHxgGmHsAKH5yWuTmjxKMSzfgn19uwqM7u5FhkOCVC2ZD&#10;lZWPHtLeeL9tLM5gWpxuYZoRb23fi/vX12KOGfjjBWfAEz8oZyREBfPkSkL46ZufY3WzD+dUGvGn&#10;lUvQSmMEa+8DZR2WVyrgFxje37EPd7+/FZdMKMR9K5eJM06EeDhm1MGHvCO0KiMN72zcits2NFGn&#10;D+CN82dgzNjxaDnGF1KyjQZsP1SHm9/fhgVFZjx5wSL0RQfPOEkGsY+bOmQZafy/fvUDvFbnwpxS&#10;I55ZuUhoKSlX/ImEo0GmQY/ddUdw03tbMdcsx5NXnkOmpnxE3sdIQizqlZOisG3fftzw2UGq/AD+&#10;tWICZvFhPvylkBH7mGOppRPdhw8fxg2rDyI96sM/V0xH2pgqYaEkYgzJl+pvrFmPx9/9FE/t6kFp&#10;vgEvrZyHiCEd/WTNJb/aPLK8Q314vrW3sxNXrD6A9IAbL547E8qcAqFRc+cdHn/Invb4c7HzJ92E&#10;hiP1uOpTopu07McWlmH5nFnirWVBd1JasSSi0JPi1N/Xi29uPAJpbwf+vmgcCsZPgcNhHxGWgfdx&#10;V6UbsWrDFjy81wK9Kop/LZuAtPwisY87lg//J2LHIdlPuAENWSM+qwXf39kKl9WKv84qQUF5JVnD&#10;iV0f8YAx18CvgPgj3l2VS321v60FN1Ff9UU1+PUEE86bPgmHLVSeWOgYJEXnxX6pz4N7Nx1EHVnN&#10;Uxxkfbna4FCRSj4MlBSxO0ADybgZ2C0zoP/wARQ07EXHzOXQdTT+W/SkIWxFo45CIYeGRgOxF3MY&#10;8kl6g0gjhhh5Yvsp1TQa8lkVv1wxHwtL9TjQF8Fja3ehRC1DGmmdyfufObxW7LekK+8vpTxJyooR&#10;jPczJp6Lq9iDzfG0SDOnoVgjx2NfbsN+mwzzxpjw67MXwCqnUVIZj0uCnJEXenj/9Ih7Hbtj9waD&#10;gUZcJeUdJgaQQa+nMJQGP+O0EuHYj+/1Im7CHQtnoDJ2R2S4eekCXF6dAYtbjt+u3Yt0Eqp52dnx&#10;+Pp4HLqSdshuI+XN81acN2suhrj/kHBx5NX3CZkmPLdxJ1a3BVCWp8Hvz56HgN4sjlPU857NgbQZ&#10;B8s4kF4SGg1Gak8NQAMb173RaISehNhg/KPhYJpGwp5QFNctXYibJ2Qi6pPjN5trxQlxhXm5op6T&#10;aUiggQQW85eoc5lU3Cee6Yah3mjCxNwsvLllF15r8UNrVuKR5TOhzS2gDi2lOAZRt0MwVToJFHlr&#10;ufdRnVPe1Aai3uPhRoQfgTqYqJ56A2GcPXcW7ptZRJJFjl9tbYDL0ovywnzBt8n1lKg7A5WVnwmp&#10;RP/M98wDI/KgsBqtHpOL8rF69348VUsKk1lHSs9EZBWXwU/xB+LFaR6a32CeiTrhvHVUdpExdXjm&#10;5wS/CXqHp5HkF0tfL+jmKZ4Zkyfj0Tml4oMMd+3uQHtLM6qKCoifqG8k4og+Eq8HSovfrWA5wwMA&#10;ywFDUj+L9Q+OqxNpjC/Ixa5Dh/HwAQtIqODxRdWorKqGk61Xipfcn4Wb4ggc7iYe4/7LMkYQTQON&#10;mjTsWDyWL3EZI2RL0j1hspwSMwaUd3lVFf60cCxZznI8tK8HOw/UYFxejtDaE3IwFi8uHyldlpnC&#10;ag4FYDVmoy6nCk0ZpSOwIbMMTVljEGYLPxIWb9BKo2ytUlz+r155zQvTL7j8ut1Co542p7di5qqb&#10;04I4e8Ec0gadRODJAZ8JkEWdwdrcgNsOWmBXpuFHmX6cPa4c7TRi8NTKcBDnUe+twxv1VnxjjAFX&#10;TJ8o5ngZkgYoMZXA25M+P3QEf+5RQBdy4bEJGcgoKkWX7SgnXYkERmoMCcjRqvBJfRueOWLHPKkN&#10;P5w7WRyawlv/hsBAAqnT4m09Zuo8Elsf7tnbjqaIEVfq7bhyYjk6o2QWc3pJETmVbK0aa4604um2&#10;ICZHLfjZlDHw6kxip8wAUBzWMPJocNpZ34BHumlAi4bwx3I1SkrHiHnm2Bt4R6MwNWQS3Rsb2/HX&#10;WiuWpUtx47Qq9FAnPCFIyoqnJbiTpQfd+P2eZuz26bFUZcX3Jo9Br4zqMYV1YNaocKi9Cw8dcWKa&#10;NoxbJxTBJlWKOkwGtp5ySJNuaG7GPfy6MA1mdxdJMb2qEg39qd/AOx6k0cBY19WN39c5MEXiwK0z&#10;xsJBFtTwvI8HLHDY1OaDgZ7aXY/VHhNmyPpx6+RiONVGMccqOmgS8MFIbW1t+E1rEGk+G+6pMMNQ&#10;VIbEKXIJ4D7E59VYO9tx1xE3PFEVfpQbwoqJ41DPx5bGww2FkXWR7KPlabp+C25v9iDN48AD1ZmQ&#10;Z+WKuflUELc7Y5DkZLr5ZaMSpRTP7jyEtx06VMmduGdiPgLGdLHQnbBwEr9aUoQc1n7c1uCGhDTq&#10;B8amI2fsBGFJxELEQkaIscwk3PyWbtxZYyENU4UbzB5cPn0CWn0sO4g/k8oyHAZyTQqjJrr9Nsq7&#10;zg6XzYY/Vqcjf0wFnGSJnQgMpMm/chkKFGQtkxX8H4cB+cogHhqfCVVGNqyekYc3DZxHvb0e9VES&#10;3G4bZJ1N4oW6EUC0uakPnD9tIg4Hpeg/tBfFTftxZM750LfV/5sE9bUvzLjgsut2JQR19dxV14Y7&#10;MWfCOJH5qQCfO1GWnobDTU14hBf6SEu+kxitODcP7SSAk788zJClkOKdlj58bJfjIr0XZ5UXoI/f&#10;5EkCNjcL9Fq0dnfh9+3kQe12W24Y40tL0MCvtR7FzD4eZChl2Nhlw0t2BWZ4WnHt2GJ4VNoRpvCJ&#10;ANPN0xl9VMa7m6gDSJT4IQ1SM0qL0OT0Djm9jiFDpcDWjj684NZhvKcd3ynNEII6OW+mO5OY12vv&#10;x33NAfioEW/M8OGM6nLU9TtG1OWJQjrlvaOrD//uARYpPbiyMg+WYWPTiQKbhjw4B8nEvK/BCadE&#10;j2sNTpxVRW3j5JMLhg4iJsr7SE8//tIvxySpGzcWGUe8xs3CykTaCZ8293saRHvCWjHwXTixEvV2&#10;6vAc9hRoN5LV1WTpx//1yTDR34cb+bV9GphPVlAzcBwTa3h+N+4/2EMDshEX6hy4rLoEjd5grIxJ&#10;oCeB1Um88ZiTtFN3P36aRUKsoEQI9QQw3XyGsjkSwB8P9aA+oMNyrR3fmlSOIx5emDv5IxoYNGQ1&#10;OUhQPehQw0gC47ZsGWSZOWLR62RBlFHNZ9T78WhNFw6F0rCYBucbJ5SgmT+6MayMasrbbbfjD06N&#10;ENS3ZhDvl1eCtw0mQAx8JFRzJGE8dbgLuwImzJNbcPPkMrSSgscbEk6Fbl6QDDjteMSugtvpxK/M&#10;QWQWFosB5WSBy8jrXKwsPrWnEdvCGZimtOOW6jxhUXNdJpeR3ziV+Tz4e6sTTdoslNRsQPHhzfAZ&#10;0uMhBoHPo+YpuAkXXomdMhN8h/egrHkf9s2KCWpZZvWkS/Orxk3u+vTdJzyZeYUec/4VM9VhVJeX&#10;iU/WjJycPz7ya8ueqATjczORL49giywDWzt7MSPqREFxsdipkByeD3M/ZHOj1hbA5DQFphbz68zy&#10;wTCUHguCnuZG/LHNj2BeOW4hIT2/rAhdJNOYaZLTOxnMIHOu1e3HblsQRfBSmoViC83JvM6cQKab&#10;Z3mLM9MxgepwrSob23qdGOvtQQUNKNFhdKcb9ehwe7HTEUEu5b2oOAcyg0ksqCTCmI1GBIm5H6/v&#10;hzWzHN/IieCCiiJ0EmPwG1/J6Z0MphPdXW4ftvd5UamXYk5pAULyU0uPF1R4q1ZeBjEuWfaridH2&#10;2sPI62/GhLISRHhBJ6k+2YR2+APY0B9AnjKKMwqzENXoREdNhOGpGKWjD08d7EBzegXOz4rg2qoi&#10;9EgUQlOJLTYPLceJoInMcFcgiPX9fuRJAlhcVkBSbGjeJ4pMN/cRo9GE+UY5Nin02OOSQd/dgJk0&#10;OIfVuiF08zGiLJTXOCNQh3xYnmOEITtXLDYnwujJKjP6XXh+zxHsS6vEAhKoP6DBxKLQiqkazjMR&#10;9mSQpyD4xbPPiNd4x8lZeSbxpRNe+EsV/ljIZeCFSD5OYV6aigSLGvsD1PBthzGrJF983VtJA2Ii&#10;PE+B8JTq50Q3SUssz9Yjo6BILGQmwmj0BvFxkv/uOYxNmlJMypLj1qosuNR6sQZ0qnTz1IeMtLov&#10;KW/ex35Wtg4ZpDAm533CSGXg+pJQu56RpUcdqSB7gka4W+swvyADErIo+NiBRHieUuHP7W22uGEN&#10;SVFGfXyGWQt9Th4yMjKHYG5WFpQms1g3aI3KEenvQY6zFx35VVC67XviGvWlpFHfFNOox89ftdJe&#10;F5xSXhqwef2npqYSsA7FK7FGlyX6apdbtr9sgWqaqxEXSR3NNpXOQM95Rl2ojunSaGS11adaGzHL&#10;V4S6gvPzzAFrKBqbP5eQASmBx+xzud8LGwq36cswtnFz4NpcdchpyJSw6Xby4+wgmGWSyE6HT/Fu&#10;NEs5qa82fEFhmt+r1JMydIrqJYGELIjskDf6TlOXdEvJfHVVyIKrwt0dLrVOHpHIzFE+O5XArJRG&#10;9vS7FW/JC5RVffWRSzMUvoDBLOGpD6JZEoUkaA64+9f4lYVfpo+X5R/ZEvhWWjQYyc6XukkbORUN&#10;IwEmuTR60OaWvx5IU84O9YbPyTX4bdwjvgpI5Xw0ZPTL+mbJp4VzNblSP74VaOoI8gKpRJZNKomY&#10;B9ErZNFWm1P2QjRbVe3rjVxulvqcco2Ej99kuqmOopkBZ/cOTzTvncypqrSWfcGbVLaAIr9Myibr&#10;V6FbJ5dFO+xO2b8jmapx9tbIpXl6n1uhpfY+eQsqARES1rkqKbbW1OKdnFkqo14p/Y7zcI9Kow14&#10;ZYrcBN1ahSJq6bdI/yHLV5ucfbhB4fCp8ooixMOCoKhUKksL+rrqPMGMlzMm62TttaEfRLsDGWXl&#10;EgtZosNN65MBFdHtdTqlT0lz1UZnP25UubyS9KxoMBg85UTZXsjRKHGwti76kmmcWm42S79nP2gx&#10;arUet0yVJ4lGBN2ct8/lkj5NeUv7OvEdmc1nKBkToUErQbfCFPS2tnv85n+mT0lDb3v4Jk+9v6Ci&#10;StJHysQpzHANgJLyDjkdkmekuRqP24Wb0esz5eVHvP7AqdNNwitDp0ZHfW30H9oKFbIKZN/u32PL&#10;16ptDoW6kJhJ0K2QyiD1ufGyU6puVZklZe4eVPss8CjUIp1kkJPE5KMryssrsDukgOPwPkxo2o0d&#10;8y6Brrs1NvUxkwT1ThLUPeOnznXOPu+VrDf/9qu2poZHDAYDGSlfDdLT090mX7OsdeGNa62Tl0xP&#10;e+EPf7fVH7iZ/I1kKihJS4g4HI7+rJkLHrOdc/3P09/42wPdB3ffw3mTqSGRZWSE7M3NNtOYsX+x&#10;f/POW8wHN+was/6ZhX3Kkkh/fz+vjnwlcDqdluxxk2+2XPbDv2V88r81PVvXLsnKytITE/Eb3qcM&#10;pKEFLBaLM+ecy97uXnDZRbrXn3zXvXvTRXl5eVrKU0vCJsp551SM/3bvtT97Pu3LN3eWrf1wbkde&#10;nsLlcmlAmpWzo8OSkVN4u+Xbdz9i6DrSW/T2szMPWq1tVDcjv+VzkiDorqi6zn7Zj14wrn71pd5t&#10;664lLTad6zwe5JSA2jNst9ttBYuWP9V+znd/qH7/Xzt9Gz+awY/0ubkZErc7IvLOL15mve7nn+m3&#10;rV5n/eKdxWaz2UQDlFyn00m7urp6s9LTv9V7wz3/1AScwcJVT86q6+3dczr4kfPOLSxc3H/lz9aY&#10;tq/e3rv2g1nMiySwFPEgpwTMx0S3tWTm3PubL7rlHvmG91tzP355bBvgzc3NzXLH6S7Izp7be/XP&#10;NqnaG4KGd/8zsSMQqGW6tFqtrLu7uydbp1vW841ffiY3GFH26uMr6lpaPjtddBdmGSt6rritTtnX&#10;FTS/+8/SVq+3m9JOiwc5JWA+5v5bNn7SLY1X/uIvsl3rfbmfPFvZ7kVbTk5OtsfjCXPeOSZTmfXa&#10;WxtUtj4Y33pubrvXuyWZ7lyNfGbX5bdukxaWoWLVY1fXHjnyymmi256l1WY6rv7xEalMrs145cnZ&#10;bQ7HttNVp+Xl5Vc2XnnbK5HWI8h+88+Te9zBfQm6TSaTJxhsk/pmXrvTX1JV5ZcpEU1ef0qGKEl/&#10;qQIXpMtQZ7GL2YNJjTuwa8FlUPW0/hssqK979rXoeLO5OHPBmVcqf/ZItLis/JZ49NMGFRpNoeLG&#10;O0P4zfPRkpKSc+PeA5Aze9ED0jv/Gi2YOONXca8BGFNcvBT3PhuVf+/eaLFJVRb3Pm2QN3HKNySU&#10;d+7cpR/FvU4bVJBCobryB034/f+ihWMnfifuPQAFYyddgbv/Hs1acuHGuNcAlGVnT5Le9qcobn00&#10;Wmw2z497nzbIqxq3Uv7LPxPdS56Le51W0J93zTY88lo0b8acO+JeA1BcXDxDdvvj0cwVl34W9xqA&#10;Cr0+S/mD+2y4+x/R/JycK+Pepw0KCgomK37+aDR3yfkj6vx0gHHRuW/gj69HMxee9be41wCU5meM&#10;Vf7kwajxyu/5qocJC+YV7TdvrcX9/4nmlJX/KO592qCQBmLlLb+LGq6+xTued4SdZsiYufAf+OMb&#10;0fSzLn0p7jUAY2ggVv3wt1HDtT+KlhuNROpQ0F9200b8YVU0a9yk38a9TifI1Tfd6dLcdFe0wmgs&#10;j/udNsgaN+V+PPRy1HjJdzbEvYaA+cJvHlDdfG9U+uMHo9KfPBS7pkD8+OHohXc/HK363i+j5ku/&#10;G10+fWo0/Vs/p3S//a/Y9ELSWg9bV17P4Ce4ThfUe71tplVPjkN7G7ou/N4HY0kIxR8J8LjcUZ7/&#10;cbqG7jSpyDKWt1/w3c/R3Q39i49ObbH7G+OPThu4HW7x0ovX6zr5FaXjQD3gN3/wt1nYt83eddH3&#10;nisvyDkz/kgAac9RqUzK+1mTWgEYT52q+5zr1kTIMjU9/9DyFqv1tAsVojfKO2U8bveQvE8XuD54&#10;aTbWflDbdfZ3HiouLf9m3FuAPT6F4XZ7RuTdc/Y16wKGHJP62ftv6OjuXhX3Pm1A2i3lGYXH6/ta&#10;6Has+/BSvPfi533Lrr25YMLUO+PeApxO/nBylN+Si3Q6edJ2EPrOufxdT8nkSuXzD/2qu/HIX+Le&#10;pw2cpP2Kw82CgejB2OzkaQXL9vU3SV79++v981ZenTttziNxbwE2yjtI2iQvPLscjiHzTBlnnLvK&#10;NWHBPMULjz7WW7PvN3Hv0wlRst6jXO9Ov/+09/Hemj33Kv73xGOOKWfOzzjjnFfi3gNA1jnPaokX&#10;rKS8FZfqIBUSY4jwfOCdjLcI6k3Q9neJ9R8x9THrgkuv25GYo56wYNVZ7btenjq24kUiqiA2i/xV&#10;IEwdUi5RaLURRX/LwYN+5R8+qFi6UL5v/Z7vRLt/nzl2vAEuW/enff4fbjOUnTe/78BbSwqynpUY&#10;DLn9dYcczwfTfu2fvHjaWUe+XD9NGf51MKuwOuBzy8K8BEtwypPoBCykzDJ0bOx1XvKpoeI7FQ3b&#10;D11caPpd1JyposolUzgpdXLytiiujtTbo4ZCmOqc92UrtCq5oq9zxxF/9Bevli6+Aod2t18fOHLP&#10;mIlTI9GAz7Kt23HhB8ax3ytq3tl0ZYb0XkPZWKmr/oDteZvsJ/1Tz1q6pHNH3Zyo9eZwZmFhKBDS&#10;RsJBTjmey6mDWSXv2tVjOfsdad4PpziaN15YYHrYLdfkhEM8d/cV06foSqVGIXVZdvQ6XDf+r/SM&#10;7/obap2X9x+4c8r0KVZ/MOKt7+6Z8bJqzJ0l1qbD15gl98hyC4zh1qbe/3Y6r2+ddv5ls/sPWpZ6&#10;u78Tzi9ShQPhzFDIT1X/1ek2aZSWIz09U/4nLbxnTG9D41V5mjsChnRDMOCjxL96+gq1WinzWHfa&#10;7c7zXy6ce6e9x4Lz2jbdMW/y5CafUhlpa24e929d5W+1/R2Rb6D3lznjJ7UrejrdrzZ0X7Z/4oob&#10;xnnbQ+e5m74pzS70hKLRwnAgQLbyVy1XmI85dfZ0d+b+Q1n6J62tN3y9pO+naaVjbGSif+XpQ+4T&#10;KpVKIfG7D/gslnmrcmc+2OsOYmnjuoeWjq/c4VBqVPaezqxn1BVPSPs6cK2v9TfF02bUyPt7g+8d&#10;ajxjx8Rzf1YWseGi/oM3y9JzGiIKRZXf7w8eq28npC2HSbhHABVMp1Z7XP1dhueVJY8HfD7VN9yN&#10;9xaVlx+ye72ppw9PUt7JFfx+ZaDW191b8V72xL+2yEyYsf+jJ86tLFrj1ZpNnr5u6esexYO9xqxc&#10;ZOYiKudPHabKhGccpbhI7cWh1nbx/cT5rg7UOj1ol+sTc9SXXLfzl9+LCerSqatuK9HiwmVnot3S&#10;LzTskZOWKXyE11D/wbUPcpBYVWs1MLqt0TveXy/ZHErHBWP0uH/BBEBrxJ8/24B/r9uHmxeOw/fO&#10;WQqJy477N+7Hm01eTI904dELF0f9pkwJn4swfDFJ7MNMyiv5ccwZez4YZDBAUZoRb+w6iN99tgdL&#10;s2X4/eXnwi5RiL3MIl2G5Msx8o49F86YPwGPJrxanB31R+9+5T3JmxY15lem47mzZkCfnY//fL4O&#10;d727BfMKtfjLN1aiIDMDD36yHv+3swsVUjv+c/mSqCy3SOJwpfjYb8IjoRsNBBgRUkCyb2G6Ce/u&#10;2IvbXl6Nq2aW4/dXXiC+DnKUqMeE4cVg4HFUrlShWCWNPvjyG3i2KSwZNzYPq5ZPRlpBMT7dsRvf&#10;+e+nOLMiB09deyHMOi2eW7cFd2/tgMnTg1UXz4vmVk9An91Bulg8UYajlS85zDGAdw/xx22ve+UL&#10;LMxS4e/XX4oe6hSJr1YfLxnO/phhWGuirlusVUafe/t9PHjALjEXZeG9syahrKoaa7dux9XvbkZG&#10;xIcXLluK+bNn4ZXVa/H9ja2Aq5fqZ2J0/LSZ/Pkn/rhhItEhFwFHKciQXf7sjNeXgfqepacH57+3&#10;HWafE69fthhK4j/uT5zPYCxyxW9il6Qng07RvkOA7nknSJFBG33to09wH9GtKsjFq3MLMZboPnCk&#10;Add8thuRrlY8f+5cLFm8GJ9v3opvbe8kU6Ibf5lVEJ07dx6fecEfTo0lKX5jEMsu5pPsFkAeyWH5&#10;JuGjUakQcNhww4Y6OIj+fy4Zj8LKatgc/Na1CBgPORxivkPJTOVHQApfnl4T3bp1C27n7/Rl5uDp&#10;CWmYWT0Wrb29+PUXO3HIJ+GNFdB2NCCs1sYjJgHRzHLngjkzsdfmIYvTh9laKbqbatESjKYQ1GOm&#10;r7olM4rzzliEbj7r9SvAcHp4/6VRoxZfTb518xHUdftxRW4YD128HPd+ugn/23II354zFneevQj3&#10;v/0pXmgngZKhwFMLKhFUG2Dlle+vsgScAnJ1GnxwuBFPHejGPIUTv1gyB26lZuhLJ18RmKn5qxl8&#10;dsGv1x/E9u4Qlps8eOLSFfjv7sN4aHMtpusieObyFXhh2z78uc4LU7oGf51ZBJ05Ez1OV+qXeb4C&#10;ZOu1+PJwAx7b3oRzCnT48aIZ6PKe/J7aY4EQ1iS0StUyPLxpPz5s8WOa3oN/XLoUnxxuwp2f7MTs&#10;MTl4fuUZeHXLTvx2v5Ukig7PTM9FYX4BWu2uU3qp5VjAL1SwxnLnjhbMUPpx95KZsMuUp7Rv/phA&#10;7VVhUOP57Qfx70YfSiR2PHfhfDRaHbhp9W6k+V144cKFaPf4cfP6IyRRDHh4cjqmV5SjoZ8/I/bV&#10;6eb+l0hFx69xk9D44YEemNx2PD6jFKrcgiF7uE8HREmRqTJp8dLOA/hbnRsZEjf+edZUBKRK3PD5&#10;Tng7WvDiBQsg1Rtxzcd7EFWbcG+1AWeMq8QRm3vEuwZfCSgtjVIJn60fPznQC5fFgsen5JGgHgtH&#10;/GWbQUid8YkWh7mHv/X65cFa3F/jhDRgx/OLKlGcn48b39+ERrkJZbUbUXZ4C7wp9lHLwiFYojJM&#10;uuQb2OaXwulwYaLZgOj2z9HlC8T2UedVjpvc9VliH3XeFTM1EZQXF8Ll9YnOdqpIP0OQz5HwBgLU&#10;F/WoCDnxsTeKAxIjivoaUOuXoFabjylkiPl6O/BQn5LsZynuLVGLT+fwmcEx3mX2O32oV8hQ32fF&#10;tl4viqQ+zCvNR0DG30xkNYvCnA4kCASDkKvUmCDzYa3Th4MRE7R9zSg2m9BQNhm+nk7kufrwoFOP&#10;MOX/q0IpqoqKxJknQkRTOqnq+FRRK5ehyWLDpi4HKvRyzCzKgSsYThn2+BhJ4cd08xen+YQ4FSYr&#10;w9jpdKNGlg1b8yHMzjLi07RS+D1ulNra8EerCm6ZBj/JDmFGeQnaSKOQHiXdr4JquRS9pE2t7nIh&#10;XxrEgpIceCVS0d6pwqdGbo5U/oPIgt8nkWMSaUV1NisOSTNIY+6Hwm3Dl9JsaIm3pwX78ZRVgd6o&#10;BtdnBrCishStXrLkTpFu+jkq8lYxr9uND/o8UAf9ODvXCJnOIM59ThX+VJHPh3YTx07SydFh70eN&#10;NBNurwOZbgveCZsQVagwO2jBi045WsI6XEIKy8rqUnRwMcJiV5vgm9OCVB5WcEJeDz7q84p91Gdn&#10;62BMTwd/zGF42VNhqnpOhbxnzxWOoooGZ4+tm/g8Cy02G+bLfdjgDKPbE8IYqR8z0/Xx86izhmBu&#10;TjYUpnQaPAvFAWsO/oRWeg76+KMKPl98H/X5l1y361dxjXrsnFXX8JuJk8bD6j61NxOPB1wG/njm&#10;+sP1eNZtgt7RBbnBAFtBFQo7DlHBAujUZONbqj4smVCFehtplPG4pxsSbya+bFdimrsZ11YXw3sK&#10;H5g9EeCPsZalG3Gw/gj+5DBA6+nHGJ0CjWVTIGk+DL21F12GQqxUWnDp+DE44gqITvt1gFmlwK4u&#10;C/7dHcUipRtXVBXAEqKG+RqA39gsNqehra0FvzviIVO4HNePK8Dvai0IdLUho68dveklOFNiwbcm&#10;lKLJx4fBB/FV9ksfDQxKBZot/Xiyl7QXfy++VZUHl2LoW5GnCxJvbAYs3bivgwSY04OCgA3t1bOh&#10;8zmQ1VqLJhqspkQt+NHYPPRIVCRABl/BPp2QeDPxIYcGBhowfpEtE6+Qn8qbiccDpjuD6JbYLHig&#10;2U3CRoFiRxs6qqYLfs5pPog2fT7K4cKvqjLQr9CRMB/5CvbpAH4zMei04RGHGm67A7ebg8gqLqH8&#10;Tq8lwcAzBnzcsznowR8OdKJRkYPzZF3oIQVke1gjFIPisBd+qTweYxBYvvWSyJlZmIMDDh+amxu7&#10;MntbNnfMOudifWfjK5LqS0hQn5skqKvnrfqmvxmLxvJXyGMaNW/wFqPGUYAZi+uYK5qr+riMxuFI&#10;a8yPePH3/S1YryqAvKgQEhrpg2GKa+nFCqkVN5RloI2IjAZDVAA+CYAujPTDlSL+4mWL+cfvE/7x&#10;KwO7xTV+H4MoMhRSbOxx4G1/Osb21eCayjz4yAxNFtQjyRn0SDxLzEnzPbuHXOmHn4p6kRPTSkN4&#10;p6kbbwWMNGpmi5MMWdOI9vdjrq8DN5WZYdWYxFm3Cbq5DQTNhDHamZa4O/6MgZ/EnXGI39Al2Ttd&#10;KceuHitW2bWYGe3D5RU56Ke65yIyJMrO5x0O0EDIVo04BVFcOVQsjHAcA8JEZB5C2E6DQ93ERdjb&#10;50J3RyekaWmIUAcaa2vCz0qN4vVaL7U3r4JzeWOU0pUuwkf8x2gcoDXhFiEJ4vepwEh0N5IF9TeX&#10;CWOdLbixPAMuJb+1N1RQx8gZpIsvsTpgd4xu0Z7iGvcT15hbOKgMYYkMBSoZ3t17GDVZ5dCWVWF7&#10;Qwukag0iThcK+ptwe4keCuIDm98PWZxuLk1KfqYH4hpLPuE6LghBbe3Hw0HS5u19uC3NB1VOAQlq&#10;GhDJZBssf+w60Jf5V9ByEkCFDVF785dZ9jW1kPasRO7k6dhHbS+lckTcHmT0NuIXhSTUsrLFh19l&#10;fADRSWd0fBCC2mHF/YFMuGx23KuxIqu07GsR1AzcD01qFRQeBx50aNHkDsPkscCfUwRJL/F7e2Pq&#10;sz5I3nhkSlw6bwZqgjK0bVn7pXPdh2eWVo5bTKqOXWjU00mj3p0Q1OPnrVrYW4uCyirxKRyFTEoo&#10;IxMi1oBDK5PYhPiECxckFT1ITBYMR8Q3zo5V5WzS8kl57TIt0qihikrH4DViZP7ckEytFgf55Ic9&#10;qCbzyeC2i6+hS6jhef6KGYg/C89ne3CZZMRlPG+duOfnbO6wH1/5LAwui2A8QvImEhKlk/Cbamix&#10;u7DREcJYeDA5LxMhmWJEx010jNgl4RgcxITQJC8+m4OPg4wQjbwdiN2sYYTFPSFpTHa1AYfJFKqP&#10;qiBRKPmMUoSoQ7OlkRUijVMrg9ljF6+5SojRZFROBRWc24Lp5M/Wy6k+eB6Tt/axHz9nGmMdjP5i&#10;hNKfuMSuSaAhujscLqyz+DBeDUzMSYcnREJC0BRDbscQtSeXPcztykg0MHI7c3tzGKYxXiOpgcok&#10;D/rgJoHYJlOj1hFAmOpYoVYKU5lpNxLd1WopsnxOUFdGWK6kAYBMV4orkNs07hZtS+0u2lvQHXML&#10;QSqyi1/jeYuL+OWOK4ON+GyN1Y+iaADT89IRoPwTA51o3YHmjdGVqJNEu4o2ZT8qe+wau489j7lF&#10;EsybAS9sEgVyC4owpqoSz+9tQE93D+TUmZnPDERvtUaKnICThDTFpQGb31LjtmWaE9cYJvg8VhfD&#10;6UzQKIBvkhqFeYY/fLCW+FwR8GG+WQ2JRgc/9TXmT7b2BJ/Sldt3wC9By8kAlU/h98IpVeBAUIqr&#10;F8/HDqsHa3fth1yvJbqV0PjdqFYB+SE35CQLwvy2HsuFJEjky3WaaAf6J3fsOtw/NpDH/IST/pju&#10;EA2Am4nusM+HmSYF9GlmMUANgSGVl3zL9TzgEm4hR/ie65zvk/xFUGp3VgDruvqwMyAVp1R6zDko&#10;3bcWZbVbjzlHPfmSa7BTnoaObRvWu794e1H8cWx73rTzLr5uzx3fF4LaO27WKkVLPazj51F9R8Qp&#10;XrwAoyGTkRkkVhBCURGxyvKTQOcDnCz8QVr+qjEJbVHyVMDEkGCSuB2ImLIxriRHfOFlf1s35JSH&#10;SJXyCRFzkySA3NKBsD5NfLonEZ+4lCijslA4IbiGMHOMobkjy0myK+jK5eWSC+bmuCKZ2JUZUU+j&#10;fI48CrtUCasvIA7TSTyPQYIhYncMzByJq2AYcY2lxwKMGT0hqEORsPDnb7HJetqp0XLBR6tqiG6x&#10;t5TSYYHHwAIsSg0m620Xn5CP6gyxjIkuppkZjwdOcWVaxb0USnInBHVC4439xC5xl/hl4PJoFDJk&#10;Ux1Zo4REN5tfTAeXmf+4wwYSwjkuqPkAeaYvSm4KSAwQx2MBWU8yazciOhOiWh0N1EHSoGJ1ysCl&#10;4nn5iFQl6OZhPmLKIE+ypOJ08zVGO7e3DMq4m/e/C2WC6ae2TZx5zu0c+4tlkHBzZ1aSsM4l69NN&#10;PNZHdPOHX0VZuJ7jYQY6P/0wcnsy7cPrQQxYhGLXiKgLEYkTI+lIg42lExGlGmMmjIefLMX2XgsU&#10;Br0YoGJ0k1JAdMu7mvlVaoTTsilqjG4epJlOLq+S6BRXQgWhUFC4rZPoHBQU/BMHKgaXhsvPZ4rk&#10;UJ8OUdqdAboGAkIYB4gHA/yFHaaJrgG6RmnQFrsvuI1PFqivMj3chyfNnysG4Fe37yMrQhUTcFSi&#10;BN2yvg5Rb4Ju6g9DgBmX+yuVlxo6xucJ3uf6IH+FPOaOYaz/J/qB6OtEPNPNX16XSeXoIasxRPKH&#10;wxHbi+fxi2hvvvLvwH28/QVyObm+uJ4IQ4TcP0QfSbip/iJcZ1zfKgU0pGhKXTY4yUKe3lePhZ5O&#10;2FUjd0Tyx6Y7fWHoJ8/GNujRs2vzBufqtxfGH8cF9bkkqH8dE9Se6lmr9N3N6B43CxJf/KjRQQqO&#10;DtxJiOQBZjkacCUGA8I08OSWIOon04uIkZF2lagd/lJGWG+ClBpO190Cv95MGhYLMOoQoijx8iTK&#10;xVfhF79nEO74jbgkHhAk37Mg50UMfsmHNAw+MOq4gkcAUZlMKDNVAhJuvrJTXGN+amJMf04xokQf&#10;uBHjwoiFBYcJkTDjq66rCSGVFkG1ljo1f/Wdy0vIRRtOb6K87E7QlexOBVweYi54iW7eLkRCZUj4&#10;eHnFVWCyexBFPzp2i4svVmhJUAdowA2kZUJKg7SUOouo+3gbhXRG4lY1tB1HqAPJ4CetQ0Ltwm0d&#10;Iz1etgTN/JNwi2dx9wAMv48Dl5s1N7eT902KPEe0tyAniabEPV85frKbr+Ke+T/hJTyFJaghukNa&#10;Pfy6DEg8pDVLeFiOPedyh7UGRKn+dW11gm4fDVAS4numeaDfJTRNcZ/AmJdwDLiPB5Svl+gmwQU1&#10;H7VDEbkootDCEXfzJS7sONpJAlsF2p5WPnAbsuJKuDraqTJCkJJikKAnrKHBilDT0UgRQvClZVF/&#10;H6rlclG4ThMWlbCmGFnW0JUt65hVFRPOMSEdK3tCDokr+Suo7hlEfXP9DYe4X+KJuNIP8x8/EsoY&#10;/SWUr4TFzArWgBAXV3rO4akgUZ8nrHBaZaz48eFSWZIQCsJeBI4xRz2/MBv7PBF07N0xVFCPJUE9&#10;9ZyV1+2782YhqJ2zz1qV89F/nrP2Wp6RKOXFYT6jmFOhsOKXgAhNuAf8COJuejYw85HYbBPlrbAx&#10;t3hGaQaDUX1eYRRVE79nGTNlEZ81LSOTLERapJQEU0bdzjXy+oNPO3o6DFAoKE1uAgF8TaAAqsAB&#10;9wCkmn3hOYRkoJFPHg50asdUX+iYc9b16Qe21AZq9jziCEWUUjnZbSMgRT4nC15vVJeX1y8dM/4K&#10;S+X0i1gYy71uhNliIIbKqN+zQ9F48K+utmZdWHBkrPKp5IJ3RgDJ8LhrKAwLT+yadE+s5A90GkrL&#10;z/LMO+cHhoNbN3oP7XrYG5HkSknTIUid5iAM1kOCFxJ1O1jv4sptI6PuE/Z7Jdr0dIeytHpxX9W0&#10;7/AHD/gIyChr0jQ4pjXXNGrq9v/F3d4kI+2PeiGpSlHupyl5jSGV/5Aw1EmH3HNnImFg02fnjvUs&#10;vvBmXcOBttDeTU+4ojIdaebxij69ECFzW20yOVVjqir6K6d/nwUStzd/a5MtJmNzTaehYf9fXa3N&#10;pJcEiG4eMIcMHIm2SG6TFG5q31ibM1IFsqgnPzYPyD8cDjlNRkOW94yLf0/CI6Le8vntFl/AKpVJ&#10;eMI0Fpd5KbZrXSDxTKwgElYRB/05rCQcv+e0RV7xZwRU7dGw1xvSGgxRWVnVAmfltNt8mQXibGZ6&#10;iDDxvK7jiNtYv+chX1vTwTDvwFCqU9Q/D2qDMPSO7gc8Yo4hz+M34aDfrVYpjYHFK/9Feat169/7&#10;qdPn2weZ4phnfQwpzLCSDd6SZTO81GFIZBolsuHe4c0d+1D/xAVX8vQXDxDo7znuHPVl86ajxi9B&#10;6+5twwX1NS9MPvui6w7c9cOSnvEz5lpnLH8lZ9UTt3R0df01HuZrhfRJs17on7rkOlDhFWl8pGcf&#10;2RFBqbl282vWbRuuiAf7WiGjrOIbluvvfFH3vyfecdftXRn3/loha9ykx3qnLvs5FKqoIpvGWqcz&#10;GnW5Jeam3eusGz5bHA/2tUJRaflFrVfd+rb+zX8876rdc2Pc+2uFwrKKH3bMOe+pCDGlIjdXzBtG&#10;HC4Y22vqHKvfHktBRGf/OmFMTs7Ehmt/uc/w5VsbnLvWDXSGrxNKCvOvbp+78qUQmb2K7Gw+Vzoa&#10;7u+X6KxtjpIv3xl70OPpigf92mCKyZS256pbrdKeFs+it543rSFDJv7oa4PynIwzWxddsTqg1EFO&#10;dHPjhvutZGl0oHDDG+Pr+l01sZBfK0hx7a02sqAMY156qKTBh5a4/9cG49LSSmqv+EkDtbFN7+5z&#10;ecZOKy7dvRpj6rfDS0rKcEjMUU+8+CrslKWha/uGYYL6omtemHj2hdfV3H1LbDGxYuaqK0Pt/7vu&#10;ogte9EQiBTy39ZWB9KLEwMMDnYJMo2JZqPPutz+//DN52bcm+9p8HrUqWm8u10y11llUwbBki7Ig&#10;fbG37r9/vPzsl5tDslz+JiCbNqcDEqnwlyoMkWDHs2u3XbrKob6xvGPfobvPXfTbzKpxKq/LNahR&#10;Dx81BaT0PDZQ+SvM2t4HX3x98Wuhgp9P0fi8yrDHty2tylzqbHMX+uzh9aZq49juPe89ffEZf/em&#10;5eS4XK7hmuRXA9EWUpiVss7/rtl87nNN3ltmyewb7zpnwYOSrJzcxJGbQ0DMVcbdKWA4hwxvJTZo&#10;J+VkWv7+5nvTnupR3lORqQnleXod60wV6Zne/mClu9u/KX28Prd938Znz531iLKgLN1itUp5bvF0&#10;Q4ZObflo45Ypjzb67iv3dDbcf9bsX5qKxxjcHn6FPBmOQfAJAldbZV628533P8i7vxUPF+Wkq0od&#10;rY515iqj0WcNzLR3OFfnT8uQ1e868O8FVb8rnD5L1dbdTVx5eiAatyi4PYwGrXPH1h25d7UGnpD2&#10;94QfqDL+ZNriZVany6X7qj18sJ1idRaky7j8XPdnn32W/ssD/Q+ai0qM0/rre1eby7Pk4VBkVn+j&#10;Y0vuxLRIS23zs7Py76maOQet3X0q2TDGYT3+q0KaXu85tGe74fYj/j9HXE7VbdmRu5ecd26Ny+VN&#10;Py2yLQl4DaowM9N/ZO92fHd71wMoqS6+tn3jmzuhLThkKps9vfsAFnnaYU/1zUQyUHiOWjd1LrbB&#10;gJ6dm4YK6koS1BOWn39d7W9+HBPUhRNXPTCzGFdfdB6aOrrYjIkHHYTUkuMo8iTunXjKczpT8nOw&#10;6sv1+NEX9VDIQthx7YLo3/e34qlPdkvuu2Re5BvjizHhHx9JAzItHl9QgmvPXIT9XZaBiRQBw7KL&#10;3Q7LjGBosKEPeK6qPCsDL2/bg9v+9znOq0jDk9++Ct2BMFkiZMPEgw6FuO/QpISmMCS8uIn58C8v&#10;yI3Ny8bG7TtwyYf7ALsdm7+7IrLP6sFNL34hPas6M/q38+ZGl63aIG2yRnDfknLcfsEy7O62il0y&#10;CTVzSB6nAtSeTHcp0f3u9j34/t/ewLfOnIJHr78Mtd19Yq5vBKTyS4bhOnBScF5kKc/NRlPtYSx+&#10;YzOCPVa8c82CqE6tji57+l3p3Ell0bcumBu98JXV0m1dQfxgdiEeveJc1FjdfHiQ4L+vomInl5zT&#10;ySGrbd+RJlz09FtYWmzCCzd/A22eANXJCXbaY9CaDLzgWJiZDm93B5a8/AW6m/vwzMUzouPys6OL&#10;/vWZNEPqj66/bln0ns310tf2duOyWUV4/ooVOOKNwO879bPGRfGofQVwGnGnUauG3WrF/P9+jnS/&#10;E1/ceBEkaZni48AMHCyRYyJ6DIbcCBj+mOduE+4wjU5Z5jQoHf244LW1ONTYj/sWlkYvn1YdnUh8&#10;jt5OrL96ceTlNpf0LxsbsaA6E6uuWoFuKOBwusR880BiSTBwl+QYGiIOwzz547ZRrxvnvrUJ1vZ2&#10;fHD1mSisGos+qy1pMjBlSslZHQUGH/C0msFgQFbEj+te/wIb66y4vtqEP195VnTpCx9LdnVYkauM&#10;otBng19Mbw0FGaXVF5ZgbkUp9vmAjj3bhwhqqpXYqmUy8Kd0+Csa/CFI8YWKYRj7TPtwVKRG0g8Y&#10;+aslfBbAuIJ8bNu7Dz/6jIQVdcSnl0/CpLnzJZFgQII+Gm1sVmnFtBnS586bAXjcuPXTfdiydy+q&#10;88lsIsbjqUSBvF0vCfl0KrGowChWxGMLDMzwgxjjXYFEJz9nxvLxnkpKM+APwMsH8tMfL97xwsBI&#10;jG+zozpLIG9dS1wHMMQYEugLBJBPzFt/+BCue2M9YHHgkaUTMGfObKnN7ZHCa4ejr1dizi2U/mPl&#10;AhpeSVB/tBv//WQ1ytON8FB8/jI5I7/hyFuLxHU4sv/xkGjk/dlMp5M6BjW0+CSS0+EQ2zH5ja0R&#10;6PMfG8naGYJxf043TadDb9MRXPu/TxBs7cPP547BhWcskHTzN8W8DihdDomhoEj65MrF0Gkj+NuX&#10;h/Dkm++jSKuE1x+ELzmfU0COn0Bx7/HBzuc8SCWirHYaMPkzT8PjHRWPQmsyct3y57TC/T349ovv&#10;o7uhD9fPKMINK86QWD1+KXwORJ12iUumkf7psmUoz1Hh9bWHcd+q91GsJj4k3vGlaodk5DIPR/Ln&#10;F1gG+YHdcSQ+dDDdcd6124hu8kvwFb+hOOAOJWMojuEBDCcjDcSD/SAM/gC1MejBj175CIf2t+G8&#10;qjTctnKFxCFRSPUBD2QuElQqnfSBy87CrBIDNuztwD2vf4wClRRKNe/s4mly7qND++5An0708WH9&#10;fwAT8iGOLHeYJvENVBqBuI5494dCJucDleKoGIIchzEhu1LKNYEx2cdh9UYjxhjU+P37a7DxQDdm&#10;Fevx4FXnoRcKCW+L5MXU7sxibC+Ygn3ZY0fg7uxqtOVPEGt08mGLqgz8XoHYUjIAVCksXPzE0AEf&#10;o/+0IAtDo1KFnsY6/OzTHZSpFD+ZmoNzp05EU2snQrwSmpWPcFSCxlbSQiZU4+fT8qhyFfjxJ7vQ&#10;3lCHdI0afkqHp0FODEkoHQ+9foT5hRpqfBbAoYA/tm3ptGBMMOqJ7kBPJ27/cDPcfiWuHJeOK2dN&#10;InPPQp2FGiArDxG1FvXtnZhaXo5HSLvi3Qi/2FCH/Xv3IFeroToMIEzpCWTGS7iTkf1PEFlbZVON&#10;21vsZT7J+MdDpp8/l6/z2HH3BxvQaI1iaZUZtyyYisY+BzzEE8jg08QUONLSjsK8PPx5QSVIwuGO&#10;rS1YT5ZHkYHopvpLlf6poqCb+Jt3nPBgnCrMV0GuRxYk6SEv/vD+l9jcFcKEIj1uXzQVXd4QXC43&#10;2eOZiJjM6OrthcaUgUcXjeOvDePx/b14c816FNIgxYIzVfoDmNzuCTyaP6OoR6abO3lUpB8iPy7v&#10;ieFw3h6JPJWQJw3j8Q++xEctPhQVG3Hf4inoDURhJQ3Wa8xA1JyJPks/ggoN/nDGJKgy1Hi+ph8v&#10;fL4OBUopDSo0eHC/HIGp+vcJIPEZX2MgEeUM+uMyhJ+lwFTy65gYCCFXFsU/P16N5w72QZ2uxB+W&#10;TEJYpUN3T2+synmQCQVICPt4A0NKpAahpiF5QH1yOMjMVRMu1RWNmezZ8GnsrI90/mZiBMVkrvb0&#10;W/mc5K+MfEIXN2Ja2Itfv7cWW5vdOKNYjTuXziIT14WQ04HtTe3Y3evExHQVKkmLbLC5sLgkF3Xt&#10;LdjV5kVjbxeWFZph8Qb4ywop8zkVlNHotYcGho1dThTKA5hVwG+IBfjM4pThTxZZ08mRhvDIR+vw&#10;3mE7qjOAh1bMQoc/Ao/NhgOU9/ouF/izVfNzzWhyBzCvOBcWsi52Njmxu7sbZ+Wb4A4Ts5P2x6Nz&#10;qnxOFiVEd01bJ9a29qPCpMS03HR0209fvXpokM8nLenpT9fh3wf6kWmI4k9LJ8Ot0MJi6UNLVw8+&#10;przz1BIsyDGJD/VOK8qDzNGNra0ubOzswZkZpGEplOglPuTDg1Llc7IYJbo5749aLciThzG/IAtW&#10;GqxPV3u7SJsu1Mjx2voteHR7B6TqKJ5eMh5KUzraKN+e7i681+GAmjrl8iw9+oJRVORkIstnxRrS&#10;vD/vtGKxSSK+9ddNAu100c0DlKWvD2+226GivM/K1iMgUwgtO1X4k0UX9fFcjQKfbN2Oe7e2kbAJ&#10;0sBbIV70OdLWAYetH2+12wCXHSuIbqdEjpw0AyrhxkdN/fikrR8z1UHkppnQ1mchy+T00M1WhbM/&#10;lrf4ZmKWFkqNDlbqe6nCnyw6iW+yNUrs3H8AP/yyVlgsj84pwXhSuA6QAhJ0OfFxQwcs1M5SvYFE&#10;LpsLfOHrUOSdb9VaKfpJKbP3dLUGGg8/L6Q0gZSUCrHJfQAoAu/SEW8YsqZ1GpA/AFqoluNvn62n&#10;zhlASYEedy2ajM6QRBDKLw6I08LkstjLImSiOF0udAQiuGvJdIzJ1+KzFi+e/Gwjisg05PRS5XMq&#10;GIzw5iKqBK4ouvLLKanCnQoGqHJLjVr8d+1m/IeEtD5Tg4fOmAwvaRO9ZHryhFMsb9ZxeH6Pd835&#10;Uevw4scLpmFueRr2WqL4/UfrkUGMz8dnio32KfI6aWRTla5MN5fhdLY3vzhRbNLjky3b8cT+Pv5I&#10;Ih5dOA669Gy0UicUtDLdRDj/inik5db0O3H9/Ok4t4I6qx246+PNUJFGzm92nS66mc7YIhK3d2wu&#10;OVW4U0E/0VBISgZP1d29rYWsAw112jLk5RegoYfqgdqZwwlHnG7ej7uPLKuLpk3E9ZNy4PHLcdtn&#10;OxHs74FBrxPWbnIep4wDdMeAX3RJGe4UkOnOMRlQX1eHX2xuIPLk+O2sEkysKMchGpyY3OS8+U1X&#10;nmE+2GXBognj8KPJOdQBVPj5F/vQ09aMDKNRpJkqr1NFwWgE7GYZM/z5qSCXkc806W5txm1rDhCd&#10;KvxoUjYWTRqHg9SmwnKhcLF921Gxrz6s1iBM1nIqFHv6qT/yBwaGg8xUMe5SZUHp5NDm1QMa9Sw+&#10;Pa+wAA4SomwefxXkQaBQq8D6/Qfx8BEfDQ0hPDAxCzl5+WizWElShaEkkXW4x4od/T6MN0gxOT8b&#10;dq8P/CFT/npytcSN9y0e7PbIURqyYXxeJnpcHvH9scQ88IkhmXDD/DRS4BBV6tZeD4pIq51dlAP+&#10;1grPWyaHG4JknqX0T0LWpPP1GtTU1eKOww7BKHdVaFFZUoJmi028yaamvOu6erHJQlq3xIf5eWb4&#10;pHJhMSjUakyQB/FZZz/2+7UwefswLScdPR6fMHGHziOePKqo8xwh4bGx04lyvRwzqE5tpMUIk/gr&#10;IM/bZulJGyRL6PY9XfAHJfhZiRJzq8agjummulFQZXSStri62yW+Qs4atSsUgdftEa9zT9OBytWL&#10;gz5yeCxYSJZGD1lSwsROkefJIL+e3UUa+ufdTjLTA1hAGrWbhBi3d6rwJ4pMt4mn5no6cNeuNtgC&#10;ClyfE8a5E6twxO6iNguIxXC2Jj7u80Ed9mNpphZyvREu0rrcUQmmGBTY39mBmqARdnsfFucYYKey&#10;sXbJPJWqHY+GzOvJ/Mib0l2kPb/X6xan57FGLVFphMaeHC4lhlP4xZHXO/T8xqG9nzTpI+jyKnEp&#10;0X3VlCo0uPxkzfvEQpmHePo96mMSt5M0ah105gx4SBlzULvPSNeiobsdNV4dOimdpdk6eEnYM918&#10;qqHI/xSR8w5Q/b7X4xYa9TnZWhhMafCQO5W8OlFk2lWkOJl8Tjy05TAOulRYYg7g+zPHos1PeVL6&#10;rIZEfV583tonDp5Kbz2MnJ2roe9shJHcyWhqOohoSx2qivLRJVXB0d52ONB0+IW8eUv/asotKJCU&#10;nHv5C8aZZ1wX/su9sV0f/OGAUg0uO2cFdSYSpAMQ0wJivwQDjpGQeMSjSUlWBno62nDJm5upwsL4&#10;7aJSXLl4Hg729Is3izhwlkaFN3fW4I+b63BDdRZ+du4StNribxKRgJuQm4nX1m7EnV/UQ07M/ObF&#10;c1BQUormHot4nZQXG4ZDKj8G4Zv0rIg0gVe278UDq/eTqS3BQ1ecJ05T4wUIDswLi0eDwWSGhmGN&#10;ISctDVFHPy7+76doa3fh1jPKcfvKs7CfBqTEiXhF6Sa8tnkX7v7sAOZQ3k9ethweLR/GREKDNJ5q&#10;onvDrt247o2tIotXLp+LOVOmkJbSK16dT0Ai98Q4fJRiDYECsxHvbN2DX76+HpdPLcaDV56HNqd3&#10;YPQfCcdILA48151GGoYp4sdV/34PO+tt+NacIpF2rY13ccROxGPta8vBw7jxjU1YWJKGp4nuvoiU&#10;OlZMexyTk4m62sM47+X1JKiDeOrCqbjkjIXY194ds7y+AmQZ9dh5uB7fen0D5mco8PQ3L4I1SlYa&#10;5c2QivKRMDQU15maNKUSjRw3vvA2PtndhXOn5eMf37wQjVR+FjhMdzrVzaFDh3DNx3thDnvw3wvm&#10;IquiGnYSYkx3YYYZju5OnPPCp3BY/bh/RTVuOvvM2GFGsYxi+Ynf48HQUPzhAD4Ea+VHu5FGwuXV&#10;lfOhyS8U05Ii5IhE43kdNbPY4rpCqRTnT9/x+sd4aWcnZpUZ8c9rzoaFhmOnyw1+Z8tAA5iluwuX&#10;f1GDaHcb/r18KsqmzoDNbheadqbJCInTiqte+QItXR7cMq8Yt1+wHPtIRrBCM6QvU4FSF4n8hz+g&#10;e9714bFa8M31tXD29OKfS8ahbPzEE/hwQBLEAyTC8Q4h3hgxISsNT3y0Fn/b2o6SHDX+e+lCBHQm&#10;WOwO8FZiXoiUenlDxDYcDqlR0bQDFQ074Em1jzoSgiUiw7jzLxdnfXRvWfuOY817K+U/fjCqsXR+&#10;LOWK4nfXB4CoVShV0Gl1YgV3EDUC2QwVSIx5NFQRKmi0zucXGuxW/OLj7WTCqfHdmYX4BgnpFmJe&#10;LYcTu0rUUNJVSxXKK/F8+BJ/EYX9GNXkbiQBcu3iufjhnBIaoeW49ZMdCFn7kJedBbmcV13jSOUe&#10;wITfMJQzkgkygMRoUpmc5yCIIaSQ0XNZ4plMARk9OxpyvOFIPzAaTOAV7p+/sxZtNglWTi/Ej5fO&#10;Q72dRllqbQlpjYPIXVB4Eu1yQT8j77qptziwcNIE/GZRJUAj8g8+2YPGI/W8V5OLK+KK+HEcfn90&#10;lBFSWdkdz5v9EvGHli+Bg+mnQkoAKo0OGdEQ7n7zM+zsDGLuuGzccdYCtPlIAJNlJb4bJ8LHrjHW&#10;51X9wXR4Nb6p14aJlVX467IJAFlUP1pXix17dotBn0/ISA5/8picN5PO9TGIQ8MeDRN1EkMZDezF&#10;WiUeeudTfNLkRVV1Ln5/9jx0h2Xw8REJvFBO8QYwAfF7TpPp7rA6kJWbj6fPmgaYDbh3UxM+3rQN&#10;FQm647xxwphURikj+SWAX6vm3Q/SBCbxcDKm4vsYUv+g/lmRZsDTH6/BSzVWZBWm4fHz5yOoMcLj&#10;C4gdEbF+Fut3Aqjaxa6KeB9lGWD1+GHIzsNfz5sFOVmVT+3rxRvrNqKaBmwFywEKyyjixOXCIMae&#10;KUmOCHmSjCQ7VCS7+EoUU97RmEwRfiyn+KodIb9GYFzmDchAko0T8nPxzsbt+Nv+Pijz0vCXc2ZC&#10;n1MATyAMvU4vZKZWG0Mx0JDFZTSaiDdooBhTPgIriN+LSflkXhDTRBIysQhkXhcUXmdEpi+vvlSS&#10;UzRZsWPtwIcD5htlGFtWDJuTTLYU5sTxMETII2lWyItH1uzEms4wpqeHcc/iqbxdRZh6EQ4bN5/k&#10;ZN60kPb+RY8T47RSzCkpRD+NxokVbl6hdUWlmJWpw972Vuyzy9Fr68Xyggzw50H9ZGZwOsmmaGKr&#10;0SAGUqKausD+ti6sb7OiWBXGwrICMsPDQgtizfaEkFeQ48iaWTZIC/xiM15vCaBIH8KDiybCo9Kj&#10;t88iyhagcIwqYpwDre1Y2+FAvjKMMwrZDI/CR1qOCEN0WX1BzM7NQHtnC/ZYgAZLL5nManE4u4tM&#10;Rw43ZLtYMhINR0MFjeA1bR34sqkPlWY1ZhdkoY/a20emWqrwx0NvwI98eRQvrNuCvx1ykBYVxhML&#10;qyAxpqOtu5vqabA8Usq7qbMLHzVbkK+VYXF+ujgUyuf1xMN40e10Y3peFrz9HdjVFcDOXguWpSvF&#10;LhHWhgJkUifSOxmUEN9xeT4guvMUESwuyYHdH4B3IO+TQy9hjkKCj7ZsxwP7+6mDBfH4nDJkFRSi&#10;gTRY3kWUCMtnPnR1duLdNjs0kQDOyiNNUqMXU13cXsw/PQ4XxhHdekc3NvYEsKnXjkX6KLQ0YPXb&#10;HKIeE/xzMkiMCVt/P15r7RcLmecXmBFRqMQiajL/DmAqPk9CH4XJp8Fp4+59+OWuThYseHRGPsaU&#10;jUFDdw8iocE+x3Q77DbqD2Shu504v9AMrTkDLrYkqD/wAq+F6K7IyUaOpxdfdLixxurFYh1p22Yz&#10;+okveadOQh4MxUE5IuRPwh1HnvLxUT5vtFgQoH51UZEZBkqT6R6IcxIYoLJma9VoqK/Dj7a1UPuG&#10;cd+kDMwnhepIL7V/0lQNzzWH/V58VN+GPj/JFJMZ7Zo0NGgz0axJH4JNhId02ShJJ3ppcHd2ddb6&#10;m2pfUkxbeJ/SZauX5J11yQuSSfOuS3v+oYE3E3+QFsQ5C+agxx6bfjhZYP28OsOIV7fswlOHPUjT&#10;S/HMogoo0jLQTcw2/A1DHd3yQtLDDXaskNjxg0Uz0eka+tECXgzJTTeRht6P7685BItHipsrVLhq&#10;9lRhVotDjU4BcnVqfFjbjL8e7sd8uQM/Wzj9lD/FxS/zVBLd6/bX4Ld7iSlJkfrH/BIUFhaRlmgV&#10;0zTJkKvX4LPDjfhzvRNTZU7cMbsaXq1xSN68ZdBo0CEt5MNPvtiPuv4ILi9R4MeLZ6CWNHQ+xS7Z&#10;MjxRyNZpsKauGX/a046zc1Vkbk5BNw0KpwJstpdlpmF/XR1u29FDPhI8Mj0b06rHop6np4a1dzqZ&#10;4Qda2nDvvh7MMEpw18xKWCVDj5blBU4tmcx5JPzv+XI3NnUDy3IiuPPMGWj1RREggXW06a1jgZk6&#10;2aG2Tty9twvT5B7ctXAKHDIVdawkq/IEgTWfArMJPZ1tuGljEyJBKe6aZMaKaRNR00PtPax8JqK7&#10;qbkZv6xzwux34MGJeTCWjIl9tzAOPI3Ce3krjGo89MV2fNgSwpSMCB46czL6JWoxt3oqdOvIYu3v&#10;68OPDlth8tjxpymFUObkiznqkwWmO9tkhNfSjR9uPAK7V4ZbqrS4au501JA1xMIxGdhatvdb8JPD&#10;dkh62/HIhFzkVU8QGwYSwHTzGfVjzVo8vWEX/tfgR5khhD8vISVHrYfdeWqf4VOTVu+39eNntVa4&#10;+q14bHwmCisqwd8gPVngqZ406otqnxM/pr7Y4pLj2jEq3LxgGg5bPdQXSTgntQ1vT5X63Pjt9nrU&#10;Qwu9tQPK5lpE+PC34UD8Zycr5ZLFC1ATlKN9x6Z3HV++e5H6xl9HDV1NH0q5awx94UVMgYuOcirI&#10;K6pFRh027N6Lp0ijJCmNuyZkQmNMQycJaaZDnDyVhCyY5KTy8xGOzAT8Nhtfk5HjtVtsUOmNuHti&#10;DnGeEk83B7Bu3wEU835bEWcYsh8hp3c05E3/MQHBuwCiMT+qcLYKkpHDcTnFSwIpkD8xlkeNeKiu&#10;HvcfsomT2X5daUReRgYJqz5Km/MiLUNoGrEXEnjBkacEyA4VeQ+8qJCEXJ7efjscJPV/Pi4bGpMS&#10;r3VL8Na23SjQKuAPJb3UMBwpfYHJ7jiyBseLTsT9gn6+Hx4mGQdeqhiGvA3PTEK/u6UJv99PQlqu&#10;wfdLVZhQkIeazh6htQyPw9oYv4DBeTPdfD88DNdRv82Obn8EP5hQQIIhis9tSvxn0y7kyGJHSg6P&#10;k8BU5U+g0FwpbWYoUeecdzLtyXWXcKdAL2n0ehpI3L1d+N2OZkRkBlxVpMT8skIc7LYKuoe3JZ/9&#10;zLzCVjgj8wK/hDTAF4TMax7S7nm678YJxRiXLcMejxZ/3bQfmdGA2MLFaQ3nv2TeHM67CV5PDEac&#10;vfATYYf2hwQm+s7wPsV9Q0vmv8xhwR+21cMe0ZOGrMCF48fgsMURs5ST+m0CE4OwRPSzof2fkWUO&#10;L4A2Ov24duIYzM1XojFswqMb90Hvd0OpVsfSoTY7aUwaOLjNxYtrw8McBzlvfiFH53PhTxtJSEfS&#10;RBmvnVguysxl51yGxIlfRY1L5chz9GCevRnTnB0jcKarA1OsrVCQAsLvlAxKZBrAqJ2kopPGK1EA&#10;MTC/WRfkk+yIIU8G2RxNU8nR29GKJ9r4GEsFbkzzYiJ12hZeHKRGZBNGILuJERiZmfjQLn6TSJzT&#10;Sw0nNn4PQzmFaXO4UV2Ujx9mE9PJVXi8lczFrk7kkpBkWpgJ+Y1DgTQCM8YOXI9dE4evs3YrzrXl&#10;s31Z46MK5TgKBZ/5KxdzxHxNoCr+NhJfGdUJJG2B/fMz0wGXjbRjK6IyPa7NjmD5hCpYolLoick0&#10;ceS5eS1pVjpC3n7F51KzucRl4QUfvZZGXt1QNBFtbqqCcVVVuLPKCFAZH++IoKm9A1V5OdDQCG3Q&#10;60eiIY7J7jiaSCPi+TaqfKJZgTS6Hx4mhgaBpmTkBUNCIz0vzMtFejSIJ2u6YA3rcH52FNfOnASH&#10;UktjtG4gbDKa00yCLs5bTnXL96nCpZN/kNqmkLTO30zOIxUF+HcvCa7WdkzMz4I+UZZh5YuVORUt&#10;RLfRKPYoU88T/GYkuo2UxkCY5LpLuJNRpxfrN1mZWchXUHlq2tAUNmKOMYDvzBwHD1lEWpWCwg1r&#10;R25vurKVwLzGAot5QEeDHPOERmCMR/hzTsFwFJrsPPxifC7U6hDec2nxeW0jxqRpoaI0WFNk/kvw&#10;YzJvJniWeTiGvOYho7qWUd6ik8f4Xx7vB1THw/tIou8k+hL3K47MvJItCeG/B1uwL2RCpcotPmfG&#10;i4csM1jNG9F3ib+5X3N8li/cT3kgi/X/oTLB4XTCTf36e6XEE6SerPWn4d2DjfwV/5jSlULuHBtJ&#10;8NFV0E15s3ISjPudFBIN2TRQvlvTgDWBNJhhx3dLjHCSFsxvuoodZSni8dQPDw7kEPw6prwcRSXF&#10;I7B0TCkKCgsEX/CgkABR75GIRJK5fOULrurZ143576OxqY/yGat+mi/HyjMXo8t67K+QE90DwCMH&#10;M1iejDSgd9ZhZ0cQF1Xqcd85C1Dv4q1uw7+BF3Pzr1YmweFeK+7d246zVH788tzFQiAnwjAkojLN&#10;CdPw3ne+wFu1Tkwv0uCZixejN6oQW/qY0WIwMn6yH0OhSY/Xd9Xg4fWHcWZ6FPetXEaVrxbahgAK&#10;HouRKq1YecTKN5Xn9jc/w5t7ezGnVIdnrz4b3RGZeI06ZrIlRSLgu0KzEW9u34P71tRiboYEf7rw&#10;DLg1hpjGNyy8ANKmxmca8ce3P8FTW9tRVmTCG1efCZ/GOLDSPAQSSQgmjTkTUJBmxHs79uLOdzbj&#10;0kmF+O0lK9DuIjOYCRoCKcpBwMzHpurELBN+99bH+DuVpzJHiZeuXiHOneb1De7gqSCbBOO2Q7X4&#10;/rvbsLA4DU8S3X00oCU0vuHAbDs+Ox3Pf/gZ7l/fBGOmFu9esQimnAK0WfpHTK3EYDgdMZ9MEsC7&#10;647gpne3Yk66HH+58hxYyVoZyDsRjYs+MgkBHHJKXgb+8cka3P9FPcwmOd66egm0WXnUZ2wj2yGe&#10;UDoJ+sO1tbjhyxpkRH14bvk0mMsqh0wBJGcqdv7kZOKTTVvwk88Oibc237hwGnX2CjR0846nWP2K&#10;GEPKOnwHRFTsvOjt6sLVa2th9rvwr+VToKT645c2EmESl8GoSS5ysoY4PjcT723ail9vaGE9CS+d&#10;MwV5xaViq22i3w3Pm7fvWXt7cf3WZsj6OvG3eZXIHzdJ7HYZhMFIIRqkxFTa4cP4/pojbHrg/5aU&#10;Y97UKThEVtpAe1OUIVmlAI1KBZ/Vgpt2tIqvkD89pwxFVWMp7+Q6PzbwtGt1fhY27d6Ln66l8ijk&#10;ePaMSlRXUjv02cQAlwoSuz7uWLMbtT4JzCQbzW4rQvKRx27xfLaV+sDyimIc9EbRsXtrbOrjO3dE&#10;Ta11H4nppEH5TUDSXEMaQ0Z6BtLSzMdEk2kQM7NyUJlmwP+t3YGdDhWmjDHjrhXz4NKYhAZiMqWJ&#10;Vc9BJA2OkN+RN9IzlZLnCUNiBVdvSCNNw0BI2ksctZQGo06nE6O6RaLEPWcvwMzKDOzsAx7+dDOK&#10;NXJK00Rp8I6S+K6SOCZWjhPv5yeQhSxrVjzyiy/GyPk+aXVbrIonnSPCTEICUyCkJKwUKNUq8cR7&#10;n+PNI24UjcnEw2fNho3UP5f4ODBrEGQCUb0mI8/r8ksc/JILS35m7mCQTMsBJDN2GLKZXtPnwE2L&#10;Z+L8aQVotEvwk1WfQGrrE3UyYvrCH8dkdxz57AtOkwgSFhSfUcH+Q86TEBibGuDpiSFIg0meUopn&#10;3v4Af9/XB01eGh5bMQMhtR6dvX0DC04jkPLxen3wk8lPklx0fl6Q85L/8LCJvPmDr3s7enH1/Fn4&#10;1qxiOLxy/OD1L+FsbRSaJU+/jIw3khZBO9PNefN0EzG+eAU48Ywxue4S7iT0kn+hXovXPvkC929p&#10;BnLT8eTyydClZaK110JaIbXrsHZLtKl4eYWeJ4A1J+aDobzBvMIouEsoMMunT8bt88dQmVX4wcc7&#10;0d3UiBxzGilHJCCIjqFnYDAm8a9A3r3EfB0XEBSNd2EM7Qvx/pHUZ2J9KIa826IqPxc79x3Ar3e2&#10;g8wE/N8Z48jKq0a/LyisjcE+OthvRT/Wk5WR+FIRgU5PFozJJPo/y4EYDsqGdLMZNlJyFk2fjgfm&#10;lQEkD+7c1YHutjaMKxtD1k5aTO6kkEnD0WxOF+GEzkD5c/pm8/FlWwJZNo0vH4OejnbctaeD6Dbj&#10;d3PLMH/aVNijcmSmp6eMx2hmJFqEfKF2CNkscNTXwNV8ZAQ6G+vgbmkgpiA1gMPHQVgohDLtmOpL&#10;A1kFk9P3bXzCn5lX6MooumKmlkY0GsktdjsxOHWq4yDP1+VR2h/t3ocn6t2QhF14eHohDKRhtHb3&#10;iE472OkGMbEizSujvS431lm8KI56MaMwG30O58Dz4cjpsYmkJkYgYxPvtvVgv0+J7KAVk7PM6HK6&#10;KQyFHYKpO56Keuv+jm5s6nSiRBnCnKLcE9714aN0c9VybD14CL8hzR4hH347Lh2lZWVo6ukjc47N&#10;LArLc4rDkFe71cQ8h9q7saHbhQJFGAsLM+GhdmEaE7tXhiClxwtPUuo4k1URrG5pR02AzGq/FbNy&#10;zOKzUif6Ugi/8FJH2sm61n4aYNWYXZiDftL+U4UdjjwPnK1W4khjI36xvxcRfxB3k/U0taoKDSSs&#10;+KWWVPEEEg18pGN7nwWftFpRqJVjcUE6nCzQjlJ2XtkXfEYCaaZRiS2tLajxaBDwWrEk34z+AAlB&#10;qjPeBZAqfjLKie07Ke+PKe9cZQRnFOeIl22YF1KFT0YOk6ZSwtLejDv2dMLlieBHRXIsnzIRdaRZ&#10;RYS5mzouIyvAvT09+IB4TRsNY0WOEVKtFh63JwWPMN8QEt3OUBRT0rSoa20WdFtcVpyRrYczLIGX&#10;+EGEp7IdC2kE4QPP8FaHHZpwAOfkGsV3KZmfkvvD0D4TQx+VQa8g67CnE7/cegRWMnavzwdWTp2A&#10;Oiv1U593SP8cjrzIJl4hp7z5YxH8so2ChLWT+ngquSDkitcjdgJNJ4utva0BB6wSHHHYyeqlMpP4&#10;GtzxNFIeJSNb8h6i+23Km8t5dpYWKhpMHE5HyvDJyDug5KSPKex9uGfDQTRYIjgvM4QbZ09Cg9ML&#10;jysmo1LFZeQ255dtPmnqhAUqlPQ1YkpfPTKkEeSGPEOwIOSCMeBGZmmF+Jasq6OlNhDf9aFy9NdL&#10;MpetfME5fvZ15S/y1MfkOb3VC1fdqHVh2bRJJDwHV6OPBqwVFJlNaKRR/pekWUGhxX1jdZhRMQa1&#10;xzALkoG3ilmI6f6vM4DJthbcNHcyuj2Jg1SODqyNVGWlY/eRBtxTw4IygD+MN2LMmAq0WXkq4Ph5&#10;83v6nzd24NlmD+ZJrfj+zPFwydVHNcMTwJpwtlEPV28nbt3ZAW9Ug5+Uq3DexGocJLqHHMl6FOBt&#10;PmsaWvF0WxDTpA78ZFKJmPrg+btjAWtlJRlp6OjqxE/29ALeAO6o0mHe+GocYbqPMuWQDJlkRm9s&#10;bMdTtTYsy5Diu1Mr0UMC73jA2p7ZoIPE2Y9fbW5AV8SAG4qkuGbaOByykjlJAuF4uxLMGhUNUF14&#10;sN6J6boobp1QAJtUKTTKYwHTnWc2wked/qe7OuF0hXFzEXA+aZz1vPPnuIYwkEZmeF1nNx6gvCfL&#10;3LhtWjnsMtVx805M7ZnDXuq0NTjk0eK8fLJoZo9HnSs2SByPbp5+aCOt8N4WPzKoc95bkUaWSJGw&#10;KI4F3Mf4VWWV341fbGlEuyOKK7ND+OacKWhwx4Tw8YB3XtjI9L+9yQuzz4EHxmZAlplDAoXiHwN4&#10;ikulUiFHEsLDmw5gi0uH+ZkR3Dl3HFp9YWHBHG2KKwFapQIOqxW/bPZBaevBb8vTkF5WMXDE6tGA&#10;24TfTM5CAHdtJWFtieJssw8/5oO9vKEU06kjgefx/XYrfk15u0nxfHCMHjklpeJMlmMB083vU5Rq&#10;ZXhy/W58YtVgQoYED8wagz6JQnyIW1jXxwBeH+BdH4/sb0NDVIvptgYsOsY3E7uoPlUTZ2O7zAjL&#10;9vXxqY9fRU0tPPUhIEaskE2K2AKEYFuuhGMgd4s0MnlYw3iiwQ6kF+CbeRJMys9Bg90tFipSxUuJ&#10;VIbYZZj/MVBOJsIRmxMT87Lx7QJS6U1ZeLTBhd7WJpjJPOUlGw7Hx6MORWqIIcg/bInHyjvgT8VJ&#10;hdxpeXEo1N+NP9d0wavPwwU5EtLOclFLdFMKI+IcCxniRRAMMvx5MnK78JfHm4nuXDJ/eT0BGdl4&#10;oiOEuvo6ZOqoXGQl8Er38TCWEwHlLfwo72NhYuVbSRrd0/ua0aXNp04bxbmlOThCGgYvBokypoib&#10;CjljrudUz1Ihz/V3EN06gwE/K1IR8xnwdL8S2w4cpEFPOfj9umMgT7WIxR2CEy0r080fmeAvpT+/&#10;sxaHlPmYkCXDtWOy0OwLkdYZOH5aXL9xZGABw7TzuTrJz1Ihf6S1l/ccK1T4Wakesgw9VnmN+Hzf&#10;QbLoZJQGc9xIXkmFAjhvjkMew58PRwkJq0wSlC/tPoQtyEZxhgzfLc9EdzBKlnRsi+SIeMzLKZB+&#10;KbxU0BMhwRTz53oYRNER4sgfJHB5vXDSQPqDMhNZ6Bp8HMnEWzv3IVvBZeMXiYbGOSpyyegqPng7&#10;/FkK5LQ5j7d37McnkSzKW4sfjDGJhU6n1yfKlipeKqRfYo4QmtPy8VF6JdYaS0bgakMJ1mdUIKhS&#10;Q8HfcI0Dx+V6Io36ohcc4+ddV/HiIyXtlRPmYMFFq670tqCyIBvOwNE1O2Z2fuuoSAn8q9GKdR49&#10;qv0t+OmEQvTJNTRSpxppOce4MwmkAZ949fI/Xh2KGvfgmgml6DsB7Y6By8FvJ2VSJ3r6QBv2qEsx&#10;W2XH98sz0BGSiE7EzDQk26SbDKUMG7vseNmmxOxgJ66uzIeTNOrhGhZHYSZk4De2+Nzg1xq68L43&#10;HYWuZtxeTexszBSLmUfTMIRvct5qMuPb+/CCQ4MpoV58q8Qc06iPo80zJEb8QkUU/9pbjzXRfIxT&#10;e3FruQk2YmwPaUrH0nTSVQrs6OjFP7uBRVofrq7IheXYirzoSKVaBT5p+H/tfQeAXFXV/2/mTe+7&#10;szuzvSebXgnpISS0GLo0EVEU5Q+IomBBpSkIgoKg+Nk+EBBpIggEMKEK6T3ZJNt7L9N7/Z9zZ2az&#10;GzYNgorfnuTue3Pffbe/3znn3nPv7cFTXhMsoX7cWmkk4MiDy08S7RHSG0lmSrupfwgP90uYoQzh&#10;q6UmkeeUZcDRiU3UyrQSXtrbgBfDNtg1UdxaoUNMayC1PDjGZN5BMlHarQMO/LJfjqlxF75WRW2m&#10;1B5RouYnJQYNtnf04BGnATLfIO4oUcFWXIJet++YNDcmnlTr6enB/U4N9VcfbrRLUNryjyDVZnpc&#10;ijgfpQYt3q6pxZN+KwkLctxWKIfWbBHa75HKrSUBzONy4S6nWkjUN+dJkGdRnyVNgAF7LGKmVmzU&#10;ob6nHz8f1AABN75nj6G0vAI9Hn9ac6OX0+8fJhpoKG2WZu9xa6DxOPAtksj1hcVivmLkS4d7n7eR&#10;KDXpsL2uHr9zGSGnPN1BGkUWCSq9vtAR619NgBvxunG/RyOGmL5nCSOroDC1zS6TSHR0yqwt8xoH&#10;B9XXnf0ktHoD+JrZi7nVE9DmoXo+tuYWgiSfE/nHTj9aoYbMVkApEcDz5MhYJFNgtSGCZtJMO/Zs&#10;f9n33qvnCYm6o+GNFFBPJaB+8r7S9opJ83UrLnruK2oPppSXwp0pzGiYE5SgRppqNeH3723Cs51A&#10;mVWF+xeUw0+dXnCcUR/tiPsxblXJOPpIMnmwI4C5wT5cs3AWegOp/RHGopT3wWesjpvY1Ckewrff&#10;P4AWRwKXFALXrlgoFsNQgHRIonScmbfz6QN8va4Nv6npx6nmKL6+eDbcvPiCwfLQ9Omn2HvElo0X&#10;1m/Gg/tZulPij6dMFCuteFXZ8MdCYQ++PSKeYX+ZsLv+x74GPEBpLzAncMvCafCotCOAOhNybGKw&#10;1hCTyiew/u66Hdjc7seZpSr8ZPVSNHh5XDTFpJiG40jf2Cntt/c34N6NzVhVnoWbls1BT/DwajAP&#10;M00hTWndxk340ZYePjIEjy0uR3FxMTpJyh013HJohg/5Aq2k7expbsP3N7ZgQR59dIunivPijjb8&#10;kCEuN0+elumprGs347XmAObkxPHQucvQC2VqHP/QtmOifGSTxrG/tQPf2dyC2Qbg7lPniGEXUedj&#10;5JuHW6rycrB//z5c814jfX0aPLCoGPOqJ6LJ4T6mYaYMmUmNb2lpwjd3dCNPkcAv5pVDbS8Qk6tM&#10;h1RTmg7xJSY10aLHI+9txZO1XpRbEvjdWSfBpzEJSwYhMY58J32rJybhGOjHNTu7YY2F8PDJ5ZCT&#10;JsZDF6OTSOlZXO7inGz0tzXjqvebSCtQ40czsrByxhSxJe3B6a60XjYqDvo5Av0zC16urxmA3ufC&#10;fTMKYCougz9jcTIWp0hHmnnCeFNN5X5hx378piEAk9yH354yBUqrHX0OFyTW3kdQJv3Mgpeb613w&#10;+3z4xaRs5JaUkkCVSTt1yRDbituIAUQHe3H9+7XwwIRrKzU4f+YkoS3zwrqxspui0Q8yQx/37mxF&#10;E31aUnZuyvT4MMRbSK22yNFEzKB7X81Q4YGNu1s/86UVptbap9NAveiKqud/VtpinzQ/56xLnvtO&#10;kQbzZkwDL+Mei7jSipmzb96Gb+9zkoiZxOMnFWDK1GnE4egjSYc7VtIrJNR0dNPH04jzc1S45ewV&#10;w5syHStx8e16HRpr9+GLmzsQjclx/4xsnDX/JLT6godduVhkNuK5bXtw97rdWF1uwh3nnSbGy8eS&#10;ahlHiiwG7NqzB1dtJe6UlONhSmPxnNnoCRAoptM4bDuOoiTFlTLPu/PdAzilSI+fnbUYLgKC2FHG&#10;qEcSq9U5BLqDrc24en0j+kMSvlelweVL54sxxMONXxZYjHht+1786PXtOH96Me5YvQxd/vCoDyxD&#10;nIbdZERH/QF8aVMbfFE57qg24PxF89ARjIolwsdDvDHS9rpGXPfadiwty8EDZy3AANX5sQI1E+eT&#10;gS8x2IPr3tmL/V5SyYsl3HDqAnQlCPRjB9XHkcR1tbuhGde8vgPzctT41XnLxarIMdub65bK7els&#10;xdXURp0RFb5RKuEqqtsezu9xtBNTltGA+vp6XPVWjVg6z+Z5at4fYthE7ujE5dZpddB7h3DzOzvx&#10;gUOO8/OA21bOx4CkJQ2SbZk/zDzYRn+ApPmL1u0RY75PrZqfAuoxxsc5DZNBDxnV7fVv78ZerwJX&#10;Fkn49qnzBSPk8fgP0RH4FS8McvT344K1u2AKefHkmXNhKa2Ej7SwYyXKEjQUjynowY/f3opXBxVY&#10;kRXFvSvmwmfMFsx5LMFOpyFJ2jGAS97cK6T6586cjYKKKrhHmUSmSNStjuvWie++vQ3vuZQ42xrD&#10;7SvmwU2MkCdVj50tkzTP5nkE1Ne/8j4OOAmDCoqonigGLswYlCCg/owhgWbCvu7GBhS17EXLsvNh&#10;at73RAqopy2+ouq5e0sbcybMn3DpV567UulBaZ4dPjZjOoRYHcolqSRIXOr67d1wOXz4eoUGFy2e&#10;jzqWMNLhjofUlEUGiZ+1erAo6sB1JNX2+I9/aSt/5lXZZry6cTMeaI7AYNHhkTn5MGfnoI9VwzEa&#10;UiwhJ4n6kX39OC0rga8vnAkHAfChoMEfrVmrhTLkw83b2tA8EMLn8+K4evlCNHkpr8cwoXMo5ZFk&#10;ua62GQ/VObGQJOrvzJkAN2kkxzL0MZLY3nZCbjY+2LEDtzPjNJvxyLRslBYUoOsw5RZLyOtb8Ivd&#10;PTijyIAbTp4stJpDuxCXW09SuxVR/GBTPXb2RXBmVhjfWbEA7dQ9eC+Lw2k+hyOWave1deK2Xb04&#10;mcDyB3MqMARSMY8T8FnKLyOpr6muFl/f1kX6vQl3TTVjXkUZWg6jovIS8joSCn64pw+ztDHcumAS&#10;XJImpUGNIP5oVUoVChVJ3L+tDmu745ir9eDulSdjQK4WqwePdagnQ2YCgba2Vnxn/5DQgu6ZXgBF&#10;jj0l1R4H8Zh5fnYWBttacN2mZoTU2fhOlRpnTK5Ci4+02TGAgNvQMTiA6/cNICcexgOzi8SZiWzB&#10;M5K43DykVqqR8Mi2A/hbVxzVCjfu433UDVnwEMAdb7kzEvW1JFHztqA/J4laV1A8rEkcK3G5cy1m&#10;xAb7cN0/92OQpN2vlatx2cxqNJOgJCSpQygjUd+wfxABYgy/nm5HTmGxGPs+lJKkDVfqVHh6Tz3+&#10;0BJGTsKF35DUrsjJE/vHH2loaSziRUcM1HdsqUcjFVWy5iJ5BJxgoF6VJaGZ+m4PCZxFzXvQsuIS&#10;mFoyQD19yRVVz95DQF0xf8aV33hulbcVRp4tPaS9+aNlzqwm9eWnuzvQpcnHhdYILp1YhHoCqw9t&#10;SXiMJMUi8Cs1eNSnQlVPPT4/tQID4eOTVpi4k0EuodqsxfP17fjroBp54X78aHoeokYrPGOoxDlq&#10;BT7oHsJTA0ksldyiLGLoY0Sjc7w8850TD+LBnc2okdlxSnYU104upA6SMkX7KOXO0aiwqbMPjzuV&#10;mCv34Etl2fAodccNWEw8JDMpS4+3Wrrwh14J2sAA7iA1T28rwBBpRoeWO5vS3t7Vh0f7Eliqj+Py&#10;ShsGD6lyLjfb2+ZLcfxhey02JPMw2xLDzZNs6I5JQhI82sz3WGSmD5f3wn6oL4lZmhi+WmyGU65M&#10;td9xEjOpyiwj9nZ24/4eEhN8DtxerkFBaRl6XB8ePxZj1P1DeHAAmJL04f9VWMceo6ZylWkVeJpU&#10;7deCWSgxy0iLoPYhUHf5jzwefDjKjFHfNyQhTxbBjXYVZOlx4uMlPgChItuEdpJUb2uj96mNb8xP&#10;YvrECegYg0lpSbpjE7kfD8qREwviu/kqJMzEfg9Jm+chSvUqrNm9H8/5LMgyyHH3BDOhrQF9bl/K&#10;QOA4icfHfW4X7hyQC4n6O3lKqHLzPsQkjoWYOReYDfC6nLilNYKo24+rc8JYOm0yWtwfLrea0o54&#10;XLibys0mtz+yUR+w5YuJ0JHE30+5WY/3a/bjjwMqKM063EP9yGTJQheX+yO0d2aM+jetTrRqsmFr&#10;rUF2025E9aZ0iIPEm4Ux7sw//Szsk4xw7d6C0ta9qFtxGYwNex6XdBXVF4bzSmdk17z/S4c6q6hg&#10;7oKLp8pDMOl1kFHjKgmwM05LqqYlGsTTTX3YkzUBs4jTXkng4iZJhpoYKvoAR4Y/VqdVKRAmbrLJ&#10;F0dRPICTSwsQkcnHDHskJxawKCRElGrM0MrR7veiQV8Cn7Mfi7K1kJnY+Hx0vLxPRbsviF2OCKp0&#10;wLxiO+L0Ph96mQnDWyXmyWJ4uaEL7+nKUaYO4fpig5Aw2MKCl4GPjPNYncWgRZc3gB3uGEo0wMIC&#10;KxIa7ai0j9WpqA6DkgqT9fRB+pyoN1egjz7MxSYFVFnZkFG5eZlxJryFys3DVNscYVQYFFhQSAqx&#10;NDpdFeWlQCnDu41teEVZgiwC1RsL1JBn5yJIaj8zr5Hhj9WZKG13MIz1VOeFOglLCqgeebb7I5Sb&#10;6z4okzDRpCWwGsQBXRFavD4sUsdgzLUJKWlkuY0k1XpDYXzgjMKuiGNZUc6H6lxBcRZo1dje1II/&#10;y/Kh0Cnx3dyk+MC9sbjYNiAT9ngcLyVnSfw9VwzULFhhNxIgWEi2OP6+znkgNolSow4W/xB2agtw&#10;IBTHfCmAXDv14UPKzaaFbPb5lisKPeI4Pc8EhdEkFmNkwvCWv/mkYda1tuF3USuJ4VrcnB1BQX4B&#10;nB+j3LxsnjWWde4otIkoTrcboKE+yUx+rPBHctzepMOhwGRAfmAQmzU21MQVmB1zojA/H7FDys1D&#10;H/JkHG/TN8blFwcHZGcLRpwJoyDHczZdHW14KGAkBpaNG4w+TCopxlAsKaTyTNjjcRq2kCLGt2nI&#10;ByfUKHR3YaK/X8wXWEimGOly5EkoZdTHSirRJae+PNgLq6cfvWXT2aRxtwDqkL1shrVm6y8dWmNR&#10;0bwlF1eGnEiwoTtx24wBPksu5rA/8U5DK15WFMuMUTe+kUP4bMrGgNMtKiET9nhdIhxCMCnHjqiE&#10;HJKIqk06uEgtGivs0RxLt2K8Sq3FtCQBkT+MWkUulL0tyWqDKukmoV9s45gOr6QO1EpceU8AKJUi&#10;qDZq4A7TM+L2Ij6SXIzRYHJrQzP+jAKZLBnCjcYADLl29PJxWh+j3EpSg3gPlF0hCYWU9lSdgoAg&#10;tfhirPBHclxuXg4cIwl4ujKOGgeBtZo6bl9rcqpWnvQm5TLeiyUTnreW7XR6sTMgQ7EqiUmUNm/3&#10;ORwnldsQCyfrWprxm0i2jFQGfINU/4L8PHRQe3+ccsupzgc9PmzyQyw6YabqiaQWvIwV/miOD2Fm&#10;K+qZzJydQ6hT5sPZ18nSesJH3X9kuXmL1SGvFxsDJFkigtl6kvZInBqucwakRDTZSx/twz69LEZS&#10;ztWKAUwpLUabyyPGZzNxHa/jsXw+/Xs9pW2UJzCPvscwCSRicdUY4Y/muFwe0qSnmjRwDvSgXpWP&#10;7qF+zJIFExGFWsbjz5mwrO0GfT68S+2tJ+BawGkT4LF1lghD7alOxJPOrrbkr50KWVBlxhfkvZhX&#10;WohWEibiH7Ft2BE4IOj34z2/DNp4VKQdI6FgZP6Ox/GiLidp3FOyDIgOduGALAfNbg/mJDyJmEKF&#10;UDgiyyw0Y5PRCKX9Tyo3M4slatKcKG22XU/FF4OUTCRjfV3J/+mNyhxKK85BN04vL0SLj+qG6oe/&#10;rZHpH6tjTEyEgtjqCoJXWhbJwphqJoGEBB2DxTLKWZh58OrNbDu6kkrIHf2wewfQWTwFas/QblnO&#10;qWc/6Z69/IoJT/+itDGrYP6Km+94TvPyY0/V1ux4Qq03F7JYriARQxZwbAmThlxzxlduTiYTobnv&#10;PPUdrUrqdcXkRjYp/OhEHdUz2Dlx3rJvtC0+9+zm//3FU5PjnifCCi2lffxDABmiNoFFIfMGI5G8&#10;7ad87j4WD6e//odfaWSyJ+JGy5y4WEdM0nAs3OUw2i5qXHLhV4s2r3m3sLfp/rDRkksdW87lloc9&#10;e+LB4PKa5Vf8NGLJxYy3nrjdGo/uGkjKrR+v3KSWxWJdbr3l/Lrll11r3/Hm1rKW3XeFjVZLLBYT&#10;q04/CqXLHYqF/MptCy64N5ZbnD9pze+fNEY9D8QtefPog4vxknFDItrj0pk/U7vs4hsK9773QXFb&#10;zd1BrTkvHo/LVBpSpcLhA3Kfc3rtws8+4iuZjOo3//SzvKD3gyGFKlf6GO3CpEomBwIyad6+Uz93&#10;W27D9p1VdVtuC5uyrJFIXJinfhTicuuV8qgy4A1vn33WHcGqWVOqXv3tW1kex/fj1txpyVhEHo0m&#10;khp5cjAE+eyaUy+/M6dxZ9OEhi03B3UWE9c5aWQk58bbVY5ec92M0552zlgur3jnqT+WOzteGFTq&#10;8z9Of2RSyGQOAvqpe0659G59f+dA9ba1NyWtVko6xjvbfyTicuvUirjO63Lvmrzke64ZyxeWrn10&#10;W0FP0zfD9pLyZCys5nKr6VtI0LewZ9klv9I4+zyTt79xfcKURV5xtUolar1XGupXtkxZ9OTgSav0&#10;xR8898yE3qYnhlQGO/eJj9wu5NQymTcZDdn2LLn0EbW7Pzhp85obEhabL5GIkg770YjLTflOWnyu&#10;vprKk77RP//sswrf+UtLUeveLydsBTYqs5HqNaFUygOyoN9Ys/jC35LSL03d8MINco2+NxxLGhUK&#10;BfU3yaMc6u7vKJn2WNeKy8ttm159Y1Lztod9Boud6uajlzuVv7Dc55M3Vc+/z11UlW8MeGAMuBDP&#10;LOUfQWyIwDN8C4psaIhJCNXtwZS2Xdi49FIYupseBwO14qZfJKfk55coJ8+55Own3kievuL069Pv&#10;jyLp0uu34M4nkgWlpf8v7XXC6JRV59w155G/JRUVk0943JTfL+OOx5Lyy79Zk/YaRbYp0z4v/+H/&#10;JHPmLbk/7TWK1KsufxV3P520T5l1V9rrhFFe9ZSLZLf+Ppm19KxH014njIpyc8+Uff+RJK6+daCU&#10;N1s5hAoqq89V/OCRpHXJmX9Me40i3dLVj+De55PZ85c/kfY6YZRfUjJX+u4vk6aVF76Q9jphVGI2&#10;z1F842dJ3PiLpN1sLk97D1NRUdF0xc0PJi1nXrw+7TWKTHOW3IZ7nktaVp63Nu11wqjAaq1WfeOn&#10;Sd2FX9mT9jphVKrT5Wm+8oMIvv8/yfz8/CVp72GieslSXvfjpP6Sa9vSXqPIMnXOtdzPjWd/fkfa&#10;64RRVXa2SXXtHUn9pdd2pb1OGFVbYdRedkMfbn8smVNasSrtPZIk9Ze/H9Fc/YNkbm6uIe03TLay&#10;yvP4XY6D40p7nzAyrb68RvHtnyezzrokWVJVnSyYOe9DrnDa7KRp5vzkihtuSRbfdG/Suuqy5CnV&#10;lUntNbcms8694k9ihFys4EsTTybwkMehlHXmxW/Gpy+ZZ/zrwz/rbmv7bdr7hFEgFJLx6dW8qc2J&#10;Jsrvo5ZnH741MWXBVMvqyzamvYcpEqE0qdyJ2IfTzll0+hPhZeev1r/yx8f69u/6Udr7hBGp3KLy&#10;k4nEIdMgH586Bwb+kf3ML/8fCitzhlZdvo28RskHsXhMxm0fTcQ/lLZ95vz7A2ddcZ3yzWfedGx+&#10;98q09wkjVg3ZxOR4LVyOhdrd7h3Wvz50DjQ6eC66trZEpyNp+CBxnfO0ZWyMcudPqP6G5/xr7pRv&#10;WVfveuvvY330H5N420u6fJTZ56NQWyDQm/PS7xYj4MXgJTe+T8A8N/1IUCKZJMEtOebCosLi4itd&#10;F173G9Rs6i3Y+NQpae8TRg5ynDb18uOflTsK1Q3Ba33t8cXoaYPzkm++Vmq1Lk8/ypAskUyIsmNg&#10;IO2VIg47eOmNL/G7HAfHlX50wihJafOq2dxkBHO0wFTSnw51M3QyTFbStxCLpo5G1GiJu2ihiEcR&#10;JQmc96gRlhKykDOpCJmSoVgcVrtNTEtecMEFthdffLG/fMnKB1vmnrnSsv7vtZWq5K1z535N2ZXn&#10;sCWTgY/9lZHqkXzllVf6NDq9odPlRlZ2tnmI+P1nPnNxHnDsdpaHI/oepMLe3v787dt/+tB7f/2c&#10;a8E5C4pd/Q91rH/7m5ny2XKtFlcwyGZJgptm/CefvPjmA0sv/IJu8z9803zNt2ymZ2eddUGRXP4R&#10;TFLGoNdee63XlmOzOEKkjMslsQHAWWedlSsfebjdRyGqNoVSIYcO3pdffvl3OeueumBwxefOzD2t&#10;+/mBN/9+4fnnn2996aWXhrJyc7L6gwGo+bBDonPOOcfObTFn3rwv7Vh82c1SzSbMbt36zS30TJQ7&#10;eALKTSlxue25+TmD4RDlU07dNF3u4McsN1FcE+cPMrx27dpXC//xxONdq7/6Rcep5//tXGfrGUZT&#10;ueypN57y5OUV5fSHw1BICnGQ38qV51vfeuuloUVz535mw7zzH0JrPabufuu6vRTdiS53fmF5bnc0&#10;AikWVS+qrjbqiovlKt7ucayu/uEtIQ5LYshKpUpQ+20tf+fpe1tW/7/vd5926V/O6dywzGya5Tvg&#10;OBBRhEL2TgICKZlQnFxVZTKVlcnefPNNzylzps9/b/Z5j8MxgOk71tywl8Bq9erVhVSPJ4SL6vV6&#10;R2tdXd42AiBZNKqcOzE/p3DSvHAsFjuOEh6e1Gq1jL7XxkkbX/hW7ZnXPNh2xudfOqN+/YKyuXOb&#10;HA6Hoq/1QM4GEoR4yK9yypS85VOntmdlZSXbduyo+EfVopcQS2LSxhe/VevxNNK3nx8OH2rv9tEo&#10;K5EItHV1SbuS4KFEaAxG2MvKhWXXoaQiti2LxMG7n/BCNbnOCC2F1zv7xJCILOfU1Y+5Zy77knXn&#10;u7t71WbD3BWnV35OH4nbdOp4vkkve2PHHvyiW1LokkHZfZMt/fbisqQzFLbHY/FoahXUQUqxSk5R&#10;3Ag6eHvQf8RjQbk6dfLNxk7Fr2oH5FdWWuJXzJoUb3d5CWPTpvvD7414k25Tvw76pWSUkWH4DZIZ&#10;CYGzNao+Z1dH8rrtXXmeiITvTlBHP7tgHu+clnz9QLP0801N0kXVOfHrF86M63Ra2QfbdyRv2uMk&#10;VibJfjMj2zFpYnV4IBzNj5MomBGGRqVHl7TvSK/hvxnKvMPcvcSalXxt937px+/VSqsm5SVuXz47&#10;1hUkKXcMiSed5GFIzPWNJpacZHKFRadxJFyD0eve2ZfHx3hdVaWKfufM5fBAnly3+4D81rf3K1ZP&#10;L07ctmxmTKHRyGr31SQ/v7FDgbhMfv+MLNepc2f7ukLRojgfRTK6YKPoiNkbQVxuu8Wc3N3UKr/u&#10;te2K5dWFiftXzol1+cMpiefjEsdBjE6n0XgMEa/3m2s2F29zSLiwVBH7yaolCbdCi70NzfJr3tqv&#10;mJ2rST68ck5UY82V9TbUJi95p1YRjKnkt0/S+89bNM/ZGY4XREOhhFwuBHBBY+ZwpOeHKiL1kBek&#10;WS2mZEtzi/yqdXsUVXZL8g8rZ0b9Co2MJ/SOVcBOVdGYuSCSyVVqdcgmi7rvfGNjwWs9CSzKl8ce&#10;PmtBwqcxyXq6OvG5d+uURVop+b+nTInp2Ia7uy155T9rpR5Cg2tLpcCXT1002BlJFIaDQeo+vCEH&#10;x5suw8FbIrpJ/U/TyKCj7/ngDK/bhSver1fapETy90snx6I6k5j8TpU7HZ4pfZN6ddiXiMKM/Ekk&#10;3uL/yaRcrdVGbcnIwMPvbc9/xWdUTDVF4j+fVxmPWGwyV28Xrtnbr+Rpqd/PzIvmFpdAGupLfnd7&#10;s7TPq5bO13ti1yyd1d0PlS0cCCgpU6M/wFRmxp6hSKQydUjWBKlVCqgiYdy5pU7REJHLjCQ7GQIe&#10;xKWUfDySeIzaK1NgRq4JLSFiaJEI5g82Yn8kiR6V6XFJVzrhglBBxSxDR/16XzwWy7Xnl83NMcoX&#10;TaqU9tTWST9oDvFmzLK7Jpkxf9ZMvVeuNLC5DXFJSafTpR3f6yWtcBk/cnqd+D3apd4b/k1hbBaz&#10;VNM9INvSMYiFpTb5wgllUlRSSFqtlhyFSTsN/dboyPF12PGz9L0m7YZ/ayQ1/WYzsoRCbSjJzzNU&#10;xb34hzeJ9d6kNF8VlhbPnC5ta+mQf7DrAOaW58svWTRPqq2rlW6qGZRCcq3sBxVqrDxpjtYpUxr5&#10;pGg1xUkfw7CjuOlKfiq6suPf6Xtlxm+EU9JzpUolwuWYDFJdz4D83cZeTCmyys6YWCaFZApJqVSJ&#10;MIdzJDl92F9J8fJ7GZdKR0bcVGfLyTVUy4J4aciPXSGVNCHulk6ZMU3a1dYpf2tHDaWdI7ts0UlS&#10;X0e7dPP2NmkorJT9v2IFLls8TzMoV5t4X+TRaX3YKQ5xY4URjt63GAxSj8Mpf7W2E5X2LNnZ1WVS&#10;mMqtUCrHfud4nMifUpaUyTQGS7Z5liaBN/qc2BVQyW0xj3Tm9ElS44BD/vL2GhTrFbIrl8yTQs5B&#10;6ZZN9VJrWCO72J7EV5bOU7lUOhN9PDKKT37Uch2lboSjZyYqt8PplL9Y1wWbxSj7bHWplNTqJUlB&#10;bT4yjowbMx6qo0PCKQ7ey2WE1UqD2TjXrMTGAQd2h/VypW9QOmtKpeQIx6RnduyDlaDoi/NnStpY&#10;WPrJhv3SLr9GfkZODDcum6v06oiLEvBR/yRJn/qs6N8j+rD4TWll/Ief07dG30HKsR9/e6nfRip3&#10;NByRnmvshlmtkF06pVxSGIwiz6kwB79d8b2SH3+7B7/jtEv/JlCm68HnhCNyBamQSpPFvCjPLN83&#10;MIDdVKZI0CVdMLVCCivU0ot7GyALB3HlvGlSpcUgPbSpRnrXrZLPNcfwo1NmyeNZdjPhnEKn18uH&#10;8Yuw5SBWpTAu5dLP2TEOkmM8PNQZjSZJS+21rqVbNgQVDH2t0NVug8w9JA5QGOX6OxB39iPHng+H&#10;pIacNJ8CvQ5hrwv+aDRl9eE4+YwrJv/+9pIenXG+7cpvPn9NvhqTDUpcu7EZLa4kLrEG8eUlJ6E1&#10;SBrgJzCmmKNR4u/7W/Bkmw9XlJvw2Snl6D2GbU4FHcpmj0BsU1tl0uJP72/FXwZUKDbL8cTSCXi5&#10;qRcPvrMTXzypCteePAXXvbsPO5wynGYK4Oals9EWIXWEONyxCD3Hnhte8q4Fmzs+Uu/BigKtWEDD&#10;S6mPLDUdH3Es3GLV2Sas2bYLv2qNgfoX/rykHDX9Ltz29l58ZlqpWKH3w/X78bZDgTlqN25bPB1D&#10;JH3yVpTHuxLtaMSrAw90dOOu/Q7Mt+vw7cn5GEykzk88kZRZsbll927c2RgESMD44xw7ItEYrqNy&#10;z7Yb8cgpM/DArhb8tReoUHpx38Jq+PUWcfrIR1nMcyTi/Wja29vxo1oXKrJ0uL06B0GNDnxuZqaG&#10;MzXwcWqcTUrLbVY0NNThpt2DgEaPn021oMKow8Vv7kE5fQOPLp+Gp+o68MeOJHISTjwwv5LkyXz0&#10;j3lCzbHkZ0SIQwLzykQPH267bxB5JEzeOy0PUVLt2SQwQ8dd3jH6JK9cLMi2oL+lCV/f1YuY0oRb&#10;q/VYlJeFS6jcPPTx/BkzsZn6/Y/rAlBE3Pj1LDtsZVXoOUy5Pw7xXh+84OWu7c1ohB7V3SQU9dbC&#10;T9rEoaQglcuVkCExfRHqVGaoQgFM16kQrtmAzlDscR76eNIx74wrqp+4p6w9p2C+5cvfe/as7l04&#10;0NmLDfICLDUE8PWpxWgN8zmKBzf5OZGUo5RjTWs/XnZJuCgHOKMk9yOtTDwaMRDwjn8VWgmP7OvA&#10;ex4tlsh6oaSO9I6xGmcGm6AI+LAmkY+p+jBumWxHX1KBAKmmJxqsmHhl4saOPvxpQI6l5gSuKDKJ&#10;pdQnGrA4Nt5ecoJJg2dr2/GCQ4M5kgOFygReMUzCyZFulLp78LysFPnKEH4y2YqgWgenz3/COy+T&#10;mcrd2DuAX5JqPofk9a8VGeD4BMrNxExqUpYRr9e14rE+BSaoQzhJ5sHTxsmYEHdh1lATnldUwKCI&#10;4qeVeqjMWaM31zqBJFYmdvfg3r4kSkkQ+na+iupZ/4lMqAomReXe1taJB7rlyKbynRHtwTNZU1Ak&#10;i+BURyOelJdQx4jhvgotrNYcdLq9H2kF3tEoszLxNmpvmzyOWwo1iGgNxFA+iXITk8oyo66jE3d3&#10;EVhKSVwc68LfsqrF8wuddfirohC8OecPi2SYVFSEZqf7Eym3UpIgJ8B9pHkILXIjZrpasTDYA4/q&#10;w0PzvB/1UDSJ3oIJaJAMUFDdFFuzEdv+LsKOwcclffnEC4NFVTOMez54kLhckX7Ggosbe/tR40+g&#10;0izhyhwJXiWvqEptSMIf04l2Oop4n9OHxoiEqTqgXK+BP5YYM+zHcYxYbITOK9mmyEJojcewI6xA&#10;j0yFeFY2+l1u1MRVsJlUuMYSR0xnhucTLLdWkomzIXeHJJSok5iuVyKQJImaPrKxwn9UR3+Esb+P&#10;4p6oiGEgGsL2oBwdcQkxKrfT66M8EJAY1bjeHIHaaIYjEBJzDmPF93Gdmj4Khy+AzZQHwiqx6OST&#10;KDc7HkN0UV+aQEwpGAtiW0iOZtKQopZssdXlnpAMSr0aN5hCyOE+4P/kys0frpck9fVUbotKwnzq&#10;+FFZao+TscJ/HMd91hWlj10lgyrswY6oEvUR0lqo3OFIFHt9MSRIs7nWGEQJSaG9wajYI2SsuD6u&#10;U5CQEw4G8a5fBr08icV6OWISb4T1yZTbTUJeoVYBc9iNXTEFasPUtwxmegLs94TFyuUrjCHMzLGg&#10;i8eDx4jnRDieIZNFw9jmDoHkdfhM2WjQkNPnolFnHeXqtVbUGvNhUqvBNncBrzsW7+0INk9eqIpI&#10;ihpZ7vLVTw7OP+uK8ud/WurVF8yXX3D1cz4CJ39LI76i92NevhVdgXBcSiTiyRHiNI/fpW/HoNGS&#10;0cj3xqJcKYFX+4LyN2R5soukvsRyqzYxED/WtEbTcFqjs3CQ6DHz8SK9Rrapz4U/BYi75RVBioVT&#10;huh9PbhU5cbKgmy0B8JJiSOiSj8SHflpmsYIlE2axLZBL/6czJctljlxiTGeHJILQwRBxxTvCBo7&#10;/EFfVrBteq2seciFXzkkoLCcgIy6BZ9SOjSElSRZX1BiRXeE0C1OzZ3kbe2PueqPmcxKCc0ON34X&#10;z5PPkPzJL+nDySHej/oo9Xwk4jep6ceIgIpCT3L0Ojkf1vyr/jgixROp3NQLeFLH48bJ/g58oSQL&#10;vbFkkkAzkdqK8uOVm98+NDN80kl/X5/s4WS+vFCVSF6vcieCGoNQ2ZlOaE1zUeRyuVGtlvgIql91&#10;BTGUT+VmuxoSVBAIYIqjCVeXWhhEktFoNC52QRz1qdL9iJ9jlelY8qxVSPB7PLgnblPkJCO4Se2O&#10;BUmi5nIfy/tjBRrtNeIX9SEqN3RqtUIRDuC3nT602EmapronuEYyEkNZXz2uJS0uqtEmg6FwXH5I&#10;uY+ap6MGSJFSkkMR9OMPTpnUrDDJZLZCnuCnPI6YlhwZF+HPpOAQnBJpWnV73/Wsff402+LTH1TF&#10;gjtluaeufnJgweoryp6+ryySnTt/6Kyrnk2QuM7H9KtcQzAOdkLn7g/FJQWJlnyC2DClkjg00zIG&#10;1UM8Re4+TFRtwlxBItYa1hnV3ux8hWmwI6oMB2IJSXkwEjbuHotkSZ7n4pvhFIftHw7xp8Toln4n&#10;hGmULJBll7utBYibrGJTKLHzFpU5oVBB7XXAMNgNnas/wefKDR82ORxZig75Keig36GBRcWMIgLC&#10;ZEyhkrvtpXK9ayCp9zgSceVBoGb60DvpKxPfUw2IbyfjP6LEKaKfGR8pFJRFjBbJnVOIcJZdLOWW&#10;k1bBVZZQqSEFfNAPdcPU35FISvREqaU8juhUTCOiPySlYyJqsKQ8GU/E5Qq5016q0nodCYNnMBJX&#10;jGjvw9EYMDyKqEOJ64iYqOslFSGfFNWZVS5bMULZeSQ5EkDwNqgULkFlZPXUMNRFfb0rQWAVSSg1&#10;9CKXm6PjzzuT8lhZHDtTqTczdymimCiHCbnLXq5RhgIJg7MnlFB82AIgQ2PHnKYjPuQvRhaXh0KK&#10;mM6g4/YOUF9nGUYeTW2ExO3N0p6e+rlpoDMhj9FHR8Ali43upoe0Pnfjw6fMgflLH34p1SDUu4ht&#10;JKmflxmIaySMQ12+hKQaNq04GGHq7nApjPIe/pF+R/ylq1yWJICWU7vq3LYSuT+nAEkegoik5rwS&#10;JE0zk9YPdsHU156QR4NUbl1CRnJJJpKD6Yx1RzTixyj/Q38RyRIxWcCUo49ojdQRSRAcUbjRoYGQ&#10;XIHquB/9ljxEm/Z94H7tmaXpR5Dlnnbe0wPLPntZ2aO3lcX0WQt7T7ngaSnM+zcnECFJi3eVUoV8&#10;iFrzKWKhFKYS4zEd7tACFznJdPuOxNTMPYcnIU38FpA9wp+J/fnDiAQpTqpIyjCoEwk3EuNHxn0o&#10;DT9K34jLiPB8S3HJo1Fo3P2IGixi3wFtPCz4SCYk774V5f0CiKupAl5EsmxI0sfE/ZNBkLMQV2mI&#10;a1PjU3j+Lfz5ZXnqmgnHpeMi8gfCu7iJZyJg6p5jFBuxRIMIUV0HKE1lPAIVfUzMm1JVlQrLfzLx&#10;Csd+Kc90PtLx8z/hnXrGfuIP5VfjHECCN2ei8miivMVkqkwcgOPgY+z9ah3UTqofYmAxvVkAeSpE&#10;ElFqbwJUAd6cnqB0ZlLxpH4yCSGRys7dZDisSE94C8HOSO0dJikiQPXNhv3K9Mck4kt3jXS0Y5J4&#10;lAk3kobfIYiguDX0UfIe6pJGCx2lKcwf03nidmVNykflVvjciOuMiJHj3cw4ai4rb9LFe0gcZFrp&#10;0o7MWzofvMOkaHNq70PPcORf3NMM1N4x6nN8rBNLsSpuC7oeTh5J0cG4RsdKJDwyXIqIoiEghMrZ&#10;J+KXUdl00UA6jXQY+h4TpFH41HpIPhdiKi0ipJrL0ovdRLmpzPwtEMoKv7Ssk74/SKwJcbkZK3gu&#10;J5ME+4t/6cBGKjdrdXy0Fsep5O+dhAUudypMKizfpt4VXuyb9hc+H7rnP+JCjvsn918G5pjBDD1h&#10;VyYNEYLLTZ3SqzZA5nUScNO3TkKLjPueiDghjjyLUJ/gusvEy5RJV9RG+p6H6/h+uNCC0n7Cn/od&#10;aa1y6t+83wqTMhISfTDTFql4GXfUqPL3w6WhPthat9615unh1aWysslTL41k5V/WveHNC4rmLLxu&#10;cPbyR1ReF6J66qzcyMR94tSIUR0VjNVF8RalQM+UQd9w5xWMdpRL+1PQaCSBsDMISaeDxjCyRHTP&#10;PxmMOSA5AZoUN3F3xKiDDad5FOKCHgtx/EoCYDkxAbYCORxxHli6jWqpHtJlEZml/6LcJJGlFAUu&#10;K19Es4lQqQv9opaIOv2kiKihNI/mpqlyiz+pC18pTZZ0olq9uD8SjYhpTPrQc1J3eQaa1cHkYdeV&#10;0FtcVmKUbOcqMpbOs6g36vQS1xu3EYcbbuu0S4UkJ0fY5aeoJKizNBQNt2G6rtPtnHGpuKjzE/Pg&#10;uhavM0pnohtJop6Oj7isXGaJVNBUuceKmIjzT/0hVW7Ka7o83EdYcBH1Rv5pX+r/6au40JXzRs/j&#10;7gAS9M1L2XrijTwhPqKPpcssisH34j2ZYAyiL6bT/MiUeZ2jprJyvrmvHtrPRwQbTjNKTJmBO9Pv&#10;xPsEpErqM5m8pb5xei6CcPuLoIIpRb0hxAKECVk60uD5WUpAFUx62FH98VW8RO9oDak0h78v8k5f&#10;j0yHDyXai75Npd/DWSA6UowkfFB7J1j4GFFubmt2Ce4HaWLGcbB90ldKK0b9PBGWQ5Gto8+G2ptU&#10;XCZRzNQfuqTyIGqE4hTlpnczwkgmhzHCiXJvH9z8vLWBgPqpg0CdvgqyLTnj9oH5q+7QECcOmXMo&#10;8/SBcSJUkUJlSicYI4lS6XFgSc1bIOxHRJaSOEVByAnAomuMKiwuM2DBdBtuu2oS3l+/CQ+uSSLk&#10;d0KtSm9MQnEONyYXhRpd73djV9F0NE1ZCkXQkwp3AokbhtOiTIrfY5IoN+kQrCKniaXoBHHQk/es&#10;Q2FgSBw7liovUbrsIhwzN6hRYlPhx9cuRn93Pe5+uhcu6sxKasfR0uhBoDZQWWtzK7F/+goCRJI2&#10;0vGdEOJ8EhgKsDpqvCQNcrnFB8RgypKpBtP2voUJjjYENIZUHCPBmomu0RjvWS7hh19biiJ9L25/&#10;tBGNfQooeFNO/uBFmTna1D1LadpYGD0aM7bMOJ2YmiI1HHOiiPLEKmeStbQRgDAmUb5GlpsprjWh&#10;rHYDZnfshl9rFn374EfLVxFM7CmtIEnsW1etwMqJg7jj91vwQaOVegEfE0V1Lso94qOlKx9B5ycx&#10;dP20lUJzY2A9YcTlJhDkNk/l9QhEeZFHqc4z3ztRXGdG0YENmNu2A2FjFlXJwbbmb53/ceEjYdL+&#10;JB2uufhkfHZeEPf8aRfeqSNNLDYgjksTbInjFPGmvm9qDXFOJJc7YCsWAsQJI84b9fEjlTtVQiLK&#10;kyxGGuOIcscIuCv2f4BZ3N46S6p5OU6Oazg+Knc0Dt5W+aYvn4alFX24/XdbsbElO93elLYocqrM&#10;mTbn9vYRkG+gcofNVihIsh5JLMmXuHvh4W2j20YD9SjRylhUujyYX75cQZITqwTig6FCMLfJqCei&#10;ifiDo45pcA8IFcFDgOUjbuAj1dhLzqfUwafSwUvOrdARt9ZCnWvB5nY3NveSek0ZYlWTw7oJANz0&#10;rlvOTik2z/YSGPYZchE02cQWqLwHB1stjHIxdrH0lRxV3EG/tKPOl3JRJCIHfyfDJBUKRypIiK5j&#10;utSzRITf5a1YSYKmNKiFEOnvgjsSQb9MhSGqeD7vTziCo4wbTCrhpDpV5mRhZ7cbbzUEMZhQwkFM&#10;bTgcv5OQCxtidgOkefSpzfRh5CIZIBWd0khSeifMUXnAp2pQ2Y7mRqXN6jDVbXSgSxy+0CdTY4Dz&#10;S2VIOSUGqS7YDZDro2dSrhXNvjDWHPCiPaqBg4ByUM5hKCyFH6KuN0gSt6gDAqs+uRZ+c55IJ8kf&#10;P7cTO2pHrvfh3xk/DjfSUZ9I3VNfzfwWjn7TO6Dy8D4K3G+FozjE74wj1ZT9hEpK/U+o3vxdUr4l&#10;9yAk0sI8xKD8kgoB6rdBcgHSNIMZR9+Al8pnzM9FQJ7A27UedEVJjNGoEKa+HqYwIXonTI6vPNQV&#10;Vqjou9FgMLdEDKdJ/K0xeJwoR9+qnOLkybIjOx6QIAAW76UwK0Egq/U6oCOJ3E/AESRNb7isVJ6g&#10;Ro+QmhxdfQottHYrMTUl3m7woz1C5dZSWam+AhRm+D0qo6gDrkNJjf7cYtKa9ZCGh9dOgDuGcjOe&#10;pVyq3KLAaUoQnuk8g9AQ8/BRuUOEVSLPlP8IOb5m2pOHKk35NgRkCbxb50VvzIQ4tXck/TxMfUK8&#10;T20t2pvC+6m9+3O4vdWUF9Y0DxJrF0bC3jC9I3mcHcH6PcMbtR3MIZFt2Rm39y+98A61o08gvgBp&#10;8ufCs0A/8p4lIrZZZOg+OC5Fz9IxinBcASTfR0MxhPsDkBuNMGbLIPGsc7p+Mu9mwvOViWdMlenI&#10;2I+9OWQq/cxv8XD4WSp4KkzGT1zZn/6IMogfI57RP/6f8uM//JvC0kdOFUDSgor8+YvlDMsF8+ID&#10;MGPknznyiJkYj0EJSYMnA+nKBgiRuAzdXUMkWWiQl28gaEp//BwPT2Dyu9SAGUmP4+E9qhWUBR4v&#10;5vxwZ+LxP46b88HqGI+js7TEJCbFiDITFVw+3lNZRvHzfYiAS02cnzfG5+G0jIbAjDhzrqCc3mV/&#10;tufleNiGWEgQXBUjwrM5FTtWdQ9NV9yn64GL0+EIIRKTUGzTUvnpOQMsXTg8l4Pj4XFjZYLqk8GU&#10;4ldTm3O6XPM8xsh7TPJyWyHNcfz0pozH7+k+zhJTGlA5HvbnB+wvgFb8Y39itnTlj4DHRTl8jBiD&#10;ROny8xinQQAtpz7J22JxPYQJyJMEoqwBcCwhynuCgJ4lY95HWYB5Jj+kDfDcDUtwfExdpN9NDJHA&#10;PZs+RA2lQQKICJ/Op5h3oTYhcUyUSfQ3yhe3c5LAkedQpBAPT4mv7N9GlCsxwsFtc0Ti/HNghw9i&#10;OyM7aVtq1oiOIMmzN/UhcVrM4cL8m4iLIr78o5abHf2h9iYUpnIbqU35m+AyiRBjEn+TKRv9Dwdi&#10;iTrf2QO/3gxFZ+N6x8t/Hnvoo2Duoh+6p5x8l8rnPjhGnX6WAblU/lJXMcnG/+jHoVemUffpdw5e&#10;U88ZXBl4OYEUAKecRGqC4H7p3+w4D6mgab9MfOm4Dl7T9/xHhBnxnJ8J3xH36StXnQhDnSdJlSYm&#10;0sgxKIpw7E9AI8pNH3cmfuHPAE0/JTERKHI6HF7ETx+0iDxJ95l46DdbnPAHL4gHrUiCkxFgDgMh&#10;pa2gSuJuw+EY7LkjjQJKIvGb4mObXAZmUH54QYGBTwIhCTmS2U+CJAYeu2NAkpGK6HK5xIby5lw7&#10;tDoNnH294j0GKQYwU65NvOcif7laIwAkTu+ac+yUHuDu7xVn7DFxeLPNTsVOkn+f8KeSCu3GbMsj&#10;XE3APdAn0pWoDrMspFoywyMADLiG4HU6KC1iRFTerLwCBEl69wwOUJUQOHL8BGIWe544/Nc90C8Y&#10;jAB2+m2h+HlHPs8Q+VMZGUoz6fIm8m6Oh+qSidPWmi1iw372z8rJhUqtFkN1Map/Ptk94Hahq7sH&#10;liyLOHMzRHnmcgupmwrO5eL25WE0ZgDcH9ifmeqwP7UFvSTqO+VNeaW8qTQknQ4MIDBIuoXdJlYs&#10;hpmL8gSY1iAmurnf/VuJ8iqGEHjYhjP/CVBKGPpk4v7IxOWmMh/bEOFHo8MN7TFQ2x3dCOgtUHY1&#10;EVA/OTZQM00ssN0mkynuHK5AznjqblSVpspw8FmGDpZt9LMR3un7EX9H+GXeT1/YZ8RzInGf+jWW&#10;H9OYeRBhMpT2P+gxTOzFE42RnEKE7KUw7Xmf8JM+ewaXUAS+mYuEZYBp4z+EmsOU8U9o9TBtWpfy&#10;p4gkUuF9s5YgodbCtJn8CTRFePafvVSAu2HLW+SfAjpFOArvnGUCnI1b3xbgHMjNQ1lOFtyGHMRJ&#10;6sv2D6HF5Yehq1k0nn/GQsqbAoZd74t4fBTH7DICuTmnYcjhxBWVVryzdTt27tkL3pDaT/nkMiZ3&#10;b8CEqkrMOWkeIn1deCukIaDWYqUmjL4gSXXUWY3xMN6KG4UUf7rkEao9E/u/Sf6sGZzG/gS2TIZY&#10;iPxNxHzlWKkkfxlrI+wfxlryVxLIr6TwPLyVZbVi/3vrsE1fAqM1G6vUJEWSFhcOh5AtT2KdzIpk&#10;MIDTVATWcpLCiVkYogGsiVlgIJVipdIn4hH+kQBeiZthVshxqtIPD0lzmfB/j1uQzf4KCk9sjo+9&#10;yqP2eWYoASOlc55Njca+IWx8/5/QR2JonnIyTl1wMuwHNsFcWoldO3ei1KzFnvJ56Ny7E4X12xEz&#10;ppYAK30e9C1cDZXfhew964WVARdYSYJO76Jz+GQOZO3bIKxnOD9KnwstJ63CyRMrUNa4DbbqaVj/&#10;wQeYZKc2yp2E8O6NSFhy0H3a5VC4B0Ua4/R/h2KkeecMdYoj/tTdzesdf3/i8EDNVF1tNcYDugeo&#10;U19NPSzt+3+ICOn5yCZvyWRhtiQmO6geGMBD1kIhUWv72iBsMomEPwE7A+yx+xcJ6VTb3z7aP5f8&#10;CejYn9+LUvp6PieOGpEBVhMnMCegVwXcpPEkEWazSQqvGewU8fDwBSnbiNqKeSMllKll6HM44CTH&#10;kxmcH5FWdwtMJG1OnjodGmri9xvbECGJbmllKUKUEEt/eqWE9a3dIt2lZYXw8VgvkV4h4YPWLgE+&#10;Sw7xf5/8GaiXELMY6f/Plk6xMm9hab6InyXY+p3b0Q4V1MSwZtksJL3bxY5qGtIs3m3uhF6jwYKS&#10;fHEaPqelJUn7PYpHR+Waf4g/hzcQAJ9cfNBfQ4oN+5u0Gswrykudqk/+KmK8H1A8Zr0Op0yZgNrG&#10;ZjQ11Inwvqw8GLVaFCkSWHDKCmzatBFD3Z3wZ+cj7HFD6xkgaTnFmHiCPUj1zMNYamffQX/6Hcwl&#10;f2pPtat/VHgftS+3z7QcE2YtWIy1b7yBiNcFF6Ur6+8iJpCFoakLoQj6xDvj9H+H2Egje6ATIeoD&#10;mp7W9Y6X/nRkoM7QhLKy+QmZ7AJS1YMUkPWU/yNEXywBNX9wYXOuqEAehmGTGkUoQE8TiGgMwo/p&#10;RPvTHWLkL0Vj/rBaaVNm224qTYbEipAOSY+YcwjqeARxnuhiJkIU1+jFsEhbaysuvvxyfPWKy/Hi&#10;iy+ix+PHYE8PDuzfJ/a3zYTn5cXVEydixsyZJOJL4iBPPhtuIBgSS36ZYgSovB8J/xoIhUf552p5&#10;bJr9I4f4s91tEoOH8XdTUd2k8jNTOFBbj5r1/0SOzYZ5p50Bk14vJG0eQuCNunjMd+iQeGwUj/AP&#10;kj+PmxGx/a5Np0KUbhwcPuNPzqZVk3+c/KOjwucb9fCRxN7c04ehvj5s2bgRSgJodSSEgaEhlBED&#10;u+jii/H+e+9hy5YtMBLzUBLj4L5w0JSL2kuY/clJm9GO4S+R/+jwbO7W2zeA+StPw2mnnYaXXvwb&#10;amvrkE1MUR0Jom/aQjgmnQxF4MRbO43TfzZx37IMdCBszIa6p22966XHjg2ox+k/guQVy89qnSSP&#10;FPPUVkNM3hNqb9lukCdWSUqVsNrhcWnWAhhonS4XXnrlVZx08nz8/vd/QEtzM2r316Bm9y4YjEYR&#10;IVNHezs+e8mluP3OO8Xp0wVFReknnzz1dHUh4PfjwQd+gd/97veYVFWJhx75DSZPmQxbfkHKnO1f&#10;QDxu30dM7PXXX8PtP/gBsrNTJ2OzVG8lhnHbT+7CC88/j3VvvA6zOTV8cSKI5wXmzJ2L679xIx74&#10;+f2o3VcDo8kElc+Fzlmnon/mcih8bDM0Tv+XiC1/DP0diBBQkwa+3vXiQaBOz3qN038wJaKxeCev&#10;EGM77ngk3tXW2nyOOxKzheOJR+KSIqjQGaAymOEl1X7OwsWYu2Ah6ptbMej2IBCLQ67RQdLqxTXj&#10;+DcP4bBjw30m3ntheIMg4XP8xO/xhBrHw/GxhQwPx2QcE8uXYrJGIo2AhwV4kpLu2fFEoZh0G/HO&#10;J+GYeDtQMVlGmsnIulFSfYaTMqhJA5GTpMwWIIfW38dx3F5RmZzazAheQSjTaFPPKA3RFsmUBP5R&#10;iOtVWOjQR88L1cQqWso/S/P/LuKhOZ5cHZUnyqPoA/8uSueJF5ixNsT54qFDtg76d8qv/P2M9e39&#10;G2tqnI6VjPmFKxXZtuk8Tu0M+Dd5Oluf83g8wSGH47WBgYF7DUZDA0l708OhsHXxkqU448wzsG/f&#10;PjicTiFFt7e2wkNSnJZUe5ZW2UUiEZRXVKKktAweAnQ1gUV//wAcDicGBwfRPzCAvv7+lOtLX4Xr&#10;G/H7YBgOPzg4hKEhB5yUrsvlgZvi9Xi8cHvoPu1CoTC6urvpuRs7d+xEc1MjSbJWkjBPEmPqIZJy&#10;fSRtu9zuUe+daBcIBCmvQxgYGERDQyP27N4JnU4PBTMuIp1Oi8VLl6H2wAF0dXZAbzAM193Hdcwo&#10;7HY7ZlOZt2zeBJ/XK9JWRcNwZOfDby8V49vHRMwUeW5CbyLQ0bB6BSkSFkNoynBADN8x8YR2QkeM&#10;ga7C7JaZ1QnSED5EnCcGZj2lpyGBgP7xitZMnvieJ+h55W8qTzp6hW2cmYEyTH0C+WLhgwUdYpIJ&#10;LaVJjIvnDMSq05Cf8hSCMJEkoE6FMRCDkVH9sXXVJ5SnQ4jTVvm9iNO3qPS5O0K1ux5NPxof+vg0&#10;UPH0OT9wTpp3NzekuXHnz7q3bfh++tEoKrTb5190+edfnjp1mm1iVSX0RhNeXfMadmzZgs6ONgEG&#10;GXIQSC1cvBgLFi7kM+cwddo0oZLzcUVhAnEeFuAjothkjaXjYUmb3CiizsxDAjxkwCvROC4VSSm8&#10;aot/Z4CPiXFBTdJzP4E9m9K99uqreO/dd5CXl48vXnUVnw4OLQOWiiQdSu+TJM4bD3EwSO7YsQMv&#10;vvACDATGXBZmYszUvnPLLXj573/Hxvffh9nyoUPcPzL5fD5MnDgBV331a/jNr3+NrvZ2wQgUHgf2&#10;F09D/7TFRx+jpnaIs1ZEIMcLcozdLdA6eqHyOtPAExFgyIDEQB6jsBFDFgI5BfAWVCDBJoBBHwFV&#10;gBrmBEnbnB5LprxXSsAHQ08z9AOdUHkoT5wWAzSDMdUx7yPC8yoRoxnBLDvlqRIxiw0yAkxeXJRC&#10;po8PT6IOBNMwi4VO+t5W6PvboHY7xFYSUoQAms3lKE8sTcepPiMGE0KWXPjyyhHOLUwxP79HxCU6&#10;8QgSDEdBkjiVm8svRQLEeFhbJU2Rw49JhwF+SlvT2yLaTNvXvt49Yujj49fEOH3iNGXKFFXE4RAb&#10;6oYUCl9nZ+dh1xqfdtppJSqV5vb77r/vy2qNBn/446NobmwQUrI0QtUkiRwTqifijNNPF2PUFrNF&#10;DDswUGWAN+N4gQsb6bONs5zu+Tl3ndQ1QykAZxxPAXoa2Nk+mP3pX4LuGbgHSfoOBgPYsH4Ddmzf&#10;DqPZhLNWrRKALQCLQDSzyOWTIs5HKBSClyT3+ro6vPvuu8TIdKJMzESY4dzwzRvwGjG67du2w2T6&#10;8KkcH5X8pDFUVFTg8s9fjj/+8X9561M+2o4Adwg7cyvQN5mtPsY+DDsFPARyBLrKoW5kNe+BpasJ&#10;vO1DBpR4dV1mnwrRUrwmgdqWpUMe6glY8+EurIKzciZi5hxIBO5s28sS5EcibmeWVo1ZkPvdyG7a&#10;DXNnA3SUP5Za2daf7cd5+IUnijkZnmDlNEWeZEmEzDZ4iIE4y6cjbC+BnBgVg+jwmoTjJe6IlE6M&#10;6olt2c3Ne5HVUQdDf7uYUE9yHXFdUb6H80TvZPLEWkeEmJk3vwyO0mkIFE8Ui6ckbpcReWJw58VZ&#10;xZ0HxMZdncWTYe5uBK9F4fhHEvct1qb4u+D+d6jQw/XD+yz1nnwWdD3NG/xP/nJx+tH40MengQYG&#10;BuIOny/AjgB2bGv5NDU3N7stFrP/sxddfCUD476afehsb3cE/P54fkGBSqvVQaUmlZM6opFAMb+w&#10;gPpkUgw7sCTNxyMxUPHiDl74EqeOy/GkOhV1ae7QqaTSxN083eHSz0QY+sOgzkDPHvw7E0eAQJrT&#10;crldQnplgMzPzxfStozCc3pi8YlwsU/AxSmNhFjw4gv44Saw9ng9MJqM0Gg1wnRQp9dixvQZaG1t&#10;ExKw0Wik/KkEgB/qNMQQM5XC9xpSXdVsQaLhZxRmhOPFLrzgJjcnBxOqJqC2rlb85rS1sgTaFXr4&#10;rIUEFqkhi5HEQMxHWDHIZB/YjNJtb8DaQe9T2hHy56XHvCE/A6OcmJ2M2hRKnofgMWuS+lidV2uh&#10;CXpg6ayDqadF7OIXJGBkkGApXDTecZBgDiQJJnQGGFtrULZ5DXKbdkFF+efNpkIqDaKcJ8oP50XO&#10;eaL8CfCm+7hGhyRJ+7yDoKWniQC+HrxlgZ/yxMM0ct4P4zjzxCAthjDYzK2/A8WbX0f+gQ3Q8sGy&#10;vPSd0uQ88U57pFpRnujK99QOPBzDeWKtgI/HMhGwZ3XWQsFnF5I2EjdaIRdaSCpPcY0BJS27sKBj&#10;F/I8fXBIWujbDqCQ0jM4emDqaxXOMtAOZct+ZA12ojjoQmDnBlidxGiHOmEiKZrDZHUTc6N3AqYc&#10;aBw97weaDvxNJEJ0nDUwTp8GWrZsxem//8Pv1vJGQX95+hm2+Ljn1Vdf/sGsGbMeLSgsvJy4uovA&#10;SF9RVWVg6wYeatDrDcOTbEwCernDiwv95fu0E4+G/4wk9jikS6V/igt1bh5y4OEGtlBpaKhHT1e3&#10;GGaYPmsWLFkkJdLHwselpSRy8SpRKh/8R9xl/A/tvcPhDyEKR6widZvKCKWRGqdnqbqnuxsN9XXp&#10;oSGWqCOCwVz9ta9izatrAtu3bR00GU0KnhwNELBHo3F6P6VhkEtyXLm5uTYCaSFCEfC7QsGQmxii&#10;UmxvS3GlykJlIkXB5/XFyirKdJdc9rmcJ594Al6PGwZSt+WuAbyvsaOn+mTwfjsjSYC03iIOaC3b&#10;QmDYThIcqfO8D0UkHBL1ZjISWPJYOgMOMSMuX5SYXWrpf5wYLzNdygM439QWJB3yroK9lbPRMe8M&#10;MbnLi3WOdeKRpWLeVZMnY/N3vIXC2k2CEYS1xDTCfHwdRH6MlC8VAyAJB3ycH59ZyfkQeSLGyf7M&#10;7llS5a1PlQSKjvwKtCw4h4DRQiDppGep9jsqcR/ltCgPWXVbUbbjTQG4bJscpnSTVAesvZiJ8TIT&#10;5f7M3wkP+XF+uI1ZWOF70ddJ4pbipGGRtuM3WdE8/2wESfJXeB2UVsqMNq99H+a17hD7Hm0uPwnG&#10;jnrk9jYhSgwsQxwfCy7TZ8wW8xTd3V2i3f0kBHB7MQkhhdoqOjgwo66/f6/wTNMxln6cPk3EQP3Y&#10;n/53bU9PL/7857/A63M/8tSTT3w9/Rjz58//2oKFS34nk8vou4kohQRIkuEnPS7MxADIkiwvGz+w&#10;b89da9asuXXatGknLV9x2gatRqdkIFbQM15BqCTAZmBnEGJmwlI/d3IGmZTLdOCD3TgD5IKp0D8u&#10;U4Q+wih9pKwpRAiE+ZqS2lMWJgN9vdu2bt18qq+/3yg3GFTBYHCw2G6f+NMHHty6bdt2ye1yual+&#10;5Dr6wOfOnilM93joKBgMkXYQTLY0t8hIW9FPmjRJ/thjf6J8JUMmszlMr8n5cOCQ30cfoUR1zPUs&#10;sDyRn5+nOu30M7T33HP3nWteeeWOoqKibGPMZ+yfvvKDobmnFglwSpMARAIsOYFo9fsvwOwdQpik&#10;riCBHtv7F+bnoYA0EiUBFNdtgNMU8wsEiAw+BCgZUGSQZPCmlhBL83lSUUMMYtBWiobF5/NKJChJ&#10;8jzakAMzDl7uzkNb5RtfQV5XPcLmHIS4XiNh0hisKCkugo6YMO+UFyQGFwqFhxkHt0uMAJqX/4s8&#10;UZswL+Pl/9yAGgZGAtvaJRcimm0n8HYcfRiE25wldXrPvutdlO9PrRYVGyKRFmcmhlFWUixMLbku&#10;Av4AgqHgQZBO1xM77i8M4JxPGeWJQVTlc4q8189fDW/5NCg8Q9yhhZ+ZtBO2mffay1C96WUYnX2j&#10;gHpocBCnnHoqLv/CF1FTsxduMZm+DQ2kURnYuoj6OzN+Zroen3dKWxuJ5SNoHKj/C4mB+vEn/7S2&#10;tbkFf37qL9QhfY88/fRTAqi/9KWvfHHh4sV/eu3VV+50uVxNZeUVTzCnH2vM7JMgBmqW9Dgt6rw3&#10;kaT/ADEOe9WE6naSQFUyIe2lgFbQcJ7ESKIAaEF8yTyi+9TP1DPxN/1nVHj+Q+8IMKf7RHpDKJ/f&#10;98Ffn3t2+DQNppUrV1pXrDytxh8I5tlsdvpeEwmjyYBlS5bAbssVli0++tAJqInh7Ic9zy7NnjNX&#10;9vNfPMCSZIIk7PjQ0JDM6/HC5yPJlRiMRqsTDJE0CJlGo4obDUbVm+ve/NqaNS//IZ0srKdf2DI0&#10;d0VZBqhTwx0myAhQpn7wV2QFSG0myY7t0PUkEU6bMhnW7GyxXUBfX68Y/2bmxkMwXHYB0AQ6wkyS&#10;wZEAioGTGRYzDyWBC5PW2Y9+axHqCKy5qsSWq5m6O5SoTYQpm0KFys2voJBUdp4Q5DMoJVkSk6sn&#10;oqiggAQEH3p6eoTlD/cxzhPXgwBpzhNJtyJPlEfuEzwcxi2jYssUZmwEhAEC2b1LL0bMlE3SvvPI&#10;YE3PYqR12Gvex8QD6xHheiLZIx4No7KsFJUVFSKd3t5e0X7cxzhPou9TPlgLiQqtg7WPFIMPE9OJ&#10;E/NR8m53LDgwEyMw3bvgXPiLJgKkkZS17kaBf1AspGo1F0Ln7EHeQJvYbS9DnN7ixYuxaMky1NYe&#10;YK0KHR1tPCxJ/UFHjCHiCodDjyUikSca2tp2pV8bpsO0xDh9mmnZsmWnP/WXZ9a2t7fhfx/9E1yO&#10;oZ//7W9//c7Pf/7A48uWL7/y4Ycf/sWfn/jTzatWrboy15b3OA818GQZf8SfNPFHwQe88p4eLucQ&#10;AfWrD6xYscJO+WinDqvKWF4cyjRSv+hv6v9x06iOTj94YpXBgkCaAMWz/sUX/jo8w54m2YwZM3RZ&#10;WVky+sgOm6Tb7RbjRRR2OYW1DTqdcufg4KaNGzfWkp+ezfBGUl+f+CvuqazyMFXE9u3bWcQVZD39&#10;swTUpw4DdWoiToWJW9ageKgNAYtNqMtmox7z5swRmsnemhoxnFQ1caIw+2NJn80sWYplm3aJpDWW&#10;XEPkz/XOwMgSNw/7yOUK6NJ1zlYjTYWT0Tr3DEgh0gIIvMYkCsuAWLT7HVQ37xDHm/kpbqUkw0lz&#10;ZouJ6QMERn1U2JLSUpSUlIrhBCflicf7mWlw/SfpynkIExPiYZlQOCokXG56PUuZVHatqx99Bitq&#10;FhADIbBnM7qxYIsnAqOGLFhaazBz9zokjdnwM0jHIoKZlVEeWlpbeA4HucRoK6smUNklAlAXMRK3&#10;6Pti4pzi4WGbEDFglv5ZquZNzXheQ6c3QMEWTX4XgoTK2xddiJi9FFM2vohpPXWIUb1sL5uDmM8D&#10;a0sNAvKU5RNvRuZyOrD81BX4zLnnC5PP7q6u1CZlBODNjY0vRxOxK+rq6saeQSYaB+r/QmKgfubZ&#10;59Z2dnTgV4/8Dzo72n/zpS9+wfCFK6+88sKLLvrKSy+8IOwzV68+96tVEyf8niVVlnT+FRI1AwJ/&#10;FDwG3drSctPLL78kgLqickK70WRW8YdyWEnuBFJG0mbQ6uvtXf/M0we3lPx30kigFuBDgGOv3YyZ&#10;jVsQZkAMBKBTK7Hg5JMFoGzavAlVEyZgwcJFGBwaQl1trbBp5+EENpFkSZGlOQZrnsDkYSUGcAYg&#10;lqx9AR+F08BkzhZ2zAr3AHZMWgpHxXQofK4PtwXlicfGDV1NmLf3LciMFvh5D/B4FPPmzgZpCfhg&#10;wwewWLJAGomQkmsP1KK7p5sYSJiASyHUfBcBJPcDzpOWNINQMEASbJjCE/OkPDE0ZWXnCjDVDnVj&#10;X8kMdExfBgWB5IeI88QLkggg5295GQaFBJ9SizDFM21yNcpKy7B121ah/Zx+xhliPqaurh6tba2k&#10;gQREfhhQWfvhYSPWUHi8n4eRQjw0QiDt57kJyq/FYhVaiIbqqdOQi33zz6b7QaipvdgChPfkn9tX&#10;j7nZOqobM1pIqy0pKREMir+u1eeeh+amZnR2tlPVytHb0/nW7t27L2praxujYAdpHKj/CyklUT+9&#10;lj+Gu++5F6Uk1SxdsiT6P7/51cI1a9ZsTwfDxRdf/LV58xf+jlU8VpEz4PVJEjMDllx4Imfbli3f&#10;ffbZp+9noD5p3vz2XJtdxRLWv4JhMDFzYkuOxsaGDb/9zSPDplD/ThoJ1DG1loBzCAv2vg0D1ZcP&#10;pAWEApg3e6aYgHr/g/exatVqLD3lFDz++OPYvXsP8goKYDCaCJxKSLol6Y7At7W1VSxS2rp5i8Bd&#10;W24uASOBNQF1iMCRNRxzlhWmrGySFt3iMIfNs86EjKRHtn0eSQxGiaQMc3atRX7MJzbXD5BEOrV6&#10;ghgnf+udd8T+MZdddjleWfMq1q1dC2uujRiBBfkF+Tj5pJOg02rQ3NICx5AD2whAecFVQR5vR0tA&#10;HSJHTMTrdUOjNcBqswlrlDAB3aapp4jNzBQhFjxH9FUqVEylR+W+f2Kyow1+Uw68bidKKb1pU6Zg&#10;IzEztuS59rrrUbNvH5599lkoiTll5+YghxjF3NmzkE/pt7W3i0Vbe3fvRjvdc3nYoJBNSSME1qR5&#10;CXDNzSsUW/GqhvqwtWIeBibPB3EFMVyDwX58u0SPz8yZjiS1WVVlBYF8kOp/QGg+PGHOQy+8jqGD&#10;VN6nn/5zWboUR6RxoP4vJB6jfva5p9fy/UMP/xr9ff0tW7dsmLt3795RG0isWnXO2SWlRb+ORCLt&#10;ST7p4F9EsmRCptFoS0nS/84rr7zy3IIFZ2RPnFj4nFqrySZ187Dq3wmnRBJarabQ4XS98Wx6DP/f&#10;TaOAWmNEZf0mzBxqhc+cCx+BT0m+DSXFJXjnvXdx9jnn4LQzzsKN3/wmgiRdr1h5OoGeExECuzmz&#10;ZpG0mitWX7Z0tIrhBzYZfP3119HT0S6GSFiK5Uk8MeFJ7xcUlUKrM0Dp6MVWezW6q+YgdRReBiZY&#10;cjXD2r4fizp2I2bJEZOq2UYdpk2dgk1bNqOisgrXXf913HXXXdi+YwdWrT6X3k6KRU6zps9AcWGR&#10;kE4bm5uQbbUil/Lxz3/+E/v27BEMJEGSOYN1MBwSDMReUAQTSbFsJ37AlI8Dk5dAER59dFdMoxcH&#10;GC9t2AgVSbF+EjykZAxzZsxAU0uzGLq49fY78OJLL+HJJ5+kejoDuQTS7W1tmFBZiYmkkbC429Dc&#10;KKTr0rJy1Ozfj/eJ6VjMJnEYNC+OCseicLucxNRyKN8F4vDrbmJqWyYvFWaHPHELtxvfn16Ecwmo&#10;Q3KgemIVpR8Re5szc1JISjQ1NQqT0K7Ojq7nnnumhIpw1Fn8caD+L6SlS09dccsPvvcWS4yvvf4P&#10;7Nu35+E31679ZvrxOP3nksyy+vJW1+JzSsDqv2cIq5o3wqZTYygURdDjwNRJk9BE6rTNbsNXrv4a&#10;vn3Tt4VZ3bnnng89qe+FhQUoJg2qnwB6P4END2uxxYGfQG/69OmQNBq8+86bOECSZQ6p+Hw4Q4QA&#10;iIdHzOYsVFRPhi4WQmcojjcnLAXY/C5j003pELJjSf37mCCPwC1p4OjvQXVFOXwUz5DDQYB4Jx58&#10;8EHs2rMbl1/xRZgoPTuBYnlVpZhsrNm/jxhJRIyz93Z3C4A3Uj42b9mEbZs2IyvLQs9DYrKTl/rz&#10;YQ8TJ0+FkTQf3gbhtdJ5iNgI21iCZWIVQanFZALphb4ueA3Z6O/uRHG+HSbSLHbs3Inv3XIL9tTs&#10;w//85je49PIrkE9SupUAuGriBMiVKuw/sF+M6cdjCbQRsFeVlyOvuBj1TQ149811UFG9MrPhoSbB&#10;1KgcEyZNIcDOgjTYi7V5U9FXOpPqKXWM3eydr783y6J9W5GVm1O7v+aZqqqJq8LRcKyzs9N59TXX&#10;P8RxMJNob2sZ3L1j20+iicQ/6ohSBRqbxhe8/BdSe3trS2lp2ao5c+YWsXpMP6/u7u7uTz8ep/9g&#10;ysrNPScZi2RLg90duW0HBnNcfX3eBNqdQwNBe441m60Purq78KWrvoxnnnuWpLRWLF++AhatBktP&#10;WQY/SaK8bSwvoFm3bi0CwTBKSELUGXRiO11ehakxGKAQE2lOMWbMw15MPOxEomV9KJpoTbidTr/P&#10;60z6vU7dYOeQxtE7JLkGhwzdDYMFQ519waSsyzE06LSYDLmsztfV1+PSyz6HPSQZv/HGWqw4/Qxo&#10;5DKsOHU55ASybApYROC3desWdHb3wp5fCIPZIIYQ2puaiYFohSkf27SzJQaPX7NJHE/qJRPxtmgy&#10;WZd0Od0hj9NB0q3TkM6T2tk/JO9pHSrsbeqTJeN9Tre7U4aEuSA/X9nQ2IhTKH2jyYz77r8Py1au&#10;JOnfhKUL5yObJHk/AW8lSdM88cn5NmdbkVeQB96Usqe9XTCfLGsOenu6xXg/W4WwaMuAHYvGhqiy&#10;aiIBvyvkdTvcAf+gfrC70xhw5Xl3b7xt/aZNv9qxc8fr7Z2dHcS03tlbU/NeW3v75kDA5/S43NHW&#10;1qb99OhZj8/3D6VSWTYwMNAoGuEwNC5R/5fR4lNPnTlt4uT7zj33nLlKtdr6yiuvoLuzqz4Q8N/9&#10;+utrnkgHG6dPGU0oL//xKcuW3kofNAqLilBWUYlHH30U8xctESfnXPXFK1FMku13v/s9LFm8GOee&#10;dx6e/+sLUKs0UCokksIbMTjkgJ2k11aS5gxmMxoO7BPzEgyGLMGypEgq+fc6e3ruSyd7RCrKz//8&#10;8mVL/szGIfz+aaefid/+9reYPGMmdGo1li9dgrPOXo2f3nOvGFq44Rs34B9r1yJM2gEfd9bZ2Ya2&#10;jk6UE4DzgiON0Yi+rg6Stv0EhBGEyfE4usvlfqy9q+vL6WSPSGazuWzZwgUtdptdWHlcfOll+PvL&#10;L4u9ynmuprK0BDfedBOefvYZYmRv4bZbbyVpuwYd7R0wEaB7vU6S+g8gP9eOns52MSYf4JN8enp4&#10;ggUhYoQ8p+Pzeuua2tompZMdpjmVZU9HlJqmmtraH6W9TgiNS9T/ZVRWXKzKyrEa9++r+d3rr615&#10;2ON2PZFIJAcSiVhtY2NjSzrYOH3KaGJV1Y9yrNZytuyYOHEiNm/eArXegDkzZ2FKdTXkGjUKSN2/&#10;6qqrQO2Mn937M/SQJNja0iTGn8PhlJVHSXkZygoL4XC6hCkcWzawXTmb7/EcLv0POpzOZ9LJHpGK&#10;i4quKyosPMnhdKC8vFwwgL6BQUyZMhVTKY/5xSXi/M4rrvi8sKr42b33gjX8zo52sWRfJpPERFtW&#10;bg6qyyvFIhOWYn38jJgPn5HJNtcU0DrkcDyUTvaIVGC3f3ZCZdW5Xp8XuaRZBIIh7Nq1G3PnzcOk&#10;yipMmjpV7M54ztlnY8rkyXjwwQewfv0GDPT3iUm+OCXHlh9qvQ5TqydBRRrHkMsFv8cNNoVkSZ/N&#10;C2UyeY5Wr3+eGNtAOmlBtsKii6gOnf0DA2+nvU4IjQP1fxm1t7d7dm7f/sHOnTsbmpubuxoaGtrr&#10;6+vWj4P0p5fsdru+MC/vHpVapWN7XqPJAmpXFBIQVldVgTff2rRlK7o6u8Swwfe+930YDDpceP75&#10;KC2rIFDfJEBwOoGU1+cW9uN2ArHO7i4xoSgWisR4XxVeNp2QESj+Op30Eam8pOQ7JqOxjE3csnNy&#10;xPCHxZqDubNmim0BGkmi3bZtG0opn3f/9Kfo6OigPJ0rtrTdTeDZ1dWNGdOnQ6WSBMOw5+Siq7eH&#10;JFifsAxiUGRHZCZQfO5QUByLigsLv0YM7SS/3yeAuofBl/xnz5oNk0EPFwE4n3xUXFyEl/7+d7xM&#10;Guc5n1mFU5afgva2dmHeyDbWudZskuSdyM3KgsvjFfvS8PADTxiKVZTE1RKx2NtOt3vUCsI8m/0i&#10;enbCgfrYFvWP0ziN07+NJEkqIgkzh4cmWDJl0GDzPINeL/aM8BPITZkymaTaMtz7s5+hoKAAt3z/&#10;+1h6yqkoLilHTq4NAwN98BJ48fBHiFcBkgqv1emEiWJqZ0SGISFSW6fk5hpSKR+ZFJJk42EAjoPt&#10;hHmSzG63gUEyQHnKz8sXwzAPP/ww26rj1h/9EKvPPg+FRWUoKimFx5NabNLfPwiPzy9WcHL52JSO&#10;MiSkaibOGwF3rvhxFKK82LlsLImHKW+sgfAYOi+qGXI6wYu7WJr++99fxquvvoof3PI9XHb55Sgp&#10;rUTlhGp6J4ShwQFxUpKTANofDIp9Snh/ECaZxAZ7qTwR2fjPv4LGgXqcxuk/nAiklCxZ8oZGLNZ5&#10;PR4hsdpsVjGxqFJrMHXKVFQLM7MkVq06iyRcG95973387cW/gvco4YUoA/0DKCwsQn5hYeo9lUqA&#10;IYNOGqaZ1D4tH4h5dIolEkqeWOMJQR4uYEm9oowB2IMgMRWb3Y65c2aJxTXz558sxtV379mHv/zl&#10;z/RujPJSiO6eXmH3XVpahtb2NrEASa1KHfbMC34O2tTHU55HIQJoFTO0zNg7H1DBNuU85s0mcmZL&#10;Fs4/71yYzSbYiIHNmXMSOrt68ZdnniYNoxMFhQVwOBxUF3JUVlYKwOZxabFhF9cTA3Ry2Joutf7+&#10;X0DjQD1O4/SfTyHebTC1q1tqIykeX+ZzFnOsOYgSWK578028suY1YcXRPzCEhsYWrF//gZh45B3s&#10;WMpk070YSYx8ZmVVZZU4KIHBlcE6wXhIjvGNVPtjOl4mHo0SBkfp3dTRaWw1wlI6LyLhladsL/zE&#10;k0+lgTxI0n8/5XOt2H88x5orlpQX5OfBqNeKPbkryiqI+eSKsvFJ9pyZDFDLZIrD7sE+kpKJRJiZ&#10;Gr/HVx6q4G0LbDYb9JQ3h2MQd9z5E7GgJYsk7SGHG2vXrQNvvVtKUn4wEBLbKVizzGLfdDMxkYKC&#10;fFE2oXnQv3icR/V5y19Z2kbwk6dxoB6ncfoPJwKO9kg00sOQJYCVAGxwYJCuclSQ1DfQ1ytWWBYX&#10;F+P22+/A3j178NvfPgIFgTZvpblr5w5Yc+0EMAlxfBoflsBLvHl4gJeY85UZABPBT39PT88xARBJ&#10;vz28qZKIh4CZpXKekOOj1Qb7+qGQFGKv8R/deisxEBXu/dlPxfJwBrzNG9eL/Tz4RB8+mm2gv18w&#10;FV7ezRtOcWSpeDlP9CccTm2QchSiPHUxSLMjPiLS5xWQNnueWAjEaXPcN954IxYtWoRbb/0Rmlua&#10;kGU2Y+OGD8SmTXYKy8vweZGOxWKBUq0Wdcbj5mJL1jTzICbQI27+BTQO1OM0Tv/htH//fsKYyJ4M&#10;sLKFBg9btLa0QKPVoq2lFSfNmYvzzj1HLIGeN+8kFBcVQCJAdxJITZ48BTOmTYPb6xGLWniDIo/f&#10;iz62DyaA593iWDJmAKP4R02OHYnC0eh+3liI8xUjgMvNzcX+ffvEqkKnw4GcrGx86UtXilV4EyZU&#10;gY+HUyuUBOJ9xFRKxHAI76WhIBDPzc6Gl6RalmJ5e1tmRgyafE0kko0t3d316WSPSFSOLWJ7UgJT&#10;nqC0WMzYV1MjxvUVSglBXwA3fftbYsyZx8LnzJ4Jg04Ll9MJi8mMJUuWiAMeguEIcizZAqQ9lH+O&#10;K05xsmbDDIk5SCSRqBWJ/gtoHKjHaZw+BUSq9wcMpizB8sq9wvx8kgA3CCuJBCHHFrrnQ4Z/+fDD&#10;AjB/+MMfiZWIp5yyHBMnTMTAYJ8Ys42StKogcGbQ7iNJllf+MfCLvV4oHZIS30+leHQKRSIf8Lg5&#10;jyvzWDUPsfCGQyyNmq3ZeGvtPwh4h/DH/30UnZ1duOUHP8DixYuwdOkpmD5tBgG4Ew7HEBthg7eQ&#10;5cnO+gMHoCEpWNhRE1gyUMfi0bfSSR6VgpHIu4FggIqU2uOaVxWyXTYvZzcRM3h73To4KE9rXnsd&#10;b775Fr71rW9j1Wc+gzlz5mDeyQtIapahj+qUFwcpJTlC8SiaG+oFQ8zsQCiGihKJmq6uroZ0sgeJ&#10;h2w+AVgdB+pxGqdPARE4vyoWW8R4rDoKBYEIj5hu2rARk6ZPw779+/HCs8/j5m99C5+96LNiOGHn&#10;zu3iqC8+2YRPh1fEE6iqrEQMSWxZv4EkR62QpnkPa96lLh6L+xPB4NPpJI9Kra2tf/MFAu0MimI8&#10;mFx2dhbefustAdS8P/Njf/gjzj/3XNx44zeFhFxbW4uafXt5IhJOlxuyWFwcfGDKycGubdvEhCkP&#10;L3CehIhPeY3GEn8XCR4DEXh2EpiuY+bBzIfH73lsftvmLeBj1yqqJ+JXv3wIdkrvnp/eLSZaWTPh&#10;A449Pi96+wYQ8gdgs5DmMWECavbsQXdnN0nWKnEgAs8TCGk/GvtLOslRlERCLpMlTziujttRj9M4&#10;fQrI7fX2mozG6Wq1egrhBIm+SZjMZjEpxqr+nJNPRmNtPTraWoUaz1t28lmYyVgC/T3dKLTZUT15&#10;MiKyJNa/9x562drCZBSLS3jzI56EpHgea+zoeDaV4jFRwqA3GLUazak8asv5Muj0GBwaFOPC8xYu&#10;RE93L5rq68VeI8wseK9snuDj4Q+DWiPOpdSYjdjw/j9RR9K0haTeSDgo9t5QKiUGxp1Nzc3fSSV3&#10;bKTTagc0avUXuJo4UyxV8/h8CwHy1Bkz6D6JAzU1wnqGD31ms0IeBve53UiSJD+TNBFrXj727Nkt&#10;TvA3mEyU56jY4IonOUma9se83i85U9xkFBm12s5IPL7d6XSe0C0bRFnGaZzG6T+fioqKpttyrHs0&#10;KhXUKqWwCZZJCgwMDCLHbsPE6kkCDHniq7K8AgX5BanJL/pnMJv4kGTs3LqFQNQJM0m+4aAP/f0D&#10;pK2zvJYMOlzuST09Pe2p1I6N8vPzdbnZWfV6na6QAZHtoCWlSoyVa3l134yZwmKCl2AXFxShvKwc&#10;cik1/mzKssBLWLdz61aSWjthJMaTTIr9wQWw8lmUHo/3zNaODrET5PHQ5IkTX7aYTeewxYfIF9WZ&#10;28OHFiQwhYCYf3e2d8BKkjPvnsfmjmz5wfXEJ7rs3b0LTXV1UOv4VB4l+vt6EQiEwEfCBfyB2xtb&#10;W3+cTupfQuNAPU7j9Cmiqoqy72VZsu/lRSZqkoIZiBisvT4/Aa5MrMZj6wS2puAxYyUBC0uBPd1d&#10;6GxrF6sYdQY9QgG/AHi2YOAzKT0+31da2trEgRLHS6WFhatybLmvKSlPDIqcJ4mYCC8W4XFitqfm&#10;CUOeAGXTN74yoDtImm1qaBBLs1m6T8SignHweDeHCYYCDzU0tdyYTua4iJhaodVi3qfRaMy8TSmX&#10;kfMUjsXEsIo1J0fUkUTMwGwyiyPSOE0+Kaexvk7sMWKyWEggT4oJTh/VL4eJxCIf1NY1jDq27V9B&#10;40A9TuP0KaPqCZVPGg3GK/g4Kx6yYDtlnhRkAzkeK+YxVP6wGYR5nJatMthMjRfGxEmF50lFHlrg&#10;50JCDAQfbGhu/nYq9o9GFaWlN2ZlWR5kBiJAUZJTvhTijMPUuG4KbESeKD+JWFwwDba7ZtPAaCQs&#10;dvPjlY4MmOFo+M26+sbTU7F/NCopKDjNmmNdx1YkLJ2nDk2WhAYRpXqhihF1xXniQ3q57tikkc0G&#10;k1SbPKHJh2+wDTibP1K+u32DQ3PbBgZ600n8y2h8jHqcxulTRkMO54sGna5CUipmCpM9Ahq+MvCw&#10;NM22wjw5yKDEoMdSLqMkH3XFZnNut0cs+2bwCoWCDzc0t3wrHfVHJqfbvUmr0QYJ6E5P5Ydf4G98&#10;AAACJElEQVScMN2LC0sKzg8zFgHklB82jWMNgMGQl5Hz2YX0mnhGEvWbdQ0fD6SZ3F5vs1Kl3kDM&#10;7As8hi7qivNFIC0ngOb6EfXFdUEAzXnie2ZmmTH1aJQYCoN0PNbtd7kXtfX3d6Vi/9fSuEQ9TuP0&#10;KaXKspIbdDrDwwy4bDLGdtNCmk47IcayBEvAxGcXsrQqAFNKSZF+f+ALLe3tf05Hd0KotKjoLIPB&#10;8JJSpVQLMGSm8aE8QYyd8zg1DzHwwh1JkdpDIxwM3dvQ0nJLKrYTQ6V2e5nWbF6nUauqOD+cHjMP&#10;zg/nTeSJiIGch2r4hBlmGpKS6pX8w+HIK/VNTRfS7Sd/+vNhKJXDcRqncfpUkt1ut5n0+l8rVaqL&#10;2WSPwYcBjxfGMNgwII8EbV5BGIlG/zfpdH270eHgc7ZOOM0lwdhVXn6XWqX6LkuoDIpMvAiFrVXE&#10;lUiAJBFPdkajsbeCkcjX2tvbm4XnJ0DlJSVXqzWanysVkpkBm+skpYlwDg7WVaqq2CwwVh+KRK9p&#10;a2t7NxXDv49SNTVO4zROn2riyTOFXP5ZSaFYRiBUTSCYQ1CkJBiKyJLJgXgicYAk63cJDP/a09Mz&#10;mH7tEyWr1Wo06nQXKBSK0+SSNJXyk0dAqE7KZDFCSCcBdmMsmVxPUuzzHR0dTenXPmmSlxYWniUp&#10;lasluXwW5auYQFBL6MzjNd440JqMxTYn4vG/NXd0bEu/828m4P8DadwTwXKjp/gAAAAASUVORK5C&#10;YIJQSwMECgAAAAAAAAAhAKeiB0YBBwAAAQcAABQAAABkcnMvbWVkaWEvaW1hZ2UyLnBuZ4lQTkcN&#10;ChoKAAAADUlIRFIAAABQAAAAUAgDAAAAuc8CnwAAAAFzUkdCAK7OHOkAAAAEZ0FNQQAAsY8L/GEF&#10;AAACClBMVEUAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAAA&#10;AAAAAAAAAAAAAAAAAAAAAACITYxqAAAArXRSTlMAAQIDBAUGBwgJCgsMDQ4QERITFBUWGBkbHB0f&#10;ICEiIyYnKSorLS4vMDEyMzY5PD4/QEFCQ0VGR0lKS05QUVVWV1hZWmBkZWZrbG1ub3Byc3V2d3h5&#10;e3x+f4KDhIiKi42Oj5CRk5SVlpianJ2foKGipaeoq6+xsrS1uLq7vb7AwcLExcbHycrLzM3O0NHS&#10;09XW2Nnb3OLj5OXm5+nq7e/x8vP09fb3+Pn6+/z9/i+2hlgAAAAJcEhZcwAAIdUAACHVAQSctJ0A&#10;AAPHSURBVFhH3djpQ0xRGAbwq0QIFYUIkS0iS9bIUpYskZ1CYyeyR7IkS7bsOxWVqJn/0ZznPDPu&#10;nXuWqW/8Pp33vM9bd7rNvXfG+S+kLCgPhJUvSOFG/yXmbnkR8mjZNCWBzb4rfPSbP8aj+0EBA30y&#10;ro7zSpfHMBavtGZO6gSbhjEaj9QbHIPeT8/rAwEWLhfjPkdlvzgSdmFeljwJrN26V6NjM/IN86GO&#10;uoncC+Oe15M4Xndu5PA6l3JH4m6Mzky2tVYx+WMdNyK477OEfY0zjFUN5EYUG34HGVCqlJmvY1m7&#10;yI5KGRMKR2XiYRJrN9lS2saIzwbZP83SS/bUvKcvqlB2y1nGkE2N8Qx5pPegpzt+NHW+JzPl9hGt&#10;U6x80NW6x5TLPjQaWfmhrbecsagMvOAvqvMrYUyvazBzEU3YNryR0DcIMEfZ2NzDSgUBk0QGpddi&#10;q5WFEoZMGhiESdhaxkoJCZPeEUwK9WKnjYUahoy2MylgYz4LNUSMepgM2ypq418wnh8YymHUcd6K&#10;8iQLDYyYRU/LcJS+S6oXMmbtjDr5KFnoIGMRueicF8VhFjqYsFjJLJ5gZrHQwYTFTXfWdodFyMaV&#10;/ca1FgZsZHSGWL6Uaz0M2MjoerG8I9d6GLCRj0+HxLIGSwMM2OQhelYs92NpgAGbYkRPiGUVlgYY&#10;sNmNaBUrM0QNcFiVWO7FgA2iBrUiJO8hpRiwQdTgtgiVYFmAARtEDZ6IUD6WKRiwQdTgnQjxto4B&#10;GxnV63aFMGDDrE6mO9SKwoJZnUUi847FAUxYMKtzTWR2sJiJCQtmdZDJZZHUi9KMWY2xItITfbxp&#10;wYgZoxrXRaSZheOswYgZo2qJ+KcpZBWGETMm1YpFIshCuIQZIybVcIDVLISsIIZMmFQqE4HgaFZg&#10;Py0MqiR1isB9VlIGhkwYVME9JDSEFTVg04A5hTz0a1lFpCu/UXFhzi+5XbS7fU8euzCmx5jfK7TX&#10;snJ5j4YWUz5X0X3Myi1VfnjUYSqW/IjdOZSlBy5pWgzFOC6bk1nG4AdwNWa8rsjeCpY+/H1KjLgl&#10;4/NXKFTBWuGITKgw4TK1TXY2s1aqkRkFBqKSz7Fh/JrFcUoY82E/YmMX9xdzQ2u25i3DNiQU43oV&#10;1mH9qspx0j4w7MVu2LSGyNGFHsVcETQqVAeJTsKEhbhfSj+LsBmHUXc54hI41tDymWupVvn20Mh8&#10;ximd4O34Xu1f2bc4qlSbwVifFD1VXi+6Gucw0HeJ0ytirmrNpTkD2Oy/9MKdgUCgesvcQdz4lznO&#10;HzsjSXr/6e4JAAAAAElFTkSuQmCCUEsDBAoAAAAAAAAAIQBwGwvaNuAAADbgAAAUAAAAZHJzL21l&#10;ZGlhL2ltYWdlMy5wbmeJUE5HDQoaCgAAAA1JSERSAAACMAAAAV0IBgAAAB1zV3YAAAABc1JHQgCu&#10;zhzpAAAABGdBTUEAALGPC/xhBQAAAAlwSFlzAAAOwwAADsMBx2+oZAAA38tJREFUeF7s3QV8FMfb&#10;wPHf3cWDOwRCsAABgiQEdy9WvFihuHuLSwulSAsFXgq0tJRC8QKFAqVosRIhCa5BEhIIEvfc3bx7&#10;yQWSEEP/yHz7OZqb3dudnZ3dfXZWRiUUSJIkSZIkvUPUxv9LkiRJkiS9M2QAI0mSJEnSO0cGMJIk&#10;SZIkvXNkACNJkiRJ0jtHBjCSJEmSJL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIk&#10;SZIkvXNkAPNS4jg5tx2NP1mKt9aY9Fpp8V7yCY07LuB0nDFJkiRJkj5Arz6ACfmT4VVLYFusGMWS&#10;fWxLNGK2xxs5yr9BWvzP/suxE+e5pzMmZSiSI5PrUNquDHWnHiXKmJp1Ou5dOMHxo2fx1xuTXkTo&#10;HsY4l1TWSQWaTd3P43SnFczhGU0pb2dL6UazcZVBkyRJkvSWeOUBjD7sFhcv+RJt15LP+vWjX9Ln&#10;s67UsfnAG3xC9rH6F3ceBN/H9efV7As1pr9h+tDreJ+/Q3hYAEcWzeaX62lHXzqfX/lq0UkCw4K4&#10;deY8t9+3+FOSJEl6Z72miEJNHpe+TPvyS740fmbNGErjwqlmpw3B9+IZPLyvcj8y4yaFyIALnDnv&#10;T8TLtDwk0BLqe4kz7me4HBBJRpNLc56xD7nhfYYLfuEZ/jYtD//ayL4wF8Z/3YkCj/ex8a/HxiGv&#10;gCFfZz04cykgi2WkwbZ9Z2qo3Fj76xmebVyJw2P1z5yy/ogeLXKhMqamlFlZagm5cx4Pj4v4hqQR&#10;/Sjr/855Dzwu+pLWYEmSJElKz/+oSSScM6v64VK0EHYVnaletTxFC5Wh+aQ/ufPkQBbHiakulGz7&#10;PftXd8OxlCPOVSozeNVi2ha3o9XiyzxpN9AH8nuvMhStNoHDMcY0hfbid7QoXpJeG4IM37iyYQSN&#10;y+Qnv10FnF2cqVCsIKVbz+V4cNKhN+15Dv3TMFEdd7aPoXbxothXdcaxhC2Ve63mUrL5ZUgfwM6N&#10;B4mp0YnefbvTpkgYBzft5F6yo37QHwMoV7Q8PX699WTZ9P6b+KxiMVymnCDWmJZSCK5Le1CliI2S&#10;LxeqK+MWtm/DnCMPMw2wNEW78mljK65uWM3hSGNikvD9/LjuGsW6DqRZdmPaE5mXpT7wADOalqBw&#10;icq4uFTCrlBx2ixPWmd6Ag/MoGmJwpSo7IJLJTsKFW/D8stZug4nSZIkSf+LAEaP7299aTt8A0G1&#10;prLxqDvux7fxTRtzTi3sSddvvIytAYLwBwHcPb2IgdN8aLnqCKf2r2VEcyfsLfw5/Mdf3Eo63oUf&#10;Zdfem/if28HO00mHeR0392zn6L18lK+SU/keite/lyncYwl/n71FwN3LHJzfmLj9sxiz5IJySDZI&#10;e57DnE3RXVtOv37LOF+wFz/8c5oT22dQ9dx05vwVnvDLzOh9tynLqqN2507YZWtI9/a2RB7ZyB93&#10;n4YZedoM4ZPCvmyZMonNhshG/4Adk7/g98CqDBpUC3PjeE/p8Vs3gI8nHCbfqF3cCIshzGcv423d&#10;+LLHcDbdzySEUeWnY9/W5A3Yzs9/Jg949ARs+ZHtDyvRa0DdNOabWVkqgeDcoczzLs+Xpx8SFxfM&#10;9X2zaVXULPHncSeYO3Qe3uW/5PTDOOKCr7NvdiuSBkuSJElSpsQrpruzWDQwU4vsZeqLNm3birbG&#10;T7uei8TpWGWEeHcxtZKpMCk3ThyPTPxNglgPMbWyqdAUGyz+iTEkxIi9A2yERp1LNFp8WcQnjGQQ&#10;Iw4PLyFMLJuIZb66hJTovf2FjVkukTuHqSj/xWlhmI3Q+YpljS2FadUZwvvpj1OK/VeMLm0iLNuv&#10;FWEJCenNM154zagiTE0riEmuCZlLoLv/lxhkr+TZZoDY+zQ5DVpxZV5tYZGthVh5NzHPsSfGCXsT&#10;C1F34XVl6FORJyeJyuYmwq7fTnHjr0GilGlu0WzZVeM4ifkzyd1DbItWvsZ7ixlVTYVVoyXiVuJk&#10;E8R7TBWOplai5ap7IlnyE4nryFRUneEt4iMPiKF2JiJbk2VPp6G9IL6uYWFMixH7Biplkr2L2JR8&#10;faWWoiyDxOqPzIWp41ThkVbZB60WH5mbCsepHsnKWJIkSZKy7rW1wKhUGkxMTJ5+TE0Smnv0ASc5&#10;eVVQvHk7XKwSx01gVokWjexQ3ffC/UnTiiJHc4YMLIeJ8SuYU6N1UwrFufL3fkOrQRxnDh7nseNg&#10;xjax5sbBfVzRKvN59A/73bWUbdmGCk9/DLoQbrodYMem9axdfwzfeIE+JpoUV4KemWcYZzyuoi9Y&#10;l8aVn7ZHqAs2okkVS+O3DGgvsnGLB2YNu9DeeB+QWY1P6FRWh9uWTQn5TWJVewqLh5TGf90QGgxY&#10;w8Nak5Xv9miMw5PTPzrFf5f05LJ6zKG1a1izJvGzzv2hkvc4bl71MbYsZcCqIX0/KUvs8V9ZeyFx&#10;7JgTP/GrZ3Y+GtAdu4xqSLplmZ0a9Zwwu7CUPr3msfNi8NPLfQbZa1DPyYwLS/vQa95OLgbLS0eS&#10;JEnS83lNAYyaQm1ms3n7drYbP3+sGUl1M+Wg+/AhQUJFngIFUh2UNeTLlwuViCAs9OkBTaUyQZPq&#10;6G1Vvw1N8kdzct9BQrVXOfivL7YN2tK3VS3loPkP+25qCTu0n5MxJWjeurIxENETeHAWrcoUpUyd&#10;DgyeOIs53/zEsTQuszwzT10wQaFa1LnykjutSCITcZ4b2HpOR/aI//hm3BjGjFE+E9Zx3dQSrfcW&#10;Np5NHmZkp/6oAdRUB+IfaE3j/n1TBmDJiMePCNbreXz6V+bNncvcpM93hwm3c6BymXxpBj4pmeDU&#10;pxfOqrP8/stJYvRB7Fq5kdtFOzOwXV7jOKllVpYmVJywhW0zmyL2T6dj5RI4tJ3G7qTHmEwqMmHL&#10;NmY2Feyf3pHKJRxoO223fMpJkiRJyrLX1gKTHpW1FRaGe01CQlKelSvfgoPDEKrc5M2XyWHXugGt&#10;G+Um/Pg+Dl49yJFLeajXqCpFmjXDWe3N/r9vcOTvY0QUa05bZ+ONFZH/ML3f1xzL1Z+d1x/x4M4N&#10;rl/+k2Hl0okOklNZYmmuQh8RQthzNxbE8t/vf3DNpBD5ddfx9vLCK+FzlgfWRciju8zWDa7G+34U&#10;+sfsm7uc09blqVgkgr0LF3A89Q22RirrbFipNBT/9HcuXr/O9WSfa9fOsmVI2SwEMEroaN+TTxta&#10;cnPzz/x14Xd+/CuYCr0G0jB5C1lyWSlLExtaztjO+Vvn2DG7OZqj39Cj71KuGsvPxKYlM7af59a5&#10;HcxuruHoNz3ou/RqqjohSZIkSWl74wGMxs6RCnkFN48d4Ubyo5WhJeXoLSjhQq1imR12c9KkdX2y&#10;Bx9h8/x9eJrXpFFtKzTFWtC0ohb33fPYeDiIQs3aUdN4xUfne4az91VU7DyEj+wsEhP1scTFi8S/&#10;M6LOSzn7QuDviWuyy1v6YFdOXYw2fktH1BF+33Ebq2Zf8ffRf/n332Sfo1sYUVWFz/YNHDdewwo5&#10;MJ3xvz2mztStSvDSiXyXlzN2gXvKS1xG6sJKWRYS+Hl54P8yR351Mbr0bUXuhzuZ9ekSjom6fPaZ&#10;Y7JLaCk9T1mqc5Wn/eR1LO1lQ4y3G2dTPEqlJlf59kxet5ReNjF4u51N50krSZIkSUrpjQcwWDSl&#10;X++y4LGQfuM34uH7mMe3T7N21Gcs8raiwfDB1MrC0yi5mrWhntV9dm44jNapMQ0NDxpp7Gne1J7Y&#10;I+vZfi8/zdrUxnh4RVPQFhtrPdeP7OVihJIQcZUt44ezKqlJIEPm1O7SFjvhztIxCzl8MxA/t3WM&#10;/agrP/pkXISh+zewO0BZrg6tyZ96VBMHunxcBbXfn2w8qGQq/Ahfjv0ZP8cxLBjuQLGu3zCzpRXe&#10;i8aw+Fwar8E1r8dnfRwRx+fR/6tdXEl4mUocQddOsHnx/7H3OV7Xm7dtXz4uEsXFs7fI2WoA3Yun&#10;H0RmWpbaMywZPJaVR24SrtMTdfsAu/57iLpkWeyVdas9s4TBY1dy5GY4On0Utw/s4r+HakqWtUc+&#10;iCRJkiRlifFm3ldG579StMxmLipPc0//CZPIc+KnPo4il0ZlOGVXPiqhtiohWs78R9x78thMjDg0&#10;vIQwK9xP7DY8cZOaLkD88nFeYaLJLuovvPzkSZ7Y458LBwu1MLUdIHaHGxMTRAqPRS2FjZlKmFjl&#10;Ermscgj7zt+JeT1sRM72v4qghHEymKfukTg0ra4oYJKYZ5U6m7Dv8r3YNL2msC45QhxK8ymkxKeG&#10;TPN3FusD03oeSAjtlW9Fg2ymoujgPeLMnBrCytpRTDjyNOPxlxaLJnlMRd4Ov4n7ujTyF31JrB3g&#10;JPKZqoRKpREmJmrl/2phZdtJ/OST/Pmmp3T+K0QLawtRc+7FZE9AxYpTkx2Fpbm9GHkwwphmECOO&#10;jColzPJ/KnY8KZNMylJ7Q6zuXFxYqpT1qtEItfJ/M5sm4qt/gxKeitLeWC06F7dMyKdGY8ivmbBp&#10;8pX4NyjtMpIkSZKk1FSGfxIimTdOT4SvF+6GN92a5Ke8iwulX+QO2ecU4evO6bOBqIs7U9ex0HOe&#10;8esJv+nGqUtBWJSsTh2H/OleZnnTogLO4e59mxC9FfnsHKjiUATr19y+lnFZagm+4YHH5UBis9tR&#10;zaUyRZLfU6MN5oaHB5cDY8luVw2XykVI75YbSZIkSUrtfxjASJIkSZIkvZg3fw+MJEmSJEnSS5IB&#10;jCRJkiRJ7xwZwEiSJEmS9M6RAYwkSZIkSe8cGcBIkiRJkvTOkU8hSZL0Guh5sHsKfReeIFRneNWT&#10;CrXGDMucBShRuQEdevempX0247iSJEnPTwYwkiS9JhFs62lHt83W9F67my8qReN//iDrvvuODVfz&#10;0235Ltb0LSvfvixJ0guRl5AkScqULtAX/7Q65MqQjpjoWLByoklrRxwca9Cs51R+O7SFocVusWnM&#10;SFYn61ssc3EE3Al42vGpJEkfNBnASJKUobhr6/isWQcWu0YZU7Io7gJeF2PQOFTHJbsxzSB3I0b0&#10;dUITdoxtu/2NiVkQd46fejSj+8rzPGdOJEl6D8kARpKk9AUfZnK3qTwctI6vGzxfZw/6e26cuS0o&#10;4lQDuxS9hGgoXt6enCodfjdvG9OywMyZqeu+QLWgK2N2B5L1rkolSXofyQBGkqS06QPZPqY/G4pO&#10;54ehDpgbk7Mqys2Nc1orqtao+uxvNRoljFF2QMr/n4dJyd4s+6YKfw8ZyjpfGcJI0odMBjCSJKUp&#10;9NBXTNpZhDHz+1HiuftZjeOcqyfhmvJUr57DmPZU5L37hAoVBYoUMaZklZrCnb9hcqWjTJ++k4cy&#10;hpGkD5YMYCRJepb2LEum/Ep0xy8Y5PACvcTr7+HmcRtRuBouJVP/PgY3t3PEq4tR1dnGmPYcNHZ8&#10;OrEnFlums/D0c99ZLEnSe0IGMJIkPSNkz/f8eM6OnkNakduY9lyi3HA9r8WySg2qpb5+FHqArfvu&#10;oyrRhk41X+whauv6Q+jjeJM1i7YRKFthJOmDJAMYSZJS0t3kt6XbeFipG72cXizAiDvnileYhvLV&#10;XchpTEsUx7nlc9lyLzsNR42k7vPeWJNEU44e3WsStWcZqy9rjYmSJH1IZAAjSVIK2isbWH8iliod&#10;u1DexJj4XPTcc/XglihEtRqlEm7WTaTn4YGJfPq1B9lafM3SoaWTDXteGop36kQtlRcb1p2R74aR&#10;pA+QDGAkSUpGx7Wdu/AW5WjWosyLBRj6hxw64o3Wogo1jNePou55sO3LztTpsIrQZgv4c8OwFwyO&#10;nlIXaU6zKnBt9w68ZAQjSR8cGcBIkvSU3p8DB8+hL1CDOhVeJMII5tiC3sz6OwwRc4gJFYtQuGBe&#10;ilX7hHn/5abnT6fw3D6WGrmMo78MjR11a5WA64c4cON53ugrSdL7QPaFJEmvmi6GiIh4TLJlx+LF&#10;r5H8b4RvoqttT3a7LOf2viEUfMtPcUI3dKZ4733UXnmLvwYWkGdkkvQBkdu7JCWnf8CuiR9Rv24d&#10;6tRJ61OPj+edNo6clljcZ9UmX96yjPj72Ud89fd2MqFVfeoaplW3BTOPxhqHJKfl0oreNFDyULdB&#10;O0Zvusabal+Iu+TFhQg1NuUcyP0O7B2sHRyw08Ry0fMc8ca01+ltX3+S9EExtMBIkpRM2FbRPa9a&#10;aIr1Eb9fuCKuXDF8LonTq3sIOxNz0XjZXeOIz9LeWCaa5TYRGpW16Ph7pDE1pZBNXYUSHAgwE42W&#10;3hU6Y3oS7a1VorUyf9CIIp/uEMHG9Dch+Nd2wkqVdr7eSiG/inZWKmHWaKnwf0MZfpvXnyR9SGQL&#10;jCSlpo8mRjmxtqzWiJYVylK2rOFTnho9u9GgQGmcq+c3jpiK/gE7Zi0hrH03KprEExYanmZ/Pfro&#10;GKjzEU1yCO75+irn68kYpjF9HtcKlsZSnYN6rZvwKm4XyRotd276Ea/Khk3RvO9G86xFUWzyqdHf&#10;vYnPG3qa+u1df5L0YZEBjCSlEnfei4sxhneYVE/5DhOzBsz4awtj03k3SuTJBXzl3pSZw8tjrpyg&#10;hwcHG07TU4njnOdl8pSvS9kCcP/u3RQHwPAjs5l+qjYdneOIM3GkRg1r45A3QUdAwAP06nzkz/+O&#10;7Bo0+cmfV43u4T3uZzmA0RHqe4ELfhHG74n0obc563GZwLSuCj3xNq8/SfqwyABGklLQ4e/qwW3D&#10;O0xckt5hEsONf//mbEh2SlZ1oFBaD+doL/HDtK3YfT6ZZvmtsFAJwkJDnr33QefL6TOBlK7SBLuC&#10;EBXgx4OkZppYdxZO3IH9xF6YX/BHZedMjcKZbKJ6HVqtcrCMy8JHq8ukB2cdwY+D0auyk/tduAHG&#10;QJ2bPDlViKggHkdk5ZW84bjOa0G50o442tdh8qnEaCXSawntKpalav1x/BmSwXRe9fqTJOmFya1L&#10;klKIwtX1fOI7TJwS32ES6jqPPt1+4Iwuvc1FT8DG6SyL7MvM3raYZM+GlSGACQ55tgUm/DSul4tR&#10;xcme4jZWiHt++CWcwuu48sNEfsk2hrlt7+JxRUf2qi44ZvIi3KjtvclvZo65eRY+Vk7M8s6gmUIf&#10;QViEFqGyxtr6XQlgsmFtqQIRQWjYs+1dqcW5LWDGma4c9F5MI5NLbNn0HzGP9zKh9/+h7jeXmRM/&#10;o3G+DJb9Fa8/SZJenAxgJCm5OC9Oe0Ug4k7yZe1ylCtbglINv8Ldtga18hjHSS30EHPmeNF0xhgS&#10;ri5ZKAdVU0F4aNgzLTCxXqc5a1qZ6hWssC1eGO77cTdeiR381jFlcRifLRhBKWUc71gTHGvUwMr4&#10;u/RYNP2ao+7uuGfl898Ghtpn9G6XGGISHuUxVQKehIR3gBnmZipUxBEbk3kAY+Yyme1rB1GhbDta&#10;V1Nz1/sQP42dytVeG9n45XhmzuxK6QwefX/V60+SpBcnAxhJSkbn54rHHT0FP1nBqePHOX78AN+2&#10;LYxtjdo806lygji8vp/KtiJDGF1XRUhICCHhGiwslYNdWAjRxrES6bh9+gwPKtTAxdIEOzsbVDH3&#10;8PN/wO6Zs7nUbh4TXEy45ubFQ5UdzjUKZ7qBqnOVoLKTM87OWfg4OVA4oyOq0KHTGYIANep0ZqxS&#10;KcHC/+iTNpWSV0Nm9UreE1MyZoW1oQw0NtSsbof+9HcsYwrrvnAm87tVXv36kyTpxcntS5KSiXB1&#10;5YLOgmr1G1Iof37yFyhBg+4jmNDdhbQaJXS31zB16VVM/H6ic43qVK+ufOqOZ0+IQK8EMMEpDqph&#10;uLpdwba6CwWVg24u2+LkIYBrf8xm6tHafD2jMTkJxs39CrrsVXF509cfVBo0GkOgoEefzm0gQoj/&#10;2SdtSjknZFat5D0xJWvMqFClAhYiP00/bYdNlvaEb/n6k6QPjAxgJOmJWLxOexGhKU+NmnmMG4eG&#10;Eh0mM6R2Gufn+sf89eU3eNb7Htdr17l+3fi5uI1BhusQYaEoccxTsZ6c9jajqksl5fAJJsVtseEu&#10;v8/ZTqmpc/i4gDLHWA9cz8Zi4liDGlm4/hCzbzRVSpagRIksfMq0ZtGljB7VMcfc1PD/eOIyfBLn&#10;bRJHXLwS4BguJVmk10qThhhvVq11VUK1+1w8dy+Tm5uNXsP6kyTpxckARpKS6O5w2t0PClSlepnM&#10;+wGKOr2AaVtzMWBaT4ol35LU1lhbqdCHBRGSrAVG5/MfHg/LUc3JMuG7ia0dRU31mDmP5Zs+xROe&#10;eNJePc2ZByqKVXYiKw+wmFbowuSvvuKrrHxmDaNpRhNVZyNHNhNUIoqIyMzvJ3kr6COIiFbyqlLy&#10;nj2LAYw+kL/GDWRv7S8ZbC84d/o04Qnp+gwDmdex/iRJeglCkqQEultLRGMrlTB1+lKcjzcmpifS&#10;Q3xVM5swKTFcHI4xpiWJOSSG2WmEyrKlWHU/6T2tWuGzqIGwzN5ZbEx6Qa/2itg6e6ZYfzZpAlpx&#10;ZX5tYa4yFbXnX1e+vWkxYu8AG6ExsRdjj8ca095y8WfFzGqmQpWzm9iS9ouPnwo5JdYs+02snVhf&#10;lGr8rTgfEyY2d8stTAr3EtsCb4q1vTqIuemu+Hdh/UnSh0UGMJKk0AX+KUZXzmV4NbVQmdmIetP+&#10;Tv8V8CHHxNymxYSpShnXpLBoOOeYCDMOEvHeYln7ksJKGYbKTJTosEoJhnTi3o7hwjGXWqDOKSoM&#10;2CTuPHN00wn/rYNFhZyGV9CrhEXxj8QSz8yiqFctXnjNqCJM1XlFr+3RxrS3XMxBMay4RpiUHiOO&#10;ZRJzxfwzWBTTqISl/Wdic8IK0IkHW3qKIhq1MLcqKGpN+zeddf6urD9J+rDI3qglSXoi5Nd22PTb&#10;T82ltzgwokga15jj8P6hPxM23CRaqFBblaXPklUMcDBectP78vuwPvwY3YMffxlI2YQba+Nw/64H&#10;E3bcQ2s4vFuUZ8CqVfQ13Cekf8CuyX359mQoCQ9AKVQqNRoza/LaVqRupwEMaluObImDnhX6Gx8X&#10;6cu+Gku4eXBkhjfjav3d+PtMNGXq16NsrqQRI7l16hg3zB2p72ST5o3akiS9neRVWkmSnrAqWw5b&#10;jR7fGz4p+/h5wowqg76gXow7p07foOiAefRLCl4Usaf/j69/+Zf/vH2JenJqZEb14V9QO8yd/7wi&#10;qD75Gz5NetmKugDtpn1G0Suncb1bhqE/rGb1Tyv4blpPKgRuYdLHdem60ueZ9+kk0d7y4U68mgL2&#10;5cjo/XMGJjYutGnXIFnwYmBNidqtaCaDF0l658gARpKkJ8wcqlDBWo//lcuk+0Z9kzI4ls+BWmNH&#10;pcpJT2sp9IFsXfQbN0jrZtpwwiLU2A9awuym+VPuePSxCZ1nWjs1pU3l8pQrXxHnxr35cs1kGpgG&#10;cXjHQR6nk5foy5e4pTOjQlVHEh6gkiTpgyEDGEmSnspemzpVTIi7cAavhLfypkVF9uzWyr/C8BqW&#10;J7QXVrHUrTYd66Z+/4mewG0r2BbdlumT6j9zOSjuQmLnmQ4u1cluTEtkuEcPzLNlwzzNPVUc5z3P&#10;E6lxoHadd6T3bEmSXhm5zUuS9JS6KM0aV0L9wJWTl9N7Z4wKKytL5V9twjtYEoWwZ/GvxPceRn3z&#10;ZFGNQewZln17iBIjZtCtUOpdjp57bme4LWxwqmFn7DzTIIYLazbipi9Kh94tUwU2Rjo/Tv53C0o1&#10;olmGXSRIkvQ+kgGMJEnJmFDu47Y4cpmD+9O790SNtbUhgIknPi4xRXdjDUsOVmLkEAd4EtQY6AnY&#10;9A0/hXdh5ohKytRTi8LN7Rxa81IUz36bq1cucubYdpaNbMVHCx/QfOFWlnycduuK/v4/HPASlGrT&#10;IbEPKkmSPigygJEkKQWTCr3oWccUz+3buJpmBKPC0soShBLAxBtuTonk2JKV3Os4jk9sBDpDUtJt&#10;MDGn+f7bEzh9MYXmOY1pycWdw9UzHMzvsGX4p3zaqztdO/ZgzNpgOqw9wpYxNUjrZ4bAyG/7H5zS&#10;OdKjt0vCm3ElSfqwyABGkqSUNKXoM6IDebw38btXWpeRVGRLaIHREqcM1vtvZPHOYgwdXfdp78sq&#10;tTJcCTLWf8Nvmv7M6JP88tBT+ntueNwW2Pb4kROurrh6nMPH/xK/tw9nVc8OzPFIp08D3TU2bjyJ&#10;eauRDKwoLx9J0odIBjCSJD0jT9sxDKzgw/qVfxNiTHtKjXXCPTACoY/DY/lyLrUYS5/k3XVr1Gii&#10;T7Bo0VmaTB2Hi4UxPZUoN1fOa62oXL3K08eYzUvSoW8LCkd58vumMxivUqUQdWoVa7xs6TO2m3xl&#10;vyR9oOSmL0nSs8ycGDOnNyZbF7D6yrPXkUyVAMZw2UYE/8niDZb0G9si5aUeExMC185lS/5RTOuY&#10;6rHpJ+I45+pFmKYsztVzGNMSaUNCiRDKDkqdxiPZel/Wz/uNyA5fMbFuOpGRJEnvPRnASJKUptwt&#10;ZzG3zW0WT/6NO6liGLWVNRYqwZ11S/iv1mgGlk91GUfryQ9Lb9Nx5hDKp3XtyEB/D1ePW4gCVXEu&#10;lWwkJX3n5sOEqApTr5Fjqvtb9ATumMZczzrM+rozBeUeTJI+WHLzlyQpberCdFn2M518vmTkz9dS&#10;XMpRWVliqb/Nnj2x9BzXgfyp9iRar12ccJjIFw3T7QQA/cNDHPHWYl7ZBSfj9SNt8EW2TuzC6O2h&#10;2PddzMwW1okDjHS+mxnzhSuNl6+iX4n0IiNJkj4EMoCRJCld6jzNWLh5JtbLejD9eJQx1RDAGFpg&#10;IEfz0QxL6xlms8oMndmTYuntYYKPsaD3LP4OE8Qe+ZxKRYpQpHBBiji0Yc6Z4gxec5yTP3ZK2bdR&#10;nBff9JxN1JjNLOtYWO68JOkDJztzlCQpU9p7N/HPWZLixseM9CEXOXToKhbVWlOvRPJehGLwObYH&#10;b60DzRuXT/sFdC8sFr+bDyhQspjst0iSJBnASJIkSZL07pGtsJIkSZIkvXNkACNJkiRJ0jtHBjCS&#10;JEmSJL1zZADzpsSdZG67xnyy1Jv0+vh9dbR4L/mExh0XcDqt15hKkiRJ0jvu1QcwIX8yvGoJbIsV&#10;o5itLcVLlqVy3fYMWbgXnxjjOB8irT9n/z3GifP30unhN7lIjkyuQ2m7MtSdepSnD69mlY57F05w&#10;/OhZ/A0d672o0D2McS6JbYkKNJu6n8fpTiuYwzOaUt7OltKNZuMqgyZJkiTpNXvlAYw+7BYXL/kS&#10;bdeSzz77jD5dm1NB7c1vE9tTv+dabmd+9JZC9rH6F3ceBN/H9efV7As1pr9h+tDreJ+/Q3hYAEcW&#10;zeaX62mvPJ3Pr3y16CSBYUHcOnOe26+/iUmSJEn6wL2mS0hq8rj0ZdqXX/LVvGVsOHqM75pbc2/3&#10;ctan1T9/7ENunPXgzKUAItI5y9eG+nLpjDtnLgcQmVGrQmQAF5SDqH96E3oOLzvP2Ic38D5zAb/w&#10;58vLw782si/MhfFfd6LA431s/OuxccgrkIWyTkmDbfvO1FC5sfbXtDrWi8Nj9c+csv6IHi1ykUbP&#10;NQotob6XOON+hssBkTw7Wy0hd87j4XER35A0oh9tCHfOe+Bx0Ze0BkuSJEkfnjdzD4zahupOtpiI&#10;YB49Sh7AhOC6tAdVithgX9WF6hWLUdi+DXOOPHxykNNe2cCIxmXIn9+OCs4uOFcoRsHSrZl7PPjJ&#10;OHEnpuJSsi3f719NN8dSODpXofLQ7fj8X1uK27Vi8eWn89QH/k6vMkWpNuEwT69oabn4XQuKl+zF&#10;hqCXmeefiQN1d9g+pjbFi9pT1dmREraV6bX6UrL5ZUAfwM6NB4mp0YnefbvTpkgYBzft5F6yo37Q&#10;HwMoV7Q8PX699eRylN5/E58p5ecy5QSxxrSUMi/r9GiKduXTxlZc3bCaw5HGxCTh+/lx3TWKdR1I&#10;s2feWqblyoYRNC6Tn/x2FXB2caZCsYKUbj2X48GJc9UHHmBG0xIULlEZF5dK2BUqTpvll43LpSfw&#10;wAyalihMicouuFSyo1DxNixPtj4lSZKkD9ObCWBiLrH/qA+6HI44P+n0TY/fugF8rAQS+Ubt4kZY&#10;DGE+exlv68aXPYaz6X7iAS7U618uF+7Bkr/PcivgLpcPzqdx3H5mjVnCBePZuAh/QMDd0ywaOA2f&#10;lqs4cmo/a4fVoFhVeyz8D/PHX08P9OFHd7H3pj/nduzkdNKRXneTPduPci9fearkfJl5OhsmxrXl&#10;/ei37DwFe/3AP6dPsH1GVc5Nn8Nf4Ym/zYjedxsbj+qo3bkTdtka0r29LZFHNvLH3adhRp42Q/ik&#10;sC9bpkxisyGy0T9gx+Qv+D2wKoMG1UrjLaVZK+t0qfLTsW9r8gZs5+c/kwc8egK2/Mj2h5XoNaBu&#10;GvMNxevfyxTusYS/z95SyusyB+c3Jm7/LMYsuaCEN3GcmDuUed7l+fL0Q+Ligrm+bzatihpfTR93&#10;grlD5+Fd/ktOP4wjLvg6+2a3ImmwJEmS9AEzvIn3VdLdWSwamKlFHufuYuTo0WLk4F6ieflcwiS7&#10;g+i77rqIN44n4r3FjKqmwqrREnFLZ0xTxHtMFY6mVqLlqnsiWXIyseLf0aWFiWV7sTYsMSVm7wBh&#10;o1GLXI0Wi8tPZqCIOSyGlzARlk2WCd+EiUWLvf1thFmu3CKHaXnxxenYhNF0vstEY0tTUXWG99P8&#10;pfAc84z3EjOqmArTCpOEa4wxTVmS+38NEvamGmEzYK94kvwMrbgyr7awyNZCrLybuPSxJ8YJexML&#10;UXfhdWXoU5EnJ4nK5ibCrt9OcUOZdinT3KLZsqvGcWLE3gE2wiR3D7EtWvn6gmWduC6N5RJ5QAy1&#10;MxHZlLJ8Mg3tBfF1DQtjWozYN9BGaLJ3EZsijcPTEvuvGF1aWSft14owESRWf2QuTB2nCo+0Cj5o&#10;tfjI3FQ4TvVIZ71IkiRJH6rX1AIjiLzjxqEDe/ljwyYOXLfio2//YFWv0jxpf3l0iv8u6cll9ZhD&#10;a9ewZk3iZ537Q2WcOG5e9VHO0JPoCLnpxoEdm1i/dj3HfOMR+hiiU1yTyUHzIQMpl7xXf/MatG5a&#10;iDjXv9n/UK+c0Z/h4PHHOA4eSxPrGxzcd0WZh55H/+zHXVuWlm0qPMnfC88z7AweV/UUrNuYyk+a&#10;JNQUbNSEKpbGr+nRXmTjFg/MGnahfeHEVWNW4xM6ldXhtmUTV5Ld/2FVewqLh5TGf90QGgxYw8Na&#10;k5Xv9qTVP+/zlXU6rBrS95OyxB7/lbXGZqiYEz/xq2d2PhrQHbuMapIuhJtuB9ixaT1r1x/DN16g&#10;j4kmhuzUqOeE2YWl9Ok1j50Xg5+0lCXIXoN6TmZcWNqHXvN2cjFYXjqSJEmSjIyBzCuTeNZuIuzH&#10;nRCG9g1d0H/i60Z5hMbSScxwe9r2oL3wlXA2VQnzvLaidOnSKT5lyjiKLiuuJLQm6O4fEDNblhDW&#10;ahNhnd9WlFKG2+Y1FyrzFmLlg8RpJbSGmOQWPRKaG1KK+LOPKKTJJTquDxLx52YJJwt7Mf6Er/ix&#10;lbUwqzVPXI0PFhu65Bam9uPEicQGmZeap/bGAlHH1FRUnOKestUgcrPomiPjFphY14nCwUQZp2F/&#10;MWr0aDE64TNSdK6SQ6hNK4mpqZoptD7finrmKoEql/h4rTFjCVK2wGS1rFNL0QKjfNde/kbUMjcR&#10;ZUYfFdG6x2LzJwWEaYmh4kBCi0taLTA6cf/ATNGyhLVQm1iL/LallHnairxKns1brBQJOY6/K/Z9&#10;2UE45DIRKk1OYd9mqth16+lyxt/dJ77s4CBymaiEJqe9aDN1l0g2WJIkSfpAvfZ7YNS5azJx+RfU&#10;wIsf5m/jgfEGCpV1NqxUGop/+jsXr1/nerLPtWtn2TKkLBoi+Wd6P74+lov+O6/z6MEdbly/zJ/D&#10;yiVrKcmYdYPWNModzvF9B7l68AiX8tSjUdUiNGvmjNp7P3/fOMLfxyIo1rwtzgn3VrzcPFWWlpir&#10;9ESEhKVsTchULP/9/gfXTAqRX3cdby8vvBI+Z3lgXYQ8usts3eD69Ckg/WP2zV3OaevyVCwSwd6F&#10;Czie+gZbo6yVdeY09j35tKElNzf/zF8XfufHv4Kp0GsgDY09FD8j8h+m9/uaY7n6s/P6Ix7cucH1&#10;y38yLHmTlYkNLWds5/ytc+yY3RzN0W/o0XcpSQ+rmdi0ZMb289w6t4PZzTUc/aYHfZdefc6ylSRJ&#10;kt43b+QmXk3ZvgxqmZOgfav5/VbioUdd2JEKhQR+Xh74p3c00vly5ux9VBU7M+QjOywSEvXExsWT&#10;5S60czahdf3sBB/ZzPx9npjXbERtKw3FWjSlotad3fM2cjioEM3a1Uy8CfUl56nOWw77QuDv6Ypx&#10;URV6gl1PcTHa+DUtUUf4fcdtrJp9xd9H/+Xff5N9jm5hRFUVPts3cNx4CSvkwHTG//aYOlO3KsFL&#10;J/JdXs7YBe5pPumUpbLOCnUxuvRtRe6HO5n16RKOibp89pljuoGdzvcMZ++rqNh5CB/ZJZYk+lji&#10;4p8tSXWu8rSfvI6lvWyI8XbjbIpHqdTkKt+eyeuW0ssmBm+3s+k8aSVJkiR9KN5IAIO6IB37daBw&#10;7EnW/OKVeL+FeT0+6+OIOD6P/l/t4krCCz7iCLp2gs2L/4+9hlfIagpia2ON/voR9l6MUIZHcHXL&#10;eIavep4z8Fw0a1MPq/s72XBYi1PjhuRUUjX2zWlqH8uR9du5l78ZbWobD7AvO0/z2nRpa4dwX8qY&#10;hYe5GeiH27qxfNT1R3wyKO3Q/RvYHWBFgw6tyZ96PBMHunxcBbXfn2w8qOQp/Ahfjv0ZP8cxLBju&#10;QLGu3zCzpRXei8aw+Fwar8HNSllnUd62ffm4SBQXz94iZ6sBdC+eftuNpqAtNtZ6rh/ZS2JRXmXL&#10;+OGsSmpe0Z5hyeCxrDxyk3CdnqjbB9j130PUJctib2YYvITBY1dy5GY4On0Utw/s4r+HakqWtUc+&#10;iCRJkvSBM15KemV0/itFy2zmovI0t5T3gMT+J6Y4WgjTipOFq/FeExF9Sawd4CTymaqESqURJiZq&#10;5f9qYWXbSfzkk3hXRqTHItHSxkyoTKxErlxWIod9Z/HdvB7CJmd78WtQwigi5tBwUcKssOi3+9l7&#10;YAx0Ab+Ij/OaCE32+mLh5aS7PWLF8c8dhIXaVNgO2C3CjakGLztP3aNDYlrdAsJEZWi0UQl1NnvR&#10;5ftNYnpNa1FyxKE07oFJvGfFNH9nsT4wreeBhNBe+VY0yGYqig7eI87MqSGsrB3FhCNPcx1/abFo&#10;ksdU5O3wm7ivixGHhpcQZoX7iSfZy0JZp6bzXyFaWFuImnMvJrtHJlacmuwoLM3txciDEcY0gxhx&#10;ZFQpYZb/U7HjSZFECo9FLYWNmUqYWOUSuaxyCPvO34l5PWxEzva/iiDtDbG6c3FhqVLKSKMRauX/&#10;ZjZNxFf/BiU8FaW9sVp0Lm6ZkE+NxpBfM2HT5Cvxb1DaZSRJkiR9OFSGf4yxzP9MVMA53L1vE6K3&#10;Ip+dA1UcimCdvBUiwhf302cJVBfHua4jhd7E6ffLzlMfzk23U1wKsqBk9To45M/qXTuvV6Zl/RpE&#10;+Lpz+mwg6uLO1HUslKr1REvwDQ88LgcSm92Oai6VKZL8nhptMDc8PLgcGEt2u2q4VC5CerfcSJIk&#10;SR+OtyKAkSRJkiRJeh5v5h4YSZIkSZKkV0gGMJIkSZIkvXNkACNJkiRJ0jtHBjCSJEmSJL1zZAAj&#10;SZIkSdI7Rz6FJEkfhDi8f+jPhA03iRYq1FZl6bNkFQMcjI/36335fVgffozuwY+/DKRswvsJ43D/&#10;rgcTdtxDa3ijkUV5BqxaRd/SykD9A3ZN7su3J0PRGfcgKpUajZk1eW0rUrfTAAa1LUe2xEFvlpK3&#10;3VP6svBEYt4S82VJzgIlqNygA717t8T+f5IxSZJeKUMAI0nSByD+nJjlZCpQFxSfbHqQ8LLAJDEn&#10;PxflTVXC1HGa8Ez+BspoVzGpkqlQWTqKMQdS/kaEbRHd86qFxraPWOd9SVy+dF64H/pNTGtZTJiq&#10;84pWK26k2UnoGxG+VfQw5m392Yvi7Ol/xPo5vUXV3BphZd9DrLmS9DZNSZLeVfISkiR9KEzK4Fg+&#10;B2qNHZUq53l6/VgfyNZFv3EDlTEhuXDCItTYD1rC7Kb5U15z1scSEwvWTk1pU7k85cpXxLlxb75c&#10;M5kGpkEc3nGQx1nvpeLV0sUQreTNyqkJrR0dcKzRjJ5Tf+PQlqEUu7WJMSNXJ+urTJKkd5EMYCTp&#10;faYLxNc/qYtPFdmzWyv/CpL3TKq9sIqlbrXpWDf166b1BG5bwbbotkyfVP+Zy0FxF7y4GKPBwaU6&#10;2Y1piQSGC9Pm2bJh/j/awzzJW3WXFHnL3WgEfZ00hB3bxm5jH2BxAXcISKMLMUmS3m4ygJGk91Xc&#10;NdZ91owOi12JSkhQYWVlqfyrTdYjeAh7Fv9KfO9h1DdPFtUYxJ5h2beHKDFiBt0Kpd5V6Lnndobb&#10;wganGnY87dIzhgtrNuKmL0qH3i1TBTZvSlLeiqTKm0JTnPL2OVHp/Lh5O7FT03M/9aBZ95WcTywk&#10;SZLeETKAkaT3UjCHJ3dj6sNBrPu6gbH/KDXW1oYAJp54Y4uD7sYalhysxMghDvAkqDHQE7DpG34K&#10;78LMEZV4tievKNzczqE1L0Xx7Le5euUiZ45tZ9nIVny08AHNF25lycd5/0c7GGPerKpSo6q5Me0p&#10;jcYQ0qiV/xu+meE8dR1fqBbQdcxuAv9Xl7wkSXpuMoCRpPeOnsDtY+i/oSjTfxiKw5NjuApLK0sQ&#10;SgATbzhSR3JsyUrudRzHJzYCnSEp6TaYmNN8/+0JnL6YQvOcxrTk4s7h6hkO5nfYMvxTPu3Vna4d&#10;ezBmbTAd1h5hy5gapPWzN8KYN0356lTPYUx7IpJ790MRqgIUKWJsmzEpSe9l31Dl7yEMXeerlJ4k&#10;Se8CGcBI0vsm9BBfTdpJkTHz6Vci+QUUFdkSWmC0xGmVMMd/I4t3FmPo6LpPe/hWqZXhevzWf8Nv&#10;mv7M6JPqEoyR/p4bHrcFtj1+5ISrK64e5/Dxv8Tv7cNZ1bMDczxijWOmJYY/+9uSK2dOcmbhk7fu&#10;15wzXO3JoqS8Fa7mQsnUmY9xw+1cPOpiVXG2eTpQXbgz30yuxNHp09n5UIYwkvQukO+BkaT3ipaz&#10;X9Wi9k8V2XBuDe1zG5ONQn9pQ8HBVxh80Jue++vR48EczqxuTU69P8ualmR82BTOHGnELzV68eDL&#10;M6zrkurJI6OIrd0p/ske6v1yh519ns4k9tAw7Fv8hMWYfzn/bW1S3xacSE/g2SN4BcQlv5c4Xeoc&#10;Zahdp3SW76dJzNtf1P35Dn/2zWNMTRS6ux8VOqzDcvhBLixpQIoLTJFHGFn1Iw5/fIgzC2pjYUyW&#10;JOktlfAwtSRJ74fgnaKvjZlwmHhapPWmk8iNnUV2k1Ji5I714pPitcTXF4wvfdHdFUsbmQnTGnPE&#10;gWUtRJH6C8WldF/iEitOji8rTEydxeyLKUeK2NZD5FGbiHKfn0pz/q9fUt6qP5M3EXtWfF3TWqhz&#10;NRVLr6e1cFpxYY6LsMjXSay7n+KNN5IkvYXkJSRJem/ouPnbUrY9rES3Xk5ptn6orayxUAnurFvC&#10;f7VGM7B8qttztZ78sPQ2HWcOoXxa144M9Pdw9biFKFAV51LJRlLSd24+TIiqMPUaOabT+vKaJeWt&#10;UDVqpMjbQw5M/JSvPbLR4uulDDW8TfgZGsr16E7NqD0sW32Z57hqJUnS/4AMYCTpfaG9wob1J4it&#10;0pEuqQMTI5WVJZb62+zZE0vPcR3In2oPoPXaxQmHiXzRMP137esfHuKItxbzyi44Ga/BaIMvsnVi&#10;F0ZvD8W+72JmtrBOHPCGJeXNokoNqiXkLYp7Htv4snMdOqwKpdmCP9kwrHwaT1Ul0hTvRKdaKrw2&#10;rOOMfDeMJL3VZAAjSe8J3bWd7PIWlGvWgjLptJ6oElpgIEfz0QxzSqONxKwyQ2f2pFh6e4bgYyzo&#10;PYu/wwSxRz6nUpEiFClckCIObZhzpjiD1xzn5I+dsPlf7FmS5S3m0AQqFilMwbzFqPbJPP7L3ZOf&#10;TnmyfWwNchlHT5O6CM2bVYFru9nhJSMYSXqbyZt4Jem9oMd3SRPsx1+n9+4b/NQq7VtQ9SEXOXTo&#10;KhbVWlOvRPJbWGPwObYHb60DzRuX/x+9gO7tEHdyPJUaLiPHTG9OT3NI8yksSZL+92QLjCQ9oSMm&#10;IpTwmHexk5xITp30Jt60Ak7V0r/7RJ2rAs06dUwVvBhYUKp+Jzp94MGLgVlFJypZ67h06uT/ri8n&#10;SZIyJQMY6f2gf8CuiR9Rv24d6tQxfOpSt14DmnzUhQHTfuSYf+a3ZMa6z6J2vryUHfE3Sb0HPWG4&#10;QXVCK+P069Ji5lHSetOJ9tIKejeoS526DWg3ehPX3lQsFHcJrwsRqG3K4ZBbbtYvxdoBBzsNsRc9&#10;ORdvTHvF9Pd2MqFVfeoa6mrdFsw8mmZt4tKK3jRQ6lzdBu0YvemaEmJLkvREwrNIkvQ+CNsquudV&#10;C41ND/GL50Vx6bybOPjbVNG8qKkwKz1I7H6cwaOx2htiWbPcwkSjEtYdfxeRxuQUQjaJrrnVhkuu&#10;wqzRUnE39eS0t8Sq1nkNj/YJTZFPxY5gY/qbEPyraGelSjtf0nMKEb+2sxIqs0Ziqf/rK8yQTV2F&#10;Emsq9clMNFp6VzxbnVaJ1kp9Bo0o8ukO8SarkyS9C+SpmvT+0EcTo5zIWjo1o31VB8pXrE6T3l/x&#10;47ha4LORX/aEGUdMTc+DHbNYEtaebhVNiA8LJTytSweG6VOHj5rkQNzzxTdFo45hGtOZd60gpS3V&#10;5KjXmiYZ3i36amnv3MQvXkU2m6LklVv1S7KgqE0+1Pq73PR5fQ9T66NjoM5HNMkhuOfrm/Kxbf0D&#10;dkyfx7WCpbFU56Be6yYZ33wsSR8guauT3htx5724GKOhfHWXZP3wqMmTNxcaYomISOf19pEnWfCV&#10;O01nDqe8OYjwYILTuLU97pwnl/OUp27ZAnD/LneTH3HCjzB7+ilqd3QmLs4Exxo1eJMPEusCAnig&#10;V5Mvf9pvzpWeh4b8+fOi1j3k3v2MAhgdob4XuOAXYfyeSB96m7MelwnMqDcFQy/YnpfJU74uidXp&#10;booAJvzIbKafqk1H5zjiTBypUeN/81i6JL3N5L5Oek/o8Hf14LYojFPNUsmeHInk1KmzykHAHmfn&#10;vMa05LRc+mEaW+0+Z3Kz/FhZqBBhoYQ8c7OBDt/TZwgsXYUmdgUhKgC/B0nNNLG4L5zIDvuJ9DK/&#10;gL/KDucahTPduPQ6Ldo45QCVhY82oafF9OmCHxOsV5E9d265Ub80Nbnz5EQlogh6nDI4eSoc13kt&#10;KFfaEUf7Okw+lRitRHotoV3FslStP44/QzJYZzpfTp8JpHSVJiRWJz8lADUOi3Vn4cQd2E/shfkF&#10;f1R2ztQoLNeqJKUmtwrpPRGFq+t5tFZVqZn0djUlOAnYM5mJ6+5ToveXjHR69vVl+oCNTF8WSd+Z&#10;vbE1yU42K0MAE0zIMy0w4Zx2vUyxKk7YF7fBStzDzy/xnFl35Qcm/pKNMXPbctfjCrrsVXFxzOw9&#10;tFFs750fM3NzzLPwsXKahXe6jQF6IsIi0AoV1tbWcqN+aWpjp5eCiNC0LzvGuS1gxpmuHPReTCOT&#10;S2zZ9B8xj/cyoff/oe43l5kTP6NxvgzWRPhpXC8Xo4qTPcVtrBD3/EisTjqu/DCRX7KNYW7bu3hc&#10;0ZG9qguZVidJ+gDJfZ30fojz4rSXcrZsfo9/Zo1h1NB+dGniiNOAY9hP2cmhVR159iQ2lENz5uDV&#10;dAZjEl7qZqEcuEwR4aGEpW6BiVWmf9aUytUrYGVbnMLcx+9uvBI7+LFuymLCPlvAiFLKON6xmDjW&#10;oMaT7p3TY0HTr4/i7u6epc9/G4Zin97rYxUxMYmPy5gqwU5aVCqV/KTzSYuZuZkyTKlWsc88j5bA&#10;zGUy29cOokLZdrSupuau9yF+GjuVq702svHL8cyc2ZU0eyswivU6zVnTylSvYIVt8cJw34/E6rSO&#10;KYvD+GzBCEop43jHJl6OzLQ6SdIHSAYw0ntB5+eKxx09+ao2pl7FshTRXeLI8SiaLt3DpqktsU3j&#10;4B/n9T1TtxVhyOi6qEJCCAkJR2NhqRxdwgiJNo5kpLt9mjMPKlDDxRITOztsVDHc8/Pnwe6ZzL7U&#10;jnkTXDC55obXQxV2zjXSCJZSU5OrRGWcnJ1xzsLHyaFwBgcxgU6nS+jZWa2Wm/SroFLK0VCSeqVc&#10;02aFtWGFaGyoWd0O/envWMYU1n3hnIV7n3TcPn2GBxVq4GJpgp2dDaqYe/j5P2D3zNlcajePCS4m&#10;XHPz4mEWL0dK0odIbhfSeyHC1ZULOkuqdxvHkIFDmfTDKoZXDGDjxHn8m9bNlLrbrJm6lKsmfvzU&#10;uQbVq1dXPnUZvycEoVcCmOCUB64wVzeu2FbHpaByYMtlS/E8EHDtD2ZPPUrtr2fQOCcEu7lzRZed&#10;qi5vuiNDFRqNRvlXOeDq077vQgghP+l80iKUcjSUpFop14yZUaFKBSxEfpp+2i6LXSiE4ep2Bdvq&#10;LhRUAqVctsXJQwDX/pjN1KO1+XpGY3ISjJt7Vi9HStKHSQYw0nsgFq/TXkRoylOjphJZGJiUo1Gd&#10;onD3Xw6eT33ziJ7Hf33JN571+N71GtevXzd+LrJtUGk0ygEmNMVNMLF4nvbGrKoLlQzHEpPi2Noo&#10;k/59DttLTWXOxwWUDSkWD9ezxCY8MZKVBv8Y9o2uQskSJSiRhU+Z1ou4lO49MGBubprw//i4DB99&#10;kbIoLi5eCW4Ml5LS7pLhiRhvVq11VWrUfS6eu5cQ9GQq1pPT3mZKoFspIdA1KW6LDXf5fc52Sk2d&#10;w8cFlN1yrAeuZ7N6OVKSPkwygJHefbo7nHb3gwJVqf7kxgNzHJ0rYam9gYfHo5QHlqjTLJi2lVwD&#10;ptEzRa+FaqytrVDpwwhK/hiSzof/PB5SrpoTlobvJrbYFTVFb+bM2G/6UNwwS+1VTp95gKpYZZyy&#10;9MSIKRW6TOarr77K0mfWsKYZXJZSky1HNkxUgqiIyIRLSdLL0BMREa2Uo0op1ww6VtAH8te4geyt&#10;/SWD7QXnTp8mPCE9sfUmPTqf//B4WI5qTgm1SalOdhQ11WPmPJZv+hRPeIJOe9VwyVJFscpOWbgc&#10;KUkfKCFJ7zjdrSWisZVKmDp/JS5ojYkK7cXZorqpWuTu8Ku4/+Q1p5HC46uaIptJCTH8cIwxLUmM&#10;ODTMTmhUlqLlqvtP3oyq9VkkGlhmF503Jr2fVyuubJ0tZq4/q/zCmHJlvqhtruSh9nxxPVke3pSY&#10;vQOEjcZE2I89LmKNadKLihdnZ1YTpqqcotuWNN7JHHJKrFn2m1g7sb4o1fhbcT4mTGzulluYFO4l&#10;tgXeFGt7dRBzz8cbR05NK3wWNRCW2TuLp9Xpitg6e6ZYf/ZJbRJX5tcW5ipTUXv+deWbJElpkQGM&#10;9E7TBf4pRlfOlfD6fpWZjag77e+nr1yPPSnG25sIlUkBUXPYBnFFGyKOzW0qipmqlJNrE1G44Rxx&#10;LMw4rnLQ8l7WXpRUAiFDJ+1mJTqIVcpBSHdvhxjuaJi+WuSsMEBsuvPs4UTnv1UMrpAzMQ8WxcVH&#10;SzyVqb1Z8V4zRBUlWMvba7uINqa9XrHCa3kv0aRObVG7dh1Rt2k/8dPFZEutuyPWD24o6n/6o1Lu&#10;xjTlN27fdhL1E35TW9Rp3F+sSYr2dIHizy9aiXrGYQnD69QV9Ru1EB36jBff7boswhPHfANixMFh&#10;xYXGpLQYc+zZcDDmn8GimEYlLO0/E5sT6oNOPNjSUxTRqIW5VUFRa9q/6bz2Xyfu7RguHHOpBeqc&#10;osKATeLZ6qQT/lsHiwo5DV0IqIRF8Y/EEs83XZsk6d0gAxhJeh8ErxFtDX0hNV4mXmP3PSnFnxOz&#10;nEyVg3FB8cmmByn68ok5+bkorwSKpo7TRIrjb7SrmFTJVKgsHcWYAyl/I8K2JPZlZdtHrPO+JC5f&#10;Oi/cD/0mprUsJkzVeUWrFTfeUGtEiFjb3tgXUhodS8XfdRW7/zwqrgQnHxYhbp7cK/7xuPukVU6S&#10;pNdLXl2VpPeBVVnK2WrQ+97gNXbfk5JJGRzL50CtsaNS5TxPb6jTB7J10W/cSHguKrVwwiLU2A9a&#10;wuymqbo90Mcm9GVl7dSUNpXLU658RZwb9+bLNZNpYBrE4R0HeZylu2RfkvYWPnfiURewp1waL6Mz&#10;sXGhTbsGlM2VfJg1JWq3opmTDWm/iUeSpFdNBjCS9D4wc6BKBWv0/le4nNEr7F8pFdmzWyv/CpLf&#10;Oay9sIqlbrXpWDf14796AretYFt0W6ZPqk82Y2qSuAuJfVk5uFQn5a2zhpZiMM+WDfM3sceKvsyl&#10;WzrMKlTFMfHhLkmS3kIygJGk90J2atepgkncBc54Jb6V9/VTYWVleOW+lrj4pAgmhD2LfyW+9zDq&#10;myeLagxiz7Ds20OUGDGDboVS73r03HM7w21hg1MNu2R9WcVwYc1G3PRF6dC7ZarA5vWIO+/J+Ugl&#10;kKpdR/bsLUlvMbl5StJ7QU3RZo2ppH6A68nLKXo2fn0Mj50bAph44uMSU3Q31rDkYCVGDnGAJ0GN&#10;gZ6ATd/wU3gXZo6oxLMvRo7Cze0cWvNSFM9+m6tXLnLm2HaWjWzFRwsf0HzhVpZ8nPcN7LB0+J38&#10;j1uUolEz+zTyKUnS20IGMJL0njAp9zFtHeHywf34pPcG/FdKhaWVJQglgIk3XLaK5NiSldzrOI5P&#10;bAQJHWgn3QYTc5rvvz2B0xdTaJ7TmJZc3DlcPcPB/A5bhn/Kp72607VjD8asDabD2iNsGVODtH72&#10;yunv888BL0SpNnRI6B9LkqS3lQxgJOl9YVKBXj3rYOq5nW1X30QEozL22qwlTqsc+/03snhnMYaO&#10;rvu03yaVWhmux2/9N/ym6c+MPskvDz2lv+eGx22BbY8fOeHqiqvHOXz8L/F7+3BW9ezAHI8384Zh&#10;vd92/jilw7FHb1xk/CJJbzUZwEjSe0NDqT4j6JDHm02/e72By0hqrBPugREIfRwey5dzqcVY+pRM&#10;FqJo1GiiT7Bo0VmaTB2HSzpv5o9yc+W81orK1as8fYrHvCQd+ragcJQnv286g/Eq1Wuk49rGjZw0&#10;b8XIgRXl5SNJesvJAEaS3id52jJmYAV81q/k7xBj2mtkqgQwhoYKEfwnizdY0m9si5SXekxMCFw7&#10;ly35RzGtY6rHpp+I45yrF2GasjhXz2FMS6QNCSVCKDsqdVqPZL9iUadYtcYL2z5j6Sbf3y9Jbz25&#10;lUrSe8UMpzFz6G2ylQWrr/C6LySprayxUAnurFvCf7VGM7B8qnYLrSc/LL1Nx5lDKJ/WtSMD/T1c&#10;PW4hClTFuVSykZT0nZsPE6IqTL1Gr7uHbz2+6+fxW2QHvppYl0y6cJQk6S0gAxhJet/kbsmsuW24&#10;vXgyv915vSGMysoSS/1t9uyJpee4DuRPtUfReu3ihMNEvmiY+q0vT+kfHuKItxbzyi44Ga8faYMv&#10;snViF0ZvD8W+72JmtrBOHPCa6AN3MG2uJ3VmfU3ngnK3KEnvArmlStJ7R03hLsv4uZMPX478mWuv&#10;8eYRVUILDORoPpphaT21Y1aZoTN7kqLT7+SCj7Gg9yz+DhPEHvmcSkWKUKRwQYo4tGHOmeIMXnOc&#10;kz92wuZ17ql0vmwe8wWujZezql+JNG8yliTp7aMy9Cdg/FuSpPdJ7GXW9O3KctsfODa/3tMng14h&#10;fchFDh26ikW11tQrkfwl+jH4HNuDt9aB5o3Lv5EX0L2YOLzmNKGne1c2bBhJldfb0CNJ0iskAxhJ&#10;ep9p73HTPycli7+O8OX9EOt3kwcFSlJMdmIkSe8UGcBIkiRJkvTOkffASJIkSZL0zpEBjCRJkiRJ&#10;7xwZwEiSJEmS9M6RAYwkSZIkSe8cGcBIkiRJkvTOkQGMJEmSJEnvHBnASJIkSZL0zpEBjCRJkiRJ&#10;7xwZwEiSJEmS9M6RAYwkSZIkSe+cV9qVQNi1Lca/JEmSJEmS0pfDvqvxrxcjW2AkSZIkSXrnyABG&#10;kiRJkqR3jgxgJEmSJEl658gARpIkSZKkd44MYCRJkiRJeufIAEaSJEmSpHfOmwtg4oK45R9n/JKa&#10;nuCQKOVfSZIkSZKkzL2ZACbuPpunzKLWJ9/z49VYY2Jy0ez5+lvmuobLIEaSJEmSpEy9/gDGELxM&#10;/YYRuwOJfnCGyQOXsvras0GMCL3KtyMW8I1bRMZBTJgHX3QYQYUWM5l8KCTVuDqurJ2PU7s1/JNW&#10;nJSJCL+rHHC9S7CMoiRJkiTprfbaA5i4m278eiSQpItH2kAPJg5cxprrz15OEmHXWDh8AfPc0w9i&#10;9BGBXLj+EP87V1k1dwuHwo0DEgjCA+9z6+ZDHmmNSVkWz5k1y+g2RJnmCwQ/kiRJkiS9Oa89gDEr&#10;14Z1y9rhlF1lTFGCmPvuTFCCmF9vpBXEXGXBmHWZtKBoqFivEgUCjjHn11tPgqNMaSPxu34Tz8sB&#10;BEalESIZO1VIt2+FuDB8rvjgdSOICNlKI0mSJEn/M2/gHhg1+Wp9wpalbamWLVkQc8+N8QP/j998&#10;4o0pT4nIKMIyCRAsnFozvLoJ537bxPq7mUUT0XhtWkGj+oOo2GYyjT4eS7k6o/n4W3d8DS010W6M&#10;aDqM3tsfo4s+w7hGAyhZaxif/hGS+HMi8fhtCXXqDqFa+yk0bD0M++bzWHA67GlLkdaXHwaOotIn&#10;Wzid5YhKkiRJkqQX8WZu4jUEMbW7s2VZqiAmwJWxShCz3ue5r/cgVAXoO7op9lFn+e4HT4KM6c/S&#10;47fzB7p9eYLgqh35Zd1cjvw+jlkNTXFdvYy+q24RZ1aSHqO70reqNWrT4nQe1Z0ZY7vRr3q2hN/f&#10;3bmK7vMvkrf3F3h7/o7/wUmMLHKDeeN/ZttDYwijD+f2zQf4+dzjvi4xSZIkSZKk1+MNBTAGavIb&#10;gpilralinSyI8T/NmEEr2R34fJ1iC+U/q6rtmPJRLgJ2beH/zj7bkpNAe4tffz7DI7sWrPi2E51c&#10;SlHNuQaj549gmL0Wry0HOaHLR+22DWlSwgKVifJ3hyb07dqAhrYmCS0rv/3qQbhTB5YNr0IJaxOy&#10;FavC5180pVyIJ5sPG1thzCowa+N3nN41iHaWCXOWJEmSJOk1eYMBjIESxNTpydbvP0oRxMTf9WT/&#10;lRdotlDnoM2I9tS38OWnxYe4mcYk9A+ucvqWwLaOM07JAwszW5rUzI/q0S08/dK/BKUPvobbDT05&#10;LcL5d8cR1v+R+Nl0PgwTtNy6dV/5N5FVARvKFbZ804UqSZIkSR+c/8GxVk2B+r2UIKYVlZMFMS9K&#10;U7wp03vYEuO6k/mHIxCqlNPUB4URLFTkzpsDjTEtkZq8ua1RiRjCM7gjV4SEEyIEQWePsnjlDr5L&#10;+vxygXCbolQqnnq6kiRJkiS9bq89gNEFerPk69WMnflTss/PfHMojpIls72CDJji3K8rXQqGsH35&#10;Pi6naoVRWZpjYXi8OiyKlIP0hIRGKQFPNvLkTj8XKksLLFVqin08CtcDS/FK/vlnIWu7F5EBjCRJ&#10;kiS9Ya89gNEUrEjrCtEc/eMgv2xK+dlx/hW9eTdXNSYOqYzV1X9Y+q8SlBiTDTRFbSmXS3Db/WLK&#10;S0zaAI64PYCipXAplFgMarVKSdcSl+yeYnUBW8rnE/hf8iEgk6tc+tgoQqJfyRJJkiRJkpSB1x7A&#10;gAmlPx7G9vkNKG1uTHrl1BTv2I0h5eO5cTM4ZVBkXone7YvAhV0Mm3cSz4Bwgu5eY8OcH1h+2Zy6&#10;PZvhYmYYUUOhAjlRaW9y6FAAD/1vcSFAiWTMytOzQ3GEx5+MWO7BtTBDFKMl6NYV/ljzN/8EGucW&#10;d40vOwygZPMf2S9fhCdJkiRJr9UbCGAMNJRoPYQdCxtT7mWf0NGYYWGqwdLcxJhgZFaSEVPaUj2n&#10;BpPcOcn3ZLAZtUaO4bv2+bixfimNGg2gRJPpDNsRgcuwsfzUK+kSkJqSHzWlVb4w/pg4ltKNpzPl&#10;cJiSboLTkJEs6ZSHi6sWUr16T/I49KJEy1kMX3uJe0nvfFGrMbcwwcTMFNOXv7VHkiRJkqQMqITC&#10;+PdLC7u2xfjX20hPRMBtPK8FEanJgb1jaUrlfDZ+04cG4OrtT6hFQZycbMmfLE6KCryD55WHhOrN&#10;yGu4gbd0HqzfUAgoSZIkSe+THPZdjX+9mA8ogJEkSZIk6W3xsgGMbD+QJEmSJOmdIwMYSZIkSZLe&#10;OTKAkSRJkiTpnSMDGEmSJEmS3jkygJEkSZIk6Z0jAxhJkiRJkt45MoCRJEmSJOmdIwMYSZKk/wk9&#10;cXHaV9MfnCR9gGQAIz1De3kvn336Ld97J+vVUnrjXtd6eHvWr5bTKxfQZuw+zn1QVU2P7/41NK/X&#10;hwKVelG01VqOJnVJkgVJ62+x3D5fIR1Bfn7cDJJl+i6RAcxbQ4fnT3NxajgMhwbDqdb5e5Z7RxuH&#10;Jafl8pblNG4xQhlvGI5tF/Ozz6s9h9M98OM/j0tcSOqoUvqfeF3r4YWnGxmI67GLXA19VfnREXDl&#10;Eic9fPmgqlqUF/Pn7Od8/sasWj2J5QMrUSSNPXGE31UOuN4lOFXZJK2/i3L7fGX0Dw7Rv/UEaoza&#10;b0yR3gUygHlrxHDR/SI37j3G//4jfM7/x9ffH8M39T4q/AyLlxznzO2HyniPuXPtHCevxRsHStLr&#10;E3vuLwYMmc/XJ2R9exlaXx/OBamp3KY1netVoUPHatin6psW4jmzZhndhmzhkOzd/rVT5yxN+66N&#10;+KxtOWOK9C6QAcxbJKlXqmzlSlBK2aFFepxkx53kEYyeh4eO8/djgVn5UlQ07vReWWdWLyoulOuX&#10;b3H1QQZ7Wm0kftdv4nk5gMCo13DmmJU8ZMVz5DMy0Bevq0FEZDSaPoZ7N5TpXX1AcBqt09rwR1y5&#10;cAMvnyAin6NY9JFByu98uHg3glfX6K0jNOAuXuducjUwJt17M9LtPS0uDJ8rPnjdyKBMDONcvsml&#10;e9EvcO9HLPeVsjznl3KZ44Lvc15ZX+mt+szLWEeIvy+e5/3wC9MZ05JR6oTvVR88rz8iJEuFrUwv&#10;wA+v87e5/vDZctRHxRIpVFhnszL2hJ8OYzlnvH3H8cDnFmd9gokypjwrnkd3buN54S73nqeSpUmp&#10;z9duclGpH8nFBinr4PxNrqRbbzIpY0Xm0zCKCuLSBV8CnnNZtGGPuKxsM+duhjxbD8xL0nfaEBZ0&#10;K2VMSOUF5ym9XjKAeQtp7KrTtrSya4u/wfY9d5/urPWP2bHzHKHCjBqtnCmsMqa/btoHbJs2hYqN&#10;5rD0mmHno+W/RVNwHLyXkwfW07rJMJw/noRLw2E0/MqVuyn2T9F4bVpBo/qDqNhmMo0+Hku5OqP5&#10;+Ft3fBMWTM/N9fOp0Gguy5NdCtM/Os7AZkOoN++CsstMouPyL19TockytihHkqznISsyy6dB0jz3&#10;cHDLYmo3/ZyG7T9n7KG0bmDQc//YFjo1G0T51sr02o2kdN2JDPkjcX1qfU4w4dNRlKw5nBqdptLw&#10;o2GUbjaPbz0iMt5564I5sHQuVesOU343hdpNBlHm4+Ws9zEscDxH5k7AoctmXJNnKc6bL1oPpfHi&#10;q8rhLi06ru3+mTbNBlCy0XgadpmMS4NBVBm4g1MJl4ti+WvqKBxGHsVfF8ffM4cr+R6Iw6gjxks/&#10;kXj8toQ6dYdQrf0UGrYehn3zeSw4HZZsWfT4/vMrTRsq43w8mVqNh1F7wmGuZhJvxnlspFGT+axw&#10;c2Vy95FUUMqyXtOhVB91kMuxoZxYMZ/qDUdTV1lf5RvPYu7pp+WXlTLWPzrH131HYN/4cxp1nkDF&#10;2sPpsv6uUiIJQ3lwcjPtGg+mUrspNGoznDKN5vFjBpdswy8cYFjnocp4E2jYeSLOSn2q+tnv7PE3&#10;TDGOf2aNofzgf7it03Js/hhK1hpCm1W+KQIyot0Y0XQYvbc/Rhd9hnGNlPVSaxif/hFiHCFRnP9/&#10;jO86gvIfTaK+smwOnX5h172UeQs5u4/+7QZTtvlEGnUaT/m6Y+jywwUepb8Iz4q7wledR9D1V2/W&#10;jvmcym0nU6fdT4nDwq6zctwXlK2nrIPOk6mh1Jtqg/7gWNDTGWRcxoosTCOpHvxw/BB9246iVqcv&#10;qD19q1Kvh+AyzZUg43gJ9OHsnDoWh0+2Jn6PuMkvk6dQTplvTWWbqddqCGWazWHmwYdPy11Zxjld&#10;hlN33nljQjrznOVhHCq9DWQA8zbSFKZdM1tMlE38wt8nOWvcynS3TrLZQ9njW5WnQ9Ncmaw8PQHb&#10;l+DcZASVGj/7cWz2Fd+ez8JRXh/CgXkLGbkjCId+vehvbzhnFEQEBXHXcxf9Zp7HduA4DmyeyJxG&#10;lpzfuIY5R5LOBfX47fyBbl+eILhqR35ZN5cjv49jVkNTXFcvo++qW8ouXU3R8oUxD7zAn0cePNmp&#10;hbt68I9fMBcOuOOedNTVBbL/n4vcz22DY/as5iErspJPg8R5+p/dw6jvA2k6eyYHfhnOwKSmsGR0&#10;Pn8zcNx2XLPXYdHqrzm26Qvmt8vOmaPXCVOGh12+xNX8dZm/eiHnjq/A/dee1FcCjW++3selFEez&#10;5PRcW7+M/iuukaN1f/7YOo8DK/vSLbcP+70My6sn9NFj7t8PSZjHE7poHtwLJuBxVDpn81GcdfOn&#10;UNu+bN+1jKvHFrHr84rEndjKpN/8lJ28KVU6dGVqN3tyqk2UAK8rM8Z9wrRPypNbrefuzlV0n3+R&#10;vL2/wNvzd/wPTmJkkRvMG/8z2x4mHoR0t/YzfPLfXMpXj0W/zOGf/+uM49XNLDiS1n1eT4nIMO7d&#10;u8ricb/wX5kubN0yk1U9bAj8Zx39+86l3y5zBiyerUyvE7V1V/hu7l8k3duaeRkrAenK1Sy6bMOU&#10;rat5fHENXqu70ayQcX0qB7VvZ/7JuVJdOHR6A489lvDH6KrYmCYOTk0f8C9Dh/zM1hB7JiyayZFt&#10;X7JuvBNmXrsZMHonZ+NMcGzXhWk9ypNPrcG+RSdmjO3G8Ib5lW09GbOS9Bjdlb5VrVGbFqfzqO4J&#10;4/Wrns04gkJEsWfRWlxLduD3TbPZMtGJ7Ff+4fPvzxBqHEV/7xgjh63j3zyt2HRwLQ89l7GtXz7O&#10;/N9Sxu8JUWpLVkXzMDAI9zU/Mtu3CkvWzWbH/BbKDB6xaepCpp7OzuAVS/E/v5azP7Wl6Llt9P/y&#10;lDG4zaSMszQNYz24f53/m7aZW/UHsmfTFFb1dsHJLo7rfx/n7+QBU/AZNv99H32pUgnT3zhpPuN3&#10;R+AydDR7ts3l72U9aGl2jSUTFvPdk40tmsD7Qfg9jDR+T2eePUoah0pvAxnAvJXUlG3pQmVlG9fe&#10;dGWbt+GeAx3ndp3E8GeOmrVokz+z5hc1Oeyr8cnH9eme1qd9LVwKZTaNaNxWLGbAxnDqT57Mr73t&#10;sDYOMRDR1rT/dhrLP3XCpUo1hk9pRU1NKK5udxIP+Npb/PrzGR7ZtWDFt53o5FKKas41GD1/BMPs&#10;tXhtOcgJZUSzStVoXFhw9oQ3iSeQcbidukpkNmus75/nwOXEnYz+wTkOXQKH+tUwNFAZZJqHrMhi&#10;PpPoQ6IpOWgk8z92wKV2NVwKp96MtLhv/YeT0XYMnzeAfvVKU7mqEwOmTMN9WSPyKGPkaTOI3d91&#10;pXstW4oXyIN9rVaMalkA4XOb8ylb55+Ku8avGy4TWb41K2Y1o6ljCVwaNWfemkWs65zdONKLyE6X&#10;2TNYPaoBDcoWoFBBGxr0bkP7ooKrl28rtUAJMp3r0rNuEbKplL+rN6Bv1yb0qF0IM60vv/3qQbhT&#10;B5YNr0IJaxOyFavC5180pVyIJ5sPG1phdFzcfYRTMTYMmjOA/nXKUKNJa1auGcWnxTO8iJJIxJC7&#10;5Qi2K8vcuLIDn4xvT8ucsVy+V4S5P49iZGN7ajTryOR2BRE3r+H2OPFglnkZx+Bz5zEULE0Dh+yY&#10;mFhRsmYjBjUtlHhpJ/o+N+9DEcdKVMmtwSR7Iep3bkFr27R2mzq8N+9mX1BhBs4bycTWDlSrVI52&#10;A4bzYx9b4i4eYo27jkLV6tCzflGlHFUUqlJPKcdGtCpraZyGkSYftds2pEkJC1Qmyt8dmijjNaCh&#10;bfIwR03pbmPYNbcVLava06JvH4ZW0yhByiUuJtRVpcy37mFvRDkmzOlEs2IWmFkXoOnQXnxWOoL9&#10;f3pgjC2zSE9wZCHGLexLdxd7GjW0R3vtMMsPR1NryGAm1i9INjML7Op1ZHa3ogQdPcbehPWQcRln&#10;bRpG+ggiirfnp6kNqFvVkRZVS9C8dWVyRV5g15FwY0Cm5/FRN05E5+Wj1hXRXjzI0iNhlOo1jNXD&#10;a1O3UilqNW/HyoUfUSH+Jms3KTuUjDwzz3zGAdLbQAYwbyl1iRq0qahs4rr77N59majYq2zcexet&#10;ypqGrZzJNH5RZKtYjwkjuzJl1LOfySOaUT9/Rqtfz+1d/0fvH+7jogQva3oVx8o4JInKsjh1nLI/&#10;qUTqfAUpphxHQ0MjE3Ym+gdXOX1LYFvHGafk+2gzW5rUzI/q0S08/ZQxzcrQolYu4s56c8hwJhV3&#10;kyMeEVT8pDUNLO9z9Ji/EhIoO6YTZ/HUFaFpw2JPzlgzy0NWZDmfSbI50q+rTcqz5uT0QXicfwBF&#10;HWhUMqMDtJ4QvxscPnCSzTuOczJAh9DHE51O5KV/cAMvfyjuUimNmz5fAV0kt86dY/ee42zYdZm7&#10;WoE+No6MrvLog5WA4YaenBbh/LvjCOv/SPxsOh+mlI+WW7fuK/9G430+AH3ectQv97T5Qp2vAg3K&#10;mxm/ZUBlQaXqZcmTtJIt8lNcqbuakg40KPRkzVO0SG7UIoqQ0OTtTBmVsSXOziUxu7aPIZ/v5K/r&#10;EU9aABNYl6Z2RRMurVvOwFVuXM7o6St9MK6eAYgijnzkaG5MNDChQr0K2KpCOGeoE6+KoUxcyj0t&#10;E3VO7IooW2h4BCGGxdeH4+p1F30OM4L++/fJeln/pw+PlCoZ5xfArXRb+tKWo24z+pRKqs/K9uh5&#10;jSt6ayxDLrAhafp/HMMzSBkn/gHXE55AyKiMszqNJJY0/qRJirqfu34tmueJ4cT+M4kBmT6Mv/+5&#10;RFTR6nRyNuGe51Wui/w0blw6xf7LzL4y9WxUBF7yMaak59l5Sm+PpOovvW00hWnfrDRmCPwPH2fv&#10;oX/ZdVePKldlOjZ8esDOUGQQV68oZ5tpfC5ce0BwJleQ9LGxxOpjeBwUm8VgQDmoKBnTi8Sx9UFh&#10;BAsVufPmSHWzopq8ua1RKWfW4Ql3e5pTu1FF8sVc5cCpKLS3zisHmnzUadSAZlWVA8gJb25rozl6&#10;4ioxRZWzoHIpp5ZSyjxkRdbzmUil0qDJKAvKWVtwuDJe9mwoJ+5pMtwX8M2AUZRvNp2e03/nmx92&#10;sNYj42Z9fUgEoUo+c+XMlvHNn89Nz4NTW+nUfChVP/mW0Qu3snDVIU4+zPj2UQMREq4cMAVBZ4+y&#10;eOUOvkv6/HKBcJuiVCqulKlOKQ+l/NQ5spHrlexxVKjTCODVqsSJJ91knHkZa3DoP5bfRlRCHN9M&#10;z3YjqD54E/uSbqAysWXUknFMqiU4tOQ7ajceR9fFHtxJ68CvHDgfhSo5y5WT/KlWjiZ3dnKpBBER&#10;z3NZ8/lpNEqhKAufsHwinMdhyt/B1/n9x2TrZeVujkXmp1y5wuR9rkqkQqVMP/lPgoKVkwQlUHLf&#10;vjPZ9Hfwf6ejsS1dnFK5Desj4zLO2jSMVCpMDBt3csrJRKeGuYj0cGXvIz36x2fY5R5HyWa1qG4m&#10;eBQUgVBlI3/eVL/TZCdvDhUiKpN1ktY8pbeGXDNvLTV2LWooG6Gyb3zozrRvXLmvV1GgYR2a5TCO&#10;kiE9Nzcspnb7idRN41On/VfMdc/ocVg1JTsNYX4LK7x//IGph0MzPLimRWVpjoUSgIWHRaU8s1Wm&#10;FBIalbBjyWPcQVm7VKN+zmhOHTvP9VMXuZJLOVt3yEOj2iVRXz7LwTsXOegeQ9E6TlTNwkn783ie&#10;fGaJygwLJY8iWgl80owBYjj0/UoWulvT+4cl3Dr9A94HFrOxRwatOgqVpZkS6gkio2LSuZdFOcgo&#10;O1xlzukMT0fUOeZM3s7J7I3Y+M9qbh5dite+LxiYYetRIpWlBZZK4FDs41G4HlB+l/zzz0LWdi+C&#10;xlgeeuVgEf68leiFZbGMTfLQbMQETh9eyIYxldG47aT/pH1cT4phClZh0vJvObd7AtPqqjmxailD&#10;fwtIVU8UKnOU1YOIjCQ01UBdaCRhhsAz18tc5ntOSn6yWSjHaZv6rN6Ter0s4dSSZpR5ySjYyspc&#10;CWry0/3bRSmnf2AJXrvG0r+kcZvJoIyzPI10WVC/dXWKxlxm96EgAo+4cyq2KO1bl1JO/lRYW5oa&#10;NkRCw1JVPF0kIRECVc43uE6kV04GMG8xjU112lVN3ADvPYhGqPPQ8qNKJLuVLwNKANRtBAe3zObg&#10;5mc/hzZP4vNq6dyNmESdjy6zBtO/2EN+m76KdXee2W1nSFPUlnK5BLfdL3Iz+U+1ARxxM1xiKYVL&#10;0iWA7JVo7mxJiOt/LD52C/PKFXCxVFO0XiUcdDfY9+NJjoXmolGTMspB/HnpiAyLSfeemOfKZ1Yo&#10;O2SHktYIvxu4p3gqRMvDRxHodY/wvhKCqkxN+jcooOyCDQRx8doMAw9NkWLY51DyefZayqes4kJ5&#10;EGKYj4rs1kooFhZMwJNIQc8jZbnOZ3AdSHfvJhceqXBo2YzmRY3RoT6eOG2q3KjVSq0yvP7+6czV&#10;BWwpn0/gf8mHgPSqhzo79na5IPAWHskuxelDr+N6Pb218pKes4zVOYrSevAIFrTLQ8zlG5xPkS01&#10;uUpVZ/zCvnQrGM/583eevaymrPOKZbIp6/wyx1Jc9tAlBOR3KIBTlee7f0JtaGbSapX1YEx4Hurc&#10;VCiTC3HvNl6ZvPBOGxVJxHOvBjWFyhaloHjEuQtBzwZ0aXi2jJ9/GmmxcK5N66Lx/Lf/CGv3XyK2&#10;XA06JjxsoMa2bDHyiEBOud5PMX1DK++Ju1Dc0d6Y8py0MYREvsiKkV4lGcC8zZQAonXzck+u3aqL&#10;ONGpRtYP3+ocBala2Z7qVZ79ODsWpUAWWjLUuarw5YKOOMd4MvWLnZx5nlZw80r0bl8ELuxi2LyT&#10;eAaEE3T3Ghvm/MDyy+bU7dkMlyd5sKJxo/JYPXRj62kdVWpWIKeSqrGrTEM7Lcd2uXI/TyVavkDz&#10;S9Q/P1DBZSBdfg9KuxXpufKZFeY0/LgmxbWXWDxzBwduhhIUcIMtC+bScMIx/FW5KFbQHP2di/xz&#10;3XA3aQzX9/7G+E1pnNknZ1mJ7q0KEO/+J2NXeXP9cTh+504wfcBkBvxpWDYNFauWIHvsRVZ+f5rL&#10;D4M4u3stXSee4qFZ+jdNafLmo7ClHp/TXlw2PIQRGcD2eT+z5lbK0jLJn4t8Ki1nj7tz4/FDzl55&#10;RJxZeXp2KI7w+JMRyz24lvCODy1Bt67wx5q/+Sfh4GlKjZZOFBc3WDl3F//6hXD33DEmDfyeX33T&#10;z9dL0WShjLU3WTF9LT+fDiRcpyfq7jn2eYWhLlaE0kpsr72wl9FzD3DMLxqdPpY7J8/gFqTCrkRh&#10;5ew+NTMadqpPGW6ydPJvbD3/iKDgB7jvWMOwNbexcmlBv6rPcyOFhkIFcqJS8njoUAAP/W9xIeB5&#10;Dpim1O7YgIriMoumbmOvT6SyVpRYNySA//bsYdW/xm0h2pWhDftTetB+AjKOc55h7tyQHmXh1I8r&#10;mX/IP/EdOXER3PA4xfL1nonTy6SMszSNzJiVoXPzwsS57+J7Vz1VW9airLGoLWo34pMS4Ll6BVP+&#10;8sEvOJw73v/yxeS/OGfhwKBuLxLAxLJr0jDsas/jp0yCQ+n1kgHMW0NDthyWmKhNyJnDwnitWY1N&#10;s3o0y69BpTbHsV19aiXFLxpLcmbXoDa1JIfVKz4ImJlgpjbF3LiXtqr0MSsnVSfHxZ18vtY3Ic1M&#10;GUetjJAinFKZKL9RYaEMS8yRGbVGjuG79vm4sX4pjRoNoEST6QzbEYHLsLH81KuIcTkN1OStV536&#10;OZVfWpamaS3jY+ImdrRoUAhToaZIAxfqJrsTL2t5gPjwKCKFBmtrs3QqfNbzmThPpWyM39NjXbMb&#10;K0Y7YuK2hc6tBlGi0VSG7oilZVcniqiz0W5oZxpbXGJax4HYOg+k0ZIQugyqTWFl2hZPZpZyPSQ0&#10;l48extQ6Gk4s+Qbn2gOo2OUHNkQ70bdxHmXZ1BRo3Y1pjXLgs2UJNesOpeGXl3H4YihDSinTMjO2&#10;uKWebq4aTBjuiKXHeurX/gzb2lOY86guYz/KjYUyUlJ2NMXr0K9RLh7u/QGn2iNoNu8Mj/UmOA0Z&#10;yZJOebi4aiHVq/ckj0MvSrScxfC1l7hnPLO3qtGVJYPs0f+3kXZNB1Oh62oOFu7IDwNKKOvKNI2A&#10;wMiYV8MlqKdMMDVTY6aUVfLbE0zMlXTDuCaGNZ+FMlZZYR3qxpQ+oyhWsQdFmizgl+CyfD71o4SX&#10;RKqU7TD4wFraNv2MfBX64DjkAI+dOjGvj+EVB8+ycO7Cmhn1KHrrbwZ0Hk6JmiNpOvlfgqt24teF&#10;LZ5cslGbKmWvbOcWyjKkT03Jj5rSKl8Yf0wcS+nG05ly2PhwfJplokpYv2pDWRorvpljB1bPboTN&#10;tZ10/6gf+R26U6DGWFpN2cOJwPjElihtFKFRAhNrCyzSzY6hrqgwV8otBbPSjP9uIL0K+fLdsHEU&#10;r9SdPI79ceq1gh9cg4k1zCCTMs7SNAye2RaSM6FKm7pUMYsnzrIC3VoanyIzMC/H5MX9+aRIAD+O&#10;n0LFmgNw7LaCDaH2fLFkJIOeXKJKYxnTnaeOsPBYhMaCbOYZrUPpdVMJhfHvlxZ2bYvxL0lKTk9E&#10;wG08rwURqcmBvWNpSuV8Qxu+PoTNoycw/FottmzrT+MML3m/+nzGPPTF49IDIi3yU7lKcQolj3wi&#10;H3Hm7G0eqvJT1ak4BdM9iqcWR+DVG5y9G4OlTQmql1MCDeOQRDH4nb/GxccmlKhSjrJZvHM2IuAG&#10;7ldCURcpRa1yudIOKvTK2bHnNa6Gm1PCsRwOye4EjQq8g+eVh4TqzchruIG3dB6sU8xaT7jfDVxv&#10;RGBRrDQ1S+fI8J6fVyLTMtYRfMcHL59Q4qyVdeRoR+HkT6JpI/C5cJNrj+LJVrQETuXyPPM0Xmp6&#10;ZZ5nz/tyL0pNvlKlcSr+4jdd60MDcPX2J9SiIE5OtuR/kQKLDuLC+dv4hgksc+enXPmiFLYyrBg9&#10;gX9+T62pvnRcNZdv62S2ZOmJ5d4VH877R6K3zI5tKTvKFbRIdrKQSRknyGwaL0mvbBOXbnApMAZN&#10;nqI4ORZK9wb7zOgfHqdP2xVc/GgSR2Y4JrQUSy8mh31X418vRgYw0nst7sIWmvQ6hcuyOXxXL2t3&#10;D0nSByHuJnO7zmJb1XEcmlmF3MZkKSNavJZO5aM99qzb0p+mMnp5KS8bwLyyAFeS3j56bl+LoPKo&#10;IUyXwYskpaDz8yW4QheWj5XBS5bpArkUUoIpX38ig5e3gGyBkSRJkiTpjZMtMJIkSZIkfXBkACNJ&#10;kiRJ0jtHBjCSJEmSJL1zZAAjSZIkSdI7RwYwkiRJkiS9c2QAI0mSJEnSO0cGMJIkSU/oCPLz42aQ&#10;7KhPkt52MoCR/gdiuOXpzXGfCN7WrtAi/K5ywPUuwbKvtg+K/sEh+reeQI1R+40p757XX3ff/u1X&#10;+jDIAEZ68+JusHzCfLotOavsCt9G8ZxZs4xuQ7ZwKNaYJH0Q1DlL075rIz5rW86Y8q55A3X3rd9+&#10;pQ+FDGDeQvrIIK5c8OHi3YiELvBT04Y94rIy/NzNECIzOwWKDlamdZtbITpjgoGWIN/bCb/PaAcU&#10;FxzIhUu+3I1IZybaKPxu3OTMhbvci8ooIzHcu3aTi4FP55bw+udM3gEd9eAuXpcDSdGaHxfOzSu3&#10;uf7I2M3xM+J5dOc2noY8ZVI4sY8DOHfpLvejjQnJGfP2Mq+p1oY/Usr+Bl4+QemsJz0Rgcoynvfl&#10;Tmjy9ZMks+HKMgTd5/z5m1xRyjbtpdUR4u+L53k//MJSTyOjYYmyXteeXcevUubLGZ9Qp89eCyK9&#10;6pol5iXpO20IC7qVMiaklOk2YfRidTcry5kknoc3leX1CSbKmPLEK6i7mW1HCdNOdwaZ11tJehVk&#10;VwJvE10wB5avYMKac9yOMqwWDXnK12H2d0PoVUoDETf55evVzN3tw8N4ww9UWBetyMDJg5neNL+x&#10;Z18t/y2aweCrdfmh00O+mrUf18fKTsSiIO2nfM6PTcNZNmUF3x19QLQy/QLVP+bn/+tMfUOPxXFX&#10;+KrHcq52GEZn381M3nCZe8q+VmVdmPbjx/BDTzusE2bhz5a5P/PNrivcDE/cQaks89N0yHB+GlSe&#10;3IawOGFa/8eFNgNo7f0zn+97QFyuugTMMaX2DFfuh0YRo7YkTzYTVOYOfLltDL1yXkv8Tdth9ArY&#10;xLj1V3moHAAsbWvwzQ8jaBP8F8Mn72D/XSVTJjmpM3gU60dUJI8xDA85u4/x07ey82pkQuCnsipI&#10;s4GDWDGkIvmS50mZ/qeBW5nw2yXuKeWoyVWS/rPHM695PjTRboxo+xO7HkYQGqsmRy5LTFVm1J0w&#10;l9865UqYT2a0PieY9OUWtpwJJDThAKbCqmgVxs8fwTjnbAlnDboH3syf8jP/d+IBkYZVbZIdxzY9&#10;Wf11I8oqKzKz4YRdZ+Wsn5i3/w7BCQtrTon67Vk6rwP1jQWif3SObyasYMl/QSScjJvmpvmkaWzq&#10;VRRVBsMSOunNSl1LZx0HLs5Bw4lncZo6i6Utczw9SwpxZWSPtVxpNZYDI8sYEzORheXU+bsxZfxq&#10;fvYKVQ67anKVq8eXo4qyZ+5pHBd8xXQnJbdx55jUaSVuTUbz95iyT3rajj2+hvpTr9Pme2W8aobx&#10;rjCn5zL+dhrCiUmVjMuYhW0iWd16kbqbleWM89hIi4m+dJ3XiIClv7DSLZg4ZXlzV2zG0v/rS7tc&#10;Hi9ddw0y2o6sDq1Mf/vNr8683kpSMrIrgfeGnmvrl9F/xTVytO7PH1vncWBlX7rl9mG/l3KOpX/E&#10;xknzGb87Apeho9mzbS5/L+tBS7NrLJmwmO8uGXY1BoKIoCDuev5Jv6+u4DBqEofWD2dAyRB2zV9K&#10;u/5L2GLVnDWbvmL98HLoPHYyac0tY0tPNA8DH3Fs6UJGH8vJ4O++5NCvg+lTPIQ/v1nOd+eM8wi/&#10;zUmfXHSZNoVTyg7t8t7pfFVTy6Fla1l5LemMyzCtINzX/Mhs3yosWTebHfNbYF6xAVNGN8Ulhwqz&#10;cnWYMq47M8Y0o3ZOQ1U0/OYxrj8tYYJHMab8OIe985tj/8iNaePn0HHcCax7jubAxvFMdNZzatVa&#10;ll9MnJ/+3jFGDlvHv3lasengWh56LmNbv3yc+b+ljN8TYjybNU5/9VLGnMrPmGWzObiqF62s77B6&#10;9mb+DldGMStJj9Fd6VvVGrVpcTqPUvI3thv9qme9M8iwy5e4mr8u81cv5NzxFbj/2pP6cd588/U+&#10;ElaTzp8fP1/CQk8rOs2azKEds9k8tR55z3nhZshDZsOVurBp6kKmns7O4BVL8T+/lrM/taXouW30&#10;//IUgQkLqwSyK1ez6LINU7au5vHFNXit7kazQoajSEbDFFmua+ms4/KlsY8LYOd2dx48OXnX8+jo&#10;cf68radspWLGtExkZTl1Afw05QdWXc1Jt1lTOaTUjS/K3mT6uK38GxDEgwjj+Zkuiof3ggl4FJ2i&#10;4UAXHoL/Q2W88KTUaALvB+H3MPLJ9yxtEy9Rd7O2PpUtOzKMe/eu8v241Ry1ac+6TbPZMtGJ7Ff+&#10;4fPvzxD6CupuZtuRaUbbb2b1VpJeMRnAvC3irvGrcnYXWb41K2Y1o6ljCVwaNWfemkWs65wd7cWD&#10;LD0SRqlew1g9vDZ1K5WiVvN2rFz4ERXib7J20yXjhBKJ6Gx8vGAqiz5xxLl6fWYNciJXlB/+JT9l&#10;+7dtaVW1LG2HdKGrreCa17VkBxpBVI7qLP91NGObl8O5VmMWzmyGvf4uO/fcSBwldx2WrB3FlI8r&#10;UqFoboqUqsiQ/jWxE3c5dyV587ie4MhCjFvYl+4u9jRqaI+mcHm6dqxMGSsVJoUd6NG1CX06VKJk&#10;0imxMv/InDX58ef+9KtThjof92BsQ2sirz/CfvIUVvdzxqWaCxNG1qOE8MdVOetW9pxc3LqHvRHl&#10;mDCnE82KWWBmXYCmQ3vxWekI9v/pwcNkyxeZowY/rRnCkEb2VG/Ymm8+LYvJ46scv6ocjDT5qN22&#10;IU1KWKAyUf7u0IS+XRvQ0Dbrp4952gxi93dd6V7LluIF8mBfqxWjWhZA+NzmfIyyqr0P8ZN7LI6f&#10;DWPxJ1VwdrCnZY8+7Nw3jt65Mx+uvXaY5YejqTVkMBPrFySbmQV29Toyu1tRgo4eY+9jw8LG4HPn&#10;MRQsTQOH7JiYWFGyZiMGNS2EJsNhyvSfq649u47JXY0uDXIS6X6av5KOvvpw9v9zgYiCznSqZZGY&#10;lomsLKf22gnWe8RRttdgFnVX6no1Z4bPm8bqdnmVWvGqZGGbSPAidTer69NIxJCr+Qj+nNuKllXt&#10;adG3D0OraZRA4xIXdS9bdzPfjoIKpr/9ZlZvJelVkwHMW0L/4AZe/lDcpRL2z+xv9NzzvMp1kZ/G&#10;jUtjZUw1MLOvTD0bFYGXfIwpiVSWxanjlHi5wsDSpgCFNGrsq1fEJuEagULZydkWUCEiIgl5so9U&#10;kc2xKs0KPq0aZuXL4pxL4HfjrjElkS4sEI+Tbmz78182uz8iXghiYxKuNzyRo24z+hguf2WZCuty&#10;5alpuKSVwAxbJUjSaGyoXTNP4uUNhUnhfBRWRgkPi0g4OLp63UWfw4yg//5l/R9HEj9/+vBI+UGc&#10;XwC3kk6UjdOvlXCdy0BNgWL5yEEUIaHJDhQvTU+I3w0OHzjJ5h3HORmgQ+jjiY5T1uXZm/hSgDq1&#10;bYyX/ZLLfPhjz2tc0VtjGXKBDUnL+scxPIOUhY1/wHVfw3JY4uxcErNr+xjy+U7+uh6R7ICe0bDn&#10;r2vPrmNLGrd3xib2MjsPPFKmqEw1yJNdp+Mo3qw2tc0Tx8pY1pYz7MJNrutzUqtmcZ5MVp2LerWK&#10;K7l4VbK6TbxA3c3y+jRSWVDJpdzTS0/qnNgVUdZSeAQhyZuWXsRzbUepZVZvJenVe7pFSv9T+pAI&#10;QoWKXDmzPdnRPSV4FBSBUGUjf95Uq0yTnbw5lCAk6plb+VJSqZTda2pKWsLkhPJfBpT55syuzCPG&#10;eIOmPoQjy+ZStf5omg//kZnL/mDRlstPmrqfUqavUaWxPM8nMY+pqFWJldeQcRHO4zCBPvg6v/+4&#10;g+9WJn12cywyP+XKFSZvRplQAju1MiH9K4pfEu49GTCK8s2m03P673zzww7WeiRdxhIEhUYq69KK&#10;3E8OdMllNhyCgiOVvIbjvn1nsmXdwf+djsa2dHFKJQRnGhz6j+W3EZUQxzfTs90Iqg/exL67hlAl&#10;o2HPW9fSXsdW1evRtpgOt79duaXT8/CwKydiC9G2tf3TQCMTmS8nStAZhVZtTZ4caZfVa5N6m0hH&#10;pnVXkbX1mT6NUv4oJw8vXX1fajvKvN5K0qsma9pbQmVppuzYBZFRMUn7tWSUMztLU2UfEU1oWKrd&#10;lC6SkAiBKmd2Y8JrICIJDRdosiXcrkjkic0MX3GZnJ0n4OW6mosHl+K+onkaLUdviMqcbBbKjtym&#10;Pqv3LMXrQLLPP0s4taQZZV42isqyGA59v5KF7tb0/mEJt07/gPeBxWzskXRWqsLKwrAuY4lMuMsx&#10;tcyGK8GBlbkSNOSn+7eLUi7rgSV47RpL/5LGzdokD81GTOD04YVsGFMZjdtO+k/ax3VDnJLusFdU&#10;18zK0LVlUXTnTrPzVhB7/7lETOkadK6Q9UqSleW0tDBBpY8hLLPH8ZQiUWJ45Tj/0of5RKm2iZeR&#10;5fX5ur3UdpR5vZWkV00GMG8JTZFi2OcQ3D57jYQT4SRxoTwIAduyxcgjAjnlej/FtX3trfOcuAvF&#10;He2NKS9LEHXzFueS7mFUxF64hGuImhJlbZVveu5evEOgqhjtu1ejuPF0Wh+nJT7L+y3ljF05mGjj&#10;40l5wekFqXNToUwuxL3beD3bDPRC1MpZMlotymKlpI0hJDLddnTlIP8I7yshqMrUpH+DAiTe7SGI&#10;i9caA1M1xcrYkEtZlx5ej1Osy7jHIQTpMx9eqGxRCopHnLsQlGJ4etQ5itJ68AgWtMtDzOUbnE92&#10;m9Kzw9SvqK5pcGxbi8rc4s8Ne9jhocWxRW2Sxy/aqEgikt8ylUJWllNNnpKFKUgQXmcfPh1HH6GU&#10;3V1SPB2vsiKblSD0QTBP4jJ9GCfd7qQcL02ZbRMv4/nXZ2ZeuO5meTtKa/vNrN4av0jSKyQDmLeF&#10;ZSW6typAvPufjF3lzfXH4fidO8H0AZMZ8GcQZrUb8UkJ8Fy9gil/+eAXHM4d73/5YvJfnLNwYFC3&#10;VxXAKDucS7voNXwzu68GE3jtNDPmHsLHrCRd29gpQ9XkL5wHa/19jv/rh+EqfsTN/5j65cHEM/us&#10;0OSmYF4V8RfPsvdWKL6X7uCX7oEsK0yp3bEBFcVlFk3dxl6fxMc/40IC+G/PHlb9G/SczesaChXI&#10;iUp7k0OHAnjof4sLAYYpxrJr0jDsas/jp/R28JpcFCtojv7ORf65bri8EMP1vb8xflPAk526Ve36&#10;dLDRcfKnn/jumDL94Ed47F5Px07L2Hxfn+lwc+eG9CgLp35cyfxD/oQkLGwENzxOsXy9JwGGrCl5&#10;XzF9LT+fDiRcpyfq7jn2eYWhLlaE0qoMhikn0RavqK5pStShUxU1Zzf9zQldaT5uZfP0UlO0K0Mb&#10;9qf0oP2J+U1DVpbTvGotWtkIPH/7lSX/BfLg3g02zZ1Hn9/9jU/WGZnY4lLBkpjT+5izz4/AwFts&#10;mTufIXtCMVcOxpnJeJt4OVlan1n2EnU3q9tROttvZvVWkl41GcC8NSyoP3oYU+toOLHkG5xrD6Bi&#10;lx/YEO1E38Z5UJuXY/Li/nxSJIAfx0+hYs0BOHZbwYZQe75YMpJByZqZzcxMlPENl6SSMTXBXK18&#10;zDXJVroGcyVdY2aG6ZOduIqc9VvRQ3+Yvu2GYN92Matu5aHrjKEMt088/ORp0ZGJdcw4OX8SpZ0/&#10;o3TnzQS2+ZhOBUyV6SdNXfnbTKV8V46IqWkK0ekTJwoGnWJIy0FU6vYb+xLee278jaEpOhkzU1M0&#10;ysdCk6y6akwxM1FjpiyPgZljB1bPboTNtZ10/6gf+R26U6DGWFpN2cOJwHhj60fa01eZKenqxGGJ&#10;1JT8qCmt8oXxx8SxlG48nSmHw5R0HWHhsQiNBdmeLGdq2Wg3tDONLS4xreNAbJ0H0mhJCF0G1aaw&#10;UhYWhuxaVWDqvK401lzi64HK9GsOp8mkf4lq1JSWhhtFMxtuVprx3w2kVyFfvhs2juKVupPHsT9O&#10;vVbwg2swsYaFVVlhHerGlD6jKFaxB0WaLOCX4LJ8PvUjKppmMMzQQpLlupbBOjbQ5KdDu4rkVIIk&#10;06o1+dg2WZlpowiNEphYW2CRXlFmZTktHZjyVXuq687zZd9RlGk4jfEnCzBxaDVSXOhS56LT6E9o&#10;mfcev46bgH39yUxwK8bsb1pRVtkGLJ48BZfWMmW+TbxM3c3SciaMZ4KZUk+f5tVApWzvpqiVT2L1&#10;fZm6q8wiK9tRettvZvVWkl4x+SK7t04cgVdvcPZuDJY2JaheLrfxMoSRPga/Sze4FBiDJk9RnBwL&#10;kTtpH/qy4rwYqRzMdrmM5urCytw7e4UrYRaUdLSn7DMzUfJx7hoXHquVg2A5KuZ/3htg9ATfuoa7&#10;cpZnaVuaWvY5X82TC9FBXDh/G98wgWXu/JQrX5TCVi+289SHBuDq7U+oRUGcnGzJG3ycPm1XcPGj&#10;SRyZ4UhO43hpinzEmbO3eajKT1Wn4hRMcdAxig3h4tmb3Ikyx9ahDBULpBops+HKWfW9Kz6c949E&#10;b5kd21J2lCtokSxA1RF8xwcvn1DirPNT2dGOwk8ezclomNErqGtRp1bjMuAYpacuYnvPfMa86Qn8&#10;83tqTfWl46q5fFsn+bNOaclsOZUphgdyxtuPx6YFcHK2xfqfxdiPv0qHlctY1iBZUBH1CE/vOzw0&#10;LUj1akXJk9nyPNc28bIyX86seqm6a5DpdpTB9ptpvZWkRC/7IjsZwEhPJd9Zf1czZeD0wdPitXQq&#10;H+2xZ92W/jTN9AggGV7utnfSWHrut+XbvyfRP+ksPO4mc7vOYlvVcRyaWYXX8YqQqL3pBDDP673Y&#10;JmTdld5O8k28kvQm6AK5FFKCKV9/Ig8AWRXiyZYjIVg516B1/qe7Gp2fL8EVurB87OsJXqRUZN2V&#10;3lOaWQrj3y8t9vFF41/Su0lFfJSgaLVq1LdP1oeNpIT6OXBs4EyNIrI5PKt0j+5zPTovrXs0pa5S&#10;bk/uMMpjR/MmZSmW1RfCvAAVWiLVBajTqAJlc2bhLt10vQfbhKy70lvKPG8F418vRl5CkiRJkiTp&#10;jZOXkCRJkiRJ+uDIAEaSJEmSpHeODGAkSZIkSXrnyABGkiRJkqR3jgxgJEn6H9ATF6dNfDW9JEmv&#10;nD4unrj3fAOTAYz0Gmg5vXIBbcbu41xShzTaCG5fv8+jl+rz6O2nvbyXzz79lsXeKXrikZ7Q47t/&#10;Dc3r9aFApV4UbbWWo+95nXgXJNXb79/6epvGvkVKQed/mi+6D6GIYy8KOo1l8qlX0mXuW0kGMG8F&#10;HZ6rZlO10TCqdN3I8RQ79Aj2fDWZqo1HULXzGvaGGpMT6Dj38zycGw/HadxRAvTxnFg0jcoNhlG+&#10;/lDKK/+v0GQMtbp+w5Dvj+EV8qbCcR0BVy5x0sOXxH7j9NzfsoQabcbz6YaHCWNkJsLvKgdc75LQ&#10;RdI7RPfAj/88LnHxFfWK/a6WQ7qivJg/Zz/n8zdm1epJLB9YiSJvdC8Uwy1Pb477RLz9rT+Rgbge&#10;u8jV0Nef06R6e+EV1dvXJ/W+5X/tbatPMRxY/is/Xc7Fp/Mns3Vuexq9x/1QyQDmraCikDX4Bzzm&#10;1sUzHLmarFvn6Cv89fctbvo/5OaF/9jlEWscoNA95MjBc1z3f0yYWTZyqeO4efkWt+8/JiAompjY&#10;OMIfPeDSWW82rlhOmwF/4PE/OdtVk8uxJn06N6WLUw5jWkbiObNmGd2GbOFQssX98Lx/5aD19eFc&#10;kJrKbVrTuV4VOnSshv0r6QQri+JusHzCfLotOavs6t9usef+YsCQ+Xx94v09g37nvW31SRuI56Uw&#10;1A51GNamCk1bNaR5qVfdZ9fbQwYwbwU1BWs64GDYkWvv4X429Ek0H3flCu4hxncNinDc3G/zJAaJ&#10;vI5bQrBjgUutciTvEs+sRk/cT6/G98wK9g0pnTAs4tJxtryuJuK4MHwu3+TSveg0z0QsKjZhwdef&#10;8VmllK9f1YY95OJ5Hy4HJHbd/0TSIif+7xna8EdcuXADL58gIjM89Ynn4c3bnPUJJsqY8gx9DPdu&#10;3MTz6gOC0yie2KD7nD9/kyuBMc95lhXPo1u38br2iPBkMWlKyjh3buN54S730lqQTMrhxWQyT6Os&#10;L3cWythIHxVLpFBhnc2K9HarkYG+eF0NIiLFTHWEBPjhdf421x++XH4SyvJ5CzQ6WKlvt7kVknxF&#10;agnyvc25myHpH7y0kfhdV+rW5QACo9LKtbJc/r54nvfDLyztSpLVV41mfZt4ToZt+4oPXjdSr5P0&#10;vdLtM5N9S7oy2a6zuh28ivqUdp3O6vxTyahOKcscGS1QW1uR8/2NW56QAcxbQmNbgdpFDatDx3nP&#10;a8YNRY+/8vdtw34t4W3oeu54XuaOcT8Xe+Eq3tHKH2Ylqe+STo++Jjlxrl+WwobKLLTExT/vnjsz&#10;enz/+ZWmDYdQ7ePJ1Go8jNoTDnM1VYtB3JnNNG70BVOTrsfqQzi8ZDaV6oygducp1Gw0iAqD9nM1&#10;wo0RTYfRe/tjdNFnGNdoACVrDePTP0ISfqb1OcGET0dRsuZwanSaSsOPhlG62Ty+9XjahBvnsZFG&#10;Teazwt2N6b1H4tBqIvWV8Rw6/cKue8k3eD33j22hU7NBlG89mUbtRlK67kSG/HE3MZgKu87KcV9Q&#10;tt5o6naeTI0Gg6g26A+OBWW+s9EGujOl50jKt5xIw7YjKNd6MT9fSVkoIWf30b/dYMo2n0ijTuMp&#10;X3cMXX64wCPD5KPTLwed7990bTicTmvuKrXFSCnPzRNGUe7jdfybbDba67vp0HAEA3dHJHzPcJ5J&#10;srDcWS/jJHH8M2sM5Qf/o9RnLcfmj1GWZwhtVvkqZa3lv0VTcBy8h4NbFlO76ec0bP85Yw8lhurh&#10;Fw4wrPNQyjSaQMPOE5X6PIiqn/3OHv+nB/ys5CfqwEqqNPiO3+/riTryExVrDqBUg0Wsf5hWfpPy&#10;tJcT/6yleRNDfZuo/H4sn272I+bxJRYOHotDs4nUazWMSr22cCzFJdpovDatoJGS14ptlLr18VjK&#10;1RnNx9+642s8mOofnePrviOwb/w5jTpPoGLt4XRZb1insfw1dRQOI4/ir4vj75nDlfo+EIdRR9K8&#10;bJLpNhFymhEth+A87mjivsRAH8S2Scr677yR/9JtlY3E47cl1KmrbNvtp9Cw9TDsm89jwemwJ9ta&#10;aq96+8zKvuVZmWzXisy2g5evTxnX6Sxth8/IuE7F/Luaag3m87Ofnrj/1lFNqTNlP93JxTSDt/eD&#10;DGDeFmYlaOCUU4lTBGFKYHI+oZ5HcdrTV4nTTalRvyK5lCBGe+0K/yXsKHX4eN5A2XYwsa9AgwIp&#10;V6WICef2zQDlLMiTFatPc0vZcVmUqUOXqmn1zKsnYPsSnJuMoFLjZz+Ozb7i2/NPDxbJ6W7tZ/jk&#10;v7mUrx6LfpnDP//XGcerm1lwxBBZPSUiQggIfERgeGIAFXdmB+N+vE3ZUV9z6+IGfA9MZlr9PJgq&#10;wViP0V3pW9UatWlxOo/qzoyx3ehXPVvC78IuX+Jq/rrMX72Qc8dX4P5rT+rHefPN1/u4ZNxQRWQY&#10;9+5d5ftxqzlq0551m2azZaIT2a/8w+ffnyHpNiKdz98MHLcd1+x1WLT6a45t+oL57bJz5uh1wvSP&#10;2DR1IVNPZ2fwiqX4n1/L2Z/aUvTcNvp/eSrj6+8iir8WrOZwodas2fA1u+Y0ptQDVyZN3MkZ48FC&#10;f+8YI4cpwUaeVmw6uJaHnsvY1i8fZ/5vKeP3hKDPoBw0hewobR7Ev/94Pj0gRV5i378PuHfVjT3e&#10;SZcc9Nw+6sbxhzmwL2+V+TwTfpK15c5qGT9lgmO7LkzrUZ58ag32LTolLM/whvmVIYKIoCD8z+5h&#10;1PeBNJ09kwO/DGdgRRP0Af8ydMjPbA2xZ8KimRzZ9iXrxjth5rWbAaN3ctZYnlnJj3nFBkwZ3RSX&#10;HCrMytVhyjilTMc0o3bOtHaDiXm66/kn/b66ogQPkzi0fjgDSoawa/5S2vVfwhar5qzZ9BXrh5dD&#10;57GTSWtuGQ+Qevx2/kC3L08QXLUjv6yby5HfxzGroSmuq5fRd9UtJZxTDnArV7Posg1Ttq7m8cU1&#10;eK3uRrNChmZYU6p06MrUbvbkVJsoB6uuzBj3CdM+KU/uNLKa6TaRy4l+rXNzd99GZu0NVnKn5+GB&#10;DczYHYpj1ya4pNlFkp67O1fRff5F8vb+Am/P3/E/OImRRW4wb/zPbEsz6HvF22cW9y2pZbhdK8Oz&#10;sh28fH3KoE5nZTt8RuZ1ivL1mDKmOXXyqDApWYOJSp2Z3rcatm/yEu0bJgOYt4Y5LjXKYLhDROd/&#10;A1dDZBJ7nVPnYpR9f1Ea9nXByXD1JcaHk57KXlsfgdtZf2U3qMbOpSIlUzUXxntspkmrscpZ0Hxm&#10;HH6MyGZH7+HNcE6zoUZNDvtqfPJxfbqn9WlfC5dCaXWIp+Pi7iOcirFh0JwB9K9ThhpNWrNyzSg+&#10;LZ5x+2Xk7UD8yYNTrRLkMdGQ07YivXtVp6RZPmq3bUiTEhaoTJS/OzShb9cGNDRuhXnaDGL3d13p&#10;XsuW4gXyYF+rFaNaFkD43OZ88nZ8EUOu5iP4c24rWla1p0XfPgytplF2Fpe4mHDQ0+K+9R9ORtsx&#10;fN4A+tUrTeWqTgyYMg33ZY3Ice0wyw9HU2vIYCbWL0g2Mwvs6nVkdreiBB09xt7Hae9mEqkp1m4o&#10;Oxe2pY1TaRp06cd33Yugu/4ff5w37MWVctu6h70R5ZgwpxPNillgZl2ApkN78VnpCPb/6cFDVQbl&#10;YFaKlnXyor94loMPEvMR43mO09GW5LJ8zJFjxsuMyln2oRO3EGWq0NJOZD5PZVLa51nuTMs4OTWF&#10;qtWhZ/2iZFOpKFSlnrI8jWhV1tI4XMluSDQlB41k/scOuNSuhkthgffm3ewLKszAeSOZ2NqBapXK&#10;0W7AcH7sY0vcxUOscU92f0gm+dEULk/XjpUpY6Xs4As70EM5ePfpUEmpc8bfp0FEZ+PjBVNZ9Ikj&#10;ztXrM2uQE7mi/PAv+Snbv21Lq6plaTukC11tBde8rpGwOrS3+PXnMzyya8GKbzvRyaUU1ZxrMHr+&#10;CIbZa/HacpATcTH43HkMBZX64ZAdExMrStZsxKCmhdAoZVXUuS496xZRykr5u3oDpaya0KN2IdLK&#10;aubbhCnVBvTl/9s7D7goju+Bf++AoyugYEPsiIgIYu/YS2KJLZYkxha7scUW0zRGYzSW2BITS2Ji&#10;iyX+1KgxxhoLgggIIgiCoiDSi1Lu/ntwIOABB5L8Nc43nzPH7t7OvDfvvXkzO7s7vl4Sv329k6Nh&#10;11i8/ALJzQfy+QAb7ZfyMsLYvtWDRLf+rJ3kQi1TfcyquzD7gy44xHmy60/tszBl55+ljS1F+7WV&#10;Lr6XI1gZ2JM2m9a5/LzoYFMXLOozsL8L9U1lyCvZM0Sqz4hOdphrTvFfRCQwLxDlmzfERW38GeFc&#10;8UwhLTAAjxgVcuu6tHZpSKt6kuOqkrjiIXVQT4K4fEMK3vLytG5Z65nAJreuRfcuzejdoSGNbRTS&#10;z0L5bvpC3t4VIbnws5g5tWPWlMHMn/rsZ97krrS31mYqqVzziUBZwYH2Dk9nduQVG9KhQRG9goR5&#10;YwdcDMLZOGctK0+EE6t9gqcQlMSFB/HnifPs2n+W8xGZqJTppObtNGVGNGrugFVOtSU91awqZW+J&#10;SWQtKZI6dw+fKLB1xL1g9ied/5FnIAFKU4zjfPn511P8lPU5g2eMdGx6FLfCtEUZDVLZbh1cqJyr&#10;Mn0aSYmMlfIhN4NSpNMncsnrLspyCmL+Pq05t/Q5GEy0dPq08AhCNKNV7RjQtEMjKqXf4o+z6o4k&#10;g2t/BxBTvwsTWxly+8I1AqXfK2Ovc9JHSb12TWgg16XMEspdnI5LipkzowZXk7SlQRnLJc8IVFWd&#10;6eWcd+2UPg3bNcROFsd1dRvmUNb1kZAZ16CNm1luoDSuZkNlPTn2zZyolmM2UoJpZyOTfCwZ9eSo&#10;MuomF0NU2LVpitvT/ExKPO3o3NIaWXQInuGGNG1aG0XgUcbPPsD/biVp9UvdKcYnjOszc35Xakee&#10;5f3hG/kpxp4Z0t91c2QogDI2kMtBSsobJXJ6f44dnGKnT4Kk/QxCQh5I/xZGGfhnaWNLkX4tURLf&#10;Kwt7esamS+f7utlUETHpP0pO0wheAOQ2DWljr3a6x3h5BREudSZBkjGbOzfA1aQy7ZqqR0vZ62CC&#10;AgPxlLxIZlafDk2edWj9+p1Zv24WP3/7EWeOLmR6A+m8mXGc2Hyci3kDSQ7JMdwMkEZJWj6+gVHa&#10;E4zMJGKTlMjLqe+A0mzTEX3719m2ZiAdVd4snjwb517LWPRnVBFBMRv1uoEvxkylQdeFDF+4gy/W&#10;72ebR2HTrvnR05NJCaAq+1ilVPdEKUaZm2GpJc7FxCajlILNlX0HWLFxf+7nm4up2NWtQR1tc/lF&#10;IC9nSjm5ipRkaRiqSuRRglSP2Fvs+PbpuVdsPMSZZGscHKpQQUud8mLSzI0OVmlcOuNDfEYEpy5H&#10;SyN1N4Z3sEdxy5sT4Zkk/O3NpSc2dOpYE30dy3xeufPpuITIZHrS7zV/qFEmEB0vbbcoj3UBfehZ&#10;mmMhU5GUVOjSzyyepz5akcmyl6PlQ9qWpRaV9J9U7ZgEYlUyLCuUKzC7IaeCpSkyaWSfmCTDcfR0&#10;tk9uhOrsLob3mUyz93Zy9G7J0xhdfcK8WU/eaSwjKioe01buDFcPiApBFZcoddIqYrz/4us8drDi&#10;B18Sq9nSqEZB2bIpM/8sbWwpxq+f1/dKak/P2HQpy9fNpsrMyl8aStjtCP5R9KrQoZk6SVERed2X&#10;3ZfVlwL0cXarj7n6/83ssZL8J+OWP/87c4tgqbc3cnairanm94VhVouOrpZZjZ0ZHYM0ICqAkts/&#10;f03rvnNoq+XTpu9nLMk7VZ+DTIGRlDspU1JILLHv6FG1/UB2/O8b/l43hE5yP1bMXM/G20Wd6DEn&#10;V21k+RVT3lq/mpCL67l24mt+GZZnhKMrmrqrUiXH1zKaMjExRKZnzdCvVuJ1Yk2ez2q8fpvO6Nol&#10;cx1lolpHcszKSSM4mSFmRpIGqrVn8+G855Y+x1dzYXVXiuhbsjFxpHsLMxI9rvFXiA9ng8yyZuKq&#10;tHbGVRbKybMPOHvGn6TKzvRsJGlHxzLLWu7nQqqzsbqNkpOJL2CzmfHJJEgB3cLixZsglxkbYiT5&#10;cGJCSoFZFSVx8SmoZGZYqRNBfSu6Tp7FxT+X8/P7jdG7fIDRc49yq0Q5jK4+oSTmzH6+8zakfj1L&#10;kk4fYpVH3ms6+ZEZG2EsZWXV+03lUj47kD7Hl7NtaFUtCUzZ+2eJY0sxfl0mvvc8lLJ8nW3qFePV&#10;k/iFRkpSWtSnojpJCTzNDx6p0qYqtHDLTj5Mmjhmr2F5HMj3u4NJl0JIw+YN0Xp1Jw/KGH+OXFYv&#10;3pNOZ2dL/WfW8cqpOWQyf+xexB+7nv2c3DWX2U20LP6Vm2Nf0wIiQ/DIM32pjL/FpVvapnm0IDel&#10;fpf+fLuwHVWfhHI1IDtRksvVSsggTUrScsmM5lpAHLJ6LRndwUZyaDUq0tIzska+JULqpB1rm6IK&#10;D+JKvjsfMngYnYJNfVsqqaK57htT8ql91RMCfUPJvu9HTQY+Hrd4pFcZJ3tjSThLGtazQHU/FK9i&#10;nsalVQ9ZmNChYwPME/zY950X3op6tHM1lHLgxnS0V+L55wH2XkyiUpumNJMCum5lyqn8PHKXNVIb&#10;OdUzk9rInzP5LtllcuuCH3ewwc2lomabrshQD6Iz0tMl//ln0LO1w8FCRegVP27nVWLWTJn68kYd&#10;mj+9voi8nC2935vMl32seOwfpFnAr94hl1pE/cqFIlpCV59IuM7ipWeIafIG2797i76Wd/luyW9c&#10;LeSOHrmNHQ0qqrh3I1jLgKcQytI/SxtbivTrJJQl8D3dKKE9lbL8ktrUq4JIYF4wTJo4kXXDTUYC&#10;UXEq5Fb1aJmTkpdzpK2D9F2VyoOox6ik5KZ9q0paRkKQ7n2Qfm/MpUO/mTh1XcqmIMnq9a0ZOL4L&#10;TlqGQ/JylXBtbE8zl2c/TZ1tsVF3gs9gQIsebtRQBbFRCoanw+O4e/0Mc8euYmuY5NWFkonXtm+Z&#10;+4svIUlKlKlRnDp5i2h5JerVUldOj8o25ZFl3ObkyQge3gvBN0LqwfUsqF7JEOUdP47fUo8eH3Pr&#10;yHZm7tS+rqdoDOnYryU1Mm7w9cf7OXE7npiIIHZ/uYSOs84Q3aQjw+rDhW83suzkPeLUCURaEkEe&#10;F1j3kycRRcYeJX5bvuLNlZfwjYwj4MTPzNkVgaJhGwY6qlvLgNZvdMBJ5c/KBXs5Epz9DJy0uAj+&#10;PnyYTadjspLNQvWgwaJNE1oZxfG/Q75kODnRTj0ZoVeFTq2r8OTSWX57WA53d3tNR6JbmYZNn0fu&#10;skZBxwHtqcdt1szbzh6faGJio7iyfwsTt4Ri0rw7o1xLOLbXs6RSBRnpft4cCYkn7MYdwnXMtXXG&#10;sBFv9a0Kvr8xcel5PCMSibkbyM+L17PO35C2w7vSXH6bDQu38f3FSBIzlaTcvc5RrwTk1atSVzNW&#10;0Le2kAYzGXifvULQo4d4B0Q/fQZUDjr5RCpnvtnO9vt2TJzdHYcqrfh4sgvG/v9j7tY7z55TjaIB&#10;w/vXQOVxkMnrPAjMekZNBjEhAfy65XeOa+t8y9Q/Sxtbivbre0pdfU9HSmxPpSxfF5vSGqP/24gE&#10;5kXD3InX21piqG4ZuQHV27vSLGf9ol4FOnWqj2VWzNajvENzeqoTmlz0sbFRX2yScpzEh/j4hUgj&#10;ovvEKqxp2qUnX239jHU9rcq00U1aDGb1OHuUf/9Cny7v0XDwZv6o8gbrx9TCSGHwdHGxQh+FJI9h&#10;1gYZ5U2S+N8Xi3BpOowKrlMYsiuBlhPeYUJ9tTxyavfqQs+KCfw6Zzp1Oy1k/p/qGyDN6DNhIJ2M&#10;bvDhG2OxazoW99VxDBrXmiqGBhjlqEJTlnoq+SkyFFJ95Oo6aeKfacshbJjmjP7l3QzsOY5a7guY&#10;sP8JPQa7UdWoLjNXjGVE5TBWTJxBjUZDsXIejduIDay/FMuTwoaUBvoYGNVj6sIOZOxdTZv279Fi&#10;8mH8K7Ri2ZLXaKjpbxXO/dm8yJ1qgQcY2msU1o5DsWkxnZ7zD3MuMl0zYi1MD9nILV14vZWpJJkh&#10;Tdo5kf3EcD2cO7hSRypHXsmV15tnpy9qdCpToaPcOuq4IHIDyQbk+tLv8luhQjqfXGrD/I85BKOm&#10;g9jyUTtsQ35nzMBJ1Go5hS7zThPrOoCty7s/nW7XtT56lRnwphuVYi4wvsc4Gg3ZztFC3tOQXSdF&#10;/jpJ7auuv6Gh+l6hHPQwlLbrKRQYZJWjoNWU91nRtyJBP62Rksgx1Oq8kIn7k2g+cTrfjagqjdpN&#10;MI2/zPx3plLdaRhVO3/JD7H1mb2gV+4AQ69GG0a5W/DwyHrcWk+m69KrPHqmqsX7REbgUT7ZFY39&#10;8LeY6qzOjuTUHDCCD1ro4/nDHvapHz6i0V+2f6rRx238FFYPsMJv03KaNRuOleMIavX4hEnbbnBf&#10;ayddtv6pc2wpQJF+LTWabn7w/PZUmE3r5vsF0cGm1Idl+Zamnlm/+28jU0lovj83CYG7Nd8ErxZK&#10;EsODuBSUhFH1urSsW06na94Z8Q/w8r1LVJoxdo51aSSN3vKijI/g0rV7xBtVws3NDuuckyZHc9U7&#10;lIcya1zdalCpsEimI48fhuFxI4pkI2sau9Sgcr5qPOF+QDA+95JRGptjV6cmDpWMdAoOyqRIrlwN&#10;J86kEk0aV8daWz1TY/D1CSUsQYWxpTUODWypYpL/7IXqobToUObzyP1PoJTa3NsnjPspcirWqYtb&#10;DbPsgF0qlMSGBHJFGv0a29WllX15ney15ChJigjFMzCGZL1y2DvXpU6+Z85kEnsnGK/geNJMJdtz&#10;rkmVvHeYqFEmEeQZyM1EQ2o5O+BY2ArTMvaJvKRE3sEz4CHxSgUV1At461phWpQhlGldShdb1BTt&#10;1xI6+YEulNKeSlV+cTb1clHOfrDmW+kQCYxAIBAIBIJ/nedNYF7e1E0gEAgEAsEri0hgBAKBQCAQ&#10;vHSIBEYgEAgEAsFLh0hgBAKBQCAQvHSIBEYgEAgEAsFLh0hgBAKBQCAQvHSIBEYgEAgEAsFLh0hg&#10;BIJ/m4w0npT82eqColBm8CRN+xN1BQLBfxORwAj+QTK5vm0Vr006yJWyft/My0qqL7N7jsJ9ze2s&#10;d6CUjn9frxn+R3j37a9YdS2n1i9S2yoJ27GEWu2/ZtdDkcQIBK8KIoER/IMoibwVwIXLd4gos+c9&#10;v8woiTr2O3siazOkX83neHz9v6/XzKhw/va4gW/uS/xepLaVY9urAx0zvPh2X2leHCgQCF5GRAIj&#10;EPxbZEbz6z5vUl1a0b+GcL2yRF7Bjf5tFFw7dJbcSSKBQPCfRkTRF5TkyDC8bsaQlG9GPJ3oO6F4&#10;+t7lfnIhU+UZKYQH3eaq+piUoqfTtZdRkEziI+7idf02NyMfS+PuskIHWZ4hg5hw6Tf+D4gp5rKF&#10;dtkyiYsIx8snlFsPy0iWtERCAkK4cT+12JG/MvIqh70yadS2MdXK0vOexBF4I4SbUU80G7SQlkBw&#10;QDBeQUW1d2naRIN0/iD/20XoQQc7ykgm7GYwnreiidOWhBQpgwkd29qjCPHkSICYgxEIXgVEAvPC&#10;kMHfK+fj/N5h/tj9Na27zKZj39lMP5ndU8d5H2V0n/eo320O7gNm0qDt+wxa74v6TfhZZNxj92ef&#10;4dpyDE6959FJfUzrqQzc6I/m7e4SRZeRn0wCD33Pa13HUNt9Jh0HzaN5h3G4jN3PhfjsE8Yc24hb&#10;u+mM3heV22kpI88zofcE3FcEUFh3WqwsWsi8e4k5b07Evov0m37TqNdyNLUlWWu3msx7R1KkI4qW&#10;LdH3BBMHTqCe+yw6DpxD0/bjcH13B4fv5dQ8nVNLZuE4aBeX8qoj7RofSPJ0+vom2Zuzy2k86RgX&#10;jm6jV+cJuPSdSyv38TSbdozr6qoUQvxlP65lVsTN1UbzJmUlt39aRkP3JawLfiq8MvosY7uOp91S&#10;Xx5rtqnbw/+Hz2nYeS274zSbpLqEHfmezu4TadZ/Ls07TqTjZ5e4m6//TsZj+2ratB1Pk77z6dhb&#10;0mG3pXx5MSFfElGaNskmk/snttNT0oNbv3lZemj+/gl8UjW7dbAjtR6izu+iT6f3aNRnPu6vTZLa&#10;aSnf5upEFxnkWLnUoz73OHcpOtceBQLBfxeRwLwwqEiKieGe92Gmroqky6KPOfHDJMY66aO8f4Yp&#10;E3/ktFVPdv6xjYeea9k7qiJXv1nDzMNx2UE8MZTzwRYM+nA+F05uxP/IQj5rmcHJtdvYGJgTzgsv&#10;41lS8L58j8qvj2Tfb2u5eWYlv812Iu3cHuZuD5e6TrBy78pAm2j2rdzBr1FSLZTxHFqxg92PajFy&#10;iD0F316vRidZCqKM4Zclm/juvgNfHvyeR15r+PGNiqQkmtDmrUGMcDaSDipCfxGnmTD+e/bE2TNr&#10;5cec2vspP850Q+F1iDHTDuCdlZkoiY9+xIMHcSSo/8whM5Wo+7FEPEqRSlCTXU74xd0MW3gNm7em&#10;cGzPQtYOqkLUsW2M3xikSXQKkoH/jTBS5JVxqJOjbzm2DapgGOnLwVNPk8DESx4cD4/F98SVpwtk&#10;MyM5dtyPB5bVcDbP3qRK8uDTJTexHz+TE7vmsNjdGJ9ftrD4VE4WpeTugU0MXeZHhbc+4JrnDu79&#10;MZcpVYNYOvN79moWvJaqTTSokq6w8JPrVHt3Wq4eIn/fyoRNOXoo3o5IC+Crjw9yvc4gTl78mUce&#10;q/l1mivVDNQ7dZNBjZ6tLfVMlQT4hRSaPAsEgv8OIoF5wVDGpVJ73BSW9XOkeesmNK+iwm/PYY4k&#10;OTBr8QC6VjdCYWpDlwkjeLduEscOepAVwy3bsHrbVOb3c6KhrSVV6zgxfnRLaqrucj0gf5f6bBna&#10;zMCcQYs+YvPUDnSob0PlStXo8NZr9LVVcdM/lKwBtqIO0xb0xDHuMotWXeX2mV18fPgx7SaPYISt&#10;tnNm6iZLQdID+evKY2r3fo0RDmbom1Six3udaCGL5qFRA1rnKUub/q7tOsTRmCqMXTqFOb0dadLI&#10;gT5jJvHtO3ak+Z1ky5V0za91R/XYlF5fLOSHcS1o6ezE2wtHMaq2ioBj57mqNYNJIzQ8BpWFFdVM&#10;NZskFI2a0Emqo/e5a9zPkj2NyxdukmxmiukDH074Z19LUUZd5+QNcGzfhLrZ0zdSj12FUasXsu5t&#10;N5q7NGHS/J601Ivn0uU72clDRhjbt3qQ6NaftZNcqGWqj1l1F2Z/0AWHOE92/amewShlm+Qgr8jg&#10;Lxbw7ajmefSg5MbRC3hmVUIHO0p9wO0HUNW5ES6WeuibV6b9wO70tpPaVScZNOhZUbWijKT7UTwQ&#10;UzACwX8ekcC8aJg5M2pwtad3qCgTueR1F2U5BTF/n+anX09lfw4GEy11ZGnhEYTkWS+QmRCJx/nL&#10;7D14ml1XoklXqXjyuEAHXbCMoshMJuT6dQ4dPsvPv/lzN0OF8kla7gjXpEl/vhhamYiD39FrwV9E&#10;u/Tjizerai6RFKCEsjxFjkwmVSXjaa+kSn1Cqkrqs/SkfZptWTyjv1gueUagqupML+e8c0L6NGzX&#10;EDtZHNd9ojTbdEdmUpfu7a2eOpCiJq0am6O8d4+AJM22vCiTiE1QIjM1xjxvhRX16N7KgjTva5yM&#10;kbritNuc8kjC6c3edDB+wF9n7pEhddGPznnjmVmVLh2r58omM65BGzfz3DrIK1aiujnExydnderK&#10;2EAuBykpb5TI6f0aXUufnT4J0jkyCAl5QEap2yQbtR66tbfMrwdntR7u4p9XD0XZkWldWjvpc+PH&#10;dYzddBn/3EtLOsqgORY9E8qZSspNTCZW3PUmEPznEQnMC4ZMpid1ypo/1KgSeZQgBfvYW+z4dj8r&#10;NuZ8DnEm2RoHhypUUB+vjOPU2iW4tp9Gt0nf8vHaX1m525/cu17z8EwZWlESdWEPA7pNwPXNr5i2&#10;fA/LN53k/MOCPYMxbd7uRDNZPPejDWk/qCMNCsuMdJWlIAYN6N3OnDu/7WLRoRt4eF5h9Re/c9XQ&#10;QdqeJ4mQeEY2ZQLR8dJ2i/JYFzi3nqU5FjIVSUlFLFzRGTkW5Uykf9NI1rZ4WlKbMkt1svwJF4a0&#10;dnei4uObnLiQQkaID+cjKtLGvQNdXaVO/dw1QjNS+evcTR7bOtPdoaiGkyPlc1I52eWr4hKJkxLY&#10;GO+/+DpX19LnB18Sq9nSqEY59ErbJoUi6aF8Xj3oYEf6dkxdPYO5rVScXL2C1p1mMPhrD+5ImYlO&#10;MmhOk6VbSbkqpVL6aDYJBIL/LCKBedGRGWJmJHW21dqz+fAavE7k+RxfzYXVXaknRfDkc7uYtMGf&#10;8gNn4XVpM35/rOHKhm7Y6zTNooWU6yyet4/z5u78cnwzt/+Syjv6AWNrF+jNpBH8iY3HuGJSjQY2&#10;jzm++SBSP6wdHWV5hvR7eN5MxaZyBkcWL6HrsNV8E16TGSsn8l7tYkxYKtNYIXVqycnEF7iskBmf&#10;TIJKhoWFelGJuvNTpxYqzVqXkqIkPiEFpdyY8uZa6qRnjJmJDFVKKomaTTmYNm9C+/KpXDjjw60L&#10;fgRYONDe0Qr31rWR+3vzxx0//rjyGNs2brhKsuiKzNgIY5mc6v2mcimvrrP0vZxtQ6uiV9o2KRRJ&#10;D4lqPRhR3kzSg452pF/JhbnrvuL6oVl82FbOuU1rmLA9AqUuMmjOgSqV5FRJbhNJ1yWqs0AgeBkR&#10;CcyLjtyShvUsUN0PxUvbdEoWSu763SFSVp2+Q5tQQ3OlRJmWQXrpemMy79/GN1qGY4+udLPV9JrK&#10;dNIy8p8w7vwu5h9IouX4Geyd04IKwceYtzkoz90zedBJlmfJuCV14qGmdJn+IVcvbSfabzu3//cB&#10;CzpW1H6pKi961jjVM0MV7s+ZsLxlZmYlC3ewwc2lovS3DHNTI1QJsUQk5hynJPqKHz5aVoSqUiO4&#10;diOPlGm3OeuViJ6dHQ3zrHF5ihHVKqmv78TxIPcOHQ3mjejW1Ji4S3/z9ZkQDBs3pLmxHNt2jXDM&#10;DOLot+c5E2+Be+d6WhdGF4bcxo4GFVXcuxFMRGFrQkrZJjk8q4dQLmTpoQaOZrrbUTZyLOo0Y+by&#10;kQyplI6Pzx3SdZEhh0z1YmslCpsKVBYJjEDwn0ckMC88BrR+owNOKn9WLtjLkeDkrGv+aXER/H34&#10;MJtOx0jdrBzrKlaYKh9w9nQ46qUHSbf/ZsGnf3CruKBfCHoVKlLFWEnwRS/8k6UNyRHsW/o9W0Ly&#10;dHJJvixd8if36vfisxG22PYcxtx2hlzfso11AepaFkQXWZ5Fv3o9WlRNYMf06bQc8BG9R37OG++t&#10;ZOKyI5wI17piNg8KOg5oTz1us2bedvb4RBMTG8WV/VuYuCUUk+bdGeWqnqbSw8m1FuZP/Ni46iL+&#10;D2PwPrSNwXMu8FCR/6JPFukhrJ6ynMUnwnjwMIwDy7exLdQA19fb4Kx11ksPx/pV0c+4T0BwQd2Y&#10;0Mm9ASYPL7PnYiYuLRtSXtqqV7MxHWtmcOa3SzywakSPkky/qFE0YHj/Gqg8DjJ5nQeBCWpjyCAm&#10;JIBft/zO8ayEpXRtkosyjG8mf8lnx+9w/+FdDq3cxtYQfVxea0NjSQ+62FGG7xGmLTnBmfBUMpVP&#10;uHP+KpdjZNSsVQWFTjJkkxkZQXC8nJr1bJFyJ4FA8B9HJDAvEAqFPnJDg2dG2Qrn/mxe5E61wAMM&#10;7TUKa8eh2LSYTs/5hzkXmZ51ycOq+xvMaaPg/LK51G36LnUH7iLytX4MsJHOZ/i0mQsr4xksWjBr&#10;kjPGHj/RvvW72LWez+LotkzvZYmRoULqjjO58eMvbL1fjbFz+uCm7lv1bHhrzhu0Mwhm7doLqO+s&#10;LlieLrI8g5EV9WxNMbKuRbsW9XGxr0o1s8dc/fVHhgzbxH7Nw0oKk82o6SC2fNQO25DfGTNwErVa&#10;TqHLvNPEug5g6/Lumkskcmx6D+FD93IE715Ny7YT6PipP44fTGB8HX3p3Fn39OYiM3dhfH8V29+f&#10;Tf22s3nnxwiq9BnF+nftni4gzoecyk3qU08WhZd3waRAToV2zWhfXkqUjOvSpZVFtmPq16R7h8oY&#10;qORU7dCctiZZB2eRLasiv6wyfQylZMtI2pedcunjNn4KqwdY4bdpOc2aDcfKcQS1enzCpG03uK/J&#10;/XRqE+mcCrmk2zw5lIGBPsYur/Nlv0y2T/8Ah7YzGbElnIq9RrJulEYPxdqRVO1yRsSe2MbrXd6l&#10;YsN3cB5/gkduA1j6jvocusmgJsknmABVeZq5PV3oLBAI/rvIVBKa789NQuBuzTfBP0JqDL4+oYQl&#10;qDC2tMahgS1VTPLmoI8Jvx6I7yM51Z0ccLJ+/jCeFBHElYB45FXr0MrBghLOARROsbLkoOT+rmU0&#10;/SyG93Yu4aNGTxOJ+MNf03jWDXp8s46NnYuvmTI5Gm+fMO6nyKlYpy5uNcy0XIKSdOgTiN8jfWq5&#10;OFDfomCd0jnx4RSGHHNky7nJdIoK4uKtJExr1KN5HfOiO860W3zU92M2247Ga1NnKmkT9x8iJfIO&#10;ngEPiVcqqKBe/FrXCtOC5evcJgVRkhh+i4uByZjY1aFZvfLP2EmxdpSRRLDvbQKj0zGzrYWbgxV5&#10;8rUsipbhCccWTGPYmcbsODaBHgV/LBAIXjjK2Q/WfCsdIoERvOBk4rtmPh02yZm17zPm1c9JYFK5&#10;vOITem2RMXPv58wr8u6csiRvAjOVvsVOZeUlE791H9Lxe3OWHZ3LqH8zg/mvk3yVST1WcL7rfC5+&#10;5IT60YYCgeDF5nkTGBFBBS84ejj07kQnqzt8OWwGncd8xTvTvqJvv+m8/sMjmowZwXv2L8uKTT0a&#10;DOpBNwN/fvntvpTOCMoGJVEnTnE4sS7vDHcUyYtA8IogZmAELwWZcWGcOHaVy7djSUjXo1ylajTr&#10;0IKuDsVctilzlNw+9isb/asyZnKbUtymriTS35dA/dq0qWcmRhBlROKdAK7EVaB1Y2uRwAgELwni&#10;EpJAIBAIBIKXDnEJSSAQCAQCwSuHSGAEAoFAIBC8dIgERiAQCAQCwUuHSGAEgmJQpqWTlv/Jc4IX&#10;jFe3jZSkpanfVy4QvHqIBEZQMjKSCL31gOjinuD/HyDz3kU+GDqeqs4jqOQ2nXkX0jV7BC8Kr24b&#10;KQk7toVu7d7BptEIbHtu468S+GSG/xHeffsrvr6m7ZUfgtKSEReFf1gCr0B4fCEQdyG9MKRzbuWn&#10;TDoYQ5q6SWQy5PoGmJa3ok4DB3r068ybzSoW/wqAUhD3x/e8tuQqjzJUUrEy9BRGWFWqinOLZrz9&#10;ZluaWec8Z0XJg5+/oPGnN3Cbt4ojI60124sgOZJLV6OxaNyA+uVfpnz5Mb/Pf5+hRywY++mbdFPE&#10;obRvR7c6L8szZ/4BXri2fIXbKOUqk7ovZ591d1ZNd0XxUEnDPk2eva2/kDZ7cnoTjSdcou3XG9nc&#10;vcyer/1qo4xl85gpzLxcly+OfcTEamJ+oDjEXUj/GdK47R9C6INHRMSk8vhJGslxjwjyu8GRvfuY&#10;+tZsun56kbAyf/qZksS74QREpGHXviMjBnRkcNeG2BtE8NuG9XTvs4glFxM1U9RyLJxb8s7ALgxy&#10;K5e1pTieXP8fY8Yv4/NzL9nIOCMSzxsJyB3bMPE1F7r07PhqJy8SL1xbvsJtlBEWzPUYOY1f683A&#10;di70f0NL8iLx0vrfy4jcFLcenXlLGvS1tBJd67+B0PILiEGTwZy9sJnQq9sJ+X0OH3ephEKVgvfP&#10;Gxm3JSzrbcFljtwMt/4DmD91MAs/GM13W77iyg8DaKEMYPnsH9gvjfDUGDl15svP3+XdRgXmgjKS&#10;CbsZjOetaOK0VLCweb6MxGgCfIPwCo4hucgL+ek8vB2Kd3AsKZotz6B8zP2g23jejCJWm5LSEggO&#10;CMYrKIak4hYNSOdKTlVJMcmE8oX1iSkx3PANI6JgxSVdhN+S6uEfQWRKMQWlxkryhxISlzczzSAm&#10;LJTrt+N4rNlSHMrkGOk8wfjdTdJuHzrLXryei5yzLUwnJdF9LpnERYTj5RPKrYePn13noUsbPcMT&#10;Hkg2cj08v57SYh/gI7VX1BPNhgIUb6dSXe+F4ekTTnjWG7PzUtS+wihadmXKE5JVMkzNTLS8z+tZ&#10;ip5nTyMqOKRo35LsIvpOKJ6+d7lftKMWT6ltpDg96l7H5MgwvG6WxBY1FOnbClwHv8s3H3ahibFm&#10;U14Kk1tQasQlpBeGZLaPHceUMxkYtHiHa1t7YZuTXqaFsnTYh3zhk468Shd+PTaWTmV2LUlJ+NbP&#10;cP0yjnE/fsUSt7zDOCV3flpCm8X+1J/+Jcffq0bm1V30mHWVVp9/zuet1e8lUhJ1fg9j5h3idGT2&#10;KE9h48rnW6dR9Yc5TDsWS2xiOnpmZpgbyDBqPoxTq9ypEHKOuZ/uZvfVSOKzehIZJrYuzFw2mRlN&#10;s59Qm+bxC93nhDF4qTsRa35g4+VYKdTKsXTqyppvRtKnSo6ClDw4s5dJn/6Pk3efZL09Wd+yJoNm&#10;T+GbAbboS7r12L6Zad9cwjdeHfikwF/dhfcXT2RWy3LPZPGPT2+m9dwLRMQnkyo3xsrMAIV9b/b9&#10;0I9617LrNOiTplz+ZAv772Zg2WcGocubS79MxWvnVmasOYfno+zuUW5iQ4fhb7Pm/WbYZak2g79X&#10;fsR7N9uyfsBDPvvkGJceSXUyqkTf+bP5tksia+dvYMVfUdLZ9LBp1o/vvxlI+2deKqkhM5YT6zYw&#10;a8t1QlPUkuth1aANi1aMZ0TWbETxshev53T+t2B2oW1p6VmUTkqm+xwSfU8w55M97PGJz15PIDek&#10;ZsvuLFn8Jr2r6RXZRg0LzETkyvdFR8K+/p5vPeOlVlBQu/s7/Ly8GY9+2MikjZ6EStmifsUGzFwx&#10;i7kts20wI7h4O1VGX+eLWRtY/XeMlB5JGFjSbe6H7Bxhi6yIfYUlHkXLnsnxTz5gwuFHxCakSW1h&#10;jrlCH8eR8znwXt43oT8pss0szmZfQmo+6x2sf9/BVm+1TrT5FsR5H2Xmwj0cuJmclfTJTCrRVYpV&#10;G8Y7UbGwBixAThuU1kaK0rFaj8XXMcfv2rCycyAzF10kNN2MARNa47fXjxYLP2NNNzP1gVkoYy8y&#10;ddh2bvaawYkpdaUtuvn2xVUfM+aUA9/seYuOiuLkFohLSK8CCjuG9q5LVrrw8CbnAtVOXgBlDDtm&#10;TMe502Qaafm4vrMfz2y/KwFyqvdsRQtFBj6X/YmRBg6qpDgiIqOJTNTkvWkBfPXxQa7XGcTJiz/z&#10;yGM1v05zpZqBAS79B7NgiD3l5fo4vTaYj2a8yYdvNsBSsroE/xvctG7Lss3LuX52A1e2Dqd92jW+&#10;+PwoNzT1VCUncP/+TVbN2Mxf1fry485F7J7jhnnAcWavukp89mFkBv/O2Bn7uGQuBafNn3Nm5wcs&#10;62PO1b9ukSAlN3cPbGLoMj8qvPUB1zx3cO+PuUypGsTSmd+zVzOzlBdFg3bMf78bbaxk6NduwRyp&#10;3gtHNskKUll1enBLGmXtIqT9WA7vnM+mYbWlX0mJ4IH1DPn0HLGub/DDj0s4tWMGn3Q04NLmtYzc&#10;FJLdGUnpVVJMDHc9DzLqswAcp87l5E+TGFM7jt+WraHP6NXsNunGlp2f8dMkBzI9DjB3S0hWUH4W&#10;JYE/rWX0hkDK9R7Nr3uWcmLjSIZYBnPMSz2W1k324vVcdFsWpZOS6l6NMuI0E8Z/z544e2at/JhT&#10;ez/lx5luKLwOMWbaAbwlRRbVRgXJke/rGT/wd71B7Nn9sVS/akQe/5HRI5cw6jdDxny9iOPfDKB1&#10;ZgArlvyPnLWtxdup1DFu3MxK/2rM37OZR35b8No8hK6V1RUpap92ipddH+c+g/hwWAOpY9bDvvsA&#10;Ppo+hEkdrfMkL2qKbrMsVCkcXrmNS7X7s6MQ31LeP8OUiT9y2qonO//YxkPPtewdVZGr36xh5uE4&#10;qYV14/lspGg96lbHbL+7532Yqasi6bLoY078MInx3epS93EEBw5eJTpXGCWPTp3l4B0l9RvZZv2t&#10;q28nRj8iIiKWeE14LFxuQVkgEpiXAjmVqltjLpO+ZsZz/6GWBEZugmPH9gztp+3TgSE96lGaNWVy&#10;cxtqVpCRGR3DfW3RKvUBtx9AVedGuFjqoW9emfYDu9Nb6klsm7ZleNuqmMnk2DbrwMjBnRnWurI0&#10;9gWr18ZxaMVghrayo4aNFfatejK1hw2q4FB88l43UT3GottkDi7pSQ9Xe7qPfIcJTfSkIHUDv6yo&#10;kcGVPcc5n1qTSUvHMKpdXRq7ujFm/odcWeuOVUYY27d6kOjWn7WTXKhlqo+ZNLqb/UEXHOI82fWn&#10;OsXJj9ymPgP7u1DfVIa8kj1DpHqP6GSHuWY/yiSSavTluwUdaOvqTHfXilI1Qtj6vRQEa3Znw1cD&#10;GNC8Dk2atmCaNFKfaJ+B1+4/OJcd5bJQpZrR78sFrHzTmabN2vPJODcsUsK5V/tt9n31Oj1d6/P6&#10;+EEMtlMR6BVIlDbdpwWy9Wd/khv0ZsMnXeniXIvm7t1YumUlPw6UalsS2YvUs9R+RbRlFlp1UnLd&#10;qy8TXNt1iKMxVRi7dApzejvSpJEDfcZM4tt37EjzO8mWK+nFt1FBJPkse0xmn6SnTo0deXNmX3qU&#10;f4L//aos+X4qUzrZ06LrG8zrUwnV7UAuP8quWfF2+pjgO4+gUl06OJqjr29C7ZbujOtSGb0i92lD&#10;F9kzqdykDcPb20ptIaOySzupLdzpWb/gNQsd2kw6pu6Q9/mtUN/KxG/PYY4kOTBr8QC6VjdCYWpD&#10;lwkjeLduEscOelBIDqqdUttIUXosWR2VcanUHjeFZf0cad66Cc0buDGgrRmJFy/xe6zmQGUix074&#10;kVy5KQNbGZXYt59Bm9yCMkEkMC8JyowMMrOyeilga201I1z79Gfe1MFZ61jyfwYxd6gTlUrV2qrs&#10;6+dyqdzsDfkxrUtrJ31u/LiOsZsu4x9foohGXHgQf544z679ZzkfkYlKmU5q3mAgM6JRcwdy18TJ&#10;y1OzqgkkJhGnrpcyBg+fKLB1xL32s92CMlbqjIKUlDdK5PT+U/z0a/Znp0+CNGLNICTkgfRvSTGm&#10;05ud8y2aVEbd5GKICrs2TXHL25co7Ojc0hpZdAie4U91IzOuQRu3py9zNK5mQ2U9OfbNnKiWI4Z+&#10;RexsZKiSkonTolZlVBBe96BG80ZaF3CWSPbi9FwsWnRSGt0rY7nkGYGqqjO9nPNeJ9WnYbuG2Mni&#10;uK5u75Kilq9Z/afyGVlTw1qOXm1HOlTOFRrbqpbIVSnE5QyhsyjKTo1p2rQ2isCjjJ99gP/dSpK6&#10;1ByK2qeFf0r2wijWtxK55HUXZTkFMX+fzm2/nw4GEy3ZaFp4BCElcp7S2kgReixpHc2cGTW4mnTu&#10;HMzo2suViik3OKhJqJUxnvx2KY0aXVrTSmqGkvr2szwrt6BsyDFdwQtNJiG37pOs/qpnQdVK2sdv&#10;SZF38Q2QRobPfO5w424xwbMwUmKIkIK5fkUrqmpzQH07pq6ewdxWKk6uXkHrTjMY/LUHd4oJbFnX&#10;tMdMpUHXhQxfuIMv1u9nm4duU9J6ejIpr1JlHyuNbmITpVhsboalFrWo4hKlYKwixvsvvt64nxU5&#10;nx98SaxmS6Ma5Qpdi1Ao0shXX0o28qKMSSBWJcOyQsHzyalgaYpM9VjqF4qQTjqneoItP9K2rGKk&#10;JDLr7/wo45KIl8q0KG+mVYbnlT2fnotDi05KVb4ygeh46XQW5cm9e1+DnqU5FjIVSUmFLzXVHSkh&#10;f1bh0rZsGaRqZ1G8nerhOHo62yc3QnV2F8P7TKbZezs5elftbUXt08K/Jnvh5GtzVSKPEqTvsbfY&#10;8W2e9tt4iDPJ1jg4VKFCUQZUkFLbSBF6LGEdZTLpbAXqbN6mFd0rPubCcQ+ilEoe/nmJ808q83ov&#10;+6zHVpSFbxeUW1A2CK2+DMT78f2hO1mjVXnFerTSMtNA5gM2T/uANn3n0PaZj7T9nd2cL2qasxBi&#10;LnhzJVWPhm71Ka/ZVhD9Si7MXfcV1w/N4sO2cs5tWsOE7RFFJEyPOblqI8uvmPLW+tWEXFzPtRNf&#10;88uwvCMjHZEpMFJIcSxVCiJaenmZsRHGUqdUvd9ULp1Yg1fez/HlbBtatUBQKh0yY0OM1NfAE1IK&#10;yC2N3uNTUMnMsMpdfFA2yIwVUoBVkZzyWGuC82/JXhilKl9miCQWquRkstZz5iEzPpkEdcJmUeiF&#10;ojJGRzvVt6Lr5Flc/HM5P7/fGL3LBxg99yi31PUval9BXijZJaT6mBlJSU219mw+XLD9VnNhdVfq&#10;PacB6WwjhelRWQZ1NHFiYJeKpHpc5nBkHEdP+PO4TgsGOGW38v+Hbwt0Q2j9BUSV/oSYh7HcDQ/j&#10;4rFDTHp3FT/cUWf4ClyHdKWttjuQ9GwYuXwxJ3ct4o9nPov549s3aPn04rdOZNz9m/mrLvHIoglj&#10;+hfX2cmxqNOMmctHMqRSOj4+d7LvFpDLpT3qx53ncf3MaK4FxCGr15LRHWyk4KBGRVp6htaOuEj0&#10;rHGsbYoqPIgr+RbpZPAwOgls7GhQUcW9G8FEaOs0ygg9WzscLFSEXvHjdt5yMiI4dVl9iasOzXMv&#10;VZQNelWrY19OKtM7kHyD+rR4ouKUyMtadm1tWQSlKl9qT6d6ZlJ7+nMmLG97ZnLrgh93sMHN5V9a&#10;Q1BCO5WXs6X3e5P5so8Vj/2D8MkzYChqXy7/hOwlbLN8yC1pWM8C1f1QvCKLmGGQyEhJJqkUA6SS&#10;2sgzeszQvY6Fo6B172bUeBLAwb1/8ptHOo26t8q9m+2f8u3S6kzwFJHAvIBkeO6kXfvxNOwym+5T&#10;f+Inv2QpYBpQq+e7bBhTM88ivLxICUT12jR1safZM596uNWxKOR3GlSPCbpwjp0HzvDz7iMsW/QV&#10;HQasYWd0NUYtGsWbhSygyfA9wrQlJzgTnkqm8gl3zl/lcoyMmrWqZJWnb21BRVkG3mevEPToId4B&#10;0aTpWVC9kiHKO34cv6VeCfmYW0e2M3NnUbM2hWFIx34tqZFxg68/3s+J2/HERASx+8sldJx1hnv6&#10;DRjevwYqj4NMXudBYNbzIzKICQng1y2/c7zUQa8Aho14q29V8P2NiUvP4xmRSMzdQH5evJ51/oa0&#10;Hd6V5iVMIIvFuBFDe9qQfuUg0zdd49ajRMKvn2PhmHmMORiDUlG2smttS80+rZSqfAUdB7SnHrdZ&#10;M287e3yiiYmN4sr+LUzcEopJ8+6Mci3xPF3p0MVOM26zYeE2vr8YSWKmkpS71znqlYC8elXqyorY&#10;p76l8BnKXvYSt1k+DGj9RgecVP6sXLCXI8HZtyinxUXw9+HDbDot2Zj6sNRLTOg4mrrjjhFRUnfS&#10;xUaK0rGBjnUsBoVza/rUzOD85oOcyahDv57qxy9o+Cd8+3l0JshFJDAvDPrY2Jjnm5qW6RlQ3roK&#10;bu3dmbfyc06t7ET9su4EJYwtzDEjlmPfbOC9OeuY/NluNp+LoVq3IezYs4iVXa2eGopCH4XcAENN&#10;PWTljIg9sY3Xu7xLxYbv4Dz+BI/cBrD0nexnUujVaMModwseHlmPW+vJdF16lUdKM/pMGEgnoxt8&#10;+MZY7JqOxX11HIPGtaaKoQFGOVM9mrLUl4ieIkOhMEAufRSaNQymLYewYZoz+pd3M7DnOGq5L2DC&#10;/if0GOxGVbk+buOnsHqAFX6bltOs2XCsHEdQq8cnTNp2g/uFRXPpd0ZSAVllaTZlUUD+pyhoNeV9&#10;VvStSNBPa3B3H0OtzguZuD+J5hOn892IpzNYCukccukE+SbSDPQxlMo0NNTLU54ehtJ2PYUCAy3r&#10;NdQLt9tPm8iCNnqcW/0FTVuPwWnQen5OdWNkJ3Wb6Si7jnrW3pbSjkJ1UjrdGzUdxJaP2mEb8jtj&#10;Bk6iVsspdJl3mljXAWxd3v3pJYHC2qggWuXTx0AhRyHZW97lCfqG0nb1sfpqoXWwU5kJpvGXmf/O&#10;VKo7DaNq5y/5IbY+sxf0wsmgiH2F5CG6yi6XOm61vRhJMhRFcW1WXJsrnPuzeZE71QIPMLTXKKwd&#10;h2LTYjo95x/mXGR69kxURgrxKSr0TY0wKqw6z2MjRelY0qNOdZTI9jupDpq/86GozcDXa2OYliHF&#10;k3b0q5FXkJL6dp4yCpNbF50JikU8yE7w/GQkEex7m8DodMxsa+HmYIWJZlcWyiSCPAO5mWhILWcH&#10;HHNW1SVHc9U7lIcya1zdalDpmeBWMh4/DMPjRhTJRtY0dqlB5QKRKiXyDp4BD4lXKqigXiBY1wrT&#10;Mg8eSpIiQvEMjCFZrxz2znWp84+/NyiNyJtBeN99jHG1WjRzsNRc7nhKmcleWFsWQ2nKV0r24e0T&#10;xv0UORXr1MWthvbFyv84xdppJrF3gvEKjifNVLI955pUyb1bpah9hVOmspeyzfKRGoOvTyhhCSqM&#10;La1xaGBLFRN1AyqJPLiKVgvCeGPTEr5qk8/zS0TRNqKDHgutY1lRVr5ddjp72XneB9mJBEYgEAgE&#10;pSPtNksGf8Je1xmc/NgFS81mQREIneUinsQrEAgEgv8XMsPDiG04iHXTRfKiK0JnZYeYgREIBAKB&#10;QPCvI2ZgBAKBQCAQvHKIBEYgEAgEAsFLh0hgBAKBQCAQvHSIBEYgEAgEAsFLh0hgBAKBQCAQvHSI&#10;BEYgEAgEgv8QyrR00l6BVxSIBEYgEAjykBEXhX9YQgneGSQQvBhk3rvIB0PHU9V5BJXcpjPvQrpm&#10;z38TkcAI/h94TIjnNc4GJ+n0orX/F5IjuXTGj5vx4k1rrxTKWLbOmEHLXivZfO8lbft/3HbL0H9f&#10;aj970eLYY06s28p3/ha8vWwee5b0xb2Ql/D+VxAJjODfJy2IdbOWMWS1t+RyLyZPrv+PMeOX8fm5&#10;//YIRlAAuSluPTrz1pttaWn1cobHf9x2y9B/X2o/e9HiWEYknjcSkDu2YeJrLnTp2ZFudf5f3h72&#10;ryESmBcQZXIMAb7B+N1Nyno1/DNkJBN+6zae/hFEphST+6fGSucKJSRO/Zr6HDKICQvl+u24oh0v&#10;LZGQgBBu3E8l76+fkkl8xF28rt/mZuTjIkchyZFheN2MIUlzUNbjn4t7BnSp6p5O9J1QPH3vcj+5&#10;GN2kxXPLP4SbUU80G57leZ5TnZEYLdU/CK/gGAqrSnFtXawtpCUQHBCMV9BT3eYnk7h7YXj6hBOe&#10;ULAVi9qnoQS2VrCNy5Ri5ZQ6w9gH+NwII6K4di8SBa6D3+WbD7vQRNtLF4v1CQ2l9Tsd5MwmnYe3&#10;Q/EOjiVFs6Ugz/eM9aL9qDj/LdZuC1B4XSUbjQjHyyeUWw+LjjH5UD7mfpBktzejiNVaAV3jRNF6&#10;Lk4ParT7RQniVF6K8kdJ5uRUlZSDm1C+BHlL6etX+vhfVohXCbxIZMZyYt0GZm25TmiKuln0sGrQ&#10;hkUrxjMiK5NOxWvnVmasOYfno2yvlJvY0GH426x5vxl2Wa/oz+DvlR/x3s22rB/wkM8+OcalR1IQ&#10;NapE3/mz+bZLImvnb2DFX1HS2fSwadaP778ZSHsLdS6b/dvxwR3Y8NoDFi85wfkoaWQkM6JO92Fs&#10;/aI7zlkvTs0k8FB2Pf4OS8kOUDJDarTrz8av+tI66w2tOfVow8rOgcxcdJHQdDPeGOOG169XeBCf&#10;wmO5MVZm+tJPHfl07/uMsFY+R90hzvsoMxfu4cDN5Kw6yUwq0XXsODaMd6Ji1iFPdbNhYAxLPjvK&#10;uSjpSD0zXN8cx08LWmCr94T/LZjNtGOxxCamS7vMMDeQYdR8GKdWuaPLjGxG8Dnmfrqb3Vcjic9W&#10;Dia2LsxcNpkZTc2yRw3FtXWxtpCMx/bNTPvmEr7x6k5Shml1F95fPJFZLctllaGMvs4Xszaw+u8Y&#10;slI0A0u6zf2QnSNskRWxLzv2lcTW8rfxgElt8N/ti9uCT1jTI7suWcRdYsqwbQT0nM6JKfU0G4uj&#10;eDnJfMihpWuY8UsganPVK1eDIbMH4/DHNg42mMTv0x2ktCSdU0vmMcmrGVt2DKFFzhul067xQf9N&#10;eHR5XzquvnRcBhdXfcyYUw58s+ctOip09YmntlUa29VFzjSPX+g+J4zBS92JWPMDGy/HkibtsXTq&#10;yppvRtKnSvpz266aovzI5ORGWn90qRD/lQoo1m5zKN7PEn1PMOeTPezxic9ejyQ3pGbL7ixZ/Ca9&#10;q+U9V16UPDizl0mf/o+Td59k5Rb6ljUZNHsK3wywRW22xcWJ4vUsJ+VEUXrIiWP5/WLw2g1811Wh&#10;Q5zSRtH+aHN+M63nXiAiPpnUrPoYoLDvzb4f+tEwy1fzot1vda9f6eN/Thk5iFcJ/GdQEvjTWkZv&#10;CKRc79H8umcpJzaOZIhlMMe81Lm/kvAD6xny6TliXd/ghx+XcGrHDD7paMClzWsZuSlEs+hQRVJM&#10;DHc9DzLqswAcp87l5E+TGFM7jt+WraHP6NXsNunGlp2f8dMkBzI9DjB3S0i2EWp+G35xN8MWXsPm&#10;rSkc27OQtYOqEHVsG+M3BmnKSMH78j0qvz6Sfb+t5eaZlfw224m0c3uYuz0837nueR9m6qpIuiz6&#10;mBM/TGJc147Mn9aF5uVkKBzaMH/GUD56v6vG6Etfd+X9M0yZ+COnrXqyU+q4HnquZe+oilz9Zg0z&#10;D8dpRgc55/+NUR/7YDd2Bid2zWGxuzE+v2xh8Sm1ng1w6T+YBUPsKS/Xx+m1wXw0400+fLMBljp6&#10;S4L/DW5at2XZ5uVcP7uBK1uH017qKL/4/Cg3spRTfFsXt//ugU0MXeZHhbc+4JrnDu79MZcpVYNY&#10;OvN79j5USysFkI2bWelfjfl7NvPIbwtem4fQtbI6mhW1T03JbK1gG4/vWg/7tAgO7LtCVO6IS0n0&#10;X2c5GKqkfqPqmm3FoYucSoJ2bGDij3ew7jOG/bsl25hox7Vlq/ni74dEPEqVapl9rvjoRzx4EEdC&#10;1t8aMlOJuh8rHZeiOU5FonRcREQs8VkbdPWJ0tuubnJKJSQncP/+TVbN2Mxf1fry485F7J7jhnnA&#10;cWavukp8GdhucX5k4NShCP8tzm7zUnRdlRGnmTD+e/bE2TNr5cec2vspP850Q+F1iDHTDuCdrfRn&#10;yAz+nbEz9nHJXOo4N3/OmZ0fsKyPOVf/upXV7rrEieL1DIZF6kG7X4x10tcxThWkeH+kQTvmv9+N&#10;NlYy9Gu3YI6ky4Ujm2gGGgV53vqVPv6ryyhLdDRrwT9OWiBbf/YnuUFvNnzSlS7OtWju3o2lW1by&#10;40Bzqc8JYev3V4mu2Z0NXw1gQPM6NGnagmnSqH6ifQZeu//gXB6nVqWa0e/LBax805mmzdrzyTg3&#10;LFLCuVf7bfZ99To9Xevz+vhBDLZTEegljVzzeI7qsSm9vljID+Na0NLZibcXjmJUbRUBx85zNasM&#10;cwYt+ojNUzvQob4NlStVo8Nbr9HXVsVN/1BprPAUZVwqtcdNYVk/R5q3bkKrxo4MfqMx9UwkR6vi&#10;yLDBnXmnfyNqP03KS1H3TPz2HOZIkgOzFg+ga3UjFKY2dJkwgnfrJnHsoAeaPiALVaopfb/6kHVv&#10;u9HcpQmT5vekpV48ly7fyRpp2TZty/C2VTGTSd+bdWCkVMdhrStLo3PdsHptHIdWDGZoKztq2Fhh&#10;36onU3vYoAoOxUd97aC4ti7WFsLYvtWDRLf+rJ3kQi1Tfcyk0frsD7rgEOfJrj8TpEDzmOA7j6BS&#10;XTo4mqOvb0Ltlu6M61JZGhMXtU+ihLZWsI2bOzRlUIfyJF+5yP8iNYpXJnLsuC9JlZoyoJVR9rbi&#10;0EVO6ZjdvwaQUqcHayRddWpcn17vTuTginZU1d4blIrifSKbUvmdTu2pQfUYi26TObikJz1c7ek+&#10;8h0mNNGTOpob+KU9r+0W70cxlRoU7r/F2W0+iqprJtd2HeJoTBXGLp3CnN6ONGnkQJ8xk/j2HTvS&#10;/E6y5Yq2NTMZXNlznPOpNZm0dAyj2tWlsasbY+Z/yJW17ljpIF9unChSz6BXpQg9aHjGL6qoShSn&#10;ctHBHy9Y1Gdgfxfqm8qQV7JniFSfEZ3spEhdOKWvX+njf/MqZZtyiATmBUEZFYTXPajRvBH2WpJU&#10;ZdRNLoaosGvTFLe81+YVdnRuaY0sOgTP8KfWLzOuQRs3zeUKCeNqkqHpybFv5kTu7Kt+RexsZKiS&#10;konL4zgyk7p0b2/11DgUNaXEwxzlvXsEJGm2qclMJuT6dQ4dPsvPv/lzN0OF8kla9iWJHMycGTW4&#10;WtbUra6UuO4ZiVzyuouynIKYv0/z06+nsj8Hg4mWjk8LjyAke1iQRfb5zXPPL69YieqSp8fHJxcy&#10;AioNSuLCg/jzxHl27T/L+YhMVMp0UqXgV3xbF7M/NpDLQUrKGyVyer9GVumz0ydB0nMGISEPpH+N&#10;adq0NorAo4yffYD/3UqSwncORe0rua0928bGdOrblGpP/DlwIjpLp8oYT367mEaNrq1pbZh9VHHo&#10;JGfSbTxDlNi4OdEot/OQY9OiEc46lqMLuvpEafxOt/bUIDOiUXMHctcXy8tTs6oJJCYRlz2FVHqk&#10;JLMkflSQ4uxWZ5SxXPKMQFXVmV75GlGfhu0aYieL47pPlGZbHpQxeKi32zriXjtH2XkoiXxloeeC&#10;flFK/ZbYH3Xleev3D8X/kpDrj4L/X5RxScSrZFiUN9OsQciPMiaBWGm/ZYVyBfbLqWBpikwaMSQW&#10;tUJKJkOm+foUaVuWBaik/4pCjkU5E+nfNJKzFo4pibqwhwHdJuD65ldMW76H5ZtOcv7hs2eRyfTQ&#10;0yZQSSiu7qpEHiVIzhN7ix3f7mfFxpzPIc4kW+PgUIUKRdZBjtTHoFSVIghoIWvtyZipNOi6kOEL&#10;d/DF+v1s83g6PVxsWxezXxWXKAVRFTHef/F1rqzS5wdfEqvZ0qiG2kb0cBw9ne2TG6E6u4vhfSbT&#10;7L2dHL2rTlWK2ieVX0Jb09bGJs3a8Xr1TC7/fomQTCUP/7zEuSeVeb23PbrmFbrISUISCZlyyluY&#10;atXVP0dBnygEHfxOt/YsHD09qQTp989tvc/pR8XZrc4oE4iOl7RkUR7rAifSszTHQqYiKangJSkJ&#10;ZRKxidLvzM2w1FaB55SvpHp+xi9KWf5zx/5CKH39/uX4XwQigXlBkBkrpMCukoLhY63JhMzYECNp&#10;T2JCSr7RstqY4uJTUMnMsNL1QneJURIvlauUG1PeXCoj5TqL5+3jvLk7vxzfzO2/1uB19APGahv1&#10;/BvIDDEzkgJMtfZsPizV5USez/HVXFjdlXr/WtUec3LVRpZfMeWt9asJubieaye+5pdhT0chxbd1&#10;cfuNMJZ6wOr9pnIpr6xZ8i5n29Cq2YFO34quk2dx8c/l/Px+Y/QuH2D03KPcUhtQEfvKxNYU9Rjc&#10;w5bM6xc5EBLDkeM3eFy3BQOfXVFYKLrIqW8o6UqmJDmpmLuC1EmDlExIUVqrTktOAZ94DnRuz3+a&#10;5/Sj4uxWZ6R6SKdClZxM1nrmPGTGJ5OgTpIstFwckSkwUv8uVerQtTrO/3OcKGX5/1rs17V+L1D8&#10;/6d6PEEJ0ataHftyKkK9A9EMhLNJiycqTomerR0OFtL+K37czrs/I4JTl9XTpnVoXrlsmlOVGsG1&#10;G3lu9Ey7zVmvRPTs7GhoKgWR+7fxjZbh2KMr3Ww18/bKdNIydA1bMtSDmYz0dMrk6Q9ySxrWs0B1&#10;PxSvnDUXz4tcLjmHkrS0AhFUCiHJCY81Cze1kBnNtYA4ZPVaMrqDjRR41KhIS8/IDerFtnUx++U2&#10;djSoqOLejWAiClZPC/JytvR+bzJf9rHisX8QPnkqr21f2diaHs6vt6IxIRz8+TD7PTJw7t463x0R&#10;GSnJJBWqSKluOsgpt6xK3YoQ4RtEWO4xSmK9b+Kfby5bhrmp1A0kxBKRmGMjSqIlGX3yHaed4nzi&#10;eShpexZLaW1XZz/S7r/F2a1WtNVVzxqnemaowv05E5b3d5ncuuDHHWxwc5EavSDS7xxrm0q/C+LK&#10;/by/y+BhdJKUbJZ1nChhHCtl+f9a7Nexfs8f/8sOkcC8KBg3YmhPG9KvHGT6pmvcepRI+PVzLBwz&#10;jzEHY1AaNuKtvlXB9zcmLj2PZ0QiMXcD+Xnxetb5G9J2eFea564BeE7SQ1g9ZTmLT4Tx4GEYB5Zv&#10;Y1uoAa6vt8FZ6oD0KlSkirGS4Ite+CdLxydHsG/p92wJ0dEp9SypVEFGup83R0LiCbtxh/AiOrLi&#10;MaD1Gx1wUvmzcsFejgRn3/6XFhfB34cPs+m0pL/sA3VG39qCirIMvM9eIejRQ7wDorMCf8rx9TRs&#10;PpZBOwo5p54F1SsZorzjx/Fb6g7vMbeObGfmzoino6fi2rq4/YoGDO9fA5XHQSav8yAw6xkuGcSE&#10;BPDrlt85rg4+GbfZsHAb31+MJDFTScrd6xz1SkBeXerwZUXsM5BOVUa2plerDQNc5Hjv/J1zmXXp&#10;17Pa05mE1EtM6DiauuOOEVFY4+gip6I+/TrZoPI5wpzNvoRER+NxYBsD3z/GTbUR5KKHk2stzJ/4&#10;sXHVRfwfxuB9aBuD51zgoUI9M1MMxfjEc6GLnCWg1Larqx8V5r/F2a36twXQXlcFHQe0px63WTNv&#10;O3t8oomJjeLK/i1M3BKKSfPujHLVpnRDOvZrSY2MG3z98X5O3I4nJiKI3V8uoeOsM9xTlnGcKHEc&#10;K2X5/1rs161+zx3/yxCRwLwwGNF+2kQWtNHj3OovaNp6DE6D1vNzqhsjO6kXDypoNeV9VvStSNBP&#10;a3B3H0OtzguZuD+J5hOn892Ip9PMCoU+cvXUuubvLAz0MZRLH0O9PI2uh6G0XU+hwCBPDJeZuzC+&#10;v4rt78+mftvZvPNjBFX6jGL9u3bZl0EsWjBrkjPGHj/RvvW72LWez+LotkzvZYmRVG7+ehjkr4ca&#10;vcoMeNONSjEXGN9jHI2GbOdobLbxl7buCuf+bF7kTrXAAwztNQprx6HYtJhOz/mHOReZnjv7ofX8&#10;MuncUidmJO3LUYNejTaMcrfg4ZH1uLWeTNelV3kkVTE9MYVklR6mpopCnMeMPhMG0snoBh++MRa7&#10;pmNxXx3HoHGtqSLpwihLOcW1dXH79XEbP4XVA6zw27ScZs2GY+U4glo9PmHSthvcVwdRmQmm8ZeZ&#10;/85UqjsNo2rnL/khtj6zF/TCyaCIfVkNXFJb09LGaqQRcf8+TpSXkiQD15b0s8ujsYwU4lNU6Jsa&#10;YVRoFNJBTqnkdlPGMt1FyV8rF+HSZhJdPvOh1sQ36JFvZkSOTe8hfOhejuDdq2nZdgIdP/XH8YMJ&#10;jK+jL8mhztyy0SZTsT4hUVrb1U1OCen8CrlkQ/k6K1lW3eXSJycPK73tSkXo4keF+m9xdvsshdXV&#10;qOkgtnzUDtuQ3xkzcBK1Wk6hy7zTxLoOYOvy7oVe6jFtOYQN05zRv7ybgT3HUct9ARP2P6HHYDeq&#10;ShXQST4d9Vx8HHvWL3SNU/nR0R8lOzOSKpdVz6zfFc5z1e95438ZIh5k98KRRuTNILzvPsa4Wi2a&#10;OUhGodmTjZKkiFA8A2NI1iuHvXNd6mQ9e6AsSOfEh1MYcsyRLecm0ykqiIu3kjCtUY/mdcxzA3UO&#10;SdLo5kpAPPKqdWjlYCG5WUlQEhsSyBUpyze2q0sr+/LPnL9UpMbg6xNKWIIKY0trHBrYUsWklPpR&#10;JhHkGcjNRENqOTvgaJnIrmmzmBTYit17R9OpqHsUk6O56h3KQ5k1rm41qKRVOcW1dXH7pVF15B08&#10;Ax4Sr1RQQb3gs64VprniZhJ7Jxiv4HjSTK1p7FxTGjlpdhW5L4fnt7WUC5tpPuYMdResZN/wiprA&#10;qiTy4CpaLQjjjU1L+KqNSdbWoihaTgllCiHXAwmI1aeGcwMcTS4zss1qLvaag/di1zxB9DHhPoH4&#10;PdKnlosD9XMfJFcYJfOJ56VYOXXleWxXTbF+VJT/Fm+3+ShY1zwrWZWSH3n7hHE/RU7FOnVxq6Hb&#10;AuHHD8PwuBFFspFk2y41qFywFy2zOFHKOFaq8v/J2F8AHer3fPE/m+d9kJ1IYAR5yBusp9L3n0yd&#10;X0LSfHfTecQFmq9dzIp2ZpqtgsJJ5cjc6Qw/ZsdXv89ldM6jYNNus2TwJ+x1ncHJj12wzN5atqT+&#10;XUgCU1L+Gz4hbFfwIiKexCsQ/CsoCQ1MovHU8SwUHYBuxHmy+1QcJk1b0Fv9mHkNmeFhxDYcxLrp&#10;/1DyIiiAsF3BfxO9TyQ035+bJ4/8NN8ELycyZOmPUVapT/eWdlQQ6W0eZFRo4Eov14pFT4cLcsmM&#10;fsCt1Ar0HtaFtlUVueuL5FY16da5PtX/ydkMqbAnKXJqNG9CuzpPHyxXcv4LPiFsV/BiYlihoeZb&#10;6RCXkAQCgUAgEPzriEtIAoFAIBAIXjlEAiMQCAQCgeClQyQwAoFAIBAIXjpEAiMQCAQCgeClQyQw&#10;AoFAIBAIXjpEAvOfIpPr21bx2qSDXCnynRwCgUAgELzciATmP4WSyFsBXLh8h4gyuzleIBAIBIIX&#10;D5HACAQCgUAgeOkQCcwLRybxEXfxun6bm5GPyX63aVmQTvSdUDx973I/WfezpsVF4uMTyu1Y9YvV&#10;iyAlhhu+YUTkO3cmcRHheEm/v/WwrGTJICb8Dt6B0SRmajYJBAKB4JVDJDAvDJkEHvqe17qOobb7&#10;TDoOmkfzDuNwGbufC/HZXX/MsY24tZvO6H1R0tHZKCPPM6H3BNxXBPBEs60gcd5HGd3nPep3m4P7&#10;gJk0aPs+g9b7El1URpEZxW+fL6Rh26m0HTgH17ajqdlSqlvLsTh/8Dfx0iFpHr/g3nkZ68+eZOTr&#10;U2k14ANaf+KR9fNE3xNMHDiBeu6z6Cj9vmn7cbi+u4PD955mHU8ubKNVhwUs9sybHKXzx2KpjgN3&#10;ckmzjie7nK/4zuNv5o2YjEOXD2j/uvT/Xl/znf/j7IMEAoFA8EohEpgXhhS8L9+j8usj2ffbWm6e&#10;Wclvs51IO7eHudvDUXfxVu5dGWgTzb6VO/g1Sso+lPEcWrGD3Y9qMXKIvdY37irvn2HKxB85bdWT&#10;nX9s46HnWvaOqsjVb9Yw83BcIbMiSu4f2MaUHY9o+eEyQv22cW1NR6qnplCuWQ/mDqiD+pVwquQE&#10;7j+4xTcf7iKk/VgO75zPpmG1UUacZsL479kTZ8+slR9zau+n/DjTDYXXIcZMO4C3JjHJTIjj3sNH&#10;RCXlXbCjJCH6EQ8i40nQbMkq574vn0/8lhMVe7L558/5bXEn6jy8xLw5+/EQC5YFAoHglUMkMC8M&#10;5gxa9BGbp3agQ30bKleqRoe3XqOvrYqb/qGkqg9R1GHagp44xl1m0aqr3D6zi48PP6bd5BGMsNXW&#10;lJn47TnMkSQHZi0eQNfqRihMbegyYQTv1k3i2EEPHmrNYDK4fMGfpBqtmfpGTSz1jajl3p+3XeHu&#10;I0NaN7VBT3MkyiTpuL58t6ADbV2d6e5qybVdhzgaU4WxS6cwp7cjTRo50GfMJL59x440v5NsuZKu&#10;+XEJUKVh2XkCh1b2pY9bXToMGsWKoVVRBl3i1+vFXN4SCAQCwX8OkcC8aGQmE3L9OocOn+Xn3/y5&#10;m6FC+SQt9/KQSZP+fDG0MhEHv6PXgr+IdunHF29WfZpQ5EWZyCWvuyjLKYj5+zQ//Xoq+3MwmGjp&#10;B2nhEYQU0vfL1ZaRmUluqqF6TIq6Enpy9HJeK5yFMZ3e7Iy9vuZPZSyXPCNQVXWml3PeOSF9GrZr&#10;iJ0sjus+UZptJUBmhFtHF6rkWqw+jdzqYaV8yM3gFM02gUAgELwqiATmhUFJ1IU9DOg2Adc3v2La&#10;8j0s33SS8w8L3g9tTJu3O9FMFs/9aEPaD+pIg5zkoSCqRB4lSAlQ7C12fLufFRtzPoc4k2yNg0MV&#10;KmjNfPRp09mFCnfPsmjVOc5dv8nhzdv59rqCltL2qnmtRiZDX0pqclEmEB0vbbYoj3WBc+tZmmMh&#10;U5GUVDYJh7ycCeXkKlKTxToYgUAgeNUQCcyLQsp1Fs/bx3lzd345vpnbf63B6+gHjK1dIAtQJnJi&#10;4zGumFSjgc1jjm8+yIXC8gGZIWZGUuJQrT2bD0vnO5Hnc3w1F1Z3pZ7WBCaDQJ8wEitUIP3PLbwx&#10;5GPe3RKF07ipbHyrkNmeHKQyjRXqdSvJxBe4SygzPpkElQwLC/Osv+VS8qOezFGW8pk1ysQUEpRy&#10;zKVERiAQCASvFiKBeUHIvH8b32gZjj260s1WygDUKNNJy8jfu8ed38X8A0m0HD+DvXNaUCH4GPM2&#10;B6F1DkJuScN6Fqjuh+IVWdQtRwXIuMsfZyOwaD+Eg79/zwPfn3lw8St2TWuCbZHZi4SeNU71zFCF&#10;+3MmLG+Zmdy64McdbHBzqZi1RWZmjKkqmfuRKbmLiZUx/pwL0LIqV/WEQN9QkjR/qu9WunbpJjF6&#10;lXGqb6zZJhAIBIJXBZHAvCDoVahIFWMlwRe98E+WNiRHsG/p92wJyZMEJPmydMmf3Kvfi89G2GLb&#10;cxhz2xlyfcs21gVoW8xiQOs3OuCk8mflgr0cCU7OupspLS6Cvw8fZtPpGO13Ienb0NzVmuh9q2n6&#10;2jy6vbWIfqOX8fa8H9lwJlJ7spSLgo4D2lOP26yZt509PtHExEZxZf8WJm4JxaR5d0a5Zl/zMqhv&#10;T2PTdM5u38X+W3Hcv3GOue+t49do/ayZmfxk4P39CoatuoxfVBw3ft/B3N0PMHRqy8AGxWVVAoFA&#10;IPivIRKYFwWLFsya5Iyxx0+0b/0udq3nszi6LdN7WWJkqECPTG78+Atb71dj7Jw+uKknafRseGvO&#10;G7QzCGbt2guo76xWKPSRGxrk3lKtcO7P5kXuVAs8wNBeo7B2HIpNi+n0nH+Yc5HpaL96o6ByLRss&#10;DC1xbt6QFk521KtiTNL1UywY/zFTjmpuv5bKUsilsjQTRjkYNR3Elo/aYRvyO2MGTqJWyyl0mXea&#10;WNcBbF3ePfeylbxiaz58vwnWoScZ9dp7OAz4nvP2I1j/tq0kh4FUizzITOjydgeUe1fRut17tJr2&#10;O7cqteWrJb1xLGwNkEAgEAj+s8hUEprvz01C4G7NN0FpSYoI4kpAPPKqdWjlYJG/E38eUmPw9Qkl&#10;LEGFsaU1Dg1sqWKiPX9VRv7BoJ4/cH/EIk7NqPP0+TKJFxjZeQ1n3Wfht6wpRprNhaFMjsbbJ4z7&#10;KXIq1qmLWw0zretnkiOCuXwzHoWdPS3rPHvMk9ObaDzhEm2/3si3bWLxuBpOnGllmrrYYiWSF4FA&#10;IHgpKWc/WPOtdIgZmBcMs6p1ce/kRoeyTF7UGFvh1LwJvbq44e5mV2jyokYZG0PUE1AYGGi2ZJMY&#10;FEqwlIzY2lqjS94gN62Ia0upzE4uNC8keVFjKiVr7u5NaKMleSmI3KwSzTs0pVtTkbwIBALBq4xI&#10;YATPoF+3NW+3KYfP+o9oPngJw6d9zbCRc2j6zv+426gvn71VXacERiAQCASCfwpxCUmgncwkbpy5&#10;yFGvezxIykTfzBJ7lyb0bV/jX5/5yAy7yJfb71Bv6EAG1ilujkYgEAgELwPPewlJJDACgUAgEAj+&#10;dcQaGIFAIBAIBK8cIoERCAQCgUDw0iESGIFAIBAIBC8dIoERCAQCgUDw0iESGIFAIBAIBC8dIoER&#10;CAQCgUDw0iESGIFAIBAIBC8dIoERCAQCgUDw0iESGIFAIBAIBC8dZfokXoFAIBAIBIJ/AzEDIxAI&#10;BAKB4KVDJDACgUAgEAheOkQCIxAIBAKB4KVDJDACgUAgEAheOkQCIxAIBAKB4CUD/g+waHuPjxIE&#10;GAAAAABJRU5ErkJgglBLAwQKAAAAAAAAACEAY5zpl24ZAABuGQAAFAAAAGRycy9tZWRpYS9pbWFn&#10;ZTQucG5niVBORw0KGgoAAAANSUhEUgAAAUUAAABkCAYAAAAR8yJ6AAAAAXNSR0IArs4c6QAAAARn&#10;QU1BAACxjwv8YQUAAAAJcEhZcwAAFiUAABYlAUlSJPAAABkDSURBVHhe7Z15rF3T+8a331+ouUFU&#10;TW0NMQulKSoENUSMQUWlKUHboEqVqCAUNWvTGoI0NIYYSkQNFaKloTUrMVQJVcQ8ffGX3/2snud4&#10;7+4+w729tz3nnueT7Nyz19577TW861nvWueetdb4t43MGGNM4v9Kf40xxrRhUTTGmIBF0RhjAhZF&#10;Y4wJVPyi5eabb87eeOON0ll7Ro8ene23336ls2IuuOCCbMiQIdnRRx9dCmkP8a+11lrZqFGjSiEd&#10;Z8aMGdnzzz+fPfDAA6WQ2jz44IPZK6+8kv3888/pfKeddsrOPPPMbOONN07nXOvVq1e2xx57pPOu&#10;pivy3VEuu+yyrH///tmIESNKIct58skns7lz52Y33XRTOu/uvHcH1D/5mDZtWinEmJWjoqc4bty4&#10;JDYSHIRQ57UE8fvvv8+++eabbMsttyyFrMjXX3+d9enTp3TWMWgEY8aMSQ16s802K4XWhufmzJmT&#10;hJp8XHnlldlPP/2UTZkypXRHlr388svZa6+9VjrrejqSb8oRQePvysA7BwwYUDr7j2XLlmWbb755&#10;6az78w50ShxdxWeffdZpOzKmiJrDZ7wH2H777dPfevj444/T30oeRz2iWYm33347W7RoUXbooYcm&#10;7yc26lrwHM/wLGy77bbZqaeemj6LSy+9tNu8uI7mm3JE0OTFdoZPP/00+/vvvws7ssWLF7frVLoz&#10;7+LDDz8sfeoa8sJuzMpS8/8UNdzMD0/iMHTNNddM3peGygxr33///eSdLFy4MDXK/fffv9zgeG76&#10;9OllLxSxuP/++5NocS/Cde6559YUA7xFBC4O0W+//fb0zsmTJ6/wPGnGUxw5cmShSCC4N9xwQzld&#10;3HfIIYekhoxHgoBcfPHF2dNPP5281Hy+yDf3XXXVVekc4tC1KN+PPvpouYw23HDD7IwzzkidyaRJ&#10;k7IPPvgg3QfkkzgYLj733HNJXPPlDqRBaeO9e+21V7shcuSUU04pT4XEvJPvk08+udx5QMwH7yDN&#10;1H1MM2g4K7tgCoVnFH+EdxE+e/bscl7z0xm1rufzMHPmzGyXXXZZYaqA8txoo42yv/76K00LkbZz&#10;zjkn1YHSm7e7ajZeKZ9AOh5//PFkC0AdDB8+vKY9m8agpqe4ZMmSZCwRDAJjGTt2bDJsjOvhhx9O&#10;BgZ4NxgLw5p77703Gz9+fDZv3rz0DOChxDg1fEXIiI/n7rrrrhRWCd7FO/Je1wYbbJDiLjLAYcOG&#10;ZQMHDkzCxJwnRq80w0cffVT2nORhkf/TTjstu+2229L5hAkT0nXSqnzRCIBGkC+rOHTN5xtBZPiu&#10;fNOwadSA14YAIExco8FRfg899FB27LHHprBLLrkkNUy9X50R4VxHsLle5EmpLtQ5xLxzPx6YIA7S&#10;KUHkHap7RGLq1KmlO7OUPsK4Rr4QZOwF0aS8gGsclD3P8j6FMd8qe9D1fv36pWvUAdCBgvLNKIb8&#10;3H333e3EKUJ+KP+99947xUU9EDfiTl6Imzy+8MIL6f5aNl4pn4CIY8Nc48BOqWvTHNQURYypaN4O&#10;gWH4CX379k1/Bc/EXpUGgRFilIBQSBwwbMQEY2W4iCEibNFLKqLSEJ10ISiVwKtjLpHem3ddd911&#10;ZUPH+5KA4B3iBREX+URk8TQQVRod5/l35+fuyBtCqqmHmG8gnyeeeGJZwHv37p3+Csolzpcx57fz&#10;zjunz6T9u+++S2l89913UxgNc+jQoeV6QVDJT1H9ffXVV+3SEvNOOAIBlA2iSLkC76DseDdpWHvt&#10;tVMe+QykB6Eh7+QLMdlmm23StSi8gABxfxQx7EAelq7r3cRHeR144IHp/Msvv0zX58+fnzpfPFbZ&#10;XIQODmE6++yzy50AeeXZfP1Gqtl4tXwSD7YukaRTHTRoUPpsGp+qokiDwJi22GKLUshyGIIwhMPb&#10;Ylh1xRVXJCPBOPRM3oOjkXEPIJpq7DRohh/EpwNBwkuqRt7r6ggYOgZPuhEDCWwUrZhGQR7iOyUE&#10;iGNeAIFGiwhQLhDjpJz++eef7L777iuXI96HhEmeahReOgrSGMsKUSJO0sL9ccgLCEy+/oB8x/zF&#10;vFNP1CEwVUA4YqJ3UD8xDVzfdNNN0/1ML5AHvDamN0DCwjtjp0E8DHUrUXSduFQmlCcChAfHkD/f&#10;SYnPP/882ZjSAdRl/sunWFbVbByq5ZOOF4+V50kX+aiUNtN4VBVFiYV6V8BroAek92OeivkzvBc1&#10;MMQBohGop95xxx3Ln9WrAsZFPDqIG4+gGjTivGhVA8NmvjEiAwdEikYrMafBMWwTRemOwiyvJcZJ&#10;I4siF59nCEgemMNSOfK8PCkacj4+YOgcywrPMC+EQqId609ELzSfdzxW0kaa8QzzdRHfT/qPO+64&#10;JAh6H54fc9DYBaIh6qkzhubVOsQ4XUD5Y1NHHXVUNmvWrJSPIqjL2JlBzD/Esqpl49XySdooNzxW&#10;nmVuFtEmzDQHVUURo8sPvWjY9M40AoxQk+4SEAwQmK8DjOGOO+5Ihs4zDLuAoSPstttuqbHI0Ln/&#10;1ltvTaJQjeh1CdLChHoRNArSqSEN7+F/BvEg8O7oAPgsMc97WPT2iFT0Nkh3bGx4F8SrcmFCX+WX&#10;zzfliGAiekoLwrTDDjuk6+SP9EQowwULFpTOlucXMQB5asofDZchZV4MBO9n/g7yeUcY8AjxYvF4&#10;lGfCuQ/RAPLJ3K/+jQfPKM6dEX/MA/nTO0F1IjEjzZwfcMAB6RzB45zyAa4jMOuss046Jz7qCK8f&#10;m6w0Dx07JyA+8k/8Ik4n1LLxavlk5EO5KU948qB6N41PVVHEmPJDjH333TcNPfjWjyEFwkQDkoDw&#10;DJ4LBss91157bYqDbwwBAUIozjvvvHROQ6RXpaflfgSRxlfJ+wEMDsPND9ERKc2F5aFXp4HToHnP&#10;5ZdfnkSMuSCEiQ5ADSd6DaJIhKO3MXjw4PQ88apcQCKXzzdfguCFkRYakcRTwkRnQblyXR0GZUia&#10;CeMgv8yTAQ34pJNOSkNwriGe0bvJw7wgjZ28xrwL0kNZxvk+oLyUbr50QjxOOOGEdA2PkXJS+vD6&#10;4r88kefYcRE3aSQe7kfg8axU7ogd17EhXecZ8pqvI8qG9KozjuTtuGg4zRdqKqtaNl4tn0ceeWTq&#10;PKlnrpEe6iXv8ZvGxUuHGWNMoOa3z8YY00pYFI0xJmBRNMaYgEXRGGMCFkVjjAlYFI0xJmBRNMaY&#10;gEXRGGMCFkVjjAlYFI0xJlD4M7/p7y4tfTLGmJ7J6N3ar5EpCkXxk08+KX0yZjkv/LV2dvBa/yud&#10;GdP8bLfddqVP7fHw2RhjAhZFY4wJWBSNMSbQI0WRhVbZ5MmsHtigikWDf/nll1JIz8R21jNpalFk&#10;Neu4B4hgaf8nnniidNZ10NjffPPN0lnn4PlK6W4mKIvzzz8/5YWDnfQIg3feeSft8fztt9+m866A&#10;+DlqgRBTxmwv0FGoE/KSp6fame5hb/PYgakc6invlYFN0di9kXdzsMo550qTOhyls6hMCOeQ7YHu&#10;5wDyQdz10iM9RZbiv+WWW0pnXceNN96Ylpg3y8vi1VdfTfuicLz33ntpqwJgSwH2fdFWDKsSth6g&#10;jthHpbvpKXbGpmvac4bOpNae610FewgdccQRaf8a3s/WDePGjUt7Za+33nppi4l6OzfKTFxzzTWl&#10;T8sZPnx4irvekUuPFEV6CHoHeho+q8fROT0JPcvxxx+fzumV6LVAPRbhHHhDhBEfG9+D4iA8ekux&#10;geSvEWdRpZAGjqJrzQCbSLHRFPvMsIc2yNOgjNRrM9SknFVO3INXwKGyp4yjd8K98TxCfNGr0Lsk&#10;Jniqepb49W7KWl4FZa665nqtvcbzKH3V7CzaAemVjcR3c6xOO0OYKC/KhT3Rd91119KV/4hpJY0S&#10;K9Uj4bFsKQOVOX9Vx4LnFy1aVN7DO7LnnnumvZoQx3XXXbcUWhnST5lhE6SHuNnbR2gjtGeffTb9&#10;rUWP/qKFwlh//fWzt956K52/9NJLabMrCp3tK/n8+uuvp42F6KGoUDwNehWGRmzG/vvvv6cd2i68&#10;8MJyQVNZ7PxGxUVviV0LqRTIXyPOfKVgaFQgGzk1225vbLX666+/JhHC6J955pmKOwfCI488kkQT&#10;A6acli5dmracpX7wGDoCDZsNwqgz6g+vgrh4P40a2PSKOqNOuY865l7qnLoH6oN64ZmJEyem+uoM&#10;1eyMuGn82BJpJO803kayMzbdYlMxPH3EhbKNIHDEy6ZvpJV75IkjptQpZcse3dpQjC18gREDZc9z&#10;EUYWwAZtwAZklCHvRmTvueeerFevXnW1C3a5HD9+fCpLyoA42DwsQv5IYz30aFEEKmz27NnpM385&#10;p/elQXO+zz77pIqFP//8M9tkk01S5dCQMOiDDz44GT1DQRU0xk5l8Ty9Ktc5KHht95m/hnEwrBSI&#10;CIbGu1fHMHNlYdc6DJ0yQpRoqOzAWOSJwOGHH57KTXs6s1cz51tttVUSjY5A2dNA//jjjzTsktdC&#10;uHbo69u3bypXNVLKmbqmXqh7UEOlXqgj7TjZGYrsTJ8ZnmJH8mJJd6PZGWJMOhGXuLUvEC9iQ1nG&#10;rV0BASf+008/PeVHOztSz8RHh0kHeNZZZ6VwwW6fINEjbWzPi7CxmyJxsssnbbUeeC/vpyywzSLo&#10;eOqhx4si7jmVg/tOY6Bx0gMBFYAR0YOoV8YgqBwMFeh16Nk7ihpeJfAkqES8imYET4Xengb42GOP&#10;pa1WyTMeUHdDQ6HBYORsCZtvxBHtEY0AUtf8pa67miI7A+oYr5V3c/DuoUOHNpydIUqkr2i6grqm&#10;w2DbW7YJjlD3tCO8RDpG5YchPXlVZyHvvBKUG4KLoDE9gAiDtvetBeI6Z86csge9MjS9KNJjUhA6&#10;8tDLYRRUFgZC5XPwmWEbDYzKoBfn21IME49i9913L0/e0rMD3gdonocKRxgYXnAwrBg0aFC6J3+N&#10;uZVo9PSkNAR6xPx8SzPApvSUKXkif/LI8IA6C/NHlCHx5euSa5QnZa/N8SU8v/32W/oLej/eCUNn&#10;vA5gOMazNOBRo0alMLwzUB7UEIvojJ2BREF2gJ0x3G0mO2OulTxRlvE/Cihf3kfnxBAdr1HeGEPg&#10;mTNnJnGkU8iLt/Y518hi4cKFyZtFEMm3vtXXffDUU0+Vy7+jeWGfeJVrLZpeFDEQClNHERgOlcJf&#10;MXXq1PQXI6UxMGzAkA877LBUiXgiGC1DFQ0J8IowDp7BIxo7dmwyFHpRDrwl3YshxmvESdwRekXS&#10;REPSBHWzQPmRP/JJ/oByrOa11YIhFsJCfDQuyl4cc8wx6S9lTzlyjTpino7hu+D91AMigNhwjhAi&#10;RDzLUF12onjIw5QpU8oCWkRn7SxvI7KDZrIzDX1JJ+JFHQHtRXN5iCOdE8NwoIwoa8KpC+6JMMwF&#10;5lGBPJJ27lU9EXccCnNN5T9r1qxSaG0QXuIbOHBgKaQ6XhDC1IUXhDBdDd9WM+zGy+xO8KDpMJgm&#10;0xwmeEEIY0xDMXLkyDS1UOnLua6Cb8LxQqMgVsOeoqkLe4qmp2FP0Rhj6qDQUzQmD6uxV1qp2Jie&#10;hD1FY4wJWBSNMSZgUTTGmIBF0ZgmY8mSJdmAAQNKZ6araUhR5GdKa6yxRvlYGa6//vp0dCejR49u&#10;99MqG23rgH3GX5Bga7Jb7ELwM0iFR9vgWf1Esl74WSr/jFwvd955Z0pXvb/oaHUaThQxEP7Rki/F&#10;Ofh5VTSuPNwfjTJ/bkx3gdDod9TixRdfLNsuP0GU4I0YMSLZMuGsJrQyHTXv0M/86oGf6V100UVZ&#10;7969SyGmGg0nildffXX6jaNgnbXp06cn41JPy8E5B78ZZW03wrgvnssgIzGOIvLvEQgt4kxY9Arr&#10;Qc9xRIHHYyBewvEuo5ehd0SvuVrnYFYt1BfixO90I3EtQ1bDAdkhtgw8w7N5qGPdqzrXwfuAv4sX&#10;L8769euXzrEh2Refo/1G++e5en/R0eo0nChS4aywkQeDit4j4kkYnzE+wjGOeC4jFAgQP7BXHEUi&#10;g6jqnsmTJ6/gdRIe16sTeLcyxrjYKqKGQfIcB8tFSfB4Dx4E4Rj5hAkTyvfxDp6bMWNGOQyioZvV&#10;B7bDwrSVoO7onGWDccjcp0+fZOcRrmOT3E/c2B51zl+cBIlgfuiMDW299dbpXuKQPfEMbQR+/PHH&#10;tDjGtGnT0rmpTlN90UKlIzoIV2fASBEsxYFARRAcBFUGyBAlGm/eK4hghBIvDFXMnTs3GarAoFl3&#10;T0SB5d2x8bAHiLxeDoZj8+fPL101qws6NWwk3+lGELY44qkGtkjnF+NjlRz44osv2tkLKxHlh84M&#10;jYE0SQhxLGS7Y8aMSQvXsnwaYm2q03CiiCgsW7asdPYfDC2Zi0F06FE7i4SLI99br24YeiHUCKC8&#10;SeasYprVAMzqg46ODkqdKx1X7MwQxIMOOqhdhxdtDfuO9+MNxo4ez08jD+xBdY6g8Zw67XrBltiK&#10;gHg6+mwr0nCiiFcVDQRD0DAXY4HOekt4iRKbIhjWYODqTRmqIMQrA2nGCxD09IMHDy6drQhGi4dB&#10;w2NRTBqfaSyYu1YnpekaiZ5sNXZeeICMHjT1wYrUiKbAHhBGPct8o6Zwophij/E50020FXzD0WYg&#10;TKCVD6HzNnH7t80QS6H/pnPC2wx0hXPi4oA2QyvHwdHmhaXwSJsgla8Tj+B9ij8P8fCc4D35ZxWn&#10;0gKci3zaOId8WVRKQ3cz7Z2vSp9MhPqQLfI51hWHbCzaVbTdaFd8lr0WxYFNyS4E10W0w7wNmvrx&#10;ghCmLrwgxKqDIXL0EBlGt4lc8iTzO/WZrqepvmgxphXgyziEUAfTKR46rzrsKZq6sKdoWgV7isYY&#10;Eyj0FPEKjDGmJ1Np5OPhs6kLD59Nq+DhszHGBCyKxhgTsCgaY0zAomhMk6HfQJvuwaLYBkYW/1lW&#10;y4Up3Jg8ce1L/WYZYni0nbjOYRQ0bK2jy8F55e3uxaJYon///ukH+PoyXstD+ct5U0TRCtt0onFN&#10;zFGjRiUxAq+83TxYFAvg51Rawy729vTw6u05OtrDm55D0QrbRctysS6i7ETrJXrl7cbGolgAy3tp&#10;kU9Bz671HPkt6uTJk6suMmpaA8QmrrCNbUiUWDZOayrGIbNX3m5sLIolMC4ZM0ZXtOWA1nPEi2RF&#10;ZGMQMARIsA4mniNixlBaHl41vPJ2g9HWq7Q81daeUxG1GX76rKPV8HqKK8L6hax9KOLaioDNaL3E&#10;aF/xPv4SR7QpnXPE57DTGD/E57yeYtdgT7FO8AA0Uc5hWht94xxX2F66dGm7YTEeHt4bHiAjEc3x&#10;eeXtxsaiWCdDhgxJwxwNsfO7/JnWAXHjG2ft08KBoDHlwryewhg+s3UBMMSW/TCEjWIKnBPO3DXC&#10;x39DxLihaOhsuh4vCFEniCAGHr/1Y1Mhnfd0vCDEqgPbih4iwojniDh65e3ux55infCtXuy9+TKm&#10;VQTRrFq88vbqxZ6iqQt7iqZVsKdojDEBr7xtjGlJvPK2WSk8fDatgofPxhgTsCgaY0zAomiMMQGL&#10;ojFNBr984R+8TffQsKLIIq/651X9zImfVzXDz+vimnYcK7OgqGlMqNO8fQrOCY9Em4iC5pW3G4+G&#10;FcVhw4aVfxTfTCDm/MaVdOvgB/6dXbKJBuTlnhqPopW3AZHjd/J5vPJ289AUw2f9qF4gFPS40WtE&#10;OIp64krhfFaPzlEkPHmPT/Ccns0b98SJE5PxR/i9qn4SGD3gfHoULs+DMDoGfl6oMNMYFK28DYTn&#10;1+KUYGq9RK+83eC09VwNidYvZI04wTp0hPEXWC8ufhY8q3XuKoUTD+dAWHyP4J42UUqfuUdr2XFv&#10;fl07Ua1IiSteJ56i95JmvTd+Xp14PcVi8nUqYhg2Gu2FZ2SXhHOdc9kyNiE75a/sFDjXNeA9Oicu&#10;xcszeucPP/yQ4uSvqU3Deor0tm3pS59jT9lW0eUel2EIa9hxrc3Qyj0kQ28NWYvChXp0hiKseBOh&#10;l+Vd6pG5J65cwnCoFtH7Iy0LFixImxkJPAblK85RkWbTHOCltQlQ6axzeOXtxqLhh88MnRESJper&#10;0dZDJhHVoeFNpfDugvdp2IJR8k7CqoGhxl3gat1vGgMEkZVrirauyBM71GXLlqUOU7R5ekkYBdte&#10;0IHTQdJZS/SwE57r6OpMTNlMmjQpxdPRZ1uRhhRFKj/OoXGe30gqQkXjXcU5FKgULjAWQHDxOiNs&#10;LsSGROpZi+4pgp46Gnikb9++aVJexBWYJYS8z55i4yP7lGBVwytvNxcNKYrqzTSc5LxWbzxv3rzy&#10;ysYc+gKkUjiwxQBhcYVkwTsZFiFW3MOwJX9PEaST5/Q+DiA+GgfGr3AEUL03gksY74ueIv96wXns&#10;JMzqBXErWnkbNGUC/JW9YROyQ9V7hHPCuR/hk93FuL3y9qqhZReEwNhaNOudwgtCrDoQ1ughYqt4&#10;johjd0//mCb5lxxjWgmvvL168dJhpi7sKZpWwZ6iMcYEvPK2MaYl8crbxhhTBx4+G2NMmSz7f0v/&#10;VwIpAOpfAAAAAElFTkSuQmCCUEsDBBQABgAIAAAAIQCdJwkw3gAAAAcBAAAPAAAAZHJzL2Rvd25y&#10;ZXYueG1sTI7LTsMwEEX3SPyDNUjsqENIH4Q4FUICIboASiS2bjxNIuxxFLtN4OuZrmB5547OPcV6&#10;clYccQidJwXXswQEUu1NR42C6uPxagUiRE1GW0+o4BsDrMvzs0Lnxo/0jsdtbARDKORaQRtjn0sZ&#10;6hadDjPfI3G394PTkePQSDPokeHOyjRJFtLpjnih1T0+tFh/bQ9OQZbu7ertabH5ea6q8eUz65bJ&#10;a6fU5cV0fwci4hT/nuGkz+pQstPOH8gEYRWwd+TrDYhTOU9vUxA7Rs+zJciykP/9y18AAAD//wMA&#10;UEsDBBQABgAIAAAAIQBXffHq1AAAAK0CAAAZAAAAZHJzL19yZWxzL2Uyb0RvYy54bWwucmVsc7yS&#10;wWrDMAyG74O+g9F9cZKWMUadXkah19E9gLAVxzSWje2V9e1nKIMVSnfLURL/938HbXfffhZnStkF&#10;VtA1LQhiHYxjq+DzuH9+BZELssE5MCm4UIbdsHraftCMpYby5GIWlcJZwVRKfJMy64k85iZE4noZ&#10;Q/JY6pisjKhPaEn2bfsi018GDDdMcTAK0sGsQRwvsTb/zw7j6DS9B/3licudCul87a5ATJaKAk/G&#10;4XW5biJbkPcd+mUc+kcO3TIO3SOHzTIOm18HefNkww8AAAD//wMAUEsBAi0AFAAGAAgAAAAhALGC&#10;Z7YKAQAAEwIAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYA&#10;CAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAA7AQAAX3JlbHMvLnJlbHNQSwECLQAUAAYA&#10;CAAAACEAUltgfkALAAAKSgAADgAAAAAAAAAAAAAAAAA6AgAAZHJzL2Uyb0RvYy54bWxQSwECLQAK&#10;AAAAAAAAACEAazUXYEACAQBAAgEAFAAAAAAAAAAAAAAAAACmDQAAZHJzL21lZGlhL2ltYWdlMS5w&#10;bmdQSwECLQAKAAAAAAAAACEAp6IHRgEHAAABBwAAFAAAAAAAAAAAAAAAAAAYEAEAZHJzL21lZGlh&#10;L2ltYWdlMi5wbmdQSwECLQAKAAAAAAAAACEAcBsL2jbgAAA24AAAFAAAAAAAAAAAAAAAAABLFwEA&#10;ZHJzL21lZGlhL2ltYWdlMy5wbmdQSwECLQAKAAAAAAAAACEAY5zpl24ZAABuGQAAFAAAAAAAAAAA&#10;AAAAAACz9wEAZHJzL21lZGlhL2ltYWdlNC5wbmdQSwECLQAUAAYACAAAACEAnScJMN4AAAAHAQAA&#10;DwAAAAAAAAAAAAAAAABTEQIAZHJzL2Rvd25yZXYueG1sUEsBAi0AFAAGAAgAAAAhAFd98erUAAAA&#10;rQIAABkAAAAAAAAAAAAAAAAAXhICAGRycy9fcmVscy9lMm9Eb2MueG1sLnJlbHNQSwUGAAAAAAkA&#10;CQBCAgAAaRMCAAAA&#10;">
+                <v:shape id="_x0000_s1069" type="#_x0000_t75" style="position:absolute;width:97053;height:28790;visibility:visible;mso-wrap-style:square" stroked="t" strokecolor="#00b0f0" strokeweight="1pt">
+                  <v:fill o:detectmouseclick="t"/>
+                  <v:path o:connecttype="none"/>
+                </v:shape>
+                <v:group id="Group 1114905039" o:spid="_x0000_s1070" style="position:absolute;left:6760;top:514;width:89912;height:27974" coordorigin="6760,514" coordsize="89911,27973" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQA2jWlGyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEG+xtJtEpWo0i4sYeZDAdDN+O5myLzaU0WVu//TIY7PF+/2+1GVwtOmpD5dmAHikQxLm3&#10;FRcGPk8vT3MQISJbrD2TgRsF2Kzv71aYWd/zB3XHWIgUwiFDA2WMTSZlyEtyGEa+IU7cxbcOYzrb&#10;QtoW+xTuajlWaiYdVpwaSmxoV1J+PX47A6899tuJ3neH62V3O5+m718HTcY8PgzbJYhIQ/wX/7nf&#10;bJqv9fNCTdVkAb8/JQDk+gcAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQA2jWlGyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                  <v:shape id="Picture 475789598" o:spid="_x0000_s1071" type="#_x0000_t75" alt="Livestock semitrailer 3 axle" style="position:absolute;left:6760;top:2846;width:62138;height:21992;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBBZiJOxQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/LisIw&#10;FN0L8w/hDriRMVXU1tooIgiuRtTB9aW5fcw0N6WJWv/eLAZcHs472/SmEXfqXG1ZwWQcgSDOra65&#10;VPBz2X8lIJxH1thYJgVPcrBZfwwyTLV98InuZ1+KEMIuRQWV920qpcsrMujGtiUOXGE7gz7ArpS6&#10;w0cIN42cRtFCGqw5NFTY0q6i/O98Mwqa5y2W39qcOEp+rxN9KHA0PSo1/Oy3KxCeev8W/7sPWsEs&#10;nsfJcr4Mm8OlcAfk+gUAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAAAAAA&#10;AAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUBAAAL&#10;AAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBBZiJOxQAAAOIAAAAP&#10;AAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA+QIAAAAA&#10;">
+                    <v:imagedata r:id="rId24" o:title="Livestock semitrailer 3 axle" croptop="10050f"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 1898743453" o:spid="_x0000_s1072" type="#_x0000_t32" style="position:absolute;left:7853;top:1543;width:59627;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAk3nb/yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEE/Y2U2fV2hllDAab+jIVdG9HczbF5tI1mdZvbwaDPd7v/80Wna3FmVpfOVYw6CcgiAun&#10;Ky4V7LZvjxkIH5A11o5JwZU8LOb3dzPMtbvwJ503oRQxhH2OCkwITS6lLwxZ9H3XEEfu6FqLIZ5t&#10;KXWLlxhua/mUJGNpseLYYLChV0PFafNjFSy3p72rR+l6//31sVotjwdrrk6ph1738gwiUBf+xX/u&#10;dx3nZ9Nskg7T0RB+f4oAyPkNAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAJN52/8kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 837065635" o:spid="_x0000_s1073" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="12603,18264" to="12603,27949" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBuIZl6ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvgv9heYI33VRJ1OgqRVB6KLRNJeDtkX1NYrNvQ3ar6b93hUKPw8x8w2x2vWnElTpXW1bwNI1A&#10;EBdW11wqOH0eJksQziNrbCyTgl9ysNsOBxtMtb3xB10zX4oAYZeigsr7NpXSFRUZdFPbEgfvy3YG&#10;fZBdKXWHtwA3jZxFUSIN1hwWKmxpX1Hxnf0YBc1beclWx+Ph1e8XMSbn/JK/50qNR/3zGoSn3v+H&#10;/9ovWsFyvoiSOJnH8LgU7oDc3gEAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQBuIZl6ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Straight Arrow Connector 1709128126" o:spid="_x0000_s1074" type="#_x0000_t32" style="position:absolute;left:38116;top:7464;width:17495;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAO4tr5yQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/odlCr3pJqH1kbqKFAqt9uID1NuQHbPB7Gya3Wr8991Cocf53jNbdLYWV2p95VhBOkxAEBdO&#10;V1wq2O/eBhMQPiBrrB2Tgjt5WMz7vRnm2t14Q9dtKEUMYZ+jAhNCk0vpC0MW/dA1xJE7u9ZiiGdb&#10;St3iLYbbWmZJMpIWK44NBht6NVRctt9WwWp3Obj6+enz8HX6WK9X56M1d6fU40O3fAERqAv/4j/3&#10;u47zx8k0zSZpNoLfnyIAcv4DAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEADuLa+ckAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1329616636" o:spid="_x0000_s1075" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="67480,514" to="67480,5502" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQClCqBLyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9fa8Iw&#10;EH8f7DuEG/imqcqyWY0iguLDwK0bBd+O5tbWNZfSRO2+/SIIe7zf/1usetuIC3W+dqxhPEpAEBfO&#10;1Fxq+PrcDl9B+IBssHFMGn7Jw2r5+LDA1Lgrf9AlC6WIIexT1FCF0KZS+qIii37kWuLIfbvOYohn&#10;V0rT4TWG20ZOkkRJizXHhgpb2lRU/GRnq6E5lKdstttt38Lm5RnVMT/l77nWg6d+PQcRqA//4rt7&#10;b+L86WSmxkpNFdx+igDI5R8AAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEApQqgS8kAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:line id="Straight Connector 818031412" o:spid="_x0000_s1076" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="7853,514" to="7853,5407" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDro939ywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8gRvdRPb2hhdpQhKD4VqWgK9PbLPJJp9G7Krxn/vFgo9DjPzDbNY9aYRF+pcbVlBPI5A&#10;EBdW11wq+P7aPCYgnEfW2FgmBTdysFoOHhaYanvlPV0yX4oAYZeigsr7NpXSFRUZdGPbEgfvYDuD&#10;PsiulLrDa4CbRk6iaCoN1hwWKmxpXVFxys5GQfNZHrPZdrv58OvXF5z+5Md8lys1GvZvcxCeev8f&#10;/mu/awVJnERP8XM8gd9L4Q7I5R0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDro939ywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Straight Arrow Connector 28828125" o:spid="_x0000_s1077" type="#_x0000_t32" style="position:absolute;left:12610;top:27468;width:43174;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCvZNToyQAAAOEAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvBf/D8oTe6sZQS4iuIkKhVS9VQb09ss9sMPs2zW41/vuuIHgcZuYbZjLrbC0u1PrKsYLhIAFB&#10;XDhdcalgt/18y0D4gKyxdkwKbuRhNu29TDDX7so/dNmEUkQI+xwVmBCaXEpfGLLoB64hjt7JtRZD&#10;lG0pdYvXCLe1TJPkQ1qsOC4YbGhhqDhv/qyC5fa8d/Xofb3/PX6vVsvTwZqbU+q1383HIAJ14Rl+&#10;tL+0gjTL0myYjuD+KL4BOf0HAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAr2TU6MkAAADh&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:shape id="Picture 228625941" o:spid="_x0000_s1078" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:36455;top:9550;width:3334;height:3334;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBgKfvCygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/BTsMw&#10;EETvSP0Ha5G4UacRVCWtWxWqihy4kOYDFnubhMbrKHaTwNdjJCSOo5l5o9nsJtuKgXrfOFawmCcg&#10;iLUzDVcKytPxfgXCB2SDrWNS8EUedtvZzQYz40Z+p6EIlYgQ9hkqqEPoMim9rsmin7uOOHpn11sM&#10;UfaVND2OEW5bmSbJUlpsOC7U2NFLTfpSXK2C18+yeS4+LsNbfvzONetDOdqTUne3034NItAU/sN/&#10;7dwoSNPVMn18eljA76V4B+T2BwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAGAp+8LKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;">
+                    <v:imagedata r:id="rId21" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1350131414" o:spid="_x0000_s1079" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="55854,6645" to="55854,28122" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBIIKeoyQAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9La8JA&#10;EL4L/odlhN50k/qq0VWKoPRQsKYl0NuQHZNodjZkt5r+e1co9Djfe1abztTiSq2rLCuIRxEI4tzq&#10;igsFX5+74QsI55E11pZJwS852Kz7vRUm2t74SNfUFyKEsEtQQel9k0jp8pIMupFtiAN3sq1BH862&#10;kLrFWwg3tXyOopk0WHFoKLGhbUn5Jf0xCupDcU4X+/3u3W/nU5x9Z+fsI1PqadC9LkF46vy/+M/9&#10;psP88TSKx/EknsDjpwCAXN8BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEASCCnqMkAAADj&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:line id="Straight Connector 965701831" o:spid="_x0000_s1080" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="38116,6350" to="38243,15690" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAi4kIVywAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gredJOKUaOrFEHpoVAbJeDtkX1NYrNvQ3ar6b93hUKPw8x8w6w2vWnElTpXW1YQjyMQ&#10;xIXVNZcKTsfdaA7CeWSNjWVS8EsONuunwQpTbW/8SdfMlyJA2KWooPK+TaV0RUUG3di2xMH7sp1B&#10;H2RXSt3hLcBNI1+iKJEGaw4LFba0raj4zn6MguajvGSL/X737rezKSbn/JIfcqWGz/3rEoSn3v+H&#10;/9pvWsEimc6ieD6J4XEp3AG5vgMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQAi4kIVywAA&#10;AOIAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="Picture 1361960947" o:spid="_x0000_s1081" type="#_x0000_t75" style="position:absolute;left:73138;top:573;width:23534;height:14667;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBhymvtxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4XfIdlBG91k7SkGl1FLKKXHhr1PmTHJJqdDdnVxLfvFgo9zvc/y/VgGvGgztWWFcTTCARxYXXN&#10;pYLTcfc6A+E8ssbGMil4koP1avSyxEzbnr/pkftShBB2GSqovG8zKV1RkUE3tS1x4C62M+jD2ZVS&#10;d9iHcNPIJIpSabDm0FBhS9uKilt+Nwr6T5vEh/0lOX8Zs5X5dWb3u0KpyXjYLEB4Gvy/+M990GH+&#10;WxrP02j+/gG/PwUA5OoHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAYcpr7cYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;">
+                    <v:imagedata r:id="rId19" o:title=""/>
+                  </v:shape>
+                  <v:shape id="_x0000_s1082" type="#_x0000_t202" style="position:absolute;left:29971;top:26107;width:10674;height:2381;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAmQIfZygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvhf6H5RV6qxsVQhJdRVoFvVjUen9mn0k0+zbsbjXtr+8WCj0OM/MNM533phU3cr6xrGA4SEAQ&#10;l1Y3XCn4OKxeMhA+IGtsLZOCL/Iwnz0+TLHQ9s47uu1DJSKEfYEK6hC6Qkpf1mTQD2xHHL2zdQZD&#10;lK6S2uE9wk0rR0mSSoMNx4UaO3qtqbzuP42Ct/KUX9pva9z7ZpttF8tVdpBHpZ6f+sUERKA+/If/&#10;2mutYJzmWT5KkyH8Xop3QM5+AAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhACZAh9nKAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="527CA4CA" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>'S'-Dimension</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="_x0000_s1083" type="#_x0000_t202" style="position:absolute;left:44467;top:6254;width:6010;height:2382;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQD1wPprzAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9PT8Mw&#10;DMXvSHyHyEjcWLo/YqUsmyZgElyGtrG715i20DhVErZunx4fkDjafn7v/WaL3rXqSCE2ng0MBxko&#10;4tLbhisDH7vVXQ4qJmSLrWcycKYIi/n11QwL60+8oeM2VUpMOBZooE6pK7SOZU0O48B3xHL79MFh&#10;kjFU2gY8iblr9SjL7rXDhiWhxo6eaiq/tz/OwHN5ePhqL96F97d1vl6+rPKd3htze9MvH0El6tO/&#10;+O/71Ur94WQyHmXTsVAIkyxAz38BAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMA&#10;AAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78A&#10;AAAVAQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA9cD6a8wA&#10;AADjAAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAAAD&#10;AAAAAA==&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="12CAB001" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r w:rsidRPr="004337A7">
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Load</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Arrow: Down 559898592" o:spid="_x0000_s1084" type="#_x0000_t67" style="position:absolute;left:37204;top:13324;width:2045;height:4159;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDQiarvygAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9Ba8JA&#10;FITvQv/D8gq96UZpJImuYkuLRejB1IPHR/aZBLNvl+zWpP++Wyh4HGbmG2a9HU0nbtT71rKC+SwB&#10;QVxZ3XKt4PT1Ps1A+ICssbNMCn7Iw3bzMFljoe3AR7qVoRYRwr5ABU0IrpDSVw0Z9DPriKN3sb3B&#10;EGVfS93jEOGmk4skWUqDLceFBh29NlRdy2+j4LB/u3wOO5e6l2d7zs4Vl+G4V+rpcdytQAQawz38&#10;3/7QCtI0z/IszRfwdyneAbn5BQAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhANCJqu/KAAAA&#10;4gAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="16291" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:shape id="_x0000_s1085" type="#_x0000_t202" style="position:absolute;left:27936;top:12300;width:8433;height:5136;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQCXq1dsywAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI9BS8NA&#10;EIXvgv9hGcGL2E1LjSV2W0QRpJhDoz9gyI5J2uxsyK5NzK/vHAo9zsx775u33o6uVSfqQ+PZwHyW&#10;gCIuvW24MvDz/fG4AhUissXWMxn4pwDbze3NGjPrB97TqYiVkhAOGRqoY+wyrUNZk8Mw8x2x3H59&#10;7zDK2Ffa9jhIuGv1IklS7bBhIdTY0VtN5bH4cwYoHx6+8t3k8zLVh+J9mIQ/GXN/N76+gIo0xqv4&#10;4v608v58lSyels+ptJBOsgC9OQMAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAA&#10;AAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAA&#10;ABUBAAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQCXq1dsywAA&#10;AOMAAAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/wIA&#10;AAAA&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="04CEC8F2" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Imposed Load from Livestock (M)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="_x0000_s1086" type="#_x0000_t202" style="position:absolute;left:72923;top:23517;width:23749;height:4762;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDmpyPpyQAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/fasIw&#10;FMbvhb1DOIPdyEy1MrQaRRRxKIVNfYBDc2y7NSelyTS+/XIhePnx/eM3XwbTiCt1rrasYDhIQBAX&#10;VtdcKjiftu8TEM4ja2wsk4I7OVguXnpzzLS98Tddj74UcYRdhgoq79tMSldUZNANbEscvYvtDPoo&#10;u1LqDm9x3DRylCQf0mDN8aHCltYVFb/HP6PgsJ3mbv8zqvv5ZrP/Ou/CCfOg1NtrWM1AeAr+GX60&#10;P7WCdDxMx+l0EiEiUsQBufgHAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAA&#10;AAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAV&#10;AQAACwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEA5qcj6ckAAADi&#10;AAAADwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAP0CAAAA&#10;AA==&#10;" strokecolor="#c00000">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0BFF9055" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Note:</w:t>
+                          </w:r>
+                        </w:p>
+                        <w:p w14:paraId="6650CAFE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D307D2" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:pStyle w:val="ListParagraph"/>
+                            <w:numPr>
+                              <w:ilvl w:val="0"/>
+                              <w:numId w:val="42"/>
+                            </w:numPr>
+                            <w:ind w:left="142" w:hanging="142"/>
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="00D307D2">
+                            <w:rPr>
+                              <w:rFonts w:eastAsia="Calibri"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>The centre of mass of the single load area is taken to be at the geometric centre of the stock crate.</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:rect id="Rectangle 1235850183" o:spid="_x0000_s1087" style="position:absolute;left:28463;top:18805;width:11563;height:2929;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAy4cztxgAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NagIx&#10;EL4X+g5hCr3VRGXLujWKWgRPQtWLt+lmurt0MwmbqOvbG0HwON//TOe9bcWZutA41jAcKBDEpTMN&#10;VxoO+/VHDiJEZIOtY9JwpQDz2evLFAvjLvxD512sRArhUKCGOkZfSBnKmiyGgfPEiftzncWYzq6S&#10;psNLCretHCn1KS02nBpq9LSqqfzfnawGk8fye4I+2/4qfzruV75fYqb1+1u/+AIRqY9P8cO9MWn+&#10;aJzlmRrmY7j/lACQsxsAAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAMuHM7cYAAADjAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" fillcolor="#4daed0 [3204]" strokecolor="#091a21 [484]" strokeweight="2pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="4488625E" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r w:rsidRPr="004337A7">
+                            <w:rPr>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:rect>
+                  <v:shape id="_x0000_s1088" type="#_x0000_t202" style="position:absolute;left:23884;top:22301;width:8433;height:2559;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAAn1iexgAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NSsNA&#10;EL4LvsMyghexuy2S2thtKYogYg6NPsCQHZNodjZk1ybm6Z2D0OPH97/dT75TJxpiG9jCcmFAEVfB&#10;tVxb+Hh/vr0HFROywy4wWfilCPvd5cUWcxdGPtKpTLWSEI45WmhS6nOtY9WQx7gIPbFwn2HwmAQO&#10;tXYDjhLuO70yJtMeW5aGBnt6bKj6Ln+8BSrGm7fidQ5Flemv8mmcpX+29vpqOjyASjSls/jf/eIs&#10;rMwmM+vNnWyWS3IH9O4PAAD//wMAUEsBAi0AFAAGAAgAAAAhANvh9svuAAAAhQEAABMAAAAAAAAA&#10;AAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAUAAYACAAAACEAWvQsW78AAAAVAQAA&#10;CwAAAAAAAAAAAAAAAAAfAQAAX3JlbHMvLnJlbHNQSwECLQAUAAYACAAAACEAAJ9YnsYAAADiAAAA&#10;DwAAAAAAAAAAAAAAAAAHAgAAZHJzL2Rvd25yZXYueG1sUEsFBgAAAAADAAMAtwAAAPoCAAAAAA==&#10;" strokecolor="#ffc000" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="3F327FCC" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>100kg (M</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:position w:val="-4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>)</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Picture 1517043332" o:spid="_x0000_s1089" type="#_x0000_t75" alt="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project" style="position:absolute;left:33113;top:19101;width:2553;height:2547;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDa8PGQyAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LTsMw&#10;EN0j9Q7WVGJHnTb8lNatCqgiCzakOcBgT5O08TiKTRI4PUZCYjnvP5vdZFsxUO8bxwqWiwQEsXam&#10;4UpBeTzcPILwAdlg65gUfJGH3XZ2tcHMuJHfaShCJWII+wwV1CF0mZRe12TRL1xHHLmT6y2GePaV&#10;ND2OMdy2cpUk99Jiw7Ghxo6ea9KX4tMqeD2XzVPxcRne8sN3rlm/lKM9KnU9n/ZrEIGm8C/+c+cm&#10;zr9bPiS3aZqu4PenCIDc/gAAAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQDa8PGQyAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;">
+                    <v:imagedata r:id="rId21" o:title="Center Of Gravity Icons - Free SVG &amp; PNG Center Of Gravity Images - Noun  Project"/>
+                  </v:shape>
+                  <v:shape id="Straight Arrow Connector 118633801" o:spid="_x0000_s1090" type="#_x0000_t32" style="position:absolute;left:34235;top:25040;width:21549;height:0;visibility:visible;mso-wrap-style:square" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9urhgxwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9da8Iw&#10;FH0f+B/CFfY20+ompRpFhMGmvqgD9e3SXJtic9M1mdZ/vwiDPR7O93Te2VpcqfWVYwXpIAFBXDhd&#10;canga//+koHwAVlj7ZgU3MnDfNZ7mmKu3Y23dN2FUsQQ9jkqMCE0uZS+MGTRD1xDHLmzay2GCNtS&#10;6hZvMdzWcpgkY2mx4thgsKGloeKy+7EKVvvLwdVvr5vD9+lzvV6dj9bcnVLP/W4xARGoC//iP/eH&#10;jvPTbDwaZUkKj0sRg5z9AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAL26uGDHAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:stroke startarrow="classic" startarrowwidth="wide" endarrow="classic" endarrowwidth="wide"/>
+                  </v:shape>
+                  <v:line id="Straight Connector 1191182292" o:spid="_x0000_s1091" style="position:absolute;flip:y;visibility:visible;mso-wrap-style:square" from="34272,18833" to="34362,25447" o:connectortype="straight" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQC9jKhryAAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/NasJA&#10;EL4LfYdlCr3pJoFaE12lCIqHgjYtgd6G7JjEZmdDdtX07V2h4HG+/1msBtOKC/WusawgnkQgiEur&#10;G64UfH9txjMQziNrbC2Tgj9ysFo+jRaYaXvlT7rkvhIhhF2GCmrvu0xKV9Zk0E1sRxy4o+0N+nD2&#10;ldQ9XkO4aWUSRVNpsOHQUGNH65rK3/xsFLT76pSn2+3mw6/fXnH6U5yKQ6HUy/PwPgfhafAP8b97&#10;p8P8OI3jWZKkCdx/CgDI5Q0AAP//AwBQSwECLQAUAAYACAAAACEA2+H2y+4AAACFAQAAEwAAAAAA&#10;AAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAIAAAAIQBa9CxbvwAAABUB&#10;AAALAAAAAAAAAAAAAAAAAB8BAABfcmVscy8ucmVsc1BLAQItABQABgAIAAAAIQC9jKhryAAAAOMA&#10;AAAPAAAAAAAAAAAAAAAAAAcCAABkcnMvZG93bnJldi54bWxQSwUGAAAAAAMAAwC3AAAA/AIAAAAA&#10;" strokecolor="red" strokeweight="1.5pt"/>
+                  <v:shape id="_x0000_s1092" type="#_x0000_t202" style="position:absolute;left:41965;top:23827;width:6007;height:2654;visibility:visible;mso-wrap-style:square;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQBan97mxwAAAOIAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE/PT8Iw&#10;FL6b8D80z8SbdJKg3aAQopDoBQLo/bE+t8n6urQVJn89PZhw/PL9ns5724oT+dA41vA0zEAQl840&#10;XGn43K8eFYgQkQ22jknDHwWYzwZ3UyyMO/OWTrtYiRTCoUANdYxdIWUoa7IYhq4jTty38xZjgr6S&#10;xuM5hdtWjrLsWVpsODXU2NFrTeVx92s1vJWH/Ke9OOs3H2u1XixXai+/tH647xcTEJH6eBP/u9+N&#10;BjUaq/wlz9LmdCndATm7AgAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAFqf3ubHAAAA4gAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;" strokecolor="red" strokeweight="1.5pt">
+                    <v:textbox>
+                      <w:txbxContent>
+                        <w:p w14:paraId="0F5D922C" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                          <w:pPr>
+                            <w:spacing w:before="0"/>
+                            <w:jc w:val="center"/>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                          </w:pPr>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                            </w:rPr>
+                            <w:t>D</w:t>
+                          </w:r>
+                          <w:r>
+                            <w:rPr>
+                              <w:b/>
+                              <w:bCs/>
+                              <w:position w:val="-4"/>
+                              <w:sz w:val="16"/>
+                              <w:szCs w:val="16"/>
+                              <w:vertAlign w:val="subscript"/>
+                            </w:rPr>
+                            <w:t>Toolbox</w:t>
+                          </w:r>
+                        </w:p>
+                      </w:txbxContent>
+                    </v:textbox>
+                  </v:shape>
+                  <v:shape id="Arrow: Down 1491088518" o:spid="_x0000_s1093" type="#_x0000_t67" style="position:absolute;left:33200;top:22090;width:2044;height:2168;visibility:visible;mso-wrap-style:square;v-text-anchor:middle" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQAN+/WTygAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRI/dasJA&#10;EIXvC32HZQq9q5uEVmJ0FVEEhVL8e4AhOyax2dmQ3Wp8+85FoZcz58w538wWg2vVjfrQeDaQjhJQ&#10;xKW3DVcGzqfNWw4qRGSLrWcy8KAAi/nz0wwL6+98oNsxVkpCOBRooI6xK7QOZU0Ow8h3xKJdfO8w&#10;ythX2vZ4l3DX6ixJxtphw9JQY0ermsrv448zkOH6vPx67MPqYK+f6/EOq02Gxry+DMspqEhD/Df/&#10;XW+t4L9P0iTPP1KBlp9kAXr+CwAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAA&#10;AAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAA&#10;FQEAAAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAA379ZPKAAAA&#10;4wAAAA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD+AgAA&#10;AAA=&#10;" adj="11416" fillcolor="#ffc000" strokecolor="black [3213]" strokeweight="2pt"/>
+                  <v:shape id="Picture 1789760696" o:spid="_x0000_s1094" type="#_x0000_t75" style="position:absolute;left:72444;top:15690;width:24228;height:7455;visibility:visible;mso-wrap-style:square" o:gfxdata="UEsDBBQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbHyQz07DMAyH&#10;70i8Q+QralM4IITa7kDhCAiNB7ASt43WOlEcyvb2pNu4IODoPz9/n1xv9vOkForiPDdwXVagiI23&#10;jocG3rdPxR0oScgWJ8/UwIEENu3lRb09BBKV0ywNjCmFe63FjDSjlD4Q50nv44wpl3HQAc0OB9I3&#10;VXWrjedEnIq03oC27qjHjympx31un0wiTQLq4bS4shrAECZnMGVTvbD9QSnOhDInjzsyuiBXWQP0&#10;r4R18jfgnHvJr4nOknrFmJ5xzhraRtHWf3Kkpfz/yGo5S+H73hkquyhdjr3R8m2lj09svwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAFr0LFu/AAAAFQEAAAsAAABfcmVscy8ucmVsc2zPwWrDMAwG4Ptg72B0&#10;X5TuUMaI01uh19I+gLGVxCy2jGSy9e1nemrHjpL4P0nD4SetZiPRyNnCruvBUPYcYp4tXC/Htw8w&#10;Wl0ObuVMFm6kcBhfX4Yzra62kC6xqGlKVgtLreUTUf1CyWnHhXKbTCzJ1VbKjMX5LzcTvvf9HuXR&#10;gPHJNKdgQU5hB+ZyK23zHztFL6w81c5zQp6m6P9TMfB3PtPWFCczVQtB9N4U2rp2HOA44NMz4y8A&#10;AAD//wMAUEsDBBQABgAIAAAAIQDkYq7IxwAAAOMAAAAPAAAAZHJzL2Rvd25yZXYueG1sRE9LawIx&#10;EL4L/Q9hCt40q0LUrVFKF6HUS31cehs24+7iZhI2Udd/3xSEHud7z2rT21bcqAuNYw2TcQaCuHSm&#10;4UrD6bgdLUCEiGywdUwaHhRgs34ZrDA37s57uh1iJVIIhxw11DH6XMpQ1mQxjJ0nTtzZdRZjOrtK&#10;mg7vKdy2cpplSlpsODXU6OmjpvJyuFoNqrkU/lH4/fXLnH6+/c4XxcxrPXzt399AROrjv/jp/jRp&#10;/nyxnKtMLRX8/ZQAkOtfAAAA//8DAFBLAQItABQABgAIAAAAIQDb4fbL7gAAAIUBAAATAAAAAAAA&#10;AAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0AFAAGAAgAAAAhAFr0LFu/AAAAFQEA&#10;AAsAAAAAAAAAAAAAAAAAHwEAAF9yZWxzLy5yZWxzUEsBAi0AFAAGAAgAAAAhAORirsjHAAAA4wAA&#10;AA8AAAAAAAAAAAAAAAAABwIAAGRycy9kb3ducmV2LnhtbFBLBQYAAAAAAwADALcAAAD7AgAAAAA=&#10;">
+                    <v:imagedata r:id="rId22" o:title=""/>
+                  </v:shape>
+                </v:group>
+                <w10:wrap type="tight"/>
+              </v:group>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5720332F" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="09586CE5" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="20563701" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2688E27A" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6C65363D" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="01DEACCA" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="569760C7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="08689042" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2E72F5EA" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B50E5DB" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="398EBFDA" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3462D800" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4F054E9E" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658255" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="039A9A35" wp14:editId="5D1A9109">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-3654120</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>200025</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="1785620" cy="715645"/>
+                <wp:effectExtent l="0" t="0" r="24130" b="27305"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1353301307" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="1785620" cy="715645"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="13BD6C64" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Wheelbase:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="64F3F9F7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="008248A6" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="008248A6">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B7) S-Dimension: _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="039A9A35" id="_x0000_s1095" type="#_x0000_t202" style="position:absolute;margin-left:-287.75pt;margin-top:15.75pt;width:140.6pt;height:56.35pt;z-index:251658255;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAHHGFwGwIAACcEAAAOAAAAZHJzL2Uyb0RvYy54bWysU8Fu2zAMvQ/YPwi6L3aCOEmNOEWbLsOA&#10;rhvQ9QNkWY6FyaImKbGzrx8lu2m6oZdhPgiiKT6Sj4/r675V5Cisk6ALOp2klAjNoZJ6X9Cn77sP&#10;K0qcZ7piCrQo6Ek4er15/27dmVzMoAFVCUsQRLu8MwVtvDd5kjjeiJa5CRih0VmDbZlH0+6TyrIO&#10;0VuVzNJ0kXRgK2OBC+fw793gpJuIX9eC+6917YQnqqBYm4+njWcZzmSzZvneMtNIPpbB/qGKlkmN&#10;Sc9Qd8wzcrDyL6hWcgsOaj/h0CZQ15KL2AN2M03/6OaxYUbEXpAcZ840uf8Hyx+Oj+abJb6/hR4H&#10;GJtw5h74D0c0bBum9+LGWugawSpMPA2UJZ1x+RgaqHa5CyBl9wUqHDI7eIhAfW3bwAr2SRAdB3A6&#10;ky56T3hIuVxlixm6OPqW02wxz2IKlj9HG+v8JwEtCZeCWhxqRGfHe+dDNSx/fhKSOVCy2kmlomH3&#10;5VZZcmQogF38RvRXz5QmXUGvslk2EPAmRJreprsoG8z6CqKVHpWsZFvQVRq+QVuBto+6ijrzTKrh&#10;jsFKjzwG6gYSfV/2RFYFxTIwIPBaQnVCZi0MysVNw0sD9hclHaq2oO7ngVlBifqscTpX0/k8yDwa&#10;82wZeLWXnvLSwzRHqIJ6Sobr1sfVCMRpuMEp1jIS/FLJWDOqMfI+bk6Q+6UdX73s9+Y3AAAA//8D&#10;AFBLAwQUAAYACAAAACEA7UbzVOEAAAAMAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7FLnSdsQp6oqIbaQUrp1Y5ME4nGInTb8PdMVrEajObr3TLGZTc/OenSdRQHRIgSmsbaqw0bA&#10;2/4pWAFzXqKSvUUt4Ec72JS3N4XMlb3gqz5XvmEUgi6XAlrvh5xzV7faSLewg0a6fdjRSE/r2HA1&#10;yguFm57HYfjAjeyQGlo56F2r669qMtT7me76cPu+nKLv58PLnieHanUU4v5u3j4C83r2fzBc9Ukd&#10;SnI62QmVY72AIFtmGbECkogmEUG8ThNgJ2LTNAZeFvz/E+UvAAAA//8DAFBLAQItABQABgAIAAAA&#10;IQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsBAi0A&#10;FAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsBAi0A&#10;FAAGAAgAAAAhAAccYXAbAgAAJwQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1sUEsB&#10;Ai0AFAAGAAgAAAAhAO1G81ThAAAADAEAAA8AAAAAAAAAAAAAAAAAdQQAAGRycy9kb3ducmV2Lnht&#10;bFBLBQYAAAAABAAEAPMAAACDBQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="13BD6C64" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Wheelbase:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="64F3F9F7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="008248A6" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="008248A6">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B7) S-Dimension: _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658244" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="5F3ADF6F" wp14:editId="709A8501">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-6266815</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>196215</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2538095" cy="1338580"/>
+                <wp:effectExtent l="0" t="0" r="14605" b="13970"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="261990931" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2538095" cy="1338580"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="7EC95710" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="001028D9" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">Centre of Mass to ROH Line - </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001028D9">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>D:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0D1DF4F4" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="000A0F5F" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="000A0F5F">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="000A0F5F">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="000A0F5F">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="514AFD18" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="000A0F5F">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="44DC745C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="003E06BB">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (m):</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> (If applicable)</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5868C3D0" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00D51419">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = _______ m</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="462CECF6" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00CF3281" w:rsidRDefault="00214076" w:rsidP="00214076"/>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="5F3ADF6F" id="_x0000_s1096" type="#_x0000_t202" style="position:absolute;margin-left:-493.45pt;margin-top:15.45pt;width:199.85pt;height:105.4pt;z-index:251658244;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDWOWO5HAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3Yu3jpWnNVutqkq&#10;bS/Sth+AMY5RMUOBxE6/vgNOsulWfanKA2IYODNz5szqdugUOQjrJOiSTicpJUJzqKXelfTb1+2b&#10;nBLnma6ZAi1KehSO3q5fv1r1phAzaEHVwhIE0a7oTUlb702RJI63omNuAkZodDZgO+bRtLuktqxH&#10;9E4lszS9SXqwtbHAhXN4+zA66TriN43g/nPTOOGJKinm5uNu416FPVmvWLGzzLSSn9Jg/5BFx6TG&#10;oBeoB+YZ2Vv5B1QnuQUHjZ9w6BJoGslFrAGrmaYvqnlqmRGxFiTHmQtN7v/B8k+HJ/PFEj/cw4AN&#10;jEU48wj8uyMaNi3TO3FnLfStYDUGngbKkt644vQ1UO0KF0Cq/iPU2GS29xCBhsZ2gRWskyA6NuB4&#10;IV0MnnC8nGXzPF1mlHD0TefzPMtjWxJWnL8b6/x7AR0Jh5Ja7GqEZ4dH50M6rDg/CdEcKFlvpVLR&#10;sLtqoyw5MFTANq5YwYtnSpO+pMtslo0M/BUiTe/T7TnB3yJ10qOUlexKmqdhjeIKvL3TdRSaZ1KN&#10;Z0xZ6RORgbuRRT9UA5E1knITPgdiK6iPSK2FUbo4anhowf6kpEfZltT92DMrKFEfNLZnOV0sgs6j&#10;scjeztCw157q2sM0R6iSekrG48bH2QjEabjDNjYyEvycySlnlGPk/TQ6Qe/Xdnz1PODrXwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAK7NNMriAAAADAEAAA8AAABkcnMvZG93bnJldi54bWxMj8FOwzAMhu9I&#10;vENkJG5d0m6sXWk6TZMQV+gYXLPGtIUmKU26lbfHnOBkWf70/5+L7Wx6dsbRd85KiBcCGNra6c42&#10;El4OD1EGzAdlteqdRQnf6GFbXl8VKtfuYp/xXIWGUYj1uZLQhjDknPu6RaP8wg1o6fbuRqMCrWPD&#10;9aguFG56ngix5kZ1lhpaNeC+xfqzmgz1fqz2vdi9plP89Xh8OvDlscrepLy9mXf3wALO4Q+GX31S&#10;h5KcTm6y2rNeQrTJ1htiJSwFTSKiuyxNgJ0kJKs4BV4W/P8T5Q8AAAD//wMAUEsBAi0AFAAGAAgA&#10;AAAhALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwEC&#10;LQAUAAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwEC&#10;LQAUAAYACAAAACEA1jljuRwCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQ&#10;SwECLQAUAAYACAAAACEArs00yuIAAAAMAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYu&#10;eG1sUEsFBgAAAAAEAAQA8wAAAIUFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="7EC95710" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="001028D9" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">Centre of Mass to ROH Line - </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001028D9">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>D:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0D1DF4F4" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="000A0F5F" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="000A0F5F">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="000A0F5F">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="000A0F5F">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="514AFD18" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="000A0F5F">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="44DC745C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="003E06BB" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="003E06BB">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (m):</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> (If applicable)</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5868C3D0" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00D51419" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00D51419">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = _______ m</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="462CECF6" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00CF3281" w:rsidRDefault="00214076" w:rsidP="00214076"/>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658243" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="72ED75D7" wp14:editId="1ACEAA53">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-9814560</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>185725</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3489325" cy="2047875"/>
+                <wp:effectExtent l="0" t="0" r="15875" b="28575"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="980153080" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3489325" cy="2047875"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="448B7082" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004337A7">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Load Area – Imposed Load – M:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="34680E95" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004337A7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B5) Internal Stock Crate Loaded Deck Length (m): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="17043E6D" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004337A7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B4) Internal Stock Crate Loaded Deck Width (m): _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="18DB9C57" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004337A7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(B6) Number of Decks: _______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3C0966AF" w14:textId="575ED64D" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004337A7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D6) M = B5 x B4 x B6 x SL</w:t>
+                            </w:r>
+                            <w:r w:rsidR="00DC7CBA">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4FB52070" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="567"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004337A7">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ x ______ </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004337A7">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>x ______ x ______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="72AA52DC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="004337A7">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D6) M = ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="72ED75D7" id="_x0000_s1097" type="#_x0000_t202" style="position:absolute;margin-left:-772.8pt;margin-top:14.6pt;width:274.75pt;height:161.25pt;z-index:251658243;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQBdnJvxHAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9uO2yAQfa/Uf0C8N3aySZNYcVa72aaq&#10;tL1I234ABhyjYoYCib39+g7Ym822Uh+q8oAYBs7MnDmzue5bTU7SeQWmpNNJTok0HIQyh5J++7p/&#10;s6LEB2YE02BkSR+lp9fb1682nS3kDBrQQjqCIMYXnS1pE4ItsszzRrbMT8BKg84aXMsCmu6QCcc6&#10;RG91Nsvzt1kHTlgHXHqPt3eDk24Tfl1LHj7XtZeB6JJibiHtLu1V3LPthhUHx2yj+JgG+4csWqYM&#10;Bj1D3bHAyNGpP6BaxR14qMOEQ5tBXSsuUw1YzTT/rZqHhlmZakFyvD3T5P8fLP90erBfHAn9LfTY&#10;wFSEt/fAv3tiYNcwc5A3zkHXSCYw8DRSlnXWF+PXSLUvfASpuo8gsMnsGCAB9bVrIytYJ0F0bMDj&#10;mXTZB8Lx8mq+Wl/NFpRw9M3y+XK1XKQYrHj6bp0P7yW0JB5K6rCrCZ6d7n2I6bDi6UmM5kErsVda&#10;J8Mdqp125MRQAfu0RvQXz7QhXUnXC0zk7xB5fpvvk24w6guIVgWUslZtSVd5XIO4Im/vjEhCC0zp&#10;4YyftRmJjNwNLIa+6okSyMMyfo7EViAekVoHg3Rx1PDQgPtJSYeyLan/cWROUqI/GGzPejqfR50n&#10;Y75YztBwl57q0sMMR6iSBkqG4y6k2YgUGLjBNtYqEfycyZgzyjHxPo5O1PulnV49D/j2FwAAAP//&#10;AwBQSwMEFAAGAAgAAAAhAAa83DTjAAAADQEAAA8AAABkcnMvZG93bnJldi54bWxMj01Pg0AURfcm&#10;/ofJM3FHh6GFFmRomibGrVKr2ykzAjofyAwt/ntfV7p8uSf3nlduZ6PJWY2+d5YDW8RAlG2c7G3L&#10;4fXwGG2A+CCsFNpZxeFHedhWtzelKKS72Bd1rkNLsMT6QnDoQhgKSn3TKSP8wg3KYvbhRiMCnmNL&#10;5SguWG40TeI4o0b0Fhc6Mah9p5qvejK4+7na63j3tp7Y99Px+UCXx3rzzvn93bx7ABLUHP5guOqj&#10;OlTodHKTlZ5oDhFLV2mGMIckT4AgEuV5xoCcOCxTtgZalfT/F9UvAAAA//8DAFBLAQItABQABgAI&#10;AAAAIQC2gziS/gAAAOEBAAATAAAAAAAAAAAAAAAAAAAAAABbQ29udGVudF9UeXBlc10ueG1sUEsB&#10;Ai0AFAAGAAgAAAAhADj9If/WAAAAlAEAAAsAAAAAAAAAAAAAAAAALwEAAF9yZWxzLy5yZWxzUEsB&#10;Ai0AFAAGAAgAAAAhAF2cm/EcAgAAKAQAAA4AAAAAAAAAAAAAAAAALgIAAGRycy9lMm9Eb2MueG1s&#10;UEsBAi0AFAAGAAgAAAAhAAa83DTjAAAADQEAAA8AAAAAAAAAAAAAAAAAdgQAAGRycy9kb3ducmV2&#10;LnhtbFBLBQYAAAAABAAEAPMAAACGBQAAAAA=&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="448B7082" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004337A7">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Load Area – Imposed Load – M:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="34680E95" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004337A7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B5) Internal Stock Crate Loaded Deck Length (m): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="17043E6D" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004337A7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B4) Internal Stock Crate Loaded Deck Width (m): _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="18DB9C57" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004337A7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(B6) Number of Decks: _______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3C0966AF" w14:textId="575ED64D" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004337A7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D6) M = B5 x B4 x B6 x SL</w:t>
+                      </w:r>
+                      <w:r w:rsidR="00DC7CBA">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4FB52070" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="567"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004337A7">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ x ______ </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004337A7">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>x ______ x ______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="72AA52DC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004337A7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="004337A7">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D6) M = ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="19A5DC57" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="004F0E9C" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B02C063" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+      </w:pPr>
+      <w:r>
+        <w:br w:type="page"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="039B5416" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="center" w:pos="7942"/>
+        </w:tabs>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00460B3D">
+        <w:rPr>
+          <w:rStyle w:val="Heading1Char"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>Semitrailer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> - Sheet </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>2:-</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Semitrailer</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="78F5735B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00710A42" w:rsidRDefault="00214076" w:rsidP="00214076">
+      <w:pPr>
+        <w:spacing w:before="0" w:after="200" w:line="276" w:lineRule="auto"/>
+        <w:rPr>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658257" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="0568F751" wp14:editId="26E484A4">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>-13970</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>3888105</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="9594850" cy="2347595"/>
+                <wp:effectExtent l="0" t="0" r="25400" b="14605"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="820369374" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="9594850" cy="2347595"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="0B39AA86" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="006561C7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Notes</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00E75C9F">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="0568F751" id="_x0000_s1098" type="#_x0000_t202" style="position:absolute;margin-left:-1.1pt;margin-top:306.15pt;width:755.5pt;height:184.85pt;z-index:251658257;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQC1bjo9GwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vtjx4jUx4hRtugwD&#10;ugvQ7QNkWY6FyaImKbGzry8lu2m6YS/D9CCIonRIHh6ur4dOkaOwToIu6XyWUiI0h1rqfUm/f9u9&#10;WVLiPNM1U6BFSU/C0evN61fr3hQigxZULSxBEO2K3pS09d4USeJ4KzrmZmCERmcDtmMeTbtPast6&#10;RO9UkqXpu6QHWxsLXDiHt3ejk24iftMI7r80jROeqJJibj7uNu5V2JPNmhV7y0wr+ZQG+4csOiY1&#10;Bj1D3THPyMHKP6A6yS04aPyMQ5dA00guYg1YzTz9rZqHlhkRa0FynDnT5P4fLP98fDBfLfHDLQzY&#10;wFiEM/fAfziiYdsyvRc31kLfClZj4HmgLOmNK6avgWpXuABS9Z+gxiazg4cINDS2C6xgnQTRsQGn&#10;M+li8ITj5SpfLZY5ujj6sreLq3yVxxisePpurPMfBHQkHEpqsasRnh3vnQ/psOLpSYjmQMl6J5WK&#10;ht1XW2XJkaECdnFN6C+eKU36kEuWjwz8FSJNb9Nd1A1GfQHRSY9SVrIr6TINaxRX4O29rqPQPJNq&#10;PONnpSciA3cji36oBiJr5GEZPgdiK6hPSK2FUbo4anhowf6ipEfZltT9PDArKFEfNbZnNV8sgs6j&#10;scivMjTspae69DDNEaqknpLxuPVxNgJxGm6wjY2MBD9nMuWMcoy8T6MT9H5px1fPA755BAAA//8D&#10;AFBLAwQUAAYACAAAACEANOxi198AAAALAQAADwAAAGRycy9kb3ducmV2LnhtbEyPwU7DMBBE70j8&#10;g7VI3Fo7LpQQ4lRVJcQVUtpe3dgkgXgdYqcNf8/2BMfVPs28yVeT69jJDqH1qCCZC2AWK29arBW8&#10;b59nKbAQNRrdebQKfmyAVXF9levM+DO+2VMZa0YhGDKtoImxzzgPVWOdDnPfW6Tfhx+cjnQONTeD&#10;PlO467gUYsmdbpEaGt3bTWOrr3J01Pt5t+nEev8wJt8vu9ctX+zK9KDU7c20fgIW7RT/YLjokzoU&#10;5HT0I5rAOgUzKYlUsEzkAtgFuBcpjTkqeEylAF7k/P+G4hcAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQC1bjo9GwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQA07GLX3wAAAAsBAAAPAAAAAAAAAAAAAAAAAHUEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="0B39AA86" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="006561C7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Notes</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00E75C9F">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658248" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="27C1537B" wp14:editId="3EAC6F99">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>5984240</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>106045</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3591560" cy="3693795"/>
+                <wp:effectExtent l="0" t="0" r="27940" b="20955"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1519419832" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3591560" cy="3693795"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="3E4FA009" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Total S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0FBB4C71" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(C3) Kingpin Unladen Mass (kg): ______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1F70565B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(C1) Trailer Axle Group Unladen Mass (kg): ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="33ADA997" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Kingpin S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="284FD91A" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D9) Kingpin S10 Laden Mass = C3 + D7</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1A488CB8" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="1440" w:firstLine="1112"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6C4B3340" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="2552"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1BFA183C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Trailer Axle Group S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6480848B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D10) Trailer Axle Group S10 Laden Mass = C1 + D8</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="3169C507" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="3544"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="41B87309" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="3544"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="5C2203C6" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>Trailer S10 Laden Mass:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1FF7A52A" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">(D11) Trailer S10 Laden Mass = D9 + D10 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7A87F4C0" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="1440" w:firstLine="1112"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">= ______ + ______ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4CC5684E" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="2552"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00A80BD7">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="27C1537B" id="_x0000_s1099" type="#_x0000_t202" style="position:absolute;margin-left:471.2pt;margin-top:8.35pt;width:282.8pt;height:290.85pt;z-index:251658248;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQDf/pK3HAIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vti5tjbiFG26DAO6&#10;C9DtA2RZjoXJoiYpsbOvLyW7abphL8P0IIiidEgeHq5v+laRo7BOgi7odJJSIjSHSup9Qb9/2727&#10;psR5piumQIuCnoSjN5u3b9adycUMGlCVsARBtMs7U9DGe5MnieONaJmbgBEanTXYlnk07T6pLOsQ&#10;vVXJLE1XSQe2Mha4cA5v7wcn3UT8uhbcf6lrJzxRBcXcfNxt3MuwJ5s1y/eWmUbyMQ32D1m0TGoM&#10;eoa6Z56Rg5V/QLWSW3BQ+wmHNoG6llzEGrCaafpbNY8NMyLWguQ4c6bJ/T9Y/vn4aL5a4vs76LGB&#10;sQhnHoD/cETDtmF6L26tha4RrMLA00BZ0hmXj18D1S53AaTsPkGFTWYHDxGor20bWME6CaJjA05n&#10;0kXvCcfL+TKbLlfo4uibr7L5VbaMMVj+/N1Y5z8IaEk4FNRiVyM8Oz44H9Jh+fOTEM2BktVOKhUN&#10;uy+3ypIjQwXs4hrRXz1TmnQFzZaz5cDAXyHS9C7dRd1g1FcQrfQoZSXbgl6nYQ3iCry911UUmmdS&#10;DWf8rPRIZOBuYNH3ZU9kVdBZFj4HYkuoTkithUG6OGp4aMD+oqRD2RbU/TwwKyhRHzW2J5suFkHn&#10;0Vgsr2Zo2EtPeelhmiNUQT0lw3Hr42wE4jTcYhtrGQl+yWTMGeUYeR9HJ+j90o6vXgZ88wQAAP//&#10;AwBQSwMEFAAGAAgAAAAhAJ2hForfAAAACwEAAA8AAABkcnMvZG93bnJldi54bWxMj09PwkAUxO8m&#10;fofNM/Emu2CBUrslhMR41SJyXbqPtrp/ancL9dv7OOlxMpOZ3+Tr0Rp2xj603kmYTgQwdJXXrasl&#10;vO+eH1JgISqnlfEOJfxggHVxe5OrTPuLe8NzGWtGJS5kSkITY5dxHqoGrQoT36Ej7+R7qyLJvua6&#10;Vxcqt4bPhFhwq1pHC43qcNtg9VUOlnY/k60Rm4/lMP1+2b/u+OO+TA9S3t+NmydgEcf4F4YrPqFD&#10;QUxHPzgdmJGwSmYJRclYLIFdA3OR0rujhPkqTYAXOf//ofgFAAD//wMAUEsBAi0AFAAGAAgAAAAh&#10;ALaDOJL+AAAA4QEAABMAAAAAAAAAAAAAAAAAAAAAAFtDb250ZW50X1R5cGVzXS54bWxQSwECLQAU&#10;AAYACAAAACEAOP0h/9YAAACUAQAACwAAAAAAAAAAAAAAAAAvAQAAX3JlbHMvLnJlbHNQSwECLQAU&#10;AAYACAAAACEA3/6StxwCAAAoBAAADgAAAAAAAAAAAAAAAAAuAgAAZHJzL2Uyb0RvYy54bWxQSwEC&#10;LQAUAAYACAAAACEAnaEWit8AAAALAQAADwAAAAAAAAAAAAAAAAB2BAAAZHJzL2Rvd25yZXYueG1s&#10;UEsFBgAAAAAEAAQA8wAAAIIFAAAAAA==&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="3E4FA009" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Total S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0FBB4C71" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(C3) Kingpin Unladen Mass (kg): ______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1F70565B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(C1) Trailer Axle Group Unladen Mass (kg): ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="33ADA997" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Kingpin S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="284FD91A" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D9) Kingpin S10 Laden Mass = C3 + D7</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1A488CB8" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="1440" w:firstLine="1112"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6C4B3340" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="2552"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1BFA183C" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00B232C8" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Trailer Axle Group S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6480848B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D10) Trailer Axle Group S10 Laden Mass = C1 + D8</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="3169C507" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="3544"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="41B87309" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="3544"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="5C2203C6" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>Trailer S10 Laden Mass:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1FF7A52A" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">(D11) Trailer S10 Laden Mass = D9 + D10 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7A87F4C0" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="1440" w:firstLine="1112"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">= ______ + ______ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4CC5684E" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="2552"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00A80BD7">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658256" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="78421938" wp14:editId="1ACE74FA">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>2677795</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>106045</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="3218180" cy="3261995"/>
+                <wp:effectExtent l="0" t="0" r="20320" b="14605"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1522562848" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="3218180" cy="3261995"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="4C3F4A3B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00684DDF" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Rearward</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00684DDF">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> Axle Mass (</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>R</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00684DDF">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>AM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="330FA7BB" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="7AA272CB" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) ÷ B7) x D6 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="451AC8FC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((__</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">____ - </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______) ÷ __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____) x ______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="2F9D5379" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="851"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="41982053" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="041CE20E" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>) ÷ B7) x M</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6318D4A7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ((___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">___ - </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______) ÷ ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___) x __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4AA2F2E5" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="993"/>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="684D0811" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="001737A5" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="001737A5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001737A5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001737A5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6E3B5BF3" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D8) RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+ RAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="001737A5">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="76436911" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="1134"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__ + __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_____</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="1322B1AE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="1134"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ___</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00970368">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="78421938" id="_x0000_s1100" type="#_x0000_t202" style="position:absolute;margin-left:210.85pt;margin-top:8.35pt;width:253.4pt;height:256.85pt;z-index:251658256;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQAhSL5uGwIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysU9tu2zAMfR+wfxD0vvjSpEuMOEWbLsOA&#10;7gJ0+wBZlmNhsqhJSuzs60fJbppu2MswPQiiKB2Sh4frm6FT5Cisk6BLms1SSoTmUEu9L+m3r7s3&#10;S0qcZ7pmCrQo6Uk4erN5/Wrdm0Lk0IKqhSUIol3Rm5K23psiSRxvRcfcDIzQ6GzAdsyjafdJbVmP&#10;6J1K8jS9TnqwtbHAhXN4ez866SbiN43g/nPTOOGJKinm5uNu416FPdmsWbG3zLSST2mwf8iiY1Jj&#10;0DPUPfOMHKz8A6qT3IKDxs84dAk0jeQi1oDVZOlv1Ty2zIhYC5LjzJkm9/9g+afjo/liiR/uYMAG&#10;xiKceQD+3REN25bpvbi1FvpWsBoDZ4GypDeumL4Gql3hAkjVf4Qam8wOHiLQ0NgusIJ1EkTHBpzO&#10;pIvBE46XV3m2zJbo4ui7yq+z1WoRY7Di6buxzr8X0JFwKKnFrkZ4dnxwPqTDiqcnIZoDJeudVCoa&#10;dl9tlSVHhgrYxTWhv3imNOlLulrki5GBv0Kk6V26i7rBqC8gOulRykp2JV2mYY3iCry903UUmmdS&#10;jWf8rPREZOBuZNEP1UBkjTzEz4HYCuoTUmthlC6OGh5asD8p6VG2JXU/DswKStQHje1ZZfN50Hk0&#10;5ou3ORr20lNdepjmCFVST8l43Po4G4E4DbfYxkZGgp8zmXJGOUbep9EJer+046vnAd/8AgAA//8D&#10;AFBLAwQUAAYACAAAACEApnzcSt8AAAAKAQAADwAAAGRycy9kb3ducmV2LnhtbEyPy07DMBBF90j8&#10;gzVI7KidNG3TEKeqKiG2kFK6deMhCcR2iJ02/D3TFaxGo3t0H/lmMh074+BbZyVEMwEMbeV0a2sJ&#10;b/unhxSYD8pq1TmLEn7Qw6a4vclVpt3FvuK5DDUjE+szJaEJoc8491WDRvmZ69GS9uEGowK9Q831&#10;oC5kbjoeC7HkRrWWEhrV467B6qscDeV+JrtObN9XY/T9fHjZ8/mhTI9S3t9N20dgAafwB8O1PlWH&#10;gjqd3Gi1Z52EJI5WhJKwpEvAOk4XwE4SFnORAC9y/n9C8QsAAP//AwBQSwECLQAUAAYACAAAACEA&#10;toM4kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQA&#10;BgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQA&#10;BgAIAAAAIQAhSL5uGwIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQIt&#10;ABQABgAIAAAAIQCmfNxK3wAAAAoBAAAPAAAAAAAAAAAAAAAAAHUEAABkcnMvZG93bnJldi54bWxQ&#10;SwUGAAAAAAQABADzAAAAgQUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="4C3F4A3B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00684DDF" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Rearward</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00684DDF">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> Axle Mass (</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>R</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00684DDF">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>AM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="330FA7BB" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="7AA272CB" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) ÷ B7) x D6 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="451AC8FC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((__</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">____ - </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______) ÷ __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____) x ______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="2F9D5379" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="851"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="41982053" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="041CE20E" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = ((B7 – D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>) ÷ B7) x M</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6318D4A7" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ((___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">___ - </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______) ÷ ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___) x __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4AA2F2E5" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00970368" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="993"/>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="684D0811" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="001737A5" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="001737A5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001737A5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001737A5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6E3B5BF3" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D8) RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+ RAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="001737A5">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="76436911" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="1134"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__ + __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_____</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="1322B1AE" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00A80BD7" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="1134"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ___</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00970368">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+      <w:r w:rsidRPr="00942711">
+        <w:rPr>
+          <w:noProof/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="en-GB" w:eastAsia="en-AU"/>
+        </w:rPr>
+        <mc:AlternateContent>
+          <mc:Choice Requires="wps">
+            <w:drawing>
+              <wp:anchor distT="45720" distB="45720" distL="114300" distR="114300" simplePos="0" relativeHeight="251658247" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="7D6A6991" wp14:editId="7660DC34">
+                <wp:simplePos x="0" y="0"/>
+                <wp:positionH relativeFrom="column">
+                  <wp:posOffset>635</wp:posOffset>
+                </wp:positionH>
+                <wp:positionV relativeFrom="paragraph">
+                  <wp:posOffset>99060</wp:posOffset>
+                </wp:positionV>
+                <wp:extent cx="2596515" cy="3255010"/>
+                <wp:effectExtent l="0" t="0" r="13335" b="21590"/>
+                <wp:wrapSquare wrapText="bothSides"/>
+                <wp:docPr id="1233971147" name="Text Box 2"/>
+                <wp:cNvGraphicFramePr>
+                  <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+                </wp:cNvGraphicFramePr>
+                <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+                  <a:graphicData uri="http://schemas.microsoft.com/office/word/2010/wordprocessingShape">
+                    <wps:wsp>
+                      <wps:cNvSpPr txBox="1">
+                        <a:spLocks noChangeArrowheads="1"/>
+                      </wps:cNvSpPr>
+                      <wps:spPr bwMode="auto">
+                        <a:xfrm>
+                          <a:off x="0" y="0"/>
+                          <a:ext cx="2596515" cy="3255010"/>
+                        </a:xfrm>
+                        <a:prstGeom prst="rect">
+                          <a:avLst/>
+                        </a:prstGeom>
+                        <a:solidFill>
+                          <a:srgbClr val="FFFFFF"/>
+                        </a:solidFill>
+                        <a:ln w="9525">
+                          <a:solidFill>
+                            <a:srgbClr val="00B0F0"/>
+                          </a:solidFill>
+                          <a:miter lim="800000"/>
+                          <a:headEnd/>
+                          <a:tailEnd/>
+                        </a:ln>
+                      </wps:spPr>
+                      <wps:txbx>
+                        <w:txbxContent>
+                          <w:p w14:paraId="35072778" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00684DDF" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00684DDF">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="28"/>
+                                <w:szCs w:val="28"/>
+                                <w:u w:val="single"/>
+                              </w:rPr>
+                              <w:t>Forward Axle Mass (FAM):</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6E81F677" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00684DDF" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00684DDF">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00684DDF">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00684DDF">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0AD92533" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">÷ B7) x D6 </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="4774D3A5" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>__</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> ÷ </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="67E82AAB" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="50B9D822" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="04A56D6B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="0091393B" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = (D</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">÷ B7) x </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>M</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="002A4000">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="596345E9" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="0091393B" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= (____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>___ ÷ __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_____) x _____</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">__ </w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="507DE3A5" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:firstLine="720"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= __</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="0091393B">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_____ kg</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="08930F48" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>FAM</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:b/>
+                                <w:bCs/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>:</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="0CBDE492" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>(D7) FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Total</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> = FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Load</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve"> </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>+ FAM</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="004A5CE9">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                                <w:vertAlign w:val="subscript"/>
+                              </w:rPr>
+                              <w:t>Toolbox</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6BF67D58" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="1134"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= ______</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t xml:space="preserve">_ + </w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_______</w:t>
+                            </w:r>
+                          </w:p>
+                          <w:p w14:paraId="6A337DAC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00F86D18" w:rsidRDefault="00214076" w:rsidP="00214076">
+                            <w:pPr>
+                              <w:ind w:left="142" w:firstLine="1134"/>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                            </w:pPr>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>= _</w:t>
+                            </w:r>
+                            <w:r>
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>_</w:t>
+                            </w:r>
+                            <w:r w:rsidRPr="00BE6E31">
+                              <w:rPr>
+                                <w:rFonts w:cs="Calibri"/>
+                                <w:sz w:val="20"/>
+                                <w:szCs w:val="20"/>
+                              </w:rPr>
+                              <w:t>______ kg</w:t>
+                            </w:r>
+                          </w:p>
+                        </w:txbxContent>
+                      </wps:txbx>
+                      <wps:bodyPr rot="0" vert="horz" wrap="square" lIns="91440" tIns="45720" rIns="91440" bIns="45720" anchor="t" anchorCtr="0">
+                        <a:noAutofit/>
+                      </wps:bodyPr>
+                    </wps:wsp>
+                  </a:graphicData>
+                </a:graphic>
+                <wp14:sizeRelH relativeFrom="margin">
+                  <wp14:pctWidth>0</wp14:pctWidth>
+                </wp14:sizeRelH>
+                <wp14:sizeRelV relativeFrom="margin">
+                  <wp14:pctHeight>0</wp14:pctHeight>
+                </wp14:sizeRelV>
+              </wp:anchor>
+            </w:drawing>
+          </mc:Choice>
+          <mc:Fallback>
+            <w:pict>
+              <v:shape w14:anchorId="7D6A6991" id="_x0000_s1101" type="#_x0000_t202" style="position:absolute;margin-left:.05pt;margin-top:7.8pt;width:204.45pt;height:256.3pt;z-index:251658247;visibility:visible;mso-wrap-style:square;mso-width-percent:0;mso-height-percent:0;mso-wrap-distance-left:9pt;mso-wrap-distance-top:3.6pt;mso-wrap-distance-right:9pt;mso-wrap-distance-bottom:3.6pt;mso-position-horizontal:absolute;mso-position-horizontal-relative:text;mso-position-vertical:absolute;mso-position-vertical-relative:text;mso-width-percent:0;mso-height-percent:0;mso-width-relative:margin;mso-height-relative:margin;v-text-anchor:top" o:gfxdata="UEsDBBQABgAIAAAAIQC2gziS/gAAAOEBAAATAAAAW0NvbnRlbnRfVHlwZXNdLnhtbJSRQU7DMBBF&#10;90jcwfIWJU67QAgl6YK0S0CoHGBkTxKLZGx5TGhvj5O2G0SRWNoz/78nu9wcxkFMGNg6quQqL6RA&#10;0s5Y6ir5vt9lD1JwBDIwOMJKHpHlpr69KfdHjyxSmriSfYz+USnWPY7AufNIadK6MEJMx9ApD/oD&#10;OlTrorhX2lFEilmcO2RdNtjC5xDF9pCuTyYBB5bi6bQ4syoJ3g9WQ0ymaiLzg5KdCXlKLjvcW893&#10;SUOqXwnz5DrgnHtJTxOsQfEKIT7DmDSUCaxw7Rqn8787ZsmRM9e2VmPeBN4uqYvTtW7jvijg9N/y&#10;JsXecLq0q+WD6m8AAAD//wMAUEsDBBQABgAIAAAAIQA4/SH/1gAAAJQBAAALAAAAX3JlbHMvLnJl&#10;bHOkkMFqwzAMhu+DvYPRfXGawxijTi+j0GvpHsDYimMaW0Yy2fr2M4PBMnrbUb/Q94l/f/hMi1qR&#10;JVI2sOt6UJgd+ZiDgffL8ekFlFSbvV0oo4EbChzGx4f9GRdb25HMsYhqlCwG5lrLq9biZkxWOiqY&#10;22YiTra2kYMu1l1tQD30/bPm3wwYN0x18gb45AdQl1tp5j/sFB2T0FQ7R0nTNEV3j6o9feQzro1i&#10;OWA14Fm+Q8a1a8+Bvu/d/dMb2JY5uiPbhG/ktn4cqGU/er3pcvwCAAD//wMAUEsDBBQABgAIAAAA&#10;IQCjxW0sGgIAACgEAAAOAAAAZHJzL2Uyb0RvYy54bWysk99v2yAQx98n7X9AvC92vLhrrDhVmy7T&#10;pO6H1O0PwBjHaJhjQGJnf30P7KTppr1M4wFxHHy5+9yxuhk6RQ7COgm6pPNZSonQHGqpdyX9/m37&#10;5poS55mumQItSnoUjt6sX79a9aYQGbSgamEJimhX9KakrfemSBLHW9ExNwMjNDobsB3zaNpdUlvW&#10;o3qnkixNr5IebG0scOEc7t6PTrqO+k0juP/SNE54okqKsfk42zhXYU7WK1bsLDOt5FMY7B+i6JjU&#10;+OhZ6p55RvZW/iHVSW7BQeNnHLoEmkZyEXPAbObpb9k8tsyImAvCceaMyf0/Wf758Gi+WuKHOxiw&#10;gDEJZx6A/3BEw6ZleidurYW+FazGh+cBWdIbV0xXA2pXuCBS9Z+gxiKzvYcoNDS2C1QwT4LqWIDj&#10;GboYPOG4meXLq3yeU8LR9zbLc+QQ32DF6bqxzn8Q0JGwKKnFqkZ5dnhwPoTDitOR8JoDJeutVCoa&#10;dldtlCUHhh2wjWNSf3FMadKXdJln+UjgrxJpepduTwG+kOikx1ZWsivpdRrG2FyB23tdx0bzTKpx&#10;jSErPYEM7EaKfqgGImvkEDEHsBXUR0RrYWxd/Gq4aMH+oqTHti2p+7lnVlCiPmosz3K+WIQ+j8Yi&#10;f5ehYS891aWHaY5SJfWUjMuNj38jgNNwi2VsZAT8HMkUM7Zj5D59ndDvl3Y89fzB108AAAD//wMA&#10;UEsDBBQABgAIAAAAIQDrYbzV3QAAAAcBAAAPAAAAZHJzL2Rvd25yZXYueG1sTI/BTsMwEETvSPyD&#10;tUjcqN3QlhDiVFUlxBVSClc3XpJAvA6x04a/Z3uCy0qjWc28ydeT68QRh9B60jCfKRBIlbct1Rpe&#10;d483KYgQDVnTeUINPxhgXVxe5Caz/kQveCxjLTiEQmY0NDH2mZShatCZMPM9EnsffnAmshxqaQdz&#10;4nDXyUSplXSmJW5oTI/bBquvcnTc+7nYdmrzdjfOv5/2zzt5uy/Td62vr6bNA4iIU/x7hjM+o0PB&#10;TAc/kg2iO2sR+S5XINhdqHtedtCwTNIEZJHL//zFLwAAAP//AwBQSwECLQAUAAYACAAAACEAtoM4&#10;kv4AAADhAQAAEwAAAAAAAAAAAAAAAAAAAAAAW0NvbnRlbnRfVHlwZXNdLnhtbFBLAQItABQABgAI&#10;AAAAIQA4/SH/1gAAAJQBAAALAAAAAAAAAAAAAAAAAC8BAABfcmVscy8ucmVsc1BLAQItABQABgAI&#10;AAAAIQCjxW0sGgIAACgEAAAOAAAAAAAAAAAAAAAAAC4CAABkcnMvZTJvRG9jLnhtbFBLAQItABQA&#10;BgAIAAAAIQDrYbzV3QAAAAcBAAAPAAAAAAAAAAAAAAAAAHQEAABkcnMvZG93bnJldi54bWxQSwUG&#10;AAAAAAQABADzAAAAfgUAAAAA&#10;" strokecolor="#00b0f0">
+                <v:textbox>
+                  <w:txbxContent>
+                    <w:p w14:paraId="35072778" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00684DDF" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00684DDF">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="28"/>
+                          <w:szCs w:val="28"/>
+                          <w:u w:val="single"/>
+                        </w:rPr>
+                        <w:t>Forward Axle Mass (FAM):</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6E81F677" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00684DDF" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00684DDF">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00684DDF">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00684DDF">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0AD92533" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">÷ B7) x D6 </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="4774D3A5" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>__</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> ÷ </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="67E82AAB" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="50B9D822" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="04A56D6B" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="0091393B" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = (D</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">÷ B7) x </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>M</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="002A4000">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="596345E9" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="0091393B" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= (____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>___ ÷ __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_____) x _____</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">__ </w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="507DE3A5" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:firstLine="720"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= __</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="0091393B">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_____ kg</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="08930F48" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00BE6E31" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>FAM</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:b/>
+                          <w:bCs/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>:</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="0CBDE492" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>(D7) FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Total</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> = FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Load</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve"> </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>+ FAM</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="004A5CE9">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                          <w:vertAlign w:val="subscript"/>
+                        </w:rPr>
+                        <w:t>Toolbox</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6BF67D58" w14:textId="77777777" w:rsidR="00214076" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="1134"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= ______</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t xml:space="preserve">_ + </w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_______</w:t>
+                      </w:r>
+                    </w:p>
+                    <w:p w14:paraId="6A337DAC" w14:textId="77777777" w:rsidR="00214076" w:rsidRPr="00F86D18" w:rsidRDefault="00214076" w:rsidP="00214076">
+                      <w:pPr>
+                        <w:ind w:left="142" w:firstLine="1134"/>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                      </w:pPr>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>= _</w:t>
+                      </w:r>
+                      <w:r>
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>_</w:t>
+                      </w:r>
+                      <w:r w:rsidRPr="00BE6E31">
+                        <w:rPr>
+                          <w:rFonts w:cs="Calibri"/>
+                          <w:sz w:val="20"/>
+                          <w:szCs w:val="20"/>
+                        </w:rPr>
+                        <w:t>______ kg</w:t>
+                      </w:r>
+                    </w:p>
+                  </w:txbxContent>
+                </v:textbox>
+                <w10:wrap type="square"/>
+              </v:shape>
+            </w:pict>
+          </mc:Fallback>
+        </mc:AlternateContent>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="224BA563" w14:textId="77777777" w:rsidR="00BE1311" w:rsidRDefault="00BE1311" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="2715FB7E" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="576963F6" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="2B9C87FC" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="05E220B4" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="4C3AE308" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="3654E2C2" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="2176DEA5" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="351FC7DD" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="72E5EF1F" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="563B1369" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="31F057A6" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="208BBB87" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="1A09D11F" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="26E0CECB" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="168E9CB8" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="57DB3318" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="420283FF" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE"/>
+    <w:p w14:paraId="7A6B9FA1" w14:textId="0DD7E831" w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00023FAE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="7050"/>
+        </w:tabs>
+      </w:pPr>
+      <w:r>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00023FAE" w:rsidRPr="00023FAE" w:rsidSect="007E12A9">
+      <w:headerReference w:type="even" r:id="rId25"/>
+      <w:headerReference w:type="default" r:id="rId26"/>
+      <w:footerReference w:type="even" r:id="rId27"/>
+      <w:footerReference w:type="default" r:id="rId28"/>
+      <w:headerReference w:type="first" r:id="rId29"/>
+      <w:footerReference w:type="first" r:id="rId30"/>
       <w:type w:val="continuous"/>
-      <w:pgSz w:w="11906" w:h="16838" w:code="9"/>
-      <w:pgMar w:top="102" w:right="851" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
+      <w:pgSz w:w="16838" w:h="11906" w:orient="landscape" w:code="9"/>
+      <w:pgMar w:top="851" w:right="102" w:bottom="851" w:left="851" w:header="454" w:footer="425" w:gutter="0"/>
       <w:cols w:space="282"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6303521B" w14:textId="77777777" w:rsidR="006D546A" w:rsidRDefault="006D546A" w:rsidP="008057AB">
+    <w:p w14:paraId="4BDA82E2" w14:textId="77777777" w:rsidR="000B657B" w:rsidRDefault="000B657B" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="531891B5" w14:textId="77777777" w:rsidR="006D546A" w:rsidRDefault="006D546A" w:rsidP="008057AB">
+    <w:p w14:paraId="491139E5" w14:textId="77777777" w:rsidR="000B657B" w:rsidRDefault="000B657B" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="77DC080D" w14:textId="77777777" w:rsidR="006D546A" w:rsidRDefault="006D546A"/>
+    <w:p w14:paraId="187DE0F6" w14:textId="77777777" w:rsidR="000B657B" w:rsidRDefault="000B657B"/>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -8905,343 +27429,282 @@
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...128 lines deleted...]
-  <w:p w14:paraId="61847BBA" w14:textId="43708950" w:rsidR="00E42D1E" w:rsidRPr="00561F10" w:rsidRDefault="00E42D1E" w:rsidP="00561F10">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="61847BBA" w14:textId="1ABD2869" w:rsidR="00E42D1E" w:rsidRPr="00561F10" w:rsidRDefault="00E42D1E" w:rsidP="00561F10">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4513"/>
         <w:tab w:val="clear" w:pos="9026"/>
         <w:tab w:val="right" w:pos="10206"/>
       </w:tabs>
     </w:pPr>
     <w:r>
       <w:t>Modification Code S10:</w:t>
     </w:r>
     <w:r w:rsidRPr="00295F91">
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidRPr="00A46CD0">
       <w:t>Concessional Livestock Loading - Vehicle Rating</w:t>
     </w:r>
     <w:r>
-      <w:t xml:space="preserve"> – Version 2.</w:t>
+      <w:t xml:space="preserve"> – Version </w:t>
     </w:r>
-    <w:r w:rsidR="006A3EA7">
-      <w:t>1</w:t>
+    <w:r w:rsidR="005D097A">
+      <w:t>3</w:t>
+    </w:r>
+    <w:r>
+      <w:t>.</w:t>
+    </w:r>
+    <w:r w:rsidR="005D097A">
+      <w:t>0</w:t>
     </w:r>
     <w:r>
       <w:tab/>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00AB4785">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r>
       <w:t xml:space="preserve"> of </w:t>
     </w:r>
-    <w:fldSimple w:instr=" NUMPAGES   \* MERGEFORMAT ">
+    <w:fldSimple w:instr="NUMPAGES   \* MERGEFORMAT">
       <w:r w:rsidR="00AB4785">
         <w:rPr>
           <w:noProof/>
         </w:rPr>
         <w:t>7</w:t>
       </w:r>
     </w:fldSimple>
   </w:p>
 </w:ftr>
 </file>
 
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6726F194" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRDefault="00023FAE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3B92147E" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRDefault="00023FAE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="40179577" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRDefault="00023FAE">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="270D5876" w14:textId="77777777" w:rsidR="006D546A" w:rsidRDefault="006D546A" w:rsidP="008057AB">
+    <w:p w14:paraId="5944C278" w14:textId="77777777" w:rsidR="000B657B" w:rsidRDefault="000B657B" w:rsidP="008057AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="2574B8DF" w14:textId="77777777" w:rsidR="006D546A" w:rsidRDefault="006D546A" w:rsidP="008057AB">
+    <w:p w14:paraId="20A6ACB0" w14:textId="77777777" w:rsidR="000B657B" w:rsidRDefault="000B657B" w:rsidP="008057AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationNotice" w:id="1">
-    <w:p w14:paraId="3423994B" w14:textId="77777777" w:rsidR="006D546A" w:rsidRDefault="006D546A"/>
+    <w:p w14:paraId="4D15B7D9" w14:textId="77777777" w:rsidR="000B657B" w:rsidRDefault="000B657B"/>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="0EF30311" w14:textId="35DA70A1" w:rsidR="00E42D1E" w:rsidRPr="00150C4D" w:rsidRDefault="00E42D1E" w:rsidP="008E4A32">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="0EF30311" w14:textId="5A59D121" w:rsidR="00E42D1E" w:rsidRPr="00150C4D" w:rsidRDefault="00E42D1E" w:rsidP="008E4A32">
     <w:pPr>
       <w:pStyle w:val="Heading1"/>
       <w:pBdr>
         <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
       </w:pBdr>
       <w:spacing w:before="0" w:after="0"/>
     </w:pPr>
-    <w:bookmarkStart w:id="1" w:name="_Toc451414568"/>
+    <w:bookmarkStart w:id="0" w:name="_Toc451414568"/>
     <w:r>
       <w:rPr>
         <w:lang w:eastAsia="en-AU"/>
       </w:rPr>
       <w:t xml:space="preserve">S10 </w:t>
     </w:r>
     <w:r w:rsidRPr="00150C4D">
       <w:t>Checklist</w:t>
     </w:r>
     <w:r>
       <w:t>—</w:t>
     </w:r>
-    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="0"/>
     <w:r>
       <w:t>Concessional livestock loading – Vehicle rating (Semi</w:t>
     </w:r>
     <w:r w:rsidR="00E65572">
       <w:t>t</w:t>
     </w:r>
     <w:r>
       <w:t>railer including B-</w:t>
     </w:r>
     <w:r w:rsidR="00B53D6C">
       <w:t>d</w:t>
     </w:r>
     <w:r>
       <w:t>ouble and B-</w:t>
     </w:r>
     <w:r w:rsidR="00B53D6C">
       <w:t>t</w:t>
     </w:r>
     <w:r>
       <w:t xml:space="preserve">riple </w:t>
     </w:r>
     <w:r w:rsidR="0067289B">
       <w:t>trailer</w:t>
     </w:r>
     <w:r>
       <w:t>)</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1BC96843" w14:textId="77777777" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E" w:rsidP="005F6F37">
     <w:pPr>
       <w:pStyle w:val="Note"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="30EBB323" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRDefault="00023FAE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
-  <w:p w14:paraId="4C7FF370" w14:textId="032095D2" w:rsidR="00E42D1E" w:rsidRDefault="00E42D1E">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="16875E46" w14:textId="444A6958" w:rsidR="00023FAE" w:rsidRDefault="00023FAE" w:rsidP="00E504A3">
+    <w:pPr>
+      <w:pStyle w:val="Heading1"/>
+      <w:pBdr>
+        <w:right w:val="single" w:sz="4" w:space="3" w:color="408287"/>
+      </w:pBdr>
+      <w:spacing w:before="0" w:after="0"/>
+    </w:pPr>
+    <w:r>
+      <w:rPr>
+        <w:lang w:eastAsia="en-AU"/>
+      </w:rPr>
+      <w:t xml:space="preserve">S10 </w:t>
+    </w:r>
+    <w:r w:rsidRPr="00150C4D">
+      <w:t>Checklist</w:t>
+    </w:r>
+    <w:r>
+      <w:t>—Concessional livestock loading – Vehicle Drawings</w:t>
+    </w:r>
+  </w:p>
+  <w:p w14:paraId="6238601F" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRDefault="00023FAE">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header4.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="337057E7" w14:textId="77777777" w:rsidR="00023FAE" w:rsidRDefault="00023FAE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="028855DF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6AB63468"/>
     <w:lvl w:ilvl="0" w:tplc="E39A4CBC">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
@@ -9313,50 +27776,163 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="09832236"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="50484BEE"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0B671EC9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9776F138"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="762" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1482" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9425,51 +28001,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5802" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6522" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0ECB27E9"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A0C2C28C"/>
     <w:lvl w:ilvl="0" w:tplc="EC7CD028">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9539,51 +28115,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="3" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="11063998"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="30EE822A"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="17746ED8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6194F782"/>
     <w:lvl w:ilvl="0" w:tplc="30267370">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1854" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2574" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -9653,51 +28342,200 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6894" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7614" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="4" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="17A014C8"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="F3327118"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1C5E771F"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6074B3DE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9766,51 +28604,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="5" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="1EF41CD8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9168ADAE"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9879,51 +28717,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="6" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="26194AD5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="17D6D2C4"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -9992,51 +28830,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="7" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="274A6A89"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="C0BA2D60"/>
+    <w:lvl w:ilvl="0" w:tplc="1BA85A8C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0AC0D8D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="361EA482">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B386910E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="2E18A3D0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="15E8B040">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="FD9848D6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="8F762C6C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="B67C2784">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="276E577C"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DDB4C1FA"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10105,51 +29056,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="8" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="2A7463D6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="8BB62C90"/>
+    <w:lvl w:ilvl="0" w:tplc="18C8F9D2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="71485E58">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="F4D6574C">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="5908E106">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="3342DEA8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="64686DB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="367E0282">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B8088228">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="CAB40572">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2E4F3682"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9DDA2230"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10218,51 +29282,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="9" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="319B3487"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="A97A517E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10331,51 +29395,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="10" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="340D15AF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="1D8AB2C8"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10444,51 +29508,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="11" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="3C1B11AB"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="DC124B78"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -10557,51 +29621,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="12" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="40622CD0"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="4CAAAC98"/>
     <w:styleLink w:val="Tablenumbering"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="567"/>
         </w:tabs>
         <w:ind w:left="567" w:hanging="283"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Trebuchet MS" w:hAnsi="Trebuchet MS" w:hint="default"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2"/>
       <w:lvlJc w:val="left"/>
@@ -10699,51 +29763,51 @@
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1.%2.%3.%4.%5.%6.%7.%8.%9"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1584"/>
         </w:tabs>
         <w:ind w:left="1584" w:hanging="1584"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="13" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="452E3239"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="EE724BCC"/>
     <w:lvl w:ilvl="0" w:tplc="263632A2">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="361" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -10813,54 +29877,316 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="14" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="47042C64"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
-    <w:tmpl w:val="674C2AFA"/>
+    <w:tmpl w:val="B742F534"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="475A0262"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="163ECA3C"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="492D78F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="7D4A0D6E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
@@ -10926,51 +30252,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="15" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4C2F78A8"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="6E70182E"/>
     <w:lvl w:ilvl="0" w:tplc="DD28E6D4">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:pStyle w:val="Heading2"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1080" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
@@ -11013,51 +30339,51 @@
       <w:lvlText w:val="%7."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="4680" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5400" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:ind w:left="6120" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="16" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="23" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4CE07EE0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5BC4D73E"/>
     <w:lvl w:ilvl="0" w:tplc="84948B1E">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Bullet1"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1920" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11127,51 +30453,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="17" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="24" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="4DBC659A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3BDCF404"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11240,51 +30566,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="18" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="25" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="51BF5A1D"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="9ED86576"/>
     <w:lvl w:ilvl="0" w:tplc="81E485CE">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table09bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11354,51 +30680,200 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="19" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="26" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="52530179"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="4B741136"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+        <w:sz w:val="20"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="27" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="580504B5"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="99609AD6"/>
     <w:lvl w:ilvl="0" w:tplc="FC9C9BC0">
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table10bullet2"/>
       <w:lvlText w:val="-"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:eastAsia="Cambria" w:hAnsi="Calibri" w:cs="Times New Roman" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11467,51 +30942,164 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="20" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="28" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="5C9749F6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="41301BCA"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="29" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="620058A0"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="79367988"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11580,51 +31168,51 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="21" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="30" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="66937169"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="30C6A39E"/>
     <w:lvl w:ilvl="0" w:tplc="0C090001">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1287" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="2007" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
@@ -11693,51 +31281,479 @@
     <w:lvl w:ilvl="7" w:tplc="0C090003">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6327" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="7047" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
-  <w:abstractNum w:abstractNumId="22" w15:restartNumberingAfterBreak="0">
+  <w:abstractNum w:abstractNumId="31" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6AAE56E2"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="B0D693F0"/>
+    <w:lvl w:ilvl="0" w:tplc="C18CB29A">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="434AF530">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="C00ABAB6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="4AB8CCA2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="023AC7BE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="6068D7D8">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="011E49D4">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="B35EB2F0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="3EEC6E7E">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="32" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6C403299"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="CB202220"/>
+    <w:lvl w:ilvl="0" w:tplc="8D3231A6">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0F4E6220">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="FF6C9D08">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="B2920780">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="35020602">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="E1482FAE">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="7C38DAD2">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="6452F634">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="F538F494">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="33" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="6D5F17EB"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="9676C264"/>
+    <w:lvl w:ilvl="0" w:tplc="0C090001">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C090001" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090003" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val="o"/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="bullet"/>
+      <w:lvlText w:val=""/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="34" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="7F4254B6"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="24FE7C14"/>
+    <w:lvl w:ilvl="0" w:tplc="0C09000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+      <w:rPr>
+        <w:rFonts w:hint="default"/>
+      </w:rPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0C09000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="0C090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0C09001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="35" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="7F5B192A"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="2EC0CA36"/>
     <w:lvl w:ilvl="0" w:tplc="431CF96A">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:pStyle w:val="Table11bullet2"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:hAnsi="Symbol" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="0C090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -11808,1749 +31824,3377 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0C090005" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="406612757">
-    <w:abstractNumId w:val="13"/>
+    <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1640456669">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1429617422">
-    <w:abstractNumId w:val="16"/>
+    <w:abstractNumId w:val="23"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="759372642">
+    <w:abstractNumId w:val="5"/>
+  </w:num>
+  <w:num w:numId="5" w16cid:durableId="1232691094">
     <w:abstractNumId w:val="3"/>
   </w:num>
-  <w:num w:numId="5" w16cid:durableId="1232691094">
-[...1 lines deleted...]
-  </w:num>
   <w:num w:numId="6" w16cid:durableId="918976140">
-    <w:abstractNumId w:val="19"/>
+    <w:abstractNumId w:val="27"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1524979860">
+    <w:abstractNumId w:val="35"/>
+  </w:num>
+  <w:num w:numId="8" w16cid:durableId="179245216">
+    <w:abstractNumId w:val="17"/>
+  </w:num>
+  <w:num w:numId="9" w16cid:durableId="695812492">
+    <w:abstractNumId w:val="25"/>
+  </w:num>
+  <w:num w:numId="10" w16cid:durableId="887105997">
     <w:abstractNumId w:val="22"/>
   </w:num>
-  <w:num w:numId="8" w16cid:durableId="179245216">
-[...7 lines deleted...]
-  </w:num>
   <w:num w:numId="11" w16cid:durableId="1249268844">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="12" w16cid:durableId="1196427030">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="13" w16cid:durableId="2072842868">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="14" w16cid:durableId="1081097815">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="639850761">
-    <w:abstractNumId w:val="15"/>
+    <w:abstractNumId w:val="22"/>
     <w:lvlOverride w:ilvl="0">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="675494405">
+    <w:abstractNumId w:val="13"/>
+  </w:num>
+  <w:num w:numId="17" w16cid:durableId="1406759663">
+    <w:abstractNumId w:val="16"/>
+  </w:num>
+  <w:num w:numId="18" w16cid:durableId="1506556151">
+    <w:abstractNumId w:val="19"/>
+  </w:num>
+  <w:num w:numId="19" w16cid:durableId="1379744394">
+    <w:abstractNumId w:val="2"/>
+  </w:num>
+  <w:num w:numId="20" w16cid:durableId="1359308114">
+    <w:abstractNumId w:val="29"/>
+  </w:num>
+  <w:num w:numId="21" w16cid:durableId="1484812246">
+    <w:abstractNumId w:val="11"/>
+  </w:num>
+  <w:num w:numId="22" w16cid:durableId="894852677">
+    <w:abstractNumId w:val="24"/>
+  </w:num>
+  <w:num w:numId="23" w16cid:durableId="1872960836">
+    <w:abstractNumId w:val="15"/>
+  </w:num>
+  <w:num w:numId="24" w16cid:durableId="1358043898">
+    <w:abstractNumId w:val="30"/>
+  </w:num>
+  <w:num w:numId="25" w16cid:durableId="1605533271">
+    <w:abstractNumId w:val="7"/>
+  </w:num>
+  <w:num w:numId="26" w16cid:durableId="284770925">
     <w:abstractNumId w:val="8"/>
   </w:num>
-  <w:num w:numId="17" w16cid:durableId="1406759663">
-    <w:abstractNumId w:val="11"/>
+  <w:num w:numId="27" w16cid:durableId="855732618">
+    <w:abstractNumId w:val="9"/>
   </w:num>
-  <w:num w:numId="18" w16cid:durableId="1506556151">
+  <w:num w:numId="28" w16cid:durableId="740755524">
     <w:abstractNumId w:val="14"/>
   </w:num>
-  <w:num w:numId="19" w16cid:durableId="1379744394">
+  <w:num w:numId="29" w16cid:durableId="1805654512">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="30" w16cid:durableId="733313451">
+    <w:abstractNumId w:val="23"/>
+  </w:num>
+  <w:num w:numId="31" w16cid:durableId="1474836531">
+    <w:abstractNumId w:val="21"/>
+  </w:num>
+  <w:num w:numId="32" w16cid:durableId="115489619">
+    <w:abstractNumId w:val="4"/>
+  </w:num>
+  <w:num w:numId="33" w16cid:durableId="83844404">
+    <w:abstractNumId w:val="6"/>
+  </w:num>
+  <w:num w:numId="34" w16cid:durableId="1558935321">
+    <w:abstractNumId w:val="26"/>
+  </w:num>
+  <w:num w:numId="35" w16cid:durableId="261035573">
+    <w:abstractNumId w:val="20"/>
+  </w:num>
+  <w:num w:numId="36" w16cid:durableId="763497408">
+    <w:abstractNumId w:val="31"/>
+  </w:num>
+  <w:num w:numId="37" w16cid:durableId="1075934291">
+    <w:abstractNumId w:val="32"/>
+  </w:num>
+  <w:num w:numId="38" w16cid:durableId="657265541">
+    <w:abstractNumId w:val="12"/>
+  </w:num>
+  <w:num w:numId="39" w16cid:durableId="882978755">
+    <w:abstractNumId w:val="10"/>
+  </w:num>
+  <w:num w:numId="40" w16cid:durableId="1666744198">
+    <w:abstractNumId w:val="34"/>
+  </w:num>
+  <w:num w:numId="41" w16cid:durableId="749422122">
     <w:abstractNumId w:val="1"/>
   </w:num>
-  <w:num w:numId="20" w16cid:durableId="1359308114">
-    <w:abstractNumId w:val="20"/>
+  <w:num w:numId="42" w16cid:durableId="223032702">
+    <w:abstractNumId w:val="33"/>
   </w:num>
-  <w:num w:numId="21" w16cid:durableId="1484812246">
-[...27 lines deleted...]
-    <w:abstractNumId w:val="16"/>
+  <w:num w:numId="43" w16cid:durableId="496725388">
+    <w:abstractNumId w:val="28"/>
   </w:num>
   <w:numIdMacAtCleanup w:val="15"/>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="1028" w:allStyles="0" w:customStyles="0" w:latentStyles="0" w:stylesInUse="1" w:headingStyles="1" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="0" w:directFormattingOnParagraphs="0" w:directFormattingOnNumbering="0" w:directFormattingOnTables="0" w:clearFormatting="1" w:top3HeadingStyles="0" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:stylePaneSortMethod w:val="0000"/>
   <w:doNotTrackFormatting/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="110"/>
   <w:displayHorizontalDrawingGridEvery w:val="2"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
     <w:footnote w:id="1"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
     <w:endnote w:id="1"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="14"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00251344"/>
     <w:rsid w:val="000003FE"/>
     <w:rsid w:val="00000646"/>
+    <w:rsid w:val="00000A12"/>
+    <w:rsid w:val="0000149F"/>
+    <w:rsid w:val="000016D0"/>
+    <w:rsid w:val="00001D1E"/>
     <w:rsid w:val="00001FF2"/>
+    <w:rsid w:val="000033DA"/>
     <w:rsid w:val="00003BCE"/>
     <w:rsid w:val="00004503"/>
+    <w:rsid w:val="00005C39"/>
+    <w:rsid w:val="000079E5"/>
     <w:rsid w:val="00007A77"/>
+    <w:rsid w:val="00007D75"/>
     <w:rsid w:val="00011656"/>
     <w:rsid w:val="00011715"/>
+    <w:rsid w:val="0001282F"/>
+    <w:rsid w:val="00013534"/>
+    <w:rsid w:val="000135D3"/>
+    <w:rsid w:val="00013C3B"/>
     <w:rsid w:val="000143F4"/>
     <w:rsid w:val="00014895"/>
+    <w:rsid w:val="00015557"/>
+    <w:rsid w:val="000169F6"/>
+    <w:rsid w:val="00017695"/>
     <w:rsid w:val="000208F0"/>
+    <w:rsid w:val="00021D6A"/>
     <w:rsid w:val="000226C1"/>
+    <w:rsid w:val="000228AE"/>
     <w:rsid w:val="000229CC"/>
     <w:rsid w:val="00023D24"/>
+    <w:rsid w:val="00023FAE"/>
     <w:rsid w:val="000243B0"/>
     <w:rsid w:val="00024B4A"/>
     <w:rsid w:val="000303C4"/>
     <w:rsid w:val="000307D1"/>
+    <w:rsid w:val="0003099D"/>
     <w:rsid w:val="00031D10"/>
     <w:rsid w:val="00032ED0"/>
+    <w:rsid w:val="0003457A"/>
+    <w:rsid w:val="00034AB4"/>
     <w:rsid w:val="00035A62"/>
     <w:rsid w:val="00035D06"/>
+    <w:rsid w:val="00037161"/>
+    <w:rsid w:val="00037166"/>
     <w:rsid w:val="000402F2"/>
     <w:rsid w:val="000407FF"/>
     <w:rsid w:val="00043C35"/>
+    <w:rsid w:val="00044113"/>
     <w:rsid w:val="00044C21"/>
     <w:rsid w:val="00044E50"/>
+    <w:rsid w:val="00045E0D"/>
     <w:rsid w:val="00046D4B"/>
+    <w:rsid w:val="00047603"/>
+    <w:rsid w:val="00050BBC"/>
+    <w:rsid w:val="00050FFE"/>
+    <w:rsid w:val="00051638"/>
+    <w:rsid w:val="000517AF"/>
+    <w:rsid w:val="000521DB"/>
+    <w:rsid w:val="00052315"/>
     <w:rsid w:val="00052DA9"/>
     <w:rsid w:val="00053963"/>
     <w:rsid w:val="000543CD"/>
+    <w:rsid w:val="0005477F"/>
+    <w:rsid w:val="00054EB5"/>
     <w:rsid w:val="00055797"/>
+    <w:rsid w:val="00055CD7"/>
+    <w:rsid w:val="0005673F"/>
+    <w:rsid w:val="0005721E"/>
+    <w:rsid w:val="00060016"/>
+    <w:rsid w:val="00060684"/>
     <w:rsid w:val="00060906"/>
+    <w:rsid w:val="00060CFF"/>
     <w:rsid w:val="00060E66"/>
     <w:rsid w:val="000611AA"/>
     <w:rsid w:val="00061468"/>
+    <w:rsid w:val="0006167F"/>
+    <w:rsid w:val="000633D5"/>
+    <w:rsid w:val="00063A65"/>
+    <w:rsid w:val="00065EB3"/>
+    <w:rsid w:val="00066927"/>
     <w:rsid w:val="000671CF"/>
+    <w:rsid w:val="00067EB0"/>
+    <w:rsid w:val="00070D6D"/>
+    <w:rsid w:val="00072ACC"/>
+    <w:rsid w:val="00072D10"/>
+    <w:rsid w:val="00073816"/>
     <w:rsid w:val="000738CA"/>
     <w:rsid w:val="00074E4C"/>
+    <w:rsid w:val="0007544A"/>
     <w:rsid w:val="00076317"/>
+    <w:rsid w:val="00076755"/>
     <w:rsid w:val="00076B5A"/>
+    <w:rsid w:val="000772A2"/>
     <w:rsid w:val="000774BE"/>
+    <w:rsid w:val="00077D9E"/>
+    <w:rsid w:val="000809FC"/>
     <w:rsid w:val="00080AF1"/>
     <w:rsid w:val="00081926"/>
+    <w:rsid w:val="00081B9C"/>
+    <w:rsid w:val="00081D61"/>
+    <w:rsid w:val="000824F1"/>
+    <w:rsid w:val="00082784"/>
     <w:rsid w:val="00082ECA"/>
     <w:rsid w:val="00084492"/>
     <w:rsid w:val="00084657"/>
     <w:rsid w:val="000858D8"/>
+    <w:rsid w:val="00086411"/>
     <w:rsid w:val="00086C84"/>
+    <w:rsid w:val="00086E93"/>
+    <w:rsid w:val="000877CB"/>
+    <w:rsid w:val="00087A13"/>
+    <w:rsid w:val="00090118"/>
+    <w:rsid w:val="000905DA"/>
     <w:rsid w:val="00090986"/>
+    <w:rsid w:val="00090C0D"/>
+    <w:rsid w:val="00091E5E"/>
+    <w:rsid w:val="00091EF2"/>
+    <w:rsid w:val="00091EF5"/>
+    <w:rsid w:val="00092F57"/>
     <w:rsid w:val="000933A9"/>
     <w:rsid w:val="00094010"/>
     <w:rsid w:val="00094C38"/>
     <w:rsid w:val="00094DA4"/>
+    <w:rsid w:val="000957AD"/>
+    <w:rsid w:val="00096588"/>
     <w:rsid w:val="000968EE"/>
     <w:rsid w:val="00096CD6"/>
+    <w:rsid w:val="00097183"/>
     <w:rsid w:val="00097605"/>
     <w:rsid w:val="00097709"/>
     <w:rsid w:val="000A0208"/>
     <w:rsid w:val="000A03EC"/>
     <w:rsid w:val="000A1C47"/>
+    <w:rsid w:val="000A21E4"/>
+    <w:rsid w:val="000A2F1B"/>
+    <w:rsid w:val="000A349A"/>
+    <w:rsid w:val="000A3750"/>
     <w:rsid w:val="000A3881"/>
     <w:rsid w:val="000A3F3E"/>
+    <w:rsid w:val="000A43CE"/>
+    <w:rsid w:val="000A534B"/>
     <w:rsid w:val="000A67FA"/>
+    <w:rsid w:val="000A683F"/>
     <w:rsid w:val="000B0985"/>
+    <w:rsid w:val="000B214E"/>
+    <w:rsid w:val="000B291A"/>
     <w:rsid w:val="000B2A5B"/>
     <w:rsid w:val="000B3A06"/>
+    <w:rsid w:val="000B42CB"/>
+    <w:rsid w:val="000B5661"/>
+    <w:rsid w:val="000B6195"/>
+    <w:rsid w:val="000B657B"/>
     <w:rsid w:val="000B65B8"/>
     <w:rsid w:val="000C028A"/>
+    <w:rsid w:val="000C2EA5"/>
     <w:rsid w:val="000C388D"/>
+    <w:rsid w:val="000C5235"/>
     <w:rsid w:val="000C5781"/>
+    <w:rsid w:val="000C5C30"/>
+    <w:rsid w:val="000C5ED3"/>
+    <w:rsid w:val="000C623B"/>
+    <w:rsid w:val="000C650A"/>
+    <w:rsid w:val="000C6DD6"/>
     <w:rsid w:val="000C7ADD"/>
     <w:rsid w:val="000D0721"/>
     <w:rsid w:val="000D10E7"/>
+    <w:rsid w:val="000D1347"/>
+    <w:rsid w:val="000D1576"/>
+    <w:rsid w:val="000D16FF"/>
     <w:rsid w:val="000D183B"/>
     <w:rsid w:val="000D1912"/>
+    <w:rsid w:val="000D2B65"/>
     <w:rsid w:val="000D2CAE"/>
     <w:rsid w:val="000D38B1"/>
+    <w:rsid w:val="000D5BBA"/>
     <w:rsid w:val="000D64A7"/>
+    <w:rsid w:val="000D6EA4"/>
+    <w:rsid w:val="000D7933"/>
+    <w:rsid w:val="000D7FDD"/>
     <w:rsid w:val="000E03A4"/>
     <w:rsid w:val="000E0911"/>
     <w:rsid w:val="000E0EB5"/>
     <w:rsid w:val="000E1000"/>
     <w:rsid w:val="000E1391"/>
+    <w:rsid w:val="000E155A"/>
+    <w:rsid w:val="000E18A5"/>
     <w:rsid w:val="000E1DB9"/>
     <w:rsid w:val="000E1F26"/>
+    <w:rsid w:val="000E526F"/>
     <w:rsid w:val="000E544F"/>
+    <w:rsid w:val="000E6469"/>
     <w:rsid w:val="000E695F"/>
+    <w:rsid w:val="000E6979"/>
+    <w:rsid w:val="000E6E17"/>
+    <w:rsid w:val="000E745C"/>
+    <w:rsid w:val="000E7686"/>
     <w:rsid w:val="000F0179"/>
+    <w:rsid w:val="000F0308"/>
+    <w:rsid w:val="000F0369"/>
+    <w:rsid w:val="000F0FFF"/>
     <w:rsid w:val="000F13FA"/>
+    <w:rsid w:val="000F1E5B"/>
     <w:rsid w:val="000F2C50"/>
+    <w:rsid w:val="000F317A"/>
     <w:rsid w:val="000F3E8D"/>
+    <w:rsid w:val="000F45C8"/>
+    <w:rsid w:val="000F466E"/>
     <w:rsid w:val="000F7A0F"/>
+    <w:rsid w:val="000F7A89"/>
     <w:rsid w:val="000F7E29"/>
     <w:rsid w:val="0010042B"/>
     <w:rsid w:val="00100558"/>
     <w:rsid w:val="001006FA"/>
+    <w:rsid w:val="00100E17"/>
     <w:rsid w:val="00101AAC"/>
     <w:rsid w:val="00101D4E"/>
     <w:rsid w:val="0010204D"/>
     <w:rsid w:val="001021D6"/>
+    <w:rsid w:val="00102A9A"/>
+    <w:rsid w:val="00102AFA"/>
     <w:rsid w:val="00103EEA"/>
     <w:rsid w:val="00105586"/>
+    <w:rsid w:val="00105C36"/>
     <w:rsid w:val="00106461"/>
     <w:rsid w:val="00107CFA"/>
     <w:rsid w:val="001105ED"/>
+    <w:rsid w:val="00111477"/>
+    <w:rsid w:val="00111DC9"/>
     <w:rsid w:val="00112002"/>
+    <w:rsid w:val="00112F49"/>
     <w:rsid w:val="00113491"/>
+    <w:rsid w:val="00114260"/>
+    <w:rsid w:val="001142EC"/>
     <w:rsid w:val="00114A50"/>
     <w:rsid w:val="00115054"/>
     <w:rsid w:val="001156C7"/>
+    <w:rsid w:val="00117010"/>
     <w:rsid w:val="0011768F"/>
     <w:rsid w:val="00117B91"/>
     <w:rsid w:val="001203F2"/>
+    <w:rsid w:val="00122B51"/>
     <w:rsid w:val="00122FFA"/>
     <w:rsid w:val="00123008"/>
+    <w:rsid w:val="00123A8E"/>
     <w:rsid w:val="00123ACA"/>
+    <w:rsid w:val="0012590A"/>
+    <w:rsid w:val="00125F6A"/>
     <w:rsid w:val="00126A53"/>
     <w:rsid w:val="00126CEA"/>
+    <w:rsid w:val="00127325"/>
     <w:rsid w:val="00127423"/>
     <w:rsid w:val="00127819"/>
     <w:rsid w:val="00130DA1"/>
     <w:rsid w:val="00131C25"/>
+    <w:rsid w:val="00132B23"/>
+    <w:rsid w:val="00132F8B"/>
     <w:rsid w:val="001332EC"/>
+    <w:rsid w:val="001339DF"/>
+    <w:rsid w:val="00133C6C"/>
+    <w:rsid w:val="00134074"/>
     <w:rsid w:val="001351A1"/>
+    <w:rsid w:val="00135926"/>
     <w:rsid w:val="00136079"/>
     <w:rsid w:val="00137DE9"/>
     <w:rsid w:val="00141910"/>
     <w:rsid w:val="0014448F"/>
     <w:rsid w:val="00144729"/>
     <w:rsid w:val="00144BC3"/>
     <w:rsid w:val="00150C4D"/>
     <w:rsid w:val="00151C2D"/>
     <w:rsid w:val="0015264D"/>
     <w:rsid w:val="00152CF3"/>
     <w:rsid w:val="00153297"/>
     <w:rsid w:val="00154230"/>
+    <w:rsid w:val="001542A8"/>
     <w:rsid w:val="00154EE8"/>
     <w:rsid w:val="001557EB"/>
     <w:rsid w:val="001559B0"/>
+    <w:rsid w:val="001603F6"/>
+    <w:rsid w:val="001604BC"/>
+    <w:rsid w:val="00161E2D"/>
     <w:rsid w:val="00163099"/>
+    <w:rsid w:val="001635AB"/>
     <w:rsid w:val="00163E6B"/>
     <w:rsid w:val="00163F0A"/>
+    <w:rsid w:val="0016476C"/>
+    <w:rsid w:val="00164951"/>
     <w:rsid w:val="00166D1C"/>
     <w:rsid w:val="001670F6"/>
+    <w:rsid w:val="00167837"/>
+    <w:rsid w:val="001678D8"/>
+    <w:rsid w:val="001678E1"/>
+    <w:rsid w:val="00170365"/>
+    <w:rsid w:val="00171203"/>
     <w:rsid w:val="0017172C"/>
     <w:rsid w:val="001733F3"/>
     <w:rsid w:val="00173806"/>
     <w:rsid w:val="00173ADD"/>
+    <w:rsid w:val="00174B0E"/>
     <w:rsid w:val="0017572C"/>
+    <w:rsid w:val="0017588C"/>
+    <w:rsid w:val="0017623F"/>
+    <w:rsid w:val="001762A8"/>
+    <w:rsid w:val="00176C21"/>
+    <w:rsid w:val="001773C1"/>
+    <w:rsid w:val="00181F98"/>
+    <w:rsid w:val="001823B3"/>
     <w:rsid w:val="00183609"/>
+    <w:rsid w:val="00184FD0"/>
+    <w:rsid w:val="00185133"/>
     <w:rsid w:val="001852DE"/>
     <w:rsid w:val="00185696"/>
     <w:rsid w:val="001861FB"/>
     <w:rsid w:val="00187559"/>
+    <w:rsid w:val="0018795F"/>
+    <w:rsid w:val="00187D5B"/>
     <w:rsid w:val="0019215E"/>
+    <w:rsid w:val="001929D6"/>
     <w:rsid w:val="001929E0"/>
+    <w:rsid w:val="0019320B"/>
     <w:rsid w:val="001934F9"/>
     <w:rsid w:val="00193EED"/>
     <w:rsid w:val="00193F6B"/>
     <w:rsid w:val="0019513F"/>
     <w:rsid w:val="00195924"/>
     <w:rsid w:val="00195EBA"/>
     <w:rsid w:val="00195EE1"/>
+    <w:rsid w:val="00196390"/>
+    <w:rsid w:val="00197513"/>
     <w:rsid w:val="00197545"/>
     <w:rsid w:val="00197F08"/>
     <w:rsid w:val="001A00A2"/>
+    <w:rsid w:val="001A121E"/>
+    <w:rsid w:val="001A147F"/>
     <w:rsid w:val="001A2097"/>
+    <w:rsid w:val="001A218A"/>
+    <w:rsid w:val="001A2E01"/>
+    <w:rsid w:val="001A3D36"/>
     <w:rsid w:val="001A7774"/>
+    <w:rsid w:val="001B07D1"/>
+    <w:rsid w:val="001B0A17"/>
     <w:rsid w:val="001B145E"/>
     <w:rsid w:val="001B18FB"/>
     <w:rsid w:val="001B34D1"/>
     <w:rsid w:val="001B56AD"/>
+    <w:rsid w:val="001B5E90"/>
+    <w:rsid w:val="001B5FE9"/>
+    <w:rsid w:val="001B73EA"/>
+    <w:rsid w:val="001C0432"/>
+    <w:rsid w:val="001C1100"/>
     <w:rsid w:val="001C1A8A"/>
     <w:rsid w:val="001C2B5E"/>
+    <w:rsid w:val="001C35B8"/>
     <w:rsid w:val="001C522B"/>
     <w:rsid w:val="001C6718"/>
     <w:rsid w:val="001C6876"/>
+    <w:rsid w:val="001D06B5"/>
+    <w:rsid w:val="001D4ED8"/>
+    <w:rsid w:val="001D6B2A"/>
+    <w:rsid w:val="001D6BBA"/>
+    <w:rsid w:val="001D7914"/>
+    <w:rsid w:val="001D7C8F"/>
+    <w:rsid w:val="001E05F9"/>
+    <w:rsid w:val="001E0CAF"/>
+    <w:rsid w:val="001E1780"/>
+    <w:rsid w:val="001E2273"/>
     <w:rsid w:val="001E23EE"/>
     <w:rsid w:val="001E372E"/>
     <w:rsid w:val="001E398A"/>
     <w:rsid w:val="001E4176"/>
     <w:rsid w:val="001E4A49"/>
     <w:rsid w:val="001E55F0"/>
+    <w:rsid w:val="001E68DA"/>
+    <w:rsid w:val="001E6CDF"/>
     <w:rsid w:val="001E7414"/>
     <w:rsid w:val="001E77C6"/>
     <w:rsid w:val="001E78B7"/>
     <w:rsid w:val="001E7AD0"/>
+    <w:rsid w:val="001E7F78"/>
     <w:rsid w:val="001F13BC"/>
     <w:rsid w:val="001F1E16"/>
     <w:rsid w:val="001F24ED"/>
+    <w:rsid w:val="001F262B"/>
+    <w:rsid w:val="001F28DE"/>
+    <w:rsid w:val="001F2927"/>
     <w:rsid w:val="001F294A"/>
     <w:rsid w:val="001F3833"/>
     <w:rsid w:val="001F480D"/>
+    <w:rsid w:val="001F4D66"/>
     <w:rsid w:val="001F4D87"/>
     <w:rsid w:val="001F66E1"/>
     <w:rsid w:val="001F6AE8"/>
+    <w:rsid w:val="001F6B52"/>
     <w:rsid w:val="001F6F19"/>
+    <w:rsid w:val="001F7149"/>
+    <w:rsid w:val="00200004"/>
     <w:rsid w:val="002010F1"/>
+    <w:rsid w:val="00201FBD"/>
     <w:rsid w:val="002024FB"/>
     <w:rsid w:val="002026B4"/>
+    <w:rsid w:val="002034CA"/>
+    <w:rsid w:val="0020378A"/>
+    <w:rsid w:val="00204370"/>
+    <w:rsid w:val="00206DB1"/>
+    <w:rsid w:val="0021052C"/>
     <w:rsid w:val="00211740"/>
     <w:rsid w:val="0021240F"/>
     <w:rsid w:val="00212613"/>
+    <w:rsid w:val="00213D8D"/>
     <w:rsid w:val="00213E7A"/>
+    <w:rsid w:val="00214076"/>
+    <w:rsid w:val="002141BC"/>
     <w:rsid w:val="002146D3"/>
     <w:rsid w:val="00214E88"/>
+    <w:rsid w:val="00216AFC"/>
+    <w:rsid w:val="002173F4"/>
+    <w:rsid w:val="00217BF6"/>
     <w:rsid w:val="0022037D"/>
+    <w:rsid w:val="00220446"/>
+    <w:rsid w:val="00221B92"/>
+    <w:rsid w:val="002226FF"/>
     <w:rsid w:val="0022453C"/>
+    <w:rsid w:val="002251A2"/>
+    <w:rsid w:val="002255F5"/>
     <w:rsid w:val="00225B2B"/>
     <w:rsid w:val="0022604F"/>
     <w:rsid w:val="00227718"/>
+    <w:rsid w:val="002279E7"/>
     <w:rsid w:val="00227B01"/>
+    <w:rsid w:val="00227D65"/>
+    <w:rsid w:val="00227E08"/>
+    <w:rsid w:val="00230A2C"/>
     <w:rsid w:val="0023129D"/>
+    <w:rsid w:val="0023168E"/>
     <w:rsid w:val="002334D5"/>
+    <w:rsid w:val="00233D63"/>
     <w:rsid w:val="002357F7"/>
+    <w:rsid w:val="002368FD"/>
     <w:rsid w:val="00240013"/>
     <w:rsid w:val="00240287"/>
+    <w:rsid w:val="00240599"/>
     <w:rsid w:val="002455EC"/>
     <w:rsid w:val="00245FB4"/>
+    <w:rsid w:val="002466E5"/>
+    <w:rsid w:val="00246DAA"/>
     <w:rsid w:val="00251344"/>
     <w:rsid w:val="00251D29"/>
+    <w:rsid w:val="00251F31"/>
     <w:rsid w:val="00251FA4"/>
+    <w:rsid w:val="00254363"/>
+    <w:rsid w:val="002549E2"/>
     <w:rsid w:val="0025625A"/>
+    <w:rsid w:val="002562EC"/>
     <w:rsid w:val="00257B07"/>
+    <w:rsid w:val="00261267"/>
+    <w:rsid w:val="0026275B"/>
+    <w:rsid w:val="002631F9"/>
+    <w:rsid w:val="00264181"/>
+    <w:rsid w:val="0026428D"/>
     <w:rsid w:val="00265E78"/>
     <w:rsid w:val="00266086"/>
+    <w:rsid w:val="00266DA3"/>
+    <w:rsid w:val="0027003F"/>
     <w:rsid w:val="002700A8"/>
+    <w:rsid w:val="0027013F"/>
     <w:rsid w:val="00270FB5"/>
     <w:rsid w:val="00271379"/>
+    <w:rsid w:val="00271AD7"/>
     <w:rsid w:val="00271DC8"/>
     <w:rsid w:val="00272007"/>
+    <w:rsid w:val="00272D86"/>
     <w:rsid w:val="0027328F"/>
+    <w:rsid w:val="00275C67"/>
+    <w:rsid w:val="00275EA1"/>
     <w:rsid w:val="00277CAF"/>
+    <w:rsid w:val="00280654"/>
+    <w:rsid w:val="00281112"/>
+    <w:rsid w:val="0028135C"/>
+    <w:rsid w:val="00281BB9"/>
     <w:rsid w:val="00281CF2"/>
     <w:rsid w:val="00282012"/>
+    <w:rsid w:val="00282B5A"/>
+    <w:rsid w:val="0028390A"/>
+    <w:rsid w:val="0028429F"/>
     <w:rsid w:val="00284349"/>
+    <w:rsid w:val="002845D6"/>
     <w:rsid w:val="002846A7"/>
     <w:rsid w:val="00284FBA"/>
     <w:rsid w:val="0028550F"/>
     <w:rsid w:val="00285DCE"/>
     <w:rsid w:val="00286643"/>
+    <w:rsid w:val="00286B7A"/>
+    <w:rsid w:val="00287477"/>
+    <w:rsid w:val="002876DC"/>
+    <w:rsid w:val="00287EFA"/>
+    <w:rsid w:val="00290834"/>
+    <w:rsid w:val="0029095A"/>
+    <w:rsid w:val="0029139B"/>
     <w:rsid w:val="002932A3"/>
+    <w:rsid w:val="0029458A"/>
+    <w:rsid w:val="0029515D"/>
     <w:rsid w:val="002964E3"/>
+    <w:rsid w:val="00296D72"/>
     <w:rsid w:val="00296EF7"/>
+    <w:rsid w:val="00297191"/>
+    <w:rsid w:val="002A2446"/>
+    <w:rsid w:val="002A2DDA"/>
+    <w:rsid w:val="002A3F82"/>
+    <w:rsid w:val="002A4F68"/>
+    <w:rsid w:val="002A553A"/>
+    <w:rsid w:val="002A744D"/>
+    <w:rsid w:val="002A7DC9"/>
+    <w:rsid w:val="002B0178"/>
     <w:rsid w:val="002B0786"/>
     <w:rsid w:val="002B16E9"/>
     <w:rsid w:val="002B18C2"/>
     <w:rsid w:val="002B211D"/>
+    <w:rsid w:val="002B2A9A"/>
     <w:rsid w:val="002B2BB3"/>
     <w:rsid w:val="002B342E"/>
+    <w:rsid w:val="002B36DC"/>
+    <w:rsid w:val="002B3DCA"/>
     <w:rsid w:val="002B4807"/>
     <w:rsid w:val="002B4D7A"/>
+    <w:rsid w:val="002B692D"/>
     <w:rsid w:val="002B6A89"/>
     <w:rsid w:val="002B6AA4"/>
     <w:rsid w:val="002B6E29"/>
     <w:rsid w:val="002B7678"/>
     <w:rsid w:val="002B788C"/>
     <w:rsid w:val="002C0A86"/>
+    <w:rsid w:val="002C20CE"/>
+    <w:rsid w:val="002C24C0"/>
     <w:rsid w:val="002C4476"/>
+    <w:rsid w:val="002C4E01"/>
     <w:rsid w:val="002C51F5"/>
     <w:rsid w:val="002C58FD"/>
     <w:rsid w:val="002C6EC8"/>
     <w:rsid w:val="002C7308"/>
     <w:rsid w:val="002D03B3"/>
+    <w:rsid w:val="002D08D0"/>
     <w:rsid w:val="002D24E1"/>
+    <w:rsid w:val="002D2855"/>
+    <w:rsid w:val="002D2985"/>
+    <w:rsid w:val="002D2D75"/>
     <w:rsid w:val="002D311F"/>
+    <w:rsid w:val="002D488C"/>
     <w:rsid w:val="002D4BD3"/>
     <w:rsid w:val="002D4BE8"/>
+    <w:rsid w:val="002D5DB5"/>
+    <w:rsid w:val="002E0AE4"/>
+    <w:rsid w:val="002E0C33"/>
     <w:rsid w:val="002E220B"/>
     <w:rsid w:val="002E35E3"/>
+    <w:rsid w:val="002E37E8"/>
+    <w:rsid w:val="002E4169"/>
+    <w:rsid w:val="002E4B5F"/>
+    <w:rsid w:val="002E5729"/>
+    <w:rsid w:val="002E65E8"/>
+    <w:rsid w:val="002E693C"/>
+    <w:rsid w:val="002E6BDA"/>
+    <w:rsid w:val="002E6FF6"/>
+    <w:rsid w:val="002E7594"/>
+    <w:rsid w:val="002F1097"/>
+    <w:rsid w:val="002F1181"/>
+    <w:rsid w:val="002F28FF"/>
+    <w:rsid w:val="002F438E"/>
+    <w:rsid w:val="002F68C7"/>
     <w:rsid w:val="002F7269"/>
+    <w:rsid w:val="002F72DE"/>
     <w:rsid w:val="002F73D5"/>
+    <w:rsid w:val="002F758B"/>
+    <w:rsid w:val="0030188B"/>
+    <w:rsid w:val="003022BD"/>
+    <w:rsid w:val="00302529"/>
     <w:rsid w:val="00302E41"/>
+    <w:rsid w:val="00303AB8"/>
     <w:rsid w:val="003053F7"/>
     <w:rsid w:val="0030589E"/>
     <w:rsid w:val="003075F0"/>
     <w:rsid w:val="00307672"/>
     <w:rsid w:val="00307971"/>
     <w:rsid w:val="003101F0"/>
     <w:rsid w:val="003103DE"/>
     <w:rsid w:val="00311B68"/>
     <w:rsid w:val="003124AD"/>
     <w:rsid w:val="00312545"/>
+    <w:rsid w:val="00314D8B"/>
     <w:rsid w:val="00314FF9"/>
+    <w:rsid w:val="003155ED"/>
+    <w:rsid w:val="00315EE6"/>
+    <w:rsid w:val="00316615"/>
+    <w:rsid w:val="00317042"/>
     <w:rsid w:val="003206EE"/>
+    <w:rsid w:val="00320DFA"/>
+    <w:rsid w:val="0032193B"/>
+    <w:rsid w:val="003221CC"/>
     <w:rsid w:val="00322526"/>
+    <w:rsid w:val="0032261F"/>
     <w:rsid w:val="00323A8E"/>
+    <w:rsid w:val="00323B2F"/>
     <w:rsid w:val="00323F1A"/>
     <w:rsid w:val="003248FD"/>
+    <w:rsid w:val="00326707"/>
     <w:rsid w:val="003275B9"/>
+    <w:rsid w:val="00331113"/>
+    <w:rsid w:val="00331B43"/>
     <w:rsid w:val="00331FCD"/>
+    <w:rsid w:val="00332242"/>
     <w:rsid w:val="00332664"/>
     <w:rsid w:val="00332672"/>
+    <w:rsid w:val="003339E2"/>
     <w:rsid w:val="00333B07"/>
+    <w:rsid w:val="00336869"/>
+    <w:rsid w:val="00336B68"/>
+    <w:rsid w:val="00336CC9"/>
     <w:rsid w:val="003376D1"/>
     <w:rsid w:val="003400DD"/>
     <w:rsid w:val="0034057A"/>
     <w:rsid w:val="003416A6"/>
     <w:rsid w:val="00341BD9"/>
     <w:rsid w:val="0034219E"/>
+    <w:rsid w:val="0034277C"/>
     <w:rsid w:val="0034431A"/>
     <w:rsid w:val="003443ED"/>
+    <w:rsid w:val="003452B7"/>
+    <w:rsid w:val="003454B0"/>
+    <w:rsid w:val="0034590E"/>
     <w:rsid w:val="003463BA"/>
+    <w:rsid w:val="00346D3C"/>
     <w:rsid w:val="00351717"/>
+    <w:rsid w:val="00351BA7"/>
+    <w:rsid w:val="00352227"/>
     <w:rsid w:val="003523A9"/>
     <w:rsid w:val="0035280C"/>
+    <w:rsid w:val="00352D30"/>
+    <w:rsid w:val="003535E8"/>
+    <w:rsid w:val="003543D1"/>
     <w:rsid w:val="00354438"/>
     <w:rsid w:val="003555B3"/>
+    <w:rsid w:val="00355763"/>
     <w:rsid w:val="003557D2"/>
     <w:rsid w:val="00355840"/>
+    <w:rsid w:val="00357139"/>
     <w:rsid w:val="003571F7"/>
     <w:rsid w:val="003576FA"/>
+    <w:rsid w:val="00357A6A"/>
     <w:rsid w:val="00357E6F"/>
     <w:rsid w:val="00361ADC"/>
     <w:rsid w:val="0036365C"/>
+    <w:rsid w:val="003645FA"/>
+    <w:rsid w:val="00365200"/>
+    <w:rsid w:val="00365F99"/>
     <w:rsid w:val="003671A2"/>
+    <w:rsid w:val="00367485"/>
+    <w:rsid w:val="00367BB5"/>
     <w:rsid w:val="00367BD5"/>
     <w:rsid w:val="00370DBA"/>
     <w:rsid w:val="00370E8A"/>
+    <w:rsid w:val="0037121B"/>
     <w:rsid w:val="003719B9"/>
+    <w:rsid w:val="00372DEE"/>
     <w:rsid w:val="003754B2"/>
+    <w:rsid w:val="003764DB"/>
+    <w:rsid w:val="0037722C"/>
+    <w:rsid w:val="00377397"/>
     <w:rsid w:val="00377500"/>
+    <w:rsid w:val="00380BDC"/>
+    <w:rsid w:val="003814C0"/>
     <w:rsid w:val="003834AB"/>
+    <w:rsid w:val="0038362B"/>
     <w:rsid w:val="0038365A"/>
     <w:rsid w:val="00383C60"/>
+    <w:rsid w:val="003843AE"/>
+    <w:rsid w:val="003848AE"/>
     <w:rsid w:val="00384C4C"/>
     <w:rsid w:val="00385AD7"/>
+    <w:rsid w:val="00386120"/>
     <w:rsid w:val="003862D3"/>
     <w:rsid w:val="003864CD"/>
+    <w:rsid w:val="00386B62"/>
+    <w:rsid w:val="003872ED"/>
+    <w:rsid w:val="00387A2E"/>
+    <w:rsid w:val="00387A74"/>
+    <w:rsid w:val="00387F31"/>
     <w:rsid w:val="00387FAD"/>
+    <w:rsid w:val="003903EA"/>
     <w:rsid w:val="00390AE8"/>
+    <w:rsid w:val="003920D5"/>
+    <w:rsid w:val="003929B3"/>
+    <w:rsid w:val="00394748"/>
     <w:rsid w:val="003956C1"/>
+    <w:rsid w:val="00396E84"/>
+    <w:rsid w:val="003A036D"/>
     <w:rsid w:val="003A1123"/>
     <w:rsid w:val="003A2E57"/>
+    <w:rsid w:val="003A3815"/>
+    <w:rsid w:val="003A4060"/>
+    <w:rsid w:val="003A4750"/>
+    <w:rsid w:val="003A5B53"/>
     <w:rsid w:val="003A666A"/>
     <w:rsid w:val="003A6B3E"/>
+    <w:rsid w:val="003A6D8B"/>
+    <w:rsid w:val="003A712E"/>
     <w:rsid w:val="003B049B"/>
+    <w:rsid w:val="003B0653"/>
     <w:rsid w:val="003B18EA"/>
+    <w:rsid w:val="003B323A"/>
     <w:rsid w:val="003B34B4"/>
     <w:rsid w:val="003B3550"/>
     <w:rsid w:val="003B4B20"/>
+    <w:rsid w:val="003B5253"/>
     <w:rsid w:val="003B5897"/>
     <w:rsid w:val="003B5CAD"/>
     <w:rsid w:val="003B617E"/>
+    <w:rsid w:val="003B6AF1"/>
+    <w:rsid w:val="003B79C6"/>
     <w:rsid w:val="003B7A78"/>
+    <w:rsid w:val="003B7C6E"/>
+    <w:rsid w:val="003C07E2"/>
+    <w:rsid w:val="003C1AE8"/>
     <w:rsid w:val="003C1C93"/>
+    <w:rsid w:val="003C1FE6"/>
     <w:rsid w:val="003C20F0"/>
     <w:rsid w:val="003C2279"/>
+    <w:rsid w:val="003C2A0B"/>
     <w:rsid w:val="003C3A8D"/>
     <w:rsid w:val="003C400E"/>
+    <w:rsid w:val="003C52B9"/>
     <w:rsid w:val="003C6DE1"/>
     <w:rsid w:val="003D1334"/>
     <w:rsid w:val="003D1F3D"/>
+    <w:rsid w:val="003D2313"/>
     <w:rsid w:val="003D3541"/>
     <w:rsid w:val="003D3FE1"/>
     <w:rsid w:val="003D43BE"/>
+    <w:rsid w:val="003D5238"/>
+    <w:rsid w:val="003D75F8"/>
+    <w:rsid w:val="003D7F0C"/>
     <w:rsid w:val="003E0046"/>
+    <w:rsid w:val="003E00D3"/>
+    <w:rsid w:val="003E0634"/>
     <w:rsid w:val="003E09D3"/>
     <w:rsid w:val="003E3F95"/>
     <w:rsid w:val="003E41B5"/>
     <w:rsid w:val="003E53D0"/>
     <w:rsid w:val="003E6036"/>
+    <w:rsid w:val="003E675A"/>
+    <w:rsid w:val="003E6B2F"/>
+    <w:rsid w:val="003F0784"/>
+    <w:rsid w:val="003F14A9"/>
     <w:rsid w:val="003F1D29"/>
     <w:rsid w:val="003F20AB"/>
+    <w:rsid w:val="003F39E9"/>
+    <w:rsid w:val="003F5757"/>
+    <w:rsid w:val="003F5CC0"/>
+    <w:rsid w:val="003F74A8"/>
     <w:rsid w:val="003F7FBA"/>
+    <w:rsid w:val="00401032"/>
+    <w:rsid w:val="0040269C"/>
+    <w:rsid w:val="00402939"/>
+    <w:rsid w:val="00402B2A"/>
     <w:rsid w:val="00402FA5"/>
+    <w:rsid w:val="004030CA"/>
     <w:rsid w:val="004032C8"/>
     <w:rsid w:val="004069A2"/>
+    <w:rsid w:val="00406F87"/>
+    <w:rsid w:val="004074AB"/>
     <w:rsid w:val="00407B0B"/>
     <w:rsid w:val="00410282"/>
     <w:rsid w:val="004102AE"/>
+    <w:rsid w:val="004106BF"/>
+    <w:rsid w:val="00411F11"/>
+    <w:rsid w:val="004133EF"/>
     <w:rsid w:val="004141F2"/>
     <w:rsid w:val="00414F61"/>
     <w:rsid w:val="004159E2"/>
+    <w:rsid w:val="00415D8D"/>
+    <w:rsid w:val="00416B80"/>
     <w:rsid w:val="0042097C"/>
+    <w:rsid w:val="00420F2D"/>
+    <w:rsid w:val="00421589"/>
+    <w:rsid w:val="00422195"/>
     <w:rsid w:val="00422B92"/>
+    <w:rsid w:val="00422FE8"/>
     <w:rsid w:val="0042392A"/>
+    <w:rsid w:val="00424301"/>
+    <w:rsid w:val="00425B67"/>
     <w:rsid w:val="00425D7A"/>
+    <w:rsid w:val="004266D8"/>
+    <w:rsid w:val="00427660"/>
+    <w:rsid w:val="004306A8"/>
+    <w:rsid w:val="004307DF"/>
+    <w:rsid w:val="00430894"/>
+    <w:rsid w:val="00431F6B"/>
     <w:rsid w:val="004324E6"/>
+    <w:rsid w:val="004328CF"/>
+    <w:rsid w:val="0043398D"/>
+    <w:rsid w:val="00433A48"/>
     <w:rsid w:val="00433CC8"/>
+    <w:rsid w:val="004351C8"/>
+    <w:rsid w:val="004353AB"/>
+    <w:rsid w:val="00435D4C"/>
     <w:rsid w:val="00436E0C"/>
+    <w:rsid w:val="00440B2C"/>
+    <w:rsid w:val="00441A88"/>
+    <w:rsid w:val="0044435F"/>
+    <w:rsid w:val="00444365"/>
     <w:rsid w:val="004448B3"/>
     <w:rsid w:val="00444A8A"/>
     <w:rsid w:val="004452DC"/>
     <w:rsid w:val="0044588F"/>
+    <w:rsid w:val="00445D37"/>
     <w:rsid w:val="00446502"/>
+    <w:rsid w:val="00446BEC"/>
+    <w:rsid w:val="00447966"/>
+    <w:rsid w:val="004510E2"/>
+    <w:rsid w:val="00451105"/>
+    <w:rsid w:val="00452B03"/>
     <w:rsid w:val="00452D09"/>
     <w:rsid w:val="00453307"/>
+    <w:rsid w:val="00455913"/>
+    <w:rsid w:val="004560B6"/>
+    <w:rsid w:val="00461EB2"/>
     <w:rsid w:val="00462EBE"/>
+    <w:rsid w:val="00464B75"/>
     <w:rsid w:val="00465784"/>
+    <w:rsid w:val="00466AB6"/>
+    <w:rsid w:val="00466DBE"/>
     <w:rsid w:val="00467A16"/>
     <w:rsid w:val="0047111D"/>
+    <w:rsid w:val="00471141"/>
+    <w:rsid w:val="00471411"/>
     <w:rsid w:val="00471507"/>
+    <w:rsid w:val="0047201E"/>
     <w:rsid w:val="00472831"/>
+    <w:rsid w:val="00472CBA"/>
     <w:rsid w:val="00472ED5"/>
     <w:rsid w:val="00473348"/>
+    <w:rsid w:val="00473C60"/>
     <w:rsid w:val="004740D3"/>
     <w:rsid w:val="00474456"/>
+    <w:rsid w:val="00474787"/>
     <w:rsid w:val="00474DD4"/>
     <w:rsid w:val="004754BA"/>
+    <w:rsid w:val="00475B04"/>
+    <w:rsid w:val="00475E0D"/>
+    <w:rsid w:val="00480747"/>
+    <w:rsid w:val="00481C9B"/>
+    <w:rsid w:val="00482867"/>
     <w:rsid w:val="0048291D"/>
+    <w:rsid w:val="00483311"/>
+    <w:rsid w:val="00483DF5"/>
     <w:rsid w:val="004841DF"/>
     <w:rsid w:val="004845E8"/>
+    <w:rsid w:val="00485504"/>
     <w:rsid w:val="00485B9A"/>
+    <w:rsid w:val="00486284"/>
+    <w:rsid w:val="00491D0F"/>
     <w:rsid w:val="004920C1"/>
+    <w:rsid w:val="0049226B"/>
     <w:rsid w:val="00492450"/>
+    <w:rsid w:val="0049254C"/>
     <w:rsid w:val="004925E0"/>
     <w:rsid w:val="0049264F"/>
     <w:rsid w:val="00492DB2"/>
+    <w:rsid w:val="00493970"/>
+    <w:rsid w:val="00493F24"/>
     <w:rsid w:val="00494AC0"/>
+    <w:rsid w:val="00494B67"/>
+    <w:rsid w:val="00495546"/>
+    <w:rsid w:val="00495F3A"/>
     <w:rsid w:val="00497AAC"/>
+    <w:rsid w:val="004A01BB"/>
+    <w:rsid w:val="004A0808"/>
+    <w:rsid w:val="004A17BE"/>
     <w:rsid w:val="004A17D7"/>
+    <w:rsid w:val="004A3B44"/>
+    <w:rsid w:val="004A3EDE"/>
     <w:rsid w:val="004A40B0"/>
     <w:rsid w:val="004A4659"/>
+    <w:rsid w:val="004A5CCE"/>
+    <w:rsid w:val="004A6BAD"/>
+    <w:rsid w:val="004A717B"/>
+    <w:rsid w:val="004A7512"/>
+    <w:rsid w:val="004A7A41"/>
+    <w:rsid w:val="004B0D56"/>
+    <w:rsid w:val="004B0EBE"/>
     <w:rsid w:val="004B2677"/>
+    <w:rsid w:val="004B36A9"/>
+    <w:rsid w:val="004B3E17"/>
     <w:rsid w:val="004B5034"/>
     <w:rsid w:val="004B556E"/>
     <w:rsid w:val="004B5719"/>
     <w:rsid w:val="004B62E4"/>
     <w:rsid w:val="004B69F6"/>
     <w:rsid w:val="004B6A9A"/>
     <w:rsid w:val="004B785A"/>
     <w:rsid w:val="004B79CA"/>
     <w:rsid w:val="004C0C84"/>
     <w:rsid w:val="004C305F"/>
+    <w:rsid w:val="004C3C87"/>
+    <w:rsid w:val="004C46CA"/>
     <w:rsid w:val="004C5147"/>
     <w:rsid w:val="004C5E4D"/>
     <w:rsid w:val="004C60AB"/>
+    <w:rsid w:val="004D0EC5"/>
+    <w:rsid w:val="004D1181"/>
+    <w:rsid w:val="004D317E"/>
     <w:rsid w:val="004D3AB5"/>
+    <w:rsid w:val="004D42B4"/>
+    <w:rsid w:val="004D43BE"/>
+    <w:rsid w:val="004D45E2"/>
+    <w:rsid w:val="004D4B9C"/>
+    <w:rsid w:val="004D5105"/>
     <w:rsid w:val="004D6670"/>
+    <w:rsid w:val="004D698D"/>
     <w:rsid w:val="004D6D0D"/>
+    <w:rsid w:val="004E1C16"/>
+    <w:rsid w:val="004E1C95"/>
+    <w:rsid w:val="004E1DD8"/>
     <w:rsid w:val="004E20F8"/>
+    <w:rsid w:val="004E25FC"/>
     <w:rsid w:val="004E296F"/>
+    <w:rsid w:val="004E3003"/>
+    <w:rsid w:val="004E31BA"/>
+    <w:rsid w:val="004E332D"/>
     <w:rsid w:val="004E3951"/>
+    <w:rsid w:val="004E5A82"/>
+    <w:rsid w:val="004E5DAE"/>
     <w:rsid w:val="004E5F80"/>
     <w:rsid w:val="004E6A87"/>
     <w:rsid w:val="004E70ED"/>
     <w:rsid w:val="004F0C20"/>
     <w:rsid w:val="004F0C8F"/>
+    <w:rsid w:val="004F0DDD"/>
     <w:rsid w:val="004F115D"/>
+    <w:rsid w:val="004F19CC"/>
+    <w:rsid w:val="004F3C39"/>
+    <w:rsid w:val="004F40BA"/>
+    <w:rsid w:val="004F436A"/>
     <w:rsid w:val="004F49D9"/>
     <w:rsid w:val="004F52D7"/>
+    <w:rsid w:val="004F5392"/>
     <w:rsid w:val="004F6275"/>
+    <w:rsid w:val="004F6380"/>
     <w:rsid w:val="004F707D"/>
+    <w:rsid w:val="004F76E9"/>
+    <w:rsid w:val="004F7BED"/>
+    <w:rsid w:val="004F7FA6"/>
     <w:rsid w:val="00501A12"/>
     <w:rsid w:val="00501DF5"/>
+    <w:rsid w:val="00502257"/>
+    <w:rsid w:val="00502297"/>
     <w:rsid w:val="005028A5"/>
     <w:rsid w:val="005028C8"/>
+    <w:rsid w:val="00502A06"/>
+    <w:rsid w:val="005034E6"/>
+    <w:rsid w:val="005038E4"/>
     <w:rsid w:val="00505042"/>
+    <w:rsid w:val="005051C3"/>
     <w:rsid w:val="0050595C"/>
     <w:rsid w:val="00506334"/>
     <w:rsid w:val="0050642D"/>
+    <w:rsid w:val="00507237"/>
     <w:rsid w:val="00507835"/>
+    <w:rsid w:val="00510BE9"/>
+    <w:rsid w:val="00510ED5"/>
     <w:rsid w:val="0051125E"/>
     <w:rsid w:val="00511990"/>
     <w:rsid w:val="00511F8E"/>
     <w:rsid w:val="0051320B"/>
+    <w:rsid w:val="005137E4"/>
     <w:rsid w:val="00514516"/>
     <w:rsid w:val="00514C0F"/>
     <w:rsid w:val="00514E77"/>
     <w:rsid w:val="005165CD"/>
     <w:rsid w:val="00516600"/>
+    <w:rsid w:val="00517EA0"/>
+    <w:rsid w:val="00522F29"/>
+    <w:rsid w:val="00523206"/>
     <w:rsid w:val="00524239"/>
     <w:rsid w:val="00524D99"/>
+    <w:rsid w:val="00525359"/>
+    <w:rsid w:val="00525724"/>
+    <w:rsid w:val="00525C84"/>
+    <w:rsid w:val="00525FCB"/>
     <w:rsid w:val="005260A8"/>
+    <w:rsid w:val="00526341"/>
     <w:rsid w:val="00526A72"/>
     <w:rsid w:val="005270D4"/>
     <w:rsid w:val="00527C3E"/>
     <w:rsid w:val="00527D37"/>
+    <w:rsid w:val="00527DBE"/>
+    <w:rsid w:val="00530E77"/>
+    <w:rsid w:val="005313B4"/>
     <w:rsid w:val="005318CA"/>
     <w:rsid w:val="00532011"/>
     <w:rsid w:val="0053375A"/>
     <w:rsid w:val="005343F1"/>
     <w:rsid w:val="00534A98"/>
     <w:rsid w:val="00535F6A"/>
+    <w:rsid w:val="0053603A"/>
+    <w:rsid w:val="005360AE"/>
+    <w:rsid w:val="00536CED"/>
+    <w:rsid w:val="0053700E"/>
     <w:rsid w:val="00540308"/>
     <w:rsid w:val="00540A24"/>
+    <w:rsid w:val="005415B0"/>
+    <w:rsid w:val="00541F89"/>
+    <w:rsid w:val="00541FD7"/>
     <w:rsid w:val="0054226D"/>
     <w:rsid w:val="005426B6"/>
     <w:rsid w:val="005432E6"/>
+    <w:rsid w:val="005433B8"/>
+    <w:rsid w:val="00543442"/>
     <w:rsid w:val="00543469"/>
     <w:rsid w:val="0054350F"/>
     <w:rsid w:val="00544122"/>
+    <w:rsid w:val="00544B69"/>
+    <w:rsid w:val="00544E03"/>
+    <w:rsid w:val="00544FDE"/>
     <w:rsid w:val="0054526C"/>
+    <w:rsid w:val="0054697B"/>
+    <w:rsid w:val="00550571"/>
+    <w:rsid w:val="00550631"/>
     <w:rsid w:val="00550EC3"/>
+    <w:rsid w:val="00551533"/>
     <w:rsid w:val="00551AED"/>
+    <w:rsid w:val="00551FC8"/>
     <w:rsid w:val="00553142"/>
     <w:rsid w:val="00553709"/>
     <w:rsid w:val="00553A84"/>
     <w:rsid w:val="00553AF2"/>
+    <w:rsid w:val="00553F40"/>
+    <w:rsid w:val="00554811"/>
+    <w:rsid w:val="0055593F"/>
+    <w:rsid w:val="005564D9"/>
     <w:rsid w:val="005568F6"/>
     <w:rsid w:val="00557456"/>
+    <w:rsid w:val="00557CA2"/>
+    <w:rsid w:val="00561142"/>
     <w:rsid w:val="00561F10"/>
+    <w:rsid w:val="00562B39"/>
+    <w:rsid w:val="00562D30"/>
     <w:rsid w:val="0056339A"/>
     <w:rsid w:val="00563D00"/>
+    <w:rsid w:val="00563D43"/>
+    <w:rsid w:val="005641A3"/>
+    <w:rsid w:val="00564C90"/>
     <w:rsid w:val="00565882"/>
+    <w:rsid w:val="0056589E"/>
+    <w:rsid w:val="00567211"/>
     <w:rsid w:val="00567AB6"/>
     <w:rsid w:val="00570127"/>
+    <w:rsid w:val="00570FA1"/>
     <w:rsid w:val="00571200"/>
+    <w:rsid w:val="005719A8"/>
+    <w:rsid w:val="00571BEC"/>
     <w:rsid w:val="00572DCA"/>
     <w:rsid w:val="0057335C"/>
+    <w:rsid w:val="0057347B"/>
+    <w:rsid w:val="00573FBB"/>
     <w:rsid w:val="0057426F"/>
+    <w:rsid w:val="00574810"/>
+    <w:rsid w:val="00574B76"/>
+    <w:rsid w:val="0057505D"/>
+    <w:rsid w:val="0057549E"/>
+    <w:rsid w:val="005766D1"/>
+    <w:rsid w:val="00577030"/>
     <w:rsid w:val="00577335"/>
     <w:rsid w:val="00577E26"/>
+    <w:rsid w:val="0058185C"/>
+    <w:rsid w:val="00581B41"/>
+    <w:rsid w:val="0058409B"/>
     <w:rsid w:val="005854ED"/>
+    <w:rsid w:val="00585A31"/>
     <w:rsid w:val="00585C45"/>
     <w:rsid w:val="005864D5"/>
     <w:rsid w:val="00586B29"/>
     <w:rsid w:val="00586FE2"/>
     <w:rsid w:val="00587617"/>
     <w:rsid w:val="0059013D"/>
+    <w:rsid w:val="005901AD"/>
     <w:rsid w:val="00590517"/>
+    <w:rsid w:val="005916D8"/>
     <w:rsid w:val="00592593"/>
+    <w:rsid w:val="005925A3"/>
     <w:rsid w:val="00593069"/>
+    <w:rsid w:val="005941D5"/>
     <w:rsid w:val="00594518"/>
     <w:rsid w:val="0059535C"/>
     <w:rsid w:val="00595E26"/>
     <w:rsid w:val="00597784"/>
     <w:rsid w:val="00597D38"/>
+    <w:rsid w:val="005A03A1"/>
     <w:rsid w:val="005A2252"/>
     <w:rsid w:val="005A304E"/>
     <w:rsid w:val="005A3410"/>
     <w:rsid w:val="005A40F1"/>
     <w:rsid w:val="005A4326"/>
     <w:rsid w:val="005A4D7F"/>
     <w:rsid w:val="005A6E77"/>
     <w:rsid w:val="005A7158"/>
+    <w:rsid w:val="005B03E1"/>
     <w:rsid w:val="005B0C9D"/>
+    <w:rsid w:val="005B0E29"/>
     <w:rsid w:val="005B1616"/>
+    <w:rsid w:val="005B2306"/>
+    <w:rsid w:val="005B2747"/>
+    <w:rsid w:val="005B28CC"/>
+    <w:rsid w:val="005B2D67"/>
+    <w:rsid w:val="005B3E81"/>
+    <w:rsid w:val="005B4088"/>
     <w:rsid w:val="005B55D5"/>
     <w:rsid w:val="005B5FD9"/>
     <w:rsid w:val="005B608A"/>
     <w:rsid w:val="005B6AD1"/>
     <w:rsid w:val="005B709C"/>
+    <w:rsid w:val="005B7AFA"/>
     <w:rsid w:val="005C0223"/>
+    <w:rsid w:val="005C068B"/>
+    <w:rsid w:val="005C0742"/>
     <w:rsid w:val="005C0E57"/>
     <w:rsid w:val="005C1C0B"/>
+    <w:rsid w:val="005C1DE3"/>
+    <w:rsid w:val="005C34CD"/>
     <w:rsid w:val="005C3F31"/>
     <w:rsid w:val="005C4868"/>
+    <w:rsid w:val="005C5531"/>
+    <w:rsid w:val="005C5CAD"/>
     <w:rsid w:val="005C6C47"/>
     <w:rsid w:val="005C6F33"/>
+    <w:rsid w:val="005C7D43"/>
+    <w:rsid w:val="005D097A"/>
     <w:rsid w:val="005D1C2A"/>
+    <w:rsid w:val="005D1DBB"/>
     <w:rsid w:val="005D22AD"/>
     <w:rsid w:val="005D3F82"/>
+    <w:rsid w:val="005D4201"/>
     <w:rsid w:val="005D451A"/>
+    <w:rsid w:val="005D478A"/>
+    <w:rsid w:val="005D4B62"/>
     <w:rsid w:val="005D5214"/>
     <w:rsid w:val="005D535D"/>
     <w:rsid w:val="005D538E"/>
     <w:rsid w:val="005D53C1"/>
     <w:rsid w:val="005D5BB0"/>
+    <w:rsid w:val="005D6595"/>
+    <w:rsid w:val="005D659F"/>
     <w:rsid w:val="005D74D9"/>
+    <w:rsid w:val="005D7826"/>
     <w:rsid w:val="005D7EF9"/>
     <w:rsid w:val="005E1353"/>
+    <w:rsid w:val="005E1645"/>
     <w:rsid w:val="005E17EE"/>
+    <w:rsid w:val="005E3CAD"/>
+    <w:rsid w:val="005E5608"/>
+    <w:rsid w:val="005E6A29"/>
+    <w:rsid w:val="005F007B"/>
+    <w:rsid w:val="005F00F0"/>
+    <w:rsid w:val="005F15C4"/>
+    <w:rsid w:val="005F17B8"/>
     <w:rsid w:val="005F18E1"/>
     <w:rsid w:val="005F1F5A"/>
+    <w:rsid w:val="005F20B7"/>
     <w:rsid w:val="005F2A62"/>
     <w:rsid w:val="005F4F34"/>
     <w:rsid w:val="005F53D8"/>
     <w:rsid w:val="005F6F37"/>
     <w:rsid w:val="005F79BE"/>
     <w:rsid w:val="00600278"/>
     <w:rsid w:val="00600A51"/>
+    <w:rsid w:val="00601321"/>
     <w:rsid w:val="0060207F"/>
     <w:rsid w:val="006023D3"/>
     <w:rsid w:val="00602AFB"/>
     <w:rsid w:val="00602F7F"/>
+    <w:rsid w:val="00604E8B"/>
     <w:rsid w:val="0060597A"/>
     <w:rsid w:val="006061C8"/>
     <w:rsid w:val="00607615"/>
     <w:rsid w:val="006103C3"/>
     <w:rsid w:val="006107EB"/>
+    <w:rsid w:val="006118FB"/>
     <w:rsid w:val="00612833"/>
     <w:rsid w:val="006140ED"/>
+    <w:rsid w:val="0061453A"/>
     <w:rsid w:val="006145CF"/>
     <w:rsid w:val="00614CC4"/>
     <w:rsid w:val="0061599D"/>
+    <w:rsid w:val="00616259"/>
     <w:rsid w:val="006171B9"/>
     <w:rsid w:val="00617217"/>
+    <w:rsid w:val="00617814"/>
     <w:rsid w:val="006179E8"/>
+    <w:rsid w:val="006209E0"/>
+    <w:rsid w:val="006216C3"/>
     <w:rsid w:val="00623B8F"/>
     <w:rsid w:val="006241B3"/>
+    <w:rsid w:val="00624B2E"/>
+    <w:rsid w:val="006253BD"/>
     <w:rsid w:val="00626BD5"/>
     <w:rsid w:val="006274BB"/>
+    <w:rsid w:val="00627ADA"/>
     <w:rsid w:val="00627C86"/>
     <w:rsid w:val="00630B14"/>
     <w:rsid w:val="0063109A"/>
     <w:rsid w:val="00631416"/>
     <w:rsid w:val="00631F6D"/>
+    <w:rsid w:val="00632B0E"/>
+    <w:rsid w:val="00632E0E"/>
     <w:rsid w:val="00633EFE"/>
+    <w:rsid w:val="00634310"/>
+    <w:rsid w:val="00634313"/>
+    <w:rsid w:val="00635836"/>
     <w:rsid w:val="00635AB3"/>
     <w:rsid w:val="00640C40"/>
     <w:rsid w:val="006414A9"/>
     <w:rsid w:val="0064370B"/>
     <w:rsid w:val="006447F3"/>
+    <w:rsid w:val="00644E07"/>
+    <w:rsid w:val="00645FD7"/>
     <w:rsid w:val="00646221"/>
+    <w:rsid w:val="0064785B"/>
+    <w:rsid w:val="00650CFB"/>
+    <w:rsid w:val="006512F8"/>
+    <w:rsid w:val="00651B85"/>
     <w:rsid w:val="00651CB1"/>
     <w:rsid w:val="00652478"/>
     <w:rsid w:val="00652550"/>
     <w:rsid w:val="00654293"/>
+    <w:rsid w:val="00654A64"/>
     <w:rsid w:val="006554F2"/>
     <w:rsid w:val="006555C2"/>
+    <w:rsid w:val="00655687"/>
+    <w:rsid w:val="00656343"/>
     <w:rsid w:val="00656B8C"/>
+    <w:rsid w:val="00656DC0"/>
     <w:rsid w:val="006600B1"/>
     <w:rsid w:val="0066058E"/>
+    <w:rsid w:val="0066248F"/>
     <w:rsid w:val="00666448"/>
     <w:rsid w:val="00670743"/>
     <w:rsid w:val="0067082F"/>
     <w:rsid w:val="00670CED"/>
     <w:rsid w:val="00670FA2"/>
     <w:rsid w:val="00672288"/>
     <w:rsid w:val="00672421"/>
     <w:rsid w:val="0067289B"/>
+    <w:rsid w:val="00672C9D"/>
+    <w:rsid w:val="00672EA5"/>
+    <w:rsid w:val="00673C49"/>
+    <w:rsid w:val="006743A9"/>
+    <w:rsid w:val="006748D6"/>
+    <w:rsid w:val="00674F65"/>
     <w:rsid w:val="00675D00"/>
+    <w:rsid w:val="006761AE"/>
     <w:rsid w:val="00676338"/>
+    <w:rsid w:val="006767B7"/>
     <w:rsid w:val="00676FF4"/>
     <w:rsid w:val="00677AC4"/>
+    <w:rsid w:val="00677CC7"/>
     <w:rsid w:val="00681249"/>
     <w:rsid w:val="00682538"/>
+    <w:rsid w:val="006829CB"/>
+    <w:rsid w:val="0068385C"/>
     <w:rsid w:val="00683867"/>
+    <w:rsid w:val="00683E4C"/>
+    <w:rsid w:val="0068414A"/>
+    <w:rsid w:val="006858CE"/>
     <w:rsid w:val="00686193"/>
     <w:rsid w:val="00686BFD"/>
     <w:rsid w:val="00687287"/>
     <w:rsid w:val="006877F6"/>
+    <w:rsid w:val="00687C41"/>
+    <w:rsid w:val="00687C43"/>
+    <w:rsid w:val="00687CC4"/>
+    <w:rsid w:val="00687E67"/>
+    <w:rsid w:val="006901B2"/>
     <w:rsid w:val="0069065A"/>
+    <w:rsid w:val="00690866"/>
+    <w:rsid w:val="006914CD"/>
     <w:rsid w:val="006917D2"/>
+    <w:rsid w:val="00691824"/>
     <w:rsid w:val="00691D6E"/>
     <w:rsid w:val="00691E32"/>
     <w:rsid w:val="00692173"/>
     <w:rsid w:val="00692951"/>
+    <w:rsid w:val="00693928"/>
+    <w:rsid w:val="00695637"/>
+    <w:rsid w:val="00696355"/>
     <w:rsid w:val="00696AA3"/>
+    <w:rsid w:val="00696AE2"/>
     <w:rsid w:val="00697A60"/>
+    <w:rsid w:val="006A018F"/>
     <w:rsid w:val="006A14FB"/>
     <w:rsid w:val="006A18A2"/>
     <w:rsid w:val="006A2A69"/>
+    <w:rsid w:val="006A3122"/>
     <w:rsid w:val="006A3EA7"/>
+    <w:rsid w:val="006A4196"/>
     <w:rsid w:val="006A4D48"/>
     <w:rsid w:val="006A51E0"/>
+    <w:rsid w:val="006A624C"/>
     <w:rsid w:val="006A6449"/>
     <w:rsid w:val="006A6573"/>
     <w:rsid w:val="006A68DF"/>
     <w:rsid w:val="006A6D47"/>
     <w:rsid w:val="006A7E16"/>
     <w:rsid w:val="006A7F3B"/>
     <w:rsid w:val="006B0BE1"/>
     <w:rsid w:val="006B0D77"/>
+    <w:rsid w:val="006B165C"/>
+    <w:rsid w:val="006B1979"/>
     <w:rsid w:val="006B1A9F"/>
+    <w:rsid w:val="006B46F0"/>
+    <w:rsid w:val="006B49A2"/>
+    <w:rsid w:val="006B4C41"/>
     <w:rsid w:val="006B4CF8"/>
+    <w:rsid w:val="006B5020"/>
     <w:rsid w:val="006B5C0C"/>
+    <w:rsid w:val="006B703E"/>
+    <w:rsid w:val="006B72D1"/>
     <w:rsid w:val="006B7FC3"/>
+    <w:rsid w:val="006C0A38"/>
     <w:rsid w:val="006C29E6"/>
+    <w:rsid w:val="006C33FF"/>
+    <w:rsid w:val="006C3D2C"/>
     <w:rsid w:val="006C51F3"/>
+    <w:rsid w:val="006C67A3"/>
     <w:rsid w:val="006C6F10"/>
+    <w:rsid w:val="006C7457"/>
+    <w:rsid w:val="006D037C"/>
+    <w:rsid w:val="006D04F2"/>
     <w:rsid w:val="006D073F"/>
+    <w:rsid w:val="006D0C70"/>
+    <w:rsid w:val="006D18D2"/>
     <w:rsid w:val="006D2024"/>
+    <w:rsid w:val="006D51C6"/>
+    <w:rsid w:val="006D541D"/>
     <w:rsid w:val="006D546A"/>
     <w:rsid w:val="006D5CEF"/>
     <w:rsid w:val="006D5EC2"/>
     <w:rsid w:val="006D60B0"/>
     <w:rsid w:val="006D761C"/>
     <w:rsid w:val="006D7BE0"/>
+    <w:rsid w:val="006E0557"/>
+    <w:rsid w:val="006E14E5"/>
     <w:rsid w:val="006E315E"/>
     <w:rsid w:val="006E3AF3"/>
     <w:rsid w:val="006E454A"/>
+    <w:rsid w:val="006E69E2"/>
+    <w:rsid w:val="006E6DD7"/>
+    <w:rsid w:val="006F05E2"/>
     <w:rsid w:val="006F110F"/>
     <w:rsid w:val="006F11CE"/>
+    <w:rsid w:val="006F141A"/>
     <w:rsid w:val="006F16FB"/>
+    <w:rsid w:val="006F1BD3"/>
     <w:rsid w:val="006F2E99"/>
     <w:rsid w:val="006F3087"/>
+    <w:rsid w:val="006F38DC"/>
     <w:rsid w:val="006F4BE7"/>
     <w:rsid w:val="006F5BEE"/>
+    <w:rsid w:val="006F7CEF"/>
+    <w:rsid w:val="007000FE"/>
     <w:rsid w:val="007016DB"/>
+    <w:rsid w:val="00701C69"/>
+    <w:rsid w:val="00702666"/>
     <w:rsid w:val="007032BE"/>
+    <w:rsid w:val="00703C53"/>
     <w:rsid w:val="00704AB6"/>
+    <w:rsid w:val="00705A5C"/>
+    <w:rsid w:val="00706565"/>
     <w:rsid w:val="0071007B"/>
     <w:rsid w:val="00710549"/>
+    <w:rsid w:val="00711B1A"/>
+    <w:rsid w:val="0071373A"/>
+    <w:rsid w:val="00713A10"/>
     <w:rsid w:val="00713A8D"/>
+    <w:rsid w:val="00714D22"/>
+    <w:rsid w:val="0071704C"/>
     <w:rsid w:val="00720290"/>
+    <w:rsid w:val="00720ADB"/>
     <w:rsid w:val="007212F7"/>
     <w:rsid w:val="00721F6C"/>
     <w:rsid w:val="007222AD"/>
+    <w:rsid w:val="007228CB"/>
     <w:rsid w:val="00722D5D"/>
+    <w:rsid w:val="0072361C"/>
     <w:rsid w:val="007239F8"/>
+    <w:rsid w:val="00723BAB"/>
+    <w:rsid w:val="007247F0"/>
+    <w:rsid w:val="00725AD0"/>
+    <w:rsid w:val="00726389"/>
+    <w:rsid w:val="00727946"/>
     <w:rsid w:val="007307FF"/>
+    <w:rsid w:val="007308A0"/>
+    <w:rsid w:val="0073096E"/>
     <w:rsid w:val="00730A2D"/>
     <w:rsid w:val="007328B1"/>
+    <w:rsid w:val="00732DD0"/>
+    <w:rsid w:val="00733D70"/>
     <w:rsid w:val="00737FE0"/>
     <w:rsid w:val="00740027"/>
     <w:rsid w:val="007405BA"/>
     <w:rsid w:val="007406FB"/>
+    <w:rsid w:val="00740779"/>
+    <w:rsid w:val="007409FF"/>
+    <w:rsid w:val="007429D2"/>
+    <w:rsid w:val="007437BF"/>
+    <w:rsid w:val="00743B27"/>
+    <w:rsid w:val="00744A3D"/>
+    <w:rsid w:val="00745615"/>
     <w:rsid w:val="00746068"/>
     <w:rsid w:val="00746F5F"/>
+    <w:rsid w:val="00750C39"/>
     <w:rsid w:val="00751ED9"/>
+    <w:rsid w:val="007533E6"/>
+    <w:rsid w:val="0075379B"/>
+    <w:rsid w:val="007540DE"/>
+    <w:rsid w:val="00754A77"/>
+    <w:rsid w:val="00754CA7"/>
+    <w:rsid w:val="00755AAA"/>
+    <w:rsid w:val="007624F7"/>
     <w:rsid w:val="0076314E"/>
+    <w:rsid w:val="00763317"/>
+    <w:rsid w:val="00763384"/>
     <w:rsid w:val="007634A3"/>
+    <w:rsid w:val="007640F4"/>
     <w:rsid w:val="00764716"/>
     <w:rsid w:val="00764D68"/>
     <w:rsid w:val="00764E98"/>
     <w:rsid w:val="007655FC"/>
+    <w:rsid w:val="00766064"/>
     <w:rsid w:val="00767E48"/>
     <w:rsid w:val="00770712"/>
+    <w:rsid w:val="00771140"/>
     <w:rsid w:val="007713CB"/>
     <w:rsid w:val="00771424"/>
+    <w:rsid w:val="00771FF0"/>
     <w:rsid w:val="00773F45"/>
+    <w:rsid w:val="0077453E"/>
+    <w:rsid w:val="00775C77"/>
+    <w:rsid w:val="00776B86"/>
+    <w:rsid w:val="00777D79"/>
+    <w:rsid w:val="007803DD"/>
+    <w:rsid w:val="00780D95"/>
+    <w:rsid w:val="007811D9"/>
     <w:rsid w:val="00781C72"/>
+    <w:rsid w:val="00782130"/>
+    <w:rsid w:val="00782C5C"/>
+    <w:rsid w:val="00784834"/>
     <w:rsid w:val="00785673"/>
+    <w:rsid w:val="0078707B"/>
+    <w:rsid w:val="007876BE"/>
     <w:rsid w:val="00787AF3"/>
     <w:rsid w:val="00790D5D"/>
     <w:rsid w:val="0079115C"/>
+    <w:rsid w:val="0079193F"/>
     <w:rsid w:val="00792978"/>
     <w:rsid w:val="00792C8C"/>
+    <w:rsid w:val="007940EE"/>
+    <w:rsid w:val="007948AB"/>
     <w:rsid w:val="00794ED5"/>
     <w:rsid w:val="00795780"/>
+    <w:rsid w:val="00796A35"/>
     <w:rsid w:val="007A1EFB"/>
+    <w:rsid w:val="007A2083"/>
     <w:rsid w:val="007A36F5"/>
+    <w:rsid w:val="007A386A"/>
+    <w:rsid w:val="007A39B6"/>
     <w:rsid w:val="007A3E86"/>
+    <w:rsid w:val="007A4B7D"/>
     <w:rsid w:val="007A5929"/>
     <w:rsid w:val="007A5DCE"/>
     <w:rsid w:val="007A5E96"/>
     <w:rsid w:val="007A6282"/>
+    <w:rsid w:val="007A6EBF"/>
+    <w:rsid w:val="007A7C76"/>
     <w:rsid w:val="007A7D86"/>
+    <w:rsid w:val="007B01E2"/>
     <w:rsid w:val="007B1569"/>
+    <w:rsid w:val="007B2DFE"/>
     <w:rsid w:val="007B3384"/>
     <w:rsid w:val="007B349B"/>
     <w:rsid w:val="007B3E2E"/>
+    <w:rsid w:val="007B4C47"/>
     <w:rsid w:val="007B4ED4"/>
+    <w:rsid w:val="007B4F53"/>
     <w:rsid w:val="007B667F"/>
+    <w:rsid w:val="007B6F1C"/>
     <w:rsid w:val="007B7039"/>
+    <w:rsid w:val="007B7216"/>
     <w:rsid w:val="007C01A5"/>
+    <w:rsid w:val="007C0754"/>
+    <w:rsid w:val="007C08B4"/>
     <w:rsid w:val="007C0D8A"/>
+    <w:rsid w:val="007C19C7"/>
+    <w:rsid w:val="007C1AB9"/>
     <w:rsid w:val="007C23F4"/>
+    <w:rsid w:val="007C2428"/>
+    <w:rsid w:val="007C28E5"/>
+    <w:rsid w:val="007C3A50"/>
+    <w:rsid w:val="007C6042"/>
     <w:rsid w:val="007C61A2"/>
+    <w:rsid w:val="007C65D7"/>
     <w:rsid w:val="007C6934"/>
     <w:rsid w:val="007C7257"/>
+    <w:rsid w:val="007D00A5"/>
     <w:rsid w:val="007D0766"/>
     <w:rsid w:val="007D0F65"/>
+    <w:rsid w:val="007D13BB"/>
+    <w:rsid w:val="007D1AE6"/>
+    <w:rsid w:val="007D223E"/>
+    <w:rsid w:val="007D28C9"/>
     <w:rsid w:val="007D2B6F"/>
     <w:rsid w:val="007D3C18"/>
+    <w:rsid w:val="007D521A"/>
     <w:rsid w:val="007D5360"/>
     <w:rsid w:val="007D53CD"/>
+    <w:rsid w:val="007D63A1"/>
+    <w:rsid w:val="007D6565"/>
+    <w:rsid w:val="007D65A0"/>
+    <w:rsid w:val="007D6D4F"/>
+    <w:rsid w:val="007D74EF"/>
     <w:rsid w:val="007D76F2"/>
     <w:rsid w:val="007D7B81"/>
+    <w:rsid w:val="007E02EF"/>
+    <w:rsid w:val="007E12A9"/>
+    <w:rsid w:val="007E167C"/>
     <w:rsid w:val="007E1B70"/>
     <w:rsid w:val="007E269D"/>
     <w:rsid w:val="007E2F21"/>
     <w:rsid w:val="007E3023"/>
+    <w:rsid w:val="007E3454"/>
+    <w:rsid w:val="007E5CC5"/>
     <w:rsid w:val="007E63A8"/>
+    <w:rsid w:val="007E6B69"/>
     <w:rsid w:val="007E78AC"/>
+    <w:rsid w:val="007E7C00"/>
+    <w:rsid w:val="007E7C23"/>
+    <w:rsid w:val="007F0596"/>
+    <w:rsid w:val="007F07E1"/>
+    <w:rsid w:val="007F0C22"/>
+    <w:rsid w:val="007F0CFE"/>
     <w:rsid w:val="007F2BAB"/>
+    <w:rsid w:val="007F497F"/>
+    <w:rsid w:val="007F52D2"/>
+    <w:rsid w:val="007F5B3C"/>
     <w:rsid w:val="007F5CAF"/>
     <w:rsid w:val="007F64EF"/>
     <w:rsid w:val="007F6690"/>
     <w:rsid w:val="007F6969"/>
     <w:rsid w:val="007F6CB1"/>
     <w:rsid w:val="007F7C98"/>
+    <w:rsid w:val="00801174"/>
     <w:rsid w:val="008018DE"/>
     <w:rsid w:val="00801B81"/>
+    <w:rsid w:val="00802764"/>
     <w:rsid w:val="00802B4B"/>
     <w:rsid w:val="008031D4"/>
+    <w:rsid w:val="0080354E"/>
     <w:rsid w:val="008036B9"/>
     <w:rsid w:val="00803E28"/>
+    <w:rsid w:val="00803F64"/>
+    <w:rsid w:val="008043AC"/>
+    <w:rsid w:val="00804A55"/>
     <w:rsid w:val="00804E8D"/>
     <w:rsid w:val="0080564D"/>
     <w:rsid w:val="008057AB"/>
+    <w:rsid w:val="008062C1"/>
     <w:rsid w:val="00806362"/>
+    <w:rsid w:val="008106AF"/>
     <w:rsid w:val="00814AF5"/>
     <w:rsid w:val="00814D7E"/>
+    <w:rsid w:val="00815679"/>
+    <w:rsid w:val="0081671F"/>
+    <w:rsid w:val="008179D6"/>
     <w:rsid w:val="008204D7"/>
+    <w:rsid w:val="00820640"/>
     <w:rsid w:val="00820D2B"/>
+    <w:rsid w:val="00825629"/>
+    <w:rsid w:val="00825873"/>
+    <w:rsid w:val="00825EA3"/>
+    <w:rsid w:val="00832565"/>
     <w:rsid w:val="008328AC"/>
     <w:rsid w:val="00834B81"/>
+    <w:rsid w:val="00834ED2"/>
     <w:rsid w:val="00836EAD"/>
     <w:rsid w:val="00836FEE"/>
     <w:rsid w:val="00837281"/>
     <w:rsid w:val="00840E6E"/>
     <w:rsid w:val="0084191F"/>
     <w:rsid w:val="00841CD1"/>
+    <w:rsid w:val="008421B2"/>
     <w:rsid w:val="00842F0C"/>
     <w:rsid w:val="008431C5"/>
     <w:rsid w:val="008432D3"/>
     <w:rsid w:val="00843705"/>
+    <w:rsid w:val="0084467F"/>
     <w:rsid w:val="00844AA9"/>
+    <w:rsid w:val="00844DC2"/>
+    <w:rsid w:val="00844E8F"/>
     <w:rsid w:val="0084531D"/>
+    <w:rsid w:val="00845491"/>
+    <w:rsid w:val="00845EEE"/>
     <w:rsid w:val="00845F52"/>
     <w:rsid w:val="008462E4"/>
+    <w:rsid w:val="00846A1D"/>
+    <w:rsid w:val="00851A7F"/>
     <w:rsid w:val="00851FE7"/>
     <w:rsid w:val="00852691"/>
     <w:rsid w:val="008540BF"/>
+    <w:rsid w:val="0085415B"/>
     <w:rsid w:val="0085647A"/>
     <w:rsid w:val="00856C34"/>
+    <w:rsid w:val="00857212"/>
+    <w:rsid w:val="00857358"/>
+    <w:rsid w:val="008574E7"/>
+    <w:rsid w:val="0086056D"/>
     <w:rsid w:val="00861987"/>
     <w:rsid w:val="00861A5B"/>
     <w:rsid w:val="00861B36"/>
+    <w:rsid w:val="008629AE"/>
     <w:rsid w:val="0086415A"/>
+    <w:rsid w:val="00865FB2"/>
     <w:rsid w:val="0086626C"/>
+    <w:rsid w:val="008678B6"/>
+    <w:rsid w:val="00871541"/>
     <w:rsid w:val="00871C13"/>
+    <w:rsid w:val="008729B8"/>
     <w:rsid w:val="00872CBA"/>
     <w:rsid w:val="00872FCA"/>
     <w:rsid w:val="00873627"/>
     <w:rsid w:val="00873691"/>
     <w:rsid w:val="008754A4"/>
+    <w:rsid w:val="008759C1"/>
+    <w:rsid w:val="0087619D"/>
     <w:rsid w:val="00877169"/>
+    <w:rsid w:val="00877419"/>
+    <w:rsid w:val="00877A22"/>
     <w:rsid w:val="008801FE"/>
     <w:rsid w:val="00880387"/>
     <w:rsid w:val="008813CD"/>
     <w:rsid w:val="00881CB3"/>
+    <w:rsid w:val="00881F25"/>
+    <w:rsid w:val="008833A0"/>
     <w:rsid w:val="008838AC"/>
     <w:rsid w:val="008843EF"/>
     <w:rsid w:val="00884645"/>
     <w:rsid w:val="008846BF"/>
     <w:rsid w:val="00884C0B"/>
     <w:rsid w:val="00885DD3"/>
     <w:rsid w:val="00886630"/>
+    <w:rsid w:val="00887262"/>
+    <w:rsid w:val="00887B12"/>
+    <w:rsid w:val="008901EF"/>
+    <w:rsid w:val="00890D77"/>
     <w:rsid w:val="00891AC0"/>
     <w:rsid w:val="008925B3"/>
     <w:rsid w:val="008936F1"/>
+    <w:rsid w:val="008939D6"/>
+    <w:rsid w:val="008940E3"/>
     <w:rsid w:val="00894673"/>
+    <w:rsid w:val="00894B1A"/>
     <w:rsid w:val="00894CA3"/>
+    <w:rsid w:val="0089701D"/>
+    <w:rsid w:val="008A0F31"/>
     <w:rsid w:val="008A143D"/>
     <w:rsid w:val="008A2036"/>
     <w:rsid w:val="008A2683"/>
     <w:rsid w:val="008A2ECE"/>
     <w:rsid w:val="008A3C88"/>
     <w:rsid w:val="008A4357"/>
     <w:rsid w:val="008A4982"/>
+    <w:rsid w:val="008A687F"/>
     <w:rsid w:val="008A7835"/>
+    <w:rsid w:val="008B0642"/>
+    <w:rsid w:val="008B0671"/>
+    <w:rsid w:val="008B104A"/>
+    <w:rsid w:val="008B15F4"/>
+    <w:rsid w:val="008B16ED"/>
     <w:rsid w:val="008B1833"/>
     <w:rsid w:val="008B20EB"/>
+    <w:rsid w:val="008B3034"/>
+    <w:rsid w:val="008B34B6"/>
+    <w:rsid w:val="008B47AC"/>
+    <w:rsid w:val="008B50E3"/>
+    <w:rsid w:val="008B665E"/>
+    <w:rsid w:val="008B6E4E"/>
+    <w:rsid w:val="008C26C8"/>
+    <w:rsid w:val="008C357F"/>
     <w:rsid w:val="008C52FE"/>
     <w:rsid w:val="008C59E8"/>
+    <w:rsid w:val="008C6C10"/>
+    <w:rsid w:val="008C76E1"/>
+    <w:rsid w:val="008C7E79"/>
+    <w:rsid w:val="008D11C4"/>
     <w:rsid w:val="008D1AC1"/>
     <w:rsid w:val="008D21EC"/>
+    <w:rsid w:val="008D2E94"/>
     <w:rsid w:val="008D3F62"/>
     <w:rsid w:val="008D3FF5"/>
+    <w:rsid w:val="008D4051"/>
+    <w:rsid w:val="008D5826"/>
     <w:rsid w:val="008D5A02"/>
     <w:rsid w:val="008D5CC3"/>
     <w:rsid w:val="008D5D02"/>
+    <w:rsid w:val="008D64B3"/>
     <w:rsid w:val="008D71F1"/>
+    <w:rsid w:val="008D74FE"/>
     <w:rsid w:val="008E07BB"/>
+    <w:rsid w:val="008E0DC2"/>
     <w:rsid w:val="008E13A6"/>
+    <w:rsid w:val="008E20D9"/>
     <w:rsid w:val="008E284F"/>
+    <w:rsid w:val="008E37E1"/>
+    <w:rsid w:val="008E48F0"/>
     <w:rsid w:val="008E4A32"/>
+    <w:rsid w:val="008E5CD7"/>
+    <w:rsid w:val="008E734C"/>
     <w:rsid w:val="008E7974"/>
+    <w:rsid w:val="008F07AA"/>
     <w:rsid w:val="008F12C5"/>
     <w:rsid w:val="008F1FC4"/>
     <w:rsid w:val="008F22C2"/>
     <w:rsid w:val="008F29DE"/>
     <w:rsid w:val="008F2BE2"/>
     <w:rsid w:val="008F3DC1"/>
     <w:rsid w:val="008F4C53"/>
     <w:rsid w:val="008F73AC"/>
+    <w:rsid w:val="008F7419"/>
+    <w:rsid w:val="009000F1"/>
     <w:rsid w:val="009019ED"/>
     <w:rsid w:val="00901DA5"/>
+    <w:rsid w:val="009023C0"/>
     <w:rsid w:val="0090487F"/>
+    <w:rsid w:val="00905619"/>
+    <w:rsid w:val="0090573B"/>
     <w:rsid w:val="00906971"/>
     <w:rsid w:val="0090733F"/>
     <w:rsid w:val="00910FC5"/>
+    <w:rsid w:val="00911715"/>
+    <w:rsid w:val="00912E33"/>
     <w:rsid w:val="00913309"/>
     <w:rsid w:val="00914157"/>
+    <w:rsid w:val="00914844"/>
+    <w:rsid w:val="009159FD"/>
     <w:rsid w:val="009164C7"/>
+    <w:rsid w:val="00916AC5"/>
     <w:rsid w:val="00917701"/>
     <w:rsid w:val="00917F86"/>
+    <w:rsid w:val="00921302"/>
+    <w:rsid w:val="0092156D"/>
     <w:rsid w:val="009216D7"/>
+    <w:rsid w:val="00923392"/>
+    <w:rsid w:val="009237BB"/>
     <w:rsid w:val="009246BA"/>
     <w:rsid w:val="00924D4D"/>
     <w:rsid w:val="0093077C"/>
     <w:rsid w:val="00930A76"/>
     <w:rsid w:val="00931706"/>
     <w:rsid w:val="00932C2F"/>
     <w:rsid w:val="00932E05"/>
+    <w:rsid w:val="0093438C"/>
+    <w:rsid w:val="00935D20"/>
     <w:rsid w:val="00937563"/>
     <w:rsid w:val="00937FDE"/>
+    <w:rsid w:val="00941939"/>
     <w:rsid w:val="00941BEC"/>
     <w:rsid w:val="00941FBB"/>
+    <w:rsid w:val="00942711"/>
+    <w:rsid w:val="00943AAD"/>
+    <w:rsid w:val="00944447"/>
     <w:rsid w:val="009444E2"/>
+    <w:rsid w:val="00944CC9"/>
     <w:rsid w:val="00944D30"/>
     <w:rsid w:val="00945171"/>
+    <w:rsid w:val="00945B35"/>
     <w:rsid w:val="0094684F"/>
     <w:rsid w:val="009478EA"/>
     <w:rsid w:val="00947BBF"/>
+    <w:rsid w:val="009504A2"/>
     <w:rsid w:val="00951AE5"/>
     <w:rsid w:val="0095208B"/>
+    <w:rsid w:val="00952242"/>
+    <w:rsid w:val="00952512"/>
+    <w:rsid w:val="00952AF9"/>
+    <w:rsid w:val="00952ED8"/>
     <w:rsid w:val="00953555"/>
     <w:rsid w:val="00953702"/>
+    <w:rsid w:val="0095513A"/>
     <w:rsid w:val="009556EF"/>
     <w:rsid w:val="00955868"/>
+    <w:rsid w:val="00955A23"/>
     <w:rsid w:val="00955C89"/>
+    <w:rsid w:val="00955E7F"/>
+    <w:rsid w:val="0095710F"/>
+    <w:rsid w:val="009571E5"/>
     <w:rsid w:val="00957BFA"/>
+    <w:rsid w:val="00957ED6"/>
     <w:rsid w:val="00960244"/>
     <w:rsid w:val="0096101E"/>
+    <w:rsid w:val="0096110D"/>
+    <w:rsid w:val="00961691"/>
     <w:rsid w:val="00961A35"/>
     <w:rsid w:val="00961C3B"/>
+    <w:rsid w:val="009631C5"/>
     <w:rsid w:val="00964F7A"/>
+    <w:rsid w:val="00966A2E"/>
+    <w:rsid w:val="00970184"/>
     <w:rsid w:val="0097021C"/>
     <w:rsid w:val="009705A2"/>
     <w:rsid w:val="00971612"/>
     <w:rsid w:val="00971B8B"/>
     <w:rsid w:val="00971BA3"/>
     <w:rsid w:val="00971E8B"/>
+    <w:rsid w:val="009733EE"/>
     <w:rsid w:val="0097364D"/>
+    <w:rsid w:val="00973BDF"/>
+    <w:rsid w:val="00974DE2"/>
+    <w:rsid w:val="0097522B"/>
     <w:rsid w:val="0097575C"/>
     <w:rsid w:val="00976BEA"/>
     <w:rsid w:val="009771F2"/>
+    <w:rsid w:val="00977591"/>
     <w:rsid w:val="00977A7B"/>
+    <w:rsid w:val="00977DDC"/>
+    <w:rsid w:val="00980034"/>
+    <w:rsid w:val="009809CB"/>
     <w:rsid w:val="00981180"/>
+    <w:rsid w:val="00982469"/>
     <w:rsid w:val="0098259C"/>
     <w:rsid w:val="0098330D"/>
     <w:rsid w:val="00984402"/>
     <w:rsid w:val="00984459"/>
     <w:rsid w:val="00984BCE"/>
+    <w:rsid w:val="0098521D"/>
+    <w:rsid w:val="00985320"/>
+    <w:rsid w:val="0098614E"/>
     <w:rsid w:val="00990EA5"/>
     <w:rsid w:val="009911B6"/>
     <w:rsid w:val="009911F0"/>
     <w:rsid w:val="00991E78"/>
     <w:rsid w:val="009923D1"/>
     <w:rsid w:val="009933CE"/>
+    <w:rsid w:val="009941B4"/>
+    <w:rsid w:val="00995C6D"/>
+    <w:rsid w:val="00996874"/>
     <w:rsid w:val="00996EDC"/>
+    <w:rsid w:val="009976A8"/>
     <w:rsid w:val="0099793B"/>
     <w:rsid w:val="00997DC0"/>
     <w:rsid w:val="009A0F85"/>
     <w:rsid w:val="009A15D3"/>
+    <w:rsid w:val="009A2145"/>
     <w:rsid w:val="009A2833"/>
     <w:rsid w:val="009A3411"/>
     <w:rsid w:val="009A3887"/>
+    <w:rsid w:val="009A4AB2"/>
+    <w:rsid w:val="009A4C4C"/>
+    <w:rsid w:val="009A635B"/>
     <w:rsid w:val="009A71D4"/>
+    <w:rsid w:val="009B0005"/>
     <w:rsid w:val="009B050B"/>
+    <w:rsid w:val="009B0833"/>
+    <w:rsid w:val="009B0BCE"/>
+    <w:rsid w:val="009B19D6"/>
     <w:rsid w:val="009B3B2E"/>
     <w:rsid w:val="009B4A51"/>
     <w:rsid w:val="009B5444"/>
+    <w:rsid w:val="009B561E"/>
+    <w:rsid w:val="009B5C74"/>
     <w:rsid w:val="009B5C98"/>
+    <w:rsid w:val="009B7236"/>
+    <w:rsid w:val="009B7872"/>
+    <w:rsid w:val="009C00FA"/>
     <w:rsid w:val="009C16E2"/>
+    <w:rsid w:val="009C17E7"/>
+    <w:rsid w:val="009C1AB4"/>
+    <w:rsid w:val="009C1CE4"/>
     <w:rsid w:val="009C26F4"/>
     <w:rsid w:val="009C2BDD"/>
     <w:rsid w:val="009C2D85"/>
+    <w:rsid w:val="009C30EB"/>
     <w:rsid w:val="009C33DD"/>
+    <w:rsid w:val="009C35BA"/>
     <w:rsid w:val="009C4BDB"/>
     <w:rsid w:val="009C4CD4"/>
+    <w:rsid w:val="009C55BE"/>
     <w:rsid w:val="009C5AF3"/>
     <w:rsid w:val="009C5B4F"/>
     <w:rsid w:val="009D05DB"/>
+    <w:rsid w:val="009D26AD"/>
     <w:rsid w:val="009D355E"/>
     <w:rsid w:val="009D4373"/>
     <w:rsid w:val="009D4481"/>
     <w:rsid w:val="009D49EE"/>
     <w:rsid w:val="009D4EBD"/>
+    <w:rsid w:val="009D5FEF"/>
     <w:rsid w:val="009D6B6F"/>
     <w:rsid w:val="009D6E93"/>
     <w:rsid w:val="009D77B7"/>
+    <w:rsid w:val="009E24AB"/>
+    <w:rsid w:val="009E4372"/>
+    <w:rsid w:val="009E48F4"/>
+    <w:rsid w:val="009E5064"/>
     <w:rsid w:val="009E5210"/>
     <w:rsid w:val="009E5761"/>
     <w:rsid w:val="009E57FC"/>
+    <w:rsid w:val="009E62C0"/>
+    <w:rsid w:val="009E6844"/>
+    <w:rsid w:val="009E7517"/>
     <w:rsid w:val="009E7918"/>
+    <w:rsid w:val="009F037F"/>
+    <w:rsid w:val="009F1DB3"/>
     <w:rsid w:val="009F26CE"/>
     <w:rsid w:val="009F2C6A"/>
     <w:rsid w:val="009F2F82"/>
+    <w:rsid w:val="009F49AA"/>
+    <w:rsid w:val="009F4AFF"/>
+    <w:rsid w:val="009F59A4"/>
     <w:rsid w:val="009F6BE1"/>
+    <w:rsid w:val="00A0037E"/>
     <w:rsid w:val="00A004C9"/>
     <w:rsid w:val="00A00A54"/>
     <w:rsid w:val="00A00A9E"/>
     <w:rsid w:val="00A01CAD"/>
     <w:rsid w:val="00A01FEC"/>
+    <w:rsid w:val="00A0234B"/>
     <w:rsid w:val="00A02581"/>
+    <w:rsid w:val="00A03259"/>
     <w:rsid w:val="00A036CC"/>
     <w:rsid w:val="00A03D79"/>
+    <w:rsid w:val="00A06737"/>
+    <w:rsid w:val="00A06A73"/>
+    <w:rsid w:val="00A07A93"/>
+    <w:rsid w:val="00A1018B"/>
     <w:rsid w:val="00A10574"/>
+    <w:rsid w:val="00A10CF6"/>
+    <w:rsid w:val="00A1100D"/>
+    <w:rsid w:val="00A112A5"/>
+    <w:rsid w:val="00A11A9F"/>
     <w:rsid w:val="00A1219B"/>
+    <w:rsid w:val="00A123C7"/>
     <w:rsid w:val="00A139EE"/>
+    <w:rsid w:val="00A13CE0"/>
+    <w:rsid w:val="00A13FCE"/>
+    <w:rsid w:val="00A14204"/>
     <w:rsid w:val="00A14432"/>
+    <w:rsid w:val="00A147A4"/>
+    <w:rsid w:val="00A1510F"/>
     <w:rsid w:val="00A16575"/>
+    <w:rsid w:val="00A16C93"/>
     <w:rsid w:val="00A172AC"/>
     <w:rsid w:val="00A179B4"/>
     <w:rsid w:val="00A2027D"/>
+    <w:rsid w:val="00A2071E"/>
+    <w:rsid w:val="00A2072A"/>
+    <w:rsid w:val="00A20DBA"/>
+    <w:rsid w:val="00A20F65"/>
     <w:rsid w:val="00A21345"/>
+    <w:rsid w:val="00A2384D"/>
+    <w:rsid w:val="00A23BB3"/>
+    <w:rsid w:val="00A24ED0"/>
+    <w:rsid w:val="00A25CDC"/>
     <w:rsid w:val="00A25F68"/>
+    <w:rsid w:val="00A26368"/>
+    <w:rsid w:val="00A2675A"/>
     <w:rsid w:val="00A26855"/>
     <w:rsid w:val="00A270AA"/>
+    <w:rsid w:val="00A27466"/>
+    <w:rsid w:val="00A338BC"/>
     <w:rsid w:val="00A347E1"/>
     <w:rsid w:val="00A3482C"/>
     <w:rsid w:val="00A34D02"/>
     <w:rsid w:val="00A36CB9"/>
     <w:rsid w:val="00A37CFE"/>
     <w:rsid w:val="00A403A8"/>
     <w:rsid w:val="00A406A2"/>
+    <w:rsid w:val="00A40746"/>
+    <w:rsid w:val="00A40914"/>
+    <w:rsid w:val="00A40D76"/>
+    <w:rsid w:val="00A4118F"/>
     <w:rsid w:val="00A411C8"/>
     <w:rsid w:val="00A41803"/>
     <w:rsid w:val="00A4227F"/>
+    <w:rsid w:val="00A4292C"/>
     <w:rsid w:val="00A43B46"/>
     <w:rsid w:val="00A45315"/>
+    <w:rsid w:val="00A4537A"/>
     <w:rsid w:val="00A463B4"/>
+    <w:rsid w:val="00A50761"/>
     <w:rsid w:val="00A50C81"/>
     <w:rsid w:val="00A5204C"/>
     <w:rsid w:val="00A52E77"/>
+    <w:rsid w:val="00A532DD"/>
+    <w:rsid w:val="00A53DAF"/>
+    <w:rsid w:val="00A53F0B"/>
     <w:rsid w:val="00A54E67"/>
+    <w:rsid w:val="00A5594B"/>
     <w:rsid w:val="00A56666"/>
     <w:rsid w:val="00A5667C"/>
     <w:rsid w:val="00A567D8"/>
+    <w:rsid w:val="00A57B95"/>
     <w:rsid w:val="00A600CC"/>
     <w:rsid w:val="00A601F2"/>
+    <w:rsid w:val="00A62639"/>
+    <w:rsid w:val="00A6295B"/>
     <w:rsid w:val="00A62EDC"/>
     <w:rsid w:val="00A633EE"/>
+    <w:rsid w:val="00A6342E"/>
     <w:rsid w:val="00A63B53"/>
     <w:rsid w:val="00A6535F"/>
+    <w:rsid w:val="00A6549E"/>
     <w:rsid w:val="00A66099"/>
     <w:rsid w:val="00A66F52"/>
+    <w:rsid w:val="00A6769F"/>
+    <w:rsid w:val="00A7070A"/>
+    <w:rsid w:val="00A70BD0"/>
+    <w:rsid w:val="00A7105C"/>
+    <w:rsid w:val="00A717A6"/>
+    <w:rsid w:val="00A71875"/>
     <w:rsid w:val="00A71BF7"/>
+    <w:rsid w:val="00A725E7"/>
+    <w:rsid w:val="00A72F09"/>
     <w:rsid w:val="00A73B74"/>
     <w:rsid w:val="00A741AD"/>
+    <w:rsid w:val="00A74358"/>
     <w:rsid w:val="00A74BFF"/>
     <w:rsid w:val="00A74CB9"/>
+    <w:rsid w:val="00A75272"/>
     <w:rsid w:val="00A7557E"/>
+    <w:rsid w:val="00A762A9"/>
+    <w:rsid w:val="00A76E63"/>
     <w:rsid w:val="00A7770A"/>
     <w:rsid w:val="00A77EBA"/>
     <w:rsid w:val="00A803EF"/>
     <w:rsid w:val="00A805B0"/>
+    <w:rsid w:val="00A80B7F"/>
+    <w:rsid w:val="00A80D11"/>
+    <w:rsid w:val="00A80E0F"/>
     <w:rsid w:val="00A819EF"/>
+    <w:rsid w:val="00A82D3D"/>
     <w:rsid w:val="00A83900"/>
+    <w:rsid w:val="00A83AED"/>
+    <w:rsid w:val="00A843A0"/>
     <w:rsid w:val="00A85CC4"/>
+    <w:rsid w:val="00A862EB"/>
+    <w:rsid w:val="00A86FD9"/>
     <w:rsid w:val="00A87F50"/>
+    <w:rsid w:val="00A906E9"/>
     <w:rsid w:val="00A907BC"/>
+    <w:rsid w:val="00A90DB0"/>
     <w:rsid w:val="00A922CA"/>
     <w:rsid w:val="00A92AE6"/>
+    <w:rsid w:val="00A93A41"/>
     <w:rsid w:val="00A948BA"/>
     <w:rsid w:val="00A94B4B"/>
+    <w:rsid w:val="00A9518B"/>
+    <w:rsid w:val="00A9687B"/>
+    <w:rsid w:val="00A96CD9"/>
+    <w:rsid w:val="00A97212"/>
     <w:rsid w:val="00A97F56"/>
+    <w:rsid w:val="00A97F81"/>
     <w:rsid w:val="00AA1683"/>
+    <w:rsid w:val="00AA1E3F"/>
+    <w:rsid w:val="00AA1F6A"/>
     <w:rsid w:val="00AA29ED"/>
     <w:rsid w:val="00AA359C"/>
+    <w:rsid w:val="00AA6387"/>
+    <w:rsid w:val="00AA67CA"/>
     <w:rsid w:val="00AA6A1A"/>
     <w:rsid w:val="00AA74A2"/>
+    <w:rsid w:val="00AA7AC8"/>
     <w:rsid w:val="00AA7CDA"/>
     <w:rsid w:val="00AB0DC7"/>
+    <w:rsid w:val="00AB0FF2"/>
+    <w:rsid w:val="00AB11DD"/>
+    <w:rsid w:val="00AB1A7A"/>
+    <w:rsid w:val="00AB1B00"/>
     <w:rsid w:val="00AB29EA"/>
     <w:rsid w:val="00AB32C6"/>
     <w:rsid w:val="00AB4785"/>
     <w:rsid w:val="00AB4E0A"/>
+    <w:rsid w:val="00AB507C"/>
     <w:rsid w:val="00AB5667"/>
+    <w:rsid w:val="00AB5875"/>
+    <w:rsid w:val="00AB5CA5"/>
+    <w:rsid w:val="00AB6DDA"/>
+    <w:rsid w:val="00AC0233"/>
     <w:rsid w:val="00AC0707"/>
+    <w:rsid w:val="00AC089B"/>
     <w:rsid w:val="00AC1759"/>
     <w:rsid w:val="00AC204B"/>
+    <w:rsid w:val="00AC20C7"/>
+    <w:rsid w:val="00AC2282"/>
+    <w:rsid w:val="00AC2A58"/>
     <w:rsid w:val="00AC4670"/>
     <w:rsid w:val="00AC59C0"/>
     <w:rsid w:val="00AC5F98"/>
     <w:rsid w:val="00AC6313"/>
+    <w:rsid w:val="00AC64B0"/>
+    <w:rsid w:val="00AC6941"/>
     <w:rsid w:val="00AC79EE"/>
     <w:rsid w:val="00AD024E"/>
     <w:rsid w:val="00AD089C"/>
+    <w:rsid w:val="00AD0FBE"/>
     <w:rsid w:val="00AD1845"/>
+    <w:rsid w:val="00AD199D"/>
+    <w:rsid w:val="00AD26B0"/>
     <w:rsid w:val="00AD296B"/>
     <w:rsid w:val="00AD351E"/>
     <w:rsid w:val="00AD4161"/>
+    <w:rsid w:val="00AD4F05"/>
     <w:rsid w:val="00AD6963"/>
+    <w:rsid w:val="00AD6E20"/>
     <w:rsid w:val="00AE0E97"/>
+    <w:rsid w:val="00AE1A2B"/>
+    <w:rsid w:val="00AE2FAE"/>
+    <w:rsid w:val="00AE3AA5"/>
+    <w:rsid w:val="00AE4ED3"/>
+    <w:rsid w:val="00AE6548"/>
     <w:rsid w:val="00AE72D8"/>
     <w:rsid w:val="00AE750F"/>
     <w:rsid w:val="00AF1BC4"/>
     <w:rsid w:val="00AF1DF2"/>
+    <w:rsid w:val="00AF2BB6"/>
+    <w:rsid w:val="00AF2EBF"/>
     <w:rsid w:val="00AF32AB"/>
+    <w:rsid w:val="00AF3D32"/>
     <w:rsid w:val="00AF61CA"/>
     <w:rsid w:val="00AF6AD8"/>
     <w:rsid w:val="00AF6E83"/>
+    <w:rsid w:val="00AF7B6C"/>
+    <w:rsid w:val="00B00650"/>
+    <w:rsid w:val="00B011CF"/>
+    <w:rsid w:val="00B01F00"/>
+    <w:rsid w:val="00B025AB"/>
+    <w:rsid w:val="00B03108"/>
     <w:rsid w:val="00B03AD5"/>
     <w:rsid w:val="00B0469E"/>
+    <w:rsid w:val="00B04F08"/>
     <w:rsid w:val="00B05CCA"/>
     <w:rsid w:val="00B06AEE"/>
+    <w:rsid w:val="00B07624"/>
     <w:rsid w:val="00B076A2"/>
+    <w:rsid w:val="00B07D85"/>
     <w:rsid w:val="00B114D2"/>
     <w:rsid w:val="00B11A4F"/>
     <w:rsid w:val="00B11E3A"/>
+    <w:rsid w:val="00B122DE"/>
     <w:rsid w:val="00B143CE"/>
+    <w:rsid w:val="00B1503C"/>
+    <w:rsid w:val="00B15E82"/>
+    <w:rsid w:val="00B16D77"/>
     <w:rsid w:val="00B2029D"/>
     <w:rsid w:val="00B20332"/>
+    <w:rsid w:val="00B20994"/>
+    <w:rsid w:val="00B20BBA"/>
+    <w:rsid w:val="00B22F94"/>
     <w:rsid w:val="00B23B39"/>
     <w:rsid w:val="00B25E79"/>
     <w:rsid w:val="00B25F3E"/>
+    <w:rsid w:val="00B2609C"/>
     <w:rsid w:val="00B26B71"/>
+    <w:rsid w:val="00B274E1"/>
+    <w:rsid w:val="00B30D2C"/>
     <w:rsid w:val="00B32D3F"/>
+    <w:rsid w:val="00B336F6"/>
+    <w:rsid w:val="00B344E9"/>
+    <w:rsid w:val="00B3473E"/>
     <w:rsid w:val="00B34D2C"/>
     <w:rsid w:val="00B36496"/>
+    <w:rsid w:val="00B364C7"/>
     <w:rsid w:val="00B376D5"/>
+    <w:rsid w:val="00B414E6"/>
     <w:rsid w:val="00B41854"/>
     <w:rsid w:val="00B41B00"/>
     <w:rsid w:val="00B42573"/>
+    <w:rsid w:val="00B428BC"/>
+    <w:rsid w:val="00B42F65"/>
     <w:rsid w:val="00B4362F"/>
+    <w:rsid w:val="00B443FD"/>
     <w:rsid w:val="00B444CA"/>
     <w:rsid w:val="00B44E37"/>
+    <w:rsid w:val="00B4547E"/>
+    <w:rsid w:val="00B45647"/>
+    <w:rsid w:val="00B45AC3"/>
     <w:rsid w:val="00B4754A"/>
     <w:rsid w:val="00B51DB8"/>
+    <w:rsid w:val="00B5306A"/>
     <w:rsid w:val="00B530C5"/>
+    <w:rsid w:val="00B5315B"/>
+    <w:rsid w:val="00B5352E"/>
+    <w:rsid w:val="00B53993"/>
     <w:rsid w:val="00B53A6C"/>
     <w:rsid w:val="00B53D6C"/>
+    <w:rsid w:val="00B53D6F"/>
     <w:rsid w:val="00B54CE4"/>
+    <w:rsid w:val="00B55D0E"/>
+    <w:rsid w:val="00B56662"/>
+    <w:rsid w:val="00B604F2"/>
+    <w:rsid w:val="00B60951"/>
+    <w:rsid w:val="00B61FA6"/>
+    <w:rsid w:val="00B61FE6"/>
+    <w:rsid w:val="00B62C15"/>
     <w:rsid w:val="00B634EB"/>
+    <w:rsid w:val="00B6430E"/>
     <w:rsid w:val="00B64507"/>
+    <w:rsid w:val="00B65045"/>
     <w:rsid w:val="00B65827"/>
+    <w:rsid w:val="00B65A4B"/>
     <w:rsid w:val="00B66124"/>
+    <w:rsid w:val="00B67950"/>
+    <w:rsid w:val="00B70066"/>
     <w:rsid w:val="00B7039E"/>
     <w:rsid w:val="00B71C1A"/>
+    <w:rsid w:val="00B727F5"/>
     <w:rsid w:val="00B72D35"/>
     <w:rsid w:val="00B75E60"/>
     <w:rsid w:val="00B75EFC"/>
+    <w:rsid w:val="00B773E2"/>
+    <w:rsid w:val="00B779B7"/>
     <w:rsid w:val="00B77C6D"/>
+    <w:rsid w:val="00B81ACD"/>
     <w:rsid w:val="00B81FF5"/>
     <w:rsid w:val="00B837E4"/>
+    <w:rsid w:val="00B84249"/>
+    <w:rsid w:val="00B84871"/>
+    <w:rsid w:val="00B858EA"/>
+    <w:rsid w:val="00B85B64"/>
     <w:rsid w:val="00B879F6"/>
+    <w:rsid w:val="00B87A1D"/>
     <w:rsid w:val="00B901FF"/>
+    <w:rsid w:val="00B90312"/>
+    <w:rsid w:val="00B912F2"/>
     <w:rsid w:val="00B91C90"/>
     <w:rsid w:val="00B9211D"/>
     <w:rsid w:val="00B92973"/>
+    <w:rsid w:val="00B9390B"/>
+    <w:rsid w:val="00B93B0D"/>
     <w:rsid w:val="00B93C9C"/>
+    <w:rsid w:val="00B93F99"/>
+    <w:rsid w:val="00B940C5"/>
     <w:rsid w:val="00B94705"/>
+    <w:rsid w:val="00B9486D"/>
+    <w:rsid w:val="00B94BF1"/>
+    <w:rsid w:val="00B94C0D"/>
     <w:rsid w:val="00B95EFD"/>
     <w:rsid w:val="00B97236"/>
+    <w:rsid w:val="00B972C6"/>
+    <w:rsid w:val="00B97555"/>
+    <w:rsid w:val="00B97A81"/>
+    <w:rsid w:val="00B97B22"/>
+    <w:rsid w:val="00BA11DF"/>
     <w:rsid w:val="00BA1FD4"/>
     <w:rsid w:val="00BA31F7"/>
     <w:rsid w:val="00BA396A"/>
     <w:rsid w:val="00BA396B"/>
+    <w:rsid w:val="00BA4539"/>
     <w:rsid w:val="00BA54B1"/>
     <w:rsid w:val="00BA55BD"/>
+    <w:rsid w:val="00BA5EE3"/>
     <w:rsid w:val="00BA6BDF"/>
     <w:rsid w:val="00BA71E8"/>
     <w:rsid w:val="00BA736F"/>
     <w:rsid w:val="00BB1657"/>
     <w:rsid w:val="00BB1E2B"/>
+    <w:rsid w:val="00BB257A"/>
+    <w:rsid w:val="00BB271E"/>
+    <w:rsid w:val="00BB3A58"/>
+    <w:rsid w:val="00BB4BAA"/>
     <w:rsid w:val="00BB4F35"/>
+    <w:rsid w:val="00BB4F5A"/>
     <w:rsid w:val="00BB651F"/>
     <w:rsid w:val="00BB79F6"/>
     <w:rsid w:val="00BC15AF"/>
     <w:rsid w:val="00BC2C60"/>
+    <w:rsid w:val="00BC31AD"/>
+    <w:rsid w:val="00BC378F"/>
+    <w:rsid w:val="00BC3D77"/>
     <w:rsid w:val="00BC407F"/>
     <w:rsid w:val="00BC567C"/>
     <w:rsid w:val="00BC6A90"/>
     <w:rsid w:val="00BC6C4D"/>
+    <w:rsid w:val="00BC772D"/>
     <w:rsid w:val="00BD0A20"/>
+    <w:rsid w:val="00BD17B3"/>
     <w:rsid w:val="00BD1AC6"/>
+    <w:rsid w:val="00BD1C09"/>
     <w:rsid w:val="00BD2656"/>
+    <w:rsid w:val="00BD2B02"/>
+    <w:rsid w:val="00BD31DE"/>
+    <w:rsid w:val="00BD386A"/>
+    <w:rsid w:val="00BD4497"/>
     <w:rsid w:val="00BD46CD"/>
+    <w:rsid w:val="00BD4C08"/>
     <w:rsid w:val="00BD5256"/>
     <w:rsid w:val="00BD6178"/>
+    <w:rsid w:val="00BE05A3"/>
+    <w:rsid w:val="00BE0942"/>
     <w:rsid w:val="00BE1073"/>
+    <w:rsid w:val="00BE1311"/>
+    <w:rsid w:val="00BE199C"/>
+    <w:rsid w:val="00BE2B15"/>
     <w:rsid w:val="00BE2D04"/>
     <w:rsid w:val="00BE525F"/>
     <w:rsid w:val="00BE552C"/>
     <w:rsid w:val="00BE589E"/>
+    <w:rsid w:val="00BE5B27"/>
     <w:rsid w:val="00BE6A4E"/>
     <w:rsid w:val="00BE72AF"/>
+    <w:rsid w:val="00BE73C7"/>
+    <w:rsid w:val="00BF00C9"/>
+    <w:rsid w:val="00BF0770"/>
     <w:rsid w:val="00BF0945"/>
+    <w:rsid w:val="00BF0D5D"/>
     <w:rsid w:val="00BF1185"/>
     <w:rsid w:val="00BF1C82"/>
     <w:rsid w:val="00BF233E"/>
     <w:rsid w:val="00BF23F4"/>
+    <w:rsid w:val="00BF2B17"/>
     <w:rsid w:val="00BF2E10"/>
+    <w:rsid w:val="00BF2FE7"/>
     <w:rsid w:val="00BF4412"/>
+    <w:rsid w:val="00BF4932"/>
     <w:rsid w:val="00BF4BA2"/>
     <w:rsid w:val="00BF7082"/>
     <w:rsid w:val="00BF7AA4"/>
+    <w:rsid w:val="00BF7CD9"/>
+    <w:rsid w:val="00C0099C"/>
     <w:rsid w:val="00C00CBC"/>
+    <w:rsid w:val="00C00EA0"/>
     <w:rsid w:val="00C00ED8"/>
     <w:rsid w:val="00C02509"/>
     <w:rsid w:val="00C02706"/>
+    <w:rsid w:val="00C02BDA"/>
+    <w:rsid w:val="00C02E03"/>
+    <w:rsid w:val="00C03E44"/>
+    <w:rsid w:val="00C042E6"/>
+    <w:rsid w:val="00C04A1C"/>
     <w:rsid w:val="00C1277E"/>
     <w:rsid w:val="00C13036"/>
+    <w:rsid w:val="00C131EA"/>
     <w:rsid w:val="00C1378D"/>
+    <w:rsid w:val="00C13889"/>
+    <w:rsid w:val="00C1426C"/>
+    <w:rsid w:val="00C1493D"/>
+    <w:rsid w:val="00C14EBE"/>
     <w:rsid w:val="00C15CE7"/>
+    <w:rsid w:val="00C160DF"/>
     <w:rsid w:val="00C16C96"/>
     <w:rsid w:val="00C17002"/>
+    <w:rsid w:val="00C17491"/>
+    <w:rsid w:val="00C17805"/>
+    <w:rsid w:val="00C178C8"/>
+    <w:rsid w:val="00C17D11"/>
+    <w:rsid w:val="00C2276B"/>
+    <w:rsid w:val="00C228CA"/>
+    <w:rsid w:val="00C22DD9"/>
+    <w:rsid w:val="00C23506"/>
     <w:rsid w:val="00C23B68"/>
     <w:rsid w:val="00C25D0D"/>
+    <w:rsid w:val="00C266A1"/>
+    <w:rsid w:val="00C270BC"/>
+    <w:rsid w:val="00C2719B"/>
     <w:rsid w:val="00C276D0"/>
     <w:rsid w:val="00C27F09"/>
+    <w:rsid w:val="00C305AF"/>
     <w:rsid w:val="00C30EC6"/>
+    <w:rsid w:val="00C31775"/>
+    <w:rsid w:val="00C31EB3"/>
     <w:rsid w:val="00C3221B"/>
+    <w:rsid w:val="00C32458"/>
     <w:rsid w:val="00C326FB"/>
+    <w:rsid w:val="00C32CBE"/>
     <w:rsid w:val="00C3337E"/>
     <w:rsid w:val="00C33849"/>
+    <w:rsid w:val="00C33D9E"/>
     <w:rsid w:val="00C3433A"/>
+    <w:rsid w:val="00C34456"/>
+    <w:rsid w:val="00C3462C"/>
+    <w:rsid w:val="00C354CC"/>
     <w:rsid w:val="00C3570E"/>
     <w:rsid w:val="00C36E7B"/>
+    <w:rsid w:val="00C4062D"/>
+    <w:rsid w:val="00C424BD"/>
+    <w:rsid w:val="00C43393"/>
     <w:rsid w:val="00C43A3B"/>
     <w:rsid w:val="00C43CE2"/>
     <w:rsid w:val="00C4513E"/>
     <w:rsid w:val="00C45CD9"/>
     <w:rsid w:val="00C45F08"/>
+    <w:rsid w:val="00C45F70"/>
+    <w:rsid w:val="00C4616D"/>
     <w:rsid w:val="00C46A73"/>
+    <w:rsid w:val="00C46C0A"/>
+    <w:rsid w:val="00C5021E"/>
     <w:rsid w:val="00C50593"/>
+    <w:rsid w:val="00C50AFC"/>
     <w:rsid w:val="00C51546"/>
     <w:rsid w:val="00C52122"/>
+    <w:rsid w:val="00C52239"/>
+    <w:rsid w:val="00C52C6B"/>
+    <w:rsid w:val="00C533DB"/>
+    <w:rsid w:val="00C5425B"/>
+    <w:rsid w:val="00C54645"/>
+    <w:rsid w:val="00C54BCF"/>
     <w:rsid w:val="00C553EF"/>
+    <w:rsid w:val="00C555A2"/>
     <w:rsid w:val="00C56226"/>
+    <w:rsid w:val="00C57216"/>
+    <w:rsid w:val="00C576D4"/>
+    <w:rsid w:val="00C5791F"/>
+    <w:rsid w:val="00C6015D"/>
     <w:rsid w:val="00C60D9C"/>
+    <w:rsid w:val="00C614C8"/>
+    <w:rsid w:val="00C61772"/>
+    <w:rsid w:val="00C6179D"/>
     <w:rsid w:val="00C61BE2"/>
     <w:rsid w:val="00C61D6A"/>
+    <w:rsid w:val="00C6393A"/>
+    <w:rsid w:val="00C647BD"/>
+    <w:rsid w:val="00C64D38"/>
     <w:rsid w:val="00C64DFC"/>
     <w:rsid w:val="00C654E2"/>
+    <w:rsid w:val="00C66073"/>
     <w:rsid w:val="00C66D47"/>
     <w:rsid w:val="00C66F47"/>
     <w:rsid w:val="00C67557"/>
     <w:rsid w:val="00C704EC"/>
+    <w:rsid w:val="00C710D7"/>
+    <w:rsid w:val="00C71A4C"/>
     <w:rsid w:val="00C7258B"/>
+    <w:rsid w:val="00C75082"/>
     <w:rsid w:val="00C751F0"/>
+    <w:rsid w:val="00C75792"/>
     <w:rsid w:val="00C762C5"/>
+    <w:rsid w:val="00C770F3"/>
+    <w:rsid w:val="00C8006A"/>
+    <w:rsid w:val="00C804D6"/>
+    <w:rsid w:val="00C81119"/>
     <w:rsid w:val="00C81BAD"/>
     <w:rsid w:val="00C81E95"/>
     <w:rsid w:val="00C823FA"/>
     <w:rsid w:val="00C829B9"/>
+    <w:rsid w:val="00C82AD9"/>
     <w:rsid w:val="00C841CE"/>
+    <w:rsid w:val="00C85C47"/>
     <w:rsid w:val="00C86E94"/>
     <w:rsid w:val="00C8700C"/>
+    <w:rsid w:val="00C91521"/>
+    <w:rsid w:val="00C92A04"/>
     <w:rsid w:val="00C92EFD"/>
     <w:rsid w:val="00C9312F"/>
     <w:rsid w:val="00C934B1"/>
+    <w:rsid w:val="00C93E1D"/>
+    <w:rsid w:val="00C949E3"/>
+    <w:rsid w:val="00C94B2E"/>
     <w:rsid w:val="00C950DA"/>
     <w:rsid w:val="00C97B01"/>
     <w:rsid w:val="00CA095B"/>
+    <w:rsid w:val="00CA11F8"/>
+    <w:rsid w:val="00CA1A67"/>
     <w:rsid w:val="00CA1B6B"/>
+    <w:rsid w:val="00CA2D76"/>
     <w:rsid w:val="00CA365E"/>
     <w:rsid w:val="00CA3AE0"/>
+    <w:rsid w:val="00CA48B8"/>
     <w:rsid w:val="00CA5271"/>
     <w:rsid w:val="00CA63AD"/>
+    <w:rsid w:val="00CA7678"/>
+    <w:rsid w:val="00CB0313"/>
+    <w:rsid w:val="00CB0C53"/>
     <w:rsid w:val="00CB1AFA"/>
     <w:rsid w:val="00CB1F30"/>
     <w:rsid w:val="00CB33E8"/>
+    <w:rsid w:val="00CB4485"/>
+    <w:rsid w:val="00CB4559"/>
     <w:rsid w:val="00CB503D"/>
     <w:rsid w:val="00CB5287"/>
+    <w:rsid w:val="00CB56D2"/>
+    <w:rsid w:val="00CB5A11"/>
+    <w:rsid w:val="00CB7171"/>
     <w:rsid w:val="00CB7AA7"/>
+    <w:rsid w:val="00CC067E"/>
     <w:rsid w:val="00CC1200"/>
+    <w:rsid w:val="00CC2EB7"/>
     <w:rsid w:val="00CC3140"/>
     <w:rsid w:val="00CC3611"/>
+    <w:rsid w:val="00CC4EB4"/>
     <w:rsid w:val="00CC5103"/>
+    <w:rsid w:val="00CC52B6"/>
+    <w:rsid w:val="00CC565B"/>
+    <w:rsid w:val="00CC5DCC"/>
+    <w:rsid w:val="00CC62CC"/>
+    <w:rsid w:val="00CC64F0"/>
+    <w:rsid w:val="00CC72A8"/>
     <w:rsid w:val="00CC7399"/>
     <w:rsid w:val="00CD1D74"/>
     <w:rsid w:val="00CD303F"/>
+    <w:rsid w:val="00CD313B"/>
     <w:rsid w:val="00CD3946"/>
     <w:rsid w:val="00CD3B3B"/>
     <w:rsid w:val="00CD5BE0"/>
     <w:rsid w:val="00CD61A2"/>
+    <w:rsid w:val="00CD6ADC"/>
+    <w:rsid w:val="00CD7643"/>
     <w:rsid w:val="00CE0586"/>
     <w:rsid w:val="00CE09EA"/>
+    <w:rsid w:val="00CE0DA1"/>
+    <w:rsid w:val="00CE1577"/>
+    <w:rsid w:val="00CE16B1"/>
     <w:rsid w:val="00CE223C"/>
     <w:rsid w:val="00CE2E49"/>
     <w:rsid w:val="00CE46D7"/>
+    <w:rsid w:val="00CE5235"/>
     <w:rsid w:val="00CE6569"/>
+    <w:rsid w:val="00CE6784"/>
     <w:rsid w:val="00CE7140"/>
     <w:rsid w:val="00CF0330"/>
     <w:rsid w:val="00CF09CC"/>
     <w:rsid w:val="00CF1F34"/>
+    <w:rsid w:val="00CF20AC"/>
     <w:rsid w:val="00CF227E"/>
+    <w:rsid w:val="00CF3281"/>
+    <w:rsid w:val="00CF3FA0"/>
     <w:rsid w:val="00CF480E"/>
     <w:rsid w:val="00CF53E2"/>
     <w:rsid w:val="00CF69C9"/>
+    <w:rsid w:val="00CF728D"/>
     <w:rsid w:val="00CF7454"/>
     <w:rsid w:val="00CF7AFA"/>
+    <w:rsid w:val="00CF7E1A"/>
     <w:rsid w:val="00D00141"/>
+    <w:rsid w:val="00D048F3"/>
+    <w:rsid w:val="00D04D10"/>
+    <w:rsid w:val="00D05ED6"/>
     <w:rsid w:val="00D06A07"/>
+    <w:rsid w:val="00D06ED1"/>
     <w:rsid w:val="00D078AA"/>
     <w:rsid w:val="00D10DC3"/>
     <w:rsid w:val="00D111FC"/>
     <w:rsid w:val="00D12337"/>
+    <w:rsid w:val="00D142A8"/>
     <w:rsid w:val="00D15249"/>
+    <w:rsid w:val="00D15658"/>
+    <w:rsid w:val="00D165B1"/>
     <w:rsid w:val="00D16931"/>
+    <w:rsid w:val="00D16C07"/>
     <w:rsid w:val="00D177ED"/>
+    <w:rsid w:val="00D17AB3"/>
     <w:rsid w:val="00D20F4E"/>
     <w:rsid w:val="00D21325"/>
+    <w:rsid w:val="00D223D7"/>
+    <w:rsid w:val="00D22993"/>
     <w:rsid w:val="00D233B8"/>
     <w:rsid w:val="00D24C3F"/>
     <w:rsid w:val="00D262E5"/>
+    <w:rsid w:val="00D26759"/>
+    <w:rsid w:val="00D27022"/>
+    <w:rsid w:val="00D27419"/>
     <w:rsid w:val="00D303A2"/>
     <w:rsid w:val="00D318B7"/>
+    <w:rsid w:val="00D3303D"/>
+    <w:rsid w:val="00D33BB2"/>
+    <w:rsid w:val="00D3449D"/>
     <w:rsid w:val="00D35746"/>
+    <w:rsid w:val="00D35B09"/>
+    <w:rsid w:val="00D3687F"/>
     <w:rsid w:val="00D37E35"/>
+    <w:rsid w:val="00D416F1"/>
     <w:rsid w:val="00D4280A"/>
+    <w:rsid w:val="00D440EF"/>
+    <w:rsid w:val="00D44510"/>
     <w:rsid w:val="00D445D5"/>
+    <w:rsid w:val="00D446B8"/>
     <w:rsid w:val="00D44D4E"/>
     <w:rsid w:val="00D4534D"/>
+    <w:rsid w:val="00D453A1"/>
+    <w:rsid w:val="00D461C6"/>
+    <w:rsid w:val="00D4651A"/>
+    <w:rsid w:val="00D46710"/>
     <w:rsid w:val="00D50652"/>
+    <w:rsid w:val="00D5085C"/>
+    <w:rsid w:val="00D50C55"/>
+    <w:rsid w:val="00D50D3B"/>
+    <w:rsid w:val="00D51834"/>
     <w:rsid w:val="00D51A8B"/>
+    <w:rsid w:val="00D51BB9"/>
     <w:rsid w:val="00D51F90"/>
+    <w:rsid w:val="00D52349"/>
+    <w:rsid w:val="00D52A44"/>
+    <w:rsid w:val="00D52D21"/>
+    <w:rsid w:val="00D53E23"/>
+    <w:rsid w:val="00D5402F"/>
+    <w:rsid w:val="00D545FA"/>
+    <w:rsid w:val="00D54FC6"/>
+    <w:rsid w:val="00D5557A"/>
     <w:rsid w:val="00D55767"/>
     <w:rsid w:val="00D5601D"/>
     <w:rsid w:val="00D56E5A"/>
+    <w:rsid w:val="00D57648"/>
+    <w:rsid w:val="00D57E22"/>
     <w:rsid w:val="00D61DBA"/>
     <w:rsid w:val="00D62381"/>
+    <w:rsid w:val="00D626D0"/>
     <w:rsid w:val="00D63D4A"/>
     <w:rsid w:val="00D64434"/>
+    <w:rsid w:val="00D64539"/>
     <w:rsid w:val="00D64B48"/>
     <w:rsid w:val="00D65FC6"/>
     <w:rsid w:val="00D6604A"/>
     <w:rsid w:val="00D67692"/>
+    <w:rsid w:val="00D676C8"/>
     <w:rsid w:val="00D700D0"/>
     <w:rsid w:val="00D71CC3"/>
     <w:rsid w:val="00D72403"/>
     <w:rsid w:val="00D727D5"/>
+    <w:rsid w:val="00D72DBC"/>
+    <w:rsid w:val="00D72E14"/>
+    <w:rsid w:val="00D733B9"/>
     <w:rsid w:val="00D74312"/>
+    <w:rsid w:val="00D751CB"/>
+    <w:rsid w:val="00D7600B"/>
+    <w:rsid w:val="00D76B03"/>
     <w:rsid w:val="00D76CDE"/>
+    <w:rsid w:val="00D77BDA"/>
+    <w:rsid w:val="00D801AE"/>
     <w:rsid w:val="00D8055C"/>
     <w:rsid w:val="00D80FDA"/>
+    <w:rsid w:val="00D81332"/>
+    <w:rsid w:val="00D8250F"/>
+    <w:rsid w:val="00D83DFF"/>
+    <w:rsid w:val="00D83FF3"/>
     <w:rsid w:val="00D84029"/>
+    <w:rsid w:val="00D84050"/>
     <w:rsid w:val="00D84A5E"/>
+    <w:rsid w:val="00D84CCB"/>
     <w:rsid w:val="00D84E48"/>
     <w:rsid w:val="00D8679B"/>
+    <w:rsid w:val="00D86BDA"/>
+    <w:rsid w:val="00D87088"/>
     <w:rsid w:val="00D87188"/>
     <w:rsid w:val="00D87AE7"/>
     <w:rsid w:val="00D87B26"/>
     <w:rsid w:val="00D90EDC"/>
     <w:rsid w:val="00D913DC"/>
     <w:rsid w:val="00D9377B"/>
     <w:rsid w:val="00D951EA"/>
+    <w:rsid w:val="00D9571D"/>
+    <w:rsid w:val="00D962F2"/>
     <w:rsid w:val="00D9674B"/>
     <w:rsid w:val="00DA0623"/>
     <w:rsid w:val="00DA0DA3"/>
     <w:rsid w:val="00DA113D"/>
     <w:rsid w:val="00DA1DC7"/>
     <w:rsid w:val="00DA20D7"/>
+    <w:rsid w:val="00DA2F9F"/>
     <w:rsid w:val="00DA2FD5"/>
+    <w:rsid w:val="00DA43D8"/>
     <w:rsid w:val="00DA54A2"/>
     <w:rsid w:val="00DA56F0"/>
+    <w:rsid w:val="00DA6892"/>
     <w:rsid w:val="00DA6E9C"/>
+    <w:rsid w:val="00DA75A2"/>
     <w:rsid w:val="00DB0420"/>
     <w:rsid w:val="00DB07C2"/>
+    <w:rsid w:val="00DB0EB5"/>
+    <w:rsid w:val="00DB196F"/>
     <w:rsid w:val="00DB33A3"/>
+    <w:rsid w:val="00DB4E72"/>
+    <w:rsid w:val="00DB5FC9"/>
+    <w:rsid w:val="00DB5FF5"/>
+    <w:rsid w:val="00DB7EA2"/>
+    <w:rsid w:val="00DC1C5A"/>
     <w:rsid w:val="00DC292B"/>
     <w:rsid w:val="00DC2A3D"/>
+    <w:rsid w:val="00DC4CBE"/>
+    <w:rsid w:val="00DC5251"/>
+    <w:rsid w:val="00DC5D60"/>
+    <w:rsid w:val="00DC7CBA"/>
     <w:rsid w:val="00DC7EE8"/>
+    <w:rsid w:val="00DD0804"/>
+    <w:rsid w:val="00DD102A"/>
     <w:rsid w:val="00DD11C4"/>
     <w:rsid w:val="00DD16D7"/>
     <w:rsid w:val="00DD367D"/>
     <w:rsid w:val="00DD387D"/>
+    <w:rsid w:val="00DD4610"/>
     <w:rsid w:val="00DD491A"/>
     <w:rsid w:val="00DD6C83"/>
     <w:rsid w:val="00DD6CFB"/>
+    <w:rsid w:val="00DD6DFA"/>
+    <w:rsid w:val="00DD6ECD"/>
     <w:rsid w:val="00DD6FD8"/>
     <w:rsid w:val="00DD769D"/>
+    <w:rsid w:val="00DE0045"/>
+    <w:rsid w:val="00DE0EC4"/>
     <w:rsid w:val="00DE1FFF"/>
     <w:rsid w:val="00DE4225"/>
     <w:rsid w:val="00DE43F6"/>
     <w:rsid w:val="00DE472F"/>
+    <w:rsid w:val="00DE59BB"/>
     <w:rsid w:val="00DE5E76"/>
     <w:rsid w:val="00DE6704"/>
     <w:rsid w:val="00DE672D"/>
+    <w:rsid w:val="00DE675B"/>
+    <w:rsid w:val="00DE68B1"/>
+    <w:rsid w:val="00DE7A58"/>
     <w:rsid w:val="00DF0413"/>
     <w:rsid w:val="00DF094C"/>
+    <w:rsid w:val="00DF1472"/>
     <w:rsid w:val="00DF1805"/>
+    <w:rsid w:val="00DF21A6"/>
+    <w:rsid w:val="00DF3C3E"/>
     <w:rsid w:val="00DF46CF"/>
     <w:rsid w:val="00DF4873"/>
+    <w:rsid w:val="00DF575D"/>
     <w:rsid w:val="00DF5BF0"/>
     <w:rsid w:val="00DF5ED4"/>
     <w:rsid w:val="00DF66E2"/>
     <w:rsid w:val="00DF695B"/>
     <w:rsid w:val="00DF7753"/>
+    <w:rsid w:val="00DF7DA5"/>
+    <w:rsid w:val="00E005A4"/>
+    <w:rsid w:val="00E0310F"/>
     <w:rsid w:val="00E0384C"/>
+    <w:rsid w:val="00E03EDB"/>
     <w:rsid w:val="00E04AAD"/>
     <w:rsid w:val="00E05382"/>
     <w:rsid w:val="00E072A2"/>
     <w:rsid w:val="00E0765F"/>
+    <w:rsid w:val="00E10563"/>
+    <w:rsid w:val="00E109CA"/>
+    <w:rsid w:val="00E11431"/>
+    <w:rsid w:val="00E11752"/>
+    <w:rsid w:val="00E1209C"/>
+    <w:rsid w:val="00E12A2D"/>
     <w:rsid w:val="00E13086"/>
     <w:rsid w:val="00E131D4"/>
     <w:rsid w:val="00E13250"/>
+    <w:rsid w:val="00E14754"/>
+    <w:rsid w:val="00E14A0D"/>
+    <w:rsid w:val="00E14DA8"/>
     <w:rsid w:val="00E14E28"/>
+    <w:rsid w:val="00E15BE1"/>
     <w:rsid w:val="00E160F0"/>
     <w:rsid w:val="00E17077"/>
     <w:rsid w:val="00E17079"/>
+    <w:rsid w:val="00E17C12"/>
+    <w:rsid w:val="00E17E5B"/>
+    <w:rsid w:val="00E20984"/>
+    <w:rsid w:val="00E22450"/>
     <w:rsid w:val="00E22620"/>
+    <w:rsid w:val="00E2276B"/>
+    <w:rsid w:val="00E22A2A"/>
     <w:rsid w:val="00E231B1"/>
     <w:rsid w:val="00E23C3F"/>
     <w:rsid w:val="00E24163"/>
     <w:rsid w:val="00E242E1"/>
     <w:rsid w:val="00E24A35"/>
+    <w:rsid w:val="00E24D9D"/>
     <w:rsid w:val="00E25142"/>
+    <w:rsid w:val="00E257B1"/>
     <w:rsid w:val="00E260BA"/>
+    <w:rsid w:val="00E2656C"/>
+    <w:rsid w:val="00E26ED4"/>
+    <w:rsid w:val="00E271DF"/>
+    <w:rsid w:val="00E27204"/>
     <w:rsid w:val="00E30185"/>
+    <w:rsid w:val="00E30C21"/>
     <w:rsid w:val="00E30D89"/>
+    <w:rsid w:val="00E314F4"/>
+    <w:rsid w:val="00E33585"/>
+    <w:rsid w:val="00E3592D"/>
     <w:rsid w:val="00E35BDB"/>
     <w:rsid w:val="00E36794"/>
+    <w:rsid w:val="00E36C56"/>
+    <w:rsid w:val="00E37690"/>
     <w:rsid w:val="00E37A58"/>
+    <w:rsid w:val="00E4040E"/>
+    <w:rsid w:val="00E42241"/>
     <w:rsid w:val="00E42D1E"/>
     <w:rsid w:val="00E4379C"/>
     <w:rsid w:val="00E43985"/>
     <w:rsid w:val="00E43CAE"/>
     <w:rsid w:val="00E445DF"/>
+    <w:rsid w:val="00E4483F"/>
+    <w:rsid w:val="00E46436"/>
+    <w:rsid w:val="00E46AE7"/>
+    <w:rsid w:val="00E4708C"/>
     <w:rsid w:val="00E473DD"/>
     <w:rsid w:val="00E47E27"/>
     <w:rsid w:val="00E51651"/>
+    <w:rsid w:val="00E52087"/>
     <w:rsid w:val="00E5210D"/>
+    <w:rsid w:val="00E522BF"/>
     <w:rsid w:val="00E523FB"/>
+    <w:rsid w:val="00E52738"/>
     <w:rsid w:val="00E53000"/>
+    <w:rsid w:val="00E54D33"/>
     <w:rsid w:val="00E551B0"/>
+    <w:rsid w:val="00E55FF7"/>
     <w:rsid w:val="00E60599"/>
     <w:rsid w:val="00E616B9"/>
+    <w:rsid w:val="00E61D6D"/>
+    <w:rsid w:val="00E64D0B"/>
     <w:rsid w:val="00E65120"/>
     <w:rsid w:val="00E65572"/>
+    <w:rsid w:val="00E65CD3"/>
     <w:rsid w:val="00E66A6C"/>
     <w:rsid w:val="00E67141"/>
+    <w:rsid w:val="00E677D8"/>
+    <w:rsid w:val="00E67FE7"/>
     <w:rsid w:val="00E70083"/>
     <w:rsid w:val="00E704E6"/>
     <w:rsid w:val="00E7064D"/>
     <w:rsid w:val="00E72E9C"/>
+    <w:rsid w:val="00E74424"/>
     <w:rsid w:val="00E758FD"/>
     <w:rsid w:val="00E75AE8"/>
+    <w:rsid w:val="00E77CE9"/>
+    <w:rsid w:val="00E80305"/>
+    <w:rsid w:val="00E80780"/>
+    <w:rsid w:val="00E80FF1"/>
     <w:rsid w:val="00E8118E"/>
     <w:rsid w:val="00E813AD"/>
+    <w:rsid w:val="00E83052"/>
+    <w:rsid w:val="00E83946"/>
     <w:rsid w:val="00E83A35"/>
+    <w:rsid w:val="00E848ED"/>
+    <w:rsid w:val="00E8493E"/>
     <w:rsid w:val="00E85092"/>
     <w:rsid w:val="00E8509A"/>
     <w:rsid w:val="00E855BF"/>
+    <w:rsid w:val="00E91DD3"/>
+    <w:rsid w:val="00E9216E"/>
     <w:rsid w:val="00E92404"/>
     <w:rsid w:val="00E9377A"/>
+    <w:rsid w:val="00E93C5B"/>
     <w:rsid w:val="00E94B1F"/>
     <w:rsid w:val="00E94E0C"/>
+    <w:rsid w:val="00E96697"/>
+    <w:rsid w:val="00E96939"/>
+    <w:rsid w:val="00E96DA2"/>
     <w:rsid w:val="00E96F2D"/>
+    <w:rsid w:val="00E970AA"/>
     <w:rsid w:val="00E97615"/>
+    <w:rsid w:val="00E9785D"/>
     <w:rsid w:val="00EA071D"/>
     <w:rsid w:val="00EA12D0"/>
     <w:rsid w:val="00EA17F9"/>
+    <w:rsid w:val="00EA18FA"/>
+    <w:rsid w:val="00EA28EB"/>
     <w:rsid w:val="00EA309A"/>
     <w:rsid w:val="00EA38AC"/>
     <w:rsid w:val="00EA5CF9"/>
+    <w:rsid w:val="00EA65DC"/>
     <w:rsid w:val="00EA7A0F"/>
     <w:rsid w:val="00EB0AC4"/>
     <w:rsid w:val="00EB0B48"/>
     <w:rsid w:val="00EB0F61"/>
+    <w:rsid w:val="00EB113E"/>
+    <w:rsid w:val="00EB2A81"/>
     <w:rsid w:val="00EB3D4F"/>
     <w:rsid w:val="00EB5EC3"/>
+    <w:rsid w:val="00EB62D0"/>
     <w:rsid w:val="00EB6BA4"/>
+    <w:rsid w:val="00EB7562"/>
     <w:rsid w:val="00EC0B75"/>
     <w:rsid w:val="00EC349A"/>
     <w:rsid w:val="00EC4184"/>
+    <w:rsid w:val="00EC4C08"/>
     <w:rsid w:val="00EC523D"/>
     <w:rsid w:val="00EC5618"/>
     <w:rsid w:val="00EC6C0C"/>
+    <w:rsid w:val="00EC7308"/>
+    <w:rsid w:val="00ED0712"/>
     <w:rsid w:val="00ED0A60"/>
     <w:rsid w:val="00ED0EFE"/>
     <w:rsid w:val="00ED1828"/>
     <w:rsid w:val="00ED19F9"/>
     <w:rsid w:val="00ED2E53"/>
     <w:rsid w:val="00ED30DF"/>
     <w:rsid w:val="00ED31BF"/>
     <w:rsid w:val="00ED44CB"/>
     <w:rsid w:val="00ED4A7E"/>
     <w:rsid w:val="00ED5633"/>
     <w:rsid w:val="00EE1BBB"/>
     <w:rsid w:val="00EE213F"/>
+    <w:rsid w:val="00EE25BE"/>
+    <w:rsid w:val="00EE2C67"/>
     <w:rsid w:val="00EE2FC9"/>
+    <w:rsid w:val="00EE37CE"/>
     <w:rsid w:val="00EE3E58"/>
+    <w:rsid w:val="00EE4075"/>
     <w:rsid w:val="00EE4389"/>
     <w:rsid w:val="00EE5BF6"/>
     <w:rsid w:val="00EE65B7"/>
+    <w:rsid w:val="00EE748D"/>
     <w:rsid w:val="00EF0E34"/>
     <w:rsid w:val="00EF137B"/>
+    <w:rsid w:val="00EF2918"/>
+    <w:rsid w:val="00EF3C50"/>
+    <w:rsid w:val="00EF4099"/>
+    <w:rsid w:val="00EF586F"/>
+    <w:rsid w:val="00EF67FA"/>
+    <w:rsid w:val="00EF776E"/>
     <w:rsid w:val="00F0042B"/>
     <w:rsid w:val="00F01459"/>
     <w:rsid w:val="00F02434"/>
     <w:rsid w:val="00F02834"/>
+    <w:rsid w:val="00F041CF"/>
     <w:rsid w:val="00F053ED"/>
+    <w:rsid w:val="00F05ADA"/>
+    <w:rsid w:val="00F05BF4"/>
+    <w:rsid w:val="00F0627B"/>
     <w:rsid w:val="00F065C9"/>
     <w:rsid w:val="00F0699B"/>
     <w:rsid w:val="00F1311F"/>
+    <w:rsid w:val="00F13686"/>
     <w:rsid w:val="00F167BD"/>
+    <w:rsid w:val="00F1699F"/>
     <w:rsid w:val="00F173CB"/>
     <w:rsid w:val="00F208F3"/>
     <w:rsid w:val="00F21CD5"/>
+    <w:rsid w:val="00F21F01"/>
     <w:rsid w:val="00F2360D"/>
     <w:rsid w:val="00F2373B"/>
     <w:rsid w:val="00F24245"/>
+    <w:rsid w:val="00F25022"/>
     <w:rsid w:val="00F25E1A"/>
+    <w:rsid w:val="00F262F8"/>
     <w:rsid w:val="00F26578"/>
+    <w:rsid w:val="00F2669F"/>
     <w:rsid w:val="00F2670A"/>
+    <w:rsid w:val="00F26D24"/>
     <w:rsid w:val="00F27257"/>
     <w:rsid w:val="00F275F4"/>
+    <w:rsid w:val="00F27AAD"/>
     <w:rsid w:val="00F27AEA"/>
     <w:rsid w:val="00F30786"/>
+    <w:rsid w:val="00F30C3A"/>
+    <w:rsid w:val="00F319C5"/>
     <w:rsid w:val="00F31BD7"/>
+    <w:rsid w:val="00F31FF3"/>
+    <w:rsid w:val="00F32D85"/>
+    <w:rsid w:val="00F342ED"/>
+    <w:rsid w:val="00F36768"/>
+    <w:rsid w:val="00F36897"/>
+    <w:rsid w:val="00F375A3"/>
+    <w:rsid w:val="00F43438"/>
     <w:rsid w:val="00F4537B"/>
     <w:rsid w:val="00F456C7"/>
     <w:rsid w:val="00F464AE"/>
     <w:rsid w:val="00F47AE8"/>
     <w:rsid w:val="00F47F77"/>
     <w:rsid w:val="00F50351"/>
     <w:rsid w:val="00F50356"/>
+    <w:rsid w:val="00F51023"/>
     <w:rsid w:val="00F52003"/>
+    <w:rsid w:val="00F52476"/>
+    <w:rsid w:val="00F52FCD"/>
+    <w:rsid w:val="00F5497B"/>
     <w:rsid w:val="00F55A22"/>
     <w:rsid w:val="00F55AAA"/>
     <w:rsid w:val="00F56DFB"/>
+    <w:rsid w:val="00F60D15"/>
+    <w:rsid w:val="00F61FCA"/>
     <w:rsid w:val="00F6264B"/>
     <w:rsid w:val="00F62AD7"/>
     <w:rsid w:val="00F63C94"/>
+    <w:rsid w:val="00F63FF7"/>
+    <w:rsid w:val="00F648BD"/>
+    <w:rsid w:val="00F64D3A"/>
     <w:rsid w:val="00F65E5A"/>
     <w:rsid w:val="00F71E92"/>
+    <w:rsid w:val="00F722B1"/>
+    <w:rsid w:val="00F72355"/>
     <w:rsid w:val="00F73768"/>
     <w:rsid w:val="00F73F46"/>
+    <w:rsid w:val="00F74970"/>
+    <w:rsid w:val="00F74C18"/>
+    <w:rsid w:val="00F7518B"/>
     <w:rsid w:val="00F76E0A"/>
     <w:rsid w:val="00F778AF"/>
+    <w:rsid w:val="00F77B44"/>
+    <w:rsid w:val="00F77CC1"/>
+    <w:rsid w:val="00F81101"/>
+    <w:rsid w:val="00F81FF7"/>
+    <w:rsid w:val="00F8236C"/>
+    <w:rsid w:val="00F825F9"/>
+    <w:rsid w:val="00F83309"/>
     <w:rsid w:val="00F843E9"/>
     <w:rsid w:val="00F848C5"/>
+    <w:rsid w:val="00F84958"/>
+    <w:rsid w:val="00F85127"/>
+    <w:rsid w:val="00F85350"/>
     <w:rsid w:val="00F86239"/>
     <w:rsid w:val="00F86969"/>
+    <w:rsid w:val="00F86F0C"/>
     <w:rsid w:val="00F876EA"/>
     <w:rsid w:val="00F879C4"/>
+    <w:rsid w:val="00F87A8B"/>
     <w:rsid w:val="00F90A13"/>
+    <w:rsid w:val="00F913F6"/>
+    <w:rsid w:val="00F917A1"/>
     <w:rsid w:val="00F91E1D"/>
+    <w:rsid w:val="00F9359A"/>
+    <w:rsid w:val="00F94AB4"/>
+    <w:rsid w:val="00F94EF6"/>
+    <w:rsid w:val="00F95438"/>
+    <w:rsid w:val="00F95BEF"/>
     <w:rsid w:val="00F95D2F"/>
+    <w:rsid w:val="00F966DE"/>
+    <w:rsid w:val="00F96733"/>
+    <w:rsid w:val="00FA03DA"/>
     <w:rsid w:val="00FA10A0"/>
+    <w:rsid w:val="00FA1C43"/>
+    <w:rsid w:val="00FA1C81"/>
+    <w:rsid w:val="00FA2732"/>
+    <w:rsid w:val="00FA2897"/>
     <w:rsid w:val="00FA30C4"/>
     <w:rsid w:val="00FA325A"/>
+    <w:rsid w:val="00FA346D"/>
     <w:rsid w:val="00FA402D"/>
     <w:rsid w:val="00FA559E"/>
     <w:rsid w:val="00FA69A1"/>
     <w:rsid w:val="00FB1232"/>
+    <w:rsid w:val="00FB2524"/>
+    <w:rsid w:val="00FB30C7"/>
     <w:rsid w:val="00FB57B8"/>
     <w:rsid w:val="00FB58D9"/>
+    <w:rsid w:val="00FB61C8"/>
+    <w:rsid w:val="00FB6C21"/>
     <w:rsid w:val="00FB70F0"/>
+    <w:rsid w:val="00FC03F1"/>
+    <w:rsid w:val="00FC2921"/>
+    <w:rsid w:val="00FC2BB9"/>
     <w:rsid w:val="00FC49E2"/>
+    <w:rsid w:val="00FC4C25"/>
     <w:rsid w:val="00FC4CAA"/>
     <w:rsid w:val="00FC5639"/>
+    <w:rsid w:val="00FC62E0"/>
+    <w:rsid w:val="00FD038C"/>
     <w:rsid w:val="00FD1509"/>
     <w:rsid w:val="00FD2684"/>
+    <w:rsid w:val="00FD35F2"/>
+    <w:rsid w:val="00FD4379"/>
     <w:rsid w:val="00FD4BEA"/>
+    <w:rsid w:val="00FD4C18"/>
+    <w:rsid w:val="00FD4F0B"/>
     <w:rsid w:val="00FD5019"/>
+    <w:rsid w:val="00FD6668"/>
     <w:rsid w:val="00FD6669"/>
     <w:rsid w:val="00FD7B67"/>
     <w:rsid w:val="00FD7C9B"/>
+    <w:rsid w:val="00FE0E19"/>
     <w:rsid w:val="00FE1F86"/>
     <w:rsid w:val="00FE1F9A"/>
+    <w:rsid w:val="00FE35A0"/>
+    <w:rsid w:val="00FE375B"/>
     <w:rsid w:val="00FE3927"/>
+    <w:rsid w:val="00FE4066"/>
+    <w:rsid w:val="00FE6F8B"/>
+    <w:rsid w:val="00FE7588"/>
+    <w:rsid w:val="00FE7850"/>
+    <w:rsid w:val="00FE79F0"/>
     <w:rsid w:val="00FF1215"/>
     <w:rsid w:val="00FF187B"/>
+    <w:rsid w:val="00FF1D95"/>
+    <w:rsid w:val="00FF280F"/>
     <w:rsid w:val="00FF3031"/>
+    <w:rsid w:val="00FF40BE"/>
+    <w:rsid w:val="00FF4664"/>
+    <w:rsid w:val="00FF507E"/>
+    <w:rsid w:val="00FF7F45"/>
+    <w:rsid w:val="0130D071"/>
+    <w:rsid w:val="0948B6F1"/>
+    <w:rsid w:val="0AAD8159"/>
+    <w:rsid w:val="0C2DB3B0"/>
+    <w:rsid w:val="12A54036"/>
+    <w:rsid w:val="15B03101"/>
+    <w:rsid w:val="16701661"/>
+    <w:rsid w:val="1A6C3AB5"/>
+    <w:rsid w:val="22B3A656"/>
+    <w:rsid w:val="2CFB6273"/>
+    <w:rsid w:val="32FDD32B"/>
+    <w:rsid w:val="36FEF740"/>
+    <w:rsid w:val="378EADDC"/>
+    <w:rsid w:val="3E2F6F13"/>
+    <w:rsid w:val="45B89D6B"/>
+    <w:rsid w:val="46534EAC"/>
+    <w:rsid w:val="4EABEB56"/>
+    <w:rsid w:val="4ED8F31F"/>
+    <w:rsid w:val="542C43CE"/>
+    <w:rsid w:val="561A4658"/>
+    <w:rsid w:val="5C68A18C"/>
+    <w:rsid w:val="5F3A6E6D"/>
+    <w:rsid w:val="626353AB"/>
+    <w:rsid w:val="6688685B"/>
+    <w:rsid w:val="66C96B0D"/>
+    <w:rsid w:val="67DC3ACE"/>
+    <w:rsid w:val="6ADB939A"/>
+    <w:rsid w:val="6B7F1ED5"/>
+    <w:rsid w:val="752C55E9"/>
+    <w:rsid w:val="78AA0B30"/>
+    <w:rsid w:val="78C30BA7"/>
+    <w:rsid w:val="7DDB46C8"/>
+    <w:rsid w:val="7E3FCA71"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-AU" w:eastAsia="ja-JP" w:bidi="ar-SA"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotAutoCompressPictures/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="50FFD414"/>
-  <w15:docId w15:val="{78F32601-B816-43CD-8A3C-484AF018C2D0}"/>
+  <w15:docId w15:val="{337F40F9-17D0-4FB2-98A4-ED31848ACE84}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-AU" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="0" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -14259,98 +35903,94 @@
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="14"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11text">
     <w:name w:val="Table11text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="Table11textChar"/>
     <w:rsid w:val="00B34D2C"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="40" w:after="40"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table11Heading">
     <w:name w:val="Table11Heading"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
-    <w:rsid w:val="00E94E0C"/>
+    <w:rsid w:val="00380BDC"/>
     <w:pPr>
       <w:keepLines/>
-      <w:spacing w:after="120"/>
+      <w:spacing w:before="40" w:after="120"/>
     </w:pPr>
     <w:rPr>
       <w:b/>
-      <w:sz w:val="22"/>
-      <w:szCs w:val="20"/>
+      <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC1">
     <w:name w:val="toc 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:autoRedefine/>
     <w:uiPriority w:val="39"/>
     <w:rsid w:val="00BB651F"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="right" w:pos="4678"/>
       </w:tabs>
     </w:pPr>
     <w:rPr>
       <w:b/>
       <w:noProof/>
       <w:sz w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Table11textChar">
     <w:name w:val="Table11text Char"/>
     <w:link w:val="Table11text"/>
     <w:locked/>
     <w:rsid w:val="00B34D2C"/>
     <w:rPr>
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:szCs w:val="18"/>
       <w:lang w:eastAsia="en-AU"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table10Heading">
     <w:name w:val="Table10Heading"/>
     <w:basedOn w:val="Table11Heading"/>
     <w:qFormat/>
     <w:rsid w:val="00801B81"/>
-    <w:pPr>
-[...1 lines deleted...]
-    </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOCHeading">
     <w:name w:val="TOC Heading"/>
     <w:basedOn w:val="Heading1"/>
     <w:next w:val="Normal"/>
     <w:uiPriority w:val="39"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:qFormat/>
     <w:rsid w:val="008057AB"/>
     <w:pPr>
       <w:keepLines/>
       <w:spacing w:before="480" w:line="276" w:lineRule="auto"/>
       <w:outlineLvl w:val="9"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
       <w:bCs/>
       <w:color w:val="2C88A8" w:themeColor="accent1" w:themeShade="BF"/>
       <w:sz w:val="28"/>
       <w:szCs w:val="28"/>
       <w:lang w:val="en-US" w:eastAsia="ja-JP"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="TOC3">
@@ -14498,67 +36138,65 @@
     <w:rsid w:val="009705A2"/>
     <w:pPr>
       <w:numPr>
         <w:numId w:val="2"/>
       </w:numPr>
       <w:ind w:left="170" w:hanging="170"/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="CommentReference">
     <w:name w:val="annotation reference"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4379C"/>
     <w:rPr>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="CommentText">
     <w:name w:val="annotation text"/>
     <w:basedOn w:val="Normal"/>
     <w:link w:val="CommentTextChar"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00E4379C"/>
     <w:pPr>
       <w:spacing w:after="200"/>
     </w:pPr>
     <w:rPr>
       <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="CommentTextChar">
     <w:name w:val="Comment Text Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="CommentText"/>
     <w:uiPriority w:val="99"/>
-    <w:semiHidden/>
     <w:rsid w:val="00E4379C"/>
     <w:rPr>
       <w:sz w:val="20"/>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09Heading">
     <w:name w:val="Table09Heading"/>
     <w:basedOn w:val="Table10Heading"/>
     <w:qFormat/>
     <w:rsid w:val="00266086"/>
     <w:pPr>
       <w:spacing w:before="20" w:after="20"/>
     </w:pPr>
     <w:rPr>
       <w:sz w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="Table09bullet">
     <w:name w:val="Table09bullet"/>
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00144BC3"/>
     <w:pPr>
       <w:numPr>
@@ -15011,55 +36649,78 @@
       <w:rFonts w:ascii="Calibri" w:eastAsia="Times New Roman" w:hAnsi="Calibri" w:cs="Times New Roman"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="TableGrid2">
     <w:name w:val="Table Grid2"/>
     <w:basedOn w:val="TableNormal"/>
     <w:next w:val="TableGrid"/>
     <w:uiPriority w:val="59"/>
     <w:rsid w:val="00E42D1E"/>
     <w:pPr>
       <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
     </w:pPr>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="paragraph">
+    <w:name w:val="paragraph"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00E26ED4"/>
+    <w:pPr>
+      <w:spacing w:before="100" w:beforeAutospacing="1" w:after="100" w:afterAutospacing="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman"/>
+      <w:sz w:val="24"/>
+      <w:lang w:eastAsia="en-AU"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="normaltextrun">
+    <w:name w:val="normaltextrun"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00E26ED4"/>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="eop">
+    <w:name w:val="eop"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00E26ED4"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16du">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="6299485">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="16202918">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -15276,50 +36937,63 @@
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="256836796">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="289090316">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="296834595">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="388069175">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
@@ -17138,50 +38812,325 @@
                                       <w:marTop w:val="0"/>
                                       <w:marBottom w:val="0"/>
                                       <w:divBdr>
                                         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                                       </w:divBdr>
                                     </w:div>
                                   </w:divsChild>
                                 </w:div>
                               </w:divsChild>
                             </w:div>
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="1576279492">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+      <w:divsChild>
+        <w:div w:id="128548618">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1162308252">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="163519076">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="157775810">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="569116500">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1273978170">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="787743706">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="266427740">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="865102679">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="788012509">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="866602049">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1391421192">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1157383824">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="539703652">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1182891234">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1260674520">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1483935123">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="927270474">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+        <w:div w:id="1978879754">
+          <w:marLeft w:val="0"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="0"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+          <w:divsChild>
+            <w:div w:id="1022778331">
+              <w:marLeft w:val="0"/>
+              <w:marRight w:val="0"/>
+              <w:marTop w:val="0"/>
+              <w:marBottom w:val="0"/>
+              <w:divBdr>
+                <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+                <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+              </w:divBdr>
+            </w:div>
+          </w:divsChild>
+        </w:div>
+      </w:divsChild>
+    </w:div>
     <w:div w:id="1632437152">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="308830321">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
           <w:divsChild>
@@ -17372,63 +39321,63 @@
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1696808019">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="589042289">
+        <w:div w:id="80487152">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="216"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="80487152">
+        <w:div w:id="589042289">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="216"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1761103879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -17536,63 +39485,63 @@
                           </w:divsChild>
                         </w:div>
                       </w:divsChild>
                     </w:div>
                   </w:divsChild>
                 </w:div>
               </w:divsChild>
             </w:div>
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1775861002">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1067151500">
+        <w:div w:id="951472226">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="951472226">
+        <w:div w:id="1067151500">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="1810514949">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18063,50 +40012,63 @@
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1845388940">
           <w:marLeft w:val="1166"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="115"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
+    <w:div w:id="2012372464">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
     <w:div w:id="2030524693">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2063746851">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18141,126 +40103,126 @@
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2077851364">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
-        <w:div w:id="1996911750">
+        <w:div w:id="597561889">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
-        <w:div w:id="597561889">
+        <w:div w:id="1996911750">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2096628909">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
+        <w:div w:id="815613566">
+          <w:marLeft w:val="547"/>
+          <w:marRight w:val="0"/>
+          <w:marTop w:val="144"/>
+          <w:marBottom w:val="0"/>
+          <w:divBdr>
+            <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+            <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          </w:divBdr>
+        </w:div>
         <w:div w:id="1420057907">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="1492991055">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
         <w:div w:id="2114982362">
-          <w:marLeft w:val="547"/>
-[...10 lines deleted...]
-        <w:div w:id="815613566">
           <w:marLeft w:val="547"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="144"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
             <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2141265799">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
@@ -18376,51 +40338,51 @@
           </w:divsChild>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2141805455">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image4.png"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image7.png"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:hv.policy@tmr.qld.gov.au" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image3.png"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image2.png"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image6.png"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image10.png"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image9.png"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image5.png"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image8.png"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer4.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="NHVR">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="408287"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4DAED0"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C6462B"/>
       </a:accent2>
       <a:accent3>
@@ -18680,235 +40642,182 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps4.xml"/></Relationships>
 </file>
 
-<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
-[...5 lines deleted...]
-</FormTemplates>
+<file path=customXml/_rels/item5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps5.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
 </file>
 
 <file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
-[...7 lines deleted...]
-    <xsd:import namespace="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100188134B2972AA042B6259ED0075654D1" ma:contentTypeVersion="15" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="28f73640a9411ff1f47db314d2228ec5">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="f32d0472-dedd-468f-903e-695ac5d98c9a" xmlns:ns3="80e757b3-a384-43c4-b221-94b3fd11984a" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="47d3faf306c66a54b9e5b4ed10002565" ns2:_="" ns3:_="">
+    <xsd:import namespace="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <xsd:import namespace="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:Inside" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceFastMetadata" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceAutoKeyPoints" minOccurs="0"/>
-[...3 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceGenerationTime" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithUsers" minOccurs="0"/>
-                <xsd:element ref="ns3:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
                 <xsd:element ref="ns2:lcf76f155ced4ddcb4097134ff3c332f" minOccurs="0"/>
-                <xsd:element ref="ns4:TaxCatchAll" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:TaxCatchAll" minOccurs="0"/>
+                <xsd:element ref="ns2:MediaServiceOCR" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceDateTaken" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceObjectDetectorVersions" minOccurs="0"/>
                 <xsd:element ref="ns2:MediaServiceLocation" minOccurs="0"/>
-                <xsd:element ref="ns2:MediaServiceSearchProperties" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="646e6e12-1eed-4a0d-9865-54bcae2a0fe8" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="f32d0472-dedd-468f-903e-695ac5d98c9a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="Inside" ma:index="8" nillable="true" ma:displayName="Type" ma:format="RadioButtons" ma:internalName="Inside">
-[...10 lines deleted...]
-    <xsd:element name="MediaServiceMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceMetadata" ma:index="8" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceFastMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+    <xsd:element name="MediaServiceFastMetadata" ma:index="9" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceAutoKeyPoints" ma:index="11" nillable="true" ma:displayName="MediaServiceAutoKeyPoints" ma:hidden="true" ma:internalName="MediaServiceAutoKeyPoints" ma:readOnly="true">
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="10" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="13" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="14" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="15" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="16" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceKeyPoints" ma:index="12" nillable="true" ma:displayName="KeyPoints" ma:internalName="MediaServiceKeyPoints" ma:readOnly="true">
+    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="18" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="f9ec6a42-900c-40b9-95df-acf57bf21585" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
+      <xsd:complexType>
+        <xsd:sequence>
+          <xsd:element ref="pc:Terms" minOccurs="0" maxOccurs="1"/>
+        </xsd:sequence>
+      </xsd:complexType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="20" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="Status" ma:index="13" nillable="true" ma:displayName="Status" ma:format="Dropdown" ma:internalName="Status">
-[...20 lines deleted...]
-    <xsd:element name="MediaServiceGenerationTime" ma:index="16" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+    <xsd:element name="MediaServiceDateTaken" ma:index="21" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="MediaServiceEventHashCode" ma:index="17" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+    <xsd:element name="MediaServiceLocation" ma:index="22" nillable="true" ma:displayName="Location" ma:indexed="true" ma:internalName="MediaServiceLocation" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Text"/>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="lcf76f155ced4ddcb4097134ff3c332f" ma:index="21" nillable="true" ma:taxonomy="true" ma:internalName="lcf76f155ced4ddcb4097134ff3c332f" ma:taxonomyFieldName="MediaServiceImageTags" ma:displayName="Image Tags" ma:readOnly="false" ma:fieldId="{5cf76f15-5ced-4ddc-b409-7134ff3c332f}" ma:taxonomyMulti="true" ma:sspId="d882f032-dad1-41cf-a60f-97869fdaafaa" ma:termSetId="09814cd3-568e-fe90-9814-8d621ff8fb84" ma:anchorId="fba54fb3-c3e1-fe81-a776-ca4b69148c4d" ma:open="true" ma:isKeyword="false">
-[...30 lines deleted...]
-    </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="80e757b3-a384-43c4-b221-94b3fd11984a" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="SharedWithUsers" ma:index="18" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="11" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="19" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="12" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-  </xsd:schema>
-[...3 lines deleted...]
-    <xsd:element name="TaxCatchAll" ma:index="22" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{0d89b106-7a1c-4f16-8716-f38fddf45850}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="4d5eaf2e-71f3-4a2f-9bb1-a001787faf19">
+    <xsd:element name="TaxCatchAll" ma:index="19" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{ceb07750-2175-4945-957e-25925177fb66}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="80e757b3-a384-43c4-b221-94b3fd11984a">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:MultiChoiceLookup">
             <xsd:sequence>
               <xsd:element name="Value" type="dms:Lookup" maxOccurs="unbounded" minOccurs="0" nillable="true"/>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
@@ -18975,119 +40884,166 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item4.xml>��< ? x m l   v e r s i o n = " 1 . 0 "   e n c o d i n g = " u t f - 1 6 " ? > < K a p i s h F i l e n a m e T o U r i M a p p i n g s   x m l n s : x s d = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a "   x m l n s : x s i = " h t t p : / / w w w . w 3 . o r g / 2 0 0 1 / X M L S c h e m a - i n s t a n c e " / > 
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
+</file>
+
+<file path=customXml/item4.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement>
+    <TaxCatchAll xmlns="80e757b3-a384-43c4-b221-94b3fd11984a" xsi:nil="true"/>
+    <lcf76f155ced4ddcb4097134ff3c332f xmlns="f32d0472-dedd-468f-903e-695ac5d98c9a">
+      <Terms xmlns="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    </lcf76f155ced4ddcb4097134ff3c332f>
+  </documentManagement>
+</p:properties>
+</file>
+
+<file path=customXml/item5.xml><?xml version="1.0" encoding="utf-8"?>
+<?mso-contentType ?>
+<FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
+  <Display>DocumentLibraryForm</Display>
+  <Edit>DocumentLibraryForm</Edit>
+  <New>DocumentLibraryForm</New>
+</FormTemplates>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F197C919-8667-4908-AB52-FE0961278F08}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B615DE76-7ED7-4340-AFC1-CA598C2C4A76}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BC9A9F3-4CDF-4D5D-A136-8ACA7965AC46}">
-[...7 lines deleted...]
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{A1A64A3E-5473-49FF-87B1-87C2339A7621}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{72631896-9551-4CE3-9833-7F0F200B728E}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="646e6e12-1eed-4a0d-9865-54bcae2a0fe8"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="45ab7314-6ee2-4801-b2cf-a27306d55ce5"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{0BC9A9F3-4CDF-4D5D-A136-8ACA7965AC46}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=customXml/itemProps4.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{B615DE76-7ED7-4340-AFC1-CA598C2C4A76}">
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{758D69EC-8D0A-4C9A-BF7F-19C4838C6B46}">
   <ds:schemaRefs>
-    <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="80e757b3-a384-43c4-b221-94b3fd11984a"/>
+    <ds:schemaRef ds:uri="f32d0472-dedd-468f-903e-695ac5d98c9a"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
+<file path=customXml/itemProps5.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{F197C919-8667-4908-AB52-FE0961278F08}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal</Template>
   <TotalTime></TotalTime>
-  <Pages>7</Pages>
-[...1 lines deleted...]
-  <Characters>6175</Characters>
+  <Pages>11</Pages>
+  <Words>1675</Words>
+  <Characters>8431</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>475</Lines>
-  <Paragraphs>368</Paragraphs>
+  <Lines>443</Lines>
+  <Paragraphs>360</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr/>
+      <vt:lpstr>S10 Checklist—Concessional livestock loading – Vehicle rating (Semitrailer including B-double and B-triple trailer)</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>National Heavy Vehicle Regulator</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6996</CharactersWithSpaces>
+  <CharactersWithSpaces>9746</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>S10 Checklist—Concessional livestock loading – Vehicle rating (Semitrailer including B-double and B-triple trailer)</dc:title>
+  <dc:subject/>
   <dc:creator>National Heavy Vehicle Regulator (NHVR)</dc:creator>
+  <cp:keywords/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
+    <vt:lpwstr>0x010100188134B2972AA042B6259ED0075654D1</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MediaServiceImageTags">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="GrammarlyDocumentId">
+    <vt:lpwstr>39479c01-24a7-44f8-b78e-f3426388703e</vt:lpwstr>
+  </property>
+</Properties>
+</file>